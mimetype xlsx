--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -3,4335 +3,95 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="938" uniqueCount="599" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="619" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1950-06-21</t>
+    <t>1879-08-23</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...4238 lines deleted...]
-    <t>1879-08-23</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>København
 Vestergade</t>
   </si>
   <si>
     <t>Louise Brønsted
 Johanne Christine Larsen
 Christine  Mackie
 Hempel Syberg
 Else Warberg</t>
   </si>
@@ -4366,54 +126,256 @@
 Kjøbenhavn K.
 [På kuvertens bagside:]
 Poststempel
 [I brevene:]
 Erikshaab d: 23de.
 Kjæreste Abba!
 Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
 Kærlig Hilsen!
 Din Smaa.
 Kjære Fader 
 Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
 Kære Fader
 OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
 Din Alhed. 
 de
 d
 kjære fader
 det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
 din Johanne
 til Fader, fra Ellen
 Kære Fader
 kommer du ikke snart.
 Din Ellen.</t>
   </si>
   <si>
+    <t>1885-03-05</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Landeryd Sverige
+Sevilla Spanien
+London United Kingdom</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Augusta Dohlmann
+Alfred Eckardt
+Christian Eckardt
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholdt sig i forbindelse med sin uddannelse i København. 
+Den lille må være Adolph Larsen på 6 år.
+Det anckerske Legat blev oprettet i 1857 af Carl Andreas Ancker (1828—1857). Legatet var bestemt til at uddeles hvert år i 4 portioner à 1800 kr. (900 rigsdaler) til en digter, en komponist, en maler og en billedhugger til brug for en studierejse til udlandet i ca. ½ år. (Wikipedia)</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>IA Larsen er på Larsen-familiens gård Höljeryd i Småland og vil besøge Johannes Larsen i København på vejen hjem. Vilhelmine Larsen vil gerne se de malede figurer Johannes Larsen har lavet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i31D</t>
+  </si>
+  <si>
+    <t>Kjæreste Johannes
+Imorgen tidlig afsender jeg dine Benklæder 2 Skjorter og 1 Uldtrøje Du tænker nok det er underligt at jeg glemte det, men det var ikke tørt; nu faar du snart 6 ny Skjorter saa vil jeg bede Dig sende hjem med Fader alt hvad du har af snavset Tøj vi fik Telegram i aftes han er paa Høljeryd i dag og der vilde han blive i 3 a fire Dage saa kan Du selv regne dig til omtrent naar Du kan vente ham ja han skriver Dig vistnok til for at du kan være hjemme den Dag det bliver da morsomt for dig ja Johannes det er en velsignet Fader I har glæd ham dog altid efter Evne af hele Eders Hjærte
+Georg er paa Kontorstolen med en heel Deel Skriveri i disse Dage og du kan tro han var glad iaftes jeg lod ham svare paa Telegrammet iaftes med Georg til Underskrift 
+Saa vil jeg da glæde dig med at dine Blomster kommer nok frem baade Fuksien og Bigonien men vand dem imellem
+Vores Blomster staar dejlig som Du vil se til Paaske; naar nu Fader kommer hjem saa skal vi slagte 2 Grise og ønsker Du noget Slagtermad saa skal jeg med stor Fornøjelse traktere Eder alle sammen
+Inden Du ved af det Johannes saa kommer Ferien har du noget af de malede Figurer hjemme hos Dig saa send mig dog en hjem med Fader jeg længes saa umaadelig efter at see hvordan Du skiller Dig ved Maling husk det nu og ligedan dit Uhr
+Har jeg fortalt Dig at her var Brev fra Alfred han er rask og han var der i Sevilla til Karnevalstiden og Tyrefægtning; men ingen Penge maatte udbetales Folket saa han fik jo ikke andet at see end hvad de kunne see i Gaderne 6 Tyre blev dræbte 12 Heste men ingen Mennesker som vel var
+Nu er han paa Vejen til England og derfra hjemefter og saa mulig tager han hjem til Høljeryd for at være der til 1 Juni ja Johannes der bliver Glæde om vor Herre vil unde de kjære Venner at see saadan en Dag oprinde for dem
+Eckardt fik ikke det Ankerske Legat Frøken Dohlmann som har Formue og kan rejse naar hun fik dog Legatet
+Hils nu dine Venner og Frøken Bendal har du fortalt hende at jeg længes efter Brev fra hende – Jeg skal hilse dig fra alle dine Søskende de klinger og spiller Top saa det er en Lyst den lille har en Øvelse med at sætte dem i Gang saa du vil undre Dig om du saa det
+Nu er det Posttid saa Lev vel min din egen Moder</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Ladby Vikingevej
+Långaryd Sverige
+5390 Martofte
+Fynshovedvej 698 Nordskov 5390 Martofte
+Kerteminde
+Dræby  </t>
+  </si>
+  <si>
+    <t>Ingeborg  Delcomyn
+Frederik Falkenstjerne
+Charles Godtfredsen
+Svend Kyhn
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+Marie Meyer
+Niels Mollerup
+Fuldmægtig Nielsen
+Morten Pontoppidan
+Anton Frederik Schondel
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>De unge malere boede hos en gårdmand i Nordskov (Ernst Mentze: Johannes Larsen - Kunstnerens Erindringer, Borgens Forlag 1955)</t>
+  </si>
+  <si>
+    <t>Mollerup laver komedie med børnene om aftenen. Han, Kyhn og Godtfredsen maler i omegnen af Kerteminde og kommer på besøg hos familien Larsen. Grundet nogle brande i Dræby får Johannes Larsens far solgt en del tømmer til genopbygning. Der skal opføres en stationsbygning med telefon i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r2ez</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 November 1886.
+Kjæreste Johannes!
+Saa hjærtelig Tak for Dit længere Brev ja se saadan er det jeg vil have det, Du skal blot naar Du sætter Dig til at skrive bilde Dig ind at Du taler med mig saa skal Du se den gaar som den var s[ulæseligt] Du kunde jo til Eksempel godt have sagt mig hvad Falkenstjerne og Pontoppidan havde talt om; men nu ved Du det til en anden Gang. Jo rigtignok er det Meningen Du skal hjem at holde Juul Johannes om alting maa falde sig som vi haabe med Helbred og Vejrlig jeg skal se at faa noget Fodtøj besørget til dig alting skal komme med i næste Uge tænker jeg; maatte det gaa over med den Forkjølelse lille Johannes naar jeg nu seer at Sygdom kan trække saadan ud som med Georg saa tigger vi rigtignok vor himmelske Fader om Sundhed og Kræfter, Doktoren har endnu ikke givet os Lov til at faa ham op, da der endnu er Feber bed dog med os at vi snart kan faa ham op saa jeg kan komme ned at passe mit Huus og Børn igjen Jeg skal takke Dig for Besørgelsen af Pakken til Marie, Mollerup seer jo nok at Børnene mangle lidt Sammenhold og saa har han funden paa at fylde Aftenen med denne Komedie der er vores Børn alle, Adolph med, han er Page og har en Sætning at sige, du kan tro han er dyr naar det staar paa, Marie Mejr og [ulæseligt navn] og Peder Larsen, Anton Schondel Teodor Nielsen Ingeborg er Kejser og Marie Prindsesse Vilhelm Hofnar og Dine Hofdame, Marie Meyer Politibetjent, nu nok herom saa vil jeg fortælle Dig en glædelig Nyhed midt i al denne Alvor, der er brændt 2 Gaarde i Dræby og dem skal Fader sælge til, og de er kommen uden at der er gjort dem noget Tilbud og Manden her var idag har fortalt at Tømmerhandlere 5 i Tal har sendt ham Priser; nu i Eftermiddag kom 3 Mand fra Ladby og kjøbte til et Folksmejeri saa Du kan tro han er glad – den kjære kjære Fader – Gud styrke ham dog til den store Gjerning han har – ret snart maa han til Sverig saa faar Du ham at se jeg skal bede Dig sige til frøken Bendal at paa Mandag sender Fader Penge til hende som hun saa har Tirsdag
+Mollerup rejser idag til Martofte [overstreget] igjen men kommer vist hjem til Tirsdag igjen Kyhn havde vi ventet idag men nu er det saa sent at det er opgivet. Godtfredsen kommer ind Fredag i næste Uge Johannes der er paatænkt en Stationsbygning opført i Nordskov med Telefonledning ind til Kjerteminde for Strandingerers Skyld, her var en saadan forleden Aften Fuldmægtig Nielsen rejste om Aftenen og kom først hjem næste Morgen, jeg tænker Godtfredsen har malet en ordentlig Mængde jeg glæder mig til at se Smedien 
+Kan du dog ikke forstaa at det interreserer mig hvad du maler nu tænker jeg paa Dig ved Arbejdet ogsaa vil jeg nok med det samme omtrent se hvad Du har for Dig har du Glæde af det du maler hvad siger Din Lærer? Har Du senere besøgt ham Du maa nu endelig skrive snarest naar du faar Papirer om du ikke har saameget at vi faar Brev imorgen.
+Ja nu er det snart Posttid saa jeg maa nok nu sige Farvel og Lev vel mit elskede Barn og Gud velsigne bevare og styrke dig til hvad du skal udføre
+De kjærligste Hilsener fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1886-12-03</t>
+  </si>
+  <si>
+    <t>Albuen
+Långaryd Sverige
+Los Angeles Californien
+Vor Frue Kirke Nyborg</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Poul Boisen
+Ane Marie Christiansdatter
+Christian Clausen
+Margrethe  Eckardt
+Anesine Frölich
+- Gad, Frøken
+Charles Godtfredsen
+Knud Klauman
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+- Petersen, Pastor
+Hans Poulsen
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Den nye præst i valgmenigheden er tiltrådt.
+Den store ildebrand refererer muligvis til de to gårde, der brændte i Dræby i november samme år.
+Den lille kammerherre kommer muligvis fra Hverringe.</t>
+  </si>
+  <si>
+    <t>Adolph var meget ked af at Mollerup rejste hjem. Der er sendt blomster til at pynte op med i præstegården. Familien i Amerika vil gerne have nogle af Johannes Larsens billeder og tegninger. Skonnerten Rigmor er strandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jLjW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 December 1886.
+Kjæreste Johannes. 
+Nu er det snart Søndag igjen og jeg har endnu ikke hørt en Stavelse fra Dig andet end det Par Linier i Maries Brev, jeg kan godt huske nu du bad om Frimærker, men her var ingen i Øjeblikket og saa tænkte jeg , at Du nok for en Gang vilde offre 10 Øre til et Brev. Dit Tøj naaede vi ikke at faa færdigt til Posttid; men saa sender vi det nu med Dampskibet tilligemed alle de andre Ting af Malernes, men jeg haaber at saadanne smaa Pakker bliver sendte om, ellers maa du løbe med [papir mangler] dem selv.
+Det er endnu ikke som[papir mangler] ske med Georg; men idag [papir mangler] at Søndag skal blive saa god,[papir mangler] komme lidt op; Du kan tro [papir mangler] sig om hvor har han bedt vor Herre at han dog vilde give ham sit Helbred og lade ham blive rask til Julen, at han og jeg kunde samles med Eder i Stuerne til fælles Glæde for os Alle, ja det skal blive herligt at være raske Gud Fader bevare dog alle os Andre, det ved jeg, at Du ogsaa beder om Johannes idag gav jeg Skomager Klausen Bestilling paa et Par Vandstøvler til dig og Fader han begynder nu i næste Uge maaske du kan faa dem med Dampskibet næste Gang at du kan faa noget varmt til Fødderne – skriv om denne Uldtrøje passer saa vil Farmor strikke flere men husk nu og sig om du kan lide Ærmerne saa lange
+Jeg tænker du blev meget glad ved at faa Mollerup hjem det gode kjærlige Menneske som vi alle holder saa meget ad tænk dig Adolphs Sorg var saa dyb at han maatte sidde paa Skjød hos Margrethe og mig for rigtig at græde ud og senere hos sin Fader – han blev saa ved at tale om Duerne som skulde skynde sig at faa [Unger] saa mente han vist at samtidig [papir mangler] Mollerup igjen til Kjerteminde [papir mangler] er en lille hjærtelig Dreng og hvor [papir mangler] dag har Svar paa rede Haand, her var Bud [papir mangler] [Frøken] Gad om vi vilde være med at pynte [papir mangler] uset i Præstegården, jeg sendte saa min [papir mangler] Nerium en Vironika og Børnene en hver af deres Blomster, saa kom jo Adolph ”hvor skal de hen” om i Præstegaarden hvorfor skal Bojesen have dem? Fru Storm var jo straks til Rede med Oplysninger ”for han er saadan en rar mand lille Adolph og saa tror han jo paa vor Herre ( ja men Fru Storm, det gjør vi jo ogsaa)
+Margrethe var nærværende og fortalte [papir mangler] klædte denne lille Unge at komme med dette hurtige Svar – Hilsen fra ham og alle de andre Børn som glæder sig til Julen over al Maade. Gud Fader lægge sin Velsignelse til at det i sin Heelhed maa blive et fornøjeligt Gjensyn – 
+Hils nu Mollerup Johannes og bed ham gjennem Dig sige os om det kom godt derover jeg seer jo nok han holder ikke af at skrive saa det kan godt ende med at sige Dig Besked, Fru Storm er særlig ængstelig og mener, at jeg ikke har været forsigtig nok med Indpakningen af det udskårne [papir mangler] nu nok om det min Ven [papir mangler] mig nu en hel Deel paa [papir mangler]
+Her har været Brev fra Amer[ika][papir mangler] og de beder stadig om Moren maa [papir mangler] nogle af dine Malerier eller [Tegninger] saa skal hun sende dig nogle af sine; det er idag Moster Sines Fødselsdag og jeg vil nu skrive til hende saa lover jeg naar du kommer hjem skal vi nok glæde hende med nogle af dine Arbejder…
+[Skonnert] Rigmor er strandet forrige Søndag paa Albuen ved Nakskov det kostede 25,00 Kroner at faa den flot og om til Nyborg Havn Fader rejser vist derind i Aften for at se Skaden; det er uheldigt med den Skibsfart. Husk at fortælle Mollerup at Drengene fik dygtig Skjænd da de kom i Skole den Dag de bleve fotograferede Pastor Petersen var vred for Alvor saa kjender du Besked først fik Peder Larsen saa vores Vilhelm, Nielsen og senest kom den lille Kammerherre; men han blev vist udenfor? Dig har jeg aldeles ingen Brug for denne Time skrup ud paa Gangen, saadan noget Gøgl det Thema varierede han mestens over Du har vel hørt om den store Ildebrand og maaske vi ogsaa skal [sælge] en Deel dertil – 
+[papir mangler] er Klokken mange og du faar [papir mangler] ogsaa idag et helt Papir fuldt [papir mangler] sød og kjær og skrive mig[papir mangler] Brev til – [papir mangler] Frøken Bendal og Poulsen og Klaumann, her er stadig Brev efter Faer til Sverrig, men den arme Mand her er saa travlt at før vi faar Georg op kan han vist ikke komme afsted. Nu Gud være med Dig mit elskede barn og Han bevare dig og give Dig Glæde af dit Arbejde Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1887-02-05</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Anna Gunnerus
+Jeppe Andreas Larsen
+Clara Lindberg
+Johan Mantzius
+Niels Mollerup
+Christine Swane</t>
+  </si>
+  <si>
+    <t>NB brev er et notabenebrev = anbefalet brev.
+Måle er en landsby nord for Kerteminde. Dræby er en landsby ved Munkebo, mellem Kerteminde og Odense.
+Det har ikke været muligt at finde ud af, hvem Per Nielsen er og hvilken gård det drejer sig om.
+Fru Lindberg har fødselsdag d. 10.2.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er muligvis vokset ud af sine sko og har fået et slemt gnavesår på hælen. Han skal huske, at købe en vægt til Christine i 50-øre-butikken. Han skal tage sine malerier med hjem til påske, så hans familie kan se, hvad han laver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/puRs</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5 Februar
+Kjære Johannes!
+Her sender dig en Skjorte og 2 Par Strømper, det er bedst at du saa sender dit Tøj hjem først i Ugen for det er jo lidt sent med at faa Tøjet tørret nu, jeg veed ikke endnu hvormeget jeg faar at sende Dig; men saasnart du faar Pengene saa betal Gjæld og lad mig saa vide hvordan du klarer dig en Ting maa du huske at gaa hen til Fru Lindberg den 10 Februar og medbringe Hyasint eller en anden blomstrende Plante og hilse fra os Alle
+Du maa tro mig kjære Barn jeg er saa glad ved at du skriver saa reent ud for jeg blev netop bedrøvet om du skjulte noget
+Du er jo nødt til at skulde ud med saadan bestemte Udgifter; men husk alligevel paa saavidtmuligt at være sparsommelig og betænksom mit Barn du veed nok hvorfor 
+Frøken Bendal skal faa Penge i næste Uge og Brev fra mig vil du hilse hende det.
+Vi ere alle raske og haabe at dit Helbred ogsaa er godt vær forsigtig med den Hæl Johannes jeg sendte de gamle Sko for om du kan bruge dem medens de andre rejser herhjem eller du vil lade dem bagflikke der ovre; sender du Skoene den ene Dag skal de blive sendt afsted den næste – 
+Jeg traf en Kjerteminde Avis med denne Skrivelse fra Kjøbenhavn giv Mollerup den at han kan advare sin Svoger itide ja det er vanskeligt at komme vel afsted i disse Tider, det er nu ikke til at le ad, uh hvor alting seer fælt ud nu, men lad os ikke tabe Modet. Du kan tro Johannes at Fader virker i denne Tid, hans Henvendelse til Maale om den Gaard i Dræby; det er nemlig Per Nielsens datter, de kom nu igaar at Fader skal bygge Gaarden og de vil ikke have noget med det Hele at gjøre – Jeg er saa optaget af Arbejde at jeg ikke faa Tid til mere end det korte Brev men saa skal du faa et længere til næste Gang, Naar du nu sender dit snavsede Tøj hjem maa du deri sende en lille Vægt du husker jeg saa paa i 50 Øre Butiken det er en opstaaende Vægtskal men dette her maa huskes for det er Belønning til Dine for flid og hun vil gjerne lege Kjøbmand
+Lev nu vel min Skat og vær flittig og for at glæde mig saa skrab ikke nogle Malerier ud men gjem dem hjem Johannes til vi sees til Paaske 
+Hils nu alle gode venner saa kjærligt fra os 
+Din trofaste Moder
+Hør Johannes – bed Frøken Bendal mindes Frøken Gunerus – for de længes saa meget efter at høre hvad Vennerne vil
+Pengene maa kun sendes i NB Brev som saa bliver afsendt i Eftermiddag</t>
+  </si>
+  <si>
     <t>1891-12-02</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Elisabeth Bondesen
 Edvard Grieg
 Henrik Havemann
 Rebecca Havemann
 Malin   Holmström-Ingers
 Leonard Holst
 Johanne Christine Larsen
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
 Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
 Alhed Larsen var i København som elev ved Den Kongelige Porcelainsfabrik.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2695</t>
   </si>
   <si>
     <t>Alhed ved jo, hvad der er galt. Christine har tidligere fordømt de faldne kvinder, og nu er hun selv en af dem. Til maj er det hele overstået. 
 Christine har sagt til moderen, at hun ikke kan tåle musikken, og Leonard har gennem avisen fundet et sted i Århus, hvor hun kan være. Det er et held, at graviditeten endnu ikke kan ses, men det er slemt at lyve for forældrene.
 Christine har slået sig selv i maven for at dræbe fosteret. Hun er bange for fødslen; bange for at dø, og hun har samvittighedsnag overfor barnet, der måske skal vokse op blandt fremmede i fattige kår.
@@ -4430,147 +392,91 @@
     <t>D. 2/12-91
 Kæreste Alhed!
 Allerede inde jeg i Form. fik dit Brev; havde jeg indset, at det var en stor Skam af mig sådan at komme med en halvkvædet Vise om Død og Fordærvelse, og da jeg læste dine Linjer indså jeg dobbelt, at det var forkert. Ja, kære Alhed, når jeg ikke for lange Tider siden – i Sommerferien – har sat dig ind i min Elendighed i hele dens rædsomme Omfang, så er det ikke, fordi jeg trode et eneste Øjeblik, at det skulde gøre dig bitter imod mig – tværtimod! dertil kender jeg dig da for godt; men Sagen var 1) var jeg ikke sikker i min Sag 2) skammede jeg mig og gør det endnu så kolossalt 3) vilde jeg helst så længe som muligt og helst helt, skjule det for jer alle, da det jo umulig kunde andet end gøre et meget pinligt Indtryk.
 Ja du ved jo naturligvis for længst, hvad der er i Vejen – var det ikke så sørgeligt, så var der sandelig noget højst komisk i Tanken: jeg, i min første Ungdom de faldne Kvinders ivrigst ”Forbander”, i de senere År deres varmeste ”Undskylder” – jeg er nu selv en af deres store Hær – elendig, forført, måske ødelagt for Livstid. Men som jeg har antydet, hvo [”hvo” overstreget] skal dette sidste ikke blive Tilfældet, og forhåbentlig skal jeg til Maj være godt over alt dette grusomme, - å, hvor dog Mennesker kunne ødelægge Livet for hinanden.
 Jeg synes, der er en sådan myldrende Masse at skrive om, at jeg ikke ved, hvor jeg skal begynde, først skal du høre, hvordan vi tænker at klare det, det er dog det vigtigste; jeg har sagt Mor, at jeg ikke allerede til Nytår kan tåle Musiken, men at jeg mener, det vilde gøre mig godt at være mellem fremmede Mennesker en Tid; fra Nytår til Maj; Leonard har i Odense flere Gange talt med en Jordemoder, hun siger, vi kan godt skjule det, sådant hænder 20 af 100 i de ”dannede” Kredse, hvor man mindst aner det; hun havde ifjor en fin, rig ung Pige fra Kbh. som havde sagt sin Moder og Fader, at hun vilde tage en Plads som ung Pige, hun var der 4 Måneder, fødte, nogen Tid efter døde Barnet, og hun kom tilbage uden at nogen anede noget. Nu får Leon. gennem Md. Petersen et Sted til mig at være i eller ved Århus; dette Sted nævnes herhjemme som en Plads, Leon. har fået gennem Avisen; for at undgå for megen Korrespondance og Forhøren, skal han først finde Pladsen henimod Jul, og til Nytår rejser jeg. Ved særligt Uheld kan denne Plan naturligvis mislykkes, men ved [”ved” overstreget] når vi er på vor Post, håber jeg, og anser det for sandsynligst, at den går godt. Min største Bekymring er den, at jeg ikke skal kunne gå til Jul uden at nogen ser det på mig – tænk, først i 
 2)
 Marts skal det være, altså er der kun tre Måneder til nu, at der intet ses er mig som et Mirakkel, på andre ses det jo 5-6 Måneder i Forvejen. Dette er min Lykke; endnu går jeg uden Korset og – tager i Selskab til Arreskov og (idag) Brobygård med min lyseblå Kjole. Det er uhørt, synes jeg nok, men jo mere jeg kan lade som ingen Ting, des fjærnere ligger jo Mistanken. Hvor grulig en Tid det dog bliver for mig der oppe alene og i den Elendighed og – hvad der næsten bliver det pinligste – med den evindelige Lyven for Far og Mor. – Men jeg går ud fra, at det sker for at skåne dem – Mor kan jo aldeles ikke tåle sådan en Sorg – og så må det da være det rigtigste ikke sandt?? 
 På samme Tid, som jeg fik at vide, at jeg ikke ved Stød og Slag kunde dræbe Fostret (jeg vilde rimeligvis have dræbt mig selv ved at fortsætte dermed) fik jeg at vide, at Sagen kunde ordnes på denne Måde, det var en sand Lykke at få det at vide – vel var jeg så altså sikker på mine egne Lidelser men dog også nogenlunde sikker på at kunne skåne min Familie det har hele Tiden været min største Sorg at skulle bringe Sorg over alle mine kære. Å jeg gruer nu alligevel så frygtelig for det altsammen – ikke mindst for Fødslen selv – og tænk om jeg dør – det var ganske sikkert bedst for mig selv og for andre også, men en stor Sorg ville det dog blive for jer alle. Men det er jo alligevel sjældent, man hører det. Hvis det stakkels Barn lever – hvad det naturligvis nok gør – så er det grulig Synd mod det, - ud blandt fremmede i fattige, måske dårlige Forhold, et stakkels uægte Barn som hverken Far eller Mor vil kende; det er så frygteligt at have så meget på sin Samvittighed mod et Menneske. Gud give, det måtte dø, det stakkels Væsen. –
 Men går jeg ud fra, at jeg kommer godt og vel over det hele, så kommer der bag efter en Tilværelse så strålende, at jeg knap kan tænke mig en sådan Lykke; Far har næmlig nu sagt ja til, at jeg må læse Musik i Kbh. og jeg skal tage fat til Maj! Tænk dog hvilket Liv at være i København, og optaget af det kæreste, jeg kan beskæftige mig med, sammen daglig med dig og Johanne - -
 å, hvem der alligevel kan leve til den Herlighed! Bliver det dog ikke mageløst! Tror du ikke nok, at vi kan komme over det? Og tror du ikke nok, jeg lever? Olga Wendelboe var jo yngre, jeg bliver jo omtr. 22 År, det er vist en heldig Alder. Og er jeg normalt over det, så tror jeg, jeg vinder bedre Helbred ved det. Skriv nu alt, hvad du mener om det, kæreste Alhed, og læg inden i, når du skriver til Mor næste Gang. Elle ved det, ingen andre må vide det. Joh. vilde tage det altfor hårdt. – 
 3/12. Igår var vi så på Brobygd. Doktorens var der og ved Bordet sagde Dr. Til Mor, at Kapt. Havemann og den lille engelske
 3)
 Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
 Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
 4)
 kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
 Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
 [Det følgende skrevet s. 1; øverst på arket; på tværs:]
 Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
 Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
 Din Chr. 
 [Skrevet henover teksten på bagsiden af ark 3; lodret:]
 Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
   </si>
   <si>
-    <t>1943-09-02</t>
-[...31 lines deleted...]
-    <t> 9. aug. 1921</t>
+    <t>1898-05-23</t>
+  </si>
+  <si>
+    <t>Strandgade 3, Kerteminde</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Karl Madsen
+- Nordskov</t>
+  </si>
+  <si>
+    <t>Toldboden i Kerteminde ligger i Strandgade</t>
+  </si>
+  <si>
+    <t>Alhed er rejst fra Kerteminde i stor hast, efter at hun og Larsen kom for sent op.
+Georg Larsen (bror) har set et par klyder, og Adolf (Agraren) og Johannes Larsen har skudt dem, hvorefter Johannes Larsen har tegnet dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EmNY</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Maj
+Min egen Kæreste!
+Det var dog en Skam at Du maatte rejse af den lumpne Grund at vi sov for længe i Morges. Du kan tro jeg er ked af at jeg ikke fik talt ordentlig med Dig, det var ogsaa et ækelt Vejr i Gaar. Jeg havde tænkt at begynde paa en Aquarel i Dag af et Motiv jeg har set paa i flere Aar og som sa[noget af papiret mangler] ud i Lørdags og i D[noget af papiret mangler] samme Slags Vejr. [noget af papiret mangler] der imidlertid ikke noget af for lidt efter at jeg var kommen hjem fra Posten, kom Georg ind og sagde at der gik 2 mærkelige Vadefugle ude paa Revlerne og da jeg kom ned og saa dem i Kikkerten, saa jeg at det var Klyder, jeg har aldrig før set dem levende, det var et Par nydelige Fugle. Agraren laante Nordskovs Bøsse og krøb ud ad Molen og jeg gik med min ud ved Toldboden og tog Strømperne af og gik ud i Vandet og uden om dem. Da jeg havde drevet en Del omkring med dem lykkedes det mig at komme dem saa nær at jeg kunde skyde Hannen [noget af papiret mangler]en største og kønneste [noget af papiret mangler]e gik i Vandet, den [noget af papiret mangler]skød jeg da den fløj forbi og Agraren skød den saa ihjel da den kom henover ham. De er nydelige sorte og hvide med lyseblaa Ben. Den ene har jeg tegnet i Eftermiddag og har vel nok at gøre hele Dagen i Morgen og maaske i Overmorgen med. Det var for Resten ikke saa morsomt at skyde dem, og havde det ikke været for Proffessionens Skyld vilde jeg heller ikke have gjort det, det var en væmmelig Fornemmelse bag efter, at tænke paa at saadan 2 smukke Fugle ikke kan vise dem her uden at de skal dræbes. De saa saadan ud: [tegning]
+Nu faar Du ikke ret meget mere denne Gang. Det er næsten mørkt og Fader og Moder er gaaet i Seng, men de trænger vel ogsaa til det efter Rejsen. Jeg vil dog fortælle Dig at jeg holder forfærdelig meget af Dig og er meget ked af at Du ikke kunde blive her længere. Jeg elsker Dig. Mange kærlige Hilsner og Tak fordi Du kom og besøgte mig den lille korte Tid, om det ikke var ret længe var det dog meget bedre end slet ikke, og jeg [noget af papiret mangler] bleven forfærdelig [noget af papiret mangler] hvis Du ikke var [noget af papiret mangler] i Lørdags. Kan du nu skrive rigtig til mig
+Din hengivne
+Johannes Larsen
+P.S.
+Jeg vilde gerne bede om jeg maatte laane K. Madsens Bog om japansk Malerkunst.</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
-    <t>Johan Larsen</t>
-[...57 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
+    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -4618,57 +524,2587 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1901-8</t>
+  </si>
+  <si>
+    <t>Revninge
+Rynkeby, Kerteminde
+Kølstrup, Kerteminde
+Dræby
+Agedrup
+Bullerup
+Odense
+Nymindegab</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+P Jørgensen 
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Erhard Meyer
+Otto  Meyer
+Sophus  Meyer
+Elias Muus
+Rasmus Petersen, Gartner
+Christine Swane</t>
+  </si>
+  <si>
+    <t>K.O.D.J.: Kerteminde-Odense-Dalby-Jernbanen.
+De indsatte ord: Rynkeby, Kjølstrup, Dræby osv. er togstationer på strækningen.
+Johannes Larsen er på vej til Nymindegab.
+Indkøb af træ samt badekarret og badeværelsesdøren: Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse.
+Cathrine Meyer var datter af Sophus og Sophie Meyer (Johannes Larsens moster og onkel).
+Den lille fede er Alhed og Johannes Larsens nyfødte søn, Johan (Lysse).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver i toget mellem Kerteminde og Odense. Han har købt noget træ og fortæller desuden om badekarret, der skal støbes og om badeværelsesdøren.
+Derefter fortæller Larsen om potteplanternes tilstand. Den følgende dag skal han til Nymindegab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HpfN</t>
+  </si>
+  <si>
+    <t>K.O.D.J. August 1901.
+Kæreste Alhed!
+Jeg skriver her i Toget, da jeg ikke ha[noget af papiret mangler] dit men det før, det ryster saa jeg tror jeg vil vente til det holder. Revninge Blomsterne har det udmærket Uglen passer dem. Kaktuserne ser godt ud. Lejligheden udmærket ren. Rynkeby Bygningen uforandret. Fader havde Tilbud fra Muus, billigere end Bricks, men Moder vilde have at Bøttern skulde spørges først (Kjølstrup.) I Morges var vi hos B. han vilde ikke til de Priser, saa gik vi til M. og købte Træet, men der er den Hage ved det at det skal betales contant. Fader lever [leverer] saa Korn for det og begynder at tærske først i næste Uge (Dræby). Jeg var saa hos Jørgensen og bestille [ulæseligt] efter Tegning efter [noget af papiret mangler] han skulde tage fat paa dem [noget af papiret mangler]sen traf jeg paa Gaden, han [var] klar til at begynde, Agedrup [noget af papiret mangler] traf jeg i Boutiken, han var meget tilfreds med snart at kunde tage fat igen. Badekarret kunde godt mures i Cement og beklædes indvendig med Fajance. (Bullerup) Døren til Badeværelser bliver pudset i Kanterne. Seden. Jeg fik saa mine Varer i Boutikken kørte op til Kærby Hus i en Høstvogn, slugte 2 raa Æg og løb ned med Kufferten drak et glas Madeira med Fader, Meyer, Rasmus Petersen, Grossereren og Uglen og saa paa Toget [til] Odense. Her er da noget længere Ophold saa maa jeg vist begynde forfra igen med Blomsterne, Slyngpelargonien var fuld af Blom[ster] og stod midt i en Hvidkløver [der] hængte ud over Potten til alle [noget af papiret mangler] det saa godt ud, den lille brogede i den gamle Urtepotte [saa] ogsaa godt ud, saa var der [en] ganske lille lav Pelargo[nie] med en stor Klump Lyserøde dobbelte Blomster, alle Ceiommus Skudene vare i god Kondition, nu kan jeg ikke huske mere om dem. Det var den store Potageske (Bryllupsgaven) de vilde have rejst med, den er nemlig stemplet Grønlund. Jeg laa der ovre om Natten. Uglen maler nogle Fingerbøller der om Dagen. Det var en nydelig Rejse derud i Gaar herfra, der ser nu bedre ud herfra og til Kjerteminde en andre Steder. Jeg traf Kathrine M[ey]er her i Gaar, hun skulde [til] Kjøbenhavn, Otto var kom[men], Erhardt havde hentet ham dernede. Præsten naaede [jeg] ikke, har han nu ventet, kan han vente de 8 Dage med. Det er Pokkers for jeg syntes der var saa meget jeg skulde fortælle, men paa fjollede Maade jeg har begyndt er det løbet i Stykker for mig, men nu skal Du faa Brev fra Nymindegab i Morgen. Det blæser godt (N.V.) i Dag og jeg glæder mig til at høre Vestervovvov i Aften. Hils Alle dernede. Mange Hilsner og Kys til Dig Puf og den fede.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1905-03-17</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Nybro Frugtplantage Kerteminde
+Dræby VVS
+Boston USA</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Cathrine Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine  Mackie
+Sophus  Meyer
+Johan Rohde
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatorium i Haslev.
+Taarbystrand=Tårup Strand (vist som Nybro Frugtplantage)
+"Det store" [billede] af Johannes Larsen er "Bygevejr i april"
+Johannes Larsen udstiller på Den Frie i foråret 1905. (Danmarks kunstbibliotek - kataloger)
+Christian Eckardt og Alhed Larsen udstiller på Charlottenborg. - "-</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal udstille akvareller. De skal sættes i rammer og sendes i dag. Syberg og Rohde skal hænge dem op.
+Johannes Larsen har haft billeder på auktion. Fik solgt en tegning til 20 kr. Intet andet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yrEi</t>
+  </si>
+  <si>
+    <t>(Kuvert stemplet Haslev 17.3.05)
+Kjærbyhus Fredag
+Kjæreste Ugle!
+Nu er det saa Fredag igjen og sidste Dag jeg kan vente med at skrive, naar Du skal have den Glæde at faa Brev i morgen og ikke ængstes for, at vi ere syge
+nej, det er rigtignok ikke det der har afholdt mig, men lille kjære Ugle det var de Penge jeg vilde have med til Dig, hav Taalmodighed min lille Pige saasnart jeg kan skal der komme – en Glæde hørte jeg da i gaar at Du har faaet Kattebogen sendt, saa har Du da den at glæde Dig over, og Du er forhaabentlig saa rask, at Du har faaet Lov at arbejde lidt med Dine egne Glæder
+at jeg længes efter Brev fra Dig kan Du vel mærke efter Dine egne Fornemmelser naar Ugen slutter – godt er det at Tiden gaar saa hurtig, naar vi gaar imod den lyse Tid
+Ellers vil jeg nok have den skal gaa langsom – Blomsterne Du sendte rakte saa godt, at der blev til hele Pladsen under Birkene de knejser godt, at Regnen kom, syntes de vist om under er nogen af de smaa blaa Blade erkjendt, det vil se nydeligt ud, naar der kommer gule imellem, hvad skal vi gjøre med det Stykke hvor Du havde Evighedsblomsterne? Træpionen skyder godt, men røre sig noget videre i Haven tør jeg ikke endnu
+det nytter heller intet saalænge Hønsene gaar der, de har ikke begyndt at lægge Æg endnu baade Mejers og Alheds – har længe givet Indtægt, saa slagtede vi da en forleden Dag, vi vilde se om den fejlede noget. Nej ikke det mindste og saa fik vi os en dejlig Suppe og Vished for at vi kun skulle have Taalmodighed, men Ventetiden er jo altid lang. Potteplanterne har jeg givet en Del frisk Jord, den første det blev din Rosengeranie og Nillikerne, den italienske synes mig for svag ud den lod jeg staa, men en af Dagene kommer den nok ogsaa ud af Potten, at jeg kan se om der er noget ivejen, skulde jeg give din Mynthe frisk Jord? alle Pelargonier knoppes og Fuksierne bryder om det saa er Buskene i Haven viser de Blade,- det gjør saa ondt paa mig om der skal komme en kold Vinterhaand og dræbe dem, men det vil jeg nu ikke sørge over for tidlig – 
+Der er Travlhed i Villaen de har vasket og havt Faster Thrine der er jo tænkt paa attage Puf med, men de har endnu ikke faaet Svar fra Fru Varberg der er jo kommen Brev at Christine fra Amerika kommer, hun er paa Vejen og skal være her i længere Tid
+Johanne bliver saa derovre saa ved de ikke om hun kan have Puf ogsaa. 
+Det bliver alle Aqvarellerne Las udstiller, dem har du jo seet – vi skal derover naar nu Rammerne kommer saa er der jo 2-3 store ingen Oliebilleder det store er kjørt paaTaarbystrand Badehuset er Atelier og Vand er nok af paa Tiden
+naar mon vi kan faa høre om Bedømmelsen af Eders Arbejder? Vi hørte ikke hvordan det gik med Aktionen, Las fik 20 Kroner for en Tegning og ellers intet
+Vi fik ingen Brev fra Echardt saa Telegraferede Georg derover. Svar, meget sløjt – intet Bud – vi ventet nogle Dage paa Brev derfra endnu ikke et Ord jeg maa skrive derover.
+Vilhelm har jeg lige faaet Brev fra han havde det godt men Travlhed – og her er Marked i Byen idag der er Adolph inde Faer er ovre hos Las at læse Aviser og Marie er i Kjøkkenet men jeg skal naturligvis hilse 
+Marie vil hellere vente med at skrive til dit Brev er kommen og det er jo ogsaa bedre Faer kom nu meget begejstret over Billederne de skal rejse iaften Syberg rejser, han skal hænge op tilligemed Rhode
+100 Kr vil han for hver Aqvarel – 
+Du skal nu af Marie faa fuld Besked naar vi har seet alting i Eftermiddag – jeg skal presse Adolphs Tøj han skal kjøre for Groserens’ til Gilde paa Søndag i Dræby – 
+Saa Farvel lille Ugle og hav det godt
+Kjærlig hilsen fra din Moer og Faer og de andre</t>
+  </si>
+  <si>
+    <t>1905-03-23</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Dræby
+Göteborg Sweden
+Nybro Frugtplantage
+Bøgebjerg Strand 
+Boston</t>
+  </si>
+  <si>
+    <t>Peter Jensen
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Olga Lau
+- Lunn
+Christine  Mackie
+Karen Meisner-Jensen
+- Petersen Bøgebjerg
+Theodor Philipsen
+Ellen  Sawyer
+Fritz Syberg
+Julie Sophie Anette Augusta  Teisen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatorium i Haslev. Hun har sendt billede ind til Forårsudstillingen på Charlottenborg.
+Fritz Syberg omtales ofte som "Baronen".
+Foreningen Fremtiden blev dannet i 1865. Forsørgelsesforening for mænd og kvinder. Den arrangerede udstillinger, afholdt foredrag, udgav bøger og bortloddede kunstværker. (Salomonsen 1919, 2. udg.)
+Marie Larsen er med i en sangforening.
+Tårup Strand er markeret med Nybro Frugtplantage.</t>
+  </si>
+  <si>
+    <t>Christine Swane har fået kasseret billeder til en udstilling. Johannes Larsen er vred. Opmuntrer hende til at hænge i. Alhed har fået antaget et billede med hyacinter.
+Johannes Larsen har fået rammet billeder ind til en udstilling. De store er sat til 200 kr. De små til 100 kr.
+Alhed og to andre har været inde for at hente hans brystnål.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dPGj</t>
+  </si>
+  <si>
+    <t>(på kuvert Haslev 24.3.05)
+Kjærbyhus den 23. Marts
+Kjære lille Dine!
+Du venter nok med Længsel paa Brev og vi andre ventede med; men det blev ikke Glæde for mig i det mindste
+De andre siger nok Uglen bliver ikke bedrøvet, men det maa jeg høre af din egen Mund min Ven for at komme til Ro, da Posten var kommen og jeg stod og rørte Havregrøden og græd samtidig kom Las stormende og var vred, de er jo sindssyge, hvid var han i Ansigtet og rendte rundt paa Gulvet, hvad gjorde med Alhed -?
+Ja de tog det ene det med Hyazinterne men skriv til Uglen at det skal hun ikke bryde sig om, de kasserede flere Gange af mine Arbejder, bare hænge i, det skal nok naaes engang
+Baronen havde sagt kasserer de det saa er det fordi Ansigter ikke er nok udførte men der er saameget godt i Billedet at de godt kan være bekjendt at tage det Det levede jeg paa men som sagt nu maa du svare mig paa Søndag. Kattebogen lille Ven er rigtignok en Foræring fra Las til Dig der blev ingen % taget i Fremtiden saa jeg vidste han fik endeel at raade over du fik 1 Phillipsen 1 og dem i Amerika og dem selv og i Kjøbenhavn.
+Vi var saa ovre at see hans Arbejder det pyntede meget paa dem at de blev indrammede der er nok en 40 St med de 4 store dem satte han til 200 Kr de smaa til 100 kr. om han dog nu maa sælge noget til denne Udstilling for det lader ikke til der gaar noget i Göteborg – nu i disse Dage gaar han paa Taarupstrand og maler det er højt Vejr og dejligt blaat Vand – Las vidste ikke igaar om han kunde løsrive sig fra Maleriet nu faar vi see Lysse skal jo bo her om de kommer afsted han glæder sig jo meget til Touren den lille Puf, men Lysse er saa fornuftig han siger det ikke værdt at Tale om han gaar og glæder sig og kommer maaske ikke af sted. Alhed og de andre 2 der fik 1. Karakter var igaar inde at hente Las’ Brystnaal
+Las og Børnene spiste her; da han var ude for at møde ved Toget var hun ikke med saa lagde Marie Børnene i seng og Las gik med Agraren og Peter Jensen i Theatret her var Skuespillere fra Kjøbenhavn, de gik saa til 11 Toget der var hun heller ikke men det opklaredes i dag, de kom for sildig til 5 Toget i Odense og lejede saa en Droske der kjørte til Dræby Alhed og Frøken Tejsen saa telefonerede hun til Moderen og hun kjørte efter dem de var saa kommen ved 8 [ulæseligt tegn] Tiden saa det var jo ikke saa underligt at der ingen Alhed var med skriv nu endelig hvor meget du vejer nu og om Temperaturen er god nu; ja alt mulig længes jeg efter at høre nu faar vi ikke Brevet afsted med 3 Toget det gaar saa herfra med 8 Toget Torsdag aften naar faar svar paa det for her er delte Meninger om den Ting
+lev nu vel med en kjærlig Hilsen fra Alle – Din egen Mor
+Kære Ugle!
+Du skal da også have et Par Ord fra mig, det er saa længe siden, jeg har skreven til Dig. Ja, det var jo sørgeligt at Dine Billeder blev kasserede, men vi haaber at Du tager det fornuftigt. Du ved jo at de kasserer saa mange gode Billeder derinde, saa Du var vel til Dels forberedt derpaa. Har Karen og Olga saa været og besøge Dig? Vi var saa til udvidet Prøve forrige Søndag, det gik udmærket og vi morede os storartet bagefter, der var ikke stort flere end os der havde sunget der blev til Dansen, først drak vi Kaffe, mens der blev ryddet i Salen, saa dansede vi til kl. 12; Alhed og jeg vilde saa gaa hjem, men Candidat Lunn kom efter os og sagde at vi endelig maatte blive, der var nogle Stykker som vilde spise Smørrebrød sammen og de vilde gerne have os med, vi var en halv Snes Stykker i det Hele; Søndag skulde en Del af os have været paa en lang Spaseretur, vi havde tænkt at gaa til Bøgebjerg og Dr. Petersen havde inviteret os derud og drikke Kaffe, men saa blev Vejret jo saa daarligt at vi maatte opgive Turen, maaske bliver det til noget paa Søndag. Hav det godt kære Ugle og bliv nu endelig ikke saa ked af det at det sætter Dig tilbage. De kærligste Hilsner fra Din Marie.</t>
+  </si>
+  <si>
+    <t>1919-11-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Valborg -
+Wilhelmine Berg
+Christian  Ernlund
+Christian Krog
+Johannes Larsen
+Frida Madsen
+Kristian Olsen</t>
+  </si>
+  <si>
+    <t>Johan og Andreas Larsen er på kostskole i Birkerød.
+Den omtalte togulykke må være Vigerslevulykken 1. november 1919. 30 blev dræbt og mange kvæstet. 
+Det kan ikke afgøres, hvem Petersen er, da Larsen-familien kendte mange med dette efternavn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen tænker med gru på, at hendes sønner kunne have været med det forulykkede tog. Hun takker for tøflerne og vil høre, om de kan skaffe et par, der er større. 
+Der er håndværkere i huset, og Alhed banker iført regnfrakke og badehætte puds af i havestuen.
+Fridas mor er død, og Frida er rejst hjem til faderen. 
+Der er rotter i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pijj</t>
+  </si>
+  <si>
+    <t>Kæreste Drenge!
+Gud ved, om I fik mit sidste Brev, det kom med 2 42 Lørdag Efterm., men det var jo det stakkels Tog, der forulykkede, det var en rædselsfuld Historie. Jeg har tænkt med Gru paa, om det havde været lige efter en Ferie og I havde været med. Lad mig vide søde Dax hvordan det gik med Stilen, om Du fik mit Brev Søndag Morgen. I skriver om Flipper, kan I ikke faa dertil og købe nogle. Tak for de dejlige Tøfler, Jeres Far passer sine godt, mine er nu noget større [”større” overstreget] store. Om I kunde faa et Par mindre, kunde Du jo faa disse lille Gamle, men jeg kan udmærket bruge dem, de er dejlige at sidde med om Aftenen. Her er vældig Travlhed. Ernlund maler rødt i Dagligstuen, vi har 2 [Sidetal øverst på siden] bestemt os til grøn Fresko i Havestuen og jeg er sat til at hugge Puds af. Det er et kolossalt Arbejde, jeg huggede hele Efterm. i Gaar og i Dag uafbrudt fra 9 ½ til 5 ½. I Skulde se mig hænge paa en Stige oppe under Loftet i Regnfrakke og Badehætte, det er et forfærdeligt Svinearbejde. I Dag har Mix hjulpen mig, det er jo Murerarbejde, men vi kan kun faa to, den ene hjælper Ernlund, den anden kalker Lofter, reparerer Kamin o.s.v. vi vinder 2 hele Dage ved at jeg gør det Huggearbejde. Det hele havde jo staaet fælt stille, mens jeres Far var væk, men nu kan I tro, der er Gang i det, jeg har ringet flere Gange til Olsen, der for en Gang har overrasket mig ved Expedithed. – I Gaar Form. ringede Fridas Far, at hans Kone var lige ved at dø og en halv Time efter, at hun var død. Frida tog strax hjem og bliver hjemme Begravelsen over, det er jo værst for ham, han er helt ude af sig selv, men det er heller ikke nemt for os at undvære Frida i alt dette Rod. Valborg er vældig flink, men der er stærke Grænser for hvad hun kan naa. 3 [sidetal] Vi har faaet Huset fuldt af Rotter, jeg opdagede et stort Hul Haandværkerne havde lavet, nu er det stoppet, men Bæsterne er derinde. De har nu ædt en Masse Gift og én har vi fanget, Petersen faar en Kr. for hver. – Lad mig snart høre fra jer. Hæng endelig i søde Dax, hvordan gaar det, jeg tænker saa meget paa, hvor Du er stædig og flittig. – Send jeres Vadsketøj hjem, saa skal jeg faa det vadsket og sendt. - - 
+Nu faar I ikke mere.
+1000 Hilsner! jeres Mor.
+Jeres Far hilser mange Gange. Han har travlt med Billederne til Krog, de bliver kønne. –
+Onsdag</t>
+  </si>
+  <si>
+    <t>1920-01-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Ausa -
+Elise Hansen
+Peter Hansen
+Betty Nansen
+Marie Neckelmann
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen, var omkring 14 år, da hun skrev brevet. 
+Bimme/Bams: Elena Larsen. 
+Elise Hansen: Mosser.
+Peter Hansen: Fasser.
+Kylle: Marie Neckelmann.
+N.E.: Niels Erik Schoubye.
+Det vides ikke, hvem Bente og Haiser var. 
+Perugia er hovedstad i regionen Umbria, der er en af de få regioner i Italien, der ikke grænser op til havet. (Wikipedia, okt. 2025).
+Piazza del Campidoglio er en plads med Roms rådhus og museer. Pladsen er udtænkt af Michelangelo.
+Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen/Mosser har fået stjålet sin pung. 
+Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
+Både Elise og Peter Hansen er sløje. 
+Elise og Grete har været på Campidoglio og se illuminationer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5qwN</t>
+  </si>
+  <si>
+    <t>Rom d 10/1 - 20
+[Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
+Kære Bimme!.
+Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
+Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
+Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
+Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
+[Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
+Mos.
+Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
+  </si>
+  <si>
+    <t>1920-10-30</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Bentsen, Kerteminde
+Grethe Bichel
+Peter Bichel
+Ellen Bøttern
+Drude Jørgensen
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel Olsen
+Viggo Petersen
+Leo Swane
+Peter Tutein</t>
+  </si>
+  <si>
+    <t>Andreas Larsen/Lysse var elev på Birkerød Kostskole. 
+Det vides ikke, hvem Møllerens eller R var.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed spiller tennis med Fru Bøttern. Hun og Johannes Larsen har været til middag hos Leo Swane. Han sov hos dem, og Puf fulgte ham til toget. Om aftenen var de hos Agraren/Adolph og spise.
+Puf og Johannes Larsen ordner værkstedet og fuglestuen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XyRs</t>
+  </si>
+  <si>
+    <t>Kære lille Ly!
+Tak for Dit Brev i Gaar. Paa Gr. af den megen Taage, har Vadsketøjet hængt saalænge ude. Paa Tirsdg bliver det sendt. – Jeg spiller stadig Tennis med Ellen B. men nu kan vi vist snart ikke mere for Kulde. I Onsdgs ringede Skriveswane fra Odense og inviterede os derud at spise til Middg. Vi var først ude hos Axel Olsen at købe nogle Planter derefter fin Middag paa Grand Da det sidste Tog er inddraget, vilde vi blive hos Drude om Natten, men alt var optaget, saa ringede vi efter Bentsen og kørte herhjem. S. laa i Din Seng og rejste næste Morgen, Puf fulgte med til Dræby og spadserede hjem for at tegne. Om Aftenen var vi hos Agrarens at spise Bekkasiner sammen med Viggo Petersen, de var dejlige, der var 7 og en lille Hare paa 4 P. I Gaar blev alle Ænderne stækkede. – I Morgen kommer Bichels her til Aften, de har meldt sig for at slippe for et stort Selskab hos Møllerens derhenne. – Hils Peter Tutein og ønsk ham god Lykke. Sagde R. saa noget fordi Du først kom med sidste
+[Skrevet på tværs øverst på siden:]
+Tog? Uha hvis Du var kommen for sent. Men spring aldrig paa en Færge, der sejler. – Dette kommer med Iltoget, saa haaber jeg Du faar det Søndg Morgen. Den danske Stil?? Puf og Din Far gør rent i Værkstedet, Fuglestuen bliver delt af med Staaltraad, saa vi faar det halve til Billeder. Skriv flittig søde Ly og fortæl levende det gaar Dig i Skolen. Nu kom Ellen efter mig til Tennis 
+1000 Hilsner fra Din Mor.
+Jeg har ingen Frimærker skal sende senere, foreløbig en Konvolut. Lørdg 30/10-20</t>
+  </si>
+  <si>
+    <t> 9. aug. 1921</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CW5tALIU</t>
+  </si>
+  <si>
+    <t> 6. jul. 1925</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+John Møller
+Aage Nissen
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jAafo5Ej</t>
+  </si>
+  <si>
+    <t>28. aug. 1925</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Erich Drygalsky
+Julius Galster
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Axel Malmquist
+John Møller
+Peder Petersen
+Morten Porsild
+Philip Rosendahl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+  </si>
+  <si>
     <t>13. sep. 1925</t>
   </si>
   <si>
     <t>Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/mQP42PpV</t>
+  </si>
+  <si>
+    <t> 2. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/0RM2QcsZ</t>
+  </si>
+  <si>
+    <t>16. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Turbals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/w52qIvS9</t>
+  </si>
+  <si>
+    <t>1933-01-17</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Hareskov St.</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Grethe Jungstedt
+- Knudsen, skomager
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Arne Mortensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
+Succes var et chokolademærke solgt af firmaet Galle &amp;amp; Jessen (Arkiv.dk – her billede fra 1922).
+Fra litteraturen om Larsen-familien vides, at køberen af Kærbygaard hed Arne Mortensen.
+Johanne og Adolph Larsen købte senere i 1933 Lindøgaard nær Dræby/Munkebo.
+Amanda er muligvis Amanda Heinesen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0607</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen håber ikke, at Laura/Bibbe er syg. Hun er ikke stærk. Selv har Johanne et øre, der vædsker, og hun er næsten døv på det, så hun må til speciallæge.
+Adolph/Agraren Larsen har solgt Kærbygaard for 18.000 kr. Det er en god handel. Johanne og han købte kransekage og chokolade og inviterede gæster til kaffe for at fejre det. Adolph skal nu ikke længere arbejde for andre, Erik/Tinge bliver selvstændig, og Johanne vil holde op med at undervise i klaverspil. 
+Johanne har mødt Amanda, som spurgte til Ina/Sjums.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1Lr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+OBS Salget!
+modt 19’ Jan 1933
+Fru A. Warberg Müller
+Hareskov St.
+Sjælland
+8-8-03.
+9/1 2001
+BWP.
+5 okt. 02.
+30-10-02. 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Kjerteminde
+[I brevet:]
+17-1-1933
+Kære lille Dis!
+Tak for dit gode Brev! Og for dit gode Raad med Bibbe – men hun var jo for længst draget til Hillerød, da jeg fik dit Brev; og selv om ikke – nej, jeg vilde ikke kunne tage den Chance fra hende med de Par Maaneders Spil, som betyder saa meget for hende. Jeg længes for Resten saa meget efter Brev fra hende, jeg haaber da ikke hun er syg. Stærk er hun jo ikke, men saa meget des mere er hun ubesindig med hvad hun byder sig. Det er underligt, for de unge kan ikke begribe, at der er en Grænse for, hvad de kan taale. Skrev jeg noget til dig om, at jeg ikke var rask? det synes jeg ikke, men maa vel have gjort alligevel; ja, naar min nuværende Smule Forkølelse er forbi, saa tager jeg ud til Odense til en Specialist i Næse-Øren o.s v mit ene Øre flyder ustandseligt og det er næsten døvt; jeg tænker mig der er en Katarh i V [”V” overstreget] Gangene i Hovedet og jeg tror ikke Dr. Hviid vil have mere med det at bestille, naa det er jo ikke saa farligt, men det er enerverende at have Sus i Hovedet i 5 Uger i Træk, men jeg har ladet mig sige, at man skal være i uforkølet Tilstand, naar man tager ud til ham. 
+Men her er sket større Ting end lidt Øre-Vrøvl. Agraren var i Aftes nede at tage imod mig da jeg kom fra Landet - jeg forstod straks, at saa havde han solgt Kærbyhus. Dagen før havde der meldt sig en Liebhaver. Det er Skomager Knudsens Svigersøn og Knudsen var med til Forhandlingerne og det var pudsigt nok ligesom han hele Tiden holdt med os; han opfordrede stadig Svigersønnen til at være imødekommende, men ikke os. Der blev intet afgjort Søndag Form., men saa var de altsaa kommen igen Mandag og saa var Handelen gaaet i Orden – Agraren var stolt! Og godt at han holdt sig stiv, for han var ellers mere tilbøjelig til at slaa af end jeg. Vi fik det godt betalt, meget bedre end Folk havde spaaet os, 18000 Kr, men saa skal vi enes om Udgifter til Papirerne; forstaar du: der staar 11000 i Prioriteter, saa han skal betale os 7000 blanke Kroner kontant – ”Og han har dem, Adolph” sagde Knudsen fortrolig til Agraren ”du skatte være bange – han har dem, der er ingen Rævestreger ved ham”. Og det kan han med Sandhed sige, hvor var de fine og noble at have med at gøre. 
+Hvor blev jeg glad, da jeg fik Nyheden; i Begejstringens Hede købte vi 5 Stykker Kransekage og en Plade Succes og fik ringet efter Puf, Marie (Larsen, som er her endnu, hos Lases altsaa) og saa lille Grethe derovre fra og der blev et muntert Kaffeselskab ud af det. Jeg har sendt Brev til Tinge i Dag, hvor bliver han glad, den kære Dreng. Sikken et Held at nu da jeg skal sælge min Obligation saa er den i stærk Stigning, den staar i 92 ¼ mens den længe har været sidst i Firserne; den var jo paa 2000 Kr, men vi maatte belaane den; fik 1000 Kr i Nationalbanken til en meget billig Rente, da vi skulde lægge Vand ind og have nye Skorstene og reparere hele underste Lejlighed for 2 Aar siden.
+Det er kunstigt for det betyder noget godt for os alle: Agraren faar Arbejde, det Arbejde, som staar hans Hjærte saa nær, Tinge faar selvstændig Virksomhed – tænk i Stedet for at gaa og tjene altid, Bibbe faar et Levebrød og jeg slipper for ar undervise mere – hvad jeg næsten ikke mere kan udholde. De Nerver som bruges til Undervisning er hos mig slidt op – væk - ! Er det ikke en stor Begivenhed, lille Dis? Det var Lørdag, at det første Glimt viste sig; Manden kom op og meldte sig som Liebhaver og spurgte om han maatte komme næste Dag - - jeg blev saa op flammet at jeg ikke fik sendt Kort til Axel og jeg havde dog tænkt saa meget paa ham! Ønsk ham nu alt godt i det nye Aar fra mig og bed ham tilgive mig at jeg svigtede ham. I havde vel en rar Dag? Ser han lidt bedre ud nu?
+Jeg traf Amanda i Bilen i Aftes. Hvor hun ligner sig selv og hvor er hun sød. Hun blev meget betaget, da hun hørte at Sjums var gift, for Sjums havde lovet hende så bestemt at skrive til hende hvis hun en Dag skulde giftes; jeg sagde at det var en gammel Historie og at hun havde en yndig lille Pige, men nævnede ikke noget om Skiftet og hun spurgte ikke om noget Navn – heldigvis, for jeg har ikke Mandens Navn i min Erindring, jeg er jo utrolig med at glemme navne.
+Jeg læste med stor Interesse om Adams og Fru Brittas [det andet ”t” i navnet overstreget] Besøg – Adam bliver nok lykkelig, det vilde ikke passe til ham ikke at blive det! Stol paa det!
+Pudevaaret er ikke mit; du skal faa det ved Lejlighed. Hvad du skriver om Bibbe er saa rigtigt, gid det hele maa gaa saa godt for hende, jeg har aldrig set hende saa glad og harmonisk som i Julen. Hvor var hun yndig
+[Skrevet på hovedet øverst på s. 4:]
+Din Bog når jeg ikke at tale om i Aften, jeg må i Seng, kun at jeg synes den er udmærket, du skal og maa fortsætte. Men det er vel vanskeligere naar man kommer fremad i Livsforløbet?
+[Skrevet langs venstre margen s. 4:]
+Tusind Hilsner til Jer alle tre Din glade Junge.</t>
+  </si>
+  <si>
+    <t>1933-04-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Ruth -
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Louise Brønsted
+- Christoffersen
+Knud Dalhoff Larsen
+Adam Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+- Jantzen, Lindøgaard
+Grethe Jungstedt
+Alfred Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Sagen om at Ina/Sjums er genfundet kendes ikke. 
+"Den gamle Adam" er formodentlig Inas bror, Adam Goldschmidt.
+De to Holsteinere: Den ene er formodentlig Bodild Holstein, men hvem den anden er vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0605</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums er genfundet.
+Johanne/Junge og Adolph/Agraren Larsen ejer nu Lindøgaard. Johanne beskriver i brevet rummene og deres indretning samt gårdens faciliteter, dens pris mm. Andreas/Dedde Warberg har været på besøg og ordnet papirarbejde. Han var begejstret for gården.
+Johanne Larsen har haft mange gæster, der ville se gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/14rd</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+19 april 1933.
+Fru Astrid Warberg Müller
+Hareskov St.
+Sjælland.
+9-8-03. 
+9/1-2001 5 okt. 02.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Lindøgaard pr. Dræby
+[I brevet:]
+Lindøgd. pr. Dræby Tirsdag Aft. d. 18-4-1933.
+Kære lille Dis!
+Du skal være den første jeg skriver til her fra Lindøgaard og du var også den første jeg fik Brev fra. Tusind Tak for dine to gode Breve! Hvor er du dog deltagende og optaget af vore store Begivenheder. Men lad mig nu allerførst ønske dig til Lykke med din genfundne Sjums! Hvilken stor og glædelig Begivenhed! Jeg undrede mig over, at du ikke raabte højere Hurra, da Sjums var saa fornuftig at slippe ”den gamle Adam”, det jublede jeg jo saadan over og syntes at det gav godt Haab om Fremtiden for hende og dig. 
+Ja, nu er vi altsaa i Gang som Ejere af den herligste gamle Bondegaard du kan tænke dig; vores Opholdsrum er en veritabel gammel Folkestue – det kaldte Jantzens den, men i gamle Dage, har de jo nok kaldt den Davlestouen; der er en lang Bænk langs de tre smaa Fag Vinduer, et langt smalt Træbord foran og ved Enden af den en kort Slagbænk af malet Fyrretræ (den fik vi straks hentet ned fra Loftet) den venter paa at Tinge skal faa Tid til at tømre Sædet i Orden, saa skal der lidt Hynder paa og det skal være Agrarens Plads; over den hænger Lases henrivende Træsnit af gamle I.A. 
+Vi er ikke paa langt nær i Orden; først i Lørdags flyttede Jantzens deres sidste Sager herfra og for øvrigt har vi ikke haft megen Tid; det daglige Arbejde ogsaa tager en stor Del af Dagen og for Mændenes Vedkommende hele Dagen, saa der levnes ikke megen Tid til at komme i Orden; men her er da beboeligt. En lille Stue ved Siden af Folkestuen er næsten færdig, den store Forstue med den gamle Kiste, Buffetten [det andet ”f” i ordet overstreget] og en lille Sofa er ogsaa pæn og ryddelig ligeledes det store luftige 3 Fags Sovekammer; men Havestuen, som bliver vor fine Stue og de andre Kamre er helt rodede endnu. Manse og Tinge vil bo i det store Karlekammer; det er det eneste Sted hvor vores store Hjørnesofa kan staa; det er jo lidt trist at f [”f” overstreget] vi ikke kan nyde dens Hygge mere og der er den Hage ved det, at der ikke er Kakkelovn i Karlekamret – du forstaar, ingen Skorsten; og Petroleumsovn giver ingen Hygge.
+Dedde var her d.1st April for at skrive Papirer; han var uhyre begejstret over det hele. Han fandt den imponerende velholdt, billige [”e” sidst i ordet overstreget]! Var det ikke morsomt han er ellers altid saa skeptisk. Det var en uhyre festlig Dag og Dedde syntes, det var den fredeligste Handel, han havde været med til, ingen Skænderi af nogen Art. Da vi nærmede os Gaarden sagde Dedde ”Ih du forbarmende” og da vi stod i den og han beskuede de 4 Længer sagde han: Død og Pine! Saa imponeret var han! Jeg maa tilstaa at det forbavsede mig lidt og jeg snakkede lidt om Rotternehullerne [”rne” i ordet overstreget; ”hullerne” indsat over linjen] i Tagene ”Tagene!” sagde Dedde, ”nej de er da saa velholdte”. Han havde aabenbart tænkt sig at til den Pris 45,500 Kr for 45 Td Land maatte der være store Brist. Besætningen er fuldtallig og alt i Maskiner. Indlagt Vand (ikke i Køkkenet, men i Bryggerset ved Siden af) som kommer fra en Kilde og meget billig. Elektricitet, hvilket betyder meget da al Kraft jo gaar ved Elektricitet
+20/3. Jeg naar intet Skriveri; maatte i Seng i Aftes Kl 7½. Lugge og Elle kom Paaskelørdag til Eft.Te. Bes, Puf, Else Overgaard. Jantzen, som vi købte Gaarden af samt Fru Christoffersen (de er alierede!) tidligere Ejer af Gaarden, hun lader Penge staa i den – var her for at flytte deres Sager; vi var 9 til Middag, saa Kjerteminderne, saa Grethe Bichel, Henrik og to Holsteiner; Ruth og Kirsten kom Langfredag, men de maatte tage til Kjert. om Aftenen; næste Dag fik vi indrettet Sengelejlighed til dem. Han er meget tiltalende Hils ham. Du vil forstaa at her var Menneske_vrimmel_. Jeg kunde have ønsket lidt mere Ro, naar Lugge var her; hun var ligeså interesseret som hvis det havde været dig; hun er meget begejstret, så alt; desværre surt Vejr. Ingen Hygge her den Dag. Elle er nu rejst til Stockholm ved du at Grethe blev opereret for c. 14 Dage siden. Svulst paa Æggestokken, det gik helt godt.
+Jeg har ingen Tid. Naar du skriver, stil mig saa Spørgsmaal om det hele her, jeg ved ikke, hvad du ved og hvad ikke. 
+Du hører fra mig d. 26.
+Tusind Hilsner til Jer alle tre
+Din Junge</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Knud -
+Elise Hansen
+Johannes Larsen
+Peter Andreas Larsen
+Gudrun Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Vikingeskibsgraven i Ladby blev udgravet 1934-1935.
+Det vides ikke, hvem Frauer var. 
+På gården Rørdam boede Johannes Larsens bror, Vilhelm/Klaks.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Brev fra Else:
+Johannes Larsen tegner ved vikingeskibet, selvom der kun er et hul i jorden at se. Han er meget optaget og har ikke tid til at rejse.
+Fra Andreas/Puf:
+Johannes Larsen har tegnet ved Knud den Helliges Sten, ved Hindsgavl, på Svinø og Rørdam. Andreas sender fotos af datteren. 
+Fra Johannes Larsen:
+Larsen er optaget af arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/og43</t>
+  </si>
+  <si>
+    <t>Kære Allesammen!
+Las vilde have skrevet et Par Ord, men naaede det ikke til Morgen, han er taget hen for at tegne Vikingeskibet ved Ladby; hvad han vil tegne, ved jeg ikke, for der er ikke andet end et Hul i Jorden, hvor 3 lærde Mænd ligger og graver med en Murske. Det var kedeligt, I ikke fik det lille Besøg af Las og Puf, jeg tror, Puf havde glædet sig til det, men Las er meget optaget af Tegningerne.
+Tusind Hilsner til alle fra
+Lillepigen og Else
+[En side af brevet mangler]
+3).
+sagt noget om, at han jo alligevel skulde til Stockholm og kunde jo saa se Frauer der. Gudrun fortalte at han havde tegnet Knud den Helliges Sten X ved Vissenbjerg, en Tegning ved Hindsgavl, en paa Svinø og en paa Rørdam, det er en flot Præstation paa en Dag, saa det er jo ikke saa sært han var baade sulten og træt. - Tak for dit udmærkede Fødselsdagsbrev og en særlig Tak fordi det var læseligt. Jeg sender her nogle Billeder af vor Datter, nu haaber jeg I kan se hun ser ligesaagodt ud, som jeg syntes Peter saa ud dengang.
+[Indsat nederst på siden] X En Sten vest for Vissenbjerg, paa hvilken Kn. d. H. hvilede sig, da han var paa Vej til Odense, hvor han blev dræbt.
+[Øverst paa side 1:]
+Nu kom Far saa slutter jeg
+Mange Hilsner til Jer alle 3 og Fru P hvis hun er der, fra Else og Puf. 
+[På side 1, øverst, på hovedet:]
+Kære Lysse. Det er meget fristende men det er mig umuligt at afbryde mit Arbejde nu. Din JL.</t>
+  </si>
+  <si>
+    <t>1934-03-23</t>
+  </si>
+  <si>
+    <t>Hareskov
+Lindevej 45</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Dolph/Agraren Larsen var kvartalsdranker.
+Det vides ikke, hvem Palle var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt prøver at trøste Johanne/Junge Larsen med, at selv når alt ser sort ud, kan tingene ændre sig. Adolph/Agrarens skæbne er tung, men Johanne/Junge må også tænke på sig selv. Og hun og børnene må stå sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1PD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+l.-. 64
+1934
+23’ marts
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr Dræby 
+Fyen.
+(om ”Agraren”).
+[skrevet på kuvertens bagside:]
+Læst – Alle – 
+(12-1-2000.)
+afs A Warberg Müller
+Lindevej 45
+Hareskov
+Sjælland
+[I brevet:] 
+Hareskov, Fredag 23 Marts 1934
+Kæreste lille søde Junge!
+Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
+Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
+Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
+Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
+Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
+Dis.</t>
+  </si>
+  <si>
+    <t>1935-5</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Knud
+Elise Hansen
+Gudrun Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Else Larsen har stilet brevet til "Allesammen". Af Andreas/Puf Larsens del af brevet fremgår det, at der er tale om et brev til broderen, Johan Larsen. Dennes svært læselige håndskrift omtales, ligesom hans søn, Peter, er på banen. 
+Vikingeskibsgraven i Ladby ved Kerteminde blev fundet i 1935.
+Det vides ikke, hvem Trauer var.
+Knud den Helliges sten står på Assenbølle Mark nord for den gamle hovedvej mellem Odense og Middelfart. Ifølge sagnet hvilede Knud, som var konge 1080-1086, sig på stenen, hvorved den blev formet som et sæde (Fynshistorie.dk). 
+Rørdam var den skovfogedgård, hvor Johannes Larsens bror, Vilhelm Larsen og hans kone, Gudrun Larsen, boede.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen tegner ved Ladbyskibsudgravningen. Else Larsen synes bare, at det er et hul i jorden. 
+Andreas/Puf Larsen fortæller, at Johannes Larsen har tegnet Knud den Helliges Sten, en tegning ved Hindsgavl og en ved Rørdam. Andreas sender fotos af datteren. 
+Johannes Larsen kan ikke afbryde sit arbejde lige nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CKbE</t>
+  </si>
+  <si>
+    <t>Kære Allesammen!
+Las vilde have skrevet et Par Ord, men naaede det ikke til Morgen, han er taget hen for at tegne Vikingeskibet ved Ladby; hvad han vil tegne, ved jeg ikke, for der er ikke andet end et Hul i Jorden, hvor 3 lærde Mænd ligger og graver med en Murske. Det var kedeligt, I ikke fik det lille Besøg af Las og Puf, jeg tror, Puf havde glædet sig til det, men Las er meget optaget af Tegningerne.
+Tusind Hilsner til alle fra Lillepigen og Else
+[Side 2 mangler]
+[Johan/Puf Larsens skrift:]
+3/.
+sagt noget om, at han jo alligevel skulde til Stockholm og kunde jo saa se Frauer der. Gudrun fortalte at han havde tegnet Knud den Helliges Sten X ved Vissenbjerg, en Tegning ved Hindsgavl, en paa Svinø og en paa Rørdam, det er en flot Præstation paa en Dag, saa det er jo ikke saa sært han var baade sulten og træt. - Tak for dit udmærkede Fødselsdagsbrev og en særlig Tak fordi det var læseligt. Jeg sender her nogle Billeder af vor Datter, nu haaber jeg I kan se hun ser ligesaagodt ud, som jeg syntes Peter saa ud dengang. 
+[Indsat nederst på arket:]
+X En Sten vest for Vissenbjerg, paa hvilken Kn. d. H. hvilede sig, da han var paa Vej til Odense, hvor han blev dræbt.
+[Indsat øverst s. 1:]
+Nu kom Far saa slutter jeg
+Mange Hilsner til Jer alle 3 og Fru P, hvis hun er der, fra Else og Puf.
+[Indsat øverst s. 1; på hovedet; Johannes Larsens skrift:]
+Kære Lysse. Det er meget fristende men det er mig umuligt at afbryde mit Arbejde nu. Din JL.</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
+    <t>1936-12-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Adolph Larsen
+Carl Larsen
+Marie Larsen
+Axel  Müller
+- Overgaard
+Ellen  Sawyer
+Janna Schou
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
+Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
+Larsen-familien kendte flere, der hed Overgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0577</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen har bundet en krans til faderens gravsted. Hun takker for pakken.
+Johanne Larsen har været til barnedåb. Man fik en god frokost med mange snapse, og Adolf/Agraren Larsen tog ikke skade af snapsene. Bilen med Wilhelmine Bergs/Tante Misses pels ankom lige før kirkegangen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PNXE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5 – 02.
+23/9 – 02
+[Skrevet med anden håndskrift:]
+Fru A. Warberg-Müller
+Bakkevej 8
+Hareskov St.
+[Med anden håndskrift:]
+20 – 3 – 2000
+[På kuvertens bagside:]
+J Warberg Larsen
+Lindøgaard Dræby St
+Fyen 
+[I brevet:] 
+Lindøgd. 18-12-36
+Jeg ejer ingen Opskr. paa hv. Pebernødd Elle har Mors skv. Kogebog. Men for sent – Stockholm. 
+Kæreste lille Dis!
+Det er lige nær Posttid, men han er sent paa det i denne Tid, jeg skriver til han er der. Har lige bundet Krans til Fars Grav og pakket samt skrevet til Marie paa Erikshaab – meget glipper for mig i Aar, men Kransen til Hillerslev Kirkegaard maa ikke glippe. 
+Tusind Tak for din Pakke. Det piner mig, at du skulde have Ulejlighed, naar du jo maa være saa langt tilbage og ingen Kræfter har. Mest – næsten – Tak for det dejlige Hynde, jeg kan sagtens montere det selv. Marcipanen er vidunderlig og Chokoladen, men altfor mange Penge igen! Og alle de Frim. Tusind Tak! Gid du dog kunde komme lidt til Kræfter, lille Dis. Godt for Konen, kys hende fra mig. Og for Nortoft – ham tror jeg dog ikke, du skal kysse fra mig. Skønt - -! 
+Vi var til Barnedaab i Lørdags, en ganske dejlig Dag helt igennem. Lille S.A. henrivende saa god i Kirken – gav sit Bifald til kende med stærke Grynt, da han advarede mod Djævelen og alt hans. Marie bar Elle stod hos [”Elle stod hos” indsat over linjen]. Flot Frokost. Af Gæster kun Overgaard Elle, Wille (!) og os. Mange og gode Snapse, som ikke skadede Agraren! 
+Tante Misses dejlige Tøj kom 1 Kvarter før Bilen hentede os til Kirke. Jeg passede Pelsen og den fik altsaa en standsmæssig Indvielse! Du kan ikke tro, hvor den er vidunderlig. Sort Søløve med Bæverbesætning. Et meget kostbart Stykke.
+Jeg naar ikke mere!
+Tak og Hilsen til Jer alle Tre
+din Junge.</t>
+  </si>
+  <si>
+    <t>1937-04-22</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Adolph Hitler
+James Jeans
+Hans Kaalund
+George Lansbury
+Adolph Larsen
+Peter Munch
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Erik Warberg Larsen
+Mary Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Svensson-Sagen gik ud på. 
+Sechendorf kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0619</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at Astrid/Dis i det nye år må få et bedre forhold til Brita og Ina, samt at Axel og Janna vil komme overens.
+Erik/Tinge og Mary skal giftes. Det er nok et fornuftsægteskab, idet Erik indser, at der må en ung kone i huset. Mary og Johanne holder meget af hinanden. Der skal holdes gilde.
+Thora/Tutte har været på besøg, men hun opholdt sig desværre mest hos Elle(n). Thora var i Heden for at højtideligholde Hempel Sybergs 100årsdag.
+Astrids hørespil minder Johanne om Kaalunds vers.
+Johanne har skrevet en sang til Erik.
+Johanne skriver om den tyske naziregering, om verdensfreden, om James Jeans' populærvidenskabelige bøger, om videnskabsfolk, giftgas og etik.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PxB9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1937
+(om Tinges Giftermål med Mary)
+Fru A. Warberg Müller
+Bakkevej No 8
+Hareskov St.
+” 14 nov. 06
+” 18 febr. 06.
+læst 22 sept.-05. (solskin) 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgd. Dræby St. Fyen
+[I brevet:]
+d. 22nde Aprl. 1937.
+Kæreste lille Dis!
+Det er ikke til at fatte, at vi snart har din Fødselsdag, vi plejer dog ikke ligefrem at have Vintervejr paa den Tid. Det var rigtignok noget andet, da jeg en Gang i Erikshaabs-Tiderne laa ude i Tveds Have og skrev Fødselsdagsbrev til dig under grønne Bøgegrene! Men hvad enten Vejret er saadan el. sådan, saa er det altsaa din Fødselsdag om faa Dage, jeg har allerede i nogen Tid gaaet med Fødselsdagstanker om dig! Til Lykke! Til Dagen og Aaret! En festlig Dag og et godt og lykkeligt Aar – saa fri for Bekymringer, som vi arme Mennesker nu kan haabe paa at opnaa. Et og andet har taarnet sig op om dig i de senere Aar – Tutte – daarlig Helbred, (hvilket i mine Øjne betyder meget) og saa det daglige med det usikre Forhold mellem Axel og Nus – gid alt det maa bedres søde Dis og gid du maa vinde Britta, saa du ikke skal faa din kære gode Adam paa Afstand, ligesom Sjums. Jeg tænkte jo en Del over den Ytring, at du var en Dame, som Sjums kendte og gøs jo ved det. Kedeligt at hun kunde sige det; men selv om hun – maaske af en Slags Stædighed – ikke vil betragte dig som de [”de” overstreget] sin Moder, saa kan der jo existere varme og stærke Forhold mellem en ung og en ældre, og hvis du bygger paa det og yder hende og hendes Familie Godhed og Venskab – skulde der saa ikke paa det Grundlag kunne udvikle sig et Forhold mellem dig og hende, som du kan faa Glæde af? Men de Tanker har du vel selv forlængst tænkt. 
+Tak for dit lange Brev og for det tilsendte – jeg skal senere komme tilbage til det, naar jeg i Morgen – Helligdag – maaske faar lidt mere Ro; i Øjeblikket burde jeg egentlig være ved mit Arbejde, og det giver ikke Ro i Sindet. Men jeg kan fortælle dig om vor store, glædelige Begivenhed her, at Tinge og Mary alligevel gifter sig – og allerede Pinselørdag hvis de da faar Papirerne i Orden inden den Tid. Tinge rejste pludselig til Kbhn. – hvor hun jo er Sygeplejerske – og da han jo [”jo” overstreget] kun vilde blive borte en Dags Tid el. to, var det jo tydeligt, at det var Ærinde han havde i Staden, og ikke svært at regne ud hvilket. Jeg føler mig overbevist om, at det fra hans Side er et Fornuftgiftermaal - - forstaar du, her trænges til et ungt Element i Huset og han kan heller ikke vedblive at leve i enlig Stand, han hører jo ikke til dem, der kan dyrke Udenomsforbindelser. Det lyder grimt kynisk, men er der egentlig noget at sige til det; han ved, at han gør alle en Glæde med det, først og fremmest Mary - - å, men jeg burde ikke sidde og fæste noget saa intimt til Papiret og det er jo ogsaa kun mine egne Betragtninger; Tinge har før talt fortroligt med mig om sine Forhold, men ikke nu om dette sidste. Lad os haabe, Dis, at det bliver til Lykke og Gavn for de unge. For mig er det jo en Himmelens Naadegave; og Mary og jeg elsker hinanden – hun kaldte mig jo en Gang ”Verdens elskeligste Svigermoder”; det var en Gang i deres første 
+2.
+Forlovelsestid, at en eller anden spurgte hende, hvor hun turde indlade sig paa at gaa i Hus sammen med sin Svigermoder, at Mary dertil svarede”Jo, for jeg har verdens dejligste [”dejligste” overstreget] elskeligste Svigermoder! Gud give, at hun kan blive ved at have den Mening! Jeg skrev straks til hende og fik et ovenud lyksaligt Svar – ja ja, den Lykke, hun føler i Øjeblikket, den har hun da, det lille kære Menneske. Jeg vil sætte alt ind paa, at hun skal faa det godt og haaber paa, at Tinge vil gøre det samme. Agraren og hun skal sagtens trives; jeg tror, jeg tør attestere, at han vil blive en elskværdig Svigerfader. Det var en stor Begivenhed ikke? Jeg gaar svanger med en Sang eller rettere to; en lidt lystig til Tinge, Mel: Tingelingelater – og en noget finere i det til Mary, Mel: Solen synker nok saa smukt. Jeg haaber der bliver Brug for dem; et Gilde skal Mary nu have, selv om det ikke bliver paa selve Dagen; jeg har endnu ikke talt med hendes Forældre, kan jo saa vanskeligt komme til Kjertem. haaber de kører herop, de har jo Bil. Mary kommer hjem til Maj. Nu op til Daad – vi ”ses” senere 
+St. Bededag. Alt for lang Tid har mit Husarbejde taget mig i Dag – Eftermiddagen er svunden ind til et Par Timer og jeg skulde tage meget Fejl, om ikke et eller andet vil komme og forstyrre mig. – Lad mig nu gaa til min anden store Begivenhed: vi har haft Besøg af Tutte; d. 12te April var det jo 100 Aar siden O. Syberg blev født og hun vilde i den Anl. gæste Heden Kirkegaard paa Dagen; Elle fik nu Broderparten af Besøget – du ved nok, at hvem der har meget, ham skal mere gives – jeg tænker paa Elles rigelige Adgang til at se sine Medmennesker, Rejser t. Khhvn, Besøg hos Tutte i Hillerød og en kolosal Omgang i Kjerteminde – men der kan man se, Bibelens Ord staar dog immer til troendes! Tutte var vældig sød og vi havde det dejligt sammen fra Torsdag Eft. til Lørdag Formiddag. Hun har altid Held med sig m. Hensyn til Agr. og det pynter jo unægtelig paa et Besøg. Vi drøfter mange Ting, ogsaa en hel Del Antroposofi; det bestod jo mest i at jeg spurgte og hun fortalte, mens jeg af og til indskød, at det var mig umuligt at kapere det; men det er jo helt morsomt og Tutte tager mig da heller ikke min Skepticisme ilde op, men ler bare lidt ad mig. Her skete ikke andet, end at vi sad og snakkede, Byger og Tuttes Mangel paa Gaa-ud-Fodtøj udelukker Ture. Vi talte ikke om dig – vi undgik vist begge to for ikke at komme ind paa Svensson-Sagen [”Sagen” indsat over linjen], som jeg nødig hører Tutte udtale sig om. Maaske er det ogsaa traadt i Baggrunden efterhaanden? Jeg viste hende selvfølgelig ikke dit Hørespil – det maa tilkomme dig selv at vise hende det.
+Tak fordi du sendte mig det; du har selvfølgelig Ret i, at jeg umuligt kan goutere det som det vil kunne gouteres af en, der har samme Indstilling, som du; men lige saa selvfølgeligt kan jeg se og glæde mig over det smukke i det og de gode Vers
+3
+Det morer mig at genfinde Rytmen i fra [”fra” indsat over linjen] vor Barndoms beundrede henrivende Vers af Kaalund, som jeg for Resten halvvejs har glemt: Mor, Mor, ingen kan lide os – se, se Hunden vil bide os – ak, ak Drengen vil ride os, sønder og sammen hver evige en. Og saa kommer Andemors beroligende Svar. Du kalder det et Hørespil; vil det sige at det er tænkt at komme i Radioen? Jeg troede kun de havde Halløj-Ting der, og dit smukke Stykke skulde dog nødig gaa i Traad med ”Familien Hansen” og andre Vittighedsnumre. Du skrev lidt om – mulig England: men oversatte Vers er jo næsten altid umulige. Var ikke snarere Vidar den Plads, hvor det bedst vilde komme til sin Ret? og blive læst af forstaaende Mennesker? Tak fordi du sendte mig Manses aabne Brev. Jo, det var udmærket. De stakkels Tyskere som har klare Øjne nok til at se det bestialske; hvor maa de lide! Vi behøver blot at tænke paa, hvis det gik [”gik” indsat over linjen] her i Dammen (utænkeligt selvf.) og det var os, som skulde leve borte fra Land og Hjemstavn og derfra følge vore danske Landsmænds Fornedrelse. – Har de virkelig ikke neglet Dr. Sechendorfs Formue? Jeg kan næppe tro andet; saa er de i hvert Fald knap saa slemme, som jeg saa dem an for. Maa jeg vente med at sende Vidar Heftet som [”som” overstreget] til jeg kan faa en stor Konvolut: Vi skal jo til Kjerteminde for at erholde en saadan. 
+Mel. Tingelingel.
+Tinge vaagned’ op en Morgen
+Af det hele led og ked
+”Muttersene her paa Borgen” 
+(Gamle tæller ikke med) 
+Persvend, nej fy for Pokker
+er der ingen Mening i
+Ægtestand, hvor sødt det lokker
+op til Daad og ud at fri 
+Ind til Staden fluks han hasted’
+bankede paa Marys Dør.
+Al Generthed bort han kasted’
+”sig mig om du vil og tør
+komme med mig til vor Rønne 
+blive der min Ægteviv
+jeg kan ikke gaa og drøne (!)
+Enlig Stand er Hundeliv”
+Mary hun fik ondt af Staklen,
+sig bestemte i en Fart
+Gav sit Jaord [”Ja-Ord” indsat under linjen] uden Vaklen 
+Klar til Bryllup det er snart
+Nu vi tror at alt ret makker
+Kø’r og Heste trives vil
+Muligvis en Avlskarl vakker
+I ad Aare lægger til
+Og vi svinger højt vor Fane
+ønsker at det godt vil gaa
+Heldet følge Jeres Bane
+Lykke til – og saa kil paa!
+Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
+Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
+Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
+4. 
+melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
+Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
+Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
+5.
+Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
+Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
+Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
+Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
+Tusinde af alt muligt – 
+Din Junge</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+  </si>
+  <si>
+    <t>1938-02-13</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1938-08-02</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Fyn
+Dræby</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Alfred Goldschmidt
+Viktor Jensen
+Johanne Christine Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Erik Warberg Larsen
+Mary Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem krokonen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0777</t>
+  </si>
+  <si>
+    <t>Mary bør overlade barnet til Erik/Tinge W. Larsen, eftersom hun ikke ønsker det. Johanne C. Larsen og Laura/Bibbe Warberg kan opdrage det. Erik bør få forældremyndigheden. Lige nu er Mary i krise, men hun burde have tænkt sig om noget før. Astrid Warberg kender selv til at gifte sig på trods og også til at være urimelig overfor en svigermor.
+Astrid har det bedre nu. Kun har hun lidt bronchitis og astma.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPPC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1938
+2/8 
+[Med sort blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen
+[Skrevet med kuglepen:]
+27-5-03.
+[Med blyant:]
+Margrethe Benzon. Død
+[Håndskrevet på kuvertens bagside:]
+Warberg Larsen 
+Hareskov
+[I brevet:]
+Hareskov, Tirsdag Morgen 2/8 – 38
+Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
+Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
+2)
+Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
+Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
+Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
+Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
+Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
+Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
+[Indsat i venstre margen på sidste side:]
+Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
+  </si>
+  <si>
+    <t>1938-08-30</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Lars Swane
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Erik Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg, som var mor til Jørgen/Buf Schou døde 1934. Derfor ordene om hendes manglende indflydelse på ham. 
+Mary, som hjalp til i huset hos Johanne C. og Adolph Larsen, blev en kort tid kæreste med Erik/Tinge, og de blev gift. Parret fik også et barn. Ægteskabet blev kun af kort varighed. Flere år senere blev Erik/Tinge gift med Grethe, f. Tinesen. 
+Den omtalte Alma er ikke oprettet med biografi. 
+Louisenlund på Skovvej i Kerteminde var frem til 1945 et lille spisested (Arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0596</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har betændelse i skulderen og skal muligvis opereres.
+Hun spørger, om Jørgen/Buf Schou ville have, at Janna skulle flytte hjem til ham.
+Mary er gravid. Hun har hyret sagfører og vil have understøttelse til sig selv og barnet. Hun tør ikke lade barnet vokse op på den elendige gård. Boet vil hun også have del i, og der kommer derfor vurderingsmænd på besøg. Erik/Tinge skal møde på politikontoret til mægling.
+Marys kusine, Alma, har fortalt Kirsten (Gudmund Larsens kone), at Mary er blevet dårligt behandlet på Lindøgaard. 
+Johanne er bekymret for, om Mary kan tage sig ordentligt af barnet. 
+Johanne har været på biltur med blandt andre Andreas/Dedde og også til spisning.
+Christine/Uglen og Lars/Lasse Swane har været på besøg med dejlige akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Uxr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+31 Aug – 1938
+(Tinge – Mary)
+Fru A. Warberg - Müller
+Bakkevej No 8
+Hareskov St.
+” mand 22 1-07
+læst søn. 18-9-05.
+[ Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St.
+[I brevet:]
+Lindøgaard 
+pr. Dræby
+Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
+Kære lille Dis!
+Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
+Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
+Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
+2.
+Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
+3
+Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
+Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
+Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
+4.
+Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
+Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
+Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
+Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
+Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
+Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
+Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1938-11-21</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Ina  Goldschmidt
+Ulf Haxen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
+Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
+Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iuXX</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+23 Nov 1938
+Telefon Dræby 103. 
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St.
+” 18-2-06
+læst 24 sept-05.
+” 17 febr.-06. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:]
+Lindøgaard
+Tel. Dræby 103
+d. 21nde Nov. 38.
+Kære lille Dis!
+Tak for dit Brev og for din Deltagelse for Bibbe! Ja, nu er det da lysnet lidt for os; vi var jo hos Doktoren i Kjertem. og han gav hende Medicin, som til vor store Lettelse har foraarsaget Bedring; hendes 3 Ugers Rejse med Hvile og god Forplejning hjalp ikke synderligt ud over det, at hun indsaa, det var klogest at søge Læge, og det var jo da for Resten ikke lidt. Jeg syntes, han tog saa alvorligt paa det, men jeg kender ganske vist ikke Manden saa meget. Du kan tro, jeg har været Lægevidenskaben taknemmelig for, at de kan præstere Stoffer, som kan helbrede den Slags. Og synes du dog ikke, at naar der kan spores Bedring, saa maa det vel ogsaa ved fortsat Kur kunne kureres helt? Det har været en forfærdelig Tid for mig; jeg var selvf. den, der var mest Angst, men selv Mandfolkene var kede af det, og de plejer jo ellers at ville se lyst paa den Slags. Mon du ved, at B. var hos Sjums en Ugestid og blev saa gode Venner med hende. Sjums var enestaaende sød imod hende, gav hende 2 Æg daglig og sørgede i det hele taget for hende. Børnene var Bibbi ogsaa saa glad ved, syntes de var saa søde.
+Tænk dig, vi har faaet en Pige. Efter 5 Ugers haardt Arbejde, føles det helt underligt pludselig at kunne slappe af – ja, der er saamænd nok for mig at lave, Madlavning o.s.v. men alle grovere Arbejder gør nu Pigen, Rengøring, Opvask o.s.v. Da B. og jeg var hos Lægen for 14 Dage siden, sagde han indstændigt til mig, at jeg skulde opereres, men det var jo en Umulighed, Bibbe uarbejdsdygtig og ingen Pige; jeg kunde ikke være herfra. Da Pigen nu indløb i Morges, ringede jeg derud derud [”derud” overstreget] og sagde, at nu var jeg til Tjeneste; jeg talte kun med Fruen og han skulde saa selv ringe mig op; jeg tænker, det bliver sidst i Ugen eller først i næste, saa kan jeg blive færdig til Juletravlheden kommer. D. 19de Der skal vi slagte, saa da maa jeg være paa Pletten. Der er jo god Tid. Tror du Axel vil være saa sød at skaffe os Marcipan igen i Aar? Hvis det er til Besvær for ham, maa han endelig sige vil [”vil” overstreget] sig det fra. - Jeg kan mærke paa mig selv, at dette Brev igen bærer Præg af Forjagethed og det endda skønt jeg aldeles ikke er forjaget, men det 
+sidder mig i Blodet og der vil nok gaa nogen Tid, før det fortager sig. Dit sidste Brev er desværre bortkommen for mig, det befinder sig i en eller anden Bunke Breve, men der var vist heller ikke noget særligt at svare paa. Alt syntes jo at være ret vel hos Jer, naar undtages Jannas Fod; forhaabentlig er hun over det.
+Elle var herude paa et langt Besøg i Gaar; hun ankom smilende og sød som altid noget før Middag og jeg havde dejlig Kødsuppe, kogt Kød og Æbler. Det var en god Middag; vi var 7 og nød al Suppen til den haarde Bund. 
+Drengene tærskede i Gaar, skønt det var Søndag og de havde en lille Fyr til Hjælp (10 Aar, 1 kr dgl.) vi saa alle undrende [”r” i ordet indsat over linjen] paa de Portioner, han kan sætte til Livs. Elle hjalp mig hele Eftermiddagen med at vaske Æg, jeg var kommen bag efter med det og Søndag er den sidste Termin, vi solgte i Dag til Morgen 48 Pund [tegn for pund], samlet paa en Uge, det er dog en Post; desværre er det falden 40 Øre Kiloet ["Kiloet” indsat over linjen] paa 2 Uger, saa det blev ”kun” til godt 33 kr. Godt for det, nu da Mælkeydelsen p.Gr.a. M&amp;amp;Klovsyge svigter os. 
+Næste Dag Det var en kort Glæde med den Pige; det var i Gaar første Dag med hende og jeg nød det jo, men i Dag er hun udebleven; hun vilde saa gærne ligge hjemme, men det skulde jeg vist aldrig være gaaet ind paa. Bare det kun er Pjækkeri og 
+ikke Sygdom el. andet. 
+Min Hjerne er tom som en Tønde, jeg kan kun tænke paa mine egne Smaatterier i Husvæsen – ja Bibbe er jo ikke Smaatteri – Hele denne Tid har ligesom udmattet mig; som jeg sagde til Elle i Søndags da hun bemærkede, at jeg saa noget træt ud: ja, jeg er træt lige ind i Sjælen”. Du maa derfor bære over med dette tarvelige Brev, forhaabentlig bliver det næste bedre! Hils Axel og Janna mange Gange, bare I nu har det godt. De fleste og de varmeste Hilsner er til dig selv, søde Dis. Husk altid at skrive om din egen Helbredstilstand. Jeg synes, det er saa skrækkeligt med de pinefulde Astmaanfald. Din Junge.</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Ane Talbot
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
+[I brevet:]
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1940-10-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Maria Balslev
+Jørgen Brandstrup
+Ludvig Brandstrup, visedigter
+Adolph Larsen
+Vilhelm Larsen
+Christine  Mackie
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
+Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
+Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
+  </si>
+  <si>
+    <t>Johanne/Junge vil gerne have besked, når Astrid/Dis ved, hvad Axel fejler. 
+Laura/Bibbe og Agnete/Nete er blevet meget gode venner. 
+Johanne vil ikke have, at Astrid fortsat køber dyre gaver. Hun må spare på alt. 
+Marie Balslev har været på besøg. Johanne havde lavet ekstra lækker mad.
+Vilhelm er i København og i bedring. Lægerne siger, at folk altid kommer sig over den sygdom, når de får den rette behandling. 
+Johannes børn skal se Luttes forestilling i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i36C</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ Okt. 1940.
+Onsd. 14-12-05
+Fru Astrid Warberg Müller
+Bakkevej No 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. 25 Okt 1940
+Kæreste Dis!
+Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
+Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
+Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
+Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
+2
+da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
+Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
+[Skrevet på hovedet øverst på s. 4:]
+Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
+  </si>
+  <si>
+    <t>1941-02-18</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Torkil Barfod
+Nicolai  Blædel
+Adolph Hitler
+Charles Morgan
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Kirstine Schou
+Robert Stephenson
+Lars Syberg
+Gertrude Søndergaard
+Ole Søndergaard
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
+Dr. Larsen og Blütten Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
+  </si>
+  <si>
+    <t>Både Axel Müller, Janna og Astrid Warberg har været syge. Det er koldt.
+Der er mange fugle i haven. 
+Janna er igang i sit værksted. Det var godt, at hun slap af med polakken. Nu har Janna gang i et lille stel, men hun mangler at have en assistent. Kirstine Søndergaard døde pludseligt, mens hun var gift med Jørgen/Buf Schou, og hendes søster, Gertrude/Trut gik ned med flaget og forlod Jannas værksted for i stedet at arbejde på Lars Syberg Keramik. 
+Johanne forstår ikke, hvorfor drengene sover et sted uden kakkelovn. Hun selv og Janna har ikke brændsel nok. 
+Astrid er fortørnet over, at tyskerne har udsat kommunevalget. Hun orker i øvrigt ikke at snakke med Dr. Larsen, som hun er meget uenig med. Raseri er ikke frugtbart. 
+Astrid læser Charles Morgan. 
+Torkil Barfod er en idiot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lul7</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside håndskrevet med blyant:]
+1941
+18’ Febr.
+[Håndskrevet med blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+29-5-03.
+[Med blyant:]
+besvaret
+[På kuvertens bagside:]
+Bakkevej 12
+Hareskov.
+[I brevet:]
+1)
+Hareskov, 18’ Februar 1941
+Kære lille Junge! Tak for dit sidste Kæmpebrev, som jeg nu til min Forfærdelse ser er dateret 2’ Febr – jeg fik det d. 8 [”jeg fik det d. 8’” indsat over linjen] og mig bevidst har jeg da ikke besvaret det endnu. Grunden er at vi atter har været hjemsøgt af Sygdom – jeg har måttet ligge en Ugestid med Hoste og Tilbehør min Næse har nu været tilsat siden November, jeg kan hverken lugte eller smage det allermindste og er nu og da ængstelig for, at det skal ”slå ind”, jeg føler mig ofte ret åndssløv, høre kan jeg heller ikke, og vågner hver Morgen med Hodepine og Aandenød – dette sidste skyldes dog, at vi sover i sådan en Varme – og tre Personer, Nus ligger i Dagligstuen med Dør åben til Sovekammeret, og i Stuen brænder Kakkelovnen jo over, både Nus og jeg lider meget derunder, men hvad skal man gøre, når Axel siger, at han ikke kan tåle, vi lader Døren stå til Gangen, det vilde dog hjælpe noget han er stadig hjemme og oppe og hoster desværre meget; har så voldsomme Anfald om Natten, at der engang kom Blod af det, dog tydelig nok et sprungen Blodkar; og så forværres hans Brok og giver Smerter. Ja, det har været en slem Vinter for os. Nu kan vi da begynde at få luftet godt ud om Dagen, det var næsten umuligt, da det frøs de mange Grader – mine Astma-Lunger har døjet meget af Mangel på frisk Luft, men så snart jeg prøver at gå ud, mister jeg Vejret. Nu letter det også, at vi ikke mere har alt det Komedie med Vandet, Axel har haft Træ og Kulsfyr brændende i Vaskehuset under Vandhanerne om Natten [”om Natten” indsat over linien], det er så kostbart, hvis de fryser. Nu har jeg fyldt en hel Side med Jeremiader, som det sikkert har været oplivende for dig at læse om, men jeg må da ikke glemme den Tilføjelse, at vi indimellem går og har det rigtig hyggeligt, man kan jo hygge sig gevaldigt indendørs, når der er varmt og godt og rart i Stuerne; jeg har smukke blomstrende Alpevioler endnu fra Jul og min store Julekaktus har endnu een Blomst tilbage; vi har ogsaa megen Fornøjelse af Småfuglene, Æbletræet herudenfor Vinduet er til Stadighed behængt med Kødben, Flæskesvær, Osteskorper og desl., Fuglene kommer flokkevis på bestemte Tider af Dagen og henter deres Rationer – Foderkassen på Trappegesimsen får alle Brødkrummer; her er Solsorter (de får rådne Æbler) – Skovspurve, Musvitter, Blåmejser, nu og da en Rødkælk, en Bogfinke, en Stillids, og så de næsvise Skader; Flagspætten holder til på Plankeværket i Gården; Spætmejsen viser sig også en sjælden Gang og går baglæns ned ad Stammerne; Axel har i Tidens Løb konstateret 43 Slags Fugle i Haven! Han er meget fugleinteresseret. Jeg kender kun de almindeligste. 
+Min søde Nus er nu i igen igang i sit Værksted – der har været mange Afbrydelser, hun har jo også været syg flere Gange; og Sus har ikke været på Værkstedet endnu siden Jul, det Skind, for hende har Vinteren også været døj, men hun fik da fat i en ung Pige, som kommer et Par Timer hver Dag: vi her har desværre haft nok med at passe os selv; Nus er så glad i denne Tid, hvor er det dog dejligt at høre hendes forfriskende Latter; jeg tror nu privat , at det har været en stor Lettelse for hende, at den Polak ikke er her mere – selv om hun (og vi) self. har meget ondt af det for ham – han er i Fængsel i Flensburg, skriver derfra at han vist skal i Koncentrationslejr. 
+2.)
+Han var nu meget pågående, vilde med Djævelens Vold og Magt have Nus – skønt hun stadig bremsede ham; men hun kunde vel ikke helt stå for det, at han er Jøde – og Udlænding – og dog altid en Kammerat at tage på Tur med, hun er så ensom og så exklusiv, har svært ved af slutte sig til nogen – Gud give jeg kunde stampe noget Ungdom op af Jorden til hende; det trænger hun meget til, men det skulde dog komme fra de unge selv, jeg mener med at trække Ungdom til Huse. Mellem os sagt, så var Polakken meget lidt sympatisk; men man er tilbøjelig til at se mildt og overbærende på de forfulgte og ulykkelige og neddæmpe sin Antipati. – Nus er så optaget af i disse Dage, at hun har en lille ny Glas-Idé, en ”Dessin”, nemlig Karaffel - Glas – og Glasasiet til et lille ”Aftentraktement”, det skal frem i ”Kubens” Vindue (En Kunsthandel v. Siden af Bøgelund Jensen, drives af Edith, Søren Madsens Kone) – Ideen har hun fået ved, at vi har konstateret, at vi er så lækkersultne i denne Vinter – mener det kan skyldes de ændrede Ernæringsforhold, ingen Varer er jo nu som før, næsten hver Aften laver vi et lille Traktement, lidt Syltetøj, eller et Glas hjemmelavet Vin til en Småkage; nu har hun altså lavet et lille Stel til sådant, der skal vist hedde ”Aftentraktement” el. lign. Hun har inviteret mig ned i Værkstedet i Eftmd. for at se det. Forhåbentlig inspirerer det til flere Idéer, så hun snart kan komme ud til Kunderne med Forårsnyheder; det er meget stille for Tiden, men en mangeårig Kunde fra Aalborg har dog anmeldt sit Besøg til først i Marts – til den Tid må hun jo også have noget at vise frem; men man forstår så godt, at det er svært når hun er alene; vi ønsker så meget, at hun havde en dygtig Medarbejder, Trut Søndergård var uforlignelig, et fabelagtig dygtigt lille Menneske, Datter af Maleren Ole Søndergård. Det var hendes Søster, der døde, mens hun var gift med Buf, døde under tragiske Omstændigheder; Trut fik dengang et Chock og har i årevis været Døden nær og opgivet af Lægerne – kunde ingen Mad tåle, levede bestandig af et Par Stykker knækbrød Dagen igennem – jeg så det selv her – men med en ufattelig Energi blev hun ved med at komme og havde trods alt en mirakuløs Arbejdsevne; men hun gik jo til Syberg Keramik [”Keramik” indsat over linjen], hvor hun tjener adskilligt mere. 
+Jeg blev forfærdet over, at Drengene har boet i et uopvarmeligt Rum i den store Kulde, men Junge, der var jo en Kakkelovn, der blev jo i sin Tid bygget en Skorsten – hvorfor var der så ikke mere Kakkelovn?? Jeg kan forstå, at Brændeovnen er omtrent mage til Nussets; der rådede Skorstensfejeren os til at beklæde den udvendig med ildfaste Sten – det var den ikke, kostede kun 30 Kr. og lignede Robert Stevensons første Lokomotiv – de Sten sparede det halve Brændsel, Nus er henrykt for sin Ovn; men hun har simpelthen ikke haft Råd til at bruge den i Vinter - har
+3)
+ikke haft Brændsel nok, derfor sover hun stadig heroppe; alt hendes Brændsel går til Værkstedet, hvor hun heldigvis har en dejlig stor Kakkelovn.
+Men hvad gør Ida, når I ikke har Vand?? Husk nu at besvare dette, for det spekulerer vi meget på. Det var meget trist med Tinges Gård, men fin Diplomati at I holdt gode Miner – det er nu altid klogt, for der kommer en Dag efter denne. – Hvor I dog mærker meget til Bæsterne derovre. Hvilken Sensation med de Øvelser! her er vi meget oprevne over de ”udsatte” Kommunevalg; en Version går ud på, at Tyskerne ikke vilde have konstateret, hvor få Nazister der er i Danmark; men der kan jo ligge meget andet bagved; de er rigtignok søde til at holde deres Ord fra 9 April! Vi hører London hver Aften; i Aftes var Gæsten ”Redaktør Blütten Petersen” i Radioen, vi troede en Tid, at det var Blædel, men det er det dog vist ikke alligevel; hans Tale var næsten lidt for lovende – man bliver mistænksom, når d_er kun_ tales om idelige Sejre. Mon ikke Hitler har fejret en diplomatisk Triumf med den tyrkisk-bulg. Ikke-Angrebspagt. Dog, vi her ved jo nok, hvad sådan en Pagt er værd. 
+Dr. Larsen har været her en Aften – han plejer ellers aldrig at se til Patienterne, det var ganske klart at han kom for at snakke; men jeg gider ikke mere – og vi kom slet ikke ind på Politiken; han gik meget skuffet herfra. Skal jeg snakke mere med ham, så vil jeg sige, at han har fuldstændig Ret; hans Idealer fremmes sikkert bedst med Nazismetaler, men mine Idealer er ikke hans – hvad nytter det så at diskutere. Nej, det er ganske håbløst. 
+Nu er Tiden gået – jeg må til Middagsmaden, skønt der var mere at gå ind på fra dit Brev. Det er så subtilt, dette med Vreden og Hadet – det bliver en mundtlig Diskussion; naturligvis må og skal man kunne harmes over Banditstreger, men man må i sit Sind skelne mellem den retfærdige Harme – og det vilde Had, den frygtelige Vrede, som i sig selv er skadelige og udmarvende Foreteelser, man må med koldt Blod kunne konstatere den store Uret uden selv at brændes op i afsindigt Had – det var sådan noget jeg mente i mit forrige Brev; m.a.O. man må forsøge at være positiv – Had og Vrede betegner det negative. Raseri er ikke frugtbart.
+Kender du ”Sparkenbroke” af Charles Morgan, en ganske forunderlig og berigende Bog – jeg har lige læst den for anden Gang – og med lige store Udbytte; Nus har købt den til nedsat Pris for 2,50 (fra 8,50) og var forarget over, at Morten Korchs Bøger er dyrere! Altså, der er for få Købere til de virkelig gode Bøger. Vi læser en Masse i Vinter, er i en Læsekreds. 
+Nu må jeg i Gang. Axel mener at kunne gå på Kontor en af de nærmeste Dage.
+Tusinde Hilsner! Din altid Dis.
+[Skrevet langs venstre margen s. 1:]
+Undskyld for [ulæseligt ord], jeg får ikke Tid til at læse igennem!
+[Skrevet langs venstre margen s. 2:]
+Ja, den Torkil Barfoed må være en stor Idiot – og så må han også være en skidt Teosof – jeg er efterhånden kun glad ved, at jeg ikke indlod mig i Korrespondance med ham; mit Brev havde sikkert
+[Skrevet på højkant langs venstre margen s. 3:]
+ikke kunnet overbevise ham om hans Vildfarelser.</t>
+  </si>
+  <si>
+    <t>1941-03-14</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Lars Lankjær Mikkelsen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Karen Warberg
+Marie Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>De to fiskerbrødre og deres mor kendes ikke. 
+Alen er en gammel dansk længdemål = 0,6277 m. Før metersystemets indførelse i 1910 var alen almindelig benyttet længdemål fx i klædehandel ("to alen af samme stykke"). (Lex.dk). 
+Jumber er en lav, tohjulet enspændervogn med to sæder over for hinanden på langs ad kørselsretningen (Den danske Ordbog).
+En dansk mil er en længdeenhed på 7.532,48 m. (Lex.dk). 
+Det vides ikke, hvad det er for behandlinger, som Adolph/Agraren Larsen fik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0627</t>
+  </si>
+  <si>
+    <t>Vinteren har været hård. Et par af Johanne/Junges fiskervenner måtte hugge hul i isen for at fange ålekvabber. Fiskernes mor var på besøg på Lindøgaard for ikke længe siden.
+Laura/Bibbe har søgt uddannelsespladser som sygeplejerske og har pga. sin alder fået mange afslag. Dr. Lankjær har nu skrevet en god anbefaling, og Odder Sygehus tager hende vist. Johanne mener, at Bibes "nervesygdom" vil bedres, hvis hun får et livskald.
+Adolph/Agraren Larsen går til behandlinger i Kerteminde.
+Man har længe ikke hørt fra Tante Else (Warberg).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P6rt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+15’ Marts 41
+(krydset mit)
+Fru Astrid Warberg Larsen
+Bakkevej 12.
+Hareskov St
+6-6-03.
+19/3-2000
+Bibbe – Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St.
+[I brevet:]
+Lindøgaard 14de Marts 41.
+Kæreste lille Dis!
+Tænk dig, jeg er løbet vild i det med vort Brevskriveri, jeg kan ikke huske, hvem der skylder hvem, men jeg har faktisk ikke et eneste Brev liggende, hvor på der ikke staar ”besvaret”; jeg kunde maaske en Gang forsømme at skrive ”bsv” men omvendt kan jeg dog ikke tænke mig. Men der var netop Oprydning i Skuffen med Papirer – synes jeg da jeg kan huske mulig har mit Brev fra dig forvildet sig indimellem og bleven brændt. Mulig gaar vi altsaa begge og venter Svar! Hvis det er mig, der skylder, maa du altsaa undskylde den lange Tavshed. Det var bedre end hvis din Tavshed skyldes Sygdom. Hvordan det nu end forholder sig, sender jeg dig nu et lille Livstegn. Er det dog ikke bedaarende med det spæde Foraar, vi har faaet; men tænke sig, at man raaber Hurra for Vintergækker midt i Marts Maaned! Fjorden er endnu fuldstændig isfyldt; Fiskerne længes og spejder efter aabent Vand; det har været en lang død Tid for dem med 0 i Fortjeneste. Vi har nogle Bekendte – ja Venner – blandt Fiskerne; de havde forleden hugget Hul i Isen – alen-tyk – og fanget til et Par Retter Fisk, til dem selv – og os! Gave forstaas der; det var Aalekvabber, som jeg elsker. Navnet er grimt, men Fisken god. Kender du den? de har grønne Ben og kan minde ganske lidt om Aal. Det var grumme sødt af dem, det er to Brødre, de har lige mistet deres gamle Mor; hende var jeg gode Venner med og fik virkelig sat igennem mens hun endnu kunde færdes lidt, at hun kom her til Kaffe en Sommereftermiddag, blev hentet i Jumber og kørt hjem igen. Det havde været en vidunderlig Oplevelse for hende, kunde vi forstaa bag efter. Hvor er det godt, at man af og til faar den Slags sat igennem; det er jo kun at overvinde sin Træghed. Det var sidste Gang, jeg saa hende, siden har vi begge haft travlt med at være syge. 
+Du har ikke hørt, at Bibbe er ved at søge ind i Sygeplejen; hun har helst ikke villet tale om det, men efterhaanden ved saa mange det. Det er saa vanskeligt, fordi hun er bleven over 
+2
+30 Aar og det er Maksimum; hun har sendt Bunker af Ansøgninger, men stadig Afslag. Nu staar den paa Odder Sygehus – c. 3 Mil Syd for Aarhus; hun fik Svar fra Oversygepl. der, at hun vilde godt gøre en Undtagelse med Bibbe (for Alderen) men at hun var i Underhandling med en anden; men mulig - - . Bibbe tilbragte en hel Dag eller mere med at faa samlet Papirer og Anbefalinger og Lægeattester; Dr. Lankjær skrev en flot Attest for Sundhed (!), og det gjorde han, fordi han er overbevist om, at hvis Bibbe kommer i Gang med et Arbejde, som kan fange hele hendes Interesse, saa vil hun komme over sin Nerve-svaghed. Jeg er af samme Mening og det har jeg været længe. I hvert Fald kan det jo prøves; hvis Kræfterne saa ikke slaar til, er hun jo ikke værre stillet end før. Vi har været og er meget optaget af dette, og jeg glæder mig usigelig for min søde Bi, at hun har Haab om en Livsstilling og noget, som kan fylde hendes Liv. Skønt jeg jo ikke er hylevorn, har hun dog måttet ide ved at gaa og se paa mine Lidelser, der er jo pokker til Forskel, hvis det er ens Mor, der lider eller om det er fremmede Mennesker; ogsaa det tror jeg har forhalet hendes Nervesygdom. Bare hin tager sin Medecin, er hun saa at sige rask, men det er jo lidt ilde saadan altid at tage Medecin.
+Agraren tager nu til Sygehuset i Kjerteminde og faar Diabhesmen-Behandling, hver anden Dag han gaar begge Ture, men kommer af og til op at køre. Med mig gaar det vistnok fremad, men det er jo saa langsomt. Dr. Fly var her for at Par Dage siden; jeg spurgte ham, om han troede, jeg kunde komme til at gaa om et Aar. Han sagde ja, men jeg synes ikke, der var videre Overbevisning i det. Men en Gang naar det sig vel. 
+Elle har jeg endnu ikke set, jeg haaber paa Søndag, hvis det gode Vejr holder sig. Jeg gaar og er ængstelig for Tante Else; hun er saa svag og Nina har ikke ringet længe; jeg har ringet dem op, men de svarede ikke; de har jo ikke Pige. Det er gærne Nina, der ringer hertil, for det koster mig 25 Øre at ringe dertil; de derimod kan ringe over hele Fyen.
+Ja, saa maa du altsaa undskylde, hvis du gaar og venter paa Brev fra mig; jeg har nylig skrevet en Del andre Breve, deraf Forvirringen. Bare dette nu træffer Jer raske og i god Orden. Der var meget at skrive om, hvis man skulde komme ind paa Krig og de Forhold. Det er infamt. En Tysker har sagt til en Mand her i Omegnen:
+[Skrevet langs venstre kant s. 4:]
+” I kommer til at æde Rotter før vi.” Hvor er de modbydelige.
+[Skrevet på hovedet øverst s. 4:]
+Hils Axel og Janna. Tusinde Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1941-04-08</t>
+  </si>
+  <si>
+    <t>- Andreasen
+Valborg Andresen
+Maria Balslev
+Vilhelm Balslev
+Alfred Fly
+Heinrich Hopp
+Lars Lankjær Mikkelsen
+Adolph Larsen
+Marie Madsen-Mygdal
+Thomas Madsen-Mygdal
+Cathrine Meyer
+Marie Meyer
+Otto  Meyer
+Axel  Müller
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Gudrun Skanderup Nielsen
+Kaj Skanderup Nielsen
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Andresen, som ligesom Laura/Bibbe skulle rejse, var. Ej heller kendes Peter Træskomand og Dovlsen eller skolebestyrerparret.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0628</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Astrid/Dis har været ude og opleve noget.
+Laura/Bibbe har fået en plads på Odder Sygehus. Hun får 25 kr. pr. måned. Dr. Lankjær mener, at en livsgerning vil kurere Lauras nerver.
+Skolebestyrer Christensens kone er død.
+Der har været kvashugger inkl. mandskab på Lindøgaard.
+Efterretningerne fra Balkan og Grækenland er nedslående.
+Heinrich Hopp forstår ikke, hvorfor danskerne ikke kan lide tyskere.
+Madsen-Mygdal og hans kone er nazister, og Katrine/Cathrine Meyer vil ikke være i selskab med dem.
+Adolph/Agraren Larsen går til behandlinger.
+Til maj kommer der husbestyrerinde på Lindøgaard.
+Lægen har trukket en rodstump ud af Johanne/Junges mund, hvorefter hun satte gebisset på plads.
+Johanne og Adolph har solgt en hest og to køer og betalt afdrag på gæld hos sognefogeden.
+Gudrun Nielsen fra Tornøes Hotel er alvorligt syg.
+Der er født et hoppeføl på gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VfiW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Påske 1941.
+Langfredag 11 April.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+Langfredag 21 april – 
+-2000.
+Bibbe W.P. 41
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgd. Tirsdag 8de Apr. 41.
+Kæreste lille Dis.
+Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
+2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
+Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
+Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
+Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
+3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
+Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
+4
+paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
+Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
+Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
+Tusinde Hilsner søde Dis til dig og dine fra din Junge 
+[Skrevet langs venstre margen s. 6:]
+Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
+[Skrevet langs venstre margen s. 5:]
+Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
+[Skrevet på hovedet øverst s. 5:]
+x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
+[Skrevet langs venstre margen s. 4:]
+haft en Del med hende at gøre i de senere Aar, Bibbe meget.
+[Skrevet på hovedet øverst s. 1:]
+Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
+  </si>
+  <si>
+    <t>1941-11-20</t>
+  </si>
+  <si>
+    <t>Sus -
+Johan Sebastian Bach
+Thora  Branner
+Louise Brønsted
+Bertel Christian Budtz Müller
+Peter Hansen
+Johannes Larsen
+Thomas  Løkken
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marianne Schou
+Marie Schou
+Mette Schou
+Franz Syberg
+Else Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Fædrelandet var navnet på en nazistisk avis, der udkom fra 9. januar 1939 til 4. maj 1945. Dens trykkeri og lokaler i Store Kongensgade i København blev ved befrielsen overtaget af Dagbladet Information.
+Kvieslag: Udskæring fra en kvie (Internettet, juni 2025). 
+Hansen-familien kendes ikke.
+Klaret kød er kød, hvorfra man har fjernet fedt og urenheder.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0541</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt takker mange gange for kassen med frugt. 
+Hun har haft besøg af Mette og Marianne Schou. Den lille Marianne er henrivende og ligner Jørgen/Buf Schou. Mette bliver boende i huset med en malerveninde. De sælger grøntsager. Om vinteren væver og maler Mette hos sin far i Himmerland. Mettes bror har haft et verbalt sammenstød med en tysker.
+Astrid Axel Müller bytter opfejet korn fra Frihavnen med kaniner, høns og gæs. 
+Astrid har lavet rullepølser og ragout. Hun bager franskbrød og honningkage samt småkager og laver kvædebrød. 
+Janna/Nus Schou har solgt en masse af sine glasprodukter. Hun har brug for en assistent, men Fru Hansen og Nortoft er gode hjælpere.
+Janna har været på kirkegården med blomster til Jørgen/Buf Schous grav. Hun har arvet billeder af Syberg, Peter Hansen og Johannes Larsen fra ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hVic</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+Læst – 64
+1941
+20’Nov
+[Skrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+Fyen
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Hareskov
+[I brevet:]
+Hareskov, 20’ Nov. 1941. 
+Kæreste Junge! Det er for galt, at jeg først nu får skreven til dig, skønt den sidste Kasse Frugt, Æblerne, kom i Lørdags, 8 Dage efter Kvæderne, vi er overvældede, Tak til Jer alle sammen det var en Kæmpegave! Kvæder står i så høj Pris i Aar, at jeg ganske havde opgivet dem; og da vi ikke har Spiseæbler, er sådanne også yderst velkomne, Axel tager hver Dag et med på Kontoret, det har han så godt af og er så glad ved; hvad hedder de store, skøre, smukke, gul og røde? De er himmelske Tak og atter Tak! Grunden til Brevets Forsinkelse er simpelthen en Række af så krævende Arbejdsdage, at jeg ikke har overkommet mere – der er meget at lave nu for kommet mere – der er meget mer at lave nu for en Husmor, men så er det godt, at man kan, jeg er sommetider helt stolt af mig selv, fordi jeg har fået mig lært så meget, som før syntes mig uoverkommeligt – og at det morer mig, men det tar også på Kræfterne. Skrev jeg om Mette Schous Besøg i forrige Uge? Hun kom cyklende til Frokost den ene Dag med lille Marianne på Styret – de var nede hos Nus og rejste næste Morgen; den lille var over alle Grænser bedårende, hun fylder 3 Aar til Marts – ligner Buf meget, hun har hans dejlige Øjne og store sorte Øjenvipper – og den mest poliske lille Mund – det lyser ud af hende, at hun også har hans strålende Sans for Humor, jeg var forfærdelig glad ved hende, det er sjældent at se så pragtfuld en Unge. Mette er også meget sød, vi var alle så glade ved Besøget, også Axel; og hvor er hun tapper og dygtig; hun beholder Huset ved Fjorden, en Malerveninde bor hos hende 
+de passer i Fællesskab Jorden, har avlet og solgt 60 Tdr. Kartofler, som de selv har taget opsorteret etc. Desuden har hun mange andre Grønsager. Om Vinteren tager hun op til Faren, som har en Gård i Himmerland, Moren er nylig død (for et Par Aar siden), han har lejet en Væv til hende, der væver hun så om Vinteren og maler, hun er meget talentfuld; du ved hun er Søster til Carl Nielsen, ham med Samtalerne med Tyskeren; hun havde lige besøgt ham; han er frygtelig opreven over de Samtaler; ved den sidste var Tyskeren lige kommen fra et Besøg på ”Fædrelandets” Redaktion, hvor de havde skældt voldsomt ud over Carl Nielsen, som havde angrebet Bladet, og det kneb meget at få ”Samtalen” lavet; hvert Ord må jo afvejes til alle Sider, men skal alligevel helst udtrykke det, han har på Hjerte. 
+Det var så heldigt at vi lige havde fået en Kanin, da Mette kom – da jeg skulde stege den – jeg skar den ud, dyppede i Mel, stegte i Gryde med Tomatpuré – så jeg, at der var en Masse Fedt omkring Nyrerne, det tog jeg fra og lavede af det, samt Hjerte, Lever og Nyrer, den lækreste Leverposteg – uden Mel men med 1 [pund symbol] Kartofler, alt maskinelt. Vi har en fordelagtig Transalation med Hansens, der hvor Sus bor; Axel skaffer dem ”Opfejning” d v s Korn som spildes fra Sækkene i Frihavnen, det kan han købe billigt, det får så Hansens til deres Dyr, Høns etc – de kan jo næsten intet få at købe og kun til Kæmpepriser; vi Axel [”Axel” indsat over linien] har leveret to Gange og derfor får vi . 3 Kaniner – 1 Hane og en Gås, sidste til Jul, Hanen til Nytår, de to Kaniner har vi fået, det har de selv tilbudt, - de får Korn og vi får billigt Kød. Vi kan ikke få ”Opfejningen” ubegrænset, der er mange om det, men vi er godt tilfreds. 
+2) En anden Dag fik jeg Axel til at købe et Kvieslag, det kostede til min Skræk 4,50, men jeg fik heraf 1 pund afsmeltet Klaret og to store Rullepølser, så det blev dog lukreativt. I Forgårs kom Nus hjem fra en Bytur og havde i Istedgade købt en Nyre for 40 Øre – den blev til en herlig Ragout igår, jeg skar den i små Stykker, som meledes og stegtes med Tomat – tilsidst blandedes små bitte kogte Kartofler i, som jeg havde pillet fra de store – de var som Nødder men lækre trods sene. Af Nyrens Fedt blev der lidt Klaret – vi kan næsten ikke få Fedt mere og Smørmærkerne er kun lige til. Nu har Nus og jeg bestemt at vi fra nu af og til Jul kun vil spise Marmelade på Knækbrødet om Morgenen for at spare Smør til lidt Julebagning; jeg bager nu 2 Gange om Ugen 2 Franskbrød og en Gang ugentlig en stor Bradepande Honningkage, jeg har en billig Opskrift, kun 85 Gram Klaret – c 2 pund Sigte/og Hvedemel ½ af hver og 1/2 l Kernemælk, div. Erstat. Krydderier, den sparer også på Smørret; til Søndag bager jeg Småkager, som jeg delvis har opfundet: 1 Æg – liså meget brunt Sukker, liså meget Mel, lidt Natron og div. mørke Krydderier – der bliver c 50, sat på med Teske, i går fandt jeg på at lægge en lille Klat fast Marmelade på hver Kage – men den Opfindelse skal nu gemmes til Jul, den var dubra. Bliv ikke forarget over at Kvæderne gik næsten til Lyst! i Aar kan man jo ikke lave Konfekt, som Axel elsker, så lavede jeg Knækbrød, d v s 2 pund syltede jeg først som hele; så kogte jeg alle Skræller og Kernehuse af, mosede gennem Dørslag, der blev 3 pund Marmelade; Resten gik gennem Maskinen, der blev 5 pund Frugtmasse, kogt en 5 pund Sukker; en Del farvede jeg rødt, en Del grønt, den største Part ufarvet; det ligger nu spredt ud på den store Egetræsbakke og et stort Fad, dækket med Papir, og tørrer oppe på Køkkenskabet – altså lige under Loftet, så skal det senere skæres ud og vendes i groft Sukker - Julekonfekten er sikret. Til Variation har jeg meget stærke Ingefær-Græskar, som også skal vendes i groft Sukker. Nå – du ser, jeg er meget hus-optaget.
+I Tirsdags var Axel til sin 2den Bachkoncert , og Lugge husede ham igen - den Dag lavede jeg de tre Kvædesyltninger, det tog hele Dagen, Nus var i København – med Nyheder – så jeg var almasensalene, derfor nåede jeg så meget, var først lige færdig og havde Middagen parat, da Nus kom Kl ½ 7; en strålende glad Skatter, skønt hun havde travet hele Dagen med sin tunge Kuffert og i Snuskregn: men så havde hun også flottet sig, spist Frokost i Brasilko, en fin Hummer – Reje – Svamperet til 2,85 – uhørt for den sparsommelige Nus – deroppe havde hun siddet og talt alle sine Ordrer sammen - og købte siden en lille Æske fineste Konfekt (8 Kr Pund!) der var for 3,85, som hun havde med hjem til vores ensomme Aften; og da vi havde spist Middagen, pakkede hun Kufferten ud og viste mig alle de dejlige Ting og fortalte mig om hvert enkelt Sted, hun havde været, og hvad de havde sagt og hvad de havde købt - - de er helt vilde efter hendes Ting nu - og netop nu er det så svært at skaffe Materialer --- ialt havde hun solgt for 1.294 – Kr.!! – så nu får de rasende travlt, jeg begriber ikke, at de kan nå det; men Sus havde netop om Formd. opdaget, at Fru Hansen, som var ovre at vaske en Kasse Glas for dem – at hun kan dubbe – (altså sætte Farverne på de ensfarvede Ting, det er meget svært) – hun vilde så gerne prøve, og det viste sig, at hun havde Håndelaget, de blev strax fejlfri, og de havde jo ikke Råd 
+3) til at ødsle Farver nu på Oplæring. Dupningen keder dem skrækkeligt – de vil hellere lære nye Motiver, og alene Budtz Müller i Bredgade havde bestilt 200 grøn-duppede Glas á 1,65 [”á 1,65!” indsat over linjen], så der er noget for Fru Hansen, de mener det kan betale sig at tage Hjælp, så de kan hellige sig de større Opgaver; de har også engageret Nortoft til Pakningen, som tager lang Tid. (Gid jeg var 10 Aar yngre – men jeg har nok heroppe at lave og for få Kræfter til mere.) – 
+Nus havde på sin Tur også været på Vestre Kirkegård – det var Bufs Fødselsdag Dagen efter – havde Blomster med derind; for dine Penge havde hun i fjor købt og plantet en hvid Krysantemum, den stod så smukt og havde mange Knopper. 
+Og i går fik hun fra Kunstmusæet de Billeder, hun har arvet efter Buf; et meget stort Maleri af Baronen forestillende Fru Syberg, der sidder sammen med Trylle og ser i en Bog, et dejligt Billede. Og en smuk Skitse af Peter Hansen, en pløjende Mand, samt flere Fugletegninger af Las. Jeg har lovet hende at hjælpe med Ophængningen, hvor vil de smykke hendes Hus dernede, det er virkelig et henrivende lille Hjem, hun har der; hun skulde have hende en Mand deri. -
+Ja og så kom Axel hjem i Aftes og var i strålende Humør efter sin Koncert, og det var dejligt at have han hjemme igen; men hvor har han dog godt af de små Udflugter! 
+Han havde også Læseforeningsbøger med til os, vi læser Thomas Olesen Løkken på Kraft for at være udrustet til hans Besøg, som nu snart må kunne ventes.
+Jeg fik et sødt Brev fra Tutte i går; hun kommer dog ikke herned, men vil gerne have mig derop i næste Uge; det må jeg gøre, skønt jeg er i en kedelig Astmaperiode, må brænde Pulver hver Nat for at kunne sove. Men jeg rejser nu derop alligevel. 
+Nu er det Frokost, lille Junge, så jeg må slutte for denne Gang.
+Husk at skrive om Bibbe, og hils hende meget, når du skriver. Hvordan har du det med Tobak? Axel kan vist godt skaffe dig noget, hvis du ikke kan få det. 
+Tænk dig, jeg fik et langt Brev fra Tante Else, så nu skal jeg skrive igen. 
+Tusind Hilsner og endnu en varm Tak for Frugten!
+Din Dis.
+Kære Junge! Jeg ved ikke om Dis har skrevet noget om Tobak! Hermed en lille Pakke Cigaretter, som jeg haaber, at du kan bruge. Mange Hilsner fra din heng. Axel.</t>
+  </si>
+  <si>
+    <t>1942-04-25</t>
+  </si>
+  <si>
+    <t>Fritz -
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Rasmus Larsen
+Louise Løgstrup
+Axel  Müller
+Irene -, pige i huset på Lindøgaard
+Ellen  Sawyer
+Janna Schou
+Lasse Taaning
+Albrecht  Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
+Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
+Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0631</t>
+  </si>
+  <si>
+    <t>Der er gået 60 år, siden Astrid og hendes tvilling blev født. De større søskende fik dengang fortalt, at Astrids tvillingesøster var dødfødt.
+Johanne takker Astrid for mange års venskab. Egentlig har de ikke set hinanden så meget i årenes løb. 
+Vandrørene på Lindøgaard har været frosne, så Johanne måtte hente vand hos naboen. 
+Løgstrup har købt gård i Gestelevlunde. Fru Løgstrup kommer til at bo tæt på sin søster. 
+Erik/Tinge er blevet skilt, og han blev ikke tvunget til at betale en masse til ekskonen. 
+Det har blæst meget, og møllen har hjulpet til at afvande ved inddæmningerne. 
+Elle(n) har været på besøg. Hun syr på en smuk pude til Astrid.
+Johanne glæder sig til Astrid og Axel kommer og spørger, om de kan medbringe fx en primus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UduZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1942.
+brev.
+Fru A.Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+21-4-2000.
+(Langfredag)
+B.W.P.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard 25 Aprl. 1942.
+Kæreste lille Dis!
+Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
+Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
+Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
+Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
+En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
+Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
+2. 
+Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
+Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
+Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
+Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
+Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
+Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
+Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
+[Skrevet langs venstre kant s. 4:]
+Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
+[Skrevet langs venstre kant s. 2:]
+Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
+[Skrevet på hovedet øverst s. 1:]
+Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
+    <t>1942-12-29</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Ellen Brønsted
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+William  Scharff
+Janna Schou
+William Schwark
+Adelheyde Syberg
+Alheede Warberg
+Christine Warberg
+Jørgen Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
+Daisy Bergs mands navn kendes ikke, og det vides ikke, hvem Kaj var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0591</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen takker mange gange for de gamle breve. Hendes og Astrids oldeforældre ofrede meget for, at deres søn kunne få en stor uddannelse, men han må have været en egoist, for de så ham ikke meget og hørte ikke fra ham. Farmoderen var ingen børneven.
+Christine/Mornine Mackie kan ikke få økonomien til at hænge sammen, men hun har fået penge forærende.
+Hvorfor tror Astrid dog, at hun har kræft?
+Laura/Bibbe Warberg har været hjemme i fire dage. Ellen Sawyer har været på besøg til frokost. Marie Larsen holdt jul hos Johanne/Junge og familien. Alle fik gode gaver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GNMG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+3-1-03.
+15 april, 2001.
+27 marts 2001.
+16-6 2000
+BWP.
+Påskelørdag. [Pil til denne linie fra "15 april 2001"]
+[Med sort blæk:]
+Fru A. Warberg-Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+29-12-42. Kæreste lille Dis.
+Nej, det var saa sandelig ingen uægte Julegave, du sendte mig; jeg tror da ikke, du kunde have sendt noget, jeg blev mere glad ved. Jeg ejer dem ikke og tilmed kendte hverken Elle eller jeg de Breve, og det var en meget stor Oplevelse for os at læse dem; Elle læste dem højt for mig af et Par Gange, for det er jo en helt stor Bog, og vi nød begge to at faa et lille Indblik i vore gode Forfædres Liv og Færden; vores Oldemor har sikkert været en Personlighed og baade klog og god. Sikken udmærket, hun da kunde skrive. Derimod fik jeg en Mistanke bekræftet, den, nemlig, at der må have været en hel Del at sige Bedstefar Ensomhed paa; han maa jo have sjoflet sine gamle Forældre i en temmelig høj Grad, og saa meget de dog havde ofret paa hans Uddannelse og saa pænt vores Oldefar altid skrev om de Pengeforsendelser, som har bragt dem baade Spekulationer og Savn – men aldrig et Ord om, at det var svært for dem. Han kunde nok have gengældt det med at rejse til dem, naar de længtes så meget efter ham og i hvert Fald skrevet lidt flittigere til dem. Du kan tro, han har været en Egoist, hvad jeg nok har tænkt mig, Hvorimod ”den gode Stine” nok har været et udmærket Menneske – dog vist ingen Børneven, for selv om jeg tydeligt husker hende og kan se hende for mig, følte vi Børn os ikke knyttet til hende og jeg mindes aldrig at hun har taget mig paa sit Skød (som Tante Minni saa ofte gjorde) eller snakket med os; men et Menneske kan jo ikke have alle Dyder: det var som sagt en stor Oplevelse at læse dem og jeg er lykkelig over at eje dem og at kunde efterlade dem til mine Børn, og jeg siger dig tusind Tak for dem. Fra Christine fik baade Elle og jeg det Billede, jeg her sender dig – dog kun paa Laan – og det er da ogsaa en hel Skat at eje. Mornine havde været saa forfærdelig dybt nede i Pengesorger, at hun var ved helt at fortvivle (hun kan jo ikke faa det til at slaa til) men saa ret inden Jul kom det væltende ind over hende med Mammon, et Legat paa 200 Kr. og andet; f. Eks. kom Daisy og hendes Mand med 50 Kr., Elle og jeg havde sendt hende hver 10 Kr – det hele beløb sig til 285 Kr. og det bragte hende paa Fode igen. Tak for dine lange Breve, hvor det dog var godt, at der kom en Vending i det for dig. Hvorfor spekulerer du dog paa Kræft – intet tyder dog derpaa, det kommer anderledes listende; men en Tyktarmslidelse (hvad det tyder som) er jo heller ikke saa morsomt have at trækkes med. Det er dejligt at I synes saa godt om Kaj; jeg har for Resten ikke talt om det til nogen, men maaske behøver jeg ikke at udvise Diskretion; dog var det muligt, at de Unge godt vilde have det lidt for sig selv. Min Oplevelse af din Tilstand slog en hel Kolbøtte da jeg læste, at du havde været i Kbhvn. for at ende Ærinder og være til Middag; men var det dog ikke lidt voveligt Ogsaa min Opfattelse af Jeres Formues Omstændigheder slog Kolbøtte, da du skrev om 90 Kr. til Julegaver. Ja, ja, alt er relativt – ogsaa Fattigdom. 
+Bibbe kom Torsdag før Jul og blev til Tirsdag – 4 hele Dage. Manse lod hende baade hente (Dræby) og bringe i Bil el. maaske splejsede han og Tinge. Det var himmelsk at have hende, men havde jo været langt bedre at ha’ hende i Julen; hun var meget sløj og træt og jeg var grædefærdig ved Tanken om, at hun skulde på Arbejde så snart. Hun ringede Juleaften, det gode Barn, var kommen godt hjem og hun sagde, at det gik over Forventning med at taale Arbejdet. – Elle kom til Juleaftens Frokost, som altid er festlig; vi havde Peter og Sofie, fik Snaps og det hele var meget muntert. Tinge hentede hentede Marie i Kjerteminde ud på Eftermiddagen, vi havde en yndig Jul, stille og hyggelig. Den sidste Aften Bibbe var her fik vi Gaasesteg, Æblekage og Juletræ – helt som Juleaften Elle cyclede hjem i Gaar, Mandag, Marie er her endnu. 
+[Skrevet på hovedet øverst på side 1:]
+Her var mange og gode Gaver, Manse havde købt Bøger til os alle; jeg fik ” - men dette frem for alt - - ” Elle blev glad ved mit Tæppe til hende, det var nu ogsaa pænt. Bibbe fik en Sofapude og 10 Kr. til Hjælp til et Par Handsker – foruden flotte Gaver fra de andre. Elle gav mig rustfri Knive, som jeg manglede og var henrykt over. Du faar ikke mere denne Gang, jeg har saa uendelig meget at skrive; fordi Bibbe var her, sløjede jeg af med Juleposten og sprang mange over. Vil du takke Axel saa meget for den lille pæne og nyttige Kalender, og hilse den søde Janna, bare hun har klaret det enorme Slid. 
+[Skrevet langs venstre margen side 2:]
+Mon du ved, at Bes venter en Arving til Juni. 
+[Skrevet på hovedet øverst på side 2:]
+Selv faar du mange goe Hilsner med Tak for Gaven fra din Junge.</t>
+  </si>
+  <si>
+    <t>1943-09-02</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Gorm -
+Otto Andresen
+Rasmus Kaas Petersen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Feldwebel: første underofficer i et tysk kompagni (omtrent = sergent) (Lex.dk). 
+På tysk ”erlegen” betyder ”at skyde”.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender et billede af en blishøne i Henne Å.
+Der er blevet givet ordre om, at alle skulle aflevere våben. Andreas/Puf undersøgte sagen, og det drejede sig kun om våben, som byens garnison havde uddelt for at undgå, at tyskerne fik dem. Borgmesteren og Politimesteren blev arresteret og taget som gidsler.
+Larsen spørger Christa Knuth, hvad hun mener om, at Prins Gorm skal have dræbt flere tyske soldater.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wctH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Septbr 1943.
+Kære Grevinde!
+Hermed Blishønen i Aaen. Sidstnævnte har jeg lavet efter en Akvarel fra Henne Aa, du ved det er Afløbet fra Fiilsø, det er den eneste Aa, jeg har Billede af i Øjeblikket, d.v.s. jeg har den fra Parken ved Knuthenborg, men den kunde jeg ikke faa til at passe med Motivet. I Forgaars Aftes kom Puf op og vækkede mig Kl. godt 9 og meldte at Trommer gik i Byen at alle der havde Vaaben skulde aflevere disse inden Kl. 10 og at Borgmesteren og Politimesteren i den Anledning var taget som Gidsler, og at han hellere maatte gaa ned med min Bøsse og Riflen inden der blev Husundersøgelse. Nu var det i Forvejen forbudt at gaa ud efter Kl. 8 og Puf telefonerede saa til Politikontoret og fik at vide at det kun drejede sig om de Vaaben vores Garnison havde uddelt til Folk i Byen for at Tyskerne ikke skulde faa dem. Dagen efter hørte vi at det var en Feldwebel der havde Kommandoen over de herværende Gendamer der havde arresteret Borg- og Politimester som Gidsler og en senere ankommen General havde lukket dem ud, men de har jo nok haft et Par ubehagelige Timer. Ellers synes jeg det et godt det er gaaet som det er. Der er jo renere Linier nu og vi har jo faaet en fin Verdenspresse. Hvad mener Du om Prins Gorm der ifølge den tyske Radio fra London i Svendborg har erlegt zahlreichen deutsche Soldaten.
+Mange Hilsner 
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1944-01-25</t>
+  </si>
+  <si>
+    <t>Maria Balslev
+Alfred Fly
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Lars Swane
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erik/Tinge Warberg Larsen havde en søn, Per, fra første ægteskab. Det vides ikke, om Grethe også havde en søn (jvnf. "Drengene"), eller om Erik havde endnu et barn. 
+Det vides ikke, hvem Stisen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2449</t>
+  </si>
+  <si>
+    <t>Grethes mand vil omsider skilles, så hun og Erik/Tinge kan blive gift. De er flyttet sammen. Ellen Sawyer er forarget. Grethe og Eriks hjem er pænt.
+Johanne går ikke ud uden sine stokke. Blæren er i orden. Fordøjelsen er fin, men hun er ikke meget for at bære spanden ud på møddingen. 
+Johanne forklarer Astrid om saltning og brug af svinekød.
+Der er mange mus på gården. 
+Martin/Manse skal giftes med Ellen Grethe. 
+Laura/Bibbe er glad for at være i gang igen. 
+Johanne har haft stærke smerter og måtte have læge, selvom hun dårligt har råd til det. Nu er hun på diæt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JdVO</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 29’ Jan. 1944
+besv. s. Dag
+Husk:
+Tallerkner
+H[ulæseligt]olie
+Charl.
+Jørgen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgd. Dræby St. Fyen
+[Håndskrevet i brevet:]
+Kæreste lille Dis!
+Tak for dit lange gode Brev, som jeg selvfølgelig blev meget glad ved – jeg haaber, du fik en Hilsen fra mig gen. Axel, hvem jeg sendte Fødselsdagsbrev til . Er det 15de eller 16de? Jeg nævner det, fordi man jo ikke helt stoler paa Trafikforb.
+Jeg har nu lagt dit Brev foran mig og skal besvare dine Spørgsmaal. Grethe og Tinge havde længe været enige om at de maatte sammen, men hendes Mand, som ellers tit har sjoflet hende slemt og holdt til andet Steds gjorde Kunster; men en skønne Dag skrev Grethe, at nu var det i Orden og nu kom de, det var sidst i Okt. og de kom midt i Nov. Tinge er lyksalig. Han har paataget sig begge Drengenes Forsørgelse (de er 13 og 6 Aar) han lever jo altid mere i Fantasien end i Realiteten. Men det gaar vel. Han arbejder her hver anden Uger [”r” i slutningen af ordet overstreget] paa egen Kost, men passer jo ved Siden af sine Dyr hjemme. – Lejefolkene flyttede, de havde faaet det at vide i god Tid. Nej gift er de ikke, men har da indrettet sig med Ægtesenge ved Siden af hinanden med et stort Sengetæppe over, hvilket forekommer mig at se allermest intimt ud!! Naturligvis skal de giftes saa snart Papirer kan ordnes. Elle skæver lidt ilde ved Arrangementet (ingen andre nævner det) hun sagde ”Jamen Junge, hun kan da ikke gaa lige fra den ene Mand til den anden”. Det synes vi andre nu godt hun kan og skænker det ikke en Tanke, men vi har jo heller ingen Burgøjser-bekendte. Jeg holder ogsaa umaadelig meget af Grethe, hun er et yndigt Menneske. De har faaet det saa smukt dernede, Grethe førte mange Ting med sig af alle mulige Ting Slags [”Slags” indsat over linjen] og Bibbe har givet ham af sit Bohave fra da hun var Musiklærerinde i Kjertem. De har ogsaa mange Malerier og saa alle de smukke Sager [”Sager” indsat over linjen], som Tinge fik af alle jer til sit Bryllup, bl.a. Malerier af Uglen og Lasse. 
+Saa var der Spørgsmaalene om mit Helbred og der har jeg desværre ikke gode Efterretninger denne Gang. Du spørger til Stokkene – jo, her inde i Stuerne bruger jeg dem ikke saa meget nu, men gaar aldrig ud uden dem; jeg har gaaet flere Smaature, naar Vejret var godt, men ikke i den allersidste Tid. Blæren er fuldstændig i Orden, takket være Pyeloli Tabletter, 2 tre Gange om Dagen, faas i Haandkøb. Det generer mig ikke Spor at gaa om i Haven, der er aldrig Træk og jeg bliver aldrig kold af det; sidde paa en Spand kan jeg ikke (Knæ) bære det paa Møddingen vil jeg nødig, lade andre gøre det endnu nødigere. Og saa varer det ikke mere saa længe for mig som før; min Fordøjelse har oppet sig saa udmærket lige siden jeg var syg. 
+2 Du skal ikke tage din Saltbalje saa højtidelig, det gaar nok. Er der ikke en Skinke, som skal i Røg? Hvis det er en mindre Gris er 5 el. 6 Uger i Salt nok, som elv [”som” overstreget ”elv” skrevet over linjen] om der ikke er megen Lage, ligger det vel pakket i Salt? Jeg kender dem, der aldrig forlanger af sin S.balje at den skal gaa i Lage, kun har det hele pakket i Salt; andre gnider Stykkerne med Salt, pakker dem tæt sammen og laver saa en Lage (stærk nok til at kunne bære et Æg oppe) som de saa hælder kold over lige efter Slagtningen. De forskellige Stykkers Anvendelse, kan du jo næsten se dig ud af; er der lidt tykke Spækstykker kan de jo gaa i Røg sammen med Skinken; de knap saa tykke – men helt fede – bruger jeg til stegt Flæsk og steger dem lidt haardt for at faa mest mulig Fedt til at smøre paa Mad og spare paa Smør. Stykkerne med magert i bruger du vel til Ærter, Hvidkaalssuppe og Grønkaalssuppe? Jeg regner med en 3 Dage i Blød, skifte Vandet hver Dag. Mon disse Par Oplysninger kan hjælpe dig, hvis ikke saa spørg bare igen. Tænk, at Musene netop skulde gnave i det eneste, der kunde tage Skade. Vi kæmper og kæmper med Mus; her paa Egnen har der været fuldstændig oversvømmet af dem; desværre er alle vore Katte døde af Kattesyge; hvad skal det blive til, hvis alle Katte dør og Mus lever. Andres Katte dør ogsaa i denne Tid. 
+Det er sandt: hvis der er noget magert imellem Flæsket – altsaa magre Stykker, kan du jo lægge dem i Blød, d.v.s. skaaret i Skiver, mindst 2 Døgn, snarere 3 og hakke det til Frikadeller; hvis du blander kogte Gulerødder og kogte Kartofler imellem skal der ikke meget Kød til for at faa en Ret. Ligeledes er der jo ”Karbonadeflæsk”, hvis der er Stykker med lige meget fedt og magert. Det skæres i tynde Skiver (som om du skærer Spegeskinke) og lægges i Vand – altsaa Skiverne – i c. 2 Timer; render saa af paa et Dørslag, men skal ikke tørres med et Stykke, dyppes i Hvede_mel og steges i meget hedt Fedt, saa hedt at det straks brunes og kan vendes, helst kun et Par Min. Stuvede Kartofler eller Grøntsager – ikke anden Sauce end hvis der er en Smule Fedt paa Panden
+Nej, det var ikke saa slemt at komme af med Bibbe; Glæden over at Forholdene igen tillod hende at komme tilbage og virke, overstraalede alt andet, og endnu bedre blev det, da hendes Breve fortalte om hendes store Glæde over at komme derop igen; nu kommer hun af med sin elskede Veninde Ellen Grethe Secher, en Købmandsdatter fra Aarhus; hun rejser derfra nu til Febr. skal ud nogle Maaneder at lære lidt Husholdning og skal saa – jeg tænker mig til Maj – giftes med Manse. Hun var her sidst i Nov. – kom, saa, vandt – og Manse var forleden i Aarhus; jeg ved ikke rigtig om de taler om det endnu 
+3 saa du skal ikke skrive Lykønskning til ham. Ja, der er møje nyt aa spørre.
+Nu maa jeg nok til Slut aflevere Beretning om min sidste Sygdom – som ingenlunde er morsom; jeg har mange Gange i den senere Tid ligget vaagen i flere Timer af lidt Smerter i Maven, eller ret. Hjærtekulen, men da Afføringen var saa normal og god har jeg slet ikke ændset det, men da jeg i Søndags Aftes kom i Seng, skal jeg love for at jeg ændsede det; jeg laa i _meget stærk Pine fra 10 Aft. – 6 Morgen, fløj af og til ud af Sengen og herop i Stuen, kunde ikke være til. Tabletter hjalp kun saa lidt. Jeg blundede lidt paa Morgenstunden og laa hele Mandag og stod lidt op i Gaar Eft. Men først i Nat sov jeg rigtig lige ud i en Køre fra 11 Aft. – 8 ½ Morgen. Tror du ikke, det er en Galdehistorie? Det er ikke skærende eller stikkende Smerter (som alm. Mavepine) snarere som om noget presser paa øverst oppe i Maven – Mellemgulvet – og naar det er slemt gør det ondt i Ryggen ogsaa. Jeg tør næsten ikke spise, lidt Grød, Te Mælk og lidt tørt Franskbr. 
+Du spørger vel hvad Doktoren siger, men jeg har ikke haft Doktor. Jeg har betalt Medicin 64 Kr., Sygehuset har sendt Regn. paa 245 Kr og Dr. Fly (for et Aar) 166 Kr. Sogneraadet gør Vrøvl og synes ikke at ville betale mere, saa der sidder jeg nydeligt i det. Jeg har i Dag indgivet Andragenet til Sogneraadet om at blive ved med at betale det. Hvis jeg var i Sygekassen skulde det jo dog betales derfra, og jeg synes ikke der kan forlanges at en uformuende Aldersrentenyder skal betale den Slags selv. Du forstaar, jeg sender nødig Bud efter Læge nu, men gaar det ikke over, bliver jeg jo nødt til det. Tag at beskrive mig Karakteren af dine Galdesmerter. Dette er ikke sjovt – slet ikke, jeg er mægtig ked af det, har ellers følt mig saa stærk i den senere Tid, og saa kommer dette og slaar mig ned igen.
+Elle har jeg ikke set siden før Jul, hun har været saa forkølet længe, men var nok kommen i Søndags, hvis det ikke havde været saadan et Hundevejr. Vi har talt et Par Gg. sm. i Telefonen. Nina fra Glorup spørger saa tit til ”Stisen” naar hun ringer om Søndagen. 
+Nu haaber jeg at høre lidt snart fra dig dette Kæmpebrev har da fortjent det.
+Hils Axel og Nus saa meget, dejligt at hendes Aar har været saa fint.
+Tusind Hilsner søde Dis fra din Junge
+Onsdag 25-1-1944
+[Indsat øverst s. 6, på hovedet:]
+Har du hørt om Marie Balslevs store og frygtelige Oplevelse Ugedagen før Juleaften, ellers skal du faa den i næste Brev. 
+[Indsat øverst s. 1, på hovedet:]
+Næste Dag paa Sengen. Jeg maatte have Bud eft. Dr. Fly nu til Form. Det er Galdeblærebetændelse, jeg skal ligge c. 3 Dage og maa forøvrigt ikke røre fede Ting – Smør, Fedt, Fløde – men ellers spise alt andet, f. Eks meget Sukker. Er det det, du fejler? Der er en meget øm [fortsætter ned langs venstre margen] Hævelse i højre Side af Maven, lige under Ribbenene</t>
+  </si>
+  <si>
+    <t>1944-01-28</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Larsen snitter: Han skar træsnit.
+Alhed Larsens vinterhave blev efter hendes død omdannet til volière.
+Johannes Larsen havde flere gange en tam odder.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for Mariboøllet, som ikke smagte så slemt. 
+Et par rotter har i volièren slået en masse fugle ihjel. 
+Larsen snitter fra morgen til aften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzvI</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[I brevet:]
+Kjerteminde 28 Jan. 1944.
+Kære Grevinde!
+Tak for Opringningen. Og Tak for Mariboøllet. Puf og jeg delte en i Gaar. Jeg synes nu ikke den var saa slem som jeg havde ventet, men sagde den var en [”en” indsat over linjen] slem Drik der mindede om Rugbrødvand. Sikken en Varme vi har, i Gaar Eftermiddags var her 9½º og til Morgen 7º. Der var kommen et Par Rotter i min Volière, som det lykkedes at dræbe og slæbe væk ca 70 Fugle inden vi fik fat i dem. 14 der var levnet evakuerede vi, for det ser ud som om der er et Kuld Unger som vi maa have fat i før Fuglene kan komme derud igen. Jeg snitter fra Morgen til Aften og nu maa jeg ned med Brevene og købe lidt Fisk til Odderen, saa Du faar ikke mere denne Gang. Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1944-11-13</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Ulrik Dircks
+Johannes Øhlenschlæger Johansen
+Elisabeth Knuth
+Adolph Larsen
+Holger Lund, Christa Knuths bror</t>
+  </si>
+  <si>
+    <t>Da krigen spidsede til i august 1943, og modstandsbevægelsen blev stærkere, iværksatte den tyske besættelsesmagten den såkaldte ”modterror” kaldet schalburtage, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps. Modstandsbevægelsens sabotager og likvideringer blev nu besvaret med bombesprængninger og drab (Wikipedia april 2024). 
+Ulrik Dircks var cand. pharm. og ansat ved Svaneapoteket i Odense. Han blev 9. nov. 1944 skudt og dræbt ved sit hjem i Odensebydelen Fruens Bøge. Gerningsmændene kom fra Peter-gruppen, og drabet var gengældelse for sabotage og likvideringer. Det viste sig efterfølgende, at Peter-gruppens medlemmer havde taget fejl af UD og en anden ansat fra Svaneapoteket. (besættelsestidensofre.dk). 
+Hjørneejendommen Sct. Knud, Mageløs-Vestergade, med bl.a. Fyns Venstreblads redaktion på 1.sal, konditori "Sct. Knud" og Sct. Knuds koloniallager blev ødelagt af bomber i november 1944. (arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til klapjagt hos Adolph Larsen. Han arbejder på 13 oliebilleder og et bomærke til en sparekasse. Om formiddagen maler han, og om eftermiddagen går han tur med hunden og skriver breve. 
+Det er dejligt, at Christa og hendes bror kan lide svaneakvarellen. Og godt, at Elisabeth er glad for dværghønsene.
+Seks forretninger i Odense er blevet bombet, og Ulrik Dircks er blevet skudt.
+Øhlenschlæger Johansen har været på besøg for at lave film om Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bFM2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[I brevet:]
+Kjerteminde 13 Novbr. 1944.
+Kære Grevinde
+Tak for Dit lange Brev. Jeg haaber at Du nu er sluppen over Forkølelsen Her har vi det godt. Forrige Søndag var jeg til en lille Klapjagt hos min Broder Skovrideren og blev der et Par Dage saa jeg kom hjem i Onsdags. Jeg har en Masse Bestillinger i Gang, 13 Oliebilleder og et farvelagt Bomærke til en Sparekasse i Nr Aaby, som jeg i Forvejen har lavet et do i sort og hvidt. Jeg maler hver Formiddag og om Eftermiddagen gaar jeg en Tur med min nye Hund og sætter mig saa til at skrive Breve naar jeg kommer hjem, Folk skriver og spørger om de mærkeligste Ting, Dette her var planlagt til i Lørdags men det naaede jeg altsaa ikke. Jeg bliver mere og mere glad ved Hunden, den udvikler sig godt i alle Retninger og tegner til at blive en Skønhedsaabenbaring. Det glæder mig at Du og Din Broder synes saa godt om den Svaneakvarel, det er jo altid spændende med en Bestilling, hvordan Modtagerne stiller sig til Resultatet. Det er ogsaa morsomt, at Elisabeth er saa glad ved Dværghønsene, det har jeg meddelt Christiansen. Der er jo ellers vældig gang i Schalburgtagen for Tiden i Torsdag bombede 6 større Forretninger i Odense deriblandt Svaneapoteket og skød cand farm Dirks, saadan en pæn og tiltalende Mand. Det gaar jo ogsaa stærk i Aalborg, Odens og Svendborg. Her var en Mand forleden og filmede mig. Det er en Øhlenschlæger Johansen i Store Hedinge ham med Finsen Filmen, der har fundet paa at filme en Del Malere og Forfattere til Opbevaring for Eftertiden
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1944-12-30</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Elsebeth Hostrup-Schultz
+Jørgen Hostrup-Schultz
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Bendt Rom</t>
+  </si>
+  <si>
+    <t>A. Olsens boghandel, Langegade 26, samt apoteket, Kerteminde, blev ramt af Schalburtage december 1944 (Arkiv.dk). Sabotagen mod fiskebådene/kvaserne nævnte Johannes Larsen i et tidligere brev til Christa Knuth. 
+Schalburgtage var det folkelige navn for den terror, som tyskerne og deres danske hjælpere indledte i den sidste del af besættelsen i Danmark. Terroren blev rettet mod den danske modstandsbevægelse og det danske samfund i almindelighed som en hævn for modstandsaktioner. Ligeledes indførtes hævndrab på vellidte danskere, når en tysk soldat eller stikker blev dræbt (såkaldte clearingmord). Besættelsesmagten kaldte begrebet 'kontrasabotage', men danskerne fandt hurtigt på navnet schalburgtage efter Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps Danmark (Wikipedia april 2024). 
+Kongsø Plantage findes i Horsens Kommune.
+20. dec. 1944 sprængte SS FJEH-S og hans families hus på Chr. Winthers Vej 4, København, i luften, fordi både FJEH-S og hans søn var modstandsfolk. (https://kbhbilleder.dk/frb-arkiv/28127). Johannes Larsen skrev 10 dage senere til Christa Knuth, at tyskerne havde gennet konen og de tre små piger ud på gaden, sprænt huset i luften og taget FJEH-S med sig (1944-12-30, Johannes Larsen til Christa Knuth). 
+Tiras var en hund, som Johannes Larsen fik i efteråret 1944 og var meget glad for.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for dyret. Han fik en masse flasker til sin fødselsdag.
+Der har været udført Schalburtage mod et par forretninger i Kerteminde.
+Larsen slap for at indkvartere tyske soldater mm.
+Hostrup-Schultzs huser blevet sprængt i luften, og tyskerne tog ham med sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zs2P</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm
+[I brevet:]
+Kjerteminde 30 Decbr. 1944.
+Kære Grevinde!
+Glædeligt Nytaar og Tak for det Aar der er gaaet. Og Tak for det dejlige Dyr. Jeg blev paa min Fødselsdag begavet med 10 Flasker stærke Drikke deriblandt saa fine Ting som Vodka Hulstkamp Genever, gl. St. Croix Rom Rø[ulæseligt)bitter o.s.v. Det er nu godt at være kendt som fordrukken. I Nat vågnede vi ved et Par store Drøn. Det var Byen der havde Besøg af Schalburgtører, der havde anbragt et Par Bomber i Byens største Manufakturforretning og en Boghandel overfor, der begge blev raserede mens mange Huse til begge Sider deriblandt Apotheket fik alle Ruderne sprængt. Formodentlig til Tak for de Kvaser der blev sænket forleden af fremmede Sabotører. Ellers har vi haft en god fredelig Juletid, det blev heldigvis ikke til noget med Indkvarteringen og nu regner vi med at slippe helt. Nu skal jeg til at skrive til alle de Mennesker der har skrevet og telegraferet til min Fødselsdag, bl.a Dr Bartholdy Møller. Jeg læste for et Par Dage siden at det Hus i Kjøbenhavn hvor mine Venner Hostrup Schultz boede var sprængt i Luften af Tyskerne. Det var dem jeg besøgte i Sommer i Kongsø Plantage. Jeg skrev til Bendt Rom der er Mandens Fætter og fik i Gaar Svar fra ham. Tyskerne havde taget Manden og sendt Konen og deres 3 Smaapiger paa Gaden som de gik og stod og sprængt Huset i Luften med det samme og ingen ved nu hvor Manden er eller hvad han har gjort. Jeg skal hilse mange Gange Fra Puf og Else, og nu faar Du ikke mere for jeg skal ud at gaa med Tiras.
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1945-01-10</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Louise Brønsted
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Maria von Sperling. g. Balslev
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Martin og Maria Balslev var begge interneret i Frøslevlejren. 
+Laura/Bibbe Warberg Larsen/Petersen uddannede sig til sygeplejerske.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0636</t>
+  </si>
+  <si>
+    <t>Astrid/Dis skal ikke være så bekymret, men hellere tænke på Maria og Lars Christian/Laders Balslevs børn.
+Laura/Bibbe fik mange julegaver. Hun har været afholdt i Odder. Nu arbejder hun i nattevagt på Kerteminde Sygehus og tjener godt. Hun vil ikke i fastansættelse. Laura har altid haft hovedsmerter og kunne f.eks. som barn ikke tåle at øve længe på klaver.
+Johanne/Junge kan ikke varme huset op. 
+Det var flotte gaver, som Adam og Brita gav Astrid.
+Elle(n) har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/l7zx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 11’ Jan 1945.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+Tak for Brev, faaet lige nu, ikke læst.
+[I brevet:]
+Lindøgaard Onsdag d. 10_nde_ Jan. 45.
+Kære lille Dis!
+Nu er det vist i høj Grad paa Tide, at du hører fra mig. Tak for dit lange Brev for mere end en Uge siden, det krydsedes vist med mit – og det vil dette maaske ogsaa gøre. Det, du skrev om dit ældste Afkom, berørte mig selvf. i aller højeste Grad, men, Dis, lad mig hellere være klog og ikke fæste noget af det paa Papiret – du er dog Moderen og Efterretningsvæsenet mulig i Orden. Men hvorfor skulde det ikke gaa godt, jeg er da ikke saa forfærdelig ængstelig – tænk paa Marie og Laders de har Grund til Ængstelse, for deres er jo syge, mens din kun skranter. Skriv frit til mig, jeg er nok Moder, men ikke til skrantende Børn. Ja, skriv endelig alt, hvad du ved. Hvor jeg dog haaber paa et godt Nytaar for dig, og alle dine. - Jeg gaar med Fornemmelsen af, at det staar skidt til med dit Helbred, hvis det er Nerverne, der er paa Spil, saa skal de sidste Tider jo ikke gøre det bedre Hvor du dog altid har meget at kæmpe med, lille Dis, og dine Kræfter er ikke store. Jeg tænker meget paa dig og dine, men hvad hjælper det! Jo, maaske dog lidt. - - Fortæl mig lige, hvis du mener det, hvad det er for en Præstegaard, du nævner. 
+Tak for din udførlige Beretning om Jeres Jul, hvad du dog har faaet af Gaver og Breve, det var imponerende, noget tilnærmelsesvis kan jeg rigtignok ikke opvise, selv om jeg synes her var rigeligt med Gaver og Post. Bibbe fik en utrolig stor Post, hvor maa hun være bleven afholdt deroppe i Odder, jeg tror ogsaa hun er en enestaaende god Kammerat. Hun er i Arbejde i denne Uge, tiltraadte i Lørdags Aftes en Uges Nattevagt paa Sygehuset i Kjerteminde. Jeg kan ringe til hende om Aftenen, men ikke hver Aften, for der er saa knagende koldt oppe i Stuen, hvor Telefonen jo er; allerede Nytaarsdag flyttede vi herned, for vi kunde ikke faa varmt deroppe og maa jo ogsaa tage svært Hensyn til vort Brændsel som truer med at slippe op før Tiden. Men det var Bibbe – hun tjener vist c 150 Kr. ved den Uges Nattevagt; 11 Kr pr Dag (Nat) i faste [”e” sidst i ordet overstreget] Løn og Resten er Overarbejdspenge, da Vagten strækker sig over 8 Timer vist 10½. Det er vel nok flot! Hun vil vist i det hele taget ikke gaa i fast Tjeneste, naar hun nu til Efteraaret bliver helt færdig, men være løs – privat – Sygeplejerske. Hun er jo saadan indrettet, at hun maa have Afveksling i sin Tilværelse, og selv om hun [”hun” indsat over linjen] skulde faa strenge Plejer, saa er hun da selv Herre over, hvor meget hun vil hvile ud mellem Slagene. Desværre er hendes stakkels Hoved saa forfærdelig svagt, det tror jeg aldrig hun slipper, for hun har haft det, siden hun var Barn, kunde f. Eks. ikke taale at øve sig nævneværdig, derfor kunde Musikken ikke blive hendes Job. Mulig – tænker jeg ved mig selv [”selv” indsat over linjen] det vil bedres, naar Menstruationen en Gang ophører. 
+Nej, Bibbe kommer først til Kbhvn. til Februar, hun maatte have Ferie i Januar. Jeg er ikke stolt af at sende hende derind, baade Rejse og Ophold er jo truet af Farer. 
+Hvor var det dog en herlig Pakke fra Adam og Brita, noget saa imponerende, og saa dejligt, at de har Lyst og Hjerte til at glæde dig. Og saa dejligt med Jannas fine Seng – hvor skal vi dog faa et bare nogenlunde Udstyr til lille Grethe. 
+Naa, fik du Julekort fra Manse, ja, han skrev en hel Del i Aar, ogsaa til Lugge, som var bleven saa rørt over, at han tænkte paa ”en gammel Tante”.
+For øvrigt staar alt godt til her, her er godt Helbred og Fred og god Forstaaelse over hele Linien. Det var saa hyggeligt at have Elle, hun og Bibbe kan nu saa vældig godt sammen; hun kom Dagen før Nytaarsaften og blev til Onsdag, vi havde det dejligt uden særlige Sving: Vi havde godt med Cigarer og Tobak, jeg fik 25 store Cerutter af Agraren og de 10 fra dig og al den gode Tobak, du sendte. Forhaabentlig fik du mit Takkebrev ved Nytaarstid.
+Gid dette nu maa træffe dig oven Senge og ved godt Mod lille go’e Dis, du skal se, alt skal nok ordne sig paa det bedste. 
+Hils den gode Axel saa meget, ogsaa Janna, naar du ser hende eller ringer
+Tusinde Hilsner fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Bodild Holstein
+Adolph Larsen
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+- Petersen, Frk.
+Janna Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne har i et andet brev fortalt Astrid, hvordan man fejrede deres fars 100årsdag på kirkegården og på gården Erikshaab. 
+Janna Schou fødte i januar 1945 datteren Pernille. 
+Bodild Holstein døde januar 1945.
+Det vides ikke, hvem Jørgen var. Larsen/Warberg-familien kendte mange af dette navn. Det samme gælder Charlotte. 
+M er formodentlig Axel Müller, og Marie kan være Marie Larsen eller Balslev. 
+Sjums/Ina Goldschmidt var i 1945 gået under jorden (formodentlig fordi hun havde jødisk far).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0637</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Astrid må mødes i tankerne i anledning af deres mors fødselsdag. Faderens blev fejret så godt på Erikshaab. Johanne har gemt en sang, som Astrid 20 år tidligere skrev til moderen. 
+Frk. Petersen har været til middag på Lindøgaard.
+Johanne beder Axel købe og sende tobak. Den hjemmedyrkede vil ikke brænde.
+Astrid skal ikke være bekymret for Jannas fødsel.
+Både Martin/Manse, Adolph/Agraren og Laura/Bibbe har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cmc7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 20’ Januar 1945 
+Mors 100 års Fødselsdag.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fred. 19de Jan. 1945
+Kæreste lille Dis!
+I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
+Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
+Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
+Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
+Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
+Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
+Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
+- - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
+Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
+[Skrevet langs venstre kant på s. 4:]
+Tak for Opskriften, den skal jeg sandelig prøve
+[Skrevet langs venstre kan på s. 1:]
+Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
+[Skrevet på hovedet nederst på s. 1:]
+Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
+[Skrevet langs højre kant på s. 1:]
+Til Lykke med Biddet! Gid det blev af! 
+[Skrevet på hovedet øverst på s. 1:]
+Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-01-30</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Bodild Holstein
+Anne Marie -, i huset på Lindøgaard
+Johannes Larsen
+Pernille Marryat
+Axel  Müller
+Janna Schou
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2450</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums kom sikkert frem. Og rart at Astrids økonomi er forbedret. 
+Johanne strikker vanter til Martin/Manse. 50 familier i sognet er uden brændsel, og kommunen har næsten ikke mere. Anne Marie fyrer for ødselt. Johanne fryser. Hun og Adolph har flytter rundt på møblerne. De må gå i seng kl. 9. 
+Laura/Bibbe er rejst til København, og Johanne er bekymret. 
+Johanne ønsker Pernille tillykke med datteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mgB3</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+2’ Februar 1945
+besv. 5’ Febr. ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. Tirsd. Onsd. [”Onsd.” overstreget] 30-1-1945
+Kære lille Dis!
+Til Lykke! Til Lykke! med alt det gode, der er sket. Nr. 1 er jo, at du ved Sjums i Sikkerhed, det har ogsaa væltet en stor Sten fra mit Hjerte. Jeg hørte en Gang i den eng. Radio, at et lille Skib var bleven standset og undersøgt og der blev taget tre Fanger, og jeg blev skrækslagen. Men senere sage de at en hel Del danske var ankommen til Sv. og igen steg Modet. Mon hun nu ikke har sendt dig et Brevkort, det kunne jo gøres uden Risiko – blot en Hilsen men det tænker hun vel ikke paa. Og Grunden!! Ja, det er jo en Lykke uden lige, at I nu ikke skal have de umulige økonomiske Forhold, og dette er noget varigt og ikke blot en midlertidig foranstaltning som f. Eks. Et Laan, hvad altid har haft min dybeste Mistillid, mens andre (f. Eks. Las) altid har ment, at saa var Sagen klaret. 
+Dette bliver kun et Par Ord, for jeg har et Parforce-Arbejde med at strikke Vanter til Manse. Bibbe kom med noget Garn – 4 forskellige Farver – og jeg gik straks i Gang, for hans er fuldstændig slidt op, og det er for trangt at arbejde ude uden Vanter.
+Ak hvilken Vinter Dis! Vores Skattemand fortalte forleden at 50 Familier her i Sognet var blottet for Brændsel og Kommunen har næsten ikke mere til dem, det bliver den rene Nød. Ogsaa vi fryser. Desværre har Fyringen været den ellers dygtige An. Maries meget svage Punkt, hun har trods mine kæmpemæssige Anstrængelser fyret aldeles skamløst ødselt. Mens jeg ved Middagstid sidder og skriver dette, er her 9 ½ Gr. Reaumur om Eftermiddagen 12 %. Jeg har læsset Masser af Tøj paa mig, og saa maa man jo vænne sig til det. Nu da Tyskerne endog vil tage af, hvad her er i Landet, er det jo ganske udelukket at købe. Det er strengt at fryse. I Søndags flyttede vi Sovek. Møbl. her i Spisestuen, og har saa lavet Stue i Sovek. Her er bleven mægtig hyggeligt, og vi mener, her bliver lunere. Det lange Bord staar paa tværs ud mod Værkstedet, Slagbænken med med Ryggen mod Køkkenvæggen, saa kan du se det for dig, Tæpper over hele Gulvet Dragkisten har beholdt sin Plads, ligesaa den lille Sofa ved Radiatoren, hvor der er dejlig lunt at sidde. Hvad der ogsaa vil hjælpe paa at faa Brændselet til at slaa til er jo, at vi ikke kan staa op før det lysner og maa gaa i Seng Kl. 9. Vi faar kun 12 Kilowat – og I faar nu kun 8? Det bliver underligt, men hvad er ikke underligt i disse Tider.
+Bibbe skulde være rejst i Dag, men maatte opgive p. Gr. a. Sne og rejser først paa Torsdag – den ½ Febr. Det bliver nok en rædselsfuld Rejse, men hun er da fornuftig nok til at ”stavle” en Mængde Tøj paa sig.
+Onsdag
+Næste Dag. Egentlig meget heldigt, at Posten i Gaar kom om Form. i Stedet for om Eftm. x [indsat i venstre margen:] x mit Brev ikke kom af Sted [indsættelse slut] saa kan jeg faa svaret paa dit Brevkort. Tak for det og tusinde Gange til Jannas Bedrift. Hvilken usigelig Lykke, at det nu er overstaaet vel overstaaet, ja den største af de 3 Lykker. Hils dog Janna saa varmt fra mig og ønsk hende til Lykke med den lille Pige. Du nævner ikke Vægten, husk det næste Gang, det er ikke helt lige meget om det er et bitte lille et eller en ordentlig velvoksen ditto. - - Vores søde Bi er lige rejst, hun maatte af Sted i Dag, da de nye Forbindelser fra i Morgen, den første Februar herfra er ad Hekkenfeld til. Det er rædselsfuldt at vide hende paa den farefulde Rejse og at vide hende 2 Mdr. i Kbhvn. Hvor man ikke ved, hvad der kan ske. Bombning f. Eks. 
+Hvilke enorme Begivenheder! 95 Miles fra Berlin og som de dog gaar fremad med Stormskridt. Det var synd, Bodild skulde dø uden at opleve dette. - - Bibbe har skrevet til dig, fik du det? 
+[Indsat øverst på s. 1, på hovedet:] Nu skal jeg i Seng – dog heldigvis ikke fordi jeg er syg, men fordi Varmen er lukket ned. Ilden slukket. Smeden kommer nu Kl 12 og forlænger Radiatoren her inde for at vi kan faa det lidt varmere med samme Brændsel. Hils Axel saa meget og tusinde Hilsn. Til dig selv fra din Junge</t>
+  </si>
+  <si>
+    <t>1945-02-09</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ole -, Lindøgaard
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem børnene på fotografierne var. Adam Goldschmidts datter, Lena Brita, blev født 1942. Ina Goldschmidts Harriet i 1927, Ulf i 1933. Janna Schous datter, Pernille, er født 1945, men eftersom Jannas far var Jørgen/Buf Schou, var hun ikke af jødisk slægt. 
+Det vides ikke, hvem Ruth Petersen var. Ej heller kendes navnet på Janna Schous svigermor. 
+Johanne købte en dyr frakke og et træsnit af Johannes Larsen som julegaver.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2451</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har fået brevpapir af Andreas/Puf og Else Larsen i julegave.
+Hun takker for de lånte fotos af børnene. De ser slet ikke jødiske ud.
+Johanne takker også for tobakken, og hun vil gerne købe mere.
+Det er godt, at Janne har hjælp efter fødslen nu, hvor man hverken har varme eller lys nok.
+Det er ved at blive forår.
+Martin/Manse har været aktiv med at skaffe brændsel.
+Grethe og Martin er omsider blevet gift, og familien har haft en hyggelig fest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jdbc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12’ Febr. 1945
+verset? besv. 13’ Febr.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet på kuvertens bagside:]
+Dræby St.
+[Fortrykt på s. 1:]
+JOHANNE WARBERG LARSEN
+[Håndskrevet i brevet:]
+Lindøgd. 9-2-1945
+Kære lille Dis!
+Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
+Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
+Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
+Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
+I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
+Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
+Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
+Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
+[Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
+[Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
+  </si>
+  <si>
+    <t>1945-02-15</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Sct. Joseph</t>
+  </si>
+  <si>
+    <t>Guy  de Maupassant
+Hans  Elers Koch
+Hans Koch
+Marie Larsen
+Viggo Frederik Møller
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Arne Ungermann
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Tanterne var Marie Larsen og Christine Swane, som boede sammen i Birkerød. Drengene var formodentlig Laura/Bibbe Warberg Petersens brødre. 
+Hilda og Th. Torp kendes ikke. Det vides ikke, hvem A.M. er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0530</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen og Marie/Rie Larsen (Tanterne) er gode mod Laura/Bibbe W.P. De har været på udstilling, hvor Laura vandt en bog i en tombola. Tanternes hus er dejligt med grønne genstande overalt. Laura får morgenmad på sengen og dejlig frokost og aftensmad. Christine Swane har haft besøg af en kunsthandler, og alle var hos Lars/Lasse Swane og Ursula. Elers Koch med familie kom, og de var dejlige mennesker. 
+Laura W.P. savner nyheder, for den sker store ting for tiden. Der er kun lidt skyderi.
+Laura spiller klaver på afdelingen (sct. Joseph).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fo20</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby St
+Fyen.
+24-2-03.
+4-8-00
+BWP
+[Håndskrevet på kuvertens bagside:]
+Har osse fået Hildas Brev. Tak.
+Kære Elle
+Tak fordi du 
+[I brevet:]
+Sct. Joseph 
+d. 1_5 Febr_. 1945.
+Kære lille Mor!
+Tusind Tak for dine Breve, det er simpelthen vidunderligt at faa saa gode Tidende. Jeg har læst både dit og Gretes Brev flere Gange. Vi har Luftalarm men ikke en Flyver eller et Skud høres, jeg sidder noget saa rart i en god blød Stol med Benene oppe paa Divanen, og - - rygende paa en Cigar. Tanterne lader som sædvanlig Alverdens Goder rasle ned over mig. Fortalte jeg at første Gang vi mødtes havde de 1 Pk Cerutter 1 Pk Cigaretter 1 Æske Konfekt med til mig – jeg var ved at daane, desuden forærede T. Ugle mig en Paraply og Grønningens Katalog som – nu blæser de a’ – altid er morsomt at have. Oppe på Udstillingen som vi altså var på 2 Dage sammen forærede de mig begge 2 Træk hver i Tombolaen og minsandten om jeg ikke vant en Bog ”Menneske Magt” af Viggo F. Møller med Ill. af Arne Ungerman. Hvor var det dejligt at se Kunst igen Mit Øje var utrænet mærkede jeg tydeligt, men hvor jeg nød det. Ikke mindst da jeg var i Birkerød i Tirsdag på min Fridag, my luck was us egentlig havde jeg jo Vagt Kl 10 Mand. Aft. Imidlertid havde Th Torp fri den Dag og hende der afløste ville gerne bytte med mig – altså spurgte om jeg vilde – hvorefter kom afsted med et 17.39 Tog, havde heldigvis taget mere Tøj på – der var hundekoldt, kommer vel derud viste det sig at det var blevet Vinter, Masser af Sne – på Træer og alt – stille stjerneklart Frostvejr, en meget smuk Tur derud – til Skovgaardsvej – Tante Ugle stod i Døren da jeg kom og saa efter mig. De havde ventet med Middagsm. Den stod på Skinke, Grønlangkål og br. Kart. oven på Kaffe og hjemmebagte Fastelavsboller – Cigarer. Deres Hus er og bliver en Oplevelse, Gud fri mig hvor er der pragtfuldt, Stykke for Stykke sugede jeg alle Skønhedsindtrykkene til mig – og Pressen Himmel hvor jeg savner den nu må se at have – me – nej det er sandt, jeg kan jo gå hen til Kommandocentralen og høre Nyt fra i Dag. Vi gik ret tidligt i Seng jeg var træt efter Børnestuevagten oppe 6 ½ hver Dag og arbejde til 10. – Fritimerne havde jeg været paa Farten i næsten hver Dag i stedet for at hvile lidt. Næste Dag sov jeg længe – Kaffe paa Sengen m. hjemmebagt Franskbrød
+II.
+Pimpernickel og Hybenmarmelade og Fastel.bolle ½ Cerut blev derefter nydt – osse paa Sengen. Saa i Badeværelset hvor der var varmt Vand til et knebent men dejligt Bad, der var sat grønt Tandkrus grøn Sæbekop m Sæbe samt hængt to grønne Badehåndklæder ud til mig. Jo jo det er fuldendte Værtinder, jeg sov i Ries Værelse fordi jeg var bange for Varmen i Stuen, og saa kunde jeg bedre blive liggende [Er blevet vahc. i Dag]
+Mange Tak for Kortet] Dagen gik med lidt af hvert, T. Ugle havde travlt med at klare Atellieret til en jysk Kunsthdl. Besøg – hjalp lidt – hun lidt sov til Middag 1 ½ T. drak Te og læste til Middag i en Guy Maupassant Bog. Fik Labscaues og Kærnemælksfromage, som en ung Maler der kom for at hente nogle Papirer hjalp os med at fortære. Lasse kom for at stå T-Ugle bi med Handlen, netop som Manden kom Vi andre gik vi skulde til Lasse og Ursula om Aftenen. Sikken et Sjask at vandre i. Senere havde de alle 3 Kunsthdl, ville ogsaa se Lasses Billeder; de bor rart de to Lasser, har en Masse pæne Ting og Billeder. Da de ankom var de blevet til 5 og ikke 3 som meldt men ikke særlig smukt, hvis det da er ham jeg har hørt i Telefonen. Her maa indskydes at Rie og Uglen havde talt saa meget om T-Ugles Tandlæge, hans Far var Gartner paa Glorup – det skulde være saadan et ualmindeligt tiltalende Menneske, utrolig sød over for dem efter hvad de fortalte, Konen er der ikke noget ved, derimod er Børnene søde – voksne. Det var Datteren og Tandlægen der var stødt til – de var kommen for at besøge T netop de var ved at gå yderst fornøjeligt blev det, guddommeligt at træffe morsomme nulevende Mennesker igen Det var en dejlig Aften ikke mindst paa Grund af de store Ting der blev sagt i Pressen. Saa omsider sejlede eller svømmede vi da hjem igen – sent blev det – der skal jo snakkes og hygges lidt. Næste Morgen før 5 buldrede Kakkelovnen, og Kaffen var parat i en varm Stue, Rie er sig selv lig. 1 Fl. Eau de Cologne, 1 Par Silkestrømper rigere drog jeg glad a’ til mig Tog 5.39, hvilket gav god Tid til at nå hertil. At jeg sov i Fritimerne (gik tidligt i Seng behøver jeg vel ikke at sige. I Dag sov jeg også begge Timer. Var oppe at spille fra 7 – 8.15, Klaver 
+[Skrevet på hovedet øverst s. 1:]
+I Dag er den ene Fjerdedel af Tiden gået. Ingen af os venter at komme herfra paa normal Vis – mon det så ikke netop bliver det. Her er fredeligt som altid kun nu og da lidt Skyderi – dog aldrig hvor man selv er. God Nat! hils dem alle og husk at fortæl hvad det er med A.M. 
+[Herefter ikke på hovedet:]
+Hils hende mange Gange. Mon jeg har glemt noget? Vel nok. Men er saa søvnig. B. 
+[Skrevet på hovedet nederst s. 2:]
+Drengene var nok ordentlig vittige, de kære Hoder Gudskelov at Du ikke [ulæseligt] lille Mor.
+[Skrevet på hovedet øverst s. 2:]
+Tak Grete Mange Gange for Brev kan ikke overkomme mere i Aften. Sikke Gaver de har faaet. Dejligt at Dagen den store blev en Sukces
+[Skrevet på hovedet øverst s. 3:]
+er ganske vidunderligt da jeg kom igen efter at have spillet -----1. Gang var det stemt og i Orden der var 3 Toner der intet sa’, nu er det skønt siger jeg dig, og saa ligger der saa mange brugelige Noder 1 af de unge Læger spiller ret ofte dernede, dygtigt
+[Skrevet på hovedet øverst s. 4:]
+Hvad Afd. angaar er jeg flyttet på Gangen, der er ikke stort at lave, jeg pjækker den hver x efter ×Måltiderne har været henne i Krogen hos S. Rosaria i Dag der kan jeg bedst lide at være.
+×Smutter herind på Værelset og tager en Mundfuld Røg.</t>
   </si>
   <si>
     <t>1945-02-28</t>
   </si>
   <si>
     <t>Johannes Sixtus Thomsen</t>
   </si>
   <si>
     <t>Aalborg</t>
   </si>
   <si>
     <t>Den 24.2 1945 blev eksprestoget mellem København og Ålborg, for anden gang, sprængt i luften ved Tobberup, få kilometer nord for Hobro. Der var 20 dræbte og mange sårede. Sixtus Thomsen var ombord på toget.
 Første bombesprængning var d. 8. oktober 1944 samme sted. Dengang med 10 dræbte og et antal sårede.
 Begge bombesprængninger var schalburtage. (wikipedia)</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 2, 2002/61, A8, lb 11.</t>
   </si>
   <si>
     <t>Christine Swanes billeder kom godt til Aalborg. Sixtus Thomsen overlevede, men blev lettere såret, ved en bombeeksplosion i Ålborgekspressen. 
 Han har afsendt det lærred, som CS bestilte hos ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bOsD</t>
   </si>
@@ -4676,418 +3112,2116 @@
     <t>[Foto/logo med tekst:] Kunstsalen
 [Påtrykt tekst:] Malerier købes + sælges. Byttes. Altid arbejder af Kunstnere fra ”Grønningen” 
 ”Den Frie” og ”Charlottenborg”.
 Relieffer. + Skulpturer. Bestillinger paa kunstfærdige Lysekroner. Solure etc.
 Kommissioner for køb og salg
 Sixtus Thomsen
 Nutidskunst . Vesterbro 86 . Aalborg . Postgiro nr. 33225 . Telefon 7078
 [Maskinskrevet tekst:] Aalborg den 28/2 1945
 Kære Fru Christine Swane.
 Tak for sidst. Deres Billeder er ankommet til Byen, men jeg har endnu ikke faaet dem hjem, dog ved jeg at de er heldigt landet med Aalborgbaaden, saa jeg faar dem nok i Morgen.
 Jeg var jo ikke selv videre heldig med min Rejse, selv om jeg maa sige at jeg efter Omstændighederne var saa heldig som nogensinde.
 Jeg var nemlig i den Vagon hvor Brand og Fosforbomben var anbragt, og som foraarsagede at10 Mennesker dræbtes og 35 saaredes mer eller mindre farligt.
 Muuligt har De slet ikke hørt noget om denne forfærdelige Katastrofe, da jeg har bemærket at saavel Radio som Hovedstadspressen ikke har omtalt den [udstreget ”den”] Katastrofen [udstreget”Katastrofen”] og [”og” indsat over linjen] som ramte Ekspressen, der gaar [overstreget ”gaar”] gik [”gik” indsat over linjen] fra Kbhvn. Lørdag Morgen, efter at den med stor Forsinkelse ved Kl. 23 Tiden var nogle km. nord for Hobro, hvor de mange Mennesker blev Offer for det kyniske – ja sadistiske Attentat.
 Det lykkedes ikke at redde alle de saarede, da Flammerne omspændte Vagonen i Løbet af mindre en et Par Min.
 Selv slap jeg - som ved et Mirakkel - med en Flænge i Hovedbunden, og et ret betydeligt Blodtab, og saa selvf. et Tab af nogle Ejendele. Jeg havde intil Randers - hvor jeg fik Siddeplads - opholdt mig i Sidegangen, hvor alle blev dræbt eller haardt saaret.
 Naa, jeg er altsaa i Stand til at indfri mit Løfte og sende dem det omtalte Lærred.
 Der er 4 ½ Meter hvid Hør a. Kr, 15 Kr. 67,50
 5, 20 Met. Graa do a. ” 15 75,00
 Desuden et Stk Hørlærred til samlet Pris ” 0,00
 Kr. 162,00
 Hvis noget af det fremsendte ikke er efter Ønske, eller ikke egner sig til det paatænkte Formaal, skal De bare returnere det.
 Med Hilsen
 [underskrift] Sixtus Thomsen</t>
   </si>
   <si>
-    <t>1944-01-28</t>
-[...15 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/rzvI</t>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Lensgrevinde
-[...2 lines deleted...]
-Bandholm.
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
 [I brevet:]
-Kjerteminde 28 Jan. 1944.
-[...17 lines deleted...]
-Christian Eckardt
+Lindøgaard Søndag, d. 18de Marts 45.
+Kære lille Dis!
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
 Adolph Larsen
-Georg Larsen
-Jeppe Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
+  </si>
+  <si>
+    <t>1945-04-10</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Bodild Branner
+Ellen Branner
+Thora  Branner
 Marie Larsen
-Vilhelm Larsen
-[...30 lines deleted...]
-    <t>Strandgade 3, Kerteminde</t>
+Pernille Marryat
+Axel  Müller
+Marie Paludan
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Hempel Syberg
+Børge Tinesen
+Frederik Warberg
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Paludan var søster til Otto Emil Paludan og fungerede som husholderske for ham, mens han arbejdede som godsforvalter og boede på gården Erikshaab. Denne gård var tidligere beboet af Warberg-familien, og de må have efterladt noget (blandt andet breve), da de flyttede.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0641</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for den flotte pakke med tobak, sukker, breve, som hun troede var gået tabt, og materialer til børnetøj. 
+Ellen Branner gik på Frederiksberg Allé, da den Franske Skole blev bombet. 
+Louise Amstrup er død. 
+Der er mangel på cykler og tændstikker. 
+Astrid/Dis' humør bliver nok bedre, når de tre søde piger kommer til at bo i nærheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xput</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12 April 1945.
+(Onkel Sybergs Fødselsdag)
+besv. 21 April.
+heri ligeledes Brev af [”af” overstreget] modt. 26’ April
+besv. 27’ ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindegaard Dræby St. Fyen.
+Lindegaard Tirsd. Middag 10-4-1945. 
+Kære lille Dis! Det er vel nok godt gjort, at naar jeg sender Brev til dig den 3 die, saa faar jeg Brev fra dig den 9 ende, hvori du skriver: skriv snart! Det er mintro en langsommelig Postgang for Tiden. 
+Det var sandelig en righoldig Post i Gaar. Grete og hendes Broder, Børge som jeg kender godt og holder meget af, traf til at være her, vi sad ved Kaffen, da Posten kom. Først din lille meget indholdsrige Pakke, tusind Tak for det alt sammen, saavel Gaverne som det besørgede, Børge var grøn af Misundelse navnlig over den ene Pakke Tobak, som Kenderne betegnede som meget fin. Og de tilsendte Breve!! Jeg har saa tit været ked af, at de gamle Breve fra den søde Onkel Frederik var gaaet tabt; Marie Paludan (den søde i en anden Mening) gjorde mig jo den Tort at brænde en stor Papæske med Breve som stod paa Loftete, [sidste ”e” ordet overstreget] da jeg var i Amerika og jeg har troet, at alle hans var derimellem, dette ene, som jeg husker saa godt i hvert Fald Begyndelsen ,,naa saa du har mødt din første Jomfru Larsen” o.s.v. er altsaa paa en eller anden underlig maade bleven reddet fra Baalet. Tænk 50 Aar gammelt! 
+Saa var der en mægtig Pakke og da jeg saa Afsendernavnet: Bodild W. J. sagde jeg straks til Grete, at det var vist noget, hun havde Interesse i, og ganske rigtig, lutter Sager til Børnetøj af forskellig Art; hun skrev, at hun havde efter Tante Louises Død fået en hel Del efter hende, saa nu var der en Del, hun kunde undvære; det var sødt af hende og saa uhyre kærkomment. Hvilken let Død den gode Louise fik. Jeg havde hørt det fra min Svigerinde Marie; hun skrev om Ellen Branner, der var saa sløj og træt og var bleven saa ældet. Tænk, hun var gaaet i Frederiksb. Allé, da Maskinen styrtede ned over d. franske Skole, det føg om hende med Partikler af alle Slags, men da hun har svagt Hjerte, maatte hun tvinge sig til at gaa ganske langsomt til hun naaede i Sikkerhed. Hvilke rædselsfulde Oplevelser Menneskeheden dog har i disse Aar.
+Men lad mig blive færdig med den righoldige Post: endvidere var der Brev fra Tutte. De havde d. 8de Marts Bodilds Fødselsdag netop siddet og læst et [”et” indsat over linjen] Brev fra Louise og beundret en Gave fra Louise, da Johan ringede fra Kbhvn. at hun var død – laa død i sin Seng om Morgenen. Det maa have været underligt – hun var altsaa allerede død, da de fik Brev og Pakke fra hende. Tuttes Ben er da igen lidt bedre, gid det dog maa vare, det er lidt ængsteligt, at det sådan stadig bryder op.
+Vi slagter i Dag, men da vi er saa godt med og mit Ben ikke paa nogen Maade vil finde sig i Overanstrengelse for Tiden, har jeg nu efter Middag sat mig ned til dette lille Brev. Bibbe er endnu ikke kommen, vi venter hende i Morgen. Mon hun saa naaede ud til dig, hun tænkte at laane en Cycle i Birkerød, men der er vel snart ikke flere Cycler i Orden. Elle skal nok faa sin Æske Tændst. Vi tænder nu vore Piber ved Fidibussen, naar vi har Ild i Køkkenet. Er det lidt skraldt med Humøret lille Dis? Vor Herres Sol skinner dog ellers saa velsignet i denne Tid, men det kan vel ikke gøre det. Mon ikke, det skulde hjælpe lidt, naar den Tid kommer, der de 3 søde Piger bliver bosat derude, hvis du faar Fornemmelsen af en god Omgang lige ved dig. Og saa at Janna er saa lykkelig, og den lille Pige saa yndig. Og din Mønster-Have. Vi maa tage det hele med lille Dis i disse Tider; alle de Rædsler pynter ikke paa ens Velbefindende – mildest talt!
+[Indsat side 1 øverst, skrevet på hovedet:]
+Hvor er det dog nogle dejlige Cigarer, du har sendt mig, jeg har røget den ene og skal nok ryge de andre tre selv ogsaa. Og Tak for Krystal,s. det sparer saa godt paa Sukkeret. – Den Muskatnød du sendte mig i Julen er jeg saa glad ved, den pynter paa Fiskeretter. - - Hvor morsomt med alle de gamle Breve. – Kan du huske, at Fanny spåede om alle de Horder Syd fra, der vilde strømme her op og plyndre?
+[Indsat s. 1 i venstre margen:]
+Jeg sender en 5er i næste Brev, har ingen i Øjeblikket, saa kan vi al [”al” overstreget] udligne, hvis I en Gang sender lidt igen.
+[Indsat s. 1, nederst, på hovedet:]
+Sig Axel tusind Tak for Tobakken.
+[Indsat s. 2 i venstre margen:]
+Og saa kun tusinde Hilsner til dig selv lille Dis. Godt Mod! Din Junge</t>
+  </si>
+  <si>
+    <t>1945-04-12</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph Larsen var indlagt med en kræftknude i maven. Johanne/Junge Larsen boede nogle dage hos Else Larsens forældre (Overgaard) i Odense for i forbindelse med besøg på hospitalet at have mindre transport.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0644</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen er hjemme igen efter at have været hos Overgaards, som var søde. Laura/Bibbe har talt med egen læge, som sagde, at selvom der var tale om en kræftknude, var chancerne for helbredelse gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0jIO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Post-logo]
+Afsender
+[Håndskrevet på adressesiden:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru 
+A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på brevkortets tekstside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. Overgaards var saa søde at være hos og Fru O. sagde i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[på brevkortets adresseside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-11-26</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen levede mange år efter den vellykkede operation.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0643</t>
+  </si>
+  <si>
+    <t>Lægen sagde, at det var nødvendigt at operere Adolph/Agraren. Han kom med ambulance på hospitalet. Johanne/Junge spurgte via Else, om hun kunne bo hos Elses forældre en tid, og det var OK.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nlNE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. Tirsd. Aften 27/11- 45.
+(om Agrarens Sygdom)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet:]
+pr. Dræby St. 
+[I brevet. Fortrykt:] 
+JOHANNE WARBERG LARSEN
+[Håndskrevet:]
+Lindøgaard Mandag 26-11-45 
+Kære lille Dis!
+I Fredags Aftes sagde Doktoren at en Operation var tilraadelig – ja vist nødvendig. Allerede næste Formiddag kom han derud – til Odense – Bibbe med i Ambulancen; hun blev der til i Gaar Aftes og mente, at den stakkels Agrar var meget ked af det. Jeg ringede i Aftes [”i Aftes” indsat over linjen] til Else og spurgte om hun troede, hendes Forældre vilde huse mig en lille Tid, og det vilde de med Fornøjelse - viste det sig. 
+Jeg tager derud nu om et Par Timer derfor bliver dette lidt knapt. Vi ser temmelig mørkt paa det og maa gøre alt hvad vi kan for at mildne det for ham. Han ligger heldigvis paa en 2 Sengsstue. Jeg skriver igen. 
+Tusind Hilsner Din Junge
+Adr. Overgaard Nielsen
+Vestergade 28 III
+Odense</t>
+  </si>
+  <si>
+    <t>1945-12-04</t>
   </si>
   <si>
     <t>Adolph Larsen
-Georg Larsen
-[...20 lines deleted...]
-Din hengivne
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er Adolph Larsen, som er syg af kræft og indlagt. Hans sygdom er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er nu kommet hjem igen. Familiens egen læge har sagt, at hvis kræftknuden bliver bortopereret, er prognoserne gode, og det har givet nyt håb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LwFS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Brevkortets bagside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. 
+Overgaard var saa sød at være hos og Fru O. sagde til mig i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[Brevkortets forside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-12-06</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Grete Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen skulle opereres for kræft.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
+  </si>
+  <si>
+    <t>Johanne har pakket æbler i Astrid og Axels kuffert til dem, men hun er bange for, at den er for tung.
+Adolph/Agraren er indlagt og undersøgelserne tager på ham. Det trækker ud med operationen.
+Laura/Bibbe har taget vikararbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J1od</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+pr. Dræby St. Fyen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Brevkortets bagside:]
+Kære Dis! Fredag
+Jeg har pakket Æbler i Jeres Kuffert, godt med Halm for neden og oven og kun 2 Lag Æbler. Nu har jeg faaet Betænkeligheder, for jeg synes den er saa tung. Spørg Axel, om han tror, det kan gøre Kufferten noget. Jeg vil binde godt med Høstbindergarn uden om den for at styrke den. Jeg vil ikke sende den før jeg hører om A’s Mening desangaaende. Du fik vel mit Kort om at jeg er kommen hjem, Bibbe og jeg skal derud i Morgen, der er ikke noget om Operation endnu; han har det helt godt, har været lidt oppe et Par Dage, men alle de Undersøgelser tager en Del paa ham. Gretes Per var derude i Gaar vist mest for at se til Agraren den kære Dreng købte Krysantemer derude til Agraren. I Dag er Edith i Odense og vilde se op til ham – Hvis Operationen bliver ved at trække ud, faar vi ham vel daarlig hjem til Jul. Vi laver intet til til Julen og giver ikke Gaver i Aar ---
+[Brevkortets forside:]
+Hvordan mon I har det? Din A – a?
+Bibbe har taget Pladsen som Vikar her i Sognet. Mange Hilsner til A. og dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1946-04-01</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
 Johannes Larsen
-P.S.
-[...14 lines deleted...]
-Elise Hansen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Christine Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Malerens var Johannes Larsen, hans søn og svigterdatter på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2452</t>
+  </si>
+  <si>
+    <t>Johanne Larsen kan ikke forstå, at Astrid kunne gå tur efter den hårde omgang med tandudtrækninger. Selv måtte hun hjem og ligge i sengen hos Johannes Lasen og hans familie, da hun havde fået trukket 17 tænder ud.
+Johanne kommer ikke til Astrids fødselsdag, for hun har travlt, og hun er bange for at blive syg, hvis vejret bliver koldt. Hele Johannes familie er inviteret til Christine Swanes/Uglens 70årsdag, men kun de unge tager med. 
+Laura/Bibbe arbejder som hjemmesygeplejerske, og hun synes ikke, at der er nok at lave.
+Lise har brændt hænderne slemt på kakkelovnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kww0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt 3’ April 1946
+besv. 11’ ” ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mandag 1st Apr. 46
+Kæreste lille Dis!
+Sikken dog et Held, at mit Brev netop skulde komme i det selvsamme Øjeblik, som du skulde gaa til det frygtelige hos Tandlægen, og at det kunde give dig saa megen Styrke og Mod fra, af og til kan der være Held i det. Altsaa: Tak for dit Brev! Hvor maa det have været en frygtelig Omgang, naar Bedøvningen ikke vilde virke. Men een Ting fatter jeg ikke: at du lige efter kunde gaa en to Timers Tur?! Og du snakker om, at vi andre er Kæmper i Modsætning til dig! Da jeg havde faaet mine ud, kørte Tandlægens Frue mig op til Malerens, der kom jeg straks i Seng og var da mere død end levende; f. Eks. var det udelukket at spise en eneste Smule. Maaske gjorde det noget, at jeg jo ikke kan taale [ulæseligt ord] samt at der var 17 Tænder men alligevel!
+Nej, lille Dis, det er fuldstændig udelukket at jeg kan komme til din Fødselsdag, for vi skal nemlig skifte Pige til Maj, eller rettere Edith skal rejse; nej de sidste Dage før Maj er alt altid her i Sus og Dus. Hver dag er planlagt længe forud; den sidste Vask samt Rengøring i Køkkenregionerne bliver i den Tid lige efter Paaske, og jeg kan umulig være herfra, jeg vilde ikke have eet fredfyldt Minut, naar jeg vidste, at jeg var løbet fra det hele. Det kan du nok forstaa, ikke? Nej, vi maa vente til det bliver Sommer. Desuden er der jo selve Aarstiden at tage i Betragtning. Det kan være lidt sommerligt i Slutn. af April, men det kan rigtig nok ogsaa være hundekoldt og jeg er vel pænt nødt til at tage Hensyn til Helbredet. Nu har min Bronchitis igen svungen sig op og hvem ved hvordan den er om 26 Dage. Det gør mig ondt at jeg maa skuffe din Fødselsdagsplan, men haaber, du nok kan forstaa, at jeg har gode Grunde for det. – Uglen har 70 Aars Fødselsdag d. 29de Maj og forleden kom der Indbydelse fra hende til os alle: Agr. jeg Manse Bibbe Tinge og Grete. Det bliver vist saadan, at de 4 unge rejser, men Agr. og jeg ikke. Agr. vil bestemt ikke, og jeg kan da ikke tage 2 Rejser – naa ja, saa kunde jeg jo kombinere den med Besøget hos Jer, men jeg synes nu, det var kedeligt om Agr. skulde være her helt alene og alle kan vi jo ikke være [”være” indsat over linjen] borte her fra. Jeg skrev og takkede og anmeldte altsaa de 4, og skrev saa en passant: hvordan med Natteleje? er der nogen Planer om det?
+Tirsdag. Dette bliver vist baade kort og forvirret. Grete kom i Gaar med Lise og de blev her hele Eftermiddagen; det var herligt, men det blev saa ikke til noget med Brevskrivning. Foraarstravlhed er allerede i fuldeste Sving her baade ude og inde. Edith gør hovedrent og jeg passer Huset – 2 Mand paa Kosten, d.v.s. da kun Middagsmaden, men alligevel mærkes det. Bibbe er ude i Embeds Medfør baade Dag og Nat; en Patient skal for Tiden have Tabletter hver anden Time; hun tager derop Kl 11 ½ om Aftenen, ”sover” paa en Sofa og lader Væggeuret kalde hver anden Time. Endnu har vi ikke set hende, skønt Kl. er over 10 (Form.) saa hun er sendt til Patienter. Og dog klager Bibbe over, at der ikke er nok at bestille!! Hun sagde forleden ”jeg ved ikke om jeg i det lange Løb kan holde ud, at der er saa lidt Arbejde”!! Naa det er ogsaa i Timetal, undertiden er der kun et el. 2 Besøg om Dagen. Lise kan nu gaa alene, men det kniber jo vældigt med Balancen og de smaa tykke Ben skræver. Hun har brændt begge sine smaa fine Hænder paa Kakkelovnen, Læge omgaaende til Forbinding og saa senere til at klippe Blærerne op. Hun sad ganske stille mens det foregik og saa alvorligt paa ham. Grete syede Forbindingerne fast paa en lille Trøje saa hun ikke kunde rive dem af. Tinge var helt hysterisk den Dag det skete, og det var jo ogsaa frygteligt, saadan smaa fine Hænder, det var strengt for dem alle. Tak for de tiltænkte Cigarer, godt at jeg ikke fik dem! for det var vel Mulighed for Afgang at du skrev det? nu maa jeg ud til Maden og saa slutte lige efter Middag. – Jeg vilde ønske, jeg kunde forære dig lidt af Uroen i dette Hus. Siden jeg sidst skrev har her været 3 forskellige fremmede og Bibbe hjem til Kaffeanretn; nu sover hun eller hviler da, hun var meget træt, men skal da ikke vaage i Nat! Sikken et vidunderligt Vejr, og saa mærkelig kort efter den Periode med den strenge Frost. Men det er herligt. 
+[Indsat øverst s. 1; på hovedet:] Nu haaber jeg, at mit næste Brev bliver lidt mindre stakaandet – Hovedrengøring gør mig altid stakaandet. Hils den gode Axel saa meget!
+Tusind Hilsner fra din
+Junge.</t>
+  </si>
+  <si>
+    <t>1946-06-22</t>
+  </si>
+  <si>
+    <t>Poul Gregersen
+Elena Larsen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem konen, præsten, Bibbes kammerat og Jørgen var. Heller ikke hvilket barn Elena/Bimse Larsen medbragte. 
+På Munkebo Bakke er der et udsigtstårn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2458</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for brev og pakke. Hun har haft gæster, lige siden Astrid/Dis og Alex rejste, så hun er træt. De besøgende var Elena/Bimse og en dreng, en af Martin/Manses venner, en præst fra Odder m.fl. Med præsten tog de på tur til Munkebo Bakke med. 
+Lars og Ursula Swane kom noget forsinket med en hund til Erik/Tinge. De var punkteret og mistede en færge. 
+Johanne har sagt nej til at tage et feriebarn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JSMC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+24 Juni 1946
+besv. 30’ Juni
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Kære lille Dis!
+Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
+Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
+I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
+Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
+[Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
+Hils Axel fra mig og de andre.
+Ogsaa Hilsner til dig selv, flest fra din Junge.
+Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
+  </si>
+  <si>
+    <t>1946-08-04</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Lena Brita Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Anna Meyer 
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
+Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
+Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg af opkastninger. 
+Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
+Anne Marie stopper som hushjælp, og det har slået Johanne helt ud. Laura/Bibbe og Marie/Rie hjælper dog godt til. 
+Johannes gamle gigtsygdom blussede op en nat. 
+Anna Meyer m.fl. har også været på besøg. 
+Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i0jC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6 August 1946
+besv 18 Aug. 
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag 4-8-1946.
+Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
+Kære lille Dis!
+Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
+Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
+Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
+Tusind Hilsner til Jer begge.
+fra din Junge.
+Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
+[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+  </si>
+  <si>
+    <t>1946-12-19</t>
+  </si>
+  <si>
+    <t>Andreas Branner
+Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Larsen
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Albrecht  Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Følgende personer kendes ikke: Else fra Kroen, min lille Elev og Jørgen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0646</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Grete har slagtet en stor gris. Grete er meget dygtig, men Johanne har ingen kræfter. 
+Erik/Tinge har meget held med sin strandjagt, som er en indbringende hobby.
+Det var trist med Thora/Tutte. Andreas reagerede hverken da hun eller Vilhelm døde. Man må håbe, at han bare ikke kan udtrykke følelser. 
+Elle(n) skal med bil til København.
+Ved juletid tænker Johanne altid på barndommens jul på Erikshaab. 
+Grete, Erik og deres børn har været til midda hos Johanne og Adolph.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ws90</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Jul 1946.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+25-1-2002.
+12-7-2000
+26-6-
+BWP.
+[Julemærke med tekst: Jul 1946 DANMARK]
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Det samme julemærke som på forsiden]
+[I brevet:]
+[To julemærker indsat som på kuvertens for- og bagside]
+Torsdag Aft. 19de Dec. 1946.
+Kære lille Dis!
+Nu er du saa den sidste i Rækken af min Julepost, som jeg har arbejdet med i længere Tid. Aldrig har min Julekorrespondance taget mig saa lang Tid, men der er da ogsaa temmelig lange Breve imellem. 
+Nu er vi saa lige ved Julen og jeg konstaterer med Tilfredshed, at jeg er nogenlunde ”me’” – lidt Travlhed kommer der jo altid lige til sidst, hvordan man end bærer sig ad. Vi har slagtet en vældig stor Gris med meget Fedt og Flomme; Grete var her næsten hele Dagen i Gaar, og vi fik [”fik” indsat over linjen] en Masse til Side; hun er et meget dygtigt Menneske; skønt hun dog ikke har slagtet Gris ret mange Gange, saa var hun helt perfekt, det var skam hende, vi støttede os til og spurgte: hvordan nu? I Form. kom hun igen og kogte hen, 8 store Glas. Og saa er hun saa fornøjelig og glad altid, hun hører til dem, der vinder, når man lærer dem at kende. Det er dejligt. J har altid holdt meget af hende og sat hende højt.
+Nu paa den Slagtedag kunde jeg rigtig mærke at baade mine Kræfter og mine Evner er meget i aftagende, men det vilde vel ogsaa være meget sært andet med al den sygdom, jeg har haft lige siden 1938. 
+Her er ikke den Ro i Aften, som jeg havde tænkt mig. ”Else fra Kroen”, en Veninde af Huset har været her, og lille Ling, som Alhed altid kaldte Tinge, er her i Øjeblikket. Naar man snakker det ene Øjeblik og skriver det næste, saa er der ikke den fulde Andagt. Her er nok at drøfte; Manse har nu været paa Stranden hver Dag i længere Tid – de sidste 6 Dage i hvert Fald; han har haft helt godt Udbytte hver Dag, men i Aften kulminerede det, han kom med 11 Knortegaas 9 Graaænder og 4 Smaaænder, det giver ham en god Dagleje paa 55 Kr! Saa ved Siden af at det jo er hans store Passion og en udsøgt Fornøjelse er det altsaa ogsaa indbringende og det er ikke alle Fornøjelser, man kan sige det om. 
+2
+Jeg har i Eftermiddag – blandt andre – ogsaa skrevet til Bodild og Fritz, å hvor jeg syntes, det var svært. Og saa tomt ikke at have den søde Tutte at skrive Julebrev til. Det gør ondt at tænke paa deres Jul derovre. Jeg havde Brev fra Elle i Dag, hun skriver, at Andreas slet ikke reagerer paa nogen Maader paa Tuttes Død. Vi hørte det samme, da Vilhelm døde, men nu er han jo da ældre, og han havde jo da haft saa meget med Tutte at gøre. Hvordan mon dog det skal forklares. Han maa da være omkring ved 13 Aar, det har vi regnet ud, for Bibbe var jo en lille Tid hos Bodild i Hillerød, da hun gik med ham. Lad os haabe paa, at Bristen kun ligger i, at han ikke kan vise sine Følelser, men at de godt nok er der. 
+Elle rejser til Kbhvn paa Søndag og kommer bilende lige derind; en Chauffør i Kjerteminde skulde hente nogen i Kbhvn. og averterede saa i Kjertem. Avis efter Passagerer til Kbhvn. og da Elle meldte sig fik hun Plads – sammen med flere andre – altsaa - . Hun glædede sig til at bile den Tur, havde pudsigt nok aldrig bilet den før, og da hun vel næppe nogen Sinde har cyclet den, saa er den altsaa helt ny for hende, det er kunstigt, jeg synes, jeg har færdedes der saa tit.
+Har du det ikke ligesom jeg, at man hver Jul ligesom oplever hele Julen hjemme paa Erikshaab? Alle de stemningsfulde Bagedage Herrernes Terminsrejser, Juletræsklipningen lille Juleaften, naar Far kom fra Arreskov med Juletræet, selve Juleaften – og man havde om Formiddagen været med Far spaserende op til Degnen med Julegaver til Børnene; det faldt nok væk med Tiden, jeg husker det navnlig fra den Tid, da jeg var saa lille, at jeg gik med Far ”ved Haanden”. Og Julemorgen, naar Mor var gaaet i Kirke, og der var halvkoldt alle Vegne i hvert Fald der, hvor Juletræet stod; Bænken oppe fra Kontoret var undertiden flyttet hen for Døren, saa vi ikke kunde komme ind til Juletræet og negle af det, for den Gang hang der jo virkelig Godter hængt paa Juletræerne nu er det [”det” overstreget] Juletræet jo mere for ”et Syns Skyld” som Jørgen vilde have udtrykt det.
+III
+Nu er vi kommen saa vidt, at der fældes Grantræer i Haven til Juletræer baade til Tinges og til os. Næste Aar kan Lise måske være stor nok til at forstaa det og være med til at ”vise ud”. Hun var her, den Dag vi slagtede, vi havde engageret min lille Elev til at lege med hende, og det klappede udmærket; hele Familien var her til Middagsmad, den stod paa friskbagte ["e" sidst i ordet overstreget] Blodbudding, en mægtig Skude Æblegrød var kogt Dagen før; Roesirup med Fedt i – og saa ikke mere. Til Aften lavede Grete med Lynets Hast Frikadeller af den sidste Rest Medisterfars, som vi ikke havde Tarme til. Det hele var saa festligt.
+Naa, lille Dis, jeg tror, jeg maa slutte og saa i Seng. Gid I nu maa faa en herlig Juleaften med lille Nille og have det rart i Juledagene, Har Axel kun Juledagene fri? 
+Altsaa: Glædelig Jul! baade til Axel og dig og tusind Hilsner fra din Junge
+[Det samme julemærke indsat som tidligere].</t>
+  </si>
+  <si>
+    <t>1947-01-27</t>
+  </si>
+  <si>
+    <t>Vilhelm Balslev
+Louise Brønsted
+Niels Finsen
+Ina  Goldschmidt
+Adolph Hitler
+Grethe Jungstedt
+Charlotte Knipschildt
+Adolph Larsen
+Benito Mussolini
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Maria von Sperling. g. Balslev
+Karen Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Den omtalte gård hed Lindøhus, og Warberg Larsen-familien købte den. 
+Abessinien, også kendt som Kejserriget Etiopien, var et østafrikansk imperium, som varede fra omtrent 1270 til 1974, da kejserriget blev styrtet af den marxistisk-leninistiske junta Derg. Ved sin største udstrækning før statskuppet omfattede riget nutidens Etiopien og Eritrea (Wikipedia, febr. 2024). 
+Gard Roger Martin du: Familien Thibault. Gyldendal, 1963. Bind 1. Den grå stilebog. Straffeanstalten. Den smukke årstid. Bind 2. Konsultationen. Sorellina. Faderens død. Bind 3. Sommeren 1914 første og anden del. Bind 4. Sommeren 1914 tredje del. Bind 5. Epilog. Gennem skildringen af en borgerlig fransk families vidt forskellige menneskeskæbner gives et indblik i fransk samfundshistorie 1905-18.
+Roger Martin du Gard, f. 23/3 1881, d. 22/8 1958, fransk forfatter. Han blev tildelt Nobelprisen i litteratur i 1937. (Wikipedia, febr. 2024). 
+Det vides ikke, hvad sagen om Ina/Sjums' sygdom og "den stakkels Polak" gik ud på.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0626</t>
+  </si>
+  <si>
+    <t>Dejligt at Axels fødselsdag gik godt.
+Frosten er slem, men nu skinner solen ind i stuen.
+Johanne/Junge og Adolph/Agraren er ved at købe en gård til Erik/Tinge. Johanne beskriver den. Udbetalingen er 6000 kr. De må sælge to heste. De to gårde skal fremover drives sammen. Sælgerne kommer til kaffe.
+Charlotte Knipschildt har sendt brev.
+Martin/Manse kan lide at dele sine fremtidsplaner med Johanne. Han er en slider.
+Laura/Bibbe er syg.
+Johanne skriver betragtninger over krigen.
+Elle(n) har ikke været på besøg længe. Ina er syg. Maria/Marie Balslev har ringet. 
+Johannes Larsen har fået fjernet en polyp på stemmebåndet og får nu behandlinger hos Finsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JNI0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Heri: 
+Tinges Gård?
+modt. 29 Jan. 1941 
+besv. 30 Jan.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St
+28-2-03.
+Langfredag 
+21-4-2000
+B.W.P.
+Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St. 
+[I brevet:]
+Lindøgaard Tirsdag ["Tirsdag" overstreget] Mandag 27-1-41.
+Kære lille Dis!
+Tak for dit lange og interessante brev – der var jo baade godt og ondt i lange Baner – det er altid lidt længe undervejs, jeg faar det først to Dage efter at det er stemplet i Kjøbenhavn du nævnede ikke, at du havde faaet Brev fra mig (?) saa vidt jeg husker en 5-6 Dage før Axels Fødselsdag, men det var vel kun fordi der var saa meget andet at skrive om. Det var et ekstra langt.
+Hvor det dog glædede mig at høre om Axels festlige Fødselsdag; jeg synes næsten at det morsomste var al den Virak, det blev ham til Del paa Kontoret – at ens Familie fester for en er lige som lidt mere selvfølgeligt. Hvor var det dejligt Dis, at han fik saa stor en Glæde ud af Dagen, den gode Axel! Og hvilke Gaver baade fra Jer og fra Søstrene! Alt har glædet mig; det var godt, du skrev saa udførligt om det. - - Er det dog ikke grusomt som Frosten klemmer? Og med en Snes Grader om Natten vore Henkogningsglask fryser men Nina paa Glorup mener ikke det gør noget – hvis bare Glassene vil holde. Mange af Æblerne frøs i sidste Omgang, skønt de stod i Kassen lige op ad Skorstenen paa Loftet; saa flyttede vi dem ned i Foderloen, hvor der er aabent til begge Stalde, Hestest. paa den ene Side og Kost. paa den anden. Om dem vi reddede vil holde der, skal vise sig. Det er slemt ikke at have en Kælder. 
+Her foregaar store Ting for Tiden, Ting der endnu ikke tales om, men til Jer gør det jo ingen Ting. Vi er ved at købe en lille Gård paa op mod en Snes. Tdr. Land til Tinge; den ligger lige herved nede ved Fjorden. Vest for Gaarden. Manden og Konen kommer paa Onsdag Aften til Kaffe, saa skulde det sidste Slag slaas, men før der er handlet er jo intet sikkert. Vi lever og aander i det og taler ikke om andet, kan du nok tænke; det vilde for os alle være en meget stor Begivenhed, kan du nok tænke. Det er en straatækt Ejendom, alt saa uhyre velholdt, et stort Stuehus; Jorden er udmærket. Det er jo en dristig Handling, naar man er blottet for Penge, men de vil lade en hel Del Penge staa i Ejendommen og nøjes med en mindre Udbetaling; vi regner med 6000. Priserne paa Dyr er saa høje nu, at vi ved at sælge 2 af vore 4 Heste kan skaffe 3.500 Kr!! Der er 2 Heste paa Ejendommen og med 4 kan begge Bedrifter drives; i Begyndelsen vilde det blive drevet i Fællesskab, baade hvad Heste og Arbejdskraft angaar. Vi regner med at kunde faa Pengene i Banken i Kjertem. og at indbetale dem i Løbet af et Aar eller to. Priserne paa Landbrugsvarer er jo store i disse unormale Tider. Men vi tager hele Tiden Tag i os selv og siger, at vi ved jo endnu ikke om det bliver af; selv om det hele ser godt ud, saa er der jo det, at man kan ogsaa købe Guld for dyrt. 
+Vore Helbreder er som sædvanlig. Agraren skulde egentlig 3 Gg. om Ugen til Sygehuset i Kjertem. for at faa elektrisk Behandling; venstre Side af Ansigtet er stadig lammet, men vi synes jo, at det er en grov Kulde for ham at færdes i. 
+Efter Middag. Det var en slem Lussing, Posten, som plejer at komme ved 3 Tiden var her allerde før Middag i Dag, saa maa det være til i Morgen med at faa Brevet med. Vi sidder i fuld Solskin herinde; d. 15de titter Solen over Ladetaget for første Gang siden Solhverv, og nu har vi den allerede adskillige Timer om Dagen; allerede naar Vor Herres Ur er 11, skinner den herind jeg fryder mig og lader den uhindret skinne paa mig. Solen er jo den store Læge, som den gode Professor sagde. 
+Jeg havde et henrivende lille Brev fra Charlotte Knipschildt forleden Dag; Hun skriver udmærket og saa sødt og kært; hun var saa fornøjet over et Besøg hun i Julen havde af Elle, Grethe og Lugge. Hvor er det godt, at I passer hende, I, som kan; hun skrev saa meget om dig, om hvor glad hun er ved dine Besøg, som opmuntrer hende saa meget. Hun bliver 90 i 1942. – 
+Det er altid saa vanskeligt at skrive Breve her i Huset paa denne Aarsens. Tid; Mandfolkene har saa lidt at gøre i saa stræng en Frost; saa 
+3 de sidder herinde og snakker; der er som du kan tænke dig meget at diskutere og jeg skal helst være med i det hele. Efter Middag - - - - -
+Næste Dag. Mere blev det ikke til i Gaar og i Dag begynder det ikke allerbedst. Jeg bliver først kaldt paa, naar Stuen her er ren og navnlig varm og i Dag opvarmedes det først Kl. 10! I Gaar kom Posten inden Middag (ellers mel. 2-3) så du ser, det hele er lidt ubestemt. Sagen er, at om Aftenen – sent – er her jo Ro nok, men da er jeg meget for træt til at skrive Brev. 
+Senere Manse elsker at sidde herinde og snakke med mig om alle sine Fremtidsplaner – Køb af mere Jord til Gaarden o.s.v. Hvor er det henrivende for ”en Moder” at mærke, at der intet sker uden at hun er med i Forhandlingerne. Jeg er jo ogsaa en Del inde i alt, hvad angaar Landbrug, saa jeg endog af og til kan være af en anden Mening end ham og ikke altid bare naa og ja. Nu mærkede han at i Dag vilde jeg helst være fri; der kom et lille: nå, du vil ikke snakke – og gled saa ud til sit Virke. Tinge kunde det ikke saa let falde ind at snakke, naar der overhovedet er nogetsomhelst, der kan udsættes. Han er den store solide Arbejdskraft. I Aftes sad han her og slob e ["o" overstreget og ”e” i ordet indsat over linjen, så ordet biver "sleb"] det store Træ-Sav, og i Dag er han gaaet i Gang med at fælde Mirabel-Hækken; den er bleven for gammel og skal falde; saa gror den op fra neden og giver os igen Mirabeller. Bøgelysthuset skal også ned; Manse så lidt ængstelig til mig, da min Glæde ved de Bøge er velkendt, men ogsaa de gror jo op igen; jeg gør af Princip aldrig Indvendinger mod den Slags Bestemmelser, for at de ikke skal føle os gamle som Klods om Benet. Nu er det dem, der råder og de skal staa frit. Vi har haft Aar nok til at raade i. – Bibbe er desværre ikke særlig rask for Tiden, det arme Barn, naar mon hun dog kan rette sig helt igen. Hun bager derude paa fuld Kraft til Manden og Konen, som kommer til Aftenkaffe i Morgen Aften. Vi lever i en hel Feber af Spænding! Og saa er alt det jo kun Smaating, naar man tænker paa Verdens-Situationen. Den begynder sande-
+4 lig at blive spændende. Hvor Englænderne dog kan og hvor Hr. M. faar Klø. Nu ser han vist klart, at han skulde have holdt sig paa Afstand af Hitler. Det kunde jo se ud som om han i Fredstid har haft megen Sans for Italiens indre Udvikling – materielt selvfølgelig kun; paa Sicilien f. Eks. er der nok gjort utrolig meget for at vinde nyt Land; mægtige Arealer var i Færd med at opdyrkes der og give Brød til mange Munde; men hans Krigs-Tilbøjeligheder ødelægger jo alt. – Manse hører næsten al Presse fra England, kender Tiderne og stiller ved Radioen. Det gør I vel ogsaa, i hvert Fald kan man jo høre norsk, svensk og dansk Presse fra London fra 7½ - 8. Hvor maa den abes. Kajser [”e” indsat over linjen, så der står ”Kejser”] være glad, nu er han langt inde i sit Land igen. Det ser galt ud i Morgen; de arme! de faar rigtig nok Knytnæverne at føle; men Turen kommer jo ogsaa til os en Gang, hvis de nuværende Tilstande skal vare; - - Kender du ”Familien Thibault”? Der er jo Masser af Bind; jeg er kommen til det Bind, som har til Undertitel: ”Somren 1914”. Det er meget interessant; han fremfører i en Samtale sin Mening, om de dybere Aarsager til Verdenskrigen; det er en fransk Socialist som taler og han er blottet for Patriotisme (saadan da) og skifter Sol og Vind lige mellem Landene og han lægger egentlig ingen Ekstra-Skyld paa Tyskland, men giver Rusland og Frankrig deres rigelige Del af Ansvaret. Erobringen af Marokko vejer tungt på deres Skyldner-Side. Og naar man skal være retfærdig var det jo heller ikke Spor mere pynteligt end Italiens Erobr. af Abessinien. England har jo ogsaa i høj Grad været virksom med at faa Kolonier, men der er den meget store Forskel, at de gør det saa det bliver til virkelig Gode for de indfødte (sandsynligvis af Klogskabshensyn) det ved jeg mange Eksembler paa. Anderledes stiller det sig maaske, naar det drejer sig om f. Eks. Indien, der selv har en kultiveret Klasse som kunde raade for Sagerne. Naa – ikke mere om alt det – det flyder jo over en Gang imellem, naar man er saa fyldt af det hele; men det er jo kun, hvad vi alle ved og uafladelig kredser om – hele Udenrigs-Situationen.
+[Skrevet på hovedet øverst s. 8:]
+Jeg har ikke set Elle siden en Uges Tid før Jul, jeg bryder mig ikke særlig om, at hun skal tage de kolde Ture herud, jeg vil hellere vente til Vejret bedres. Saa vidt jeg ved har hun det godt. 
+[Skrevet på hovedet øverst s. 6:]
+Selvom jeg ikke har skrevet om Sjumses Sygdom og den ulykkelige Polak, har jeg dog været meget opfyldt og rystet over begge. Sikken en Jul for stakkels lille Sjumse.
+[Skrevet på hovedet øverst s. 5:]
+Marie Balslev ringede forleden; jeg havde sendt hende en lille Æske med Lommetørklæder. – De havde haft en vidunderlig dejlig Dag, alle Børnene undtagen Vilhelm som for Resten er meget bedre, men dog ikke slipper m. mindre end et Aar – havde været der. Marie var meget glad v Daasen
+[Skrevet på hovedet øverst s. 4:]
+Jeg vilde saa gærne have skrevet et langt og godt Brev denne Gang, men nu maa du nøjes med dette meget forvirrede. Hils Aksel og Nus mange Gange og selv, lille go’e Dis utallige Hilsner fra din Junge
+[Skrevet øverst s. 3:]
+Og saa skal der jo sælges nogle Kreaturer, en Ko og nogle Kvier. 
+[Skrevet på hovedet øverst s. 2:]
+Har jeg skrevet om Las? Han fik fjernet en Polyp fra det ene Stemmebaand paa en Klinik i Odense og er nu i Kbhvn. for at faa Røntgenbehandling – hos Finsen, Strandboulevarden.</t>
+  </si>
+  <si>
+    <t>1947-02-06</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Alhed Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Marie - Marie, hushjælp hos Astrid Goldschmidt-Warberg
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem "den lille", der er hos præst, var. 
+De to søstre, som Johanne og Astrid havde mistet, var Alhed Larsen og Thora Branner.
+Else og Andreas/Puf Larsen boede sammen med Johannes Larsen på Møllebakken 14 i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0649</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg. Godt, at Axel er kommet hjem fra hospitalet.
+Lille Lise er fyldt to år.
+Elle(n) har været på besøg og fortalt om julen samt om Fritz og Bodild Branners visit. Fritz mangler helt initiativ og har ingen kræfter til at arbejde. 
+Johanne mener, at Else og Andreas/Puf Larsen ville have et lykkeligere liv, hvis de havde deres eget hjem og ikke skulle føre traditionerne videre. Else er dygtig til at holde pænt og rent, men hjemmet mangler ånd og gæstfrihed. 
+Martin/Manse tjener godt på dyr, som han nedlægger ved strandjagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rLbi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+8’ Febr. – 47.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+27-1-03
+1-1-03,
+15 April Påskesøndag, 2001.
+27 marts 2001
+25-6-2000
+BWP
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard
+Torsdag d. 6-2-1947.
+Kære lille Dis!
+Hvor Du vist længes efter Brev fra mig; du tænker nok: Junge er vist syg, og det passer jeg har lagt i 3-4 Dage, nej det er da kun 3, for jeg stod op Kl. 10 i Dag og lavede Mad, den lille var til Præst; men det har kun været alm. Forkølelse, naar undtages, at det var en ualmindelig stærk Forkølelse, og det er for koldt at sidde op i Sengen og skrive. Er det dog ikke forfærdeligt, at vi skal have den haarde Frost igen; vi sidder lunt nok, men man ved jo om Masser af Mennesker, der ikke har el. kan skaffe Brændsel og som simpelt hen knag fryser.
+Vi har lige spist og Posten kan komme snart, nu lader jeg Pennen ile det, den kan, for et Livstegn skal du have i Dag. 
+Til Lykke til Axels Hjemkomst! hvor dejligt for ham, at han kan være hjemme hos dig nu i stedet for paa Sygehuset og sikken en Hjemkomst, du gav ham, den var vel nok dul.a. Du maa rigtig nok skønne paa lille Marie (og gør det naturligvis også) for hvor er hun dig dog til megen Støtte, som nu f.Eks. at du havde hende til at være hos dig, mens Axel var borte, og saa at hun kunde have alt i Orden til hans Hjemkomst. Jeg har aldrig faaet at vide, om Axel prøvede min Medicin mod Bronchitis, og om den hjalp ham; jeg kunde jo kun sige, at mig hjælper den omgaaende. 
+Og til Lykke til lille Nilles 2 årige Fødselsdag, hvor maa hun være yndig; du kan tro, at vores er det ogsaa; jeg har ikke set hende i over 4 Uger, og Bibbe siger, at hun udvikler sig for hver Dag; nu kan de føre Samtaler med hende; det var Pers Fødselsd. i Gaar, og Bibbe skulde komme om Aftenen; ”du maa ikke lægge mig i Seng” sagde Lise; hun vilde nok have Bibbes Ankomst med. For første Gang græd hun, da hun omsider maatte i Seng, det maa jo ogsaa være svært, naar allle de andre skal feste videre med Lagkage o.s.v. 
+Vi havde et dejligt Besøg af Elle i Søndags; vores Hofchaufør hentede hende ved 2-3 Tiden og kørte hende hjem ved 9 Tiden det er saa sødt af Elle, at hun ofrer 16 Kr. paa et Søndagsbesøg paa Lindøgd. vi havde det dejligt og fik alt fortalt om Julen, som havde været dejlig for hende Bodild og Fritz havde været der en Dag, B. er betænkelig ved Fr. hvordan han skal faa begyndt at klare sig; alle Mennesker siger: hvorfor flytter de dog ikke sammen i det store Hus? Jo Tak, hvis Bodild gik ind paa det, vilde det være en ny Dæksmand for Fritz til ikke at bestille noget, og de vilde komme til at forsørge ham i al Evighed; han maa lære at forsørge sig selv en gang, den stakkels Fritz. Som Elle siger X er den fuldstændige Mangel pa Initiativ og Arbejdskraft unormal. Det eneste bundne Arbejde, han har haft (Landbohøjskolen) gjorde ham jo for Resten syg, saa hvordan skal det gaa ham. De to Søstre, vi har mistet har i Sandhed efterladt sig Savn, som ikke har kunnet erstattes. Jeg tror, Livet havde formet sig mere harmonisk for Puf og Else, om de havde faaet deres eget lille Hjem i stedet for at Else har skullet føre det gamle Hjem videre i samme tradition, hvad hun dog ikke har magtet, undtagen hvad alt det ydre, jeg mener det materielle angaar, Aanden i det har hun ikke haft Evne til at holde ved lige, og hvad nytter den mest fuldkomne Orden og Renlighed, hvis Aanden (f. Eks. Gæstfriheden) ikke er i Orden 
+Vi har det godt her, Manse er paa Stranden meget ofte; i Forgaars skød han for 71 Kr, d.v.s. godt 50 Kr. i ren Indtægt. (Patroner er saa dyre) 
+X Bodild kalder ham jo simpelt hen doven.
+[Skrevet på hovedet på s. 2:]
+jeg vil ikke begynde paa et nyt Ark og skal ogsaa gøres i Stand nu; jeg skal have en Elev. Hvor Solen dog varmer godt nu; den hjælper paa Brændselet. Hils Axel saa mange Gange ogsaa lille
+[Skrevet langs venstre margen på s. 2:]
+Marie og skriv snart. Kærlige Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
 Johannes Larsen
 Peter Andreas Larsen
-Gudrun Syberg
-[...46 lines deleted...]
-Gudrun Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
+Jens Larsen
+Johanne Christine Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
+  </si>
+  <si>
+    <t>1947-10-04</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Marie Larsen
+Ib Marryat Johansen
+Lauritz Pedersen
+Ole Petersen
+Peter Rohde
+Janna Schou
+Christine Swane
+Anna Tinesen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer</t>
+  </si>
+  <si>
+    <t>Der er lidt tvivl om, hvornår Laura/Bibbe og Lauritz Petersens bryllup kan holdes, da Skifteretten arbejder langsomt. Lauritz må låne 55.000 kr. til sin søn. 
+Det er trist, at Ib Marryat er syg. Johanne har hørt om en, der blev helbredt af en naturlæge. 
+Lise er kommet hjem til sine forældre igen. Grete/Grethe fik mange barselsgaver. 
+Johannes Larsen har været på besøg med Christa Knuth. Hun inviterede Erik/Tinge og Martin/Manse hjem til sig.
+Johanne har holdt fødselsdag. Stemningen blev ødelagt af, at Christine/Uglen Swane og Marie Larsen skændtes. 
+Astrid må ikke skamme sig over at læse i stedet for at arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3x1u</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+modt. 6’ Okt. 1947.
+besv. 10 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørdag 4-10-47.
+Heri 2 Smørmrk
+Kæreste lille Dis!
+Min varmeste Tak for dit gode Fødselsdagsbrev og for de lækre Opmærksomheder! Jeg vil allerførst besvare nogle Spørgsmaal. Bryllupet! Ja der er desværre lidt Tvivl om, hvornaar det kan blive; Lauritz har lige fra først af – det vil sige lige fra den Dag, da de bestemte sig for Giftermaal – arbejdet som en Hest for at faa Sagen i Orden, men det er alt det med Skifteretten, der sinker; disse forbistrede Kontoriusser er ikke til at faa noget fra; Papirerne skal foreligge til den 8_de_ ds. for at blive tinglæste den Dag i Kjerteminde; de tinglæser kun hver 14_de_ Dag; hvis det ikke naas, bliver det - Bryll. – forsinket i 14 Dage! Lige saa saare jeg faar det at vide, skal jeg skrive til dig; de vil ogsaa gærne have det om Aft. [”om Aft.” indsat over linjen] – skønt helst midt paa Dagen, hvis det kan lade sig gøre, men uanset hvad det bliver kan du da godt lave Middagsmad midt paa Dagen, ikke? Det er jo lige meget hvad man kalder Maaltidet; her paa Landet er vi jo vant til at spise Middag midt paa Dagen. Lauritz var her i Tirsdags Aftes, og vi snakkede saa om det; jeg var rystet over at høre om alt det, der foretages for at det kan blive til Bryllup; og 55.000 Kr. skal skaffes. Paa Grund af hans gode Omdømme kan han faa den Sum i Sparekassen i Nyborg – paa et Aar; saa skal Laanet betales med Kontanter. De haaber at kunde nøjes med at forpagte Dalsgaard ud i Stedet til ["til" overstreget] for at sælge Drengen skal have sine Penge udbetalt straks, men jeg kom til at tænke paa bag efter, at saa kunde Ole jo laane sin Far nogle af Pengene senere, hvis han staar og ikke kan skaffe Pengene om et Aar; dertil skal jo hans Formunder give sit 
+2 Samtykke, men Form. er en Svoger til Lauritz, gift med hans 1ste Kones Søster, og de staar vist fint til hinanden. Jeg ved ikke hvorfor jeg sætter dig ind i alle de Forretningssager, men nu faldt det mig i Pennen. – Jeg spurgte Bibbe, om hun vilde have Sjums og Rohde med, men hun sagde straks, at hun vilde helst nøjes med Janna og Ib. Stakkels Ib, hvor det gør mig ondt. Han skulde prøve at gaa til en Naturlæge. Marie og Uglen fortalte om Moderen til en af deres Venner, der var langt ude af Kræft; der var ædt Dele væk, aabne Saar, og Lægerne havde fuldstændig opgivet Haabet; saa gik hun til en Naturlæge (som jeg ikke ved, hvad er) og han gav hende en meget stræng og slem Diæt, men hun begyndte at komme sig og Lægerne til hvem hun stadig gik til Undersøgelse uden at tale om Naturlægen, blev mer og mer forbavsede og stod ganske uforstaaende og tilsidst var hun rask. Hvis hun havde fortalt dem om Naturlægen havde de jo bare sagt, at det var, hvad de havde ordineret, der tilsidst virkede. 
+Den Gang, da de kom fra Sverige, hentede Lauritz Bibbe i Nyborg; han har ikke meget Benzin, men saa vidt jeg ved nok til deres Bryllupstur, men maaske bliver det forpasset af den nye Lov, hvis den træder i Kraft, maa han kun køre paa Fyen.
+For et Par Dage siden kom Lise hjem; Anna, Gretes Søster, havde haft hende i 4 Uger; først var Lise gravalvorlig næsten forstenet, saa begyndte hun at kæle lidt for Tinge og Grete og gik fra den ene til den anden; en halv Time efter var hun hjemme og jublede højt for hver Del af sit Legetøj som hun mødtes med igen. Da Ole kom, løb hun ham i Møde og raabte henrykt: ”Ole, jeg er kommen hjem til dig igen. Det var 
+3 dejligt at være med til den Hjemkomst og at se Grete være oppe igen. Hendes Barselsgaver blev til: 6 Flasker Vin, 4 Lagkager, et Sølvbæger, en Barneske, et Par Skindstøvler til Lillebror, samt 2 Par strikkede, et Par henrivende Tøfler til hende selv, 50 Cerutter, en smadderfin Natkjole til 50 Kr. fra Bibbe, Masser af Tøj til Drengen og self. andet, som jeg har glemt, og Blomster self ["self" overstreget] i lange Baner. Grete var overvældet og jeg har da heller aldrig set noget lignende. I Gaar var Rie og Uglen her for sidste Gang, og mens vi sad ved Kaffebordet eller lige var færdige kom Las og Grevinde Knuth fra Knuthenborg for at hente dem. Hun var noget af det mest tiltalende jeg længe har set, ja saa henrivende, at du ikke kan tænke dig det. Hun er Veninde af Las, og jeg har hørt meget om hende men vented mig da ikke saa stort af en Grevinde. Hun syntes her var saa smukt og hyggeligt, det sagde hun flere Gange; hun inviterede Manse og Peter saa varmt – gør nu Alvor af det og kom snart, I behøver ikke at pynte Jer, kom som I er - - Hun saa Manses Stue med alle Træsnittene – alle Vægge er behængt med dem – og Bibbes store Maleri af Uglen, Udsigten fra Havedøren og var begejstret over det hele. Hun har været med Las på Båxhult (hun vaskede op for Bimse) og kan øjensynlig godt med hele Familien d.v.s. det kniber lidt med Puf og Else – de er hende lidt for fine, akkurate og formfuldendt! Det var en hel Oplevelse at mødes med hende, Lise var her og hun blev straks indtaget i hende og Tøsen – vores store Hund - satte begge Forpoterne op paa Brystet af hende, hvad vi aldrig før har set ham gøre ved fremmede og paa dette Tidspunkt havde hun ["hun" indsat over linjen] slet ikke snakket med ham, men Dyr lugter straks hvem der er Dyrevenner. 
+4 Til min Fødselsdag var Rie og Uglen herude til Eft. chokolade de medbragte: ”Kina i Støbeskeen” af Edm. Grut, som Marie havde hørt, jeg havde ønsket mig, et Par henrivende Kopper af bornholsk Keramik, en stor Æske m. Godter og Flødekaram. en Pk. Cerutter og 4 dejlige Nelliker!! De er altid helt ovenud med Gaver, de tog hjem med halv 6 Bilen, men saa havde vi en vildfremmed Sygeplejerske til Aftensmad, som Bibbe havde inviteret uden at tænke paa, at det var min Fødselsdag; det gjorde ikke noget, men det hele var lidt speget, da Manse og Peter skulde til Odense og maatte spise før vi andre, saadan egentlig Feststemning var der ikke over Dagen, især da Marie og Uglen skændtes saa ualmindelig meget den Dag, og det smager ikke godt. 
+Peter har jo faaet Motorcycle og de tager lange Ture paa den om Søndagene; de staar lige og skal af Sted (det er Lørdag Kl 1½) saa denne Gang faar de 1½ Dag; de skal rundt paa Sjælland og se, hvad der er at se.
+Du skulde ikke have ”Stik i Hjærtet” fordi du læser i Stedet for at arbejde; naar du, som jo ellers ikke er doven, men tværtimod arbejdsivrig af Naturen, ikke kan arbejde for Tiden, saa maa det være fordi, enten de fysiske eller de mentale Kræfter svigter, og saa er det bedst at ligge brak, bare ingen Ting bestille og helst uden at have Samvittighedsnag, saa gror Kræfterne inden i dig uden at du ved af det, og en skønne Dag er de der. Sådan synes jeg er min Erfaring, for vi kender vel alle til, at Arbejdsiveren svigter. Agraren beder mig hilse dig saa meget og takke baade dig og Axel for både Breve og Bøger. Vi har moret os meget over dine Vittigheder. Den med Hitler (el. var det Gøbbels) der skulde ”begynde for sig selv” var uforlignelig. Tusind Hilsner til Jer begge fra din Junge</t>
+  </si>
+  <si>
+    <t>1947-11-29</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Søren -, Bibbes kammerat
+Adolph Larsen
+Johannes Larsen
+Axel  Müller
+Lauritz Pedersen
+Janna Schou
+Børge Tinesen
+Alexander Vincent
+Else Warberg
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid kan lægge penge til side til skatten? Det er godt, at Axel har det bedre. Johanne håber, at der bliver råd til turen til Nyborg. Hun vil godt betale for begges cerutter. Måske kan Lauritz køre for dem. 
+Johanne har holdt stor middag med fasaner mm. Og hun har haft besøg af Børge Tinesen, som til sin chefs firma ville lave en reproduktion af Johannes Larsens Et Andetræk. Johanne og Adolfs forstudie til billedet var det nemmeste at gengive. Erik/Tinge og Martin/Manse fik penge for at udlåne deres skitser. Johannes Larsen har krævet at få halvdelen af nettofortjenesten, Børge Tinesen var et dejligt kulturmenneske. Måske skulle Astrid lave en børnebog til udgivelse på hans firma sammen med Janna?
+Johanne og familien har lukket nogle værelser af for at spare på varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hx17</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+x Smørmærke!
+1ste December 1947
+besv. 10. Dec. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørd. 29-11-47.
+Kære lille Dis!
+Det var dog en hel Velsignelse at faa saadan et godt Brev fra dig, det var saa sandelig en god Tur, han der havde til Kontoret. Naar I faar fuld Gage baade for Nov. og Decemb. kan I saa ikke lægge lidt af det til Side til Skatten, for den bliver jo hamber til næste Aar, naar I faar mindre at leve af, men alligevel skal af med den sædv høje Skat. De Blade du skrev om, har jeg regnet sammen til 184 Kr. årlig det kan der købes en hel Del Mad for. Ja, det var som jeg vist skrev, at en Ændring paa Sagerne vilde hjælpe paa Axels Helbred – det er jo endelig ikke saa svært at regne ud, for Nerver er jo paa Spil alle Vegne. Hvor er det dog dejligt, lille Dis! Tror du nok, du kan faa Raad til det Nyborg-Ophold, som jeg ser hen til med saa stor Forventning. Skulde vi faa daarligt Vejr, har vi da nok at snakke om indendørs. Ser du ikke ogsaa hen til det som en god Oplevelse? Vi maa se at faa det til at blive af. Naar vi kommer ind i det nye Aaar, vil jeg spare sammen til det og jeg tror [”tror” indsat over linjen] ogsaa godt, jeg kan bestride vort fælles Cerutbehov, din Rejse til Nyborg er jo dyrere end min. Saa vil Lauritz hente os ud til dem, saa du faar Bibbe at se i hendes Hjem, og maaske han ogsaa vil køre os en Tur f. Eks. til Glorup, til de gode Titter – det har jeg nu ikke talt med ham om, men han er vældig flink med Bilen hvis hans Dæk bare vil holde, de er frygtelig skrøbelige og han kan ikke faa nye. – Vi havde saadan en morsom Aften
+2 Jo ["Jo" overstreget] i Torsdags. Vi havde faaet dem til at kommer herud og havde lavet fin Aftensmad til dem: Dug paa Bordet, Bajere – den sidste Rest fra Gildet – 2 Fasaner, henkogte og pænt koldt Bord; de var begejstrede og overraskede. De kom om Eftermiddag, men vi havde saadan et morsomt Besøg; Gretes Bror, Børge, arbejder hos en Mand, der hedder Vincent – fransk Afstamn. – han har en en Gros Forretn. Med Luksusting Julekort, Servietter, Gengivelse af Malerier, Børnebøger o.s.v. o.s.v. [”o.s.v. o.s.v.” indsat over linjen] De kom for at se det Maleri af Las med Agraren, der sidder paa Andetræk; Tinge og Manse har jo hver sit Maleri, Studier af ["af" overstreget] til det store som hænger paa Statens Museum for Kunst. Han valgte vores fordi det var lettere at gengive. Dagen efter skulde de ud til Las for at blive enige med ham; de har før lavet noget af hans, og da fik han 8000 Kr. men denne Gang menes han at ville forlange Halvdelen af Nettofortjenesten, og det er jo et skrapt Forlangende. Du kan ikke tænke dig, hvor den Mand var henrivende. Dis, der er nu noget ved Kulturmennesker! man ved det øjeblikkelig naar han træder ind i ens Stue, og soler sig ved at være sammen med et Kulturmenneske, og saa var han saa elskelig; vi snakkede og snakkede og faldt saa glimrende sammen. Som vi ærgrede os, da det for sent gik op for os, at vi godt kunde have faaet dem, ham og Børge altsaa, til at blive, for de skulde hen til Odense og sove der. Selv Agraren sagde, at det var helt vemodigt at sige Farvel til ham. Ham maa vi henvende os til, hvis 
+3 du laver en Børnebog, han ”gør” i den Slags, du kunde maaske sammen med Janna tjene store Penge ved det.
+Det havde først været Meningen, de skulde laane det Billede, som Tinge har, og da det saa blev vores, sagde Børge til ham, at saa blev Tinge vist lidt skuffet, saa sagde Vincent straks: godt, saa siger vi 500 Kr, saa kan de faa 250 Kr hver – Tinge og Manse altsaa. Bare for at laane det Billede!!
+Til Aftenkaffen kørte Lauritz ned eft. Grete og Tinge, Søren ankom i Bil, og vi havde en umaadelig morsom Aften Næ, hvor Snakken gik. Vi havde anstrengt os, havde til Kaffen hjemmebagt Franskbrød m. Ost og Marmelade, en Lagkage med Chokoladeglassur samt en Æblekage, godt m. Flødesk. De jublede højt, da det kom paa Bordet. Det var sidste Aften i vores gode Stue; næste Morgen flyttede vi ned i Spisestuen; vi tør ikke mere fyre deroppe, for Brændselet svinder foruroligende. Det værste er jo med Julen, men saa fyrer vi op i Manses Stue, Havestuen lige til Juleaften, saa vi kan have Julestue der. Her er saamænd ellers hyggeligt nok; Gulvtæppet er her nede, mine pæne Blomster er flyttet herned, jeg har 3 blomstrende Alpevioler, hvoraf den ene er selvopdreven og jeg har to andre som endnu ikke er kommen i Blomst. Her er yndigt, men alligevel savner jeg jo min Stue. 
+Søren er en Kammerat af Bibbe fra Middelf. Sinds.s.h. hun har været et Aar i Paris som Nurse er nu sygeplejerske i Kjerteminde en meget sød Pige. - - Vi har det alle godt her. Hermed 1 Smørmrk.
+Masser af Hilsner til Jer begge</t>
+  </si>
+  <si>
+    <t>1947-12-20</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Axel  Müller
+Lauritz Pedersen
+Georg Poulsen
+Janna Schou
+Lars Swane
+Rigmor Thorsen
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Hvad familien skulle i Nyborg vides ikke.
+Den lille syerske fra Strandgyden kendes ikke. Heller ikke Charles. 
+Det vides ikke, hvad Lauritz Pedersens svigerinde og hendes mand hed. Svigerinden var formodentlig Lauritz Petersens første kones søster. Det er også uklart, hvor deres fælles gård, Dalsgaard, lå.</t>
+  </si>
+  <si>
+    <t>Peters Ena snakker alt for meget.
+Edel er en god hjælp i huset. Man har bagt lagkagebunde til Erik Warberg Larsens barnedåb. Laura/Bibbe skal bære, og Lauritz P. stå fadder.
+Det er dejligt, at Astrid Warberg-Goldschmidts arbejdsevne er kommet tilbage, og at Axel Müller har det bedre. Godt også med kakkelovnen. 
+Maler Georg Poulsen har været på besøg for at låne billeder til Johannes Larsens 80års-fødselsdagsudstilling i Odense. Johannes Larsen er i godt humør. Han tager med til Johannes Nicolaus Brønsted/Magisterens begravelse. 
+Adolph/Agraren, Johanne/Junge og Martin/Manse Larsen skal med til Johannes Larsens 80års fødselsdagsfest. Nogle familiemedlemmer er ikke inviteret, da der ikke er plads til alle i Værkstedet. Andreas/Puf Larsen har lovet, at Johanne ikke kommer til at sidde i træk. 
+Det er svært at varme huset op. Marie Larsen kommer til jul. 
+Johanne har lavet en seng til en dukke, som Lise Warberg Larsen skal have.
+Erik skreg under hele dåbshandlingen og også bagefter ved kagebordet. 
+Laura/Bibbe og Lauritz skal holde jul for hele personalet på Dalsgaard. 
+Johanne tænker på julen på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vpPh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:}
+22 Dec. 1947.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+13-3-2007.
+21-6-2000.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St Fyen
+[I brevet:]
+[Indsat julemærke med teksten: ”Jul 1947 Danmark”.
+Lindøgaard 20-11-1947.
+Kære lille Dis!
+Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
+Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
+Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
+2.
+værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
+Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
+Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
+Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
+3.
+deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
+Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
+Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
+4.
+syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
+Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
+Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
+Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
+De kærligste Hilsner, lille Dis, fra din Junge.
+Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
+  </si>
+  <si>
+    <t>1947-12-26</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Bodild Branner
+Frits Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Grethe Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Lise Larsen
+Marie Larsen
+Martin Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Leo Swane
+Ane Talbot
+Gunnar Tinesen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaj Brønsted (Magisteren), som var gift med Louise, Alhed Larsen, Astrid Warberg-Goldschmidt og Johanne Larsens søster, døde 17. dec. 1947. 
+De mortuis nil nisi bene er latin for 'om de døde (skal man) kun (tale) godt'. Den oprindelige græske formulering er mere direkte: Tal ikke ondt om de døde (Diogenes' Laërtius 1.70). (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0655</t>
+  </si>
+  <si>
+    <t>Marie Larsen er taget til Kerteminde for at være med i festlighederne, når Johannes Larsen på sin fødselsdag bliver udnævnt til æresborger i byen. 
+Johanne/Junge Larsen takker for den skønne julepakke. 
+Johannes/Las Larsen har fortalt Johanne lidt om Brønsteds/Magisterens begravelse, og Andreas/Puf fandt præstens tale god. Marie har vist meget lidt deltagelse og endog fremhævet nogle af Brønsteds mindre heldige sider. 
+Efter planen skal Christine og Leo Swane køre med Johan/Lysse Larsen og Elena/Bimse for at deltage i æresborgerfesten. 
+Man holdt jul i havestuen på Lindøgaard. Dagen efter kom Lise med familien og takkede for dukken fra Johanne og Adolph. 
+Johanne ved ikke rigtigt, om det var forkert af Astrid ikke at deltage i Brønsteds begravelse. 
+Lørdag: Johan og Elena kom midt om natten, og Leo Swane og Christine var ikke med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qXs1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+[Skrevet af ukendt: måske Laura Warberg P]
+14-3-2007.
+21-6-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fredag 2den Juledag 1947.
+Kære lille Dis!
+Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
+Lad mig allerførst sige dig saa mange mange Tak for din indholdsrige Pakke. Først og fremmest dette pragtfulde Brevpapir, som hermed indvies, mit pæne Papir er netop paa Hældningen, der er vist kun et enkelt Ark tilbage, saa jeg er mægtig glad ved det og siger dig saa mange Tak. Bøgerne til Mandfolkene skal jeg sige saa mange Tak for. Jeg læste den til Manse en af de sidste Aftner inden Jul, jeg skal love for, den er spændende. Og saa allle Lækkerierne! Tænk at have faaet Risengryn til Huse! Og Rosiner og Bolsjer og saa de dejlige Cerutter og den store fine Mavebæltecigar – det var vel nok Herligheder.
+I mit lange Julebrev til dig, tvang jeg mig selv til ikke at skrive alt for meget om Lugge, men jeg var glad ved, at du skrev saa meget om det til mig, det var jo dog det, som opfyldte os begge. Og synes du ikke, at det var – er – svært at være saa langt borte og ikke kunne følge med i Enkelthederne. Christine hørte jeg dog fra et Par Gange, men kun ganske korte Breve. Jeg ringede Dagen efter til Kjertem. (jeg mener Dagen efter Begravelsen) Jeg talte kun med Las, de andre var i Byen, men han fortalte mig dog lidt om det; var det dog ikke kækt af Las paa 80 Aar at tage derover? Og da Puf kørte Rie herud Juleaftens Efterm. fortalte han mig en Del, ogsaa lidt om Præstens Tale, som Puf fandt god. Men nu faar jeg forhaabentlig den Glæde at være sammen med Christine i Morgen, det er i hvert Fald Planen, at hun skal komme til Fødselsdagen Lysse tager hende og SkriveSwane med i sin Bil, naar han og Bimse kører over. Hun ved, om Lugge har nogen Planer for sin Fremtid. – Der er nu mange, Dis, som har holdt af Magisterens ["s" i slutningen af ordet overstreget]; Peter siger, at Lysse holdt saa umaadelig meget af ham Bodild Branner skrev det samme; Fritz har taget sig det saa nær – Las, Puf, Christine. Jeg har 
+2
+været lidt forbløffet over saa komplet udeltagende Marie har været, ja næsten lidt forbavset over at se og mærke min Sorg. Det eneste hun egentlig fæstede sig ved, var det uforsvarlige i, at Las tog derover til Begravelsen; det blev næsten til en personlig Fornærmelse paa Lases Vegne over, at Magisteren var død!! Overdrivelse selvfølgelig; men jeg blev nu lidt underlig over at høre hende fordybe sig i Magisterens utiltalende Egenskaber og jeg tænkte: de mortuis nihil bene. Hedder det Ord ikke saadan? det mener jeg dog; jeg saa det forleden et Sted i en Historie helt anderledes, det endte paa bonus, og Ordet for De døde saa ogsaa helt anderledes ud. Spørg Axel! Der var heller ingen rigtig Glans – for mig altsaa – over Juleaften, som fejredes i Havestuen, jeg havde pyntet Juletræet, Peter havde dog lavet Julestjernen, den gamle maatte absolut siges at have udtjent, den havde ogsaa mange Aar paa Bagen. Jeg syntes jeg havde faaet det lille Træ rigtig fint og festligt i Aar; vi kan jo kun have smaa Træer, selv om det [”om det” indsat over linjen] naar helt op til Loftet; Lys havde vi nok af, Stjærnekastere ogsaa, saa det [”det” indsat over linjen] straalede smukt nok, og Net og Hjærter var frisklavet i Aar. Aldrig har her været saa mange Gavepakker som i denne Jul; Peter og Ena var her jo også ud over det sædvanlige Mandtal, og hvad Peter fik var ganske fantastisk, han sagde ogsaa den ene Gang efter den anden: Jeg har aldrig faaet saa mange Julegaver før. Ogsaa den lille Ena var tilfreds med sine. Juledags Eft. fik vi Visit af Tinge og hans Svoger Gunnar samt lille Lise, der skulde sige Tak for Gaverne, navnlig for Dukken fra os her. De sagde, hun var blevet helt forstenet af Betagelse, da den blev pakket ud. Om Aftenen, da de var kommen i Seng sagde Tinge til hende, om hun ikke snart kunde tie stille, nej, for Dukken skulde have ved den anden Side ogsaa, og saa sagde hun ned til Dukken ”hvordan er det du ligger og fedter med det” – man hører stadig Gretes forskellige Ytringer gaa igen i Lises Mund. Hun er en forfærdelig pudsig Unge. 
+Julegaverne – jo, jeg synes det er en utrolig praktisk Maade med Indpakningen; der er intet med at det og det ikke maa ses, for det er altsammen skjult under det fine Papir; vi faar heller ingen Uorden af den Grund, Papirer lægges straks fint sammen og samles i en Stabel og Baandene i en lille Bunke, som kommer i deres snart mangeaarige Æske, som har sin Plads i Julekassen. I Aar havde jeg saa meget Indpakningspapir, at jeg ikke nær brugte det op, skønt vil ["l" i slutningen af ordet overstreget] alle pakker Gaver ind med det; jeg har aldrig behøvet at købe Julepapir. - Tak for de smaa Skitser til din Børnebog, den er nok bleven nydelig og lille Nille salig; det er helt overraskende at du pludselig er bleven bildende Kunstner. 
+Du spurgte mig, om jeg syntes det var rigtigt, at du ikke tog til Begravelsen. Ja, for det første havde du vel daarligt kunnet taale det for din Bronchitis, men ellers – jeg ved det ikke, Dis, jeg har tumlet med det og spekuleret paa, hvordan Lugge ville føle det, men er ikke kommen til noget Resultat. Lad os haabe, at det du valgte var det rigtigste. 
+[Skrevet langs højre kant paa s4:]
+Lørdag 
+I Dag er det altsaa den store Dag i Kjerteminde! Jeg havde i Aftes en af mine ikke usædvanlige Søvnløshedsanfald, hørte saa Klokken slaa 2, men da ikke halv 3. – Kl. 5 vaagnede vi ved at en Bil kørte ind i Gaarden – Lysse og Bimse: 
+[Skrevet på hovedet øverst på s. 4:]
+min første Tanke var: så kommer Christine ikke, men ingen af dem havde tænkt paa at spørge Lysse om, hvordan det hang sammen, men jeg er da forberedt paa, at jeg saa ikke faar hende at se og det havde 
+[Skrevet på venstre kant på s. 4:]
+jeg dog saadan glædet mig til. – Jeg laa og fulgte Slagets Gang, hørte Manse gøre Ild, kalde paa Peter og sætte Madvarer frem for dem; naa, jeg fik da sovet fra 8-10, saa nu gaar den vel. Lys. og B. har vel skiftedes til at køre og sove!
+[Skrevet langs venstre kant på s. 2:]
+Jeg saa dem altsaa slet ikke, hvad der ikke gjorde noget, ieg har jo aldrig været ovenud indtaget i Bimse. Hvis Chr. ikke kommer bliver jeg altsaa den eneste Repræsentant for Alheds Familie
+[Skrevet på hovedet øverst på s. 2:]
+Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+  </si>
+  <si>
+    <t>1948-02-06</t>
+  </si>
+  <si>
+    <t>Edel -
+- Agner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Thora Cohn
+- Føge
+Poul Gregersen
+Ernst Hartmann
+Joseph Haydn
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
-Ane Talbot</t>
-[...30 lines deleted...]
-Kære Lysse. Det er meget fristende men det er mig umuligt at afbryde mit Arbejde nu. Din JL.</t>
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Holger Rasmussen
+Mads Rasmussen
+Ane Talbot
+Erik Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted døde 17. dec. 1947. Tornehave i Birkerød var han og hans families hjem.</t>
+  </si>
+  <si>
+    <t>Johanne anbefaler Astrid at købe en større pibe.
+Louise/Lugge er ramt hårdt af sorg efter mandens død. Johannes Larsen skal bo hos hende nogle dage i forbindelse med en udstillingsophængning. Måske skal Louise flytte ind i en af Tornehaves sidefløje. 
+Johanne og familien har haft selskab. Martin/Manse havde skudt en tjurhane, og man inviterede gæster og møblerede om. Johannes Larsen ville tidligt hjem, men resten af selskabet festede til ud på natten. 
+Peter og Martin/Manse har tapetseret og hængt billeder op. 
+Laura/Bibbe har været hjemme. Hun synger i kor - blandt andet Haydn - og har fået en flot selskabskjole til dette brug. 
+Familien har lært tyske Ernst Hartmann at kende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dAa2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov 
+[Skrevet af ukendt:]
+9’ Febr. 1948.
+besv. 22 Febr.
+(næste Brev først – 6’ Marts!)
+1946-48 
+[Skrevet på kuvertens bagside:]
+Lindøgd. Dræby Fyen
+[I brevet:]
+Lindøgaard
+Fredag 
+[Tilføjet af ukendt:] 6/2-48
+Kære lille Dis!
+Tusind Tak for dit sidste Brev, der jo ikke, som du selv bemærkede, var slet saa glansfuldt som alle dine senere Breve ellers har været. Tobaksmissèren er jo ret alvorlig, hvis du ikke kan vænne dig til Piben; mon ikke det vilde hjælpe, hvis du fik en lidt større Pibe, de bittesmaa er vist ikke saa gode at ryge af, og saa skulde du jo gerne finde noget meget mild Tobak, den – synes jeg – bider ikke saa meget paa Tungen som den fine Tobak, der næsten altid tillige er stærk. Jeg forstaar saa godt, at Savnet af Tobakshyggen maaske bliver det værste at undvære. - - Du tog lidt for tungt paa, at du ikke havde takket for Julebrevene – skidt med det, men du forstaar, jeg vilde bare vide, om du havde faaet dem. - - At I har ondt ved at faa Pengene til at slaa til, er sandelig ikke underligt, gid I maa kunne klare det!
+Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
+2.
+talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
+Vi har egentlig haft en rørig Tid her; I Dag for en Uge siden havde vi Selskab. Manse havde nemlig skudt en Thurhane, da han i Julen var paa Båxhult, og Lysse havde givet ham den med hjem: saa vilde Manse have Dr. Agners og Lases herud at spise den, og du kan tro, det blev en Succés; de fik Silde- og Ostesnitter X først, dertil havde jeg givet ½ Flaske Snaps; saa Tjur og henkogt Fasan, Æbletrifli m. vores dejlige fede Flødeskum paa - de jublede over al den Fl.sk. Jeg havde været lidt ængstelig for om Lases og Agners, der aldrig før havde sets, kunde spænds sammen, men det gik fortræffeligt. Jeg havde lavet Stue i Havestuen, hvor Manse har Soveværelse, flyttet hans Dyne væk, saa Sengen blev en Ottoman, det store Gulvtæppe og Lænestolene flyttet derind, et lille lavt Bord med Tobaksanretn. foran Ottomanen, Tæppe foran, mit brogede Slumretæppe hængt for Havedøren, Julelys i en Række paa Dragkisten – ja, da vi kom derind efter Bordet, og Edel havde tændt alle Lys, og Stuen var varm og helt gennemlun, saa var det aldeles henrivende
+[Skrevet langs sidens venstre kant:]
+X da vi gik til Bords og Las saa Snitterne paa sin Tallerken sagde han: H ["H" overstreget] sikke noget dejlig Mad!
+saa jeg selv var helt imponeret af det. Ud paa Aftenen The her i Spisestuen, men saa vilde Las ogsaa hjem. Han var om Onsdagen kommen i Seng Kl. 4 ½ efter en Fødselsd. i Faaborg – Mads Rasmussens Søn fyldte 50. Godt gjort af en Mand paa 80. Bagefter festede vi videre med Doktorens, som begge er knusende søde; Fru A. havde en Sammenplantn. med til mig, som har staaet lige til i Dag: to røde Tulipaner, blaa Krokus m. 3 Blomster og gule Erantis, den har været henrivende. Søndagen før havde Manse, Tinge og Peter tapetseret her i Spisestuen, jeg er meget imponeret over Arbejdet, det er som en Fagmand har lavet det. Tapetet meget smukt fint grønstribet, meget lyst. Hele Mandagen hængte vi Billeder op – ja, det var da Manse, som gjorde det; jeg havde Køkkenarbejde, da Edel havde fri fra Søndag Middag til Tirsd. Morgen. Jeg synes, hun maa være bleven imponeret, da hun kom ind den Morgen, for alt var gjort rent og i Orden, Blomsterne bruset, alt paa Plads, Gulvet vasker og bonet og Væggene fulde af Kunst. Jeg havde ikke rørt en Finger ved det, Manse og Peter lavede det hele, men ikke eet Billede blev hængt op, uden at jeg blev klar ["klar" overstreget] kaldt ind for at afgive min Kendelse. 
+3.
+Manse sætter i det hele taget og i alle Forhold megen Pris paa min Dom og Mening, det kvæger mig meget; han er i det hele taget saa umaadelig sød imod mig, og altsaa ogsaa anerkendende; naar man gaar i sit 75de Aar, maa man vist ikke undlade at sætte Pris paa det og det gør jeg ogsaa.
+Vi har haft Bibbe hjemme et Par Dage; hun kom Onsd. Aften ved 9 Tiden og vi havde saadan en hyggelig Aften med hende; trods al hendes Lykke m. Lauritz længes hun efter os og Lindøgd. og hun var saa glad over at være her hos os. Hun kan desværre saa daarlig holde til saa tit at komme sent i Seng; hvad de har haft af Koncerter, Prøver, Sammenkomster, Jubilæumshistorien! ja, jeg kunde slet ikke følge med i det. Hun har faaet en pragtfuld Selskabskjole, lang, sort, vid, nedringet, sort Silke; de skulde forleden til Odense, hvor Aarstiderne af Haydn gik, Bibbe sang i Koret. Der saa vi Kjolen, da de kom efter Manse, som de havde inviteret; jeg skulde ogsaa have været med og sørgede over ikke at kunne; jeg gik med Tøffel p.Gr.a en betændt Ligtorn, Fanden staa i den! Bibbe saa henrivende ud i den Robe, og saa har hun faaet en Frakke med Sølvræv, hun er ikke billig!
+Hen paa Eftermiddagen næste Dag gik hun og Lise, som Agraren havde hentet om Morgenen ned til Lindø, hvor hun skulde dyrke dem Resten af Dagen det var neml. Pers Fødselsdag, og Per er jo Bibbes Yndling. Næste Dag over Middag ["over Middag" indsat over linjen] kørte Peter hende hjem paa sin Motorcycle; du kan tro, det var dejligt at have hende. 
+Vi har dyrket en lille Tysker Ernst Hartmann, som Manse og Poul Gregersen havde truffet nede ved Havnen; Manse inviterede ham til Middag i Søndags og saa kom han igen Tirsd. Aften (Peter hentede ham) du kan tro, det var en straalende glad lille Tysker, som Peter kom ned, vi havde været gode imod ham, og han fortalte mig, at han syntes, han havde lært saa meget af os ved Samtalerne med os; de Tyskere skal jo have Sandheden at vide fra andre, i deres Hjemland faar de den saavist ikke at vide; ingen af hans Kammerater vil indrømme at Tyskland selv var Skyld i Krigen, sagde han, men han selv begyndte at forstaa det. Han var Lægesøn fra Bremen, af Officersfamilie. 
+Lørdag Nu maa jeg se at faa dette færdigt. Jeg skal nok sørge for Plads til os i Nyborg; mon den Tur virkelig skulde blive til noget, det mener altsaa Fru Føge, jeg har ellers haft mine Tvivl. Jeg tror nu ikke, det bliver svært at skaffe Plads først i Maj, Sommerferien er jo noget ganske andet, men der er næppe mange paa den Tid, hvor vi vil være der. 
+Gid det nu maa gaa bedre med alle dine Genvordigheder lille Dis! Hils Axel og vær selv hilset fra din Junge. 
+[Skrevet langs venstre kant på s6:]
+Tirsd. Aften sad vi og snakkede med Tyskeren til halv 1; du skulde have hørt mit Sprog, halv tysk og halv engelsk – som han taler; vi lod ham tale Tysk og svarede paa Engelsk, det gik stolt.</t>
+  </si>
+  <si>
+    <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Gustav Helms
+Adolph Larsen
+Marie Larsen
+Axel  Müller
+Lauritz Pedersen
+Ellen  Sawyer
+Karen Warberg
+Marie Warberg
+Lise Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
+Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
+Det vides ikke, hvem Dr. Bech var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen tror, at Astrid Warberg-Gs mavesmerter skyldes, at hun ikke kan tåle det hårde arbejde. 
+De to søstres fælles ferie var dejlig og kan måske gentages et billigere sted. 
+Titterne (Karen/Nina og Marie Warberg) var søde, men Johanne er ikke enig med dem om fredsbevægelserne. Det er dog fint, at de er religiøse.
+På Glorup har man dårlig smag. Johanne har altid glædet sig over, at Adolf/Agraren Larsen har god smag. 
+Lauritz Petersen er et dejligt menneske. 
+Ellen Sawyer spurgte engang pastor Helms, om han kunne omvende hende. 
+Lille Lise Warberg er sød og siger nogle sjove, modne ting. 
+Adolf og Johanne Larsen har kørt en tur ved marken og set på klydereder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZ8G</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Xxx
+Modt. 3’ Juni 1948.
+(min 44 års bryllupsdag – m. Alfred!)
+Mors + Dis’s ophold (8 dage?) nej 10 dge [”nej 10 dge” indsat over linien] på Nyborg Strand
+er omtalt.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+26-2-2000.
+Bibbe-Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St, Fyen.
+[Trykt på label:]
+F.E. BORDIN A/S KBHVN
+MÆRKAT NR. 3976
+Dansk Sømandsmission i fremmede havne
+[I brevet:]
+Lindøgaard 1_ste_ Juni 1948.
+Kæreste lille Dis
+Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
+Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
+2) 
+Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
+Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
+3)
+noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
+Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
+[Skrevet på bagsiden af første side; fortsat fra ark 2:] 
+han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
+[Skrevet langs venstre margen på bagsiden af første ark:]
+ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
+[Skrevet øverst på hovedet på ark 2:]
+Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
+[Skrevet langs venstre margen ark 2:]
+mest 1150 Kr til Termin idet han solgte ...
+[Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
+Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
+[Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
+i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
+[Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
+han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
+[Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
+og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
+  </si>
+  <si>
+    <t>1949-03-12</t>
+  </si>
+  <si>
+    <t>Ena -
+Harriet Afzelius
+Axel Beck
+Henrik Bichel
+Peter Bichel
+Otto  Fischer
+Johannes Hohlenberg
+Alhed Larsen
+Marie Larsen
+Axel  Müller
+Peter Rohde
+Thorkild Roose
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Agnes, Peter, Edel, Ena og Lehmanns var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0796</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius har fået en søn med en psykiater.
+Astrid/Dis Warberg lider af kløe.
+Christine Swane/Uglen og Marie/Rie Larsen skændes altid.
+Agnes har inviteret Astrid hjem. Hun og Peter bor smukt, og de lever sundt. De er kommunister, og Astrid er uenig med dem om meget.
+Henrik Bichel har været på besøg. Det samme har Dr. Beck, og de talte om skuespil med ham. 
+Rohde har anmeldt Hohlenburg i Information.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AOwC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+4-6-03.
+[Håndskrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Håndskrevet på kuvertens bagside:]
+A. Warberg Müller
+Hareskov.
+[Håndskrevet i brevet:]
+1.)
+Bjørnsholm, Ll. Værløse, 12/3-49.
+Kæreste lille Junge!
+Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
+Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
+Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
+2/
+Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
+Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
+En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
+Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
+3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
+En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
+Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
+Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
+Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
+Tusinde Hilsner fra din Dis 
+[Skrevet langs venstre margen på forsiden på ark 1:]
++) måske kan man blive Psykopat af at være Psykiater – hvem ved!
+[Skrevet langs venstre kant på sidste ark:]
+Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
+[Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
+ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
+[Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
+ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
+  </si>
+  <si>
+    <t>1949-05-24</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Andreas Larsen
+Grethe Larsen
+Henning Larsen
+Jeppe Larsen
+Johannes Larsen
+Martin Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Andreas Warberg
+Minna Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Hansen, Keld, Per, Ole og Thyra var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0659</t>
+  </si>
+  <si>
+    <t>Andreas/Dedde Warberg har været på besøg hos Ellen Sawyer. Andreas og Else Larsen kom og snakkede. I øvrigt er der ikke megen kontakt mellem "Malerens" og de øvrige i familien. Kun Martin/Manse ses med Johannes Larsen til fuglesnak. Andreas/Puf Larsen er blevet lidt sær. Han er netop fyldt 50.
+Dedde tog videre til Lindøgaard, og man gik tur og så på afgrøderne. Det er trist, at Dedde fik en kone, som ikke passer til ham. 
+Louise/Lugge Brønsteds hus er ikke færdigt, og det bliver dyrt. 
+Martin/Manse Larsen køber mere jord. Erik/Tinge Larsen er hårdt spændt for.
+Johanne Larsen underviser Ole i engelsk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cB31</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Skrevet af ukendt:]
+modt. 25/Maj 1949
+(husk om Lugge!)
+besv. 31/5.
+[Skrevet af Laura Warberg Petersen:]
+19-1-2007.
+10-7-05
+8-8-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Danmark.
+[Skrevet af ukendt:]
+16-7-05
+10-7-05
+[I brevet:]
+Lindøgaard 24-5-1949. 
+Kære lille Dis
+Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
+Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
+Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
+2
+Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
+Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
+Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-21</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Ellen Agnete Amstrup
+Adolph Hitler
+Thyra Iuel
+Adolph Larsen
+Marie Larsen
+Rasmus Larsen
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
+Fru A. Warberg Müller
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard Onsd. 5-7-1950
+Kære lille Dis!
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
+2.
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
+3.
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
+  </si>
+  <si>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t>1950-08-14</t>
+  </si>
+  <si>
+    <t>Holger -
+- Agner
+Johanne Christine Brandstrup
+Grete Gylden Thomsen
+Britta Ipsen
+Ole Kraft
+Adolph Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Helga Nielsen
+Johanne Oppermann
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Christine Swane
+Albrecht  Warberg
+Dan Warberg
+Laura Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0552</t>
+  </si>
+  <si>
+    <t>Johanne/Junge broderer servietter.
+Hun har betændelse i næsen og maveproblemer.
+Troels er blevet døbt. Johanne og Adolph/Agraren var ikke med i kirken, men på Andkærgaard bagefter. Der blev pakket gaver ud i haven i dejligt vejr. Både Laura/Bibbe og Lauritz er lykkelige. 
+Marie Larsen er på besøg, og hun broderer hele dagen.
+Dan Warberg har også været omkring Lindøgård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8032</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+XXX
+modt. 15’ Aug. 1950.
+et festligt Brev.
+besv. 23’ Aug. August 1950.
+(om min Bog og Frits’ Besøg.)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-7-2000.
+BWP.
+50
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mand. 14-8-1950
+Kære lille Dis!
+Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
+Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
+Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
+Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
+II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
+efter Vin, og det har jeg ogsaa været i denne Sygdom.
+ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
+[Skrevet langs sidens venstre kant:] 
+X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
+Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
+Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
+Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
+III
+det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
+Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
+Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
+Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
+-sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
+Dejligt at høre at Axel har det godt.
+Bankede du? Hils ham saa meget.
+Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
+Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-08-28</t>
+  </si>
+  <si>
+    <t>Nelly -
+Joy Deason
+Ina  Goldschmidt
+Matilde Jungstedt
+Andreas Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Holger  Møller Hjorth
+Ellen  Sawyer
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Per, Ole og Dessau var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0664</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf har fået en lille dreng. Efter to dage blev han syg og indlagt og døde. 
+Johanne Larsen har fået konstateret, at hun har næsebetændelse. Hun syr lyseduge og servietter.
+Det er morsomt med Astrids forfatterskab. 
+Kornhøsten er overstået. Martin/Manse har forsøgt sig med nye afgrøder. Dagen før ankom to englændere, som Martin kender fra sin tid i England. Johanne og Adolf har dårligt råd til at have dem på besøg, men de er nødt til at gengælde deres gæstfrihed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rqX8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Warberg Müller
+Bakkevej 12
+Haveskov St
+[Skrevet af ukendt:]
+Aug 1950
+modt. 11 Jan. 1941 [linjen overstreget]
+25-1-2002.
+29-7-2009
+[På kuvertens bagside:]
+Lindøgaard Dræby St.
+[I brevet:]
+Lindøgaard Mand. 28-8-1950
+Kære lille Dis!
+Tak for dit gode Brev! Jeg fik det i Fredags, og det kom saa uhyre tilpas som en Opmuntring i den store Sorg, vi lige var bleven ramt af. Jeg har paa Fornemmelsen, at jeg aldrig har faaet dig fortalt, at Else (Puf) ventede sig en lille; de havde hele Tiden sagt d. 20/8, og en dejlig lille Dreng kom d. 23_de_ ved 3 Tiden om Natten; det var gaaet saa uhyre let for Else, og det hele kun varet et Par Timer. Else havde glædet sig saadan til det lille Barn, og som du kan tænke dig var Lykken stor. Marie, Bibbe og Elle, som naaede at faa ham at se, har sagt, at det var saadan en ualmindelig dejlig Dreng, og han laa og sov saa trygt og saa saa sund ud, men Natten til Fredag blev han syg, Doktoren fik ham paa Sygehuset i Odense, hvor han døde om Morgenen. Det var et forfærdeligt Slag, det gjorde os saa bitterlig ondt for Else, men alligevel var det jo godt, at Drengen ikke var bleven større end de to Døgn. Bibbe var saa ude af sig selv af Sorg – hun havde været der om Torsdagen med Marie, som skulde rejse Dagen efter og derfor fik Lov at komme ind til hende og set det hele saa lykkeligt Else laa og straalede, et Blomsterflor var der det hele saa smukt og godt – og saa det hele vendt til Sorg og Smerte. 
+Jeg ved ikke rigtig om jeg i mit sidste Brev fortalte om mit Doktorbesøg, hvor det blev konstateret, at det var Næse-Betændelse – er det dog ikke kunstigt, som jeg altid hitter paa mærkelige Sygdomme. Marie dryppede saa min Næse, og saa maa det vel være gået over, jeg kunde ellers ikke mærke noget, det var kun den stadige Feber, der fik mig til at faa fat i Doktoren. Der gik 3 Uger ialt ["ialt indsat over linjen], hvor jeg var til ingen Ting, hvilket vil sige, at jeg ikke bestilte Haands Gavn. Men nu er det jo et overvundet Stadium, og mit Knæ bedres ogsaa helt godt, men Doktoren mener nu ikke, jeg skal gaa paa det ud over, hvad der er nødvendigt. - - Nu har jeg syet 17 Servietter til M. alle forskellige, men hvis det ikke haster med Holgers, vil jeg først sy den Lysedug til min gamle Veninde Nelly i Amerika, Putte skal have den med, naar hun rejser hjem.
+Jeg synes, det er saa forfærdeligt morsomt med dit nye Forfatterskab, du kan vist sagtens skrive noget, der er bedre end, hvad der foreligger, dog maa jeg siger ["r" sidst i ordet overstreget], at jeg ikke kender stort til dem – Drengebøger med spændende Æventyr morer mig at læse (jeg har fortæret Masser af Pers og Oles Bøger) men Ungpigebøger er jeg altid gaaet udenom i en stor Bue. Dine bliver nok med lidt Humør i. Det var morsomt at høre om dit Sjumse-Besøg pg den lille Solstraalefortælling om Dessau. 
+Du spørger om Høsten – ja Kornhøsten var til Ende, før vi fik Regn, vi havde ikke saa meget med Korn i Aar; Korn er det som paa disse magre Jorde daarligst taaler Tørke (hvad vi jo altid plages af netop paa den Tid, hvor det gerne skulde regne) derfor er Manse slaaet ind paa saa meget andet. Han har i Aar haft: Tidlige Kartofler, grøn Lucerne til Fabrikker, modne Ærter, Lupiner, Sennep, Kaalfrø, Rajgræsfrø, Sukkerroer. Ærter og Lupiner er høstet, men ude endnu, Sennep skal de høste i Eftermiddag, saa selv om det vi tidligere forstod ved ”Høsten” er ovre, har de meget Arbejde endnu. Det hele har været under Middel, Kornet naaede kun 10-12 Fold, og det er jo meget sløjt. Alle Landbrugets Udgifter er saa høje saa f. Eks. de store Kornpriser ikke forslaar. Desværre har vi en dyr Tid for os: i Gaar ankom de to Englændere, som jeg vist maa have skrevet om. Joy Deason og hendes ”friend”. Manse hentede dem i Odense og maatte tage Bil hjem, da der ingen Forbindelse var, og saa maa man jo leve anderledes, end vi plejer, tænk bare paa alt det Franskbrød; vi bruger jo Gas og har aldrig Ild paa Komfuret, bager ikke selv. Hun er 21 Aar, Manse siger at hun er i Udvikling som en 14 Aars. Vi har alle været meget nedbøjede over at skulde have det Besøg, men Manse kunde ikke sige nej; han har tidligere inviteret hendes Forældre, som var saa mageløse mod M. da han for 13-14 Aar siden boede hos dem; men de er saamænd meget søde; nu skal vi se, om jeg kan formaa dem til at tale saa højt og tydeligt, at jeg kan forstaa dem. Marie lærte det ikke i de 4 Uger, hun var her, hun mumlede den sidste Dag som den første – og altid fik hun et Hva’be’har? - - Vil du nøjes med dette sløje Brev – jeg tror ikke, jeg endnu har faaet Humøret efter Sorgen over Puf og Else. - - Elle ser jeg aldrig, hendes Hud er dog bedre nu, gid hun igen kunde blive til at cycle. Lille er stadig hos hende, venter sig i Oktober. 
+[Skrevet på hovedet på s4:]
+Nede paa Lindø har de det godt. Grete er altid elskelig imod mig, kommer ofte op med dejlige Blomster, som de har i lange Baner, og Ungernes Besøgen os, kan jeg ikke klage paa; de savner Rie,
+[Skrevet langs venstre kant på s4:]
+som var meget for dem, hun er jo Børneven, saa det kan forslaa.
+Tusinde Hilsner til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-09-12</t>
+  </si>
+  <si>
+    <t>Joy Deason
+Jesper Hansen
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Fritz Warberg
+Karen Warberg
+Marie Warberg
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem H &amp;amp; S var.
+"Englænderne" var Joy Deason og hendes ven, Peter. Martin/Manse Warberg Larsen lærte dem at kende, da han opholdt sig i England for at lære om landbrugsvæsen. 
+Fjællebro er en gammel hovedgård, der ligger i Herringe Sogn, Ringe Kommune. Fjællebro Gods ejes siden 2016 af Fjellebro Gods A/S (Wikipedia jan. 2024).
+Ørbæklunde er grundlagt ca. år 1500 under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Wikipedia jan. 2024). 
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Wikipedia jan. 2024).
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Wikipedia jan. 2024)
+Rygård er en herregård i Langå Sogn på Sydøstfyn. Den er i sameje med Glorup (Wikipedia jan. 2024). 
+Det vides ikke, hvad Fritz Warbergs svigermor hed. Ruths søster kendes heller ikke. 
+"Øjeblikket" var formodentlig et tidsskrift.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0581</t>
+  </si>
+  <si>
+    <t>Det er slemt med børnelammelsen.
+Frygteligt, at Andreas/Puf og Else Larsen mistede deres nyfødte. Else sagde, at det var godt, at det ikke var Laura/Bibbe Warberg Petersens dreng, der døde.
+Andreas/Puf har kørt tur med de englændere, der er på besøg på Lindøgaard. De to er uinteresserede i det meste, og Joy er desuden uopdragen.
+Laura/Bibbe har også kørt tur med en flok.
+Peter Larsen og Jesper Hansen har været på besøg og kørt ture med folk. Peter kørte Joy og Peter på banegården, og det var rart at slippe af med dem.
+Regnen ødelægger høsten.
+Fritz Warberg har været på Fyn. Han fik besked om ikke at opholde sig for længe hos Elle(n) Sawyer.
+Johanne/Junge syr servietter og bordløbere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iY0z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 22 Sept 1950
+besv. 28’ Sept.
+(Junge 77 d. 29’ Sept.!)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+Tors. 26-9-02
+Søn. 19/3-2000 
+Bibbe – Kerteminde
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Jeg har glemt H.s og S.s Efternavn, kan ikke sende S. før du fortæller mig det.
+læst 7-5-02
+[I brevet:]
+Lindøgaard 12-9-1950
+Kære lille Dis!
+Tak for dit lange og som sædvanlig meget interessante Brev! Hvor maa det have været rædselsfuldt for Jer det med Børnelammelsen. Gud ske Lov, det fik en – for Nille – lykkelig Ende. Mon den anden lille klarer sin Mininggitis? 
+Ja, det var en stor Sorg for Else og Puf, men Elles Lille som var deroppe, da de fik Lov til at komme, mente da, at Else var nogenlunde. Jeg havde et lille Kort fra hende med Tak for Blomster og Breve, og ved du, hvad hun bl.a. skrev: Jeg har mange Gange i disse Dage glædet mig over, at det ikke var Bibbes Dreng, der døde! Var det ikke smukt? Rent objektivt har hun jo Ret, for jeg ved da ikke, hvad der var bleven af Bibbe, hvis hun skulde have mistet sin dejlige Dreng. Nu er han snart 4 Mdr. og allerede en lille Personlighed, saa self. meget værre, end naar de kun er 2 Dage gl. men alligevel var det stort af Else at føle og sige, som hun gjorde. Puf glædede os saa meget ved en Dag at ringe, at han vilde køre en Tur for Englænderne – hvis Manse vilde tage med. Da vi havde haft Regn, var det ikke slemt for ham at tage fri, for de kunde intet lave alligevel – ikke noget preserende. Han kørte dem saa til Egeskov, det dejlige Slot, som de besaa grundigt, ogsaa til Fjællebro og et Par Kirker. De havde Madpakker med, Puf Øl til hele Selskabet, og det havde været en skøn Tur. Manse paastod altid, at hvad man end viste dem, havde de ingen Interesse i det. De var et Par primitive unge Mennesker, ja paa Barnestadiet med kun Interesse for Butikker Kafeer og deslige. Jeg blev tit saa lynende gal paa dem, navnlig hende, naar hun bare skubbede Maden fra sig uden en Gang at ville smage paa den. Ruth hadede dem af et godt Hjærte. Men de tog den sidste Eft. til Kjerteminde og købte en ganske dejlig Pibe til mig og Cigarer – fede – til Agraren. - - Bibbe kom en Eft. (med Brø’ til Kaffen) og kørte os en dejlig Tur, Hindsholm, Maale Bakke, Hverringe St. Viby Mesinge Bregnør. Solen skinnede hele Tiden, og du kan tro, jeg nød det. Jeg sad foran hos Bibbe, og bag i de to Eng., Grete, Lise og Erik (Lillebror) Det var en skøn Oplevelse. Lille Troels laa i sin Kasse – paa Kisten i Gangen under Ruths Opsigt, men det var en utaalmodig lille Fyr, da vi kom hjem, vaad og sulten. Vi havde kørte Grete og Ungerne hjem, saa jeg 
+II
+fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
+Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
+3.
+For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
+Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
+[Skrevet på hovedet øverst siden mærket ”3”:]
+ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
+[Skrevet langs venstre margen på siden mærket ”3”:]
+igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
+[Skrevet på hovedet øverst s. 4:]
+Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
+[Skrevet langs venstre kant s4:]
+de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
+[Skrevet på hovedet øverst s. 2:]
+Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
+[Skrevet langs venstre kant s. 2:]
+Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
+[Skrevet på hovedet øverst s. 1:]
+Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
+N.B. Su. u.
+[Skrevet på tværs s. 6:]
+modt. 15’ Sept. 1950 
+Besvaret 16’ Sept.
+Skrevet til J.C. Pedersen, Aarhus
+19’ Sept. 1950</t>
   </si>
   <si>
     <t>Forår 1890</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 - Lundsten
 Ellen  Sawyer
 - Südow
 Emilie Zeuthen
 Laura Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, var hos familien Zeuthen i Möör i Sverige 1889-1890. Hun fungerede som skolefrøken samt pige i huset.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1879</t>
   </si>
   <si>
     <t>Zeuthens børn skal til eksamen to dage i træk, og deres lærer, Christine, synes at det er hårdt.
 Christines reformdragt er færdig, og der er snore tilovers. Hun foreslår, at Alhed får disse snore, som Ellen kan få med hjem sammen med mønsteret. Christine rejser til Ellen torsdag.
 Laura Zeuthen trådte i skoven på en hugorms hale, og Christine slog den ihjel med en kæp. Der er mange hugorme på stedet.
 Louises dukke bliver sød, og Christine laver tøj til den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Xk8P</t>
   </si>
   <si>
     <t>Mandag.
 Kæreste Mor!
 Et Par Ord i en susende Fart; Tak for dit Brev, det virkede som Olje paa Bølgerne, det du skrev om Examen! Men jeg haaber dog, den skal gaa nogenlunde hvis jeg bare ikke bliver altfor forfjamsket, saa jeg gør Børnene vildgale. Jeg har ogsaa tænkt paa, om de muligvis vilde have en ældre Lærerinde, og jeg vilde næsten ønske det; skønt det jo nu bliver meget lettere og behageligere hvad Skolen angaar, saa stilles her dog saa mange andre Fordringer og er saa meget som ikke er saa morsomt. To Dage skal vi have Examen, da Hr Z. ikke kan sidde saa længe inde ad Gangen, synes du ikke, det bliver drøjt! - Nu er min Reformdragt færdig. Jeg har mange Snore til overs, kan Alheds ikke blive broderet paa samme Maade som min, saa behøver hun kun et Stk Snore, de koste 2,85 Øre, saa kunde Elle faa baade mit Mønster og Snore med hjem, det er ganske yndige Snore meget brede og et nydeligt Mønster. Skal Elle ikke fotograferes i Kbh? Det er længe siden hun er bleven det.
 Tænk, idag da jeg var ude at spasere inde i Skoven med Børnene, de to smaa laa og plukkede Blomster, traadte Laura paa Halen af en stor tyk Hugorm; jeg fik i en Fart fat paa en Kæp og masede dens Hoved; men tænk, havde de smaa været alene, kunde den have hugget dem ihjel. Igaar slog Hr Z en ihjel og nu idag dræbte Otto nok en; her er ingen Mangel paa de Krabater.
 I Lørdags var Südows og Frk Lundsten her, jeg skulde hilse dig fra hende og sige at det var saa venligt af dig at sende hende Hilsen. Nu skal jeg hen at klø paa Naturhistorie til i Morgen. Jeg ved ikke om jeg skrev at jeg rejser Torsdag og kommer tilbage Onsdag Aften, saa har Elle og jeg jo en Dag til at være sammen og vi faa en Dag til at læse i. Du kan tro Muks Dukke bliver sød, en Kjole har jeg kun færdig samt Buxer, Strømper og en hæklet Hue, en Kaabe af mit tykke blaagraa Kjoletøj er jeg ifærd med.
 Hils alle kærligt
 Din
 Basse</t>
-  </si>
-[...119 lines deleted...]
-Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -5164,59 +5298,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M83"/>
+  <dimension ref="A1:M86"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5286,3575 +5420,3710 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>30</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>59</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>75</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
-[...8 lines deleted...]
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="M9" s="5" t="s">
         <v>77</v>
       </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="F10" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
         <v>79</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>80</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="J10" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>104</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>114</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>122</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>27</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>125</v>
+        <v>130</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>27</v>
+      </c>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>130</v>
-[...8 lines deleted...]
-        <v>133</v>
+        <v>134</v>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="M17" s="5" t="s">
         <v>135</v>
       </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>27</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L18" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="J18" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>27</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>144</v>
-[...8 lines deleted...]
-        <v>147</v>
+        <v>140</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>27</v>
+      </c>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="I20" s="5"/>
-      <c r="J20" s="5" t="s">
-        <v>152</v>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>143</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>157</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>143</v>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="s">
-        <v>177</v>
+      <c r="A24" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>167</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>79</v>
+        <v>159</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>130</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>159</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>79</v>
+        <v>213</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="M31" s="5" t="s">
         <v>227</v>
-      </c>
-[...30 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>15</v>
+        <v>229</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>79</v>
+        <v>231</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="J33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>79</v>
+        <v>198</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="J35" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="K35" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="J35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="M35" s="5" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="J36" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="I36" s="5"/>
-      <c r="J36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>269</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I37" s="5"/>
+      <c r="I37" s="5" t="s">
+        <v>271</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>208</v>
+        <v>279</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>115</v>
+        <v>253</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>269</v>
+        <v>159</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>18</v>
+        <v>253</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>309</v>
-[...4 lines deleted...]
-        </is>
+        <v>159</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>319</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>28</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>320</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>321</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>318</v>
+        <v>186</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>15</v>
+        <v>319</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>115</v>
+        <v>28</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>17</v>
+        <v>333</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>330</v>
+        <v>122</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>332</v>
+        <v>186</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>319</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>338</v>
+        <v>28</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>17</v>
+        <v>333</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>339</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>340</v>
       </c>
       <c r="J47" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="K47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="E48" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="I48" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="F48" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="K48" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="J48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>349</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="M48" s="5" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>15</v>
+        <v>319</v>
       </c>
       <c r="E49" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K49" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="F49" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="M49" s="5" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="L50" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>363</v>
-      </c>
-[...24 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>363</v>
+        <v>159</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>363</v>
+        <v>159</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>26</v>
+        <v>253</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>386</v>
+        <v>150</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>387</v>
+        <v>75</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>253</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>391</v>
+        <v>378</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>392</v>
+        <v>379</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>398</v>
+        <v>385</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>399</v>
+        <v>150</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-        </is>
+        <v>386</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>269</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>401</v>
+        <v>387</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>402</v>
+        <v>388</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>409</v>
+        <v>86</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>388</v>
-[...8 lines deleted...]
-        <v>412</v>
+        <v>395</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I55" s="5" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>386</v>
+        <v>150</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>409</v>
+        <v>75</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>253</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>420</v>
+        <v>402</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>421</v>
+        <v>403</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>386</v>
+        <v>150</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>387</v>
+        <v>75</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>389</v>
+        <v>253</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>426</v>
+        <v>409</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>430</v>
+        <v>414</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>432</v>
-[...12 lines deleted...]
-        <v>433</v>
+        <v>75</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>434</v>
+        <v>416</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>435</v>
+        <v>417</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>400</v>
+        <v>159</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>115</v>
+        <v>253</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>440</v>
+        <v>424</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>441</v>
+        <v>425</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>445</v>
+        <v>429</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>446</v>
+        <v>430</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>400</v>
+        <v>159</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>448</v>
+        <v>432</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>449</v>
+        <v>433</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>450</v>
+        <v>434</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>451</v>
+        <v>435</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>452</v>
+        <v>436</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>432</v>
+        <v>150</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>454</v>
-[...9 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>455</v>
+        <v>438</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>456</v>
+        <v>439</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>457</v>
+        <v>426</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>458</v>
+        <v>440</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>400</v>
+        <v>159</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>115</v>
+        <v>253</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>463</v>
+        <v>445</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>264</v>
+        <v>446</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>464</v>
+        <v>447</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>465</v>
+        <v>448</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>466</v>
+        <v>449</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>386</v>
+        <v>150</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>387</v>
+        <v>75</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>253</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>470</v>
+        <v>452</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>393</v>
+        <v>453</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>471</v>
+        <v>454</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>472</v>
+        <v>455</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>473</v>
+        <v>456</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>474</v>
+        <v>457</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>27</v>
+        <v>253</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>477</v>
+        <v>460</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>478</v>
+        <v>461</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>479</v>
+        <v>462</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>482</v>
+        <v>465</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>483</v>
+        <v>75</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>484</v>
+        <v>159</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>485</v>
+        <v>253</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>486</v>
+        <v>466</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>487</v>
+        <v>467</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>488</v>
+        <v>468</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>489</v>
+        <v>469</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>492</v>
+        <v>472</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>493</v>
+        <v>150</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>432</v>
-[...9 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>501</v>
+        <v>75</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>388</v>
-[...4 lines deleted...]
-        </is>
+        <v>159</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>502</v>
+        <v>480</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>403</v>
+        <v>482</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>505</v>
+        <v>484</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>506</v>
+        <v>485</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>507</v>
+        <v>486</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>508</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>387</v>
-[...14 lines deleted...]
-        </is>
+        <v>150</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>509</v>
-[...5 lines deleted...]
-        </is>
+        <v>487</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>489</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>491</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>492</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>508</v>
+        <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>387</v>
-[...14 lines deleted...]
-        </is>
+        <v>150</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>513</v>
-[...10 lines deleted...]
-        </is>
+        <v>494</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="M69" s="5"/>
+        <v>498</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>499</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="M70" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="C70" s="5" t="s">
-[...39 lines deleted...]
-      <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>518</v>
+        <v>509</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>508</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>387</v>
-[...14 lines deleted...]
-        </is>
+        <v>150</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="I71" s="5"/>
-      <c r="J71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J71" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="M71" s="5"/>
+        <v>513</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>514</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>508</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>150</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>516</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="I72" s="5"/>
-      <c r="J72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J72" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>519</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="L73" s="6" t="s">
         <v>525</v>
       </c>
-      <c r="B73" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H73" s="5" t="s">
+      <c r="M73" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="I73" s="5"/>
-[...13 lines deleted...]
-      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="F74" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="J74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>532</v>
       </c>
-      <c r="K74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>533</v>
-      </c>
-[...4 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>501</v>
+        <v>75</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>388</v>
+        <v>503</v>
       </c>
       <c r="F75" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="K75" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I75" s="5" t="s">
+      <c r="L75" s="6" t="s">
         <v>538</v>
       </c>
-      <c r="J75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K75" s="5" t="s">
+      <c r="M75" s="5" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>386</v>
+        <v>150</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>387</v>
+        <v>75</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="G76" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="J76" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="H76" s="5" t="s">
+      <c r="K76" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>545</v>
       </c>
-      <c r="J76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K76" s="5" t="s">
+      <c r="M76" s="5" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>387</v>
+        <v>75</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>432</v>
+        <v>150</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>388</v>
-[...6 lines deleted...]
-      <c r="G77" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="J77" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="H77" s="5" t="s">
+      <c r="K77" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>552</v>
       </c>
-      <c r="J77" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K77" s="5" t="s">
+      <c r="M77" s="5" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="5" t="n">
-        <v>1934</v>
+      <c r="A78" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="I78" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="J78" s="5" t="s">
         <v>557</v>
       </c>
-      <c r="E78" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H78" s="5" t="s">
+      <c r="K78" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="I78" s="5" t="s">
+      <c r="L78" s="6" t="s">
         <v>559</v>
       </c>
-      <c r="J78" s="5" t="s">
+      <c r="M78" s="5" t="s">
         <v>560</v>
-      </c>
-[...7 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="K79" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>566</v>
       </c>
-      <c r="I79" s="5" t="s">
+      <c r="M79" s="5" t="s">
         <v>567</v>
-      </c>
-[...10 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>493</v>
+        <v>150</v>
       </c>
       <c r="D80" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="J80" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="E80" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="K80" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>574</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="M80" s="5" t="s">
         <v>575</v>
-      </c>
-[...7 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>432</v>
+        <v>150</v>
       </c>
       <c r="D81" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="K81" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="E81" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>581</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="M81" s="5" t="s">
         <v>582</v>
-      </c>
-[...10 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>501</v>
+        <v>75</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>584</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>589</v>
       </c>
-      <c r="J82" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K82" s="5" t="s">
+      <c r="M82" s="5" t="s">
         <v>590</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>501</v>
+        <v>75</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>537</v>
+        <v>253</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="I83" s="5"/>
+      <c r="J83" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="K83" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>595</v>
       </c>
-      <c r="J83" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K83" s="5" t="s">
+      <c r="M83" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="L83" s="6" t="s">
+    </row>
+    <row r="84">
+      <c r="A84" s="5" t="s">
         <v>597</v>
       </c>
-      <c r="M83" s="5" t="s">
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
         <v>598</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>618</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8898,44 +9167,47 @@
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
+    <hyperlink ref="M84" r:id="rId89"/>
+    <hyperlink ref="M85" r:id="rId90"/>
+    <hyperlink ref="M86" r:id="rId91"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>