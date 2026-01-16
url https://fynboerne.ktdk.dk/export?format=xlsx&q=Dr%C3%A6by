--- v1 (2025-11-23)
+++ v2 (2026-01-16)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="619" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="645" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1897,50 +1897,111 @@
 Bakkevej 12
 Hareskov St.
 ” tirsd. ” 23-1-07.
 læst lørd. d. 17-9-05.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby
 [I brevet:]
 Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
 hvor er det snart forfærdeligt
 og det arme Land. 
 Kæreste Dis!
 Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
 Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
 Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
 2
 Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
 3
 med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
 Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
 Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
 Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
 Nu er Tiden omme, søde Dis, vil du nøjes med dette.
 God Bedring!! Kærlig Hilsener! Din Junge</t>
   </si>
   <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
     <t>1940-10-25</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Maria Balslev
 Jørgen Brandstrup
 Ludvig Brandstrup, visedigter
 Adolph Larsen
 Vilhelm Larsen
 Christine  Mackie
 Axel  Müller
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
 Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
 Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
   </si>
   <si>
@@ -2342,50 +2403,167 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1942-11-26</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Andreas Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
   </si>
@@ -5298,59 +5476,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M86"/>
+  <dimension ref="A1:M89"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6891,2239 +7069,2372 @@
       </c>
       <c r="I35" s="5" t="s">
         <v>255</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>256</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>257</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>258</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>260</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="5" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="5" t="s">
-        <v>268</v>
+        <v>159</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="5" t="s">
-        <v>159</v>
+        <v>278</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>253</v>
+        <v>279</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="5" t="s">
-        <v>230</v>
+        <v>159</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>159</v>
+        <v>253</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="F41" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="F41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...3 lines deleted...]
-        <v>159</v>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F43" s="5" t="s">
-        <v>268</v>
+        <v>315</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>27</v>
+        <v>261</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>319</v>
+        <v>150</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>323</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>327</v>
+      </c>
+      <c r="K44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L44" s="6" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>27</v>
+        <v>150</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>319</v>
+        <v>75</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>28</v>
+        <v>159</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>333</v>
+        <v>278</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>122</v>
+        <v>338</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>186</v>
+        <v>340</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>319</v>
+        <v>345</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F47" s="5" t="s">
-        <v>333</v>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>319</v>
+        <v>345</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>333</v>
+        <v>359</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>352</v>
+        <v>122</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>75</v>
+        <v>345</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>253</v>
+        <v>359</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>360</v>
+        <v>186</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>75</v>
+        <v>345</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>253</v>
+        <v>359</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>378</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>379</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>373</v>
+        <v>186</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>385</v>
+        <v>150</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>150</v>
+        <v>75</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>386</v>
+        <v>159</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>394</v>
+        <v>150</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>395</v>
-[...4 lines deleted...]
-        </is>
+        <v>159</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H55" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="5" t="s">
-        <v>159</v>
+        <v>412</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>253</v>
+        <v>279</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>150</v>
+        <v>420</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>421</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="s">
-        <v>416</v>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I58" s="5" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>423</v>
+        <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>423</v>
+        <v>449</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>449</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>449</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>465</v>
+        <v>150</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>150</v>
+        <v>491</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>501</v>
+        <v>150</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>502</v>
+        <v>75</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>503</v>
-[...4 lines deleted...]
-        </is>
+        <v>159</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>186</v>
+        <v>508</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>253</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="I71" s="5"/>
+        <v>513</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>514</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>516</v>
+        <v>253</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>520</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>521</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>150</v>
+        <v>527</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>75</v>
+        <v>528</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>529</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>446</v>
+        <v>186</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>503</v>
+        <v>159</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>503</v>
+        <v>159</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>268</v>
+        <v>542</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>535</v>
-[...3 lines deleted...]
-      </c>
+        <v>543</v>
+      </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>543</v>
+        <v>472</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="5" t="s">
-        <v>230</v>
+        <v>529</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>159</v>
+        <v>278</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>159</v>
+        <v>529</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>516</v>
+        <v>278</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>557</v>
+        <v>537</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>516</v>
+        <v>278</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D80" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D80" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="5" t="s">
-        <v>269</v>
+        <v>230</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>569</v>
+        <v>159</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>159</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>569</v>
+        <v>542</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>584</v>
-[...4 lines deleted...]
-        </is>
+        <v>159</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>542</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>159</v>
+        <v>279</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>253</v>
+        <v>595</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="I83" s="5"/>
+        <v>596</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>597</v>
+      </c>
       <c r="J83" s="5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>503</v>
+        <v>159</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>253</v>
+        <v>595</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>610</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...33 lines deleted...]
-        <v>618</v>
+      <c r="D89" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>644</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9170,44 +9481,47 @@
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
+    <hyperlink ref="M87" r:id="rId92"/>
+    <hyperlink ref="M88" r:id="rId93"/>
+    <hyperlink ref="M89" r:id="rId94"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>