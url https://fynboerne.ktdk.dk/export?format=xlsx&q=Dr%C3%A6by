--- v2 (2026-01-16)
+++ v3 (2026-03-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="645" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1036" uniqueCount="670" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -424,50 +424,107 @@
 Georg Larsen
 Jeppe Andreas Larsen
 Vilhelmine  Larsen
 Karl Madsen
 - Nordskov</t>
   </si>
   <si>
     <t>Toldboden i Kerteminde ligger i Strandgade</t>
   </si>
   <si>
     <t>Alhed er rejst fra Kerteminde i stor hast, efter at hun og Larsen kom for sent op.
 Georg Larsen (bror) har set et par klyder, og Adolf (Agraren) og Johannes Larsen har skudt dem, hvorefter Johannes Larsen har tegnet dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EmNY</t>
   </si>
   <si>
     <t>Kjerteminde 23 Maj
 Min egen Kæreste!
 Det var dog en Skam at Du maatte rejse af den lumpne Grund at vi sov for længe i Morges. Du kan tro jeg er ked af at jeg ikke fik talt ordentlig med Dig, det var ogsaa et ækelt Vejr i Gaar. Jeg havde tænkt at begynde paa en Aquarel i Dag af et Motiv jeg har set paa i flere Aar og som sa[noget af papiret mangler] ud i Lørdags og i D[noget af papiret mangler] samme Slags Vejr. [noget af papiret mangler] der imidlertid ikke noget af for lidt efter at jeg var kommen hjem fra Posten, kom Georg ind og sagde at der gik 2 mærkelige Vadefugle ude paa Revlerne og da jeg kom ned og saa dem i Kikkerten, saa jeg at det var Klyder, jeg har aldrig før set dem levende, det var et Par nydelige Fugle. Agraren laante Nordskovs Bøsse og krøb ud ad Molen og jeg gik med min ud ved Toldboden og tog Strømperne af og gik ud i Vandet og uden om dem. Da jeg havde drevet en Del omkring med dem lykkedes det mig at komme dem saa nær at jeg kunde skyde Hannen [noget af papiret mangler]en største og kønneste [noget af papiret mangler]e gik i Vandet, den [noget af papiret mangler]skød jeg da den fløj forbi og Agraren skød den saa ihjel da den kom henover ham. De er nydelige sorte og hvide med lyseblaa Ben. Den ene har jeg tegnet i Eftermiddag og har vel nok at gøre hele Dagen i Morgen og maaske i Overmorgen med. Det var for Resten ikke saa morsomt at skyde dem, og havde det ikke været for Proffessionens Skyld vilde jeg heller ikke have gjort det, det var en væmmelig Fornemmelse bag efter, at tænke paa at saadan 2 smukke Fugle ikke kan vise dem her uden at de skal dræbes. De saa saadan ud: [tegning]
 Nu faar Du ikke ret meget mere denne Gang. Det er næsten mørkt og Fader og Moder er gaaet i Seng, men de trænger vel ogsaa til det efter Rejsen. Jeg vil dog fortælle Dig at jeg holder forfærdelig meget af Dig og er meget ked af at Du ikke kunde blive her længere. Jeg elsker Dig. Mange kærlige Hilsner og Tak fordi Du kom og besøgte mig den lille korte Tid, om det ikke var ret længe var det dog meget bedre end slet ikke, og jeg [noget af papiret mangler] bleven forfærdelig [noget af papiret mangler] hvis Du ikke var [noget af papiret mangler] i Lørdags. Kan du nu skrive rigtig til mig
 Din hengivne
 Johannes Larsen
 P.S.
 Jeg vilde gerne bede om jeg maatte laane K. Madsens Bog om japansk Malerkunst.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
@@ -502,51 +559,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-8</t>
   </si>
   <si>
     <t>Revninge
@@ -1224,50 +1281,115 @@
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen tegner ved Ladbyskibsudgravningen. Else Larsen synes bare, at det er et hul i jorden. 
 Andreas/Puf Larsen fortæller, at Johannes Larsen har tegnet Knud den Helliges Sten, en tegning ved Hindsgavl og en ved Rørdam. Andreas sender fotos af datteren. 
 Johannes Larsen kan ikke afbryde sit arbejde lige nu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CKbE</t>
   </si>
   <si>
     <t>Kære Allesammen!
 Las vilde have skrevet et Par Ord, men naaede det ikke til Morgen, han er taget hen for at tegne Vikingeskibet ved Ladby; hvad han vil tegne, ved jeg ikke, for der er ikke andet end et Hul i Jorden, hvor 3 lærde Mænd ligger og graver med en Murske. Det var kedeligt, I ikke fik det lille Besøg af Las og Puf, jeg tror, Puf havde glædet sig til det, men Las er meget optaget af Tegningerne.
 Tusind Hilsner til alle fra Lillepigen og Else
 [Side 2 mangler]
 [Johan/Puf Larsens skrift:]
 3/.
 sagt noget om, at han jo alligevel skulde til Stockholm og kunde jo saa se Frauer der. Gudrun fortalte at han havde tegnet Knud den Helliges Sten X ved Vissenbjerg, en Tegning ved Hindsgavl, en paa Svinø og en paa Rørdam, det er en flot Præstation paa en Dag, saa det er jo ikke saa sært han var baade sulten og træt. - Tak for dit udmærkede Fødselsdagsbrev og en særlig Tak fordi det var læseligt. Jeg sender her nogle Billeder af vor Datter, nu haaber jeg I kan se hun ser ligesaagodt ud, som jeg syntes Peter saa ud dengang. 
 [Indsat nederst på arket:]
 X En Sten vest for Vissenbjerg, paa hvilken Kn. d. H. hvilede sig, da han var paa Vej til Odense, hvor han blev dræbt.
 [Indsat øverst s. 1:]
 Nu kom Far saa slutter jeg
 Mange Hilsner til Jer alle 3 og Fru P, hvis hun er der, fra Else og Puf.
 [Indsat øverst s. 1; på hovedet; Johannes Larsens skrift:]
 Kære Lysse. Det er meget fristende men det er mig umuligt at afbryde mit Arbejde nu. Din JL.</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Rigmor Thorsen
@@ -1769,50 +1891,143 @@
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
   </si>
   <si>
     <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
 Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
   </si>
@@ -2021,54 +2236,50 @@
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -5318,53 +5529,50 @@
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
   </si>
   <si>
     <t>Forår 1890</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 - Lundsten
 Ellen  Sawyer
 - Südow
 Emilie Zeuthen
 Laura Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, var hos familien Zeuthen i Möör i Sverige 1889-1890. Hun fungerede som skolefrøken samt pige i huset.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1879</t>
   </si>
   <si>
     <t>Zeuthens børn skal til eksamen to dage i træk, og deres lærer, Christine, synes at det er hårdt.
 Christines reformdragt er færdig, og der er snore tilovers. Hun foreslår, at Alhed får disse snore, som Ellen kan få med hjem sammen med mønsteret. Christine rejser til Ellen torsdag.
 Laura Zeuthen trådte i skoven på en hugorms hale, og Christine slog den ihjel med en kæp. Der er mange hugorme på stedet.
 Louises dukke bliver sød, og Christine laver tøj til den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Xk8P</t>
@@ -5476,59 +5684,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzvI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M89"/>
+  <dimension ref="A1:M92"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5851,3590 +6059,3721 @@
       </c>
       <c r="H8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="C9" s="5" t="s">
+      <c r="D9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D9" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E9" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>76</v>
-[...10 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="M9" s="5"/>
+        <v>81</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>85</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-        <v>79</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>80</v>
-[...8 lines deleted...]
-        <v>82</v>
+        <v>86</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>59</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>104</v>
-[...14 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="E14" s="5" t="s">
         <v>114</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>115</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>116</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>59</v>
+        <v>122</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>124</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        </is>
+        <v>133</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="M16" s="5"/>
+        <v>137</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K17" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L18" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K20" s="5" t="s">
-        <v>144</v>
+      <c r="K20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L20" s="6" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>143</v>
+        <v>27</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>150</v>
-[...8 lines deleted...]
-        <v>151</v>
+        <v>153</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="I22" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="J22" s="5" t="s">
-        <v>154</v>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="n">
-        <v>1934</v>
+      <c r="A24" s="5" t="s">
+        <v>168</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>167</v>
-[...9 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="5" t="s">
-        <v>174</v>
+      <c r="A25" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>75</v>
+        <v>176</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>159</v>
+        <v>177</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>183</v>
+        <v>85</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>130</v>
-[...9 lines deleted...]
-        </is>
+        <v>160</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>140</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>169</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>221</v>
+        <v>169</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>159</v>
+        <v>217</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>229</v>
+        <v>160</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>230</v>
+        <v>169</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>159</v>
+        <v>240</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>198</v>
+        <v>169</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>150</v>
+        <v>248</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>159</v>
+        <v>249</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>198</v>
+        <v>250</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>253</v>
+        <v>217</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>261</v>
+        <v>85</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>253</v>
+        <v>217</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>278</v>
+        <v>169</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>150</v>
+        <v>288</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>159</v>
+        <v>289</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>253</v>
+        <v>290</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>230</v>
+        <v>305</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>159</v>
+        <v>265</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>261</v>
+        <v>160</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>150</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>315</v>
+        <v>280</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>261</v>
+        <v>85</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>323</v>
+        <v>249</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>324</v>
+        <v>169</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>327</v>
-[...4 lines deleted...]
-        </is>
+        <v>329</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>150</v>
+        <v>288</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>160</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="s">
-        <v>278</v>
+        <v>341</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>27</v>
+        <v>288</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>345</v>
+        <v>160</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>349</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>353</v>
+      </c>
+      <c r="K47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L47" s="6" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>345</v>
+        <v>85</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>359</v>
+        <v>305</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>122</v>
+        <v>364</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>186</v>
+        <v>366</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>345</v>
+        <v>371</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F50" s="5" t="s">
-        <v>359</v>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>345</v>
+        <v>371</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>359</v>
+        <v>385</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>378</v>
+        <v>132</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>253</v>
+        <v>385</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>386</v>
+        <v>196</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>253</v>
+        <v>385</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>404</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>405</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>399</v>
+        <v>196</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>411</v>
+        <v>160</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>412</v>
+        <v>169</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>420</v>
+        <v>160</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>421</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H58" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>150</v>
+        <v>437</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>159</v>
+        <v>438</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>150</v>
+        <v>446</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>447</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>442</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>449</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>449</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>449</v>
+        <v>475</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>475</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>475</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>491</v>
+        <v>160</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>150</v>
+        <v>517</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>527</v>
+        <v>160</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>528</v>
+        <v>85</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>529</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>186</v>
+        <v>534</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="I74" s="5"/>
+        <v>539</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>540</v>
+      </c>
       <c r="J74" s="5" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>542</v>
+        <v>280</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="I75" s="5"/>
+        <v>546</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>547</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>150</v>
+        <v>553</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>75</v>
+        <v>554</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>555</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>472</v>
+        <v>196</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>529</v>
+        <v>169</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>554</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="I77" s="5"/>
       <c r="J77" s="5" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>529</v>
+        <v>169</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>278</v>
+        <v>568</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>537</v>
+        <v>563</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>569</v>
+        <v>498</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>230</v>
+        <v>555</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>159</v>
+        <v>305</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>159</v>
+        <v>555</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>542</v>
+        <v>305</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>542</v>
+        <v>305</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>75</v>
+        <v>160</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>279</v>
+        <v>249</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>595</v>
+        <v>169</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>595</v>
+        <v>568</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>610</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>568</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>159</v>
+        <v>265</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>253</v>
+        <v>621</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="I86" s="5"/>
+        <v>622</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>623</v>
+      </c>
       <c r="J86" s="5" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>529</v>
+        <v>169</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>253</v>
+        <v>621</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>636</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="I89" s="5"/>
+      <c r="J89" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D89" s="5" t="s">
-[...33 lines deleted...]
-        <v>644</v>
+      <c r="D92" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>669</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9484,44 +9823,47 @@
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
+    <hyperlink ref="M90" r:id="rId95"/>
+    <hyperlink ref="M91" r:id="rId96"/>
+    <hyperlink ref="M92" r:id="rId97"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>