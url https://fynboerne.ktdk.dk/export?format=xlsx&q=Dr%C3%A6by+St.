--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -3,95 +3,152 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="438" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="713" uniqueCount="456" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
+  </si>
+  <si>
     <t>1905-03-23</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Dræby
 Göteborg Sweden
 Nybro Frugtplantage
 Bøgebjerg Strand 
 Boston</t>
   </si>
   <si>
     <t>Peter Jensen
 Adolph Larsen
 Alhed Larsen
@@ -1346,50 +1403,108 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-09-08</t>
   </si>
   <si>
     <t>Blegdamsvej 19 København Ø</t>
   </si>
   <si>
     <t>Lindøgaard Dræby St.</t>
   </si>
   <si>
     <t>Frk. Andersen
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Buhl
 - Gjerulff
 Jesper Hansen
 Eli Larsen
 Christine  Mackie
 Leo Swane
 Mikael Venge
 Erik Warberg Larsen
@@ -4053,59 +4168,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M58"/>
+  <dimension ref="A1:M60"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4140,2479 +4255,2569 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="5" t="s">
+      <c r="G3" s="5" t="s">
         <v>29</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="5" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>47</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>116</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>117</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>118</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>119</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>144</v>
+        <v>47</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>37</v>
+        <v>115</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>105</v>
+        <v>47</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>160</v>
+        <v>115</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="K20" s="5" t="inlineStr">
+        <v>164</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L20" s="6" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F21" s="5" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>37</v>
+        <v>177</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>181</v>
+      </c>
+      <c r="K22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L22" s="6" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>105</v>
+        <v>192</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>196</v>
+        <v>37</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>197</v>
+        <v>38</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>198</v>
+        <v>115</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E27" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="5" t="s">
-        <v>105</v>
+        <v>216</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>224</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>225</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>234</v>
+        <v>47</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>235</v>
+        <v>115</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>27</v>
+        <v>251</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>37</v>
+        <v>252</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>105</v>
+        <v>253</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>264</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>264</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>282</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>282</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>306</v>
+        <v>37</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>27</v>
+        <v>324</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="I45" s="5"/>
+        <v>346</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>347</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>348</v>
+        <v>115</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="I46" s="5"/>
+        <v>353</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>354</v>
+      </c>
       <c r="J46" s="5" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>287</v>
+        <v>361</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>360</v>
+        <v>47</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>174</v>
+        <v>366</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="I48" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K48" s="5" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>174</v>
+        <v>115</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>370</v>
+        <v>305</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>144</v>
+        <v>378</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>37</v>
+        <v>192</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>348</v>
+        <v>192</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>348</v>
+        <v>47</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>235</v>
+        <v>47</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>411</v>
-[...4 lines deleted...]
-        </is>
+        <v>253</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>105</v>
+        <v>414</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="I56" s="5"/>
+        <v>422</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>423</v>
+      </c>
       <c r="J56" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>429</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6631,44 +6836,46 @@
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
+    <hyperlink ref="M59" r:id="rId64"/>
+    <hyperlink ref="M60" r:id="rId65"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>