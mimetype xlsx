--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -44,117 +44,54 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1950-07-26</t>
+    <t>1886-11-20</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...61 lines deleted...]
-    <t>1886-11-20</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Ladby Vikingevej
 Långaryd Sverige
 5390 Martofte
 Fynshovedvej 698 Nordskov 5390 Martofte
 Kerteminde
 Dræby  </t>
   </si>
   <si>
     <t>Ingeborg  Delcomyn
 Frederik Falkenstjerne
 Charles Godtfredsen
@@ -171,50 +108,162 @@
 Morten Pontoppidan
 Anton Frederik Schondel
 Christine Swane
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>De unge malere boede hos en gårdmand i Nordskov (Ernst Mentze: Johannes Larsen - Kunstnerens Erindringer, Borgens Forlag 1955)</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Mollerup laver komedie med børnene om aftenen. Han, Kyhn og Godtfredsen maler i omegnen af Kerteminde og kommer på besøg hos familien Larsen. Grundet nogle brande i Dræby får Johannes Larsens far solgt en del tømmer til genopbygning. Der skal opføres en stationsbygning med telefon i Nordskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/r2ez</t>
   </si>
   <si>
     <t>Kjerteminde den 20 November 1886.
 Kjæreste Johannes!
 Saa hjærtelig Tak for Dit længere Brev ja se saadan er det jeg vil have det, Du skal blot naar Du sætter Dig til at skrive bilde Dig ind at Du taler med mig saa skal Du se den gaar som den var s[ulæseligt] Du kunde jo til Eksempel godt have sagt mig hvad Falkenstjerne og Pontoppidan havde talt om; men nu ved Du det til en anden Gang. Jo rigtignok er det Meningen Du skal hjem at holde Juul Johannes om alting maa falde sig som vi haabe med Helbred og Vejrlig jeg skal se at faa noget Fodtøj besørget til dig alting skal komme med i næste Uge tænker jeg; maatte det gaa over med den Forkjølelse lille Johannes naar jeg nu seer at Sygdom kan trække saadan ud som med Georg saa tigger vi rigtignok vor himmelske Fader om Sundhed og Kræfter, Doktoren har endnu ikke givet os Lov til at faa ham op, da der endnu er Feber bed dog med os at vi snart kan faa ham op saa jeg kan komme ned at passe mit Huus og Børn igjen Jeg skal takke Dig for Besørgelsen af Pakken til Marie, Mollerup seer jo nok at Børnene mangle lidt Sammenhold og saa har han funden paa at fylde Aftenen med denne Komedie der er vores Børn alle, Adolph med, han er Page og har en Sætning at sige, du kan tro han er dyr naar det staar paa, Marie Mejr og [ulæseligt navn] og Peder Larsen, Anton Schondel Teodor Nielsen Ingeborg er Kejser og Marie Prindsesse Vilhelm Hofnar og Dine Hofdame, Marie Meyer Politibetjent, nu nok herom saa vil jeg fortælle Dig en glædelig Nyhed midt i al denne Alvor, der er brændt 2 Gaarde i Dræby og dem skal Fader sælge til, og de er kommen uden at der er gjort dem noget Tilbud og Manden her var idag har fortalt at Tømmerhandlere 5 i Tal har sendt ham Priser; nu i Eftermiddag kom 3 Mand fra Ladby og kjøbte til et Folksmejeri saa Du kan tro han er glad – den kjære kjære Fader – Gud styrke ham dog til den store Gjerning han har – ret snart maa han til Sverig saa faar Du ham at se jeg skal bede Dig sige til frøken Bendal at paa Mandag sender Fader Penge til hende som hun saa har Tirsdag
 Mollerup rejser idag til Martofte [overstreget] igjen men kommer vist hjem til Tirsdag igjen Kyhn havde vi ventet idag men nu er det saa sent at det er opgivet. Godtfredsen kommer ind Fredag i næste Uge Johannes der er paatænkt en Stationsbygning opført i Nordskov med Telefonledning ind til Kjerteminde for Strandingerers Skyld, her var en saadan forleden Aften Fuldmægtig Nielsen rejste om Aftenen og kom først hjem næste Morgen, jeg tænker Godtfredsen har malet en ordentlig Mængde jeg glæder mig til at se Smedien 
 Kan du dog ikke forstaa at det interreserer mig hvad du maler nu tænker jeg paa Dig ved Arbejdet ogsaa vil jeg nok med det samme omtrent se hvad Du har for Dig har du Glæde af det du maler hvad siger Din Lærer? Har Du senere besøgt ham Du maa nu endelig skrive snarest naar du faar Papirer om du ikke har saameget at vi faar Brev imorgen.
 Ja nu er det snart Posttid saa jeg maa nok nu sige Farvel og Lev vel mit elskede Barn og Gud velsigne bevare og styrke dig til hvad du skal udføre
 De kjærligste Hilsener fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>28. aug. 1925</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Erich Drygalsky
+Julius Galster
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Axel Malmquist
+John Møller
+Peder Petersen
+Morten Porsild
+Philip Rosendahl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
+Adolph Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
   </si>
   <si>
     <t>1950-06-21</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Småland
 Majenfors</t>
   </si>
   <si>
     <t>Christian  Brandstrup
 Eline  Brandstrup
 Wisie Brandt
 Frits Branner
 - Faksø
 Adam Goldschmidt
 Brita Goldschmidt
 Hans Iuel
 Thyra Iuel
 Grethe Jungstedt
 Kurt Jungstedt
 - Kruuse
@@ -270,154 +319,105 @@
 Majenfors
 Småland
 21-6-2000 BWP.
 Sverige
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
 Lindøgaard 21 Juni 1950
 Kære lille Dis!
 Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
 Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
 Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
 Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
 Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
 Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
 Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
 Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
 Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
 Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
 Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
 [S. 2 øv., skrevet på hovedet:]
 En myrdet Flue. Undskyld 
 [S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
   </si>
   <si>
-    <t>1945-04-03</t>
-[...16 lines deleted...]
-Johannes Larsen
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
-Maria von Sperling. g. Balslev
-[...2 lines deleted...]
-Grete Warberg Larsen
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
-[...22 lines deleted...]
-heri også 26/4. –
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
 Fru Astrid Warberg Müller
-Bakkevej 12
+Bakkevej 10
 Hareskov St.
-[Håndskrevet på kuvertens bagside:]
+På konvoluttens bagside:
 Lindøgaard Dræby St. Fyen.
-[I brevet:]
-[...44 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -494,51 +494,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -581,254 +581,254 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-      <c r="F3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="H3" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="E4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="E5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="C6" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="I6" s="5"/>
-[...10 lines deleted...]
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="M6" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>