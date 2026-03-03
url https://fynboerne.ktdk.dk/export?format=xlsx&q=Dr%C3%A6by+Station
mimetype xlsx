--- v1 (2025-11-23)
+++ v2 (2026-03-03)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="58" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>