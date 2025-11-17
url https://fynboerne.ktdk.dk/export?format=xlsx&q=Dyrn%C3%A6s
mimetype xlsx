--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="335" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="353" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1843,50 +1843,115 @@
   <si>
     <t>Chr Freuchen
 Esben Hansen
 Vagn Jacobsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Eiler Lehn Schiøler og hans familie boede på Uraniavej.
 Foch var en jagthund.</t>
   </si>
   <si>
     <t>Johannes Larsen er i selskab med brygger Vagn Jacobsen fra Carlsberg, først til en overdådig frokost og dernæst på en tur til Ringsted for at se hans nye hus og have. Han giver også et billede til bryggeren og får en hund kaldet Foch i stedet. 
 JL fortæller, at en bekendts bror, som er elev på "Kjøbenhavn" netop er vendt hjem fra sejlads medbringende bla. en abe fra Java.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wz2G</t>
   </si>
   <si>
     <t>Uraniavej 16 Aug 1926.
 Kæreste Alhed!
 I Dag var jeg altsaa til Frokost hos Bryggeren, mægtige Taskekrabber og Brændevin, jeg spiste 2 og Bryggeren 3. Efter Aftale med Lysse i Gaar blev vi altsaa enige omt følges derop paa Fredag med 10 Toget om Frmdg, som sædvanligt saa vi er i Halmstad ved 4 Tiden, hvor vi venter at se Lysse. Bryggeren glæder sig vældigt til Turen og jeg ikke mindst. Fru Br. har det ikke saa godt i disse Dage saa hun tager ikke med men kommer maaske op og henter ham. Jeg skal med ham ud til Ringsted i Mrg 4,17 vi tager Mad med fra Carlsberg for den Hotelmad er sgu ikke til at holde ud i Længden siger han. Vi skal ud at se paa Haven og hvordan det skrider frem med Huset. Jeg har nu afleveret den sidste Tavle og tager saa 500 Kr. og sender de 1000 til Esben. Lige saa faar jeg 500 fra Hage &amp;amp; Clausen for Nattergalen og maaske kan jeg faa lidt hos Gyldendal jeg skal op og snakke med dem i Mrg. Bryggeren spurgte om jeg endnu havde Vintræet fra Vinskoven og spurgte om jeg ikke kunde tænke mig at handle med ham saaledes at jeg fik Foch i Stedet, hvilket jeg gik ind paa. Foch var med til Frokosten og laa pænt inde i Havestuen og rendte rundt i Haven bagefter. Chr Freuchens Broder der har sejlet Jorden rundt som Elev med "Kjøbenhavn" kom hjem i Forgaars og havde en lille javansk Abe med til Tykke, det er en Dans der hedder Sussi, den er meget sød, men skal vist underholdes hele Tiden for at finde sig til Pas og den er bleven mig tilbudt i Eftrmdg. uden at jeg dog har reflekteret på Tilbudet. Mange kærlige Hilsner
 Din
 JL.</t>
   </si>
   <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
     <t>1929-05-28</t>
   </si>
   <si>
     <t>Aage Marcus</t>
   </si>
   <si>
     <t>Rungsted</t>
   </si>
   <si>
     <t>Johannes V. Jensen
 Johannes Larsen
 Aage Marcus
 Bernhard Middelboe</t>
   </si>
   <si>
     <t>Middelboe Reproduktionsanstalt var en meget anerkendt virksomhed til fremstilling af klicheer til bogtryk.</t>
   </si>
   <si>
     <t>Kunsthistoriker Aage Marcus skriver et langt brev til Johannes Larsen vedr. forhandlinger og overvejelser med forlagene Gyldendal og Haase omkring udgivelsen af Juleroser m.fl., og han beder JL tage stilling til teknik og priser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t3l5</t>
   </si>
   <si>
     <t>Fortrykt:
@@ -2089,50 +2154,101 @@
 [I brevet:]
 Lindøgaard Mand. 14-8-1950
 Kære lille Dis!
 Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
 Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
 Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
 Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
 II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
 efter Vin, og det har jeg ogsaa været i denne Sygdom.
 ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
 [Skrevet langs sidens venstre kant:] 
 X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
 Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
 Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
 Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
 III
 det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
 Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
 Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
 Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
 -sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
 Dejligt at høre at Axel har det godt.
 Bankede du? Hils ham saa meget.
 Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
 Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
+  </si>
+  <si>
+    <t>Nytår 1914-1915</t>
+  </si>
+  <si>
+    <t>Louise Amstrup</t>
+  </si>
+  <si>
+    <t>Ølstedgaard</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Holger  Møller Hjorth
+Marie Paludan
+Albrecht  Warberg
+Conrad Warberg
+Else Warberg
+Frederik Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Martin var. 
+Louise Amstrup/Tante Visse havde udover broderen Albrecht Warberg (d. 1902), Frederik Warberg (død ung) og Conrad/Conne Warberg to søskende mere, hvis navne ikke umiddelbart kendes. Det må være dem, hun har savnet at mødes med. 
+Noget tyder på, at Nete Amstrup fik et barn udenfor ægteskabet (se hendes biografi). Det er uklart, om den omtalte svigersøn er Christian Holger Møller Hjorth, som Nete blev gift med i 1916.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3776</t>
+  </si>
+  <si>
+    <t>Louise/Visse Amstrup blev glad for julebrevet. Hun håber, at Louise Br. og familien vil komme på besøg. 
+Louise A. har holdt 70års fødselsdag. Hun har længe ikke hørt fra sine søskende. Marie og Else Warberg kom til fødselsdagen, men Conrad/Conne Warberg var ikke rask, så ham så hun ikke.
+Louise har ingen husjomfru nu, hvor Agnete/Nete Amstrup er hjemme. Nete er blevet huslig, efter at hun selv har bragt sig i ulykke. Louise er taknemmelig for at kunne lære datteren at føre en husholdning.
+Det ville være dejligt at besøge Louise Brønsted og at se hendes børn, men Louise Amstrup tør ikke rejse alene, og Nete kan ikke undværes i hjemmet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LjZA</t>
+  </si>
+  <si>
+    <t>[Skrevet med blæk øverst s. 1:]
+Ølstedgaard - 14 - 15
+[Tilføjet med blyant derunder:]
+1915
+[Med blæk:]
+Kære lille Muk!
+Du har vel nok nu helt opgivet at høre fra mig men nu dages det. Naar man er kommen saa langt op i Aarene som jeg nu er det, gaar det mestendels lidt sent med Brevskrivningen. Naar rigtigt skulde have været, skulde Du have havt et Kort til Nytaar, nu faar Du i dets Sted et Brev. Jeg blev meget glad ved Juleaften at modtage den venlige Julehilsen fra Dig og Martin, glad ved at sé at I, endskønt vi jo nu næsten ved i saa mange Aar ikke at have mødtes - maa være blevne som fremmede for hverandre. endnu mindes mig ["endnu mindes mig" indsat over linjen] Men lad mig nu sé I til Somren tager en kraftig Beslutning og kommer og ser til Eders gamle [ulæseligt ord]. Jeg vilde dog saa gerne sé ["sé" indsat over linjen] Eder en Gang endnu. I forrige Maaned fyldte jeg de syvti Aar og uagtet jeg slet ikke føler mig gammel, saa ved jeg dog, at Tiden ikke kan være saa langt borte da jeg skal sige farvel til dem jeg her har kær; men Gudske Lov, for atter at mødes med alle dem jeg elskede og som er gaaet forud.
+Fra mine Søskende hører jeg aldrig, det er som om Skilsmissen allerede var sket. Tante Else ["Else" indsat over linjen] og Nina har nyligt besøgt os, de kom for at fejre Fødselsdagen sammen med os Destoværre maatte vi savne Conne, han var ikke rask og med Aarene bleven noget skrøbelig. Men ellers en herlig Dag havde vi sammen hin halvfjerdsaars Fødselsdag. Nu jeg har Nete hjemme, har jeg ingen Jomfru, jeg føler mig rask og kraftig nok til at styre mit Hus selv, men Søndag ["Søn" indsat over linjen] var Frk. Palam her fra Morgenstunden og til næste Dag for at tage af for mig. I Dagens Løb kom her jo nogle Gratulanter og dernæst havde vi en lille tarvelig Middag for vore nærmeste Venner. Men vi var ialt ikke flere end 11 til Bords og jeg havde faaet det indrettet saaledes, at Nete til den Tid kunde være helt færdig med sin Køkkengerning og være med ved Bordet, hende vilde jeg dog nødig savne i min Vennekreds. En Mængde dejlige Blomster, Breve og telegrammer indløb der, ret en [ulæseligt] som jeg altid vil [ulæseligt ord] Eders af at mindes. Jeg havde stor Lyst til en gang at se Dit Hjem og Dine Smaafolk, men det naar jeg ikke. Jeg holder ikke af at rejse ene og Nete kan jeg ikke faa med mig da der maa være en til at passe Husholdningen. Men hvad lille Muk! Der er saa mangen en Fugl man maa lade flyve og uopfyldte Ønsker ["Ønsker" indsat over linjen] har man i almindelighed nok af - og kan dog være glad alligevel. - 
+Nete har ellers - til min store Glæde - og helt imod min Forventning, udviklet til at blive en huslig og flink Pige; det var den Ulykke hun selv bragte sig i, der har udviklet hende til den gode Side, men der er heller aldrig noget saa ondt her i Verden, uden Gud jo føjer sin Velsignelse til. Det er min faste Overbevisning, ellers var Riget, Magten og Æren jo ikke heller hans. - Jeg er glad ved at have faaet Lov til at leve saa længe, at jeg selv kan være med til at bibringe Nete de Kundskaber i Husholdningen der jo er ganske nødvendige for en Landmands Kone. Det var ellers ikke en saadan Svigersøn jeg havde ønsket og ventet. Endnu er Forholdet imellem ham og vi noget køligt, men vi venter og længes efter at komme til at synes bedre om ham. Saavidt jeg kan se, er han udgaaet fra et alvorligt og godt Hjem. - Ja saa er jeg færdig! hils [ulæseligt ord] og hav det godt begge to fra Tante Visse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2209,59 +2325,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0FC0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KHLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E3HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/amFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0FC0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KHLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E3HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/amFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M43"/>
+  <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3977,250 +4093,340 @@
       </c>
       <c r="J39" s="5" t="s">
         <v>77</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>301</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>302</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>304</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>74</v>
+        <v>281</v>
       </c>
       <c r="E40" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F40" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>306</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>307</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>308</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>59</v>
+        <v>309</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>190</v>
+        <v>314</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>289</v>
+        <v>74</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>315</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>316</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>317</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>315</v>
+        <v>59</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>182</v>
+        <v>289</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="F43" s="5" t="s">
         <v>329</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="I43" s="5"/>
+      <c r="I43" s="5" t="s">
+        <v>331</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
+    <hyperlink ref="M44" r:id="rId49"/>
+    <hyperlink ref="M45" r:id="rId50"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>