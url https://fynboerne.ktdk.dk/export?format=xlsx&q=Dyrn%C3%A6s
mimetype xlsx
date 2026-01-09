--- v1 (2025-11-17)
+++ v2 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="353" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="362" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1717,50 +1717,95 @@
   </si>
   <si>
     <t>Sværtegade 3, København K</t>
   </si>
   <si>
     <t>Knut Hamsun
 Anker Kyster
 Johannes Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen illustrerede St. Steensen Blichers Trækfuglene, En Naturconcert, som blev udgivet af Radeerforeningen.</t>
   </si>
   <si>
     <t>Bogbinder Anker Kyster sender to eksemplarer af bogen Trækfuglene, som Johannes Larsen har lovet at male på,</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/amFR</t>
   </si>
   <si>
     <t>[Fortrykt:] 
 TELF. 7172 Anker Kyster Bogbinder Sværtegade 3 Kjøbenhavn 
 [Dernæst med håndskrift:]
 19 Juli 17.
 Kære Johannes Larsen! Hermed sender jeg de 2 Trækfugle som De lovede at male et eller andet paa, naar De kommer til de andre Bind De har. Dernæst beder jeg Dem lade mig vide om der er japanske Aftryk at faa af Træsnittene, eller rettere kinesiske, som dem der blev sendt til Knut Hamsun. 
 Med venlige Hilsener Deres hengivne Anker Kyster.</t>
+  </si>
+  <si>
+    <t>1920-11-04</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Hans Christian Caspersen
+Bodild Holstein
+Johanne Christine Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Fyns Patriotiske Selskab, som Hempel Syberg havde arbejdet for siden 1867, tildelte ham i 1920 en æresbolig i Odense (Dansk Biografisk Leksikon). 
+Conrad/Konne Warberg var i mange år godsforvalter ved Glorup syd for Nyborg. Han lod sig pensionere ca. 1916. Ved et ejerskifte skete der en masse, som Conrad Warberg fandt uhensigtsmæssigt. 
+Det kan umiddelbart ikke afgøres, om det var Bodild Branner eller Bodil Holstein, som Hempel syberg havde haft på besøg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3844</t>
+  </si>
+  <si>
+    <t>Hempel Syberg takker for lykønskningen i forbindelse med, at han er blevet tildelt en æresbolig. Han er glad for at have fået et hjem for livet. 
+Conrad/Konne Warberg og hustruen er derimod blevet behandlet helt uforskammet af de adelige, som han arbejdede for i 40 år. De har fået en gammel skovridergård, som ligger er dårligt sted og har mangler.
+Hempel Syberg har været glad for diverse besøg. Han kan dårligt gå ud, da han fryser og ikke kan hamle op med blæsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DqvF</t>
+  </si>
+  <si>
+    <t>Odense d. 4/11 20.
+Kære Es!
+Det var venligt af Dig at skrive til mig under Dit Besøg hos Konnes; samtidig har jeg faaet Indtryk af, hvorledes de kære Venner er til Sinds i den gl Skovriderbolig. Tak skal Du have! Det glæder mig at Du nu snart befinder Dig lige saa vel, som før Du blev [ulæseligt ord] og tænker paa at rejse til Kbhvn, hvor jeg ønsker Dig fortsat godt Rekreationsophold hos Caspersens. Og dernæst takker jeg Dig for Lykønskningen til Æresboligen; jeg er taknemmelig for den Foranstaltning, der giver mig Indtryk af, at jeg nu har et Hjem for Livstid. Gid at Konnes var ligesaa glade ved deres anviste Hjem; men det kan de jo desværre ikke være. Konne har jo kun været uforskammet behandlet af de adelige Personer han har slidt for i 40 Aar; men vi maa ikke glemme at erindre, at han har oppebaaret Pengeløn for sin Virksomhed, medens den Kreds jeg har arbejdet for har faaet al Bistand gratis, hvad der i Sammenligning maa tages i Betragtning, uden at jeg dog heri vil forsvare de adeliges Fremgangsmaade. 
+Det er en uheldig Bolig, der er dem anvist, og trods den billige Husleje bliver det ligefuldt en dyr Bolig paa Grund af den upraktiske Biliggenhed og forsk. andre Mangler. Hils de kære Venner hjertelig; det er opmuntrende for dem, at Du besøger dem. 
+Jeg var glad for Besøget hos Dig og Junge; derigennem har jeg Indtryk af Din Færden til daglig, og det er rart for mig, at Indtrykket virker til den heldige Retning. Jeg har svært ved at færdes ude i den stærke Blæst; jeg kan ikke holde Varmen ved den March jeg stiller op; derfor gaar jeg kun ud 1 Gang daglig og midt paa Dagen. Det var fornøjeligt for os at have Bodild i Besøg en halv Snes Dage; syg kom hun hertil; men jeg skal svare for, at hun kom til sig før hun rejste hjem.
+Mere end dette er her ikke Ro til i Dag.
+Kærlig Hilsen - ogsaa fra Kirstine -
+Din gl. hengivne
+F. HempelSyberg</t>
   </si>
   <si>
     <t>1923-12-15</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Thora  Branner
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Marie Larsen
 Elisabeth Mackie
 Laura Warberg</t>
   </si>
@@ -2325,59 +2370,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0FC0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KHLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E3HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/amFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ajrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0FC0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KHLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E3HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/amFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M45"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3962,471 +4007,517 @@
       </c>
       <c r="J36" s="5" t="s">
         <v>59</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>276</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>277</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>279</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="E37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="s">
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
         <v>284</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>285</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>286</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>288</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="E38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E38" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>291</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="I38" s="5" t="s">
         <v>292</v>
       </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>59</v>
+        <v>293</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>74</v>
+        <v>298</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>299</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="s">
-        <v>298</v>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>305</v>
+        <v>74</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>281</v>
+        <v>39</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F40" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>307</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>309</v>
+        <v>77</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>310</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>311</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>313</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>314</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>74</v>
+        <v>290</v>
       </c>
       <c r="E41" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F41" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>315</v>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H41" s="5" t="s">
         <v>316</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>317</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>59</v>
+        <v>318</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>190</v>
+        <v>323</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>289</v>
+        <v>74</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G42" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>325</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>326</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>324</v>
+        <v>59</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>182</v>
+        <v>298</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>97</v>
+        <v>182</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="F44" s="5" t="s">
         <v>338</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="I44" s="5"/>
+      <c r="I44" s="5" t="s">
+        <v>340</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>345</v>
+        <v>111</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>281</v>
+        <v>97</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>347</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="I45" s="5" t="s">
         <v>348</v>
       </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>349</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>350</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>351</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>352</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
+    <hyperlink ref="M46" r:id="rId51"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>