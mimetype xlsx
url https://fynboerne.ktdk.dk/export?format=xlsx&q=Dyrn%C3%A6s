--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="362" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>