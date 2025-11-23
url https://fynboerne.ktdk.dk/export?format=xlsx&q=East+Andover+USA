--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -131,50 +131,185 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt.
 ”Tornehave”
 Birkerød
 via København
 Danmark 
 [Håndskrevet på kuvertens bagside:]
 East Andover d: 29/6 -
 N.H. 
 U.S.A
 Poststempel
 [I brevet:]
 East Andover d: 29/6 – 08
 Kære lille Putte!
 Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
 [Skrevet langs sidens venstre kant:]
 X Ja enhver ejer Skov her, men de er helt ukultiverede; 
 [Herefter på næste side:]
 Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
 [Skrevet langs sidens højre kant:]
 X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
 I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
 Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
 Kærlige Hilsener til Eder allesammen fra Mor.</t>
+  </si>
+  <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -251,59 +386,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -365,48 +500,138 @@
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
+    <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>