--- v1 (2025-11-23)
+++ v2 (2026-01-13)
@@ -3,98 +3,162 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="51" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
+  </si>
+  <si>
     <t>1908-06-29</t>
-  </si>
-[...4 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>East Andover USA</t>
   </si>
   <si>
     <t>Birkerød
 Tornehave</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 - Bryantt
 Grete Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Brønsted
 Peter Oluf Brønsted
 Alfred Goldschmidt
 Ina  Goldschmidt
 Mikkel Hindhede
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
@@ -134,53 +198,50 @@
 ”Tornehave”
 Birkerød
 via København
 Danmark 
 [Håndskrevet på kuvertens bagside:]
 East Andover d: 29/6 -
 N.H. 
 U.S.A
 Poststempel
 [I brevet:]
 East Andover d: 29/6 – 08
 Kære lille Putte!
 Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
 [Skrevet langs sidens venstre kant:]
 X Ja enhver ejer Skov her, men de er helt ukultiverede; 
 [Herefter på næste side:]
 Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
 [Skrevet langs sidens højre kant:]
 X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
 I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
 Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
 Kærlige Hilsener til Eder allesammen fra Mor.</t>
   </si>
   <si>
     <t>1926-10-21</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>116 Bishop Street New Haven Conn. USA</t>
   </si>
   <si>
     <t>Peter Bichel
 Johanne  Brandstrup
 Ludvig Brandstrup, billedhugger
 Gudmund Hatt
 Grethe Jungstedt
 Matilda Jungstedt
 Alhed Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Thøger  Larsen
 Christine  Mackie
 William Mackie
 Harris Sawyer
 Kjeld Tutein
@@ -386,59 +447,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -473,165 +534,211 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
-        <v>18</v>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
-[...12 lines deleted...]
-        <v>42</v>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
+    <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>