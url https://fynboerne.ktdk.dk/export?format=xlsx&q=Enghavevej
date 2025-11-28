--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="100" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="125" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -84,50 +84,89 @@
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Enghavevej 40 København</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Brevet handler muligvis om starten på Bondemalerstriden, hvis årsag var at et billede af Gerda Wegener var blevet afvist både på Den Frie Udstilling og Charlottenborg.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Peter Hansen beder om fuldmagt fra Johannes Larsen og Fritz Syberg til en generalforsamling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZjLq</t>
   </si>
   <si>
     <t>Enghavevej 40 Havehus I
 Kære Las
 Kan du forsvare at sende mig en Fuldmagt til Generalforsamlingen paa Tirsdag og se at faa en med fra Baronen, saa gør det. Fuldmagt til at stemme mod Forslaget naturligvis.
 Din P h</t>
+  </si>
+  <si>
+    <t>1908-09-06</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Lille Maren kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen har været på en lille tur. Bærrene er modne og faldt ned i hatten på ham. Peter Hansen mødte lille Maren. Nu er Elena/Bimse vel i skole igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zt6r</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREV-KORT
+Til
+[Skrevet i hånden på adressesiden:]
+Frk Elena Hansen Adr. Kunstmaler P Hansen
+Enghavevej 40. I Havehuset
+København V.
+[Håndskrevet på kortets tekstside:]
+Søndag
+Kære Bimse. 
+Du kan tro her er godt nu. Jeg har lige været ude paa en af de bekendte Rom ["Rom" overstreget] smaa Udflugter, Du ved nok, der om ad Stien og op langs Gærdet, Du kan tro, de er modne nu og falder lige ned i Hatten paa mig. Jeg savnede Dig, for jeg fik saa mange, at jeg nær havde spist mig en Mavepine til. Lille Maren mødte jeg inde i Faaborg i Aftes og jeg skulde hilse fra hende. Nu gaar Du vel i Skole igen og laver en rigtig Halløj og binder Lærerindernes Hale Bliktøj.
+Din Pap.
+[Tegning]</t>
   </si>
   <si>
     <t>1911-05-15</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Mads Rasmussen</t>
   </si>
   <si>
     <t>En del af brevets indhold forstås, når man læser brevene fra S. Danneskiold til Peter Hansen fra den 11. og 13. maj 1911.
 Det første billede, Peter Hansen nævner, er formodentlig "Faaborg Museums indvielse", som han arbejdede på i denne periode. Den sag, som PH ikke kunne love grev Danneskiold at holde hemmelig var indkøbet af Poul S. Christiansens portræt af Niels Larsen Stevns, som Danneskiold foreslog indkøbt anonymt til "galleriet" (dvs Statens Museum for Kunst) - se også de førnævnte breve.
 PH nævner, at Lützhøft synes, at Poul Christiansens selvportræt, som museet ejer, er lige så godt som portrættet af Larsen Stevns. Der er imidlertid to portrætter af Poul S. Christiansen i Faaborg Museums samling, begge erhvervet 1910, så det er uklart, hvilket portræt Lützhøft har i tankerne.</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Peter Hansen skriver, at han er i fuld gang med "billedet" og gør store fremskridt. Han har svaret Grev Danneskjold, at han ikke kunne holde sagen (anonymt indkøb af Poul S. Christiansens billede mhp donation til galleriet, dvs Statens Museum for Kunst) hemmelig, da han først måtte handle i Faaborg Museets interesse. PH gengiver Tom-Petersen og Nicolaus Lützhøfts udtalelser om portrættet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/X2Mg</t>
   </si>
   <si>
@@ -283,54 +322,150 @@
     <t>Brev i privateje</t>
   </si>
   <si>
     <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
 Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NkIu</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Johan Larsen
 c/o Proprietær Skovgaard
 Hestehavegaard
 pr Faxe
 [I brevet:]
 Kære Lysse!
 Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
 Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
 Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
 Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
 Mange Hilsner fra Puf.
 Hils Hr og fru Skovgaard</t>
   </si>
   <si>
+    <t>1928-3</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Agrigento Italien</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Johannes Larsen
+Benito Mussolini</t>
+  </si>
+  <si>
+    <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
+Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
+  </si>
+  <si>
+    <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tjga</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Fotosam
+[Fortrykt under tekstfeltet:]
+ROMA - Foro Romano - Casa della Vestali
+4514/36
+[Fortrykt til venstre for tekstfeltet:]
+PROP. RISERVATA
+[Fortrykt til højre for tekstfeltet:]
+Made in Italy
+[Håndskrevet i brevkortets adressefelt:]
+Signorina
+Grethe Hansen
+Enghavevej 40 B.I Villaen
+Copenhagen
+Danimarca.
+[Håndskrevet i tekstfeltet:]
+Agrigente[ulæseligt] 3 28.
+Kære Grethe
+Her har Du Forum med det lille Tempel, hvor Du blev saa fint fotograferet. Vi er nu i Girgenti eller Agrigente som Musolini har døbt den om til. Her er ikke saa rart som i Rom, og her skal vi tilbringe 40 Dage af sit kostbare Liv. I Rom havde vi nogle dejlige Dage sammen med Johs. V. Jensen og Else og Las og Puf. Hils dem, naar Du ser dem. Jeg haaber, at Du og Jens har det godt, og at I maa holde en bedre Fødselsdag, hvortil jeg sender mine bedste Lykønskninger.
+Din Pap[ulæseligt].</t>
+  </si>
+  <si>
+    <t>1928-05-14</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>København
+Enghavevej 40</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen fejrede sin 50-års fødselsdag i Rom. 
+Elise Hansen/Mossers gamle onkel kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet er udlånt til Østfyns Museer 2025</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Imprime in Italia
+Produzione Italiana
+Printed in Italy
+[Fortrykt i tekstfeltet:]
+Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
+4375-37
+[Fortrykt imellem tekst- og adressefeltet:]
+A. Ferocchi - Milano -Roma 
+[Håndskrevet i brevkortets adressefelt:]
+Hr. stud med Jens Jensen &amp;amp;
+Keramikkeren Grethe Hansen
+Enghavevej 40 B.1 Villaen 1 Sal
+Copenhagen 
+Danimarca.
+[I tekstfeltet:]
+Rom 14/5-28.
+Kære Jens &amp;amp; Grethe
+Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
+Mange kærlige Hilsener Pap.</t>
+  </si>
+  <si>
     <t>1929-06-12</t>
-  </si>
-[...1 lines deleted...]
-    <t>Elena Larsen</t>
   </si>
   <si>
     <t>Enghavevej</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Elena/Bimse Larsens mor og søstre boede på Enghavevej i København. Faderen, maleren Peter Hansen, døde i 1928. Elena Larsen fødte sit og Johan Larsens første barn, Peter Andreas, på Den Kongelige Fødselsstiftelse 27. maj 1929. 
 Det omtalte foto findes ikke sammen med brevet.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Elena Larsen sender et foto af sønnen. Hun vil også sende et til Johannes Larsen, som ikke rigtig så barnet, da han var på besøg.
 Elena er blevet klippet. 
 Drengen, Peter, skriger, når han bliver taget fra brystet og lagt i sin kurv.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EWtc</t>
   </si>
   <si>
@@ -558,59 +693,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X2Mg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gx2T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B5av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3qQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EWtc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X2Mg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gx2T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B5av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3qQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EWtc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDvB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ofud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M13"/>
+  <dimension ref="A1:M16"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -683,543 +818,679 @@
         <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="5"/>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
       <c r="J4" s="5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>61</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="5" t="n">
-        <v>1928</v>
+      <c r="A9" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>62</v>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="5" t="s">
+      <c r="A10" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="5" t="s">
+      <c r="D10" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="5" t="s">
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>71</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>72</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>74</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>75</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>92</v>
+      </c>
+      <c r="K12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="5" t="s">
+      <c r="D16" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="5" t="s">
-[...20 lines deleted...]
-      <c r="M13" s="5" t="s">
+      <c r="F16" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="s">
         <v>99</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
+    <hyperlink ref="M14" r:id="rId19"/>
+    <hyperlink ref="M15" r:id="rId20"/>
+    <hyperlink ref="M16" r:id="rId21"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>