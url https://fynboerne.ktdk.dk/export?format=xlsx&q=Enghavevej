--- v1 (2025-11-28)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="125" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>