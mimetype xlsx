--- v0 (2025-10-27)
+++ v1 (2026-02-02)
@@ -5,226 +5,132 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="62" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1907-02-18</t>
-[...2 lines deleted...]
-    <t>Postkort</t>
+    <t>1908-09-06</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Peter Hansen</t>
   </si>
   <si>
-    <t>Johannes Larsen</t>
-[...5 lines deleted...]
-    <t>Kerteminde</t>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
   </si>
   <si>
     <t>Enghavevej 40 København</t>
-  </si>
-[...31 lines deleted...]
-    <t>Faaborg</t>
   </si>
   <si>
     <t>Lille Maren kendes ikke.</t>
   </si>
   <si>
     <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
   </si>
   <si>
     <t>Peter Hansen har været på en lille tur. Bærrene er modne og faldt ned i hatten på ham. Peter Hansen mødte lille Maren. Nu er Elena/Bimse vel i skole igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zt6r</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREV-KORT
 Til
 [Skrevet i hånden på adressesiden:]
 Frk Elena Hansen Adr. Kunstmaler P Hansen
 Enghavevej 40. I Havehuset
 København V.
 [Håndskrevet på kortets tekstside:]
 Søndag
 Kære Bimse. 
 Du kan tro her er godt nu. Jeg har lige været ude paa en af de bekendte Rom ["Rom" overstreget] smaa Udflugter, Du ved nok, der om ad Stien og op langs Gærdet, Du kan tro, de er modne nu og falder lige ned i Hatten paa mig. Jeg savnede Dig, for jeg fik saa mange, at jeg nær havde spist mig en Mavepine til. Lille Maren mødte jeg inde i Faaborg i Aftes og jeg skulde hilse fra hende. Nu gaar Du vel i Skole igen og laver en rigtig Halløj og binder Lærerindernes Hale Bliktøj.
 Din Pap.
 [Tegning]</t>
-  </si>
-[...56 lines deleted...]
-Hils Hr og fru Skovgaard</t>
   </si>
   <si>
     <t>1928-3</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Agrigento Italien</t>
   </si>
   <si>
     <t>Else Jensen
 Jens Jensen
 Johannes V. Jensen
 Andreas Larsen
 Johannes Larsen
 Benito Mussolini</t>
   </si>
   <si>
     <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
 Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
   </si>
   <si>
     <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
   </si>
@@ -280,50 +186,144 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
   </si>
   <si>
     <t>[Fortrykt i frimærkefeltet:]
 Imprime in Italia
 Produzione Italiana
 Printed in Italy
 [Fortrykt i tekstfeltet:]
 Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
 4375-37
 [Fortrykt imellem tekst- og adressefeltet:]
 A. Ferocchi - Milano -Roma 
 [Håndskrevet i brevkortets adressefelt:]
 Hr. stud med Jens Jensen &amp;amp;
 Keramikkeren Grethe Hansen
 Enghavevej 40 B.1 Villaen 1 Sal
 Copenhagen 
 Danimarca.
 [I tekstfeltet:]
 Rom 14/5-28.
 Kære Jens &amp;amp; Grethe
 Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
 Mange kærlige Hilsener Pap.</t>
+  </si>
+  <si>
+    <t>1907-02-18</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Brevet handler muligvis om starten på Bondemalerstriden, hvis årsag var at et billede af Gerda Wegener var blevet afvist både på Den Frie Udstilling og Charlottenborg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Peter Hansen beder om fuldmagt fra Johannes Larsen og Fritz Syberg til en generalforsamling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZjLq</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 Havehus I
+Kære Las
+Kan du forsvare at sende mig en Fuldmagt til Generalforsamlingen paa Tirsdag og se at faa en med fra Baronen, saa gør det. Fuldmagt til at stemme mod Forslaget naturligvis.
+Din P h</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -400,51 +400,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -490,242 +490,242 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="n">
-        <v>1928</v>
+      <c r="A4" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>35</v>
-      </c>
-[...12 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="F5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="5" t="inlineStr">
+      <c r="J5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-[...31 lines deleted...]
-      <c r="E6" s="5" t="s">
+      <c r="F6" s="5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>59</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>