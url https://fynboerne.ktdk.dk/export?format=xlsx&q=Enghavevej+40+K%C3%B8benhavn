--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -44,93 +44,187 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1907-02-18</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 København</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Brevet handler muligvis om starten på Bondemalerstriden, hvis årsag var at et billede af Gerda Wegener var blevet afvist både på Den Frie Udstilling og Charlottenborg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Peter Hansen beder om fuldmagt fra Johannes Larsen og Fritz Syberg til en generalforsamling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZjLq</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 Havehus I
+Kære Las
+Kan du forsvare at sende mig en Fuldmagt til Generalforsamlingen paa Tirsdag og se at faa en med fra Baronen, saa gør det. Fuldmagt til at stemme mod Forslaget naturligvis.
+Din P h</t>
+  </si>
+  <si>
     <t>1908-09-06</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
-    <t>Peter Hansen</t>
-[...1 lines deleted...]
-  <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Faaborg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enghavevej 40 København</t>
   </si>
   <si>
     <t>Lille Maren kendes ikke.</t>
   </si>
   <si>
     <t>Kortet ejes af en efterkommer af Elise og Peter Hansen</t>
   </si>
   <si>
     <t>Peter Hansen har været på en lille tur. Bærrene er modne og faldt ned i hatten på ham. Peter Hansen mødte lille Maren. Nu er Elena/Bimse vel i skole igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zt6r</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREV-KORT
 Til
 [Skrevet i hånden på adressesiden:]
 Frk Elena Hansen Adr. Kunstmaler P Hansen
 Enghavevej 40. I Havehuset
 København V.
 [Håndskrevet på kortets tekstside:]
 Søndag
 Kære Bimse. 
 Du kan tro her er godt nu. Jeg har lige været ude paa en af de bekendte Rom ["Rom" overstreget] smaa Udflugter, Du ved nok, der om ad Stien og op langs Gærdet, Du kan tro, de er modne nu og falder lige ned i Hatten paa mig. Jeg savnede Dig, for jeg fik saa mange, at jeg nær havde spist mig en Mavepine til. Lille Maren mødte jeg inde i Faaborg i Aftes og jeg skulde hilse fra hende. Nu gaar Du vel i Skole igen og laver en rigtig Halløj og binder Lærerindernes Hale Bliktøj.
 Din Pap.
 [Tegning]</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
   </si>
   <si>
     <t>1928-3</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Agrigento Italien</t>
   </si>
   <si>
     <t>Else Jensen
 Jens Jensen
 Johannes V. Jensen
 Andreas Larsen
 Johannes Larsen
 Benito Mussolini</t>
   </si>
   <si>
     <t>Andreas og Johannes Larsen rejste sammen med Else og Johannes V. Jensen i 1928 med et krydstogtskib til blandet andet Madeira og Rom. De mødtes i Rom med Elise og Peter Hansen. 
 Agrigento er en italiensk by nær Siciliens sydkyst. Fra perioden, hvor lokaliteten var under græsk herredømme, findes nogle af antikkens bedst bevarede doriske templer, bygget i lokale kalksten, heriblandt Concordiatemplet. Fra 210 f.v.t. blev byen romersk og fik navnet Agrigentum. Senere blev navnet Grigent eller Girgenti, men i 1927 ændrede italienerne navnet officielt til Agrigento. (Lex.dk).</t>
   </si>
   <si>
     <t>Peter Hansen er i Argigento, hvor han/de skal være i 40 dage. I Rom havde han dejlige dage sammen med Else og Johs. V. Jensen, Johannes og Andreas Larsen.</t>
   </si>
@@ -186,144 +280,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
   </si>
   <si>
     <t>[Fortrykt i frimærkefeltet:]
 Imprime in Italia
 Produzione Italiana
 Printed in Italy
 [Fortrykt i tekstfeltet:]
 Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
 4375-37
 [Fortrykt imellem tekst- og adressefeltet:]
 A. Ferocchi - Milano -Roma 
 [Håndskrevet i brevkortets adressefelt:]
 Hr. stud med Jens Jensen &amp;amp;
 Keramikkeren Grethe Hansen
 Enghavevej 40 B.1 Villaen 1 Sal
 Copenhagen 
 Danimarca.
 [I tekstfeltet:]
 Rom 14/5-28.
 Kære Jens &amp;amp; Grethe
 Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
 Mange kærlige Hilsener Pap.</t>
-  </si>
-[...92 lines deleted...]
-Hils Hr og fru Skovgaard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -400,51 +400,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZjLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zt6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -490,242 +490,242 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="s">
-        <v>27</v>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="s">
-        <v>32</v>
+      <c r="A4" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>37</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="K4" s="5" t="inlineStr">
+        <v>41</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="L4" s="6" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="5" t="n">
-        <v>1928</v>
+      <c r="A6" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E6" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="K6" s="5" t="s">
         <v>59</v>
+      </c>
+      <c r="K6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>