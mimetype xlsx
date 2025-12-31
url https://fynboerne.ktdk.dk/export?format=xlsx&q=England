--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="555" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="870" uniqueCount="571" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1744,50 +1744,112 @@
 [uafsluttet]</t>
   </si>
   <si>
     <t>Dr. Murphy</t>
   </si>
   <si>
     <t>- Fleming
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Der er formodentlig tale om udkast til et brev. Der findes andre udkast til breve til dr. Murphy og dr. Fleming.
 Det vides ikke, hvilken udstilling der er tale om.</t>
   </si>
   <si>
     <t>Johannes Larsen glæder sig over, at billeder er nået frem til en udstilling, formodentlig i England.
 Han fortæller også om et sygebesøg hos Lehn Schiøler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JDcx</t>
   </si>
   <si>
     <t>My dear Dr. Murphy.
 I thank you very much for your letter I was not sure if the paintings have come in time to be hung at the [ulæselig] because I was in Sweden, and did not come home in time to send them myself. I think it rather kindly of you to let me know. I am sorry to tell you that there is very little improvement in Lehn Schiølers illnes, he is still in the hospital and only his wife is allowed to see him: When I returned from Sweden I was with Mrs Schiøler to see him, but I am not sure he did recognise me. I enclose some handprints from the woodcut in "Danmarks Fugle" for you and a letter to Mr Fleming which I beg you forward to 
 him, as I do not know his Adr.
 [uafsluttet]</t>
+  </si>
+  <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
   </si>
   <si>
     <t> 7. aug. 1927</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson
 Múlakot Sommerhotel
 Ólafur Tubals</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/xw5xLNUd</t>
   </si>
   <si>
     <t>10. aug. 1927</t>
   </si>
   <si>
     <t>Ólafur Tubals</t>
   </si>
   <si>
@@ -2933,50 +2995,109 @@
 Kirsten Syberg
 Peter von Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
   </si>
   <si>
     <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
 Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
 Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q95M</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 9-9-39
 Kære Hans.
 Jeg har faaet nogle Fotografier af Tyren, taget af Lærer Smith i Odense. Maaske har Du ogsaa faaet nogle? Dersom jeg var tilstrækkelig rig havde jeg en Bestilling til Dig, et Monumentalværk i Granit "Tyrens Kamp med Kvælerslangen". Det er en Tale af Chamberlain der har fremkaldt Motivet i mig. Den Talen ["Talen" indsat over linjen] gjaldt Tyskland, hvis Maal er "at regere i Europa". Ja rigtig min Herre, Tyskland vil regere i Europa, Italien og Frankrig vil, Norge Sverige og Danmark vil, saagar San Marino Andorra og Luksemburg vil, hvor forbryderisk naar man dog har England (som intet har at gøre i Europa), til at sætte Lus i Skindpelsen, om Forladelse til at beskytte alle de smaa Stater baade i og udenfor Europa. Men altsaa Der vil jo ingen Tvivl være op ["op" overstreget] om hvem der er Tyren og hvem Kvælerslangen. Derimod kan man jo vise sin Sympati og Antipati ved at lade Tyrens Undergang og Kvælerens Triumf, eller det mo ["mo" overstreget] omvendte, være det dramatiske Moment i i Skulpturen! Jeg vilde nu, hvis jeg havde Pengene dertil, sætte som en Betingelse at Kampen skulde fremstille et af Kampens Højdepunkter, hvor Bestiernes Egenskaber uf ["uf" overstreget] udfolder sig i fuld Blomst, alle deres Egenskaber. Iøvrigt kan jeg meddele Dig at jeg stadig passer Geschæften selv om det koster mig Selvovervindelse "at tage Initiativet" hver Dag, men jeg ved at det vilde blive meget værre hvis jeg gav efter og slap Kontakten. Derimod har jeg aftalt med Besse at bo hos hende i Vinter. Hvo ["Hvo" overstreget] Hvornaar jeg rejser derop afhænger af - mig selv. Men det letter Sindet at jeg naarsomhelst kan skifte Luft, Tanken om at jeg ikke Resten af mit Liv er henvist til Kjertemindeluften forekommer mig som et Fund.
 Hilsen til Jer allesammen
 Far.</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1945-01-22</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Margaretha Bøttern
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Den tysktalende nabokone var formodentlig Margareta Bøttern.</t>
   </si>
   <si>
     <t>Larsen takker for sikahjorten.
 Forleden gik der pludselig tyske soldater og bankede pæle ned i Johannes Larsens have. De ville ikke sige, hvorfor de gjorde det, men Larsen gætter på, at det var forberedelse til kanoner eller maskingeværsstillinger. Han gruer for, at tyskerne vil skyde fra haven, og at englænderne vil gengælde.
 Christa Knuth må spørge ind til motiv til ex libris.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9zHx</t>
@@ -3688,59 +3809,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WWt0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iAvUMkEl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WWt0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iAvUMkEl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M81"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5630,1757 +5751,1845 @@
       </c>
       <c r="H43" s="5" t="s">
         <v>300</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>301</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>302</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>303</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>305</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>237</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>306</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>306</v>
-[...5 lines deleted...]
-        </is>
+        <v>307</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="M44" s="5"/>
+        <v>311</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>310</v>
+        <v>16</v>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="M46" s="5"/>
     </row>
     <row r="47">
-      <c r="A47" s="5" t="n">
+      <c r="A47" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="M47" s="5"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="n">
         <v>1928</v>
       </c>
-      <c r="B47" s="5" t="s">
+      <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C47" s="5" t="s">
-[...18 lines deleted...]
-      <c r="H47" s="5" t="s">
+      <c r="C48" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="I47" s="5" t="s">
-[...54 lines deleted...]
-        </is>
+      <c r="I48" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="M48" s="5"/>
+        <v>329</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>16</v>
+      </c>
+      <c r="D49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-[...6 lines deleted...]
-        <v>329</v>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>335</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>336</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="5" t="n">
-        <v>1934</v>
+      <c r="A51" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="5" t="s">
-        <v>347</v>
+      <c r="A52" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>143</v>
+        <v>348</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>349</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>153</v>
+        <v>337</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>315</v>
+        <v>135</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>354</v>
+        <v>219</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>319</v>
+        <v>153</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>368</v>
+        <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>334</v>
-[...4 lines deleted...]
-        </is>
+        <v>323</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>370</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>371</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>16</v>
+        <v>376</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>342</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-        </is>
+        <v>323</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>382</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>143</v>
+        <v>323</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>389</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>390</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>391</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>153</v>
+        <v>327</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>219</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
         <v>153</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>219</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>153</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>219</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I61" s="5"/>
+      <c r="H61" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>408</v>
+      </c>
       <c r="J61" s="5" t="s">
         <v>153</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>409</v>
+        <v>219</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>412</v>
+        <v>153</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>413</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>414</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>315</v>
+        <v>120</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>316</v>
-[...4 lines deleted...]
-        </is>
+        <v>102</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>417</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>329</v>
+        <v>420</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>120</v>
+        <v>323</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>102</v>
+        <v>324</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>425</v>
+        <v>337</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="E65" s="5" t="s">
-[...3 lines deleted...]
-        <v>430</v>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>431</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>432</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>433</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>435</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="D66" s="5" t="s">
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="E66" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>443</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="5" t="s">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="F67" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>452</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>315</v>
+        <v>455</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>316</v>
+        <v>102</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>329</v>
+        <v>459</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>120</v>
+        <v>323</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>102</v>
+        <v>324</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>462</v>
+        <v>17</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>465</v>
+        <v>337</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>466</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>467</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>469</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="D70" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="F70" s="5" t="s">
         <v>470</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>471</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>472</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>473</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>474</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>475</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>477</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>478</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F71" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>482</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>483</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>485</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E72" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="F72" s="5" t="s">
         <v>487</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>488</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>489</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="K72" s="5" t="s">
         <v>490</v>
+      </c>
+      <c r="K72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L72" s="6" t="s">
         <v>491</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>493</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>102</v>
+        <v>494</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>409</v>
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>462</v>
+        <v>495</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>496</v>
+        <v>337</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>502</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>478</v>
+        <v>503</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>102</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>316</v>
+        <v>494</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>316</v>
+        <v>102</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>417</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>319</v>
+        <v>525</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>526</v>
+        <v>324</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>527</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="I78" s="5"/>
+        <v>530</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>531</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>528</v>
+        <v>327</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>102</v>
+        <v>324</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>534</v>
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>537</v>
+        <v>327</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>102</v>
+        <v>542</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>462</v>
+        <v>543</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
         <v>544</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>545</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>546</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>548</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>102</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>409</v>
+        <v>549</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>462</v>
+        <v>550</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7422,44 +7631,46 @@
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
+    <hyperlink ref="M82" r:id="rId87"/>
+    <hyperlink ref="M83" r:id="rId88"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>