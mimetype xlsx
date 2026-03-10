--- v1 (2025-12-31)
+++ v2 (2026-03-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="870" uniqueCount="571" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="961" uniqueCount="633" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -333,50 +333,108 @@
   </si>
   <si>
     <t>Den grønne Pære</t>
   </si>
   <si>
     <t>Tidsskrift</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Johannes Jørgensen
 Sidse Kristensen</t>
   </si>
   <si>
     <t>Omslag
 S. 2 blank 
 S. 3-6: Lidt fra Norge. Til Sæters. Skribent: -X
 S. 6-8: Brev fra Færøerne (Fortsættelse). Skribent: FS.
 S. 8-9: Ærede I. Hoppe! Skribent: No 11
 S. 10-17: Literatur. "Minder og digte" af Sidse Kristensen. Skribent ukendt
 S. 17-18: Jomfru Mettes Karbunkel (Fortsat). Skribent ukendt</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/a4vyLlWx</t>
+  </si>
+  <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
   </si>
   <si>
     <t>Tidligt forår 1894</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Aurelia -
 Nurezia -
 - Blom
 Ludvig Brandstrup, billedhugger
 Frederik Gad Clement
 Ludvig Find
 - Jensen
 Alfred Jørgensen
 - Jørgensen, Frøken
 Christine  Mackie
 - Plangstrup
 Victoria R
 Alfred Rottbøll
 Ellen  Sawyer
@@ -620,50 +678,99 @@
   </si>
   <si>
     <t>Alhed Larsen har skrevet brevet i Italien, hvor hun og Johannes Larsen var på bryllupsrejse.
 Laura Warberg var som ung elev på Frk. Zahles Skole i København.
 Man kaldte tidligere stivere af hvalbarder for fiskeben (jævnfør stivere i fx korsetter).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2127</t>
   </si>
   <si>
     <t>Det bekymrer Alhed, at Berta Brandstrup stadig er syg. Hun har ikke hørt fra hende. 
 Alhed skal hilse sin mor fra Fru Bentyore, som moderen sås meget med i de unge dage i København.
 I søndags var Alhed og Johannes Larsen med Vittoria Bacci, Teresina og Fru Bentyore på kirkegården med blomster til Adolfo Baccis grav. Derefter gav Vittoria Alhed en guldring, som har tilhørt Adolfo Bacci. 
 Vittoria er meget gæstfri, og Alhed og Johannes Larsen er tit hos hende og hendes gæster.
 Alhed og Johannes Larsen har købt en dyr paraply af silke og med fiskebensstel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TAoP</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Tak for Dit sidste Brev og Brevkortet, som jeg fik i Gaar; det er jo rart, at Far er bedre, og at det ikke blev til nogen slem Forkølelse. Derimod blev jeg ubehagelig overrasket ved at høre, at Berta ikke er rask endnu. En af de første Dage, vi var her, skrev jeg et langt Brev til dem, men vi har ikke hørt fra dem endnu, skønt de havde lovet at skrive til os. I Gaar skrev jeg igen et langt Brev til Berta og bad hende om at faa Lud til at ["at" indsat over linjen] sende os et Brevkort om hendes Befindende. - Jeg har hele Tiden tænkt saa meget paa dem hernede, vi saa og oplevede jo saa meget sammen. - Jeg har en Hilsen, eller rettere mange Hilsner til Dig fra en Fru Bentyore som Du er kommen saa meget hos, da Du som ung Pige bode i København. Hun bor hos Fru Bacci, saa jeg ser hende tit. Forleden var vi sammen en Udflugt paa Bellosguardo ["a" i ordet indsat over linjen], Vittoria var med, og vi drak Kaffe hos en Bondefamilie deroppe - (jeg synes pludselig, at jeg har skreven om den Tur). I Søndags var vi hele Dagen hos Vittoria, mellem Frokost og Middag var vi alle (Fru Bentyore og Teresina ogsaa) en Køretur i Droske ud til Kirkegaarden med Blomster til Adolfos Grav. Den ligger en Milsvej udenfor Byen paa et ganske dejlig Sted, meget højt oppe. Da vi kom tilbage fra Turen forærede de mig en smuk Guldring, der har været Adolfos, den har været mig tiltænkt lige fra han døde. Jeg er forfærdelig glad ved at have faaet en Erindring om ham. Der er indfattet en Kamée, forestillende Michelangelos Hoved. [Tegning] - De ere forfærdelig gæstfri og elskværdige imod os; naar der gaar over 3 Dage, hvor vi ikke ere der et lille Svip, og 2 Gange have vi været bedt der hele Dagen baade til Frokost og Middag. - Der var en gammel Hollænder og en ung Englænder hos hende, saa det er en hel Sprogøvelse at komme derud. Hvor det italienske ikke slaar til, hjælpe vi os med tysk og engelsk. - Vi have det udmærket; Tak for Lotterisedlen, bare man nu kunde have Held med sig. - - Vi har flottet os gevaltig, ved at købe os en Paraply; det synes Du maaske ikke er saa imponerende, men Du vil maaske forandre Mening, naar Du hører, at den er af grønt Silketøj og med Elfens ["Elfens" overstreget] Fiskebensstel helt igennem; vi saa paa den i mange Dage, hørte paa Prisen (25 Lire), men mente jo det var lovlig galt. [Et overstreget bogstav] Men saa kom vi i Tanker om, at vi kunde jo forære hinanden den til Jul, saa ["saa" overstreget] og derefter gik vi ind og købte den, vi fik den for 19 Lire. Vi ere henrykte over den. Nu er Las færdig med at skrive til sine Forældre, og vi skal hen at spise, saa jeg vil slutte. Det er morsomt, at Dis skal lære Gymnastik og udmærket for Tutte at faa hende derud et Aar, forfærdelig pænt af Onkel Syberg. Har vi faaet en ny Hest?? eller var det Onkel Syberg? Dine [fortsættelsen skrevet øverst på side 1, på tværs:] Breve har ingen Gang været for tykt. - Hils alle 1000 Gange fra Las og Din A.
 Skriv snart igen!
 29-11-98
 Tirsdag</t>
+  </si>
+  <si>
+    <t>1900-01-04</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>24 Bellevue St.</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Johanne Christine Larsen
+Harris Sawyer
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Acquisition betyder erhvervelse.
+En dansk alen er defineret som 62,77 cm (fra 1835 indtil metersystemets indførelse).
+Mull er en type let, tyndt og åbent vævet bomuldsstof (eller nogle gange silke), der minder om gaze. Det er kendetegnet ved at være blødt (Internettet febr. 2026). 
+Drengen: Ellen Sawyer troede, uvist af hvilken grund, under sin graviditet, at hun skulle have en dreng. Datteren blev født 16. januar 1901.
+Svinene: Harris Eastman Sawyer arbejdede sammen med en svineslagteri om at konservere svinekød, hvoraf noget skulle eksporteres til England. 
+Harris' gamle tanter kendes ikke. 
+Kopiblæk kan være af dårlig kvalitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1541</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil meget gerne have pudevår til den lille. Det er sødt af Laura Warberg at lave så meget til hende. Ellen troede, at moderen havde opgivet lysedugen. Amerikanerne kan ikke lave håndarbejde, og de beundrer de håndlavede ting, som Ellen har.
+To af Harris Sawyers gamle tanter har givet Ellen en "babybasket" samt sæbe, svamp, pudder mm. Ellen har fået mange gaver. 
+Harris' arbejde med svinene er lykkedes godt, så nu venter han på betalingen. Han har netop lavet liste over parrets ejendele til en brandforsikring. Da han kom hjem fra Danmark, ejede han 10 cents og et mikroskop, sit tøj og sin gæld. Nu ejer han meget mere, men gælden er ikke væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lKAO</t>
+  </si>
+  <si>
+    <t>24 Bellevue St. 
+Jan 4 – 1900
+Kære Mor!
+Tak for dit Nytårsbrev. De gode Ønsker returnerer jeg til dig og hele Familien af ganske Hjærte. Nu er Julegæsterne vel sagtens ved at bryde op. De sidste Dage i Ferien anvendes i Reglen til at efterse de Bortrejsendes Tøj – jeg tænker mig, at lille Lugges Skoninger ere under Reparation. – Og Tak, jeg vil meget gærne have nogle små Pudevår. 6 er jo en forfærdelig Masse til en sådan lille et lille èt, - jeg vil også blive glad ved 4 (muligvis endnu gladere ved 6) Lærred er nok for koldt om Vinteren, men to af dem til Sommerbrug vil være storartet. Lav dem fuldstændig som du selv synes og finder pænest – men helst med Bånd i Stedet for Knapper og Størrelsen vil jeg angive senere i Brevet. – Det er rigtig nok alt for galt med alt det du dog laver til mig. Jeg troede rigtig nok du havde opgivet det store Arbejde med Lysdugen, men det bliver unægtelig morsomt at få den. Jeg har ingen fin Lysdug og altid beundret din ægyptiske meget. Jeg glæder mig også til at vise Folk her et smuk Lysdug. De har utrolig lidt Begreb om Håndarbejde her, - de giver sig ikke Tid til den Slags og har meget lidt udviklet Smag i den Retning. Man finder ikke èt anstændigt Broderi selv i de bedste Butikker. – Junges Buffetdug bliver gennembeundret (den var også henrivende) og alle mine andre Håndarbejder beundres og forevises som Kunstgenstande, - hvad de jo på en Måde også er, - Kunstindustri kan man nok kalde det. – 
+Pakken er endnu ikke ariveret, men det må være lige ved, det tager Thingvalla 3 Uger i Reglen at komme her over. – De Masser jeg og Drengen har fået foræret!! Den sidste Aquisition (jeg ved ikke hvordan det Ord staves) til hans Ejendele var ["var" overstreget] kom igår fra to gamle Tanter til Harry, som i Mands Minde ikke har foræret el. gjort noget for nogen. De ere berømte her for, - og igår ankommer en af dem med den nydeligste ”babybasket”. Det er en flad Kurv, c. ½ Al. lang, foret med lyserødt, be ["be" overstreget] trukkket over med hv. Mull. Siderne ere forsynede med små Lommer og en Nålepude og i Kurven fandtes en Sæbedåse med et Stk. fin Sæbe, en blød lille Svamp, Pudderdåse og Pudderkvast, store og små Sikkerhedsnåle. Det er en nydelig og meget brugbar Present. Den står nu i en Skuffe og venter på den Lilles første g ["g" overstreget] Toilet. Foruden de nævnte Ting er der hans Kam, Børste, Nåle og et komplet Sæt Tøj fra de mindste hvide Strømper til Kjolen. – Den er dækket til med et Flonelshåndklæde. 
+Vi har nu stræng Kulde og der er en Del Sne, men det er forresten mest stille, klart Solskin. Harry har lidt Snue, men har da ingen rigtig Forkølelse haft i lange Tider. Du spørger til ”Svinene”. Jeg ved ikke om jeg skrev det sidst, at de har erklæret Arbejdet for at være lykkedes, og han kan få sine Penge, såsnart de ere i Orden igen. Det havde jo været nok så morsomt, om han havde fået dem, men han har en Del Ekstraarbejde i denne Måned, så det gør ingen Ting, og Hovedsagen er, at han har fået Bugt med Bacillerne. - Nu ved Nytårstid har han lavet en Liste på al sin Ejendom (for Brandforsikring) og jeg finder, at han har Grund til at være helt tilfreds Da han kom hjem fra Danmark, ejede han 10 Cents, sit Mikroskop, for en Værdi af 30 Dol. Apparater, sine Klæder og 300 Dollars Gæld. – Han ejer nu for c. 1000 Dollars Apparater, c. 3000 Dollars værdi her i Huset (iberegnet hvad jeg medbragte), - Gælden er den samme, - den er kun bleven flyttet. Jeg mener, at han har været flittig, når man tager i Betragtning at Konkurrencen er ligeså stor her som hjemme og at her er en Syndflod af Kemikere. - Nu må jeg gemme Resten af mit Stof til Dissers Brev. – 
+Masser af Hilsner til dig og Far fra Pelle = Riesen. 
+[Skrevet langs venstre margen s. 1:]
+Pudevårenes Størrelse = Længden af denne Side Papir 2 Gange samt 3 Tommer. 
+[Skrevet på tværs øverst s. 1:]
+Jeg har været så uheldig at skrive med Kopiblæk</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
@@ -1399,54 +1506,88 @@
 - Würtz</t>
   </si>
   <si>
     <t>Det vides ikke, hvem kommunelærer Larsen var.</t>
   </si>
   <si>
     <t>Fritz Syberg har besøgt Peter Hansen i Faaborg. Hansen har 40 skovarbejdere til at stå model til sit billede. 
 Johannes Larsen er rejst til Fiilsø med 30 meter lærred.
 Fritz Syberg har solgt billeder for 30.000 kr. siden nytår. 
 Peter Hansen og Fritz Syberg har spist på hotellet, og tilstede var også tre mænd, som var irriterende at høre på.
 Syberg har læst Ernest Pooles Havnen og er begejstret for den. Gelsted vil anmelde bogen. 
 Syberg tænker på at male et billede med et H.C. Andersen-motiv, men han synes ikke selv, at han maler så godt som i ungdommen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Cinc</t>
   </si>
   <si>
     <t>Pilegaarden 9-3-18
 Kære Ven!
 Jeg har lige været en Tur i Faaborg og hilst paa Peter. Han maler paa sin Bondekrig – der jo i Øjeblikket er aktuel – (Peter kalder sig selv for Bolchevik) Han har 40 Skovarbejdere til sin Disposition som Modeller, er iøvrigt rask spiser drikker og ryger og sælger Billeder saa det gaar glimrende. Selve hans Billeder er efter min Mening og unter uns gesagt ”hæderligt Gammelmands”arbejde. Las er rejst til Fiilsø med 30 Meter Lærred han skal have lavet til Malerier selv laver jeg nogle Studier til et stort Billede det bliver ikke til saa meget da jeg stadig lider af Søvnløshed, men jeg har siden Nytaar solgt for over 30,000 Kr. Billeder saa ”Forretningen” gaar upaaklageligt. ”Summa sumarum” Fynboerne er ved at blive gamle. Peter og jeg havde en meget hyggelig Aften sammen paa Hotellet, men jeg maa behandle ham baade som et Barn, der ”der” overstreget og som en gammel Mand, snakke ham efter Munden. Jeg hældte Spiritus paa ham, Snaps Porter tre Toddyer og Masser af Cigarer saa det gik storartet. Kan Du taale at drikke spurgte jeg ham: ”Jeg” ! ”ja jeg var nylig til en Middag med tre Flasker Vin pr. Kuvert og jeg tømte dem alle” – kan Du taale at ryge? – ”ligesaameget det skal være - - Der var paa Hotellet et Trekløver en Bankdirektør en Overretssagfører en Grosserer Würtz (Badensen) som jeg blev præsenteret for. Overretssagføreren havde hele Aftenen iriteret mig med sin Tale eller rettere sin Stemmeklang der mindede mig om en Mand jeg kender, en Kommunelærer Vilh Larsen han talte med en højrøstet selvbehagelig belærende Stemme. Da jo jeg blev præsenteret for ham (det var Bankdirektøren der besørgede det) fortalte Overretssagføreren mig at han jo godt kendte mig – ogsaa af personlig Omtale fra sin Ven – Kommunelærer Larsen - ! derfra Stemmeklangen. Det var iøvrigt underholdende at høre de to danske Herrer udber[”udber” overstreget] udbrede sig i al deres Visdom om Franskmænd, Englændere Amerikanere, Japanere, Russere og de forskællige Afstamninger inden for [”inden for” overstreget] af Tyskere indenfor Kejserriget, komme med ”morsomme” Hentydninger til Tysklands Udsultning ved hvert Øjeblik at foreholde Tyskeren hans ”Graadighed”. Han lo talte afdæmpet upaaklageligt Dansk og til de to Herrers Visdom kom Gang paa Gang dette ”meget rigtig” som vi kender fra de tyske Rigsdagsreferater. Hans Sortie var ægte tysk han kaldte alle Tjenerne (1_ste_, 2den og Piccoloen) frem og gav dem Drikkepenge hver især. Selv lod jeg mig belære at en Tysker kan optræde med fuldendt Verdensmandsmæssig Dannelse, selv om det er en Grosserer hvis Veje har ført ham til et lille dansk Provinshotel i Pærekøbing.
 Jeg har nylig læst en Bog af en Amerikaner der hedder Ernest Poole (Havnen) som efter min Mening er den bedste moderne Roman jeg har læst Det er virkelig en Standardbog over vor Klodes Kultur i det sidste Aarti før Krigen. Jeg gjorde Gælsted opmærksom paa den, han læser den, og vil skrive en Anmeldelse af den i Fyns Venstreblad. Du sagde en Gang da vi talte om Malerkunst at Du kunde duellere for den, jeg kan sige det samme om det skrevne Ords Kunst. Gudskelov jeg ikke er Skribent, men ”Publikummer” Glæden ved at læse vil kunne følge mig til min Død. – Ja selvfølgelig maler jeg og det er mig ligesaa umulig at lade være, som det er for Jagthunden at undlade at ”tage Fært” (Jeg vilde gærne lave et stort monumentalt Billede af [”af” overstreget] Landskab med Figurer, bygget over Emnet: ”Skyd frem Skovmærke frisk og prud, hæng Pil din uldne Vante ud [”] osv. (H.C.A. Snemanden)) men spurte op paa Højde med mig selv i Dødsbilledet f. Eks. det naar jeg ikke mere Men berører jeg det Emne til Las saa smiler han grumt [”grumt” indsat over linjen] som – ja som en Angelsakser, Peter bliver iøvrig hidsig uforstaaelig fornærmet som – ja som en Dansker. Jeg kender faa Danskere som tør se Sandheden i Øjnene, - ja Sandheden er saa meget sagt – saa lad mig sige den eventuelle Sandhed – Else tør – hun tør tie stille og lytte – Anna turde, hun havde den guddommelige Frækhed til altid at turde bekende Kulør – Du, kære Ven, har det saaledes at Du har det moralske Mod til Gang paa Gang at turde revidere Dig selv, om jeg saa maa sige (jeg bilder mig ind selv at turde det samme) men det er vist ellers en germansk Egenskab og ikke en dansk.
 Mange Hilsener til Dig og Else og Børnene
 fra Din hengivne Fritz Syberg.</t>
   </si>
   <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
+  </si>
+  <si>
     <t>1920-04-08</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>London W.C.
 44-45 Tavistock Sq.</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Johannes Nicolaus Brønsted
 Grethe Jungstedt
 Kurt Jungstedt
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie</t>
   </si>
   <si>
     <t>Kurt Jungstedt blev kaldt Gøsta. Han og Grethe blev gift i 1920. 
 Mrs. Henning og Bennet kendes ikke. 
 Et cloister er en overdækket gang, ofte med buegange og søjler, der omkranser en indre gårdhave.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3775</t>
   </si>
   <si>
     <t>Grethe Sawyer/Jungstedt skal giftes. Christine Mackie og Alhed Larsen synes, at det er skrækkeligt. Ellen Sawyer er ikke enig. Kun tænker hun på, om Kurt/Gøsta Jungstedt er den rette. Måske vil ægteskabet gå ud over Grethes musik, men hun passer den alligevel ikke ordentligt. Ellen og Grethe syr udstyr.
 Det er trist for Louise, at hun mister sin kokkepige/Grethe. Ellen er enig med Grethe om, at Grethe må betale kostpengene tilbage til Louise, men kan Ellen få lov at låne dem? Det er dyrt at få en datter gift. 
@@ -2415,50 +2556,115 @@
 Kære Ven.
 Jeg har læst Din anden Kronik og gratulerer Dig til at Du endnu interesserer Dig for Verden og Menneskene. Blandt meget andet er ogsaa Historien om Mordet paa Lindberghs Barn gaaet mig paa Nerverne. Nietzsche har Ret og Spengler med. Mennesket er Jordens største Rovdyr x). [Nederst på siden under en linje er skrevet:] x) Forresten gør jeg Rovdyrene min Undskyldning [tilføjelse slut] Og de to Herrer faar Ret i mere. De ”Sandheder” de udtaler, saa de [”de” overstreget og ”man” indsat over linjen] man nærmest faar Id [”Id” overstreget] Indtrykket af et ”Program” er for de 90 % Vedkommende Erkendelse og intet andet. Der findes enkelte Mennesker som ikke kan lyve for sig selv. Spengler siger at den eneste Maade at klare den økonomiske Misere i Vesten paa er at gøre Arbejderne til Kulier. Sligt kan tænkes – naar man er Tysker og gøres – naar man er Englænder. Om menneskelig Skurkagtighed er nedrigst [”er nedrigst” indsat over linjen] naar man ser den selv, eller naar man lukker Øjet i for den, er et Spørgsmaal om Smag. Pascal siger et Sted at ingensinde gør man det nederdrægtige med en saadan Virkning og Ubekymrethed som naar man gør det i Overbevisningen om at det er det udmærkede man gør. Men … dog jeg vil ikke gaa videre.
 Din Kronik synes jeg var ganske udmærket og jeg læste den med stor Glæde, kun kan jeg ikke et eneste Sted opfatte at Du paa noget Punkt er uenig med Spengler (ligesaa lidt som jeg kan se at Spengler er uenig med Darwin) men det kan jo være min Fejl. Derimod kan jeg se at jeg maa gøre Dig en Undskyldning for mine Breve, og det gør jeg herved, da jeg tillige har i Sinde at høre op med dem for det første. Jeg vil ikke tænke mere paa de Emner som i de senere Aar har beskæftiget mig saa stærkt. Der er ingen Glæde ved at konstatere at man er uenig eller [i] hvert Fald staar uforstaaende over for næsten alle sine Medmennesker.
 Iøvrigt har jeg det ug. Paasken staar for Døren alle Ungerne kommer hjem undtagen Rabbe som vist faar en Norgestur ud af det Hils Else og Familien iøvrigt mange Gange.
 Din hengivne
 Fritz Syberg.</t>
   </si>
   <si>
     <t>1935-11-23</t>
   </si>
   <si>
     <t>Fritz Syberg har afslået en anmodning om udlån af Jensen-familiens februarbillede. 
 Folkeforbundet er en beskidt affære, som kan komme til at koste kvinder og børn livet. Som under 1. verdenskrig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CZLJ</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 23-11-35
 Kære Johannes V. og Else.
 Der er kommet Anmodning om at laane Dit Februarbillede til en Udstilling i Udlandet, men jeg har, da Tiden lader til at være knap, afslaaet det. Det har Du og Else vel intet imod.
 Alt ved det gamle. Udenrigspolitiken interesserer og ærgrer mig.
 Sikken et Folkeforbund! ”Sanktioner” kalder de det. En fejg, beskidt Affære er det. For skinhellige og hykleriske til at slaas med 10 Millioner Soldater foretrækker de at udhungre 30 Millioner Kvinder og Børn. Jeg kan levende forestille mig hvordan et anstændigt Menneske maatte føle sig tilmode den Gang under Verdenskrigen da Tyskerne drev U.Baadskrig hvor 100 pro cent af Soldaterne blev paa Valpladsen og Englænderne gennemførte Hungerblokaden. Men nok om det. Jeg haaber at Du og Else er raske og at I alle har det godt.
 Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
@@ -2579,51 +2785,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -2997,50 +3203,108 @@
 Ulla Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
   </si>
   <si>
     <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
 Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
 Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q95M</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 9-9-39
 Kære Hans.
 Jeg har faaet nogle Fotografier af Tyren, taget af Lærer Smith i Odense. Maaske har Du ogsaa faaet nogle? Dersom jeg var tilstrækkelig rig havde jeg en Bestilling til Dig, et Monumentalværk i Granit "Tyrens Kamp med Kvælerslangen". Det er en Tale af Chamberlain der har fremkaldt Motivet i mig. Den Talen ["Talen" indsat over linjen] gjaldt Tyskland, hvis Maal er "at regere i Europa". Ja rigtig min Herre, Tyskland vil regere i Europa, Italien og Frankrig vil, Norge Sverige og Danmark vil, saagar San Marino Andorra og Luksemburg vil, hvor forbryderisk naar man dog har England (som intet har at gøre i Europa), til at sætte Lus i Skindpelsen, om Forladelse til at beskytte alle de smaa Stater baade i og udenfor Europa. Men altsaa Der vil jo ingen Tvivl være op ["op" overstreget] om hvem der er Tyren og hvem Kvælerslangen. Derimod kan man jo vise sin Sympati og Antipati ved at lade Tyrens Undergang og Kvælerens Triumf, eller det mo ["mo" overstreget] omvendte, være det dramatiske Moment i i Skulpturen! Jeg vilde nu, hvis jeg havde Pengene dertil, sætte som en Betingelse at Kampen skulde fremstille et af Kampens Højdepunkter, hvor Bestiernes Egenskaber uf ["uf" overstreget] udfolder sig i fuld Blomst, alle deres Egenskaber. Iøvrigt kan jeg meddele Dig at jeg stadig passer Geschæften selv om det koster mig Selvovervindelse "at tage Initiativet" hver Dag, men jeg ved at det vilde blive meget værre hvis jeg gav efter og slap Kontakten. Derimod har jeg aftalt med Besse at bo hos hende i Vinter. Hvo ["Hvo" overstreget] Hvornaar jeg rejser derop afhænger af - mig selv. Men det letter Sindet at jeg naarsomhelst kan skifte Luft, Tanken om at jeg ikke Resten af mit Liv er henvist til Kjertemindeluften forekommer mig som et Fund.
 Hilsen til Jer allesammen
 Far.</t>
   </si>
   <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
+  </si>
+  <si>
     <t>1942-09-08</t>
   </si>
   <si>
     <t>Blegdamsvej 19 København Ø</t>
   </si>
   <si>
     <t>Lindøgaard Dræby St.</t>
   </si>
   <si>
     <t>Frk. Andersen
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Buhl
 - Gjerulff
 Jesper Hansen
 Eli Larsen
 Christine  Mackie
 Leo Swane
 Mikael Venge
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
@@ -3689,50 +3953,167 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Jeppe Larsen
+Hans Christian Mortensen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen, Faaborg Museum, arbejdede på en udgivelse af Ambrosius Stubs digte, og Johannes Larsen skulle lave vignetter til den. Ifølge Bibliotek.dk blev bogen ikke realiseret.
+Johannes Larsen skrev også om mindetavlen over Hans Christian Mortensen i et brev til sønnen Johan/Lysse Larsen samme dag som det her indsatte.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i vandet. Han mangler et timeglas at tegne efter til vignetterne til Ambrosius Stub-bogen. Larsen skal lave mindetavle over Hans Christian Mortensen.
+Jeppe Larsen har nydt sin tur til England.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJc4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 Juli 1951.
+Kære Grevinde.
+Tak for Brevet i Gaar. Nu har vi da endelig faaet Sommer. Jeg har været i Vandet i Dag. For tredje Gang i Aar, og sidder i Skjorteærmer og skriver. Jeg er nemlig gaaet i Staa med Vignetterne til Ambrosius paa Grund af manglende Modeller, bl.a. skal jeg tegne et Timeglas, og det findes ikke paa Museerne i Odense eller her i Faaborg, men en af Dagene skal jeg til Kjøbenhavn for at lave noget paa en Mindeplade for afdøde H. Chr. Mortensen i Viborg, saa forhaabentlig kan jeg opdrive et der inde. Jeppe er ogsaa kommen hjem fra England og har i høj Grad nydt Turen. Mange Hilsener ogsaa til Adam og Elisabeth
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Elena Larsen
+Oscar Larsson
+Minna Lorentsen
+Poul Lorentsen
+Aage Madelung
+Hans Christian Mortensen
+Carl Rasmussen
+Holger Rasmussen
+Ambrosius Stub
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Ifølge Bibliotek.dk er der ikke udkommet en digtsamling af Ambrosius Stub, hvor Holger M. Rasmussen er anført som udgiver.
+Hans Christian Cornelius Mortensen, også kaldet Fugle-Mortensen var en dansk ornitolog. Han var den første i verden til systematisk at bruge ringmærkning af fugle til videnskabeligt formål. Sammen med bl.a. Eiler Lehn Schiøler var han medstifter i 1906 af Dansk Ornitologisk Forening. I 1952 blev der i Viborg afsløret en mindetavle for Hans Chr. C. Mortensen. Tavlen er anbragt på den gamle katedralskoles mur ud mod Latinerhaven. (Wikipedia maj 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet akvareller fra haven og af Vinhuset, der fylder 100 år. Han har lavet vignetter til en Ambrosius Stub-udgivelse og tegninger til en mindeplade over Hans Christian Mortensen. 
+Jeppe er kommet hjem fra et par ugers ophold i England. 
+C.W. Rasmussen vil gerne komme til Båxhult og lære Johan/Lysse og Elena/Bimse noget om kalkuner. 
+Der er kyllinger på Møllebakken. Andreas/Puf brygger. 
+Fignerne falder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Eiyn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1951. 
+Kære Lysse!
+Det er vist længe siden I har hørt noget herfra. Jeg har malet en ½ Snes Akvareller med Blomster og et Par fra Haven den ene med Lysthuset der fylder 100 Aar til næste Aar. Siden har jeg lavet en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger M. Rasmussen er i Gang med. Jeg har ogsaa lavet Tegninger til en Mindeplade for H. Chr. Mortensen til Viborg, desværre medfører det at jeg maa rejse til Kjøbenhavn for at gravere i en Gibsafstøbning som Bronzepladen skal støbes over. Jeppe er nu kommen hjem fra sin Englandsrejse der varede 14-16 Dage og som han havde megen Fornøjelse af. Jeg kan hilse fra C.W Rasmussen Iglekjærgaard, at dersom I har Lyst til at høre nogle gode Raad om Kalkunopdræt, er han villig til at besøge Jer en Gang i Efteraaret, imod et Maaltid Mad og Nattely. Han er Afholdsmand saa dersom det bliver til noget maa I anskaffe et Par Flasker Svagdricka. Mon det bliver til noget med Poul Lorentsens? Fik Du det ordnet med Oscar Larsson? Lorentsens Kone er Søster til afdøde Forfatter Aage Madelung. Vi har en Høne med 5 Kyllinger der er 3 Uger gamle, der har ikke været flere skønt den laa paa 11 Æg, men den var vældig flink til at passe paa dem. I Dag kom der en med 2 Kyllinger den havde ligget paa 5 Æg. Puf har travlt med at brygge saa han kan have noget at sælge af naar det frigives. Forøvrigt er han bange for at det første ikke kan blive lagret nok til den Tid, men han er jo altid saa sort paa al Ting. Vi har haft et Kuld Stillitser i en af Hyldene foran Huset. Bimses Nellike blomstrer. Jeg havde ventet mig en hel Del af Figentræet der var ansat en Mængde Frugter men de er falden af som halvstore, saa jeg tror ikke der bliver mere end en halv Snes Stykker modne. Mange Hilsner fra os alle her til Jer alle sammen
+Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3809,59 +4190,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WWt0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iAvUMkEl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lKAO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WWt0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iAvUMkEl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A40RZCOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eiyn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M83"/>
+  <dimension ref="A1:M91"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4140,3456 +4521,3810 @@
       <c r="H7" s="5" t="s">
         <v>55</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="s">
-        <v>68</v>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="I9" s="5"/>
+        <v>72</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>73</v>
+      </c>
       <c r="J9" s="5" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G11" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="s">
-        <v>87</v>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        </is>
+        <v>105</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>109</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>113</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>122</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>123</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>127</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>124</v>
+        <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F19" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="I19" s="5"/>
+        <v>142</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>143</v>
+      </c>
       <c r="J19" s="5" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>149</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>150</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>156</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E22" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="F22" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="K22" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>136</v>
+        <v>187</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>70</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>143</v>
+        <v>70</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-        </is>
+        <v>195</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>196</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>153</v>
+        <v>199</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>199</v>
+        <v>169</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>203</v>
+        <v>173</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>211</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>212</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>143</v>
+        <v>218</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>135</v>
+        <v>219</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>153</v>
+        <v>223</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>163</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>220</v>
+        <v>16</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>239</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>241</v>
+        <v>173</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>143</v>
+        <v>257</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>70</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>153</v>
+        <v>260</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>258</v>
+        <v>187</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>18</v>
+        <v>265</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>266</v>
+        <v>239</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>273</v>
+        <v>163</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="s">
-        <v>274</v>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>277</v>
+        <v>173</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>122</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>54</v>
+        <v>285</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="I39" s="5"/>
+        <v>286</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>287</v>
+      </c>
       <c r="J39" s="5" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>163</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>287</v>
-[...10 lines deleted...]
-        </is>
+        <v>294</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>297</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>298</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>290</v>
-[...10 lines deleted...]
-        </is>
+        <v>302</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>306</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-        </is>
+        <v>54</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D43" s="5" t="s">
-        <v>299</v>
+      <c r="D43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>300</v>
-[...8 lines deleted...]
-        <v>302</v>
+        <v>314</v>
+      </c>
+      <c r="I43" s="5"/>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L43" s="6" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>237</v>
-[...8 lines deleted...]
-        <v>306</v>
+        <v>16</v>
+      </c>
+      <c r="D44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-        <v>310</v>
+        <v>317</v>
+      </c>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L44" s="6" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D45" s="5" t="s">
+        <v>320</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>314</v>
-[...5 lines deleted...]
-        </is>
+        <v>321</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>324</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D46" s="5" t="s">
+        <v>326</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>318</v>
-[...5 lines deleted...]
-        </is>
+        <v>327</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>315</v>
+        <v>329</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>330</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>331</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>318</v>
-[...14 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>318</v>
-[...5 lines deleted...]
-        </is>
+        <v>334</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>338</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>339</v>
+      </c>
     </row>
     <row r="48">
-      <c r="A48" s="5" t="n">
-        <v>1928</v>
+      <c r="A48" s="5" t="s">
+        <v>340</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>16</v>
+      </c>
+      <c r="D48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>341</v>
+      </c>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K48" s="5" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H49" s="5" t="s">
+        <v>345</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>334</v>
+        <v>347</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>345</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>335</v>
-[...5 lines deleted...]
-        <v>337</v>
+        <v>345</v>
+      </c>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K50" s="5" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
-      <c r="A51" s="5" t="s">
-        <v>341</v>
+      <c r="A51" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>323</v>
+        <v>350</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>342</v>
-[...4 lines deleted...]
-        </is>
+        <v>351</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>352</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>343</v>
+        <v>155</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>337</v>
+        <v>354</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="5" t="n">
-        <v>1934</v>
+      <c r="A52" s="5" t="s">
+        <v>358</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>16</v>
+      </c>
+      <c r="D52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="s">
-[...6 lines deleted...]
-        <v>337</v>
+      <c r="H52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I52" s="5"/>
+      <c r="J52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K52" s="5" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>143</v>
+        <v>350</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>351</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>153</v>
+        <v>364</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>16</v>
+        <v>350</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>369</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="I54" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="J54" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K54" s="5" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="5" t="s">
-        <v>368</v>
+      <c r="A55" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>375</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>376</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>327</v>
+        <v>364</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>376</v>
+        <v>163</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>342</v>
-[...4 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="I56" s="5"/>
+        <v>383</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>384</v>
+      </c>
       <c r="J56" s="5" t="s">
-        <v>337</v>
+        <v>173</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>323</v>
+        <v>350</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>327</v>
+        <v>354</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>323</v>
+        <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>389</v>
-[...4 lines deleted...]
-        </is>
+        <v>350</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>396</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>327</v>
+        <v>354</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>143</v>
+        <v>403</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>369</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>153</v>
+        <v>364</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>135</v>
+        <v>350</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>219</v>
+        <v>409</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>153</v>
+        <v>354</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>143</v>
+        <v>350</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>416</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>153</v>
+        <v>354</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H62" s="5" t="s">
+        <v>423</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>102</v>
+        <v>155</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>417</v>
+        <v>239</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>420</v>
+        <v>173</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>323</v>
+        <v>163</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>324</v>
-[...4 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>337</v>
+        <v>173</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
-        <v>433</v>
+        <v>173</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>446</v>
+        <v>140</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>447</v>
-[...4 lines deleted...]
-        </is>
+        <v>122</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>455</v>
+        <v>350</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>351</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>459</v>
+        <v>364</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>323</v>
+        <v>140</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>122</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>337</v>
+        <v>469</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>417</v>
+        <v>453</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>143</v>
+        <v>482</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>483</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>167</v>
+        <v>491</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>492</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>490</v>
-[...4 lines deleted...]
-        </is>
+        <v>495</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>496</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>350</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>494</v>
+        <v>351</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F73" s="5" t="s">
-        <v>495</v>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>337</v>
+        <v>364</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>502</v>
+        <v>140</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>503</v>
+        <v>122</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>456</v>
-[...4 lines deleted...]
-        </is>
+        <v>453</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>337</v>
+        <v>509</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>102</v>
+        <v>514</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>239</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
+        <v>187</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>494</v>
-[...7 lines deleted...]
-        </is>
+        <v>140</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>522</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>337</v>
+        <v>525</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>417</v>
+        <v>530</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>470</v>
+        <v>531</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>534</v>
+      </c>
+      <c r="K77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>324</v>
+        <v>538</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F78" s="5" t="s">
+        <v>539</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>327</v>
+        <v>364</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>16</v>
+        <v>546</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>324</v>
+        <v>547</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>17</v>
+        <v>492</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>327</v>
+        <v>364</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>16</v>
+        <v>140</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>542</v>
+        <v>122</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>543</v>
-[...4 lines deleted...]
-        </is>
+        <v>453</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="I80" s="5"/>
+        <v>554</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>555</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>102</v>
+        <v>538</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>553</v>
+        <v>364</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>470</v>
+        <v>506</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>102</v>
+        <v>351</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>567</v>
+        <v>354</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>570</v>
+        <v>578</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>632</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7633,44 +8368,52 @@
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
+    <hyperlink ref="M84" r:id="rId89"/>
+    <hyperlink ref="M85" r:id="rId90"/>
+    <hyperlink ref="M86" r:id="rId91"/>
+    <hyperlink ref="M87" r:id="rId92"/>
+    <hyperlink ref="M88" r:id="rId93"/>
+    <hyperlink ref="M89" r:id="rId94"/>
+    <hyperlink ref="M90" r:id="rId95"/>
+    <hyperlink ref="M91" r:id="rId96"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>