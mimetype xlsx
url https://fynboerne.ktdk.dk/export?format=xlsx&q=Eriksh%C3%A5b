--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,390 +3,5869 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3992" uniqueCount="2455" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4051" uniqueCount="2495" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-01-01</t>
+    <t>1879-08-16</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Astrid Warberg-Goldschmidt</t>
-[...5 lines deleted...]
-    <t>Erikshåb</t>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Tranekær</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Sophie -
+Frederik Ahlefeldt-Laurvig
+Christian Barnekow
+Wilhelmine Berg
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+- Kruhøffer
+Alhed Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte sin familie i Tranekær med sine fem døtre. Søster var Charlotte Louise, g. Brønsted, 
+Klokken: Albrecht Warberg blev behandlet for sin astma i "Luftklokken" hos en specialist i København.
+Den første greve, der bliver nævnt, må være Schaffalitzky de Muckadell (Arreskov) og den anden Ahlefeldt-Laurvig (Tranekær). 
+Det vides ikke, hvem Hunderup, Vogelsong, Erik og Forpagter Olsen var. Snedkerværkstedet Brødrene Jensen kendes heller ikke. 
+Grossereren var en hest.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0359</t>
+  </si>
+  <si>
+    <t>Laura Warberg og hendes fem døtre har været otte dage hos familien i Tranekær. 
+Ludvig Brandstrup har fået læreplads hos en snedker. Laura kan bo hos Tante Sophie under ophold i København. Albrecht må overveje nogle rejsedatoer. 
+Louise/Søster er ved at blive vænnet fra brystet, og hun kan nu gå alene.
+Laura og familien har været på skovtur med madkurv. Da børnene badede nøgne, kom greven, og Laura måtte skynde sig at give dem tøj på. 
+Ludvig har haft fødselsdag. 
+Medlemmerne af Brandstrup-familien skændes meget.
+Wilhelmine/Mis bliver belejret af Forpagter Olsen, og hun vil gerne have ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/05eB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter cand. jur. Warberg
+”Tre Hjorte” Vestergade 
+Kjøbenhavn K.
+[Skrevet af ukendt/Laura Warberg Petersen?]
+1879?
+[På kuvertens bagside: To poststempler]
+[I brevet:]
+1 Tranekjær d. 16 August 1879
+Kjæreste Abba!
+Nu er mit Ophold her snart forbi, paa Mandag Formiddag rejser vi. Det har været 8 rare Dage for mig; vi har været i Vandet spadseret og gjort nogle Visiter - Torsdag Morgen stod Mis og jeg op Kl 6 og gik en dejlig Tour ned i Slotshaven og ud paa Balle[ulæseligt]. Det er en mageløs Sommer for mig, det er noget jeg holder af saadan at nyde Livet. Fader kom hjem Fredag Eftermiddag i et udmærket Humeur; han havde havt Held med sig i Alt faaet Ludvig anbragt hos Brødrene Jensen, et stort Snedkerværksted hvor han skal være 4 Aar i Lære fra 1ste September og herover Lud er meget henrykt. Fader fortalte Tante Sophie at Hanne skulde snart til Kbh. og jeg tænkte ogsaa paa en Tour derind, hun spurgte saa, hvor jeg tog ind, og da Fader sagde at det blev vist paa et Hotel, saa spurgte hun om jeg ikke vilde tage ind hos hende ”det kunde være rart at see Laura engang igjen”. Jeg er som Du kan tænke uhyre henrykt ved det Tilbud og har nu skrevet og takket hende. Jeg skulde saa komme en af de sidste Dage i denne Maaned da hun hen i September rejser til Vejle. Nu har jeg i Formiddag tænkt lidt over Situationen og forebringer Dig herved Resultatet af min Tænkning. Fader siger at Du omtalte Dit Ophold derinde som 3-4 Uger og det kan jo slaa til efter Din første Bestemmelse, saa Du trækker de 3 Dage fra som Aarhusrejsen tog. Dersom jeg saa rejser den 27 eller 28de, kunde vi maaske være et Par Dage sammen derinde, hvad Du nok veed, jeg har den allerstørste Lyst til. Det skulde saa beroe paa Dig, om jeg de Dage skulde være paa Hotellet eller tage lige til Tante Sophie senere end d: 29 maa jeg ikke komme til hende, da hun saa nemt kom til at opsætte sin Rejse for min Skyld og det skulde hun jo nødigt, og paa den anden Side var det jo kjedeligt om Du kom hjem Dagen før jeg skulde rejse, saa jeg næsten ikke fik talt med Dig. Hanne rejser ogsaa sidst i denne Maaned til Kjbh. og ved den Tid kommer Barnekow herover. Vil Du nu tænke over alt dette og sige mig hvordan Du helst vil have det samt i Tilfælde af at jeg rejser før Du kommer hjem, hvor mange Penge Du har tænkt Dig at spendere paa mig.
+2. Du maa meget nødigt forkorte mig Theatertiden derinde; rejser jeg d: 27de, saa er jeg der 4 Dage inden Theater, det er allerede meget. Jeg har saa begyndt at vænne Søster fra og paa Søndag skal hun have sidste Gang om Natten. Jeg glæder mig meget over at Klokken hjælper Dig saa meget rejs endelig ikke for tidligt fra den. Har Greven saa skrevet til Dig om en lukket Vogn? – Jeg sendte Paludan Brevet samme Dag. – Det har staaet med Torden over Fyen disse Dage og jeg har naturligvis været bange for Dig og Bassen. Forleden Dag gjorde vi en Tour ned i Aasø Skov, gik først i Vandet og spiste derefter Smørrebrød med Øl og Chokolade til. Da Hanne serverede Maden med de Ord ”her er mad til hvem der vil have noget” var Johanne vittig og stillede sig op ligesom Hanne, saa paa Dugen og sagde: ”og her er Træbiller til hvem der vil have nogle”. Grossereren var ogsaa vittig, idet den pludselig gav sig til at galopere hjem efter saa Lud først indhentede den udenfor Skoven i Ottesens Have. Johanne har været mageløs flink i Vandet, Alhed er mere Kujon. Igaar var der nærmest som Grød af Vandmænd ved Badehuset, vi turde ikke gaae, men lod Børnene gaae ud fra Bredden; mens de endnu gik nøgne kom Greven og [ulæseligt ord] derned, vi var kun nogle Favne fra dem og maatte jo skynde os at faae lidt Klæder paa dem. – Jeg har maattet spendere 2 Kr. paa Lud, det er hans Fødselsdag, han fik en Portemonnaie af mig. Jeg skal hilse Dig fra Hunderup Vogelsong og Erik; Kruhøffer skal jeg til i morgen. Iaften skal vi høre ”Fr. paa Slottet” i Anledning af Luds Fødselsdag! Her er af og til nogle voldsomme Kjævlerier mellem de forskjellige Medlemmer af denne stridbare Familje. Efter en saadan mellem Moder og Emil paa den ene og Ludvig paa den anden Side, tog jeg Lud for og forestillede ham hvor rart det var naar han vilde tie og give efter. Han gav mig ret; men han vidste ikke om han kunde. Emil er utaalelig og Moder holder altid med ”lille Emil”. Moder og Mis er ogsaa bestandig paa Krigsfod, det er en skrækkelig Plage at høre pa. Mis har maattet bilde Fader og Moder ind, at Forpagter Olsen var ifærd med at blive givt med en Svigerinde, eller vilde hun ikke kunde nære sig for Moder, som jo intet højere Ønske har end faae Mis forlovet, hendes Bestræbelser derfor grænser næsten til den latterlige. Men at dømme efter hans Olsens [”Olsens” indsat over linjen] Opførsel (mod Mis, og alle de Samtaler han havde med hende, maa det absolut blive til noget. Han vil nu have hun skal sige op hos Caspersen og tage i Huset hos ham ”for Datterens Skyld”, men dette raader baade Hanne og jeg og Mor hende indstændig fra, hendes Rygte vilde efter min Mening lide derved, især da Kammerherren har talt saa meget om Olsens Courmageri til Mis. Vi faaer nu se. Frier han saa slaar hun til, det siger hun selv. - Nu Farvel min egen sødeste Ven! Fader sov saa jeg kunde ikke faae andet Papir end dette. Naar Du svarer paa dette bliver det altsaa til Erikshaab. Søster gaaer nu alene: Ellen er saa livlig herovre, Alle er saa glade ved hende. Tusínd Kys og Hilsner fra Dine Unger og Din Smaa. 
+[Skrevet langs venstre side på kanten af side 8:] Det er morsomt at se som Søster hænger efter Fader.</t>
+  </si>
+  <si>
+    <t>1879-08-23</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen
+Christine  Mackie
+Hempel Syberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Dals Mølle ligger øst for Sallinge.
+Nicoline Marthe Nobel von Sperling ejede herregården Sandholt i 1879.
+Familien Schroll boede på proprietærgården Lykkenssæde.
+Søster er Louise Warberg, g. Brønsted.
+Gården ”Ensomhed” ligger i Heden Sogn. Warberg-parrets tre ældste børn blev født her. 
+Det vides ikke, hvem Holm og Johanne Stuepige var. Hvilken Balslev der er tale om er også svært at afgøre, da Warberg-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0355</t>
+  </si>
+  <si>
+    <t>Laura Warbergs brev:
+Hempel Syberg er ikke rejst, da han blev syg. Laura håber, at Tante Visse/Else Warberg kan komme til Gelskov og passe ham. 
+Man høster hvede. Den følgende dag skal familien til gården Ensomhed. 
+Gl. Brandt og Frederikke er meget svage nu.
+En haglbyge har slået meget af Sybergs korn ned, og en ko er dræbt af et lyn.
+Børnebrevene:
+Louise kan gå nu. Onkel Syberg er syg. Man skal til Ensomhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fUVm</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorter”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevene:]
+Erikshaab d: 23de.
+Kjæreste Abba!
+Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
+Kærlig Hilsen!
+Din Smaa.
+Kjære Fader 
+Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
+Kære Fader
+OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
+Din Alhed. 
+de
+d
+kjære fader
+det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
+din Johanne
+til Fader, fra Ellen
+Kære Fader
+kommer du ikke snart.
+Din Ellen.</t>
+  </si>
+  <si>
+    <t>1882-09-02</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Karen Jørgensen
+Alhed Larsen
+Johanne  Larsen
+Otto Emil  Paludan</t>
+  </si>
+  <si>
+    <t>Erikshaab var Warberg-familiens hjem frem til faderens død.
+Det vides ikke, hvem der i 1882 var "Frøken" på gården/for børnene.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1877</t>
+  </si>
+  <si>
+    <t>Man har haft gæster på Erikshåb og opført et tableau. Alhed (g. Larsen) var iklædt kulørte bånd og et slør.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8vt8</t>
+  </si>
+  <si>
+    <t>Erikshåb D: 2/9 -82
+Kjære Fader!
+Hvorledes har du det? Vi have det godt. Vi havde Fremmede i Onsdags, og Karen Jørgensen var hernede, og vi havde Tableau det var: "Dronning Dagmar" og så havde vi et til der ikke forestillede noget bestemt; det var Alhed der var klædt ud med coulørte Bånd og et langt hvidt Slør. Johanne var klædt som en lille Dreng der stod og lænede sit Hoved til Alheds Skulder. Jeg lavede i Aftes, en lille Blomsterkurv af et Æg. Nu vil jeg sige Dig Farvel og Hilsen fra Pallam og Frøkenen.
+Din
+Basse.</t>
+  </si>
+  <si>
+    <t>1886-10-24</t>
+  </si>
+  <si>
+    <t>Sollerup</t>
+  </si>
+  <si>
+    <t>Inge, Sollerup -
+Olga, Sollerup -
+Sophie, Sollerup -
+Martine Boisen
+Elisabeth Bondesen
+- Bonne
+- Hansen, Sollerup
+M Knipschildt
+Alhed Larsen
+Fritz Syberg
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Christine Warberg, g. Mackie, var i 1886 elev på husholdningsskolen i Sollerup.
+"Kunstneren" var Fritz Syberg, som i 1885 og 1886 i sommermånederne underviste Warberg-familiens børn i tegning i deres hjem. Han havde også opgaver for Arreskov Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1882</t>
+  </si>
+  <si>
+    <t>Christine m.fl. skal til fest med dans på Sandholt.
+Kunstneren/Fritz Syberg maler et billede på Arreskov.
+Christine har været på Gjærup skole og høre de små være til eksamen. Senere den dag gik hun og flere andre til teglværket, og på hjemturen gennem skoven var det bælgmørkt.
+Lørdag skal eleverne på Sollerup høres i botanik. Christine skriver danske stile.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/e5yq</t>
+  </si>
+  <si>
+    <t>Søndag
+Sollerup d: 24 Oktober.
+Kjære Moder!!
+I Dag haaber jeg, at Du skal faa et mere tilfredsstillende Brev end sidst, der er dog lidt mere at skrive om. Vi skulde jo egentlig have været til Sandholt paa Søndag Aften, men da Frk. Sperling i Gaar var her, blev jeg før Timen kaldt ind til hende, og hun sagde saa, at det skulde bestemmes til Lørdag Aften i Stedet, da vi fire jo ellers ikke kunde komme med. Jeg kommer saa til med Inge, Olga og Martine at kjøre hjem med Alhed. Vi skal nok danse der ovre, det kan blive morsomt; vi glæde os frygtelig til at komme hjem, Søndag Aften skal vi jo ogsaa have os en Svingom, især Olga er henrykt der over, hun elsker at danse. Det er vel bedst, at jeg beholder min røde Kjole paa hjem, jeg synes, at jeg Søndag Aften kan faa den lyseblaa at danse med; jeg tænkte først paa at faa den her over til Lørdag, men det er den vist ikke pæn nok til, og jeg vilde ogsaa blive saa afstikkende. Hvor det er morsomt med det Billede, som Kunstneren maler til Arreskov. Du skrev, at han var tilfreds med Anlæget, men jeg havde ikke Spor af Anelse om, hvad det var for et Anlæg, før jeg saa det i Alheds Brev. Samme Dag, som jeg fik Dit Brev, fik jeg ogsaa Brev fra Alhed, hvor hun dog har moret sig! I Fredags var Frk Sophy og vi ti i Gjærup Skole at høre paa Examen; det var de smaa, vi hørte Læsning og Bibelhistorie, det var rigtig morsomt at høre paa, de var rigtig flinke, de fleste af dem. Da vi kom hjem drak vi Kaffe, og efter en Times Tids Forløb gik nogle af os ud til Teglværket for at se paa, at de fyrede; da vi gik hjem, havde vi en meget eventyrlig Tur, det var næmlig bælmørkt, da vi gik igjennem Skoven, vi kunde ikke skimte dem, der gik lige foran os, vi maatte formelig famle os frem; da vi havde gaaet lidt og rodet, hørte vi, at der kom en Vogn imod os, vi styrtede hen til hver sit Træ, og Frk Sophy, som heldigvis var med, raabte til Manden, om han ikke vilde rive en Svovlstik, hvilket han gjorde, og da vi saa havde faaet Vejen at se, kom vi godt og vel ud af Skoven. Du kan tro, at Aftensmaden smagte efter al den Spaseren. Olga og jeg havde Uge, hvad der jo al Tid sinker noget, og skjønt vi virkede paa det ivrigste, blev vi dog ikke mætte, hvorfor vi efter Bordet maatte ned til Sophie at blive fodrede af, jeg satte 5 Stykker Smørrebrød til Livs! Der var ikke noget i Vejen for, at Spilletimen kunde blive lagt om, det er dog dejligt, at vi saa ikke skal saa rasende tidligt af Sted. Tænk en Gang, paa Lørdag skal vi have Overhøring i alt, hvad vi har læst i Botanik, eller rettere i det, som vi skulde have lært, Frk Elisabeth sagde til os i Gaar, at hun nok havde mærket, vi ingen Ting kunde! der blev naturligvis stor Forfærdelse overalt, men Hr Hansen trøstede os med, at vi skulde kunne det, der stod i Bogen og en Del mere, en sær Trøst! - Til Tirsdag d: 2den have vi faaet en dansk Stil, som hedder: "Land og By", den glæder jeg mig til; den sidste hed "Hunden" den var voldsom kjedelig, den eneste, hvis Stil var god, var Frk Bonne, min var heller ikke af de værste. Frk E. sagde, at der var meget godt i den, men ogsaa meget mindre godt og en Del sørgelige Gjentagelser. Hun morede sig over, at jeg havde skrevet om Hønsehunden; den skræmmede Fuglevildtet op i et Træ, hun tænkte naturligvis strax paa Agerhøns og Vildænder! Inge havde skreven om Mopsen, at den var skabt til Glæde for gamle Jomfruer, hvilken Paastand Frk Elisabeth lod hende analysere, hvem har skabt Mopserne? mon de kun er skabt til gamle Jomfruer o.s.v.
+Nu tror jeg ikke, der er mere at skrive om, og jeg vil derfor slutte med mange Hilsner til alle fra Din
+Basse
+[Skrevet øverst på side 1, til venstre og på tværs:)
+Hvis Du ikke kommer til Sandholt, kan jeg dog saa ikke laane Dine Sko? jeg kan dog vist ikke komme med mine Dagligsko, som desuden ikke mer er pæne, de tage jo ingen Skade, Alhed kunde jo saa faa dem med. 
+[Skrevet øverst på side 1:]
+hvor det er morsomt, at jeg ogsaa faar Knipschildts at se; Martine Boisen glæder sig ogsaa til at se dem hun er en Niece af Frk H[ulæseligt] og har hørt dem meget omtalt. 
+[Skrevet øverst på side 1, til højre og på tværs:]
+Er Kunstneren paa Arreskov? han kommer da hjem paa Søndag!</t>
+  </si>
+  <si>
+    <t>1886-11-12</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Wisie Brandt
+Louise Brønsted
+- Fahnøe
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Ernst og Jens var. 
+Christine var i 1886 elev på Sollerup Husholdningsskole. 
+Fritz Syberg underviste fra 1885 og tre år frem børnene på Erikshaab i tegning og maleri hver sommer. 
+Rencontre: Møde, tvist, hændelse (Meyers fremmedordbog).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0371</t>
+  </si>
+  <si>
+    <t>Laura Warberg savner Albrecht mere end tilbørligt er. Hun håber, han bliver rask og også får nogle fornøjelser. 
+Andreas/Dengse har fået medicin til såret og øjet, og Johanne/Junge skal tage levertran. 
+Ernst har befundet sig godt på Erikshaab. 
+Børnene tegner hver aften. 
+Jens og Fahnøe vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LCMc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K. 
+[Håndskrevet på kuvertens bagside:]
+Tak for Brevet!
+[Poststempel]
+[I brevet:]
+[Påtrykt monogram]
+Erikshaab d: 11te
+Kjæreste Abba!
+Der er kun en lille halv Time at skrive i, men Du skal dog have at vide, at Huset staar og alt er vel undtagen at jeg savner Dig og længes mere efter Dig end fornuftigt og og tilbørligt er. Jeg tror det er værre at undvære Dig om Vinteren end om Sommeren. Dog glæder jeg mig meget over at Du er derinde, først og fremmest fordi jeg haaber Du med hver Dag bliver raskere men ogsaa fordi Du kan faae mangen en Fornøjelse, som Du ikke har kunnet faae alle de Gange Du har været der om Sommeren. Vi fulgte Dig i Tankerne hele Tirsdag Aften til Du Kl. 10 var havnet i Tre Hjorte. Jeg glæder mig meget til det første Brev, og haaber ikke det lader længe vente paa sig. Vi var saa hos Doktoren igaar, fik noget at dryppe i Dengses Øje, det er indvendigt ogsaa, samt Salve til Saaret. Junge var med og skal spise Levertran i ½ Aar; hun gruer. Nu kommer Wiesie Brandt og afbryder mig. Vil Du takke Ernst for hans rare Brev; han har befundet sig saa vel her og betragter Erikshaab som et andet Hjem skriver han. Paa Søndag gaaer vi til Alters og jeg har bedt om Extrafri for Christine. Saa passer det bedre at hun kommer hjem igjen den første Søndag efter at Du er kommen og saa ikke før til Juul. Børnene tegner ivrigt hver Aften, Johannes er snart færdig, men Krøllerne fortrædiger hende. 
+Og nu Farvel min egen søde Ven! Wisse siger at Jens og Fahnøe kommer om 8 Dage og hun vil gjerne have dem ned at tale med mig. Jeg siger, de kan jo komme en Aften, saa beder jeg Sybergs herned, jeg vil da ikke være helt ene om det Rencontre. Mange hjertelige Hilsener fra alle Ungerne og Din egen 
+Smaa.</t>
+  </si>
+  <si>
+    <t>1886-11-16</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Johanne Christine Brandstrup
+Wisie Brandt
+Thora  Branner
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Jens -, Dals Mølle
+Niels Elgaard Amstrup
+- Fahnøe
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg blev behandlet for sin astma i "Klokken" under ophold i København. Han boede under disse ophold ofte på Tre Hjorte. 
+Det vides ikke, hvad sagen om møllen gik ud på. I 1879 boede "Gamle Brandt" og Frederikke i Dals Mølle, og de var dette år begge meget dårlige, så det kan tænkes, at der er tale om en arvestrid. Hvem Jens, Grossererens og Knud fra Vantinge var vides heller ikke. 
+Om Marie var præstens kone, datter eller en helt anden er uklart. Gamle Møller kan heller ikke identificeres. 
+Da dyrlæge Caspersen (Laura Warbergs svoger) blev valgt ind i Landstinget, blev han opsagt fra sin stilling ved Tranekær Slot.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0372</t>
+  </si>
+  <si>
+    <t>Andreas/Denges øje er lidt bedre. 
+Laura Warberg spørger Albrecht, om hun kan bruge nogle af sine egne penge på en lille rejse. Det er længe siden, at hun har brugt penge på sig selv.
+Laura har haft en større flok mennesker på besøg - omkring 20 var de - og de skulle diskutere en sag, hvori en mølle var indblandet. Hun irettesatte Jens kraftigt. Wisse Brandt skød 3000 kr. ind i projektet. Jens havde det dårligt.
+Laura tog derefter til Vejle Mølle, hvor hun talte Wisse Brandts sag. Hun har forsøgt at forhindre, at Grossereren opsøger Albrecht. 
+Andreas siger, at hvis Astrid skærer hans hoved mm af, har Laura ikke længere en lille dreng. Han ønsker sig en pisk, og Astrid vil gerne have en billedbog. 
+Lauras far ved endnu ikke, at Caspersen er sagt op.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MTee</t>
+  </si>
+  <si>
+    <t>[Påtrykt monogram]
+Erikshaab d: 16de
+Min egen kæreste Ven
+Tak for Brevet. Gudskelov Du sover om Natten og befinder Dig nogenlunde vel. Det er vel temmelig kjedeligt, at Du kun sidder 2 Timer i Klokken, det vil sige nok det behageligste for Dig men ikke det gavnligste. Alt er vel her hjemme med undtagen Dengses Øie, det bliver stadig dryppet og smurt, idag har jeg første Gang syntes det saae lidt bedre ud; jeg veed endnu ikke, om jeg maa tage til Doktoren imorgen igjen med ham. Jeg har i Eftermiddag besøgt Præsten og havt en lille Kringle og lidt Fromage med til Marie; hun er endnu meget daarlig af Hoste og Hæshed, Johanne er også hjemme og meget forkjølet, de har det trist med Sygdom. Jeg vilde have gaaet derover Kl. 1 og saa skulde H. Jørgen møde der Kl. 8 at kjøre mig til Arreskov; saa blev det stærk Regn saa jeg matte kjøre derover. Paa Arreskov traf jeg ingen hjemme og var slet ikke helt utilfreds med at komme hjem noget før, da jeg ganske sikkert ventede Brev fra Dig, Her laa ogsaa et lille Brev fra Moder, hvor hun bl.a. spørger om jeg ikke kommer et Par Dage ind til dem, naar Du seer dem, saa tak mange Gange for Brevet, jeg skriver ikke idag til hende. Det kunde jo være ganske forfærdelig morsomt at tage en Returbillet for mine egne Penge, det er kun 13 Kr. fra Odense og jeg kunde med det samme besørge Juletouren til Odense, som jeg da havde isinde, mens Du var borte. Den varer 5 dage og der kunde da ikke bruges ret meget derinde paa 3 Dage. Jeg veed ikke om Du synes det er grulig urimelig at tænke derpaa, det kom bl.a. til at gaae ud over Julegave til Dig, men da Du ikke sætter Pris paa den alligevel, saa gjorde det vel mindre. Børnene er aldeles opsat paa at jeg skulde derover, men saa er der Dengses Øje, saa længe det ikke er rask, turde jeg ikke. Men nu maa Du sige mig om Du synes det vilde være meget galt at offre vel en Snes Kr. paa den Fornøjelse; det er jo rigtignok længe siden jeg har brugte mine Penge til noget for mig selv og en saadan Tour sammen med Dig er det [”det” indsat over linjen] morsommeste af alt. Du skal nu ikke bryde Dig om at skrive, hvis Du mener det ikke skal være Kjæreste! for saa vilde jeg vist ogsaa synes det. – Vi har oplevet en Del, siden jeg skrev sidst, det var i Lørdags. Den Dag ankom igjen Wisse
+[Skrevet langs sidens venstre kant:]
+Grossereren indbød mig til at hente Dig og boe hos dem han sagde hvad Billetten kostede og at den gjaldt 5 Dage.
+[Påtrykt monogram] 
+Brandt i en meget oprørt Stemning, Jens var kommen og han lod ikke til at være stemt for hendes Planer. Hun vilde høre om jeg var hjemme om Søndagen saae vilde hun komme med ham, men hun turde ikke lade ham vide, at Du ikke var her. Sybergs skulde herned ogsaa. Christine var jo hjemme, men de har jo næsten altid nogen om Søndagen, med dem kom Amstrups, som igjen havde Besøg af Knud fra Vantinge, det var altsaa 6 med Tutte Sybergs havde sendt Afbud, men jeg lod dem tage Amstrups med, jeg vilde jo ogsaa gjerne have Hjælp af dem, for et Slag skulde der jo staae for Wisse. Kl. 7 ankom der fra Dals Mølle den gl. Befordring med Jens, Wisse – og Grossererens. Vi var altsaa omkring 20, men jeg havde Mad nok i al Tarvelighed, jeg gav hverken Dessert eller Toddy. Efter Bordet aabnede vi saa Forhandlingerne i Dagligstuen – Jens og jeg, vor Wisse og Frederikke. Jeg havde bestemt forud, at jeg vilde sige at han havde gjort Fejl i at holde hende hen med halve Løfter, han skulde strax have sagt Nej i Foraaret, det indrømmede han var sandt. Dernæst forestillede jeg ham hvor farligt det var helt at sætte sig imod det nu, hun kunde gjerne gøre en Ulykke paa sig selv eller givte sig med den første den bedste; det indrømmede han ogsaa. Jeg havde kaldt Mimi ind og hun hjalp troligt til. Et stod os imidlertid snart aldeles tydeligt, at Møllen kan han ikke undvære. Vi foreslog saa, at han skulde rejse til Vejle Mølle og høre om der ikke ligesaa godt kunde blive noget af, naar de ved Hjælp af deres og Wisses Penge kunde faae noget andet Jens mente at Wisse har vel en 8000. Den Plan syntes baade Jens og Frederikke godt om, men hans Returbillet var udløbet altsaa skulde Fahnøes derhen Dagen efter med Wisse. Denne maatte jeg saa formane til ikke at blive hidsig, naar de talte med hende, det lovede hun og jeg fik hende saa hentet ind og hun fik hele Planen, som hun var glad ved og takkede for. Men saa fandt de paa, jeg troer Mimi og Frederikke, at jeg skulde med derhen, da hun – Visse – jo ikke har Tillid til andre end mig og det blev aftalt at de skulde komme Kl. 1 og tage mig paa. Saa gled de endelig Kl. 10½, jeg var grulig træt af det hele. Baade Jens og Fr. takkede mig gjentagne Gange for al vor Venlighed mod Wisse. Stakkels Jens! Han seer daarlig ud og hoster meget. Han efterlod her et stemplet Papir til et Bevis for Wisses 3000, jeg troer Paludan skal skrive det. 
+Da vi ankom til Vejle Mølle var Manden og Kjæresten i Odense. Jeg maatte helt alene tale med Konen, men skjønt jeg talte Wisses Sag saa godt jeg kunde, saa troer jeg ikke, der bliver noget af det, nu vilde de skrive til Wisse derom. Det var forresten et nydeligt Hus og en yndig venlig og vistnok meget dygtig og proper Kone. Vi blev uhyre godt modtaget, fik først Kaffe og derefter pænt Aftensbord; jeg var hjemme Kl. 8. I Formiddags var jeg meget medtaget i Hovedet og ikke ret oplagt til at tage ud igjen, men Præsten ventede mig. Gamle Møller affærdigede jeg med Brev. Og nu min egen kjæreste Ven har jeg malet op vist mere end Du bryder Dig om at læse. Nu er det Sengetid, derfor kun en kjærlig Hilsen fra os Alle. Jeg gjorde alt for at forhindre Grosseren fra at lede Dig op paa Tre Hjorte, kommer han vil jeg haabe Du er ude. Jeg forsikrede dem, at Du var optaget med Klokken til 3½ hver Dag. Hvis Du tager nogen Smaating hjem med til Børnene, saa betænk Dede med en ny Pisk. Han udviklede idag for Astrid, at hvis hun skar Hoved, Arme, Been og Mave af ham, saa havde Mor ingen lille Dreng mere. En grinagtig Idé! Nu haaber jeg meget snart at faa Svar paa mit store Spørgsmaal! Din Smaa.
+Fader veed ikke at Caspersens rent ud er sagt op i Tranekjær, altsaa skal Du ikke tale om det. – Dengse fik nogle Lussinger idag fordi han øste sig over med Vælling; han truede med at vilde skjære Hovedet af mig. Astrid ønsker en lille Billedbog til sine Dukker. Frøken Sperling sender Maleriet til Fanny idag, altsaa om nogle Dage kan Du se det der. Glem ikke Lubbers’s! Mimi er her og hilser.</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Margrethe -
+Louise Amstrup
+Rasmus Balslev
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Louise Brønsted
+Syrak Hansen
+Alhed Larsen
+- Løngreen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad degnen og sadelmageren hed. 
+Kunstneren er Fritz Syberg, som i denne periode gave Warbergs børn tegneundervisning i hjemmet. 
+Warberg-familien kendte mange fra Balslev-slægten, så det er svært at vide, hvilken Balslev, Laura W skulle træffes med. 
+På Arreskov boede Albrecht Warbergs arbejdsgiver. 
+Sollerup Skole for Unge Piger var en kombineret husholdningsskole og et uddannelsessted, hvor kvinder kunne blive småbørnslærerinder. Flere af Warbergs døtre var elever ved denne skole.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0354</t>
+  </si>
+  <si>
+    <t>Det er 22 år siden, at Laura og Albrecht skrev det første brev til hinanden.
+Det glæder Laura, at Albrecht skal mødes med Conrad og Else.
+Hempel Syberg har talt med greven om en ny centrifuge.
+Laura vil tage returbillet til København og besøge sine forældre. 
+Sadelmageren har ordnet gulvtæppet, så det dækker gulvet. Det gamle kom ind i Albrechts stue.
+Børnene tegner ikke om aftenen, for de kan ikke uden hjælp. Fritz Syberg har hentet gipsornamenter til at tegne efter. 
+Thora har fået et dukkekomfur, som hun og Charlotte skal lege med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VGSK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter A C Warberg
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+[Fortrykt logo]
+[Håndskrevet:]
+Erikshaab d: 20de (Aften)
+Kjæreste Abba!
+Paa Mandag er det 22 Aar siden jeg fik det første Brev fra Dig og skrev det første Brev til Dig; gid jeg inden i dette kunde sende et rigtig eftertrykkeligt Kys! Men vær vis paa at Du har det tilgode til vi sees paa Fredag! Jeg længes i mellem Stunder saa latterlig meget efter Dig og efter at kysse Dig Kjæreste! Jeg vil da haabe at Din Lune forlængst er overstaaet; dette forresten sagt i Alvor og ikke for Kyssets Skyld. 
+Det glæder mig at Du træffer sammen derinde med Conne og Else; hun skrev saa beskedent, om jeg troede Du vilde tage Dig lidt af hende, til Conne kom fra Sverrig. Jeg har iaften skreven 4 Sider til hende i det Haab at hun faaer det inden hun rejser; hun bad mig nemlig sende sig Din Adresse. At jeg ikke træffer dem er derimod ikke saa uheldigt; jeg har jo nylig været hos dem og Du veed nok! for mange Bekjendte for nogle faa Dage i Kjøbenhavn, det elsker jeg ikke. Lille Visse var her i Eftermiddag, hun har slet intet hørt fra Vejle Mølle siden vi var der, stakkels Skind! – Sybergs var i Odense i Torsdags; Dagen før var han paa Arreskov for at bede om at stille Centrifuge op. De Grevens [oven over linien er skrevet: ”Grevens”] havde beklaget at jeg var rejst forgjæves derover; imorgen Formiddag gjør jeg det om, saa fortæller jeg Grevinden, at Fader og Moder har bedt mig derind og at jeg gjør Rejsen med Returbillet og for mine egne Penge. – Torsdag og Fredag havde vi Sadelmageren; han syede i Spisestuen, mens der var rykket ud af Kontoret og dette fik en tilgavns Rengjøring. Paludan sad i et grufuldt Roderi i Din Stue, han var flink til at hjælpe med at støve af og ordne alt igjen. Nu er der saa yndigt, Tæppet naar over hele Gulvet og seer ganske nyt ud. Af det gamle blev der et temmelig stort under Sofa og Bord i Din Stue. Jeg glæder mig til at min egen Ven skal komme hjem og finde det saa hyggeligt. Paa Mandag kommer Balslev med Tilbehør, jeg maatte skrive efter ham. Imorgen tænker jeg Styrtebadet kommer repareret tilbage fra Frost. – Børnene tegner ikke om Aftenen, de kan ikke paa egen Haand. Kunstneren medbragte i Lørdags nogle gl. Gibsornamenter fra Maler Hansens Loft at tegne efter, naar han kommer tilbage; de glæder sig meget dertil. Alhed var igaar spadserende hos Komtessen, der har det nogenlunde og lod til at være glad ved Alheds Snak. Jeg vil derover en af Dagene. – I morgen – Søndag – skal de 4 og Frøken Løngren til Høstgilde hos Margrethe Jokums, jeg skal over til Gjelskov. Mimi fik sig da en ny Kaabe i Odense til min store Glæde og hendes egen med vil jeg haabe! Tutte kjøbte sig et lille Komfur som Muk skal om i morgen Formiddag at koge paa med hende. Nu bliver dette vel nok mit sidste Brev til Dig kjæreste Abba! Jeg skal nok huske Degnens Fødselsdag paa Mandag. – 22 Aar! Jeg kan næsten komme til at græde ved at tænke tilbage paa de mange sorgfulde Timer jeg i Løbet af de 22 Aar har voldet Dig. Jeg vil haabe Du selv tænker mest paa de lyse! 
+Og saa Farvel min egen Ven! Børnene hilser! Elle og Muk, - de andre er jo paa Sollerup, kjørte Kl. 3 i den lille aabne Vogn. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-4: Kære Læser. Skribent: Genius
+S. 5-7: Til den danske Kvinde! Skribent: H. og I. 
+S. 8-16: Pas på Børnene! Skribent: C. Binnerup
+S. 17: Storkens Hjemkomst. Skribent: Ellen Warberg. Tegning: Alhed Warberg
+S. 18-20: Literatur. P. Konvel: "En modig Handling". Skribent: D.B.
+S. 21: To Digte oversatte fra tysk af C. Binnerup
+S. 22: Vittighed. Tegning af Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/m5DIwCRs</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Sigrid Storråde
+Olav Tryggvason</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-5: Rimbrev til "den grønne Pære". Skribenter: Peer og Poul
+S. 6: Sommernatten. Skribent: Ellen Warberg
+S. 7-9: Fra Borgmesterens Dagbog. Skribent: Ellen Warberg
+S. 10-11: Ulykkestilfælde (Tre Digte). Skribent: "En fjortenaarig"
+S. 12-13: P. Konvel: "En modig Handling". Skribent ukendt
+S. 13-14: Literatur. "Olav Trygvesøn". Skribent: En Abonnent
+S. 14: Til Abonnenterne. Skribent: Dehla Vendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f6OnKrlW</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Niels Pedersen Mols
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3- 7: Lidt om Udstillingen ved Charlottenborg. Skribent: V.
+S. 7-9: Kritik over "En modig Handling". Skribent: I Hoppe
+S. 9-10: Vi takker den ærede Indsender. Skribent: Red.
+S. 11-14: Landbotidende (fortsættes). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QxjQASwg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Henning Matzen
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Lidt om Udstillingen ved Charlottenborg. (Sluttet). Skribent ukendt
+S. 7-8: Stambogsvers. Skribent M.J.B.
+S. 8-11: Et Indlæg. Skribent: Nr. 11
+S. 11-13: Det er forfærdeligt! Skribent: Stuk
+S. 13: Et Digt. Skribent: E-g
+S. 14-17: Landbotidende. Fortsættelse. Skribent: Albrecht Warberg
+S. 17: Avertissement. Skribent ukendt
+S. 18: Lidt Pærevrøvl. Skribent ukendt
+s. 18: fra Cirkus. Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lUmkJx6X</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank 
+S. 3-6: Lidt fra Norge. Til Sæters. Skribent: -X
+S. 6-8: Brev fra Færøerne (Fortsættelse). Skribent: FS.
+S. 8-9: Ærede I. Hoppe! Skribent: No 11
+S. 10-17: Literatur. "Minder og digte" af Sidse Kristensen. Skribent ukendt
+S. 17-18: Jomfru Mettes Karbunkel (Fortsat). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/a4vyLlWx</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Nicolai Balle
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Literatur. "Minder og Digte" af Sidse Kristensen. Skribent: Per Fredie
+S. 8-11: Kære grønne Pære! Skribent: Begrædelse
+S. 12: Prolog. Skribent ukendt
+S. 13 blank
+S. 14-18: Prolog. Skribent ukendt
+S. 19: Efteraarsstemning. Skribent: Ellen Warberg. Illustration: Alhed Warberg
+S. 20-25: Landbotidende. Skribent: Ukendt (Albrecht Warberg)
+S. 25-27: Lidt fra Norge. Fortsat. Skribent: Ukendt
+S. 28 blank
+S. 29: Undskyldning fra redaktionen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j8a2KPF3</t>
+  </si>
+  <si>
+    <t>1889-01-13</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie Brandt</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Villa Skovbo</t>
+  </si>
+  <si>
+    <t>Rasmus Balslev
+Laura Balslev, f. Leth
+Victoria Benedictsson
+Thora  Branner
+Laura Hansen
+Emanuel Jørgensen
+Frederik Jørgensen
+Karen Jørgensen
+Alhed Larsen
+Jonas Lie
+- Løngreen
+- Rehberg
+Ellen  Sawyer
+Henning Schroll
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Albrecht  Warberg
+Conrad Warberg
+Else Warberg
+Laura Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Julie Brandts forældres navne kendes ikke.
+Christine, f. Warberg, var i 1889 i huset på Sludegaard ved Nyborg. 
+Det kan ikke afgøres, hvem Petersen, Simonsen, Lille Hansen, Schrøder, Ada og Marie var.
+Kunstneren er Fritz Syberg. Han blev fyret som privat tegnelærer for Warbergs børn i sommeren 1889, da han medbragte Anna Svendsen til Fyn. Hun var nøgenmodel, og de to var ikke gift. 
+Jonas Lies bog Maisa Jons udkom 1888.
+Victoria Benedictssons forfattersynonym var Ernst Ahlgren. 
+Pæren var Den Grønne Pære; et månedstidsskrift, som Warberg-pigerne lavede i samarbejde med Fritz Syberg. Se dette under opslaget "Tidsskrifter" i Kilder til Dansk Kunsthistorie. 
+Det fremgår ikke, hvem den person, som Johanne omtaler i brevet og som vil tage sig af ham, når han bliver gammel, er. Johanne blev gift, og hun blev ikke læge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2499</t>
+  </si>
+  <si>
+    <t>Johanne og Ellen løber på skøjter. 
+Det er trist, at Laura Bosse ikke længere er forlovet. 
+Julie Brandt må endelig fortsætte med at tegne.
+Det var hyggeligt at have Christine hjemme i julen. Fritz Syberg/Kunstneren kom også. 
+Ellen maler med Alheds farver, og resultatet er flot. 
+Blom skal giftes. 
+Johanne var begejstret for "Der var engang". 
+Else og Conrad Warberg har fået en datter. 
+Johanne læser med Thora/Tutte og får løn for det. Nu skal Johanne læse matematik hos Jørgensen-familien, hvis huslærer hun finder komisk. 
+Julie kan få septembernummeret af "Den grønne Pære". Januarnummeret er færdigt. Johanne modtager gerne bidrag fra Julie Brandt. 
+Huslæreren er blevet opereret. 
+Albrecht Warberg er blevet sognerådsformand mod sin vilje. 
+Johanne spørger til sine venner. Hun har besluttet, at hun vil være læge, og hun vil ikke gifte sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZWve</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk. Juliane Brandt
+Villa Skovbo
+Charlottenlund
+Sjælland.
+[På kuvertens bagside med anden skrift og pen:]
+25-2-2000
+Bibbe – Kerteminde.
+[I brevet:]
+Søndag d 13-1-1889
+1
+Kære Brandt!
+Maa jeg allerførst sætte Dig lidt ind i Situationen? Det lange kærkomne og længe ventede Brev modtog jeg i Dag Eftermiddag, da vi kom fra Kirke og blev naturligvis knusende glad over det! Men der var imidlertid ikke Tid til at læse det; vi skulde paa Isen og løbe paa Skøjter (Elle og jeg har begyndt at løbe; Elle løber ret godt) inden det blev mørkt og vi havde sat Petersen Stævne der saa jeg havde ikke Tid at læse det før; saa skulde vi lige fra Isen og ind paa Gelskov, saa jeg fik det ikke læst før meget sent; hvad synes Du at gaa saa længe med et Brev i Lommen uden at kunde faa det læst det rørte mig dybt, Brandt saa at jeg strax da vi kom hjem fra Gjelskov sætter mig til at skrive til Dig; nej lægger mig til at skrive til dig; jeg ligger nemlig i Sengen og skriver; du maa derfor undskylde om Skriften bliver lidt noksagt. . .
+Jeg maa derfor skrive paa mit fine Brevpapir og for ikke at bruge for meget maa jeg skrive p [”p” overstreget] saa smaat.
+Hvad Du skrev om Laura Bosse gør mig meget ondt men sig mig: hvorfor blev Middelfartterne hos hende? Hvad rimelig Grund havde de? Var det fordi de havde været forlovede saa længe? Og hvorfor hævede hun det naar hun holder ubeskrivelig af ham?
+Forklar mig dette for det forstaar jeg ikke.
+jeg ikke; hvor det næsten er ubegribeligt at de, som Børn har kunnet forlove sig for Alvor og at det har holdt; det maa have [”have” overstreget] været [”t” sidst i ordet overstreget] nogle mærkelige men brilliante Mennesker.
+Hvor jeg blev forbauset over at høre at dine Forældre ere rejste til Præstø – Præstø den lille Afkrog og et Hul af en By; og jeg som troede at din Fader bestyrede en Skole i Lyngby og at det gik ham godt; hvor det er kedeligt; og saa dig selv; ”hvad blir’et til me dig Brandt”? men Brandt ”Penge tabt meget tabt Ære tabt mere tabt Mod tabt alt tabt derfor hold Modet oppe naar Livets Bølger gaar højt” hedder det jo jeg [”jeg” overstreget] ja Brandt! hold bare Modet oppe, saa gaar det nok. Klem paa med at komme til at tegne jeg tror Du har Talent, og naar du har ved [”har” overstreget; ”ved” indsat over linjen] det maa du jo kunde klemme vældig paa med Arbejde naar du faar begyndt. Jeg derimod – faar jeg begyndt at studere kan jeg ikke hænge saa voldsomt i som jeg kunde ønske af Frygt for ikke at kunde taale det i Hovedet; det Arbejde du faaer, synes jeg du kan være saa ihærdig og ivrig du vil, uden det vil skade dit Helbred; altsaa du kan kile saa meget paa du vel, jeg [”jeg” overstreget] hvis det var mig (der kunde komme til at læse) maatte jeg holde Maade. Men jeg siger endnu en Gang, klem bare paa Brandt.
+2 Jeg sidder paa mit Hovedgjærde med et lille Tæppe op om mine Skuldre; min Haand fryser, saa jeg af og til maa varme den over Lyset for at kunne holde Pennen.
+Det har været knusende morsomt at have Christine i Julen; skriv af og til til hende det Skind [”det Skind” indsat over linjen]; det varer nu et halvt Aar inden hun faar nogen af os at se med Undtagelse af Elle, som skal til Kbn i Paasken, saa vil Chr. se at gøre en lille Svip til København; hvis du saa var der Brandt, saa var det morsomt; det var dog ikke videre svært at [”at” overstreget] for hende at sige Far vel, mærkelig nok; for mig var det knusende svært du ved, jeg næsten forguder Christine; jeg har al Tid holdt vældig meget af hende. Klokken er snart 12 og alligevel gaar de nede og buldrer og går uden for jeg kan høre dem tale, det er vist en Ko, der skal have ”Kalle”.
+Elle har begyndt at male paa egen Haand paa Papir med Alheds Farver; har malet Tutte og et Snelandskab. Alhed og jeg var himmelfaldne af Forbavselse over det gode Resultat; den Unge har vist vældig Talent; hun bliver nok til noget en Gang, med Tiden kan du tro. 
+Blom skal have Bryllup paa Fredag stakkels Blom skal giftes med Frk. Klein fra Bækkelund, hvis du ikke kender hende (det var hende der spillede Emmy i Komedien oppe i Hillerslev Skole) vil jeg blot sige at hun er meget koket og meget [ulæseligt ord]. Vi beklager ham alle skjønt han er overvættes lykkelig.
+Du skrev, jeg havde haft Atmosferde mod ”Der var en gang” – nej tvertimod, jeg var nemlig meget væk i det Stykke og synes at det du skriver er uberettiget. Det er jo et Æventyr, og maa opfattes som et saadant jeg synes nepop at han stadig søger at skaane hende for det raa, som paa Markedet, han selv er der jo forklædt og Kasper Røghat bliver jo stadig sendt ud for at beskytte hende; men hvad jeg finder noget unaturligt er at hun tilsidst ikke strax kender ham, men der maa man jo ogsaa tage Fantasien til Hjælp, som til [”til” indsat over linjen] hele Stykket Scenen i hendes Sovekammer har jeg ogsaa al Tid funden saa henrivende. Og du synes hans Tone er spotttende, det synes jeg tvertimod ikke; om ogsaa Ordene ere det er den Maade hvor paa Ordene bliver sagt alligevel saa varm og inderlig; og det bliver jo spillet 
+3 aldeles glimrende af dem alle tre. Da jeg saa det var Simmonsen ogsaa syg; jeg tror ogsaa det var en Brandt der sang; Vi elske …. [”Vi elske ….” indsat over linjen] den blev i alt Fald sunget gruligt.
+Ja, er Fru Bloch ikke aldeles storartet; jeg var aldeles fra det naar jeg saa hende ligeledes i ”Under Snefog” som Mathilde, er hun ogsaa mesterlig; hun bliver nok en af fore første Skuespillere!
+Kunstneren var her en Gang i Julen men Far og Mor var meget skikkelige overfor ham. 
+Jeg gør mange Undskyldninger for den grove Bommert at Bogen skulde være af Ernst Ahlgren, ja Brandt naturligvis skulde Slutningen af Bogen ikke gaa i Opfyldelse men saa Begyndelsen. - - -
+Ved Du Tante Else paa Glorup har faaet en lille Pige 2den Juledag; Onkel Conne er henrykt og Tante Else har det rigtig godt.
+Du har gjættet rigtig; Nytaarsverset var af Kunstn. Bl.a. fik jeg ”Maisa Jons” af Jonas Lie til Jul af Far den er rigtig køn men kan ikke maale sig med hans andre De nærmer sig 1; jeg fryser og er søvnig jeg har ogsaa skrevet 10 Sider i Aften eller i Nat.
+God Nat Brandt!
+De tumler endnu dernede
+Mandag
+Goddag Brandt! Jeg er i snavs Humør, har det ikke godt og jeg har Fornemmelsen af at mit Hoved skal revne (en behagelig Fornemmelse!) Jeg har ogsaa sovet yderst skidt i Nat.
+Jeg læser med Tutte; hun er rigtig flink, lidt seig og forkjælet men ellers rigtig sød. Jeg har allerede læst med hende i Maaned og har derved tjent 8 Kr 2 Kr om Ugen; Synes du ikke det er en god Betaling! Stakkels Brandt! Pæren skal du faa, om jeg saa skal skrive den af mit Ansigts Sved.
+Vi har et Septembernummer, som du maa faa; August har vi derimod ikke; (d.v.s. kun et og jeg skulde jo gærne have en Aargang selv) men det skal jeg skrive af til Dig. Skylden er min Brandt; men saa ere vi kvit; jeg har glemt Pæren; du har ladet mig vente paa Brev; Frk Løngreen kommer først hjem i Morgen; hun er i Ferien blevet opereret i Brystet, derfor har vi haft saa lang 
+4
+Ferie; men det er vist ikke noget videre; en Benvævsknude siger de; bare det ikke er Kræft, [overstregede ord] det var frygteligt. Jeg glæder mig til at kile paa med Læsningen men jeg har desværre saa meget at sy og saa Tuttes Skole saa det bliver vel ikke til saa meget som det gærne skulde.
+Tirsdag Aften (paa Sengen)
+I Dag er Frk Løngreen kommen og jeg skal nu læse: Tysk, Fransk, Verdens- og Danmarkshistorie, dansk Gramatik og Stil Geografi og Musik (hos Tante Mimmi) og skulde jeg læse Mathematik hos Far. Far er i disse Dage [”Dage” indsat over linjen] rasende paa Schroll (Lykkensæde) og Smidth fordi de have have faaet Fa’r valgt ind i Sogneraadet (du la’r vel ikke gaa videre) og han [”han” indsat over linjen] er naturligvis bleven Formand; det har givet ham meget mere Arbejde, saa han faar næppe Tid at læse med mig; jeg, ja vi alle, Mo’r og Tante Mimmi ikke mindst, er rasende paa de 2 Herrer, Far kan ganske bestemt ikke taale det.
+Men saa skal du høre min Plan; Karen gaar her ned og læser Fransk sammen med mig; til Gengæld regnede jeg oppe hos Jørgensen, men saa mente Far, at jeg ikke behøvede Regning, naar jeg læste Mathematik; hos Jørgensens har de faaet Huslærer til Børnene; saa vil jeg se at komme til at læse Mathematik hos ham sammen med Karen; hun, Frederik og Emanuel skal [”skal” overstreget] blive forberedte til Preminierexamen; han – Huslæreren – mener, de kan tage den om 2 Aar; jeg vil imidlertid ikke tage P.examen da den er som noget enestaaende forstaar du – naar man har taget den, men vil læse videre, kommer den ikke til saa stor Nytte; den er ikke som en Slags Forberedelse til noget andet, men jeg er saa dum paa alle de Examener hvad de hedder og hvad Betydning de har o.s.v. Samme Huslærer skal forresten være en yderst grinagtig Fyr – jeg har ikke set ham – ikke vittig eller interresant men en ”Tørve” (Tørv) som siger du til Karen!! hvad gi’r du mig!?
+Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
+----------------
+Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
+Og lille Hansen? rødmer han endnu bestandig hver Gang nogen ser paa ham; han gjorde det i alt i alt Fald pligtskyldigt hver Gang jeg saa paa ham.
+Og min smukke Schrøder? han farer vel om paa Baller og er ”Løven” og sværmer for Marie – eller hun for ham.
+Hils dem alle naar du skriver.
+Brandt! hvor henrivende hvis vi kunde træffes der – en Gang i Tiden!!!!!
+Min kære Brandt! hvis du vidste hvor jeg bliver henrykt over dine Breve saa skrev du lidt oftere; jeg skal svare øjeblikkelig. Alhed kommer hjem paa Søndag, saa er det Mo’rs Fødselsskab dag ”skab” overstreget; ”dag” indsat over linjen saa skal jeg minde hende om at skrive; hun talte ofte i Julen om at skrive men det blev aldrig til noget. Nu i Aften har vi gjort Januarnummeret færdigt, synes du ikke vi ere i Forhaanden altsaa om nogle Dage kan du vente et Januar og September. ”Om Kvindesagen” er af Chr. Alhed og mig; Vittigheder er af Elle ja Tegningen thi selve Vittigh. er passeret (Mo’n) vi har endnu det Mundheld at Mo’r er ”stum” naar hun er rigtig skændende. Alt dette kommer i næste Nummer Naar du skriver saa skriv lidt mere om pæren, kritisèr og saadan. Og kan du dog ikke levere Bidrag, eller presse andre; du læser da Landbo-
+6 tidenden med Opmærksomhed; den er usigelig vittig alle Herrer (Præsten Onkel Syberg osv) morer sig glimrende over den. 
+Nu kære lille Brandt synes jeg, du maa være tilfreds og tilstrækkelig opmuntret ved mit Brev; er jeg pæn at svare saa [ulæseligt ord] Lige nu kom Frk Løngreen op; hun lukkede Tid Døren her op saa jeg maatte i Hast have Blækhuset op under Sengen, Brev Pen og Mappe ned under Tæppet.
+Far er syg; det er meget kedelig; det er naturligvis Astma; vi skulle have været hos Pastor Balslevs i Dag men saa blev han syg i Nat. 
+Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
+--------------
+Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
+Johanne Warberg
+stud. med. &amp;amp; cher
+Erikshåb
+22 Sider
+[Tilføjet på skrå i nederste, venstre hjørne:] Tirsdag efter Kl 10 ½ paa Sengen
+[Indsat på s. 6; på tværs:]
+Hils Fr. Hospital hvis du kommer der forbi</t>
+  </si>
+  <si>
+    <t>1890 sensommer</t>
   </si>
   <si>
     <t>Thorvald Balslev
+Malin   Holmström-Ingers
+Jean Jensen
+- Jensen, Frøken, Erikshaab
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Alheds mor var henne. 
+Hvem Karen var kan ikke afgøres. Alhed Larsen kendte mange, der hed sådan.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2182</t>
+  </si>
+  <si>
+    <t>Karen spurgte ved afskeden Alhed, om de skulle ses den følgende dag, men Alhed vred sig udenom. 
+Thorvald Balslev kom på besøg, og Paludan, Alhed og han drak portvin. I dag skal de plukke brombær. Hans Jørgen henter dem. Om aftenen skal de til Gelskov, selvom Tante Mimi var sur over, at Balslev var med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QzNa</t>
+  </si>
+  <si>
+    <t>Erikshaab Mandag Morgen
+Kæreste Mor!
+Det er Synd at sige, at vi har kedet os, siden Du rejste! – Lad mig nu gaa i Faders Fodspor og begynde forfra. – Da jeg havde sagt Farvel til Dig gled Karen og jeg sammen til Hillerslev. Ved Afskeden spurgte hun: er Du hjemme i Morgen? Hertil havde jeg Aandsnærværelse og Frækhed nok til at svare: Naaaa, det kan gærne være, at vi gaar nu til Gelskov. - - Jeg følte mig ikke særlig oplagt til at [udstreget ord] seldure en god Søndag. Eft. bort med hende. Jeg havde dog nogen Samvittighedsnag, særlig da Frk. Jensen og Muk gled i Kirke. Jeg gik med den faste Beslutning, at jeg vilde gaa lidt derom og jeg havde sikkert ogsaa gjort Alvor af det, hvis ikke Studenten var kommen. Han erklærede rigtognok strax, at han om en halv Times Tid skulde til Gelskov og at han havde tænkt at blive der om Natten. Men Tiden gik, og Studenten blev. Vi tilbragte en meget morsom Efterm. og Aften. Palam var med hele Tiden og tog livlig Del i Snakken. Studenten var saa grinagtig og veltilpas hele Tiden. Da Gamle var gået i Seng gav Palam en Fl. Portvin og vi tilbragte et par behagelige Timer endnu. Dog gik vi ikke senere i Seng end Kl. 1 og dette synes jeg i Grunden var en ["en" udstreget] meget respektabelt, naar man tænker paa, at vi var vore egne Herrer. - I Dag gaar vi til Gammelskov og plukker Brombær; Elle, Studenten og jeg via Haastrup. Molle og Elle ["Elle" udstreget] Muk gaar derud med Mellemmader. H. Jørgen henter os i Efterm. Han vilde nødig gaa derude hele Dagen, da han har Hø at passe. – I Aften har vi anmeldt os til Gelskov. Jeg er lidt benauet, da Tante Mimi i Gaar satte et meget surt Ansigt op ved at høre om Studentens Ankomst. Palam fortalte det. 
+– Lageagurkerne er besørgede. Alt vel i det hele taget. Mor dig nu godt og snak med Maade, at du kan holde længe ud. Tante Mimi vilde gærne have at vide naar Gloruperne rejse hjem, hun vilde derned enten nu paa Lørdag eller næste Lørdag - Ungerne skikkelige, Dede henrykt over Chokoladen, men Du havde nok ellers sagt Farvel til ham. – I Hast da vi skal af Sted nu. Hils Alle 
+Ha det godt Din Alhed</t>
+  </si>
+  <si>
+    <t>1890-02-02</t>
+  </si>
+  <si>
+    <t>København V</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Dora -
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
 Julie Brandt
-Louise Brønsted
-[...5 lines deleted...]
-Vilhelmine  Larsen
+Thomas Bredsdorff
+Ove Christensen
+Peter Hansen
+Anton Lorenzen
+Christine  Mackie
+Johannes Rump
+Fanny Schaffalitzky de Muckadell
+- Siesby
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>En del af brevet er skrevet med en anden håndskrift end Alhed Larsens. Det er muligvis Johanne Larsen, Alheds søster, der har skrevet. 
+Der er usikkerhed om, hvem Dora er.
+Det vides ikke, hvilket kursus en af brevskriverne (muligvis Johanne Larsen) følger i København. 
+Hvem Jødinden er vides heller ikke. 
+Hvad eller hvem Tralleværket er er uvist.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2091</t>
+  </si>
+  <si>
+    <t>Bredsdorff har været på besøg og har snakket, så Alhed ikke nåede at få brevet sendt i tide.
+Man opgav at gå over isen til Sverige. Dora og hendes bror har været på besøg. Det samme har Rump og Lorenzen. De to købte ind til toddy, og alle havde en god aften.
+Johanne Larsen (? - underskrift mangler) har fået ros af sine lærere. Hun går en masse til tandlæge. Lorenzen har inviteret hende på konditori. 
+Komtessen har været på besøg. Alhed går ikke til sang for tiden, men hun er nok nødt til at begynde igen. 
+Peter Hansen har inviteret damerne i Dagmarteatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dLuM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Fyn Højrup Station
+[På kuvertens bagside:]
+Elle! Elle! Min Kam! Naar faar jeg den???
+[I brevet:]
+Kære Moder!
+Da jeg kom fra Fabriken i Dag, sagde de andre, at vi skulde have et Brev afsendt i Dag, og at jeg skulde være Mester for det. – Men jeg havde ikke faaet begyndt endnu, da det ringede og Student Bredsdorff kom – (vi havde endnu ikke faaet gjort Alvor at det Du foreslog nemlig ikke at lukke op naar det ringer). – Br. var kommen hjem fra Falster i Gaar, han saa saa rask ud, og var saa fornøjet, ja ligefrem rasende grinagtig, saa vi maatte le af ham hvert Øjeblik, skønt det var dybsindige Emner, vi afhandlede, saasom Indremission, hans Indfald og hans Maade at udtrykke dem paa ere [det sidste e overstreget] saa grinagtig. Han sad og ”schlurede” et Par Timers Tid til Kl. 7 ½; saa opdagede vi, at det var bleven for sent til at faa Brevet af Sted i Aften; det er jo slemt, men Postgangen er jo uregelmæssig i denne Tid hele Landet over, saa er det vel ogsaa tilgiveligt, om den bliver det fra dette Sted. – Al Ting gaar sin rolige Gang her i Kafé ny Waldemar; her er ikke forefalden nogle større Begivenheder i den senere Tid. – Der var jo paatænkt en Sverigestur over Isen sidste Søndag, men den blev opgivet paa Gr. af Isens Uholdbarhed. Nu er det nok i det hele taget forbi med den Sport for i Aar. – Søndag Aften havde vi Dora og hendes Broder her; Dora kom om Formiddagen en Visit ogs [s overstreget] saa bad vi dem. De have længe hvilet tungt paa vor Samvittighed. Broderen er rigtig flink, minder lidt om Bru[ulæseligt] - -
+Om Lørdagen havde vi ogsaa Fremmede; om Form. kom Cand. Rump og Stud Lorenzen og spurgte, om de maatte komme om Aftenen og tage Rumps Kusine med, Johannes Kursuskammerat, og Christines Efterfølger paa Fogdaröd. – De kom jo saa men uden Kusine, - hun var bedt ud et andet Sted. Da vi havde drukken The (skaaren Smørrebrød – vi gør aldrig Extraanstalter, naar her kommer nogen. Saaledes blev Lut en Aften trakteret med Smør, Brød og en gammel, tør Osteskorpe der blev delt i 4 lige store Dele.) Altsaa, fo [”fo” overstreget] efter The forsvandt de to Gæster, de vilde ned at købe Cigaretter, sagde de. Men tænk, saa kom de op ikke alene med Cigaretter men med ¼ P Chokolade, Appelsiner og Cognac til Toddy. – Vi havde saa en umaadelig hyggelig Aften
+[Det følgende er skrevet med en anden skrift. Formodentlig af Johanne Larsen f. Warberg]
+Her maa jeg indlægge en kort Bemærkning. Først Tak for det brillante 20 Siders og for det mindre nu bag efter! Jeg har været hos Ove Christensen, siden vi sidst skrev, han var særdeles godt tilfreds med mine Fremskridt, han sagde gentagne Gange, at kunde jeg blive sådan ved, så kunde vi nok få noget ud af det. I Tirsdags havde vi første Gang Time med Hr. Siesby, han er en meget flink og behagelig Lærer. Jeg går til Tandlæge Secher i denne Tid, det er mindre morsomt og tager jo en del Tid, men jeg turde ikke vente længere, mine Tænder er så frygtelig ormstukne og hullede, også Fortænderne. På Vejen dertil i Dag indhentede Lorenzen mig, og vi fulgtes ad ind til Byen, hvor han var så galant at invitere på en Napoleonskage, og da jeg havde god Tid, vandrede vi så til Konditor. Det var slemt hos Tandlægen i Dag, på Tirsdag skal jeg der 1 ½ Time, men det bliver vist ikke så galt. [Herefter igen Alhed Larsens skrift] - - - Tænk, Komtessen har været heroppe en Visit, var det ikke forfærdelig pænt af hende! nu skal vi derned en af de første Dage. – Du spurgte forleden, om jeg sang. Nej, siden vi kom herind efter Jul, har jeg ikke sungen en Tone. Men jeg bliver nok nødt til at tage fat hos Jødinden igen. Jeg havde jo tænkt at trække mig ud af det paa Gr. af pekuniære Omstændigheder, men det lader sig nok ikke godt gøre; Fruen har nemlig hele Tiden, siden jeg blev syg sungen [et overstreget bogstav] med Anna for samme Pris, som hvis vi begge sang; hun spørger stadig om jeg snart kommer – Jeg har været paa Visit hos Benzens, de var meget elskværdige, vilde snart have fat i mig igen sagde de. – Nu kom P. Hansen (reverenter talt), tænk han vil invitere os og Brandt med i Dagmartheatret til ”tre for en”, han har lige faaet sine Penge i Rigsdagen i Dag. - - Det bliver morsomt! – Men nu er det jo saa, at jeg ikke godt kan skrive mere, hvis vi skulle naa det i rette Tid. – Men det er da ogsaa bleven et ganske ordenlig Brev ikke sandt - ? – Endnu kan jeg dog fortælle, at Brandt, hendes Søster Andrea og vi var ude hos ”Tralleværket” forleden Aften, vi blev voldsom trakterede og havde det morsomt i det hele taget. 1000 Hilsner fra os alle. Brandt, med og Per [”og Per” overstreget] P Hansen!
+Din Alhed
+Har Du ikke faaet Din lille Lampe endnu?</t>
+  </si>
+  <si>
+    <t>1890 november</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Thora -
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+Arnold Emil Krog
+Frederik  Liebenberg
+Christine  Mackie
+Johanne Oppermann
+Theodor Oppermann
+Paul Petersen
+Anna Rosenørn
 Ellen  Sawyer
-Christine Swane
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed bor muligvis på Værnehjemmet Bethania. 
+Banko er en punch.
+Det er muligvis F.L. Liebenberg der nævnes. 
+Max er muligvis Niels Christian Caspersen. Det er uvist hvem Thora er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2095</t>
+  </si>
+  <si>
+    <t>Alhed beskriver detaljeret sit første besøg på Porcelainsfabriken. Går lange ture og besøger familie og venner. Hun laver gymnastik om morgenen sammen med nogle andre piger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyxZ</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Tak for Dit lange Brev! Jeg skønner forfærdeligt paa at faa Breve, særlig lange; ligeledes morer det mig at skrive hjem, da jeg bestandig synes, jeg har noget interessant at fortælle; nu har jeg igen Stof til et langt! Da jeg fik Dit Brev(i Morges), havde jeg endnu ikke været ude paa Fabrikken, skønt jeg var nysgerrig efter at se det hele, havde jeg i dog trykket mig lidt ved at gaa derhen alene! Men jeg var strax paa det rene med, at det ikke gik at skrive hjem [overstreget:at] uden at have været der, og jeg iførte mig derfor strax (trods Regn og trods Blæst) mit Tøj og vandrede derud! Det var en meget interessant tur hvorfor den skal have en detailleret Beskrivelse! – Hele Historien er uhyre storartet; den kng. Porcelainsfabrik er slaaet sammen med [overstreget: Alumia] Aluminia og Fajancefabriken og bestaar af en Mængde store Bygninger, der ligge paa en stor Plads indhegnet af en høj Træmur. Da jeg var kommen ind gennem en stor Port, fandt jeg en Portner, der i Forening med sin Kone formelig smed mig paa Døren og erklærede at her kom ingen ind, uden at han specielt havde Ordre fra Direktøren; tilsidst var han dog saa naadig at sige, at jeg kunde jo gærne prøve paa at gaa over paa Inspektionskontoret paa den anden Side af Pladsen. Saa vandrede jeg derover; men det var lettere sagt end gjort, for jeg var lige ved at fare vild mellem de Masser af Pakhuse, Kulrum, Bagerovne, Dampskorstene, Retirader, o.s.v., o.s.v. Endelig fandt jeg derop på 1ste Sal. Først kom jeg gennem en tom Stue, derpaa ind i en stor Sal, hvor der stod en lang gnaven Fyr med Forklæde paa og experimenterede med Kemi; han sagde blot, at jeg kunde gaa videre, saa fandt jeg nogen. Derpaa kom jeg ind i en Slags Salon hvor der laa en 4-5 Malere smidte paa Stole og Sofaer og røg; de fløj op, da jeg kom ind,- rimeligvis havde de en ond Samvittighed og trode, at det var Krogh. Jeg fremførte mit Ærinde og spurgte efter Krogh; ja, han var ikke til Stede men en af dem ”vilde tillade sig at ledsage Frøknen op paa Malersalen”. – I Salen ved Siden af Salonen stod en Del tomme Borde og Staffelier, og i det ene Hjørne sad en lille flittig Maler og arbejdede der kom vi igennem, derfra ud paa en Gang, op ad en stor Trappe og ind i en mægtig Sal; men Du kan ikke tænke Dig min Forfærdelse, da han lukkede Døren op derind til! Noget saa uhyggeligt har jeg sjældent set; der var helt fuldt af Piger rigtige Fabrikpiger, pjaltede og uhyggelige at se paa, saa jeg begyndte rigtig nok at grue ved at tænke paa at her skulde være mit fremtidige Opholdssted! – Men i det samme kom den lille flittige løbende og sagde til den anden, at det var vist galt, og da de havde spurgt mig lidt ud, kom de til det Resultat, heldigvis, at det ikke var der. – Saa gik vi ned igen og endelig lykkedes det mig da at komme ind i den Sal hvor mine fremtidige Kolleger sad og arbejdede! – Men tænk Dig der var kun 4, og jeg bliver den 5te. De sad i en stor lys Stue ved hver sit lille Bord; det hele gjorde et i høj hyggeligt og tillige kunstnerisk Indtryk! – Damerne selv vare meget elskværdige og indladende, og da de hørte at jeg skulde male der, præsenterede de sig. Den ene af dem var en Søster til Billedhugger Oppermann jeg kendte lidt til hende fra sidste Vinter og hun kunde ogsaa nok kende mig; hun skal være en brilliant Pige. De andres navne kan jeg slet ikke huske og jeg glemte at sige mit eget. Men som sagt de var meget indladende og fortalte og forklarede mig en Del om det. Langs den ene Væg var lange rækker af Hylder og paa disse staar Vaser af alle Størrelser, Fade, Tallerkner, krukker o.s.v. og af dette vælger enhver, hvad den ønsker at dekorere. Dette er imidlertid forfærdelig skørt og maa behandles med største Varsomhed (det bliver malet inden det bliver brændt). Enhver medbringer selv Pensler alt andet faar de udleveret. Man arbejder 7 Timer daglig, fra 9-4; men, sagde de, vores lille gemytlige Frokost tager gærne ½ Time, det var ikke ganske unge Piger, men de gjorde et meget livligt og gemytligt Indtryk; den ene saa nu ogsaa temmelig alvorlig ud; hende spurgte jeg om Pengesagerne; hun fik 15 Kr. om Ugen, men i Begyndelsen havde hun faaet meget mindre, og lige strax vist slet ingenting. De sagde alle at jeg kunde glæde mig til det, og at det var meget interessant, men i Begyndelsen vilde det nok volde mig en Del Bryderier. ---
+Du ser saaledes at jeg kommer i godt Selskab, og jeg glæder mig uhyre til at begynde; Jeg er naturligvis nok lidt ængstelig for hvordan det vil gaa mig, men jeg haaber nok, jeg skal komme efter det; man maa lave lige hvad man vil! – Dette er altsaa i Korthed, hvad jeg har at sige om mit Besøg paa Fabrikken. --- De havde store Bluseforklæder paa og gamle Kjoler.
+Skal jeg ikke have min gamle blaastribede herind at sidde med om Formiddagen derude? Og saa er det vel bedst at jeg køber noget Bomuldstøj og lader den lille i Istedgaden sy mig to store Forklæder? – Min nye Kjole havde jeg paa 1ste Gang i Gaar, den er meget nydelig og fiks og vandt alles Bifald (ogsaa Bedstemoders og Onkel Luds!) jeg var ogsaa henne at præsentere mig for Komtessen! Dette skulde kun have været en Visit men da hun skulde spise til Middag Kl. 2, kunde jeg ikke slippe for at spise [overstreget: til Middag] med. Bagefter gik vi ud og saa Fabrikken udenpaa, derfra ud paa Fasankirkegaarden, ud paa Roskildelandevejen, langs Søndermarken og gennem Frederiksberghave hjem, det var en ordentlig Tur, og da jeg kom til at fortælle at jeg om Morgenen havde fulgt Brandt ud paa den anden Side af Trianglen, blev Komt. saa altereret, at jeg skulde have Sjerry, da vi kom hjem og sidde og sove i Sofaen den halve Time inden jeg skulde hen til Liebenberg. Ja, Du har rigtignok Ret i, at Komt. er mageløs mod mig, hun sagde at naar der bare gik 2 Dage, uden at jeg var der, saa trode hun at der var noget galt paa Færde! – Det var en hyggelig lille Middag× hos Liebenberg jeg kan brilliant lide de hos Onkler! Max og Thora vare 
+×[tilføjet langs kanten] Suppe – Dyresteg – Makronbudding – Rødvin, og en storartet californisk Vin
+ogsaa bedte men kunde ikke komme. – Onkel Lud synes udmærket om Porcelainsmalingen, han mener nok, det kan føre til noget og at det ligger for mig! – Det er for sent med Julekort for i Aar, jeg har spurgt mig for et Sted, men de havde fuldt op allerede. – Min Kjole kostede 6-65, min Hat præcis det samme, var det ikke kunstigt? Hatten er brun, mørk og bredskygget og skal klæde mig pænt; da det løb saa meget op, pyntede jeg den selv, dette vilde de tage 1½ Kr. for!
+Jeg gør gymnastik hver Morgen fra 6¾ - 7¼, er det ikke morsomt? 2 af de unge Piger, der læse til Gymnastikexamen hos Poul Petersen giver for Fornøjelsens Skyld og for at øve sig i at kommandere dett Kursus. Vil du ikke til dette Brug(sammen med det Kød til Bedstem.×)sende et af de gamle Jersejliv, dette bruger jeg da sammen med Elles blaae Underskørt; for en af de andre kan vel ikke undvære deres Gymnastikdragt?
+×[tilføjet langs kanten] der er et gammelt blaat med [overstreget:Rø] rødt Fløjl.
+Jeg har brugt min Kaabe i disse Dage. Vil Du ligeledes sende mine Malerpensler; samt den grove Rulle aparte Traad, jeg bruger til Chrs. Krave, den er vist i min Kommode et Sted. – De franske Timer skulde være uden Lærerinde, vi skulde blot læse nogle Bøger sammen og tale tillige, men da Malingen tager saa lang Tid er jeg bange de ryger i Luften; det tager mindst ½ Time at gaa ud til Fabrikken --- Det glæder mig i høj Grad, at Du har taget den Beslutning helt at holde Dig i Ro, bare Du nu vil holde strængt over det; men jeg troede rigtignok Du var kommen anderledes til Kræfter nede paa Glorup. Du maa endelig skrive hver Gang, hvordan Du har det. Frk. Rosenørn sender Hilsen. Hun er saa rar imod mig, har 2 Gange inviteret mig til at holde Mørkning hos sig og givet mig Pærer og Banko. – Nu er det nok paa Tide at slutte, Brevet er næsten bleven for langt igen, men I kommer vel igennem det.
+Tusinde Hilsner til Eder alle fra Din Alhed.
+Mandag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>forår 1891</t>
+  </si>
+  <si>
+    <t>Cilius Andersen
+Georg Bendix
+- Benzon
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+Herr  Christensen
+Esther Hansen
+Peter Hansen
+Louis Jensen
+Alfred Jørgensen
+- Jørgensen, Frøken
+Thorvald Niss
+Marie Schou
+Nicoline Tuxen
+Peter Ventegodt
+Gustav Vigeland
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Bendix er muligvis Georg Bendix.
+Det er uvist hvem Christensen og grosserer Hansen er.
+Tulls = tyl</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2190</t>
+  </si>
+  <si>
+    <t>Alhed har været med Onkel Lud til soirée i Kunstforeningen. Hun er blevet inviteret til stort bal om 14 dage. Hun morer sig godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rCXw</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Tak for Dit lange og interessante Brev! Jeg synes meget godt om den Maade, Du har ordnet Brevskriveriet paa kun vil jeg bemærke, at Du endelig ikke maa blive ængstelig, dersom det en Gang skulle gaa en Dag hen. – Jeg har en hel Del at fortælle om denne Gang, men jeg er saa optaget at jeg med Nød og næppe [tilføjet over ordet: ?] kan naa at skrive et Brev, endsige skrive det pænt. I Aften (Mandag) skal jeg med Onkel Lud i Kunstforeningen til Soirée; først Koncert, saa Fællesspisning og mulig Dans til sidst.
+Tirsdag.
+Nu har jeg været til ovennævnte Svir! – Jeg kom hjem Kl. 4½ og maatte pænt op til sædvanlig Tid, saa hvis dette Brev er noget mat i Sokkerne, saa er det, fordi jeg ogsaa er det. – Jeg morede mig ellers aldeles kolossalt; Kl. 7½ drog jeg af i Drosche sammen med Frk. Jørgensen, iklædt min blegrøde; af extraordinære Prydelser havde jeg blegrøde Vinterasters paa Brystet og en blegrød Fjervifte i et Silkebaand om Livet. – der var en hel Del jeg kendte bl.a. P. Hansen og Marie, - de havde i Festens Anledning meldt sig ind i Foreningen. Endvidere Wiegeland, Cilius Andersen, Wentegodt [tilføjet over ordet:?] og 5-6 Arkitekter, jeg kender fra Jørgensens; - den lille Italiener der gjorde saa [udstreget: I] meget Stads af mig paa Karnevallet, var der ogsaa, [tilføjet i margen: Louis Jensen] baade han og hans Kone kunde kende mig og sagde [overstregede ord] at de forrige Aar havde fornyet Bekendtskabet med mig gennem Busten paa Udstillingen. – Konserten var glimrende, den varede til ca. 10½, saa Fællesspisning med varm Steg og koldt Bord, derefter Dans saa det klaldede efter til Kl c. 4 i en dejlig Sal med bonet [tilføjet over ordet: ?] Parquetgulv. [tilføjet over ordet: ?] Da Dansen holdt op, var vi c. en Snes Mennesker tilbage ( Bendix Frk. Tuxen Christensen og hans Kone (Onkel Luds fine Venner) Thorvald Niss, Jørgensens [overstreget: med a] kort sagt alle dem jeg kendte) disse inviterede Niss(Formanden) til Smørrebrød og Sild; et Bord blev dækket i en Fart og Silden blev nydt i stor Gemytlighed. – Niss er en prægtig en, han og jeg blev fine Venner [overstreget: jeg] indledede Bekendtskabet; idet jeg uden videre inklinerede for ham! – 
+Nu maa jeg til noget andet! – Jeg er bedt til stort Bal hos Esthers d. 15de (i Dag om 14 Dage; Grosserer Hansen og Frue har paa trykt Kort udbedt sig Æren af mit behagelige Selskab! – Hvad mon jeg skal iføres; jeg maa vist være temmelig flot! Mon min lyserøde Tulls ikke kan blive køn, naar der kommer nyt Overtræk; muligvis kan jeg bruge mit Silkeliv, naar det bliver bukket lidt ned i Halsen; dette bliver vist nok billigere end en helt ny; Caspersens i Kvæsthusgade har ellers foreslaaet mig hvid Raasilke à 1.20 Øre Al. – Nu maa Du endelig strax skrive Din Mening om alt dette, og den Tulls maa jeg vel saa have sendt strax; [overstreget: har]kan jeg ikke faa et hvidt Skørt til sendt det jeg har lader jeg vadske.
+Jeg er ked af at dette Brev er saa jasket, men det kunde ikke blive anderledes. I Søndags var jeg forfærdelig optaget; først paa Badeanstalt, saa en lang Visit af M. Sperling, der vilde have mig med hjem, derefter Visit af Brandt, derefter til Middag hos Caspersen i Kvæsthus og tilsidst i Aftenselskab hos Marie og P. Hansen 
+I forrige Uge var jeg til ungt Selskab hos Benzons, meget morsomt.
+Nu maa Brevet af Sted 1000 Hilsner
+Alhed
+Undskyld Skriften
+!!!</t>
+  </si>
+  <si>
+    <t>21. februar eller marts 1891</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Niels Elgaard Amstrup
+Leonard Holst
+Otto Emil  Paludan
+Adelheyde Syberg
+Hempel Syberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>På gården Erikshåb voksede Warberg-familiens børn op. Den næstældste, Alhed, blev gift med maleren Johannes Larsen. 
-[...46 lines deleted...]
-Otto Emil  Paludan
+    <t>Bejset er muligvis Leonard Holsts kælenavn. 
+Tante Visse/Louise Amstrup boede endnu i 1891 i sit barnmdomshjem, gården Ensomhed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2714</t>
+  </si>
+  <si>
+    <t>Christine Mackie har været på kro med Amstrup og Paludan, og hun fik for meget at drikke. Hjemme på kontoret sad Christines mor og Tante Mimmi og talte alvorligt, og Christine besvimede. Hun løb derefter i vinterkulden ud for at lede efter Paludan for at han ikke skulle sladre om kroturen. På gården Ensomhed hørte man Christine, og karlene løb efter hende, men hun slap væk. Næste dag spurgte Laura Warberg Christine, om hun og Leonard Holst var forlovet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/avlS</t>
+  </si>
+  <si>
+    <t>Kære Alhed!
+Skønt jeg lige har skrevet et meget søvndyssende Brev og har en Spektakkel inde i mit Hoved, så skal du dog have Beretningen om min sidste og mærkeligste Bedrift til Bejset henhørende. Jeg forudskikker den Bemærkning, at jeg Lørdag d. 21de ds. rejser til 1) Frørup 2) Sludegd. hvor jeg vist bliver en halv Snes Dage i det hele. Der og i Løbet af den Tid kan et Brev træffe mig med dine Hjærteudgydelser angående Gescheckten; skriv endelig mens jeg er der.
+I Fredags skete Katastrofen. Endnu i Søndags var Tante Mimi tavs og kold. Den Eft. gik jeg et Vip ned til Erikshåb, Amstrup var der og skulde lige til at gå hjem, jeg fulgtes med ham og Pallam, de bød mig med til Kroen på et Glas sv. Banko. Jeg sagde selvfølgelig ikke nej, vi stak der ind og sad meget rart og gemytligt i Kroen og min Sandten, efterhånden gled der 1/2 Fl. Banko i hver af os!! Så fulgte Pallam videre med Amstrup og jeg joskede hjemad, men mere og mere blev jeg "løjerlig ejen i," dog ikke mere end at kunde følges med Onkel Syberg op ad Alléen og beklage mig over min slemme Hovedpine. Men jeg kulminerede, da jeg i Kontoret så Tante Mimi og Mor sidde og tale Alvor. Så kendte jeg på mig selv, at Øjeblikket var der, og støttet til Gyngestolen sank jeg blidelig om og Mor og Onkel Syberg halede mig hen på en Stol. Om jeg virkelig var lidt borte, ved jeg knap, megen Bevidsthed havde jeg dog ikke; men jeg mandede mig op, gik ind og skænkede The og spiste med; men så gik jeg over i Seng, sagde, at ingen måtte komme over til mig, jeg låsede min Dør. Nu gjaldt det om, at Pallam ikke røg hjem og fortalte om vor Krotur, så såre jeg var bleven ene tog jeg mit lille bitte mørke Sjal om mig og af Sted ud i den månelyse Nat på 16⁰ Kulde. Jeg gennem Sallinge - ingen Pal, så måtte han jo være på Ensomhed, jeg til Ensomhed og fik med mange Anstrængelser Porten op og rendte ned i den ganske lyse Gård og hen og kikkede ind ad Spisestuevinduerne, der sad Tant Visse i Sofaen, men hun må have hørt mig gå, for hun stirrede hen imod mit Vindue og i det samme begyndte Flora at gø. Så kan det nok være, jeg fik Fart på og kom ud af Gården og op ad Vejen. Men næppe er jeg kommen et lille Stykke, før jeg hørte Mandfolkestemmer bag mig! Altså har T.W. alarmeret Karlene, som nu forfulgte mig. Jeg var færdig at styrte, sådan rendte jeg, iskold var jeg, Sjalet fløj om mig, og at jeg havde Arme kunde jeg ikke føle for Kulde. Endelig holdt de da op at forfølge mig, og jeg kom godt og vel hjem igen og ind i Seng. Men endnu har jeg ikke rigtig forvunden den Nattetur i 16⁰ uden Tøj. Næste Dag tog Mor mig [fortsætter side 1, øverst:] for: jeg var da ikke forlovet med Holst, hun havde set en Mistanke på Tante Mimis Ansigt!!!! Hvad byder du - ! Men Følgen af den Besvimelseshistorie er, at Tant Mimi kom til Erkendelse af, at hun havde været for stræng, jeg var jo ikke dum men sagde, at det var af at spekulere over det. Er den Historie ikke god, må jeg spørge? Holst begreb ikke, hvor jeg fik Mod til den Rendetur til Ensomhed! Skriv nu snart din Mening om alt dette. Delagtiggør Brandt i de to sidste Breve. Hilsen Chr.</t>
+  </si>
+  <si>
+    <t>1891-07-06</t>
+  </si>
+  <si>
+    <t>Helgolandsgade 8, 1650 København V, Danmark</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Arnold Emil Krog
+Johanne Christine Larsen
+Fanny Schaffalitzky de Muckadell
+Phillip Schou
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor på Værnehjemmet Bethania, Helgolandsgade 8.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2102</t>
+  </si>
+  <si>
+    <t>Alhed undskylder meget, at hun har brugt for mange penge. Hun sparer nu, så meget hun kan. Hun har fået udbetalt sin første tikrone fra fabrikken. Hun håber meget, at Junge snart kommer til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gk9Q</t>
+  </si>
+  <si>
+    <t>Søndag Aften 6te Juli 91
+Kære Fader!
+Tak for dit Brev, som jeg jo rigtignok ikke blev videre glad ved! – Jeg blev aldeles forfærdet ved at se, hvor mange Penge, jeg har hævet; jeg har nok af og til tænkt med Gru paa alle de Penge, der gik til, men jeg havde dog egentlig ikke tænkt mig, at jeg var saa ødsel, og at der var gaaet saa meget til, havde jeg som sagt langt fra tænkt mig – Jeg synes nok at det er meget svært at leve sparsommeligt i København, særlig naar man er uøvet – jeg mener den første Tid, [udstreget: A] man bor der; men man kan selvfølgeligt gøre det og jeg er nu bagefter ked af, at jeg ikke har passet bedre paa. Fra Moder var herinde, har jeg været meget sparsommelig, da jeg af hende hørte, at Terminen var saa slem; og at mit sidst hævede Beløb var saa stort kommer der af, at jeg havde to store Syjomfruregninger. Jeg sender hermed en Fortegnelse over mine største Udgifter, og Du ser saaledes, at der er gaaet mange Penge til Tøj ogsaa udenfor de 100 Kr Moder hævede for mig. Men at jeg har brugt endog saa meget udover, hvad jeg behøvede, maa jeg jo desværre indrømme. – Jeg har nu begyndt et nyt og bedre Liv og betænker mig paa hver en Øre, jeg giver ud, kører f. Ex. slet ikke [udstreget: ikke] i Sporvogn. Men det hidtil vigtigste Punkt i det nye og bedre Liv, der jo gaar ud paa at beskytte Din Pung, - kommer dog nu! – Strax Dagen efter at jeg havde faaet Dit Brev, gik jeg til Arkitekten og spurgte, om jeg snart kunde faa nogle Penge, og – I Gaar bar jeg min første Tikrone hjem fra Fabrikken!!! - - - Det gik meget glat, der skulde denne Gang heldigvis ikke tales med Etatsraaden og jeg blev strax sat paa en ugentlig Gage af 10 Kr. Min Henrykkelse kendte ingen Grænser, da jeg fik min første Seddel i Haanden, jeg havde egentlig først tænkt mig, at jeg skulde have næste Lørdag efter at have skrevet Regning paa Onsdag. Jeg tænker, at I blive næsten ligesaa glade ved den Efterretning, som jeg blev det! – Én Ting gruer jeg dog endnu for, og det er Tanken om, at Johanne ikke skulde komme herind til Efteraaret! Det vilde jeg tage mig_ meget_ nær. Det var jo skrækkeligt at tænke paa om hun skulde bløde for min Skyld? Egentlig vilde det ogsaa i pekuniær Henseende være heldigt, om hun kom ind nu og ikke om et Aar. For det første kan Du [overstreget:nu] ved at hun bor paa Værelse sammen med mig spare 6 Kr om Maaneden for hende og det samme for mig; om et Aar bor jeg jo næppe paa Værnehjem-met. 2: kan jeg, naar jeg skal [overstreget:skal] skifte Værelse, sige mit [overstreget:Op] op inden Ferien og slippe for at betale noget i den Tid. 3. gaar jeg jo naturligvis ikke saa meget ud, naar vi ere 2 som naar jeg er alene og Selskabeligheden tager meget med sig af Klæder og Sporvogns-penge. 4. kan hun, der jo er yderst sparsommelig anlagt, hjælpe mig med at faa den nye [ulæseligt ord] i mig til vare og den gamle til at forsvinde! – Jeg synes at der er saa meget sund Fornuft i disse Grunde, at jeg ikke kan tænke mig, at Du kan staa for dem. Det er [overstreget: for] min Yndlingstanke, helt at kunne sørge for mig selv efter Ferien (maaske med Undtagelse af Fodtøj) – men dette tror jeg vil være umuligt hvis jeg ikke kan slippe 30 Kr om Maaneden; men i det Tilfælde tror jeg, det vil kunne lade sig gøre, da min Gage [indsat over linjen: bliver] 40 [indsat over linjen: Kr] hver anden og 50 Kr hver anden Maaned. - - 
+Alle herinde ere meget glade over at jeg er begyndt at tjene noget. Bedstefader er forfærdelig optaget deraf. Jeg har været hos de Gamle hele Dagen, og Bedstefader var forbavsende meget bedre. Jeg hørte ham ikke sige et eneste galt Ord hele Dagen.
+Bedstemoder gik lidt ud i Formiddag og allerede inden hun kom hjem var Bedstef. staaet op og havde klædt sig alene paa. Derefter gik vi lidt ud i Haven og han gik saa rank og rask at jeg slet ikke behøvede at støtte ham. Han var _fuldstændig _klar i Hovedet og gik og fortalte mig om sin Sygdom og alle de [overstreget: D] gale Ideer og Fantasier han havde haft. Han kunde godt huske at Moder og Tante havde været herinde. Men flere Ting forbavsede mig dog endnu mere. Han spurgte f. Ex. hvorledes Du var kommen over Terminen i Aar! og en anden Gang sagde han, at vi fik vist ikke mange Jordbær i Aar, da de blev saa forkludrede i Fjor. – I Går var han _alene _hos Barberen. Alt dette vil nok forbavse Moder meget; men desværre [udstreget: I] mener Bedstemoder, at Kløen er taget lidt til, han klagede sig dog ikke meget. – Nu maa jeg nok sige stop; dette Brev har antaget et uhyre Omfang skønt det kun omhandler saa faa Ting. Jeg haaber at I skulle blive glade ved det, der er dog to gode Efterretninger i. – Paa Tirsdag skriver jeg til Kom-tessen og fortæller hende om Tikronen; jeg kan ikke naa det i Aften, da Kl. er 1¼ og i Morgen skal jeg til Lawn-tennis.
+Mange Hilsner til Eder [overstreget: fra] Alle fra Din Datter b., i hvem Sorrig og Glæde de vandrer til Hobe.
+[Skrevet på tværs øverst på siden: Af Kommisioner hjem er det vigtigste: En Skomagerregning 10?-12 Kr. Et Skjærf 5 Kr. 50]
+Kjoletøj 15 Kr – 
+med Skjærf 5 -
+Syløn 8 –
+Tillæg mindst 5
+Sko 12
+do. 10
+do. 5
+Turist.do 5 -
+2 Par forsaalede
+à 2½ Kr. 5 -
+Sølvbryllupskjole 18 – 50
+syt med Tillæg
+Sprøjteapparat 5 – 50 -
+til Fabr.
+[Lis eller Liv] 3 - 50 – 
+Sporvogn - Handsker</t>
+  </si>
+  <si>
+    <t>1891-11-02</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Eline  Brandstrup
+Christian Caspersen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i København og arbejdede på Den Kongelige Porcelainsfabrik.
+"Ungen" var formodentlig Jørgen Brandstrup, Eline og Christian Brandstrups ældste barn, født 1890. 
+Det vides ikke, hvem L var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1201</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder moderen om at sende guldbronze og oliefarver. 
+Hun har mødtes med Eline Brandstrup.
+Alhed Larsens nye værelse er lidt tomt. Den store vase blev ikke helt vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G76D</t>
+  </si>
+  <si>
+    <t>[På kortets forside er trykt:]
+BREV-KORT.
+(Paa denne Side skrives kun Adressen.)
+Til….
+[På kortets forside er håndskrevet:]
+Fru Laura Warberg
+Erikshaab
+Højrup Station
+Fyn
+[På kortets bagside er håndskrevet:]
+Hvis Chr. har en lille Flaske Guldbronce, vilde jeg gærne have den sendt sammen med det andet. Ligeledes mine Oljefarver, der ligger i Bordskuffen paa det graa Kammer. – Jeg tog mod Tante Eline i Aftes; Ungen var dejlig. – Traf Caspersen og var meget glad ved at høre noget direkte hjemme fra; jeg fulgte Eder i Tankerne i Gaar. I Dag har der vel været Sorg over L.s Afrejse. – Max var ogsaa med Toget. – Foreløbig befinder jeg mig udmærket i mit nye Logi, mit Værelse er endnu lidt tomt, men med Tiden bliver det vist nydeligt. - - Min store Vase var ikke saa god som den kunde være, men kunde dog nok gaa an [skrevet øverst på kortet og på hovedet:] Nu venter jeg snart paa Brev! Mange Hilsner Alhed.
+2den Nov. – 91</t>
+  </si>
+  <si>
+    <t>1891-12-02</t>
+  </si>
+  <si>
+    <t>Elisabeth Bondesen
+Edvard Grieg
+Henrik Havemann
+Rebecca Havemann
+Malin   Holmström-Ingers
+Leonard Holst
+Johanne Christine Larsen
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>Peter Hansen og Johannes Larsen har diskuteret, om de skulle stoppe med at udstille på Den frie Udstilling, fordi Gottschalk ikke blev inviteret. De har vendt sagen med Fritz Syberg, som syntes, de skulle fortsætte. 
-[...17 lines deleted...]
-29/2 – 98</t>
+    <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
+Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
+Alhed Larsen var i København som elev ved Den Kongelige Porcelainsfabrik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2695</t>
+  </si>
+  <si>
+    <t>Alhed ved jo, hvad der er galt. Christine har tidligere fordømt de faldne kvinder, og nu er hun selv en af dem. Til maj er det hele overstået. 
+Christine har sagt til moderen, at hun ikke kan tåle musikken, og Leonard har gennem avisen fundet et sted i Århus, hvor hun kan være. Det er et held, at graviditeten endnu ikke kan ses, men det er slemt at lyve for forældrene.
+Christine har slået sig selv i maven for at dræbe fosteret. Hun er bange for fødslen; bange for at dø, og hun har samvittighedsnag overfor barnet, der måske skal vokse op blandt fremmede i fattige kår.
+Når barnet er født, har Christine fået lov til at tage til København og studere musik.
+Kaptajn Havemann søger en dansk stuepige, og Christine kan ikke tage pladsen, så måske gør Ellen det. En af Holmströms piger kommer til Erikshaab.
+Christine er ikke længere forelsket i Leonard og tåler ikke, når han rører ved hende. Han er stadig glad for Christine.
+Albrecht Warberg synes, at Alhed skal have en kjole til selskabsbrug. Christine foreslår hvidt råsilke. 
+Alhed må være lykkelig i sin nuværende situation. Hun må skrive snart. Christine siger til moderen, at hun ikke må åbne brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AtS0</t>
+  </si>
+  <si>
+    <t>D. 2/12-91
+Kæreste Alhed!
+Allerede inde jeg i Form. fik dit Brev; havde jeg indset, at det var en stor Skam af mig sådan at komme med en halvkvædet Vise om Død og Fordærvelse, og da jeg læste dine Linjer indså jeg dobbelt, at det var forkert. Ja, kære Alhed, når jeg ikke for lange Tider siden – i Sommerferien – har sat dig ind i min Elendighed i hele dens rædsomme Omfang, så er det ikke, fordi jeg trode et eneste Øjeblik, at det skulde gøre dig bitter imod mig – tværtimod! dertil kender jeg dig da for godt; men Sagen var 1) var jeg ikke sikker i min Sag 2) skammede jeg mig og gør det endnu så kolossalt 3) vilde jeg helst så længe som muligt og helst helt, skjule det for jer alle, da det jo umulig kunde andet end gøre et meget pinligt Indtryk.
+Ja du ved jo naturligvis for længst, hvad der er i Vejen – var det ikke så sørgeligt, så var der sandelig noget højst komisk i Tanken: jeg, i min første Ungdom de faldne Kvinders ivrigst ”Forbander”, i de senere År deres varmeste ”Undskylder” – jeg er nu selv en af deres store Hær – elendig, forført, måske ødelagt for Livstid. Men som jeg har antydet, hvo [”hvo” overstreget] skal dette sidste ikke blive Tilfældet, og forhåbentlig skal jeg til Maj være godt over alt dette grusomme, - å, hvor dog Mennesker kunne ødelægge Livet for hinanden.
+Jeg synes, der er en sådan myldrende Masse at skrive om, at jeg ikke ved, hvor jeg skal begynde, først skal du høre, hvordan vi tænker at klare det, det er dog det vigtigste; jeg har sagt Mor, at jeg ikke allerede til Nytår kan tåle Musiken, men at jeg mener, det vilde gøre mig godt at være mellem fremmede Mennesker en Tid; fra Nytår til Maj; Leonard har i Odense flere Gange talt med en Jordemoder, hun siger, vi kan godt skjule det, sådant hænder 20 af 100 i de ”dannede” Kredse, hvor man mindst aner det; hun havde ifjor en fin, rig ung Pige fra Kbh. som havde sagt sin Moder og Fader, at hun vilde tage en Plads som ung Pige, hun var der 4 Måneder, fødte, nogen Tid efter døde Barnet, og hun kom tilbage uden at nogen anede noget. Nu får Leon. gennem Md. Petersen et Sted til mig at være i eller ved Århus; dette Sted nævnes herhjemme som en Plads, Leon. har fået gennem Avisen; for at undgå for megen Korrespondance og Forhøren, skal han først finde Pladsen henimod Jul, og til Nytår rejser jeg. Ved særligt Uheld kan denne Plan naturligvis mislykkes, men ved [”ved” overstreget] når vi er på vor Post, håber jeg, og anser det for sandsynligst, at den går godt. Min største Bekymring er den, at jeg ikke skal kunne gå til Jul uden at nogen ser det på mig – tænk, først i 
+2)
+Marts skal det være, altså er der kun tre Måneder til nu, at der intet ses er mig som et Mirakkel, på andre ses det jo 5-6 Måneder i Forvejen. Dette er min Lykke; endnu går jeg uden Korset og – tager i Selskab til Arreskov og (idag) Brobygård med min lyseblå Kjole. Det er uhørt, synes jeg nok, men jo mere jeg kan lade som ingen Ting, des fjærnere ligger jo Mistanken. Hvor grulig en Tid det dog bliver for mig der oppe alene og i den Elendighed og – hvad der næsten bliver det pinligste – med den evindelige Lyven for Far og Mor. – Men jeg går ud fra, at det sker for at skåne dem – Mor kan jo aldeles ikke tåle sådan en Sorg – og så må det da være det rigtigste ikke sandt?? 
+På samme Tid, som jeg fik at vide, at jeg ikke ved Stød og Slag kunde dræbe Fostret (jeg vilde rimeligvis have dræbt mig selv ved at fortsætte dermed) fik jeg at vide, at Sagen kunde ordnes på denne Måde, det var en sand Lykke at få det at vide – vel var jeg så altså sikker på mine egne Lidelser men dog også nogenlunde sikker på at kunne skåne min Familie det har hele Tiden været min største Sorg at skulle bringe Sorg over alle mine kære. Å jeg gruer nu alligevel så frygtelig for det altsammen – ikke mindst for Fødslen selv – og tænk om jeg dør – det var ganske sikkert bedst for mig selv og for andre også, men en stor Sorg ville det dog blive for jer alle. Men det er jo alligevel sjældent, man hører det. Hvis det stakkels Barn lever – hvad det naturligvis nok gør – så er det grulig Synd mod det, - ud blandt fremmede i fattige, måske dårlige Forhold, et stakkels uægte Barn som hverken Far eller Mor vil kende; det er så frygteligt at have så meget på sin Samvittighed mod et Menneske. Gud give, det måtte dø, det stakkels Væsen. –
+Men går jeg ud fra, at jeg kommer godt og vel over det hele, så kommer der bag efter en Tilværelse så strålende, at jeg knap kan tænke mig en sådan Lykke; Far har næmlig nu sagt ja til, at jeg må læse Musik i Kbh. og jeg skal tage fat til Maj! Tænk dog hvilket Liv at være i København, og optaget af det kæreste, jeg kan beskæftige mig med, sammen daglig med dig og Johanne - -
+å, hvem der alligevel kan leve til den Herlighed! Bliver det dog ikke mageløst! Tror du ikke nok, at vi kan komme over det? Og tror du ikke nok, jeg lever? Olga Wendelboe var jo yngre, jeg bliver jo omtr. 22 År, det er vist en heldig Alder. Og er jeg normalt over det, så tror jeg, jeg vinder bedre Helbred ved det. Skriv nu alt, hvad du mener om det, kæreste Alhed, og læg inden i, når du skriver til Mor næste Gang. Elle ved det, ingen andre må vide det. Joh. vilde tage det altfor hårdt. – 
+3/12. Igår var vi så på Brobygd. Doktorens var der og ved Bordet sagde Dr. Til Mor, at Kapt. Havemann og den lille engelske
+3)
+Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
+Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
+4)
+kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
+Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
+[Det følgende skrevet s. 1; øverst på arket; på tværs:]
+Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
+Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
+Din Chr. 
+[Skrevet henover teksten på bagsiden af ark 3; lodret:]
+Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
+  </si>
+  <si>
+    <t>1891-12-17</t>
+  </si>
+  <si>
+    <t>København V
+Vesterbrogade 12 over gården</t>
+  </si>
+  <si>
+    <t>Leonard Holst
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, boede hjemme hos forældrene på gården Erikshaab. Hun ventede, ugift, barn med sin kæreste, Leonard Holst, og forældrene vidste det ikke. Christines mor ønskede, at Christine skulle tage imod en plads som pige i huset i Hamburg, men hun sagde grundet omstændighederne nej, og i stedet skulle søsteren Ellen/Elle til Hamburg. I begyndelsen af januar 1892 flyttede Christine hjem til en familie i Århus for at være i skjul under resten af graviditeten. 
+Forældrene havde givet Christine lov til at studere musik i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2697</t>
+  </si>
+  <si>
+    <t>Både Christine og Laura Warberg har været syge af influenza. De når ikke at lave julegaverne færdige. 
+Christine taber ikke modet og har ikke smerter, men det er meget generende, at hendes tøj strammer, og hun kan ikke løsne det. Hun bliver derfor irritabel. Christine gruer for, når Ellen rejser til Hamburg, og hun selv skal rejse væk. Hendes mor må føle sig svigtet, for hun har bedt Christine blive hjemme og hjælpe, da hun ellers er alene om arbejdet. 
+Alhed Larsen burde måske male en dug til moderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/azqM</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+Torsdag Middag d: 17/12 91
+Kæreste Alhed!
+Lige i dette Øjeblik er jeg kommen op efter at have ligget en halv Snes Dage af Influenza, det Skidt, det er dog en modbydelig Sygdom; Hoste har jeg endnu og den venter jeg da ikke at slippe foreløbig. Mor har været meget skidt, selvfølgelig slog det sig på Hovedet, og hun led ganske forfærdelig i det, vistnok, men nu er det heldigvis begyndt at blive bedre, så hun nok nu er over det værste. Med Julegaverne ser det sort ud, vi bliver såmæn ikke halvt færdige, men skidt med det, når vi bare ingen Patienter skal have i Julen; du holder dig da vel i Skindet?
+Tusend Tak for dit Brev, som var mig til stor Trøst, ligeledes din lille Skrivelse i Dag. Du må for Resten ikke tro, at jeg taber Modet eller blot nærmer mig til det! Jeg er i så udmærket jævnt godt Humør. Smærter har jeg slet ingen af, men nok andre store Ubehageligheder: en meget pirrelig Sindsstemning, det er det værste, som følger med, undertiden f. Ex. når jeg har spist, eller om Morgenen strax, generer mit for stramme Tøj mig ganske forfærdelig, så bliver jeg som rasende over det hele Stads, rigtig afsindig rasende, så jeg gærne kunde ønske Leon. og mig selv ned i hede Helvede, det er grusomt, naturligvis især fordi jeg må skjule det hele. Elles Hamborgrejse bliver mig en stor Vanskelighed, mit Hjærte bløder ved Tanken om at jeg skal og må rejse og lade Mor være ganske alene, hun har bedt mig lade være, det må jo for hende se ud som mærkværdig Hensynsløshed og Utaknemmelighed, da hun jo har udvirket at jeg må spille. Jeg håber, du kan overbevise hende om det modsatte. Du skulde male den Dug til Mor, Skammelbetræk trænger hun ikke til. Et Stykke til under Terrinen ønsker hun sig også, måske det kunde være pænt, malet på Voxdug?
+[Med blyant; på hovedet mellem de to linjer er skrevet:] 19/12-91
+I Julen vil jeg tale med dig om din Plan med at være i Kbh. den sidste Tid, jeg synes det er mere beroligende at være på Fødselsstiftelsen, men Risiko er der jo.
+[Det følgende indsat øverst s. 1:]
+Altså om 5 Dage ses vi! Hvor jeg glæder mig! Gid vi dog må være raske alle sammen. Men sådan en Forskel på i Fjor og nu.
+Vil Du ikke tage ”Digte og Udv” samt Per Gynt med hjem [denne sætning er indrammet af en streg]</t>
+  </si>
+  <si>
+    <t>Amaliegade 23, 1256 København, Danmark</t>
+  </si>
+  <si>
+    <t>Bjørnstjerne Bjørnson
+Lauritz  Brandstrup
+Leonard Holst
+Alhed Larsen
+Christine  Mackie
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det formodes, at Laura Warberg har genbrugt noget brevpapir, og at hun ikke er i Aarhus-
+Pojke(n) er Christine Mackies forlovede Leonard Holst, som var svensker.
+Christine havde flere kælenavne, deriblandt Basse.
+Den Kgl. Fødselsstiftelse i Amaliegade 23-25 i København blev oprettet 1785 takket være en stor pengegave fra enkedronning Juliane Marie. Her kunne gravide kvinder føde anonymt, og efterfølgende blev mange af børnene anbragt hos velhavende familier eller bortadopterede. I 1910 blev Fødselsstiftelsen en del af det nye Rigshospital.
+Christine fik med sin svenske forlovede Leonard Holst et barn uden for ægteskabet den 22. marts 1892. Barnet fik navnet Ellen Agnete og blev bortadopteret til ægteparret Niels og Louise Amstrup (hun født Warberg). Warberg-familien bevarede en god kontakt til barnet.
+Albrecht Warberg forældre bor efter pensioneringen i Heden mellem Faaborg og Odense.</t>
+  </si>
+  <si>
+    <t>Brevene findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Laura Warberg skriver om møde med den gravide datter Christine Mackie og hendes forlovede og om, at alle undtagen den forsmåede forlovede og far til barnet er enige i, at ægteskab ikke kan komme på tale. Der gøres de sidste forberedelser inden Christine Mackies fødsel på Fødselsstiftelsen i København.
+Inden hjemkomsten til Erikshåb vil LW besøge sin gamle far i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DPRb</t>
+  </si>
+  <si>
+    <t>[Fortrykt:] Aarhus, den .........189
+Carl Larsen
+Hotel Royal
+[Håndskrift:]
+Søndag Aften
+Kjæreste Abba!
+Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind morges for at lede dem op, traf jeg strax paa Pojken, der var paa Vejen til Christine, han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at se ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saa meget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu, saa havde han det Haab, at de med Tiden skulde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok taale Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde ["holde" overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtigt enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af hensyn til Barnet og til Pojken, at han havde foreslaaet Ægteskab, men vilde dog have foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig paa at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes
+[Fortrykt;]
+Carl Larsen Aarhus, den ……..189
+Hotel Royal
+[Håndskrift:]
+Karakter, hvad hun selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve om hans "umodne Læsning af [ulæseligt] og Bjørnsson” sagde han, imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi alle ned til [ulæseligt], det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at om det jo maa hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Heden veed de intet og skal ikke vide andet, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til [ulæseligt]. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven, Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Vi siges vel at Far er bedre og jeg bliver et Par Dage hos ham.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Vinter 1892 eller 1893</t>
+  </si>
+  <si>
+    <t>Rasmine -
+Berta Brandstrup
+Hanne -  -, kokkepige Erikshaab
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Christine  Mackie
+Ellen  Sawyer
+Ida Vett
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Hanne var kokkepige på Erikshaab i mange år. Om hun hed Sørensen før eller efter brylluppet med Hans Jørgen er uklart.
+Det vides ikke, hvem Fru B var.
+Frk. Hirschsprung, som tilsyneladende er på besøg hos Johannes forældre, må være Berta. Hun blev 14. sept. 1894 gift med Laura warbergs bror, Ludvig Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2045</t>
+  </si>
+  <si>
+    <t>Det er en stor nyhed, at Hanne Kokkepige og Hans Jørgen skal giftes. Så får Hanne da sit eget hjem i en moden alder. Der må holdes stor bryllupsfest. Skal Hans Jørgen så nyde en cigar i Albrecht Warbergs stue? Laura Warberg kommer til at savne Hanne. Mon hun kan få Rasmine i stedet? Fru R har spurgt, om Hanne har været ked af at blive kaldt kokkepige og heller ville hedde Jomfru Sørensen. Men i så fald skulle hun nok stadig sove i pigekammeret.
+Johanne skal spille mandlig elsker i komedien Abekatten, og hun spørger, om hendes mor vil hente et kostume på skolen i Sollerup. Til festen efter forestillingen ville Johanne gerne have sin silkekjole, men den skal nok sprættes op og vaskes, og hvem gør det?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/69Hb</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Tak for dit lille bitte Brev; sikken en kolosal Nyhed med Hanne og Han'sjørn; jeg maa sige, jeg havde aldrig tænkt mig, at det virkelig var bleven til noget med dem, men godt er det jo, det glæder mig da, at Hanne faar sig sit eget Hjem nu paa sine ældre Dage; skal de saa bo oppe i Hans Jørgens Fars Hus? Det kan rigtignok blive Sjov at komme derop og besøge Hanne som gift Kone. Ja, naturligvis maa vi gøre et flot Bryllup for dem; jeg kan ikke tænke mig hans Højhed H.J. sidde i Spisestuen paa Hæderspladsen og være Brudgom - I Guder sikken en storartet Tanke! Og efter Bordet at nyde en Cigar oppe i Fars Stue!! - [overstregede bogstaver] - -
+Det bliver rigtig nok sært at komme af med Hanne; jeg tror, du vil komme til at savne hende mere end du tænker dig, gid du nu kunde faa Rasmine i Stedet for; der er vist noget med at Broderen har en Plads til hende i Odense, men der er nok ikke kommen Resultat paa det endnu; hvis du kunde faa hende var det rigtignok meget værd; hun er en storartet Pige, noget af det rareste, der tænkes kan; - en Dag kom hun og sagde til mig "Det er kedeligt, Frk. Warberg, for jeg synes aldrig jeg kan faa Lejlighed til at gøre Dem nogen Tjeneste." -
+Fru B har talt noget om, at hun maaske ikke holdt af at kaldes Kokkepige, og spurgte mig, om det ikke kunde tænkes, hun blev kaldt Jomfru Sørensen: det kunde maaske ikke ["ikke" indsat over linjen] gøre noget, men spise i Folkestuen skulde hun vel og selvfølgelig ligge på Pigekamret; men maaske har Fru B. skrevet noget om det i sit brev. -
+- - - Saa vil jeg snakke lidt om Komedien; nej jeg har ikke faaet noget andet Tøj og sætter min Lid til det fra Sollerup; men jeg synes, du sagde, at du vilde køre derover selv for at hente det; brug da noget af alt det Køreværk, I nu har; de store Heste har dog vist ikke for meget at bestille, og jeg syntes det var kedeligt at gøre dem Ulejlighed med at sende det; skylder du dem ikke en Visit? Kan du ikke benytte Lejligheden til at give Frk. Hirschsprung en Kanetur samt præsentere hende derovre? Og det er den lyse dragt, som Ida Vett spillede Elsker med i "Abekatten" Jeg vil meget gærne have det så snart som mulig for ogsaa at faa det paa til nogle af Prøverne - det bliver vist en løjerlig Fremtoning: mig i Herretøj; bare det ikke bliver alt for gyseligt. - Vi har haft to Prøver nu; det er saa sjovt, en dejlig Afveksling paa Tingene; jeg kan saa godt med alle de unge Piger, vi morer os saa godt sammen. - Men ved du, hvad jeg er kommen i Tanker om. Hvad skal jeg have paa til den Festforestilling - bag efter mener jeg; så vidt jeg ved skal det nok være næsten som et Bal vi skal danse i den store Sal; vi faar jo nok at vide til den Tid ["Tid" indsat over linjen] om det bliver rigtigt Bal, men så er det jo for sent at gøre noget ved Silkekjolen; hvad råder du mig til at gjøre? Mon jeg ikke kunde faa Elle til at sprætte den op og vadske den; lunkent Sæbevand er vist det bedste, næsten koldt skal det være og saa sende den med Fragtmanden til Odense, så kan jeg faa Christines Syjomfru til at tage den; mon hun også vilde vadske den og sprætte den op, så slap Elle jo, men det giver hun sig naturligvis ikke af med. Hvad mener du?
+Halløj! nu skal vi ud at køre, ja Brevet maa med, så jeg må slutte.
+Mange Hilsner fra din Junge.</t>
+  </si>
+  <si>
+    <t>Sensommer 1892</t>
+  </si>
+  <si>
+    <t>Clement Caspersen
+Leonard Holmstrøm
+Leonard Holst
+Hanne -  -, kokkepige Erikshaab
+Hanne Langkilde
+Niels Langkilde
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+- Scavenius Nielsen
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Hvilan var en folkehøjskole i Sverige. Flere af Alheds søstre var elever på stedet, og famillien knyttede et venskab med forstanderparret. 
+Det vides ikke, hvem "Balslevs Elisabeth" var. Familien Balslev var bekendte af Warberg. 
+Det vides ikke, hvilke gilder Albrecht Warberg skulle deltage i. 
+Børnenes lejlighed må være den bolig i Valdemarsgade, København, som de tre søstre Christine, Alhed og Johanne/Junge delte fra 1892. 
+Det vides ikke, hvad "de nye Provstefolk" hed. Warberg-familien kendte flere, der hed Sørensen, så det kan ikke afgøres, hvilken af disse der omtales.
+Ensomhed var den gård i Heden, hvor både Albrecht Warberg og siden tre af hans børn blev født. 
+Dora var en hest på gården Erikshaab. 
+Det er vanskeligt at forstå sætningen "Syberg havde Brev fra Hempels Far" osv. 
+Gården Rødkilde blev i 1891 solgt fra grevskabet Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0365</t>
+  </si>
+  <si>
+    <t>Laura Warberg har haft travlt med at sende fødevarer til Albrechts gilde. Hanne har stegt en gås eller and, og de sender også en kage. Portoen blev dyr. 
+Syberg har opgivet sin rejse. 
+Laura Warberg spørger, om Albrecht tager Johanne/Junge og Alhed/Be til Hvilan. 
+Johanne blev skuffet over, hvor lille den nye lejlighed er.
+Laura har sammen med mange andre været på Sandholt. Clement har også inviteret, men Laura har ikke lyst til at deltage.
+Andreas/Dede har været på Ensomhed for at melde deres ankomst. Det var en hård ridetur. 
+Paludan har været i Rødkilde i øsende regnvejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X8im</t>
+  </si>
+  <si>
+    <t>Tirsdag Formiddag.
+Kjæreste Abba!
+Jeg har egentlig ikke meget at skrive om, men synes dog det er paa Tiden at lade høre fra mig- Hvad der har optaget mig mest i alle disse Dage er dels Afsendelse af alle Fødevarerne til Eders Gilder – og dels at Sybergs har opgivet deres Rejse. Kan Du forstaae det bare for det Selskab paa Arreskov? Jeg kan ikke rigtig blive klog paa, om det er for at komme med eller for ikke at støde dem ved at sige Nej; begge Tilfælde er lige ugrundede synes jeg. Her kom netop i Søndags et Kort til Syberg fra Holmstrøm, hvor han glæder sig til at faa S. over til Hvilan. Hvad gjør Du nu? Venter Du ikke til næste Lørdag og følges med Junge og Be og saa er jo nok Holst hjemme, saa Du kan tage den Tur med Holmstrøm med det samme. Det er jo tidsnok endnu at skrive derom til Hvilan. Da jeg er bange I ikke har Mad nok til det sidste Gilde saa har Hanne idag under Arbejde en lille Gaas (en And!) som vi imorgen sender afsted tilligemed Junges Lexikon og en Julekage. Gid dog nu alt Kageværket er kommen helt til dem, jeg kan troe jeg var en stor Bekymring igaar for det, Elle hørte ikke om andet hele dagen. Og saa min Ærgrelse da den ene Kasse vejede 1 ½ Pund for meget saa det kostede mig 20 Øre, men der var intet at gjøre, vi kunde ikke pakke om igjen. – Mon Du ogsaa ligesom Junge er blevet skuffet ved Børnenes Lejlighed især over dens Lidenhed? – I Søndags paa Sandholt havde vi det rigtig morsomt og rart, der var kun Langkildes, Balslevs Frøken Elisabeth og vi. Fr. Sperling udbragte en Skaal for Vennerne paa Egnen fordi vi i Sommers havde taget os af hendes Gjæster, da hun maatte svigte. Tilsidst kom hun i Tanker om de nye Provstefolk, at deres Skaal skulde udbringes særskilt og det gjorde hun saa med sit pudsige Udtryk i Ansigtet. Jeg takkede Provsten paa Dine Vegne paa et Brev til Dig med en Indbydelse til d: 17de hans Fødselsdag, hvor Sørensen vilde være; vi andre skulde ogsaa have været med, men nu har vi det tilgode, til Du er hjemme. Ligesom med en Indbydelse til Clements imorgen til Dig og mig; hans Far og Broder Doktoren er der, men jeg har ikke Lyst og har desuden meldt os til Ensomhed at hente Æbler. Dede var ude at melde os i Søndags, det er hans længste Ridetur, men det løb ikke heldig af, som han vel selv fortæller om. Men Dora har Respekt for hans nye Ridepisk, fortæller han. Elle morede sig udmærket paa sin Tur i Søndags, men det var jo et forfærdeligt Vejr. De var da bleven hentet i Faaborg og kjørt dertil ogsaa havde Returbillet dertil. Hun blev bedt til Høstgilde hos Søsteren i Espe, men det har jeg afslaaet hun er bleven saa forkjølet Elle protesterer (Det har jeg været hele Tiden) 
+Paludan havde ogsaa igaar en forfærdelig vaad Tur til Rødkilde. Iaftes var det saa stjerneklart og koldt, at jeg troede, nu kommer det gode Vejr, men Nej! atter øsende Regn i Nat. Vejen til og gjennem Leddet er næsten ufremkommelig, de kjører Gødning endnu. – I Lørdags var her saa kjedelig og tomt, at jeg gik til Gjelskov et Par Timer. Syberg havde Brev fra Hempels Far, der er daarlig og melankolsk over Udkommet, glad at Sybergs tager Sønnen ind. Imens var Dr. Scavenius Nielsen med Frue her, jeg beklagede ikke min Fraværelse. – Da indlagte Brev ikke haster, kan Du give Bassen det, naar Du ser hende, det vil sige i de nærmeste Dage, I har vel Gilderne i denne Uge, men – Skagen og det er fint? Vil Du hilse Eders Gjæster fra mig. Og saa Farvel, søde Ven! Elle sidder her og syer, beder mig hilse Far. Jeg troede Dede skulde skrive et morsomt Brev til Dig, men dette er flovt. – Doras Respekt for Pisken troede jeg dog, han havde meldt Dig.
+Kjærlig Hilsen fra Din Smaa.
+Syberg kjører med mig paa Torsdag; hvis ikke deres ene Kjørehest var bleven lam skulde jeg have kjørt med dem. Jeg blev saa skuffet at der ingen Brev er idag</t>
+  </si>
+  <si>
+    <t>u.å.1892</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Arnold Emil Krog
+Nicoline  von Sperling
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alheds far er muligvis i København på en en sine talrige indlæggelser for astma.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2197</t>
+  </si>
+  <si>
+    <t>Alhed er i København sammen med sin far. De er på familiebesøg. Professoren på fabrikken er meget interesseret i Alheds billeder.Han mener, at når hun er så dygtig, må hun kunne præstere noget noget meget bedre på fabrikken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RS0b</t>
+  </si>
+  <si>
+    <t>Hils Onkel Emil fra os begge
+Kæreste Mor!
+Ogsaa fra mig skal I have et Par Ord, men ogsaa kun et Par, da jeg maa hen og ordne mit Tøj nu inden vi gaar til Onkel Christian om Gas. – Vi var i Aftes lidt hos Bedstef. og Bedstem. Vi var meget forbavsede over saa frisk Bedstef. var, han spøgte med os om alle Slags, - han ville laane Far 5 Rigsdaler til alle disse Udgivter osv.
+Bedstemor var ogsaa i rigtig godt Humeur, vi skal derhen til Frokost paa Søndag sammen med Tante Eline. I Gaar og I Dag har jeg været paa Fabrikken, det er helt morsomt at begynde igen. I Gaar hilste jeg paa Professoren, han ville se, hvad jeg havde lavet og i Dag viste jeg ham det saa.
+Han syntes bedre om det end jeg paa nogen Maade havde ventet. Den lille Pige var han ligefrem meget glad ved, ligeledes Hvedemarken, nogle af Valmuerne, de vilde Roser, Adis og Dede osv.
+Han talte længe med mig om det og lod til at have meget Interesse for mig, men paa den anden Side skjulte han ikke, at han mente at jeg efter det maatte kunde præstere noget meget bedre paa Fabrikken. – Nu maa Du tjene mig i ikke strax at lade dette gaa videre til Sandholterne Præsten osv. Du ved, jeg ynder ikke at faa mine Affairer diskuterede og [overstreget:det] det til Dels omarbejdede af Egnen. - Ikke mere denne Gang. Kun 1000 Hilsner
+Alhed.
+Sig Dis at Nødderne smagte, kys de Smaa</t>
+  </si>
+  <si>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Vestergade 58 Aarhus</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup
+Lauritz  Brandstrup
+Johanne Caspersen
+Poul Caspersen
+Henrik Havemann
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Johanne Christine Larsen
+Mogens Lindhardt
+Otto Emil  Paludan
+Emilie -, pige i huset på Erikshaab
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Petrea Schmidt, g. Brandstrup
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
+Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
+Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
+Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
+Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
+Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
+Christines anonyme brev til præsten var en sjov idé.
+Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
+Lauras ben er dårligt. 
+Johanne/Junge har været syg og hjemme fra Sollerup.
+En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
+Petrea har fået fjernet et bryst og lider.
+Laura Warberg når kun at skrive hver 14. dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Christine Warberg
+Vestergade 58
+Aarhus.
+[Håndskrevet i brevet:]
+Erikshaab d. 22-1-92.
+Kjæreste Basse!
+Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
+Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
+Mange Hilsener Mor.
+Lørdag Middag!
+Min søde Basse!
+Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
+- Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
+Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
+I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
+  </si>
+  <si>
+    <t>ca. 10. april 1892</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Ingeborg Caspersen
+Marianne Høst
+- Jensen, Frøken, Erikshaab
+- Lübbers
+- Paulsen
+Benny Paulsen
+Julius Paulsen
+Fanny Schaffalitzky de Muckadell
+- Smidth, Frøken
+- Visbye</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik.
+Alhed kendte mange, der hed Caspersen/Kaspersen, så det er vanskeligt at afgøre, hvem "Lille Kaspersen" er. 
+Det vides ikke, hvad Marianne Høsts søster hed. 
+Det er ligeledes uklart, hvem Onkel Sigb. og Tamm... var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2172</t>
+  </si>
+  <si>
+    <t>Alhed takker for brev og julekage. Komtessen gav hende fire kroner i fødselsdagsgave, og Blaa gav hende en krone. Blaa har været meget syg af lungebetændelse.
+På fødselsdagen havde to kolleger stillet violer på Alheds bord, og de drak sammen chokolade og spiste kagen fra moderen. Da Alhed kom hjem, lå der en mængde breve, og hun fik flere violer. Om aftenen gik de i teatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vkZS</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Mange Tak for Dit Brev, Julekagen og det dejlige Fødselsdagsalbum, som jeg blev meget glad ved. Jeg blev paa min Fødselsdag "hædret paa alle mulige Maader"! - Comtessen mødte mig om Morgenen og overrakte mig 4 Kr; hun sagde, at hun havde tænkt at kunne gøre noget rigtig extra for mig paa min Fødselsdag, men det lod sig jo nu ikke gøre. Fra stakkels Blaa skulde hun give mig en Krone, hun vilde ellers selv have givet ["givet" overstreget] købt en lille Ting til mig! - Nu har hun det for Resten en Del bedre, naar blot Kræfterne ville slaa til! Det slog om til Lungebetændelse og saa i nogle Dage temmelig betænkeligt ud, saa der blev telegraferet efter Benny og de fik Sygeplejerske; den stakkels Fru Paulsen, hun har rigtignok haft mange Sorger og betænke ["betænke" overstreget] Besværligheder i den sidste Tid. - Men I skulde vel høre lidt om hvorledes min Fødselsdag forløb! - Frkn. Smith og Visbye havde stillet en dejlig stor Violbuket hen paa mit Bord ["r" i ordet indsat over linjen] og af Frk. Høst og hendes Søster fik jeg en Pakke russiske Cigaretter. Kl. 12 1/2 blev Frk Visbye inviteret ned til Chokolade, som blev nydt tillige med Din Julekage der blev holdt 4 Taler, Frk. Høst holdt Festtalen. - Da jeg kom hjem laa der en hel Bunke Breve til mig og der stod 2 ["2" overstreget] 1 Violbuket fra Frk Lübbers og een anden Buket i et nydeligt lille Glas fra lille Kaspersen; dette sidste var jeg meget rørt over, da hun har det forfærdelig smaat med Lommepenge. - Om Aftenen var Brandt og jeg til en Privatforestilling i Dagmarth. vi morede os brilliant og sad ved Siden af Julius Paulsen, der er lidt i Familie med Brandt. Dett er i høj Grad et Jaskebrev, men jeg er bleven sinket og skal endda have skreven [en stor blækklat og omkring den en cirkel samt ordet "Høj!"] til Onkel Sigb. og Tamm[ulæseligt] Hils foreløbig og Tak Frk. Jensen og den ["n" i slutningen af ordet overstreget] andre skrivende - Du skal snart igen høre fra Din Alhed.</t>
+  </si>
+  <si>
+    <t>1892-05-02</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+- Grauer
+Malin   Holmström-Ingers
+Leonard Holst
+- la Cour
+Johanne Christine Larsen
+- Laudrup
+Mogens Lindhardt
+Charles Rasmussen
+- Rasmussen, Århus
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Emil Vett
+Laura Warberg
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var ugift og gravid og "i skjul" hos ægteparret Rasmussen i Århus fra januar til marts 1892. 
+Den omtalte bog er muligvis: Mogens Lindhardt: En redegørelse for Luthers forståelse og anvendelse af Augustin i Romerbrevsforelæsningen, belyst ved en Analyse af Fortolkningen til Rom.7
+"men så sender du jo nok min dejlige Præst": Mogens Lindhardts bog, på hvis omslag der var et foto af ham. 
+Esprit de Valdemar: Nordens og Danmarks første parfume udviklet og solgt fra 1836. 
+Det vides ikke, hvem Leuden og Otto-Schoffen var. Fru Rasmussens søsters navn kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2702</t>
+  </si>
+  <si>
+    <t>Dr. Grauer troede, at Christine Mackie allerede havde født. Hun har købt Lindhardts bog med et foto af ham og sender den til Alhed Larsen, men Christine vil have bogen retur. Christine vil besøge Lindhardt, og hun er nervøs med tanken.
+Brevene til Alhed er meget længere end dem, som Leonard Holst og moderen får. Leonard kalder hele tiden sig selv en usling og en stymper i sine breve.
+Christine har lavet navlebind og klippet stof til skjorter. Hun beder Alhed fortælle Julie Brandt om graviditeten for det piner hende, at hun har holdt den hemmelig for sin veninde.
+Hr. Rasmussen er irriterende, men også komisk.
+Christine spørger, hvad Fru Laudrup siger til Alheds natlige udskejelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnLh</t>
+  </si>
+  <si>
+    <t>[Med sort blæk på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+[Med rødt blæk på kuvertens forside:]
+No 4
+[Med blyant på kuvertens forside:]
+Christnes breve om
+(Mornine)
+fødslen lille Nete
+blev adopteret af
+tante Visse
+[I brevet; med blå farveblyant:]
+Aarhus Jan. 1892
+[I brevet; med sort blæk:]
+Kæreste Alhed!
+Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
+Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
+Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
+Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+  </si>
+  <si>
+    <t>1892-09-17</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Clement Caspersen
+Johanne Caspersen
+Olga Caspersen
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Rasmus Knudsen
+Alhed Larsen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Hans Smidth
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Anders -, Ølstedgaard</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. E og Signe var. 
+Dora var en hest på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0366</t>
+  </si>
+  <si>
+    <t>Amstrups, som var indbudt, kom ikke, og det var en skuffelse. 
+Paludan siger, at Albrecht Warberg kommer hjem omkring den 1. Det ærgrer Laura og Ellen, at Albrecht kun holder et enkelt selskab, når de har sendt så meget bagværk.
+Thorvald Balslev har været på besøg.
+Når lille Agnete er i køkkenet, henter Gamle Anders hende, og han og Rasmus Knudsen leger med hende i folkestuen.
+Laura Warberg har fået nogle numre af Nordstjernen. Hun beder Albrecht tage en mappe med til hende fra København. 
+Frederik vil meget gerne ride på Dora.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nEHp</t>
+  </si>
+  <si>
+    <t>Kjæreste Ven!
+Vi var rigtig nok glade ved Brevene fra Dig og Junge igaar. Elle gik fra Kirken lidt tidligere end jeg og til Højrup efter dem. Jeg fik ogsaa fra Tante Hanne og Elle fra Signe. Det kunde nok behøves for os med en extra Opmuntring, da vi blev skuffede ved at Amstrups ikke kom; jeg havde bedt dem til at spise til Middag her saa de skulde have Barnet og Frk. E. med og rejse tidligt hjem Sybergs kom et lille Svip om Eftermiddagen De venter jo Conne og Else ned d: 4-5 Nobr, men jeg har sagt, at det er tvivlsomt, om Du er hjemme til den Tid, jeg har forstaaet, at Du blev 4 Uger og ikke iaar vilde tage 2 Luftklokke Bade paa en Dag. Lige nu siger imidlertid Paludan, at Du kommer ved d: 1ste, og han maa vel vide det, og jeg skal saa sørge for, at Gloruperne faar det at vide. – Det var jo rart, Du fik Vognen byttet, naar Du ikke var rigtig tilfreds med den første. Du kan ellers troe, at Elle og jeg havde en General Ærgrelse igaar, da vi hørte, at I kun faaer et Selskab til al den masse Masse Bagværk, vi har sendt, og stegt og bagt om igjen, at I kunde have noget frisk til det sidste Selskab. Den Lagkage og Krandsekagen var det fineste, vi kunde finde paa at bage og der var nok til det største Selskab her hjemme. Jeg kan slet ikke regne ud, hvorfor I har opgiver de andre, om I maaske mener der er temmelig lidt Plads til det (dette er Paludans Gisning). – I Lørdags ved 5 Tiden kom Studenten pludselig dumpende pr. Cycle; han var et Par Timer paa Gelskov paa Rejsen til Odense fra Faaborg og Vesterhæsinge. Han sad her en Timestid, fortalte bl.a., at han denne Uge rejser til Kbh. og vil besøge baade Dig og Børnene. Han var endnu forkjølet fra Høstgildet. – I Fredags Aftes var Fr. Jensen, Pal. og jeg til Aften paa Gjelskov i Anledning af Amstrups. Smidt kom af sig selv. Visse fortalte, at naar lille Agnete sidder i sin Kasse hos dem i Køkkenet, saa kommer gl. Anders ind ved Middag og siger ”Nu skal hun derud,” og saa tager han hende med i Folkestuen, hvor han og Rasmus Knudsen leger med hende, saa den lille ler og pludrer løs! Anders synes, det er synd, hun sidder i Kassen, hvad hun for resten er gruelig glad ved og sidder og sparker og leger. I vor Kurv vælter hun. Igaar havde vi en hel Bunke Nordstjerner at more os med; jeg fik derved min Lyst fornyet til en Mappe med Overlag (1 Kr. 50 Øre) om Du kunde tage en saadan med hjem til mig, vilde jeg være meget glad. Alhed har saa tit lovet mig det. Mon den ikke faaes i Nordstjernens Expedition i [overstreget ord] Industribygningen? det har jeg faaet ud af Bagsiden paa Bladet. Igaar Aftes begyndte Regnen igjen, Gaarden er blank af Vand og det regner idag. I har vel ligedan Vejr hos Eder. Det er da rart, Du har faaet et andet og bedre Værelse. Dengse vilde partout have Ærinde at ride igaar ”Dora" skal røres hver Dag siger han. Syberg bad ham da ride ud igjennem Odensebakken og see om der var begyndt at pløjes. Det var deslige ved Gjærdet. Clemserne kom iaftes (blev bedt) og vi gjættede Gaader af Nordstjernen. Nu Farvel søde Ven! Mange Hilsener fra Din Smaa. 
+Husk Børnene paa Fr. Jensens Regning.
+Paludan siger, der er intet paa Kontoret, der venter Dig hjem til d: 1_ste_, han mener som jeg – forhast Dig ikke, men tag Kuren fuldt ud:</t>
+  </si>
+  <si>
+    <t>1892-10-18</t>
+  </si>
+  <si>
+    <t>København
+Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Iffe -
+- Behrend, Frøken
+Christian  Brandstrup
+Eline  Brandstrup
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Carl Adolph Feilberg
+Peter Hansen
+- Jensen, København
+Fritz Kruse
+Alhed Larsen
+Eli Laub
+Esther Laub
+Frederik  Laub
+Christine  Mackie
+- Oppermann
+Johanne Oppermann
+- Rørdam, Fru
+Ellen  Sawyer
+- Thune
+Albrecht  Warberg
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Søstrene Christine, Alhed og Johanne f. Warberg boede 1892-1893 sammen i en lejlighed i København.
+Barnet Søren er formodentlig Jørgen Brandstrup, som var søn af Eline og Christian Brandstrup og dermed søstrenes fætter. Han var i 1892 to år. 
+Det vides ikke, hvilke Feilberg søstrene havde besøg af. de kendte flere med dette efternavn.
+Hvem fru Th., som Johanne muligvis skulle have plads hos, var, vides heller ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2004</t>
+  </si>
+  <si>
+    <t>Søstrene, Christine, Alhed og Johanne, har haft gæster til kage. Johanne har set meget til Brandstrup-familien. Hun vil opgive sin sløjdundervisning.
+Johanne ved ikke, hvorfor moderen tror, at Alheds bekendtskabskreds består af "obscure" personer. Søstrene er sparsommelige og ser i øvrigt ingen mandfolk.
+De tre søstre har frygtelig mange udgifter. Det er dyrt at bo i København.
+Johanne og faderen skal på besøg på Hvilan (skole i Sverige).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zYdu</t>
+  </si>
+  <si>
+    <t>Onsdag 18-10-92. Waldemarsgade 30
+Kære Mor!
+Lige så villigt som du indrømmede, at dit Brev var lidt gnavent, lige så villigt indrømmer vi at vi er og altid har været og vist desværre altid vil vedblive at være: nogle Smølehoveder, men dit Brev virkede, saa vi øjeblikkeligt faar gjort Anstalter til den vanskelige [ulæseligt ord] at sende Kasser med Tilbehør. Md. Carlsen mener, at de skal hen til gl. Kongevej et Sted, for at afsendes; af besparende Hensyn bærer Md. Carlsen den ene og jeg den anden. – Det er kedeligt, at du er saa misfornøjet med, at vi ingen flere [over linjen skrevet ”flere”] Selskaber fik; men Kagen kunde min Syv – hvor stor den end var have slaaet til, til 3. Tænk paa, vi var 10 Mennesker - der tog godt fra, for udmærket var den jo – der skulde bespises af den Md. Carlsen skulde da også smage den. Resten af den gik en Aften, da vi havde Himmelbjærgsturen samlet; dem skyldte vi jo; vi havde for Resten en morsom Aften og der blev lagt Plan til et Karneval midt i November, skal blive knusende morsomt. I Søndag Formiddags var vi - efter at have spist Frokost i Paraplyen – hos Bedsteforældrene. Onkel Christian kom der netop med Søren – en aldeles dejlig Unge – og Onkel Fritz (Kruse) Vi var der temmelig længe og fik Kaffe; derfra gik vi hjem og Far med ud til Onkel Chr.&amp;amp; Tante Eline. Da der ikke gik noget videre i Teatrene, bød Far Emil og Lut hen til os; Lut var imidlertid ikke til at finde – de vidste ikke, hvor han var henne, saa Emil kom alene; desuden var Brandt hos os; vi havde det rigtig morsomt, havde dække Bord med And og Sardiner og andet godt og senere på Aftenen Makroner og Tokajer. Onkel Emil lovede at tage mig med en Aften til Valkyrien; det var jo et svært Koup for mig, bare han nu holder det. – Mandag saa vi slet ikke Far, men Tirsdag fik vi Brev fra ham, at han bedt Fejl ["Fejl" overstreget] Feilbergs til Onsdag Aften – du har vel skrevet et misfornøjet Brev, der saa har gjort sin Virkning, samt om vi vilde møde ham Tirsdag Aften hos On. Chr. &amp;amp; Tante Eline. Efter at have drukken The gik vi saa derud i Aftes; vi havde det meget hyggeligt, de bor saa yndigt og fik Syltetøj og Kager. Paa Fredag skal vi sammen med dem hos Bedsteforældrene; det er Emils Fødselsdag. – I Aften kommer saa Feilbergs. Christine er jo ["jo" overstreget] ude at købe ind til det; det maa jo gaa fra Fars egen Pung, at vi ikke fik dem lige efter Wilhjelms, for saa havde vi jo ikke behøvet at købe noget. Vi skal købe Cognac, Sodavand, Bajere, Pålæg, Anchovis og saa faar de Frugt, Pærer og Vindruer. Gid dette nu maa gaa lige saa godt som det forrige, da erklærede jo Frk. Thune, at det var gaaet aldeles nydeligt. - - - Jeg havde tænkt at opgive Sløjd; jeg mente knapt jeg kunde overkomme mere, da Musikken jo vil tage lang Tid hver Dag, og jeg har meget at forberede mig til i Sprog og Historie, og jeg jo ogsaa får Gymnastik; og saa mente jeg ikke, det var noget at give Penge ud til, da Brandt siger – hendes Søster har neml. haft Sløjd – at man gaar så langsomt frem, at man paa et halvt Aar ikke kan komme så vidt at man kan lave noget ordentligt – man får ikke Lov at prøve paa at lave noget selv, men maa sidde en Evighed og øve sig paa noget, der bliver til ingenting, blot en Stump Træ; tilmed kan jeg kun faa 4 Timer om Ugen, da mine Kursustimer falder paa samme Tid som Sløjdtimerne hos Mikkelsen og det er den bedste Sløjdskole – vist den eneste, der er noget ved. Nu er det jo galt, da du har skrevet det til Fru Th., men den Plads er jo da usikker, så – men nu overlader jeg det til dig om jeg skal have det eller ej; Jeg havde langt mere Lyst til nogle faa Timer i Håndarbejde. jeg havde netop tænkt at tale med Far derom i Aften, men det gør jeg saa ikke. – Jeg forsikrer dig to Ting højt og dyrt, 1) at vi lever sparsommeligt og 2) ["(2)" indsat over linjen] at vi ingen Omgang har med Mandfolk. Jeg havde – jeg ved ikke hvordan – fået Indtrykket af at her var en hel Suite af unge Kunstnere, Studenter m.m. men her er min Sandten ingen – endnu har jeg da ingen set – saa du kan være rolig, vi omgås ingen ”obscure” Personer; Det maa vist være dig selv, der har givet mig det fejlagtige Indtryk om alle Alheds Malerbekendtskaber. P. har ikke sat sine Fødder her i den Tid, jeg har været her, de eneste Mandfolk her kommer er Far – ja i Går var Hr. Laub her, men han er jo da en anstændig Person; det var for Resten morsomt han kom med alle 4 Unger og sad et Øjeblik. De rejser i Aften igen. – 
+Alhed er vis paa at have betalt Frk. Jensens Regning, fik Kvitering, men har den ikke mere. Ang. Strømperne var vi først hos en, Brandt anbefalede og som vi vilde se paa først; men han strikkede kun og tog 50 Øre for Parret; der var 3 strikkede Par som vi så efterlod der, så sparede vi da 1½ Kr. Med megen Besvær fandt vi så ham i Farimagsgade, men de var optagne i en hel Måned, så det kunde ikke blive til noget. Ham paa gl. Kongevej som Alhed kender anbefalede Fru Rørdam ogsaa – hvorimod hun ikke yndede din i Farimagsgade – men om Far når at faa dem med er tvivlsomt. – 
+Jeg har glemt at fortælle, at Lut ogsaa kommer i Aften, [over linien skrevet ”i Aften”] men om Frk. Opperm. som Alhed be’r i Dag kommer ved jeg ikke; hendes gamle Tante skal begraves i Morgen, saa hun kommer vist ikke. Det kniber med Pladsen, når vi – som sidst – har 4 fremmede, Dagligstuen er propfuld, men når man tager det lidt med Ro under Spiseakten, saa naas det jo alligevel. - - - Der går meget mere til i Kbhn. af Penge end man aner; som Eks kan jeg anføre: Chr. fik sin Paraply knækket paa Skovturen, min er har ["er" overstreget; over linien skrevet ”har”] til min store Sorg faaet et Knæk jeg begriber ikke hvordan, det må være sket paa Kursusset [det tedje "s" i ordet overstreget], der er så knap Plads til Tøjet; vor Keddel er gaaet itu, den rinder, vor Lampe kan ikke skrues, Kul eller Smaabrænde til at gøre Ild ved; vor Kakkelovn er snavset og skal renses mener Md. Carlsen, Frimærker, Svovlstikker Petroleum, Chr. skulde have et Spejl at synge ved havde hendes Lærerinde paabudt 50 Øre – se alt den Slags tænker man ikke paa, når man er paa Erikshåb og lige kan gaa og tage det; - Sæbe og Soda til Vadsk og Md. Carlsen 1 Kr. for at vadske. Det er ikke fordi, I har sagt vi bruger for mange Penge, at jeg skriver alt dette, men fordi, du ikke maa tro, andet end at der gaar mere til end lige Husholdningspengene. Jeg selv er saa bestyrtet over saa mange uforudsete Udgifter. Skulde vi drikke sød Mælk hver Dag var det 42 Ør. for hver Litter!!! Saa det vilde jo være vanvittigt. Vi skal nok købe Æg paa Torvet når disse slipper op. Vi vilde saa umaadelig gerne have lidt smaa Te sendende; vores er lige ved at slippe op og vi gruer for at købe The allerede. Ost vil vi gerne have, men ikke salt Kød, vi har jo hele det Lammelår endnu. – Alheds og min Gymnastik er 2 Timer om Ugen på gl. Kongevej fra 7-8 om Morgenen. Fru R. korser sig over alt det, vi har for, mener vi kan ikke tåle det. Tænk! Chr,s Spillelærerinde Frk. Behrend har faaet Aarebetændelse i det ene Ben, og Chr. har nu faaet en anden i Bredgade – en forbistret Vej; men det falder heldigvis sammen med hendes Stenograferen, der jo også er et Sted ved Bredgade. – Hør Mor! Vi aner jo ikke, hvor den Fabrik er paa Christianshavn og har ikke Tid til at gå en Dagligdag og få den sporet op og en Søndag er der jo lukket. Maa vi ikke tage den et andet Sted? S.u. Paa Lørdag skal saa Far og jeg til Hvilan. Bed Elle om at sende, det om ”Kvinderne” som [ulæseligt] sendte os, enten ["enten" overstreget] til Hvilan, Iffe bad mig om den, jeg havde et ”Velkommenbrev” fra dem i Gaar. Hun kan jo skrive til Iffe med det samme. Det skal helst være straks. – Undskyld nu, hvis dette Brev er lidt jaget skreven, men jeg har jo travlt, da vi jo skal ha Fremmede, og jeg skal lære Lektier – Øvningen har jeg opgivet for i Dag – og jeg jo skal have de Kasser besørgede. – Jeg har komplet Skrivekrampe, det er gået i en sådan Fart.
+[Skrevet på hovedet øverst på side 1:]
+Jeg har fået de Handsker med Fugtighedspletterne farvet sorte for 50 Ør. jeg kom og bildte Chr. ind at det var nye for 4 Kr., desværre er de lidt for store. Tænker I lidt venlig paa mine Læderknappesko? Jeg savner dem egentlig – men det haster jo ikke sådan alligevel!</t>
+  </si>
+  <si>
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>Forår 1893</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Arnold Emil Krog
+Johanne Christine Larsen
+Christine  Mackie
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Pigerne boede sammen i Waldemarsgade 30 (BB 2003)
+Ingetagen er muligvis et gammelt tysk ord som betyder belejret, indelukket, fængslet.
+Det er uvist, hvem tante P. er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2210</t>
+  </si>
+  <si>
+    <t>Johanne er stadigvæk syg. De har haft mange besøgende med blomster. Alhed har tegnet flittigt. Både blomsterne og Johanne i sengen. Hun vil vise tegningerne til Krog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Osj0</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det bliver ingen rar Overaskelse for Eder af dette Brev at se at Johanne, som I vel trode var rask for længe siden, endnu går og skranter. Fastelavnsmandag fik hun stærk Feber, og da hun havde det endnu næste Dag og tillige ondt i Halsen turde vi ikke andet end hente Doktoren. Hun havde 39.2 hele Dagen, men allerede næste Dag noget mindre. Dr. kom 4 Dage i Træk han trode vist det skulde blive en rigtig Sygdom; men heldigvis blev det dog ikke til noget. Men en grundig Forkølelse har det saamænd været, og hun hoster en Del endnu, saa hun skal være meget forsigtig foreløbig. – I Dag er hun lidt oppe, Dr. gav hende Lov imorges. Kan Du dog ikke skrive til hende at hun skal købe sig nogle Uldbuxer, jeg kan ikke faa hende til det, og jeg er sikker paa det skærmer mod Forkølelse, det er hjulpen godt paa mig siden jeg begyndte at gaa med det i Efteraaret. – Vi har som Følge af Joh’s Daarlighed, levet stille ingetagen hele Ugen. Men Folk har været saa flinke til at komme og høre til hende samt medbringe Blomster og Kager. Jeg har været saa flittig med at tegne og male alle de Blomster. Jeg har tegnet Krokus og en Hyacinth, malet en hvid Hyac. malet Røde Tulipaner, som alle synes ere saa gode, tegnet Johanne i Sengen samt begyndt paa et Maleri af Chr. ved Klaveret. Er det ikke en storartet Flid.
+Nu skal jeg en af Dagene have det ud og vise Krog det. – Jeg er ikke begyndt at synge endnu, men jeg begynder nu til den første. Du har vist misforstaaet det jeg skrev om Betalingen. Jeg har ikke betalt i den Tid, jeg ikke har sungen, Men Anna har sungen paa de samme Betingelser, som hvis vi begge sang, vi faa Moderation, naar vi synge to. – 
+Christine synger derimod stadigvæk. – Den Frk. Lund, Christine skulde spille med, maa vist have betænkt sig, hun melder sig stadig ikke. – Huskede Du Tante P’s Fødselsdag i Gaar? Vi ville skrive til hende, det Skind, hun trænger vist haardt til en Smule Opmuntring, det maa jo være frygtelig at gaa og vide, at ["det" overstregethun rimeligvis kun har faa Maaneder tilbage at leve i. – Bedstemoder havde haft Brev fra hende forleden det havde nok været en stor Skuffelse for hende ikke at blive bedt til Erikshaab i Julen. Jeg synes, Du skulde skrive ligefrem til hende, at Du er bange for Smitte; det maa jo være skrækkeligt for hende hvis hun tror at I ere blevne trætte og kede af dem, ved stadig at skulle hjælpe dem. --- Det er ikke noget muntert Brev men vi oplever heller ikke noget muntert i denne Tid. – Onklerne var her forleden Aften, Lud har saa travlt i denne Tid, saa vi ser ham sjældent. – Vi var til The hos Etatsraadinde Schou forleden Efterm. blev stærkt trakterede med Kvædegelé, Kvædebrød, Kakaolikør foruden The og Kager. Hun er meget elskværdig.
+Nu kun mange Hilsner til Eder alle Din Alhed.
+Christine glæder sig til at komme Hjem i Paasken.</t>
+  </si>
+  <si>
+    <t>maj 1893</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Ellen Brønsted
+Arnold Emil Krog
+Johanne Christine Larsen
+Nicolaus Lützhøft
+Christine  Mackie
+Johanne Oppermann
+Theodor Oppermann
+Phillip Schou
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Ungen er muligvis Alhed Larsens lillebror Andreas Warberg f. 1883.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2193</t>
+  </si>
+  <si>
+    <t>Alhed er meget plaget af hoste p.gr.a. arbejdet på Porcelænsfabrikken. Onkel Lud har talt med Krog. De er enige om at hun skal rejse hjem til sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lFaZ</t>
+  </si>
+  <si>
+    <t>Kære Moder!
+Jeg havde tænkt ogsaa at skrive et ordentligt Brev i Dag, naar Joh. skrev. Men saa opdagede jeg, at det var høje Tid at tage fat paa at male mit Blommetræ, saa opsatte jeg Brevet; Kunsten fremfor alt! – For at blive ved det Emne! Saa tror jeg nok, at I faar den Fornøjelse at faa mig hjem i Sommer. – I Søndags var Onkel Lud ude hos Krog og de havde da drøftet mig, min ”Kunst” og mit Helbred! De var enige om, at jeg paa Grund af begge disse sidste Dele maatte hjem i Sommer! Krog kunde ogsaa godt se, at jeg gik og saa daarlig ud. Forresten er jeg meget bedre nu, men dog ikke mere befæstet, end at jeg igen i Nat hostede en Del.- Jeg glæder mig umaadelig til det, og venter mig meget af Sommeren! Jeg har endnu ikke talt selv med Krog, men vil gøre det med det første! Onkel Lud mente, at jeg skulle rejse strax, men jeg vil helst vente en 14 Dages Tid, for at tjene noget til Maling og alt hvad dertil hører. Jeg vil ogsaa gærne se Udstillingerne nogle Gange. – Kan Elle dog ikke rejse herind sammen med Chr.? jeg vilde saa gærne være her sammen med hende og forevise hende disse Bunker af Malerier o.sv. - -- Vi har saa forfædelig meget for i disse Dage! I Morgen er der paatænkt en Tur ud til Birkerød til Maleren Bredsdorff sammen med Frk Opperm hendes Broder, Lützhöft, Kunstneren og Anna. – Joh. har været ude paa Fabrikken i Dag og set en stor Brand. Mens vi stod der oppe kom begge Direktørerne; Krog trykkede hende i Haanden! – Skulde I ikke have nogle gl. Edelwejsblonder og andet, som Chr. kunde faa ind til min sorte Kjole, jeg har maattet sprætte Silketøjet af! – Tak for den dejlige Pakke! Vi har ordentlig nydt det! – 
+1000 Hilsner til Eder alle Din Alhed.
+Knusk Ungen fra os.</t>
+  </si>
+  <si>
+    <t>1893, sommer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+- Carlsen, Madam
+Alhed Larsen
+- Rørdam, Fru
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Brevet må være skrevet sommeren (det er hedt) 1893, hvor Alhed og Johanne/Junge Larsen samt Christine Mackie deltes om en lejlighed i Valdemarsgade, København. Alhed rejste hjem til forældrene denne sommer, da hun havde helbredsproblemer.
+Drapfarvet: Lys gråbrun (Ordnet.dk).
+Taruperne boede formodentlig på Tarupgård ved Odense. Et besøg på denne gård nævnes i Laura Warbergs brev til Christine Mackie 1893-08-17. 
+Fru Rørdams søn kendes ikke. Karen kan være flere forskellie personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2734</t>
+  </si>
+  <si>
+    <t>Laura Warbergs brev:
+Det er dejligt, at Christine så hurtigt kommer hjem. Hun må sende jernsengen med tilbehør som fragtgods og medbringe nogle ting til søsteren, Johanne/Junge. Christine bør også tage gardinerne ned og dække vinduerne mod solen med lagner.
+Alhed Larsens brev:
+Juliane Brandt er velkommen.
+Alhed beder Christine tage den gule silkekjole med hjem. Mon hun kan nå at sælge kjolen med skotskterner?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wRlR</t>
+  </si>
+  <si>
+    <t>[Laura Warbergs skrift:]
+Fredag Kl. 6 -
+Kjæreste Basse!
+Det er da magels yndigt, at Du kommer paa Søndag, fremfor alt for at Du kan blive fri for at arbejde i denne Hede. Det er da en storartet Tur I har havt, hvor kunde I dog gaae saa langt! Taruperne kommer Onsdag, altsaa Juliana kan godt komme med og er velkommen. Du kommer absolut til at sende som Fragtgods Jernsengen med Tilbehør af Madratser, Puder, Tæppe ogsaa [ulæseligt ord], Skraamadrats. Jeg kan ikke undvære den i Sommer og det har jo aldrig været Meningen, at I kun i Vinter skulde have 3 Senge. Den brede er jo til at ligge to i en kort Tid, naar en besøger Eder. Alhed mener, det bliver ikke saa let at faae den sendt, men Junge siger, at Md. Carlsens Søn kan besørge det. Lad det komme afsted [ulæseligt ord] Eftermiddag, Du kan vel pakke Sengeklæderne mellem Madratserne, eller har I en Sæk? Jeg er ikke glad over, at Du faaer dette saa hovedkuls; men det faldt os jo ikke ind, at Du kom saa hurtig hjem. Kan Du ikke lade Md. C. hjælpe Dig? Fra Junge om Du vil tage hendes Fødselsdagsalbum og en Cigarkasse med Breve, der staaer bagved Puffen. Gid Du kunde tage Eders Gardiner ned, og hænge noget op for Vinduerne for Solen, Lagner? Glem nu ingenting lille Basse, det vil jo ikke blive let saa, at faae det. Hils Rørdam mange Gange. Karen er her i Efterm. nu kom Marie Sperling, her er livligt kan Du troe! Kjærlig Hilsen Mor. 
+[Alhed Larsens skrift:]
+Sludder Brandt med Dine Betænkeligheder, Du er naturligvis velkommen, Dit Fæ. - Christine; vil Du endelig tage min gule Silkevifte med hjem, jeg skal bruge Tøjet til min gule Silkekjole - Muk og jeg var i Odense i Onsdags, ved 1 Toget tog vi mod La[ulæseligt] med sit straalende Ansigt - Det var da en sjov Tur, det var brillant gaaet. - Uh, jeg vilde jo saa gærne have, at Du skulde have solgt min drapfarvede Kjole med det skotske, men det kan Du vel ikke naa?? Jeg trænger saa haardt til en Smule Mønt. Marie og Karen er her Alhed
+Mor siger, Du kan jo købe en Sæk hvis Du intet har til Sengeklæderne
+[Skrevet øverst på sidste side; på hovedet:]
+Hils Rørdams og Md. Carlsen
+Sørg godt for vore Blomster</t>
+  </si>
+  <si>
+    <t>1893-01-19</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Christian  Brandstrup
+Eline  Brandstrup
+Julie Brandt
+- C
+Alhed Larsen
+Hans Lorentzen
+Christine  Mackie
+Elisabeth R
+Johannes Rump
+- Rørdam, Fru
+- Thune</t>
+  </si>
+  <si>
+    <t>Haabet er Erikshaab, som var Warberg-søstrenes barndomshjem.
+Søstrene Christina, Alhed og Johanne f. Warberg boede sammen i en lejlighed i Waldemarsgade, København, på det tidspunkt, hvor brevet er skrevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2056</t>
+  </si>
+  <si>
+    <t>Johanne ønsker sin mor tillykke med fødselsdagen. 
+Det er meget koldt, og vandrørene er frosne, så Madam C må bære vand op til søstrene og Fru Rørdam. Det er hårdt for de fattige.
+Alhed har købt noget porcelæn for Rump, og han kom så besøg med blomster samt for at høre Tannhäuser. Rump og hans søster var tæt på at komme på besøg på Erikshaab i julen. 
+Loria, Brandt, Laders og Junge har været ude at gå på isen på Øresund i flot frostvejr. 
+De tre søstre bruger meget koks i den kolde tid, og prisen på koks er også steget - dette skal deres far lige vide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y33E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor.
+Tusinde hjærtelige Lykønskninger til din Fødselsdag! Gid du i det nye Aar "længe leve
+i Fryd &amp;amp; Velstand sveve!"
+Jeg vilde nok ønske, at vi var paa Haabet i Morgen; det er nu andet Aar, at jeg ikke er hjemme på din Fødselsdag. - -
+Tak for Pølserne! de er storartede. Det er dog rent forfærdelig med den Kulde. Vi kan ikke faa Vand fra Hanen i Køkkenet; Vandrørene er frosne saa Madam C. maa hente alt det Vand vi og Rørdams skal bruge nede over nogle Gaarde inde fra - en Hestestald. Og Afløbet er selvfølgelig ogsaa frossent, saa hun maa bære alt ned. Det er frygtelig drøjt for hende. - Her er saa meget Nød i Kbh. siger man. De Stakler, der ingen Ting har, saa de maa sidde og fryse. Uh ha! -
+Alhed havde forleden købt noget Porcellain for Stud. Rump og han var oppe en Aften for at hente det; han kom med den Besked, at Stud. Lorentzen vilde komme næste Aften for at "høre Tannhäuser" - hvilket vi havde sagt til ham paa Rejsen - Næste Aften ringer det paa - jeg bli'r meget overrasket ved i Stedet for Loria at se Rump; han havde en dejlig Hyazint og 3 Tulipaner - i een Urtepotte - med til os; han sagde, at da han vidste, at Tannh. gik, kunde han ikke modstaa et lille Svip herop for at høre den. Var det ikke voldsom pænt af ham med Blomsterne? Senere kom Loria og efter en lille Smule Overtalelse blev Rump ogsaa til The; det er et mærkværdigt Menneske, lige midt i sine Examensdage at gaa ud 2 Aftner i Træk. Det gaar ham for Resten saa godt til hans Examen. Har vi fortalt, at han &amp;amp; hans Søster nær havde kommen cyclende til Erikshaab 2den Juledag under Paaskud af at spørge om Vej til Odense!! - I Søndags havde vi en aldeles storartet Tur. Chr &amp;amp; Alh. var i Vartov, mens jeg sørgede for Frokosten hjemme; efter at have ["efter at have" overstreget] da vi havde spist Frokost kom Loria herop og spurgte om vi vilde med ud en Tur i det dejlige Vejr; vi var selvfølgelig straks parate og lagde saa Vejen om ad Læssøegade for at faa Laders &amp;amp; Elisabeth R. med. Paa Vej derhen mødte vi imidlertid Laders og Rump, der var paa Vej til os for at faa os med paa en Tur. saa vandrede vi ned til Havnen og (bliv nu ikke bange, Mor, der var ikke Gnist af Fare) derfra ud paa Sundet; det var bidende koldt saa vi maatte løbe om Kap for at holde Varmen, men alligevel henrivende dejligt, kold, klar Frostluft, og saa den vældige hvide Isflade og Kbhn. i det fjerne - kan jeg næsten sige, for vi var næsten ude ved "Trekroner" Men Kl. var mange, saa vi måtte vende Næsen hjem. Vi gik i Land ved Pavillonen paa LangeLinie; hvor vi traf Onk. Chr &amp;amp; Tante Eline, der havde været ude at leje Lejlighed, fulgtes ad til Kongens Nytorv, hvor næsten hele Selskabet skiltes; vi 3 og Brandt (det er sandt hun var med på Turen) i en Sporvogn hvilket vi var nødt til for ikke at komme alt for sent hjem, hvilket vi for Resten alligevel gjorde; vi kom frygtelig angrende, men Frk Thune var da ikke Spor af vred. Vi spiser jo Kl 2 1/2 om Søndagen, så det kunde vi umuligt naa hjem til. -
+[Det følgende skrevet øverst side 1, på hovedet:]
+Hils Far og sig, at der er gaaet et voldsomt Hul i vores Coksbeholdning og at de har lagt 1,20 paa Tønden paa Grund af Kulden, saa det bliver muntert, naar vi skal købe igen. Nu skal jeg ind og spille og saa kan Chr. tage fat. -
+Endnu en Gang hjærtelig til Lykke og en varm Hilsen til alle fra din Junge</t>
+  </si>
+  <si>
+    <t>1893-03-06</t>
+  </si>
+  <si>
+    <t>Arnold Emil Krog
+Johanne Christine Larsen
+Hedevig Lützhøft
+Christine  Mackie
+Phillip Schou</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem jødinden er. Muligvis Hedevig Lützhøft, som Alhed i perioder gik til undervisning hos.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2195</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til far. Warberg-søstrene har været til et stort karneval. Professoren på Porcelænsfabrikken syntes godt om Alheds billeder. Direktør Philip Schou har holdt jubilæum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ikCS</t>
+  </si>
+  <si>
+    <t>Kære Fader!
+Maa jeg herved overbringe Dig min hjærteligste Lykønskning til i Morgen! Vi sender Dig ikke nogen kostbar Gave til Din Fødselsdag, da vi mene, at det egentlig er en tvivlsom Ære og Fornøjelse at gøre Dig! Du kan tro det Karneval var en dejlig Fest! Udstyrelsen af Lokalerne var aldeles imponerende, man kunde nok se, at det var Kunstnere der havde lavet det! Beskrivelsen om det er for Resten udmærket baade i ”Politiken” og ”Dannebrog”. – Jeg kendte ikke saa faa men sluttede for Resten ogsaa Bekendtskab med en Del, jeg ikke havde set før. Du ved maaske, at jeg har læst noget Italiensk paa egen Haand i Vinter det [blækklat] ⃰ mig udmærket til Gode. – jeg traf flere der talte brillant Italiensk.
+[indsat langs kanten: ⃰ kom (undskyld)] 
+I øvrigt vil jeg overlade til Christine at fortælle om Karnevallet, jeg tror, hun kan gøre det mere ”malerisk” end jeg, og jeg har flere andre ting at fortælle om. – Jeg viste i Dag Professoren mine Tegninger og Malerier, og han syntes godt om dem; særlig roste han Johanne i Sengen; ”aldeles nydelig” sagde han og ”kunde ikke være gjort kønnere”. – Det er en Fornøjelse at vise ham saadan noget, han siger ligefrem, at jeg efter hans Mening har meget betydelige Evner! – Naar jeg bare kunde komme lidt bedre efter det Porcelain, men han trøstede mig med i Dag, at det kunde jo godt være at jeg pludselig en skønne Dag kom efter det! – Vores Direktør ”Philip” holdt Jubilæum i Gaar. Vi sendte ham en fin Adresse! Som Du vel har set i Politiken, var flere af ”Kunstnerne” derovre at lykønske ham; jeg fortryder næsten, at jeg ikke gik med. De fik Champagne, Is osv. Direktøren holdt en til Dels morsom og til Dels rørende Tale. – Jeg skal ind at synge hos ”Jødinden” i Dag. – 
+Til Slutning vil jeg endnu en Gang ønske Dig alt muligt godt i det nye Aar, f. Ex at du ikke maa faa for megen Astma, - men dog vil jeg ønske at Du maa komme herind til Efteraaret!! – 
+Din hingivne Datter
+Bø-ø-ø-ø!</t>
+  </si>
+  <si>
+    <t>1893-06-12</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Rigmor Balslev
+Thorvald Balslev
+Malin   Holmström-Ingers
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Marie Leth
+Christine  Mackie
+Christian Nissen
+Marie Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Søstrene Christine, Alhed og Johanne Warberg boede sammen i Valdemarsgade 30, København i 1892-1893. Johanne og Thorvald Balslev var forlovet i flere år, men de blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0008</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at forældrene bifalder hendes valg af Thorvald Balslev, som hun er blevet forlovet med. 
+Lars Christian Balslev (Laders) skal til eksamen fredag, og hans moster holder fest for ham lørdag. Thorvald og Johanne kommer til Erikshaab tirsdag.
+Nu bliver studenterforeningen opløst for denne sæson. Først har de dog en afskedsudflugt for Rigmor og Christian Edvard. 
+Johanne og Thorvald har været på en dejlig gåtur.
+Johanne er glad for at slippe for forlovelsesfest</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ubbn</t>
+  </si>
+  <si>
+    <t>Waldemarsgd 30. 12 Juni Mandag.
+Kære Mor!
+Egentlig er jeg noget angergiven over, at I slet ikke har hørt fra os; jeg har aldeles ingen Undskyldning uden den, at Tiden løber, uden at man ved, hvor den bliver af, og at man jo er meget optaget af alt muligt lige naar man er bleven forlovet. – Baade Thorvald og jeg siger dig og Far tusind Tak for for Jeres Breve og de [skrevet oven over linjen: ”de”] gode Ønsker til os og ikke mindst fordi I lader til at være bleven glade ved det og tilfredse med mit Valg. - - Christine havde tænkt og sagt, at hun vilde skrive hjem og berette Jer om saadan en storartet Aften, vi har haft her; men Smølet har nok ikke gjort det. Nu kan det vente til jeg kommer hjem, saa kan I faa mundtlig Beretning om hele den sidste Tid herinde. – Vi kommer desværre ikke Lørdag alligevel; Laders skal op Torsdag og Moster vil helst have Gildet for ham Lørdag; saa synes vi, at Søndag er saadan en løjerlig Dag at rejse paa, altsaa tager vi først herfra Mandag og kommer [skrevet oven over linien: ”kommer”] velsagtens til Erikshaab Tirsdag; det er kedeligt nok vi ikke kan komme Søndag som du havde tænkt, men det kan ikke lade sig gøre – Nu opløses Foreningen lidt efter lidt for denne Saison; Alhed og Marie er borte, i Dag rejste Rigmor og ChrEdv. Nissen og paa Mandag Thorvald og jeg saa der er bliver ["er" overstreget; "bliver" indsat over linjen] kun en lille udholdende Skare tilbage; du kan ogsaa tro, her er ækelt inde ved denne Tid med Hede og Støv – forleden Eftermiddag var Thorvald og jeg for Resten saadan en dejlig Spadseretur ud ad den gamle Kjøgelandevej; der var fuldstændig landligt, dejlige Kløvermarker, Heste og Kør, Stranden i Baggrunden og en henrivende Solnedgang. Nej, naturligvis kunde det ikke skjules med Forlovelsen; herinde er Hemmeligheden ogsaa fuldstændig offentlig, men det gør jo heller ingen Ting; Laders havde skrevet det til Marie Sp. og velsagtens glemt at bede hende tie med det. – Jeg er saa glad ved at vi slipper for Kort og Selskaber og Visitter, jeg synes ikke der maa være noget rart ved det, jeg tror heller ikke Thorvald sværmer for det, nu skal jeg snakke med ham om det. – Jeg kan da tænke mig, hvor Frk. Jensen maa være henrykt – og hils Molle og sig, at hun er umaadelig klog, der sker jo aldrig noget uden at hun nok ”havde tænkt det” i Forvejen. - - - 
+I Gaar havde vi Foreningstur til Skodsborg til Afsked for Rigmor og Christian Edvard, det var en yndig Tur, men Stemningen var lidt mat, det var ogsaa saadan en trykkende Luft. – Thorvald og jeg ere blevne fotograferede, de siger det er godt af mig, af ham er det skidt. - - -
+Altsaa kommer vi begge Tirsdag med 2½ Toget, hvis I ikke hører fra os forinden. ----
+Tusinder Hilsner til Jer alle 
+fra Junge [lang skråstreg under de sidste to ord]
+Jeg har vist ikke hilst fra Thorvald, det skulde jeg da saa formannede Gange; vi glæder os aldeles ubeskriveligt til at komme hjem! - 
+Formannede: indtrængende.</t>
+  </si>
+  <si>
+    <t>1893-06-30</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Hvilan Åkarp Sverige</t>
+  </si>
+  <si>
+    <t>Iffe -
+Otto -
+Pehr -
+Johan  Balslev
+Laura Balslev, f. Leth
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Edvard Clemmensson
+Leonard Holst
+Jean Jensen
+Marie Juul
+Alhed Larsen
+Johanne  Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Christine Rasmussen
+Hempel Syberg
+Nicoline  von Sperling
+Vilhelmine von Sperling
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hvilan var en skole i Sverige. Ellen var elev på denne i 1893. 
+Den omtalte Thomas er muligvis Thomas Bredsdorff. 
+Det vides ikke, hvad Haugens Gange er. Emil Aarestrup anvender også begrebet i et af sine digte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0036</t>
+  </si>
+  <si>
+    <t>Johanne og Thorvald slås (for sjov). 
+Johanne er ked af hverken at høre fra Clemse/Climse eller Snøde-Pehr.
+Marie Juul har sladret om Warberg-søstrene. Fx har hun sagt, at Christine og Thomas havde opført sig på en måde, så Thora ikke kunne være sammen med dem, og hun har fortalt, at søstrene løj. Derfor har Alhed, Thorvald, Marie Sperling og Johanne opsøgt Marie Juul, og Alhed skældte hende ud. Derefter spiste de på Sandholt.
+Johannes forældre er glade for Thorvald. Der er ren idyl på Erikshaab. 
+Johanne kan godt lide Thorvalds familie og hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YbGR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Ellen Warberg
+Hvilan
+pr. Åkarp
+Skåne
+Sverige
+[Intet skrevet på kuvertens bagside]
+Bedste Elle.
+Mit Hjærte svulmer højt af Raseri og i denne Sindstilstand sætter jeg mig hen at forfatte en Skrivelse til dig, saa du maa undskylde om den bliver lidt krigerisk – i Begyndelsen i det mindste. Du er for Resten selv Aarsagen dertil, idet jeg neml. beklagede dig at du ikke var her og kunde dele Feriens Glæder med os paa Haabet og det fandt Bæstet Thorvald var Øllebrødsbarmhjertighed og drillede mig, kort sagt, saa at jeg sendte ham en Rejsetaske i Hovedet og ilede ned ad Trappen i Raseri.
+For Resten lever Thorvald og jeg da i ret god Forstaaelse, naar undtages at vi ere slemme til at slaas, d.v.s. selvfølgelig er det altid ham, der begynder, mig der nødes til Forsvar; alle mine ti Fingre har allerede adskillige Gange været af Led saadan klemmer og maser han dem. – 
+Det er jo egentlig længe siden, vi have vekslet Breve og jeg maa jo have oplevet en Del, som du ikke har hørt noget til. Og du som har besøgt Clemse i hans Hjem; det er rigtignok en Tur, som jeg misunder dig i højere Grad; har du aldrig snakket med Clemse om mig, om det, at han mente jeg havde lagt an paa ham; det kunde jeg nok have ønsket, om du havde klaret hans Begreber i den Henseende; han maa absolut være gal paa mig endnu; ellers vilde han skrive til mig og ønske mig til Lykke, det er umulig andet og jeg vil ikke nægte andet, end at det gør mig lidt ondt, hverken at høre fra ham eller Pehrs; hvorfor lille Snøde-Pehr ikke skriver til mig, det begriber jeg ikke og det gør mig især ondt; vi har dog virkelig staaet hinanden for nær til saadan helt at uddø for hinanden. Lad et Par Ord falde til ham i den Hens [”Hens” overstreget] Retning, naar du ser ham, du maa godt sige, at det gør mig ondt ikke at have hørt fra ham. 
+Her er en svær Uro i Hønsegaarden i denne Tid – takket være vor trofaste Ven, Marie Juul. Hun har i den sidste Tid været aktiv til at faa snakket om os til saa mange som muligt, saa daarlig som muligt. En Dag ovre hos Præstens havde hun fyldt Mor med nette, smaa Historier om os; f.Eks. at Christine og Thomas paa Skamlingsturen havde opført sig saadan at Thora var kommen hen til Marie og bedt om hun maatte gaa hos hende for hun kunde ikke holde ud at gaa med Thomas og Chr. saadan var de, og en hel Masse, som jeg ikke husker mere. – Til Fru Rasmussen nede i Faaborg havde hun bl.a. sagt – fortalte Fru R. til Frk Sperling – ”Det er jo kedeligt med Warbergs Pigebørn, at de er nok desværre saa usandfærdige” hvortil Fru R. havde sagt: Men er Johanne dog ligesom de andre, saa er det dog kedeligt, og Marie havde svaret Ja, desværre hun er [”hun er” understreget, og understregningen er streget ud] ligesom de andre; men da Fru R. kom hertil i sin Fortælling var Frk Sperling drevet ud i Raseri og sagt ”Ja hun er ligesom de andre, men de er ikke løgnagtige[”] o.s.v. o.s.v. Er det dog ikke et stift Stykke at sværte os hos Thorvalds Familie lige nu da vi er blevne forlovede? Saa forleden gik Alhed, Thorvald og jeg til Sandholt til Frokost og derfra til Østerhæsinge sammen med Marie Sperling for at give Marie Juul en Overhaling. Mens Th. og jeg lagde Beslag paa Johanne ved Croquetplænen førtes den ulykkelige Marie ned i Haugens Gange og blev der halet over af Alhed og Marie Sp. Alhed sagde f Ex. til Marie Ja, vi ved jo at du fortæller Historier, det er ikke noget nyt, men at du ligefrem er ondskabsfuld, det havde jeg dog ikke troet før nu, men nu ser jeg det jo – eller noget lgnd. sagde hun. Marie Juul brølede og var nok dog en Smule angerfuld, men paastaar at have fyldt Mor bare fordi hun holder saa inderlig meget af os – en mærkværdig Maade alligevel at lægge sin Kærlighed for Dagen paa. 
+Vi vandrede saa tilbage til Sandholt og spiste til Middag. Frk. Sperling holdt en lille Tale til Thorvald og mig og Frk. Castberg havde lavet en Sang til os. – Der paa Sandholt havde [”havde” overstreget. ”Var” indsat over linjen] var de været [”været” overstreget] meget optagne af hele Marie Juulaffæren og kaldte Alhed og Maries Rejse derover ”Den store Holmgang” og sang en ”Hør Vægter, hvor skal Slaget staa?” Er de ikke kostelige? – Det er jo egentlig voldsomt, at saadan et Menneske som hun er inde i den Sag, du ved nok; Alhed havde egentlig frygtet for, at hun skulde have hentydet dertil, naar Marie Sp. hørte paa det, men hun dyede sig da heldigvis ja hun turde naturligvis ikke andet end til for sine Forældres Skyld. – Her bliver for Resten talt saa meget om hende, at vi snart er ganske lede ved det hele; du skulde have set en Modtagelse vi gav hende den Dag, vi var derovre, vi saa ikke mildt til hende og hun saa lidt usikker ud til det. - - 
+Her er ellers – for at tale om noget andet og fornøjeligere – aldeles storartet at være kan du nok forstaa; de holder alle voldsomt meget af Thorvald – ikke mindst Far og Mor; jeg spurgte forleden Mor, om hun ikke kunde tænke sig en Gang i Tiden at kunne komme til at komme [”komme” overstreget] holde ligesaa meget af Th. som i sin Tid af Leon og til min Glæde svarede Mor: [”]Jooo – og endaa en Smule mere. – Han er jo da mere vores Lige.” Og Far kan udmærket snakke med ham, ligenu sidder de og river ned paa Damernes Logik – mit eneste Indlæg i Sagen er: ”Firiox” og – de tier rædselsslagne.
+Stemningen er henrivende – Eftermiddagsstemning med Sol og nedrullede Gardiner her i Fars Stue. Far i sin Sofa, Pallam med et lille Host og en Avisraslen inde fra Kontoret, Mor og Onkel Syberg drøftende Marie Juulgeschichten i Dagligstuen, [”i Dagligstuen” indsat over linjen] Lus med Hovedet i sin Bog, Gamle fordybet i de nyeste Beretninger fra Hovedstaden. Aviserne. Men i Øjeblikket er Duften fra det hele, da Thorvald er gaaet sin Vej. - - - - Otto og Schoffen og deres lille Plante har jo været her med den vel; de var søde og vi havde et Par hyggelige Dage sammen med dem. - - Jeg var jo i Tarup i et Par Dage og syntes godt om det hele; især Thorvalds Mor, hun var yndig, men næsten allermest om den lille Svoger, Johan; han var aldeles [det følgende skrevet på side 1, øverst, på tværs] henrivende; han lignede aldeles præcis Studenten; hans Mor sagde ogsaa at det var fuldstændig som han saa ud, da han var 13 Aar. Han var mageløs sød, den Unge. Og der var kønt lige omkring Præstegaarden en yndig Have og en lille Skov bagved med en Eng og en Aa!
+Jeg har Masser at tale med dig om, naar du nu kommer; (kom saa snart som mulig) ikke noget særligt, men sådan i al Almindelighed. Hilsen Johanne
+[Øverst på side tre er på hovedet skrevet:]
+Jo, jeg synes godt om [ulæseligt ord] og det gjorde jeg allerede paa Hvilan, han ligner Pehrs men er intet imod ham alligevel (? Han og Iffe ????[)]</t>
+  </si>
+  <si>
+    <t>august 1893</t>
+  </si>
+  <si>
+    <t>Sollerup, 5600 Faaborg</t>
+  </si>
+  <si>
+    <t>H Jørgen -
+Karen på Erikshaab -
+Mine -
+Rigmor Balslev
+Thorvald Balslev
+Christian  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Louise Brønsted
+Peter Hansen
+Th Jørgensen
+Hanne -  -, kokkepige Erikshaab
+Christine  Mackie
+Otto Emil  Paludan
+Skovfoged Rasmussen
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Albrecht  Warberg
+Jens  Ølsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg er muligvis på besøg hos sine forældre i København.
+Thopedeaborg er et lysthus/legehus, som Warberg-pigerne havde på Erikshåb.
+Studenten er en af brødrene Balslev, som alle læste teologi.
+Oste: kjole af ostelærred, som Alhed bl.a. brugte, når hun skulle male.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1969</t>
+  </si>
+  <si>
+    <t>Forældrene er ikke hjemme og "børnene" har det sjovt. Går lange ture og til te på Gelskov. Der har været indbrud i Thopedeaborg. Muligvis er det en af Muks "præstekammerater".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ftB0</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs, side 1:] Du maa endelig blive længe borte, det er sjovt at være alene hjemme! Elle foreslår at vi skal se at faa Hansen herhen nogle Dage, Du vil jo gerne have, at vi skal more os!!
+!!!!!!!!!!!!!!!!!!!! !
+Onsdag
+Kæreste Mor.
+Det var ikke ret meget af et Brev, Du fik i Gaar med Kjolen. Vi fik pludselig saa frygtelig travlt, da det blev bestemt, at Muk skulde af Sted med 2½ Toget og hædre Rimse med sin Nærværelse i Gaar Eftermiddag. Studenten vilde have haft os andre [overstreget: der] til at spadsere derhen, men vi viste Standhaftighed og blev hjemme. Med Muk var det derimod en anden Sag, mente vi. Hun skulde jo ellers af Sted med det første Tog i Dag, og da vi alligevel skulde have Bud derned med Din Kjole, mente vi, at det passende kunde ordnes paa den Maade.
+[Skrevet langs kanten:] Tak for Dit Brev der kom nu mens vi skrev
+– Turen ud til Gammelskov var prægtig. For Resten mest, inden vi naade Gammelskov, vi gik i Straalende Vejr herfra ved 9½ Tiden med Mellemmad i en Taske. Da vi var kommen lidt forbi Sandholt slog vi ind paa Markerne og paa den Maade gik vi lige til Haastrup uden at følge Vej eller Sti. Vi tog det med Ro ude i Bankerne, de [overstreget: r] vare dejlige, saa vi naade først Haastrup ved 1 Tiden. Th. Jørgensens blev meget glade ved os. Kunstneren traf vi der. Der var en Masse dejlige Malerier baade af hans og af P Hansens. – Ved 3 Tiden gik vi derfra – vi slog øjeblikkelig ind paa Markerne og styrede lige i Retning af Gammelskov, [overstreget: og] igen uden at tænke på Vej eller Sti. Vi kom igennem en Skov og over Masser af Gærder, som særlig jeg viste stor Behændighed ved at overstige; jeg opnaaede da ogsaa at rive min Kjole (Oste) i Stykker. Vi holdt Retningen saa godt, at vi kom [overstreget: ud] ud mellem Longhuset og Kistrup Skole, ligeved Opgangen til Bankerne, hvor vi skulle møde de andre. Vi gik derop og krigshylede saa det stod efter, men ingen svarede. Vi laa en lang Tid og ventede – plukke kunde vi ikke, da vi ingen Kurv havde. Saa gennemstrejfede vi Skoven ogsaa den Afdeling, hvor Skovfoged Rasmussen have, men uden Resultat. Tilsidst var der ikke andet at gøre end at gaa tilbage til Longhuset, hvor vi skulde træffe H. Jørgen. Der var de saa kommen. De havde ogsaa rendt rundt i Skoven og ledt efter os men det værste var, at de ingen Brombær havde faaet. Strax, da de var begyndt at plukke, var der kommen en Skovfoged og havde sagt, at de maatte ikke plukke før om en 14 Dages Tid, Greven skulde først have et Par Lispund. Saa hvad Brombærrene angaar, var det jo en uheldig Expedition. Longhusmanden sagde, at han havde en hel Masse paa sin Mark, som vi maatte plukke, og at de var bedre end Grevens. Naar vi vilde komme om 5-6 Dage, ville de være udmærkede.
+[Skrevet langs kanten: Det er dejligt I morer Eder saa godt. – Vi godtede os i Gaar, da Far skrev til Pal at han skulde til Tannhaüser. Hils alle Fyrene særlig lille [ Th?]
+Hvad skal vi nu gøre_?? S.u._ tage derud om 5-6 Dage (han ville sørge for at ingen andre plukkede dem) eller vente de 14 Dage? - - - Da vi kom kom hjem gik vi til Gelskov. Elle, Studenten og jeg til The, de andre (Molle og Muk) bagefter. – Men det var ingen morsom Tur, de var alt andet end elskværdige, navnlig mod Studenten, kaldte ham Kandidat Balslev, nok halvt i Spøg men alligevel paa en uartig Maade. Navnlig Tante Mimi var ikke rar, hun var egentlig ikke i daarligt Humeur, men hun var spids og skarp hele Aftenen.
+[Skrevet rundt i kanten:] Hils [ulæseligt ord] at jeg længes efter hans ”sjø”. Frygtelig Sjov alt sammen.
+Studenten lagde Mærke til det og talte om det baade da vi gik hjem og Dagen efter. Jeg lod det gaa paa Onkel Sybergs Sygdom, men han troede det vist ikke rigtig. – Jeg er rigtig vred paa Sybergs, det er en stor Skam af dem. – I Gaar Formiddags tilbragte vi omme i Pølen, Elle og jeg tegnede hver et Landskab, vi have faaet Malerlyst af at se alle de Malerier. - -
+Det er sandt, lad mig dog ikke glemme den Vigtigste af alle Begivenhederne. – Det er Mux Præstekammerat Mine, der har taget det paa Thopedeaborg. Det er opdaget under Haanden og for gl. Jens Ølsted (hendes Bedstefaders) Skyld lader de det falde med Politiet. Hun kom i Gaar Morges med det hele i et Tørklæde. Dis undersøgte forretningsmæssigt Sagerne og paatalte at Hængelaasen manglede; hun nægtede at have den, men det er nok ikke sandt. Hun skal være en styg Pige. Mux holdt Tale for hende, da de gik til Præst i Gaar, men hun viser ikke særlig Anger. – Gl. Jens er derimod fortvivlet. - - Dis skal have dette med hun gaar til Doktor, de var i Karret i Aftes. Jeg naar ikke at skrive til Christine i Dag, hvad jeg ellers havde villet tak hende foreløbig for Billederne, jeg vælger Profil det er godt det er godt. Alt gaar godt. Hanne er kolossalt elskværdig, Karen ligeså samt Ungerne. – Men Gamle kan kun gaa an. Hun sendte Bud efter mere Steg i Aftes, Hanne mente ikke, hun skulde have haft det, men vi er saa skikkelige med hende, ogsaa Palam og Molle. Hm! – Høgen har taget 3 af de store Kyllinger, Hanne mente, Du skulde have det at vide. – Vi fik brunet Hvidkaalsuppe og Prinsessebudding i Gaar, spiste halv 1 for Mux og Studentens Skyld.
+Hils dem alle Masser af Gange. Din Alhed.
+Greven kom i Gaar. Pal var paa Sandholt. Elle og jeg snakkede med ham, han var meget elskværdig. Jeg fortalte at Du boede hos Chr., han spurgte til Dit Hoved, og jeg sagde at du tog det med Ro derinde hvad Fornøjelser angik og var mest hos Chr. og de gamle i alt Fald de første Dage. Han spurgte ogsaa til mig og jeg fortalte, at jeg blev hjemme i [overstreget: Som] Vinter.</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1893-09-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Malin   Holmström-Ingers
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev og Johanne (senere gift Larsen) var forlovet. De blev ikke gift. 
+Harald Balslev og Alhed g. Larsen var kærester og muligvis forlovet i en treårig periode. Harald B kunne ikke beslutte sig for, om han ville giftes med Alhed eller ej, og mange bebrejdede ham hans nølen, da den gik hende på. 
+Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
+  </si>
+  <si>
+    <t>Thorvald sender fødselsdagshilsen og -gave. 
+Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
+Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cfam</t>
+  </si>
+  <si>
+    <t>29 – 9 – 93. Junges fødselsdag.
+Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
+Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
+Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
+På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
+Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
+[øverst på sidste side] 
+30-9.
+E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
+  </si>
+  <si>
+    <t>1893-10-29</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Leonard Holst
+- Jensen, Frøken, Erikshaab
+- Kiær, Klintebjerg
+Alhed Larsen
+Christine  Mackie
+- Poulsen, Frøken
+Ellen  Sawyer
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
+Johanne har selv tænkt over, at Thorvald og hun har forskellig holdning til religion - som moderen er inde på. Men har Johannes forældre ikke også det, uden at det har skadet deres samliv? Ja, Thorvald skal være præst, men i den nye generation er kvinden ligestillet med manden. Et par på egnen måtte bryde forlovelsen, fordi den ene var grundtvigianer og den andre indremissionsk, og det var Johanne vred over. Hvorfor er moderen dog bange for, at Johanne ikke vil være trofast? Fritænkning fører ikke til "vederstyggeligheder". Hvis Thorvald og hun ikke længere holder af hinanden, hæver de forlovelsen. Johanne hader i øvrigt mennesker, som bliver "for forlovede". Thorvald har sendt et godt brev, hvori han kommenterer spørgsmålet om forskellig opfattelse af religion. 
+Der skulle have været gæster - Kiær og en engelsktalende pige, som Johanne skulle samtale med, men de meldte afbud. 
+Ove har svært ved at lære at læse og skrive, men han er hurtig til det praktiske. 
+Carl Berthelsen taler om at invitere Albrecht på besøg og om at besøge Gelskov for at se på tyre, men han får det ikke gjort. 
+Det bliver sjovt at få Ellen på besøg. 
+Alhed har forsøgt at snyde med en togbillet. 
+Johanne spiller revyviser for Carl Berthelsen, og de minder hende om tiden i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rx6H</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+pr. Højrup Station.
+[I brevet:]
+Søndag Formiddag 
+29-10-93.
+Kære Mor!
+Tusend Tak for Hatten, som jeg fik i Dag, men jeg er jo alligevel saa angerfuld over, at du skulde knurre for dens Skyld, men det var vel ikke saa ondartet et Knur; jeg skal sige dig, at Fru B. havde allerede den Gang talt om at invitere Elle til om 14 Dage og ["og" overstreget] men ikke da bestemt at jeg kunde skrive noget om det, og saa længe kunde jeg ikke vente; min Hue har jeg, men de vilde have grint af mig, hvis jeg havde gaaet med den på denne Årstid; de er temmelig comme il faut i deres Klædedragt her. Da du var i Kbhvn. vidste jeg ikke at jeg havde glemt den derinde, det var først nu da jeg rejste, at jeg opdagede det. Nu håber jeg, du har tilgivet mig og ikke knurrer mere! - 
+Du kan tro, jeg var glad ved dit lange Brev; det var saa morsomt at høre om dine Planer for Sølvbrylluppet; ja, det skal nok blive en storartet Dag, jeg glæder mig allerede til det. Nej, du kan tro, Thorvald svigter ikke paa den Dag. Det var for Resten ganske mærkeligt, at hvad du skrev om Thorvald og mig gik jeg netop og tænkte saa meget paa i de Dage, da jeg fik dit Brev. - Det er sandt nok, at vi er forskellige i vores religiøse Anskuelse, men i alle andre stemmer vi godt overens, og saa meget er sikkert, at det vilde være Tegn paa - ja, hvad skal jeg sige - Indvikling hos os, om det skulde have skadelig Indflydelse paa vort Ægteskab. Jeg vil spørge dig om én Ting: stemmer du og Far da helt overens i religiøse Sager? det gør I dog vist ikke og har det haft skadelige Følger for jeres Samliv? Det mener jeg dog ikke. Sandt nok at det vil træde skarpere frem, eftersom Thorvald bliver Præst; men saa til Gengæld tror jeg - ja det er vi for Resten enige om, jeg kan huske vi har talt om det - at den kommende Generation, vores Generation faar bedre Forstand paa at føre et lykkeligt Ægteskab end den nuværende og det tror jeg igen kommer af, at Kvinden føler sig og gør Fordring paa at være ligestillet med Manden i aandelig Udvikling eller rettere stræber efter det ["eller rettere stræber efter det" indsat over linjen] - Ja, det vilde absolut være en Fejl om to Mennesker, der virkelig holder af hinanden ikke skulde kunde blive lykkelige med hinanden, selv om de har en ["en" indsat over linjen] lidt forskellig Opfattelse af Religionen. - Den Dag, der var "[ulæseligt ord] Indremissionærer i Tarup, sad de og talte om, at en Forlovelse var hævet fordi den unge Pige var Grundtvigianer og han indremissionsk; jeg syntes, og sagde også, at det var da aldeles forfærdeligt men de fandt det ganske i sin Orden; det er dog min Sandten for galt, synes jeg og Tegn paa en utrolig Fanatisme - og Intolerance med - Du skriver, at kan jeg dog blive trofast mod Thorvald; hvorfor tror du dog ikke det? Giver jeg nogen Anledning dertil? Jeg kan slet ikke forstaa, hvor du kan komme paa de Tanker. Ved du hvad, jeg kunde næsten ikke lade være med at le, da du mente, at Fritænkeri ofte følges med at hylde den fri Kærlighed "og andre Vederstyggeligheder" - hvad mener du med de and. Veders? Ja, for såvidt hylder jeg den frie Kærl. (jeg aner for Resten ikke, hvad man mener med det!) At i det Øjeblik jeg ikke mere holdt [et par bogstaver i ordet overstreget, og "o" indsat over det] af Thorvald, hævede jeg straks Forlovelsen, men det kan du være sikker paa han ogsaa gjorde, hvis han kom i den Situation det vil jeg da haabe. Men du kan virkelig være ganske rolig i den Henseende, det skulde gaa mærkelig til, om vi skulde skilles. Og jeg forstaar egentlig slet ikke den Angst for min Trofasthed; det kan maaske komme af, at jeg bestræber mig saa meget for ikke at bliver ["r" i slutningen af ordet overstreget] et Forlovelsens ["Forlovelsens" indsat over linjen] Hængehoved, for at man ikke med Rette skal sige: ["]nu er hun bleven forlovet og derved tabt for denne Verden": det kan du maaske ikke forstaa, men jeg hader, naar Folk gaar saa fuldstændig op i deres Forlovelse, at de kun har Tanke for sig selv og Genstanden. (Jvfr. Christine og Leonard) og det maa da ogsaa være det behageligste for andre, at man ikke sådan går og bliver for forlovet. - - Alt dette er kun skrevet til dig; jeg haaber ikke at du viser Brevet til nogen andre. - 
+Søndag Aften. Vi skulde have haft fremmede i Aften; Kiærs fra Klintebjærg; der skulde have været en ung Dame med, der kun kunde tale engelsk og Fru B. havde sagt, at jeg maatte paatage mig at snakke med hende; hvilket jeg jo havde gruet for, men saa fik de selv fremmede og sendte Afbud, så vi maatte spise al den gode Mad alene - Vingelé Crême o.s.v. -
+- Du spørger om Oves Fremskrift ja, egentlig er han ikke saa lærenem, som jeg troede i Begyndelsen han er alt for praktisk til at sidde og makse med de Bogstaver, men det er storartet som han forstaar sig paa alt det ude omkring - lige til han snakker med, naar hans Far og Forvalteren drøfter et eller andet. Saadan noget som Geografi er han flink til og hans Bogstaver er pænt skreven, men læse og stave det er han sen til. Fru B. er af og til inde at høre paa; det er jeg glad ved, saa kan hun da se, at det er fordi han har ondt ved det og ikke fordi jeg sløser med det. - Carl snakker af og til om at telefonere efter Far; da her var Pølsegilde snakkede han et Par Dage før om at skrive efter ham og jeg tror bare det var fordi han ikke kunde faa sig til at skrive Brevet, at det ikke blev til noget; saa et Par Dage efter vilde han til Erikshaab og Gjelskov (vist noget om nogle Tyre, han vilde se paa) men det kunde han heller ikke faa sig bestemt til; nu i Morges spurgte han mig om jeg vilde med til Stationen og telefonere efter Far; han skulde have et 3Mands l'hombreparti i Aften og vilde saa have haft Far til 4de Mand; men det var da godt, det ikke blev, for Partiet væltede jo, da Kiær ikke kom - ja Far var naturligvis ikke kommen alligevel - - . Nu til November faar vi et ordentligt Rod; hele Besætningen skal skifte, undt. Forvalter, Mejerske, Kusk og 2 Barnepiger. 
+- Hvor det er sjov med Elle, der skal herned; det rene Tøj kan jo godt vente til den Tid; skriv om din Mening om Tarupturen - ja den skal naturligvis vente til en Gang efter Jul, men Elle kan jo tage et lille Svip derud nu med det samme. Mon Elle ikke kunde aftale med Frk Poulsen med det samme; hvis hun nu ikke kan spille med mig faar jeg jo en forgæves Tur derud og det er jo da en Krones Penge - ja, der ved jeg nu ikke, hvad du mener; jeg er altid saa upraktisk til at indrette sådan noget. - Mandag. Videre kom jeg ikke i Aftes; jeg gik i Seng og laa og læste i Nøddebos ["s" i slutningen af ordet overstreget] Præstegaard og grinede saa jeg blev bange for jeg havde vækket den slumrende Greve. - Jeg har lige nu faaet et langt Brev fra Thorvald, der har sat mig i glimrende Humør. Som jeg vist skrev til dig havde jeg selv spekuleret lidt over de Dele, før du skrev om det og jeg havde ["havde" overstreget; over ordet er skrevet "var"] var selvfølgelig gaaet til Thorvald med det, men han slaar alle mine Betænkeligheder til Jorden, saa de falder som Dug for Solen - hvis det ikke regnedes for saa upassende at lade andre læse sine Kærestebreve kunde jeg have Lyst til at sende dig lidt af dem - - Han fortæller en kostelig Historie derinde fra: da de skulde følge Rimse paa Banegården vilde Be gærne spare sine 15 Ør. i Personbillet og siger derfor kækt med høj Stemme ude i Forhallen: ["]Aa skit - vi snyder" og gaar derpaa mod de tvende [[ulæseligt ord] i fuld Fart; men den ene af dem maa have hørt hendes forvorpne Udtalelser, for han greb hende i Armen og drejede hende med et vældigt Tag om igen. Aa hvor jeg gærne vilde have overværet denne Scene? - -
+- - Fru Berthelsen sagde forleden, om jeg vilde hilse, naar jeg skrev hjem og Carl sagde i Formiddags om jeg vilde bede jer om at sige til Onkel Syberg at han snart kom ned og saa paa hans Tyre. (Jeg er nu ligesaa vis paa som noget, at det ikke bliver af alligevel) Carl har købt nogle Revueviser, som jeg spiller for ham og vi er lige henrykte over dem begge to; de minder mig om Kbhvn. jeg hørte dem hele Vinteren igennem. Saa, nu vil jeg ikke mere. Vil du ikke nok sørge for, at Elle skriver til Fru B, hvis du mener det. Vil du hilse alle. Det er dog godt med Frk Jensen der begynder lidt at komme til Hægterne igen. - Husk saa ikke at vise Brevet til nogen. Tusende Hilsner til dig selv fra Junge.</t>
+  </si>
+  <si>
+    <t>efterår 1894</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Bobolihaven, Piazza Pitti, Firenze
+Acone, Toscana
+viale di colli, Firenze</t>
+  </si>
+  <si>
+    <t>Prins Christian -
+Vittoria Bacci
+Cæsar Bacci ?
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alheds forældre havde sølvbryllup d. 28.5 1894.
+Berta og Ludvig Brandstrup blev gift i Danmark i efteråret 1894. Herefter tog de til Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed vil gerne have familien til at vurdere, hvilket af hendes billeder, Frk. Sperling skal have. Hun er glad for at få sit ophold i Italien forlænget. Hun skal snart flytte hen til Lud og Berta.
+Udlændinge kan gratis tegne efter model på Akademiet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rmsf</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det var min Mening at svare strax paa Dit Brev, men der er gaaet nogle Dage hen paa Gr. af at Fru B. har ligget af Influenza med Halspine. Nu er hun oppe og i Gaar var jeg igen i Firenze. Jeg vilde førend jeg skrev gaa ned og raadføre mig med Lud og B. angaaende det Billede til Frk. Sp. og vælge ét ud, de ere nemlig dernede. Jeg traf dem desværre ikke, gennemsaa [tilføjet: Billederne] dem selv, men var ikke videre tilfreds med Resultatet. Jeg synes ikke rigtig; der er noget der er godt nok til at forære hende. Imidlertid synes jeg det var morsomt at give hende ét, hvis hun bare vil blive glad ved det. – Jeg tror, jeg sender 5-6, saa kan I selv vælge ud, hvilket I synes bedst om, og saae kan det maaske ogsaa more Eder at se noget af, hvad jeg har lavet. Af dem jeg sender, tror jeg, at det, der er bedst malet, er [overstreget:det] mindste, et ganske lille et med nogle Blomster i stærke Farver, det er næsten det jeg [overstreget: jeg] synes bedst om af alt hvad jeg har malet, ogsaa Lud og B. synes godt om det. – Dernæst sender jeg et Landskab fra Boboli, grønne Plæner med en lille Statue af Pegasus, det kan jeg ogsaa helt godt lide. – Et Blomsterbillede fra Boboli, Senerarier, solidt Arbejde paa 1½ Maaned; et andet lille fra Boboli, Citrontræer, der spejle sig i Vandet. – Endelig to andre Landskaber, et fra Akone og et fra Viale de Collie, Efteraarsmorgen med Springvand. - - Jeg tror nok, de fleste ere bedre malede end det, jeg sendte hjem til Sølvbrylluppet, men det ere [overstreget: det ere] jeg er bange Motiverne ikke ere saa tiltalende, ikke saa ærkeitalienske. – Jeg synes, I skulde sætte dem op paa en Bordfløj eller noget lignende og saa se paa dem et Par Dage først. Det jeg selv næsten synes var det pæneste, var at give hende det lille Blomsterbillede i en ganske smal Ramme, mest som en lille Hilsen, og saa, naar jeg en Gang kommer hjem give hende, det af mine Billeder hun synes bedst om; men hvis I ikke synes det, saa gør det ikke, da det tillige er det, jeg nødigst vil af med, ubetinget. – Mit Viale-billede tænkte jeg én lille Smule paa, men opgav det af mange Grunde. - - Nu vil jeg være meget spændt paa at høre, hvad I synes om dem. - - - Jeg er bange, jeg ikke skrev begejstret nok hjem om det, at jeg maa blive her i Vinter; men det kommer af at jeg ikke de første Dage_ kunde_ lade være at tænke paa, at det nu igen vil vare forfærdelig længe inden jeg kommer hjem. Jeg var næsten begyndt at glæde mig til Jul, det havde jo ogsaa været aldeles storartet at komme hjem lige til Jul, - sikken en Fest! – Jeg kan virkelig ikke lade være med en Gang imellem at længes lidt hjem efter; navnlig naar der gaar mig noget imod eller jeg ikke er rigtig rask, kan jeg føle mig frygtelig ensom en Tid. [overstreget: J] Det er nu ogsaa meget værre for den, der er borte, den maa undvære alle, mens de andre kun undvære den ene. – Naa, men det er dog heldigvis kun til Vinter, at jeg længes lidt, i det hele og store, befinder jeg mig udmærket og er jo forfærdelig lykkelig over at skulle blive her. Jeg haaber, at jeg skal faa rigtig meget ud af Vinteren, jeg staar i Begreb med at foretage mig noget vældig fornuftig; vi har opdaget, at Udlændinge kan komme frit ind paa Akademiet og tegne 4 Timer om Dagen efter Model fra 8-12. Der kommer en Professor en Gang om [overstreget: Dagen] Ugen og hvis man vil have det; ser han paa ens Tegning. Det er storartet, synes jeg, Skade at jeg ikke har vidst det før. – Bare der nu ikke viser sig nogen Hindring.
+[Her stopper brevet brat og resten mangler. De følgende sider kommer fra samme kuvert. De er fra et andet brev i den samme periode. I dette brev mangler de forreste sider.] 
+løbe ned til L og B. der er mere end en halv Mil, saa paa stort under en Time kan jeg ikke gøre det. Og saa synes jeg ogsaa nok, det kan blive morsomt at komme til at bo hos Danskere igen, - Baccis ere brillante men Lud &amp;amp; B. ere dog bedre. Du kan ikke tænke Dig, hvor Berta og jeg blive gode Venner efterhaanden, vi kunne tale sammen i Timevis; hun er rigtignok aldeles mageløs, et rent Pragtexemplar, Lud er ogsaa aldeles henrykt, stille glad, men saa inderlig veltilpas. – Fortiden spise de Frokost paa Atelieret, kold Mad, som B. &amp;amp; jeg gaar ud at købe, jeg fører mit med heroppe fra, og om Aftenen gaar de ud at spise. – Jeg skrev straks til fru Maydahl, nu gad jeg vide, hvornaar de komme, hvis de vente ret længe kan jeg ikke naa at komme til Rom inden Jul, jeg maa absolut være sammen med L. &amp;amp; B. Juleaften. Men ogsaa af andre Grunde, vil det maaske passe bedre efter Jul, mulig at L.&amp;amp;B i Januar rejse et Par Uger Syd paa til Rom og Neapel, mens Lud venter paa noget, han skal hugge i Marmor. - - Ja, Du har ret i, at Julen [overstreget: at Julen] bliver det mørke Punkt, det bliver forfærdelig drøjt ikke at være med til vores sædvanlige hyggelige, dejlige Jul paa Haabet, men det kan nu ikke nytte at sørge for meget over det, [overstreget: de] noget galt skal der jo altid være. – Jeg haaber næsten Du til den Tid sender lidt Pølser og en Julekage?? det var dog altid lidt hjemligt. Jeg gad vide, om vi ikke kunne lave Risengrød Juleaften, at gaa paa Restauration den Aften var altfor skrækkeligt! - - Hvor det er morsomt, at det er Bertas Kusine, der er Skyld i, at jeg kan blive, Berta siger, at I ville nok synes udmærket om hende og hun om Eder. – Den Dr. Beckett cand.mag. har ganske rigtig en Søster paa Stensgaard, om han er forlovet ved jeg ikke, men jeg tror det ikke. Hans Mor er vist Vestindier og hans Far Grønlænder [tilføjet: Islænder?] eller omvendt. Han er rigtig elskværdig men en stor Teoretiker, der er saa slaaet fast paa alle Punkter, at han er lidt besværlig at snakke med. Han er højere end Prins Christian!!! - - - hvordan er Vejret hjemme? Har I haft Sne? Frost? Is? – For et Par Dage siden var der Sne at se paa Bjærgene heromkring, men det er meget sjældent, at den kommer til Firenze selv. – Jeg har købt Tøj til Kjole og Slag, noget kønt og varmt noget, blaat med røde Stænk: 36 Lire. Du skriver 50 Kr til Tøj med Spørgsmaalstegn; ja jeg kan jo ikke nægte at jeg magelig kan bruge 100, Kjolen bliver jo dyr inden jeg faar den Nyt af Fodtøj maa jeg vist have baade tykke Sko og Støvler saa jeg stadig kan skifte og have tørt paa. Jeg er lidt udgaaet der, slider rædsomt. Endvidere maa jeg have en ny lille Kuffert den gamle gik helt i Mas paa Vejen herned, samt et Par Uldbuxer til foruden dem jeg havde, et Par uldne Underliv, Handsker og andre Smaating. Du kan ikke tænke dig hvor jeg er bleven kuldskær efter den Sommer, jeg vil saa nødig forvænne mig, men mærker at jeg er nødt til at gaa meget varmt klædt. Forleden Nat blev jeg pludselig daarlig af Mavepine, Fru B hørte mig og kom herud, vi var begge meget betuttede over mig, jeg besvimede to Gange eller saadan halvbesvimede, som Du ved jeg kunne tidligere; der var ikke mindste anden Grund at opdage end Kulden; næste Dag tog jeg Uldbuxer paa og købte mig et langærmet Underliv af_ Uld_. Tænderne ere ogsaa gaaet over nu, men der er kommen et ækelt Hul i een Tand, dog haaber jeg at kunne holde det hen til jeg kommer hjem, jeg vil nødig under [overstreget: under] en italiensk Tandlæge. – Det var vist i Grunden ubetænksomt af mig at skrive det om Mavepinen, men jeg haaber ikke, Du bryder Dig om det, baade det og Tænderne er nok kommen af Kulde og helt gaaet over nu, og det havde været meget værre, hvis jeg havde faaet Hoste. – Hvordan har Far det ? Jeg haaber bedre, siden du ikke taler om det. – 
+Jeg har Følelsen, at jeg er kommen til at skrive saa forfærdeligt kedelige Breve hernede! Kan Du ikke mærke, at jeg er gaaet meget tilbage i denne Retning; jeg ved ikke hvordan det kan være. - - -
+I Morgen naar jeg gaar ned til Atelieret skal jeg have en lille sød Unge med herfra Huset, som Lud skal modellere efter paa et Relief. Det er en Dreng ved navn Cæsar, 4 Aar, vældig køn som en af Rafaels Engle; han skal saa spise Frokost dernede, det bliver en ren Festdag for ham. – Det er sandt Du skriver, at jeg ikke har skreven om Modtagelsen hernede, det kan jeg ikke forstaa, hvis jeg ikke har skreven om det – at jeg havde lavet en lille festlig Aften til dem med Suppe, Suppekød med Kartoffelmos, Hønsesteg (som Fru B stegte paa Spid sammen med sine egne) med Salat, Ost og Frugt samt Blomster paa Bordet. Jeg havde været fræk nok til at lade Suppen staa og passe sig selv, mens jeg gik paa Banegaarden efter dem; men baade den og Kødet havde klaret sig sig udmærket paa egen Haand, saa vi kunde spise strax. Vi havde en meget hyggelig Aften, men anden Modtagelse var der ikke. Undtagen det, at der var lavet pænt nede paa Atelieret og det lille Værelse, men det har jeg nok skreven om. – De tage vist ikke alligevel en lille Lejlighed, det bliver meget dyrere, og det kan gaa brillant paa denne Maade. - - Nu ikke mere for denne Gang! Kun 1000 kærlige Hilsner til Eder alle! Jeg bliver ganske vemodig slemt, naar jeg tænker paa, at det endnu skal vare næsten et halvt Aar, inden vi ses. – Alhed -</t>
+  </si>
+  <si>
+    <t>Tidligt forår 1894</t>
+  </si>
+  <si>
+    <t>Aurelia -
+Nurezia -
+- Blom
+Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+Ludvig Find
+- Jensen
+Alfred Jørgensen
+- Jørgensen, Frøken
+Christine  Mackie
+- Plangstrup
+Victoria R
+Alfred Rottbøll
+Ellen  Sawyer
+Adelheyde Syberg
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Første del af brevet mangler, og således er der ikke oplysninger om adressaten. Det er sandsynligvis Laura Warberg, for Alhed beder om at få diverse tøj sendt til Italien, og hun ville ikke bede andre om noget sådant.
+Alhed Larsen rejste til Italien 12. februar 1894.
+"den tykke Dronning England" er muligvis Dronning Victoria.
+Boboli Parken i Firenze blev oprindelig skabt til Medici-familien. Den blev åbnet for offentligheden i 1766 (Wikipedia: Boboli, lokaliseret jan. 2021). 
+Agn, "det søde lille Pus" er muligvis en hundehvalp eller et andet dyr.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2211</t>
+  </si>
+  <si>
+    <t>Alhed Larsen gik over på det modsatte fortov, da hun en dag mødte et hold soldater, der så lumske ud. Deres officer kommanderede så hele bataljonen til også at krydse gaden. Sådan noget forekommer vist ikke i Danmark. 
+Til efteråret regner Alhed med at tage til Rom med Lille Jørgensen og hendes mand. 
+Det går dårligt med maleriet. Pga. et engelsk dronningebesøg har Boboli-haven været lukket for almindelige mennesker. Nu har Rottbøll skaffet en passérseddel, og Alhed vil male en blåregn samt de nyudsprungne popler i haven. 
+Alhed beder om at få sendt noget tøj samt fotografier. Hun gider ikke skrive mere og sender mange hilsner. En dame går og fejer stengulvene og giver dem olie. Alhed ville ønske, at de derhjemme kunne se hendes yndige værelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DUyV</t>
+  </si>
+  <si>
+    <t>[De eller den første side(r) af brevet mangler]
+3 Jeg husker ikke, om jeg har skreven om Soldaterne? Lud har bedt mig endelig at skrive det, da det morer ham kosteligt. Jeg gik en Dag paa Gaden og mødte en lille Bataljon Soldater, der gik inde paa det brede Fortov med en Øfi ["Øfi" overstreget] Officer ved Siden. Da jeg kom omtrent hen til dem, syntes jeg, de saa sig saa lumske og poliske ud, saa jeg ikke havde Lyst at gaa lige forbi dem men drejede rask af og gik over paa den anden Side af Gaden. Men tænk jer min Betuttelse, da Officeren gav et Kommandoord og hele Bataljonen grinende og aabenbart i meget løftet Stemning fulgte mig lige i Hælene over Gaden! - I kan nok se, at Forholdene er noget anderledes hernede end hjemme; denne smukke Forstaaelse mellem Officer og Menig har vi vist ikke Magen til hjemme. Men jeg kom bort fra Romerrejsen. Lille Jørgensen og hendes Mand kommer jo herned til Efteraaret, og det vil vist kunne passe, at vi følges ad til Rom. Hun skrev om det til min Fødselsdag, at vi maatte se at faa det arrangeret. Det kunde være frygtelig morsomt. - Min Maling gaar det daarligt med for Tiden. Jeg har ikke rigtig faaet fat paa noget heroppe paa Aguardo. Den dejlige Babolihave har jeg haft megen Sorg og Skuffelse med. Almindelige Folk har i lange Tider ikke maattet komme derind paa Hverdage, fordi den tykke Dronning England har skullet gaa at spanke om derinde. Endelig i Gaar lykkedes det at faa fat paa et Frikort for hver Dag. Men for at faa det maatte Rottbøll tage Diplomatfrakke paa og gaa til "Direktøren". Denne sagde, at der jo ellers ikke udstedtes saadanne for Tiden, men Folk af vor Stand [et "x" indsat over "Stand"] vilde han dog ikke nægte det.
+[Indsat lodret i venstre margen:]
+Konsulen og Direktøren ere meget agtede hernede [indsættelse slut]
+- Nu skal jeg derind i Eftermiddag og have fat paa mine Motiver, hvis de bare ikke ere rendte deres Vej; det var et med Blaaregn og lige udsprungne Popler, der var dejligt. - - - - Nu faar jeg vel snart en Pakke til. Jeg vilde gærne have et Sæt Linned til, endvidere min blaa Bomuldsmorgenkjole (snøret foran) og min crèmegule Nederdel med det blegrøde linnede Liv, endvidere mine brune Sko og hvis der ellers er noget, Du kan tænke Dig. x 
+[Indsat i venstre margen, lodret:]
+ikke Lærred el. andet [ulæseligt ord og indsættelse slut]
+Min Sølvbrosche blev borte den sidste Dag hjemme, har I set den? Frøken Sperlings Portræt vilde jeg ogsaa gærne have; er der ikke et af Johanne. Elle maa endelig sende mig nogle af sine, det er sandt, hun har jo taget Johanne. Ogsaa det med Erikshaab, det med Agn og mig og hvad hun ellers har. H ["H" overstreget] Rottbølls ["s" i slutningen af ordet overstreget] er interesseret i Elles Fotografering, han er selv voldsom dygtig. - - Tegner Elle noget? Hvordan har Agn det, det lille søde Pus? - - Nu begynder jeg at slutte af. Jeg haaber, at Hilsener og deslige kan fylde Resten af Arket, jeg gider næsten ikke mere. - Har jeg svaret paa, hvad R.V. betyder? Rey Vice. - Vil Du foreløbig takke dem alle for Brevene. Ogsaa Tante Mimi; Plangstrup og Svip. - Ogsaa Frk Jensen for hendes lange, og Frk Aurelia for hendes Hilsen og Ungerne samt Far, fra hvem jeg synes, det er en stor Ære at faa Brev. - Elle kommer jeg til at skrive til en Gang inden saa lang Tid. - - Nej, det fylder ikke en Gang denne Side ned, hvad jeg ["jeg" overstreget] skal jeg dog gøre, Du har forlangt de her Ark fulde, saa der hjælper jo ingen kære Mor. Bare jeg ikke havde skreven saa tæt. Lad mig saa tage en rask Beslutning og fortælle, at her gaar en Kone og fejer, hun hedder Nu Nuscia [navnet overstreget] Nurezia. Hun ["Hun" overstreget] De fejer med en Slags Saugspaan hernede, og deri kommes lidt Olje. Det gør Gulvene smukke, men det er jo ogsaa Stengulve overalt. Heri Huset er de mørkerøde. - Jeg vilde ønske, I kunde se mit Værelse, det er ganske yndigt. Jeg har vist ikke fortalt, at Find og Clement var her forleden Aften! Vi gik først en Tur med dem og presenterede dem en Solnedgang, - det er Konsulens Specialitet at "forevise" Naturen. - - 
+Vil Du nu hilse dem alle mange Gange fra mig. Ogsaa paa Gelskov og Amstrups. Hvordan lever Bloms?, hils ogsaa dem. -
+Din Alhed.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>1894-02-11</t>
+  </si>
+  <si>
+    <t>Fluelen</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine to morbrødre til Italien februar 1894. Hun blev i Italien i et år.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2215</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejser ned gennem Europa og oplever skøn natur, ser Alperne mv. Alt sammen er herligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pD6O</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets forside:]
+Postkarte.
+Carte postale. – Cartolina postale.
+[Håndskreven på postkortets forside:]
+Fru Laura Warberg
+Erikshaab Højrup St
+Fyen
+Dänemark
+[Fortrykt på postkortet:]
+Souvenir [Håndskrevet over fotografierne:] 
+gem endelig dette for Billedernes Skyld.
+[Fortrykt under og over fotografierne:]
+LUZERN DER RIGI BRUNNEN TELLSKAPELLE AXENSTRASSE
+[På kortet:]
+Lørdag Aften. Turen fra Frankfurt am Main var dejlig – gennem Rhindale med grønne Sletter fulde af Frugttrær, smaa Vandløb o.sv. paa begge Sider Schwarzwald. Naade Luzern i Aftes ta ind paa et henrivende lille Schweizerhotel. Det var imponerende i Morges at se Alperne paa den anden Side af Vierwaldstättersøen. Denne har vi sejlet op af i Dag, stod af i Brunnen [to krydser indsat over ordet, og lignende to krydser indsat under fotografiet fra Brunnen øverst på kortet], spadserede 1 3/4 Mil, vældige Bjærge paa den ene Side, paa den anden Side den dejlige Sø. Medf. Billeder give et svagt Begreb om alt det herlige, jeg har set i Dag. I Morgen tidlig over St. Gotthard
+[Skrevet lodret i højre margen:]
+1000 Hilsner
+[Skrevet lodret i venstre margen:] x herligt! [et X indsat på fotografiet fra Axenstrasse]</t>
+  </si>
+  <si>
+    <t>1894-02-12</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1893-1894 i Italien med sine to morbrødre</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2109</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Milano. Hun har sovet på et grisset herberg. Domkirken er pragtfuld, og der er liv og flotte dragter og smukke ansigter på gaden. De har kørt gennem en tunnel. Solen varmer dejligt i dagtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iq10</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+92
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Madame Laura Warberg
+Erikshaab - Højrup S. - Fyn
+Danimarca
+[Håndskrevet på kortets bagside:]
+12 Februar. Kære I der hjemme! Vi ere i det vidunderlige Milano. Har ligget i et dejlig grisset lille [et par overstregede bogstaver] "Albergo" i Nat med et rigtig italiensk Osteri i Stuen. Domkirken er glimrende; noget tilsvarende i Pragt &amp;amp; har jeg aldrig set! Der er flere tusende Billedstatuer udenpaa den, alle Kunstværker. Her er vældig Liv og Halløj paa Gaden, man ser pragtfuldt farvede Dragter og smukke Ansigter overalt. - I Gaar kørte vi gennem den store St. G. Tunnel (1 Mil), da vi kom ud derfra, mærkede vi italiens Sol, den varmer her som hos os i Maj. Men Aftnerne er kolde endnu. Nu skal vi hen at se Kirken indeni. Vi skriver paa Posthuset. 1000 Hilsner til Eder alle fra Alhed. I faar da [det følgende skrevet lodret langs venstre margen:] mine Kort, dette er det 3die</t>
+  </si>
+  <si>
+    <t>1894-02-18</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var med sine onkler, Ludvig og Emil Brandstrup, i Italien 1893-1894. Af andre breve fremgår det, at Ludvig Brandstrup pjattede med at kalde sig Petersen, Jensen og lignende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2110</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skriver, at Alhed Larsen er blevet fuld efter en spadseretur i bjergene og en god middag, og at hun trænger til formaninger hjemmefra. Alhed Larsen fortsætter med at fortælle, at onklerne bilder hende alt muligt ind, såsom at man laver møbler af pebernøddetræ. Emil Brandstrup skriver, at Alhed har fået vin i benene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L6Sx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+93
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Illustrissimo &amp;amp; Pregiatissimo Signore
+Signore Alberto Cristoforo Warberg
+Erikshaab pr Højrup Station
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+17/2 Alberg degliamici. Rapallo. Riva Lidevante. Italia 
+Kjære Berg! Desværre maa jeg klage paa dit Barn som er fuldt; det ler saa det er lige ved at kvæles af Balles Vittigheder nu da vi sidde her efter en daglang Spadseretour over nogle af Italiens skjønneste Bjærge og efter en Middag med Suppe, Kalvesteg Frugt og Vin. Du maa snart sende os et Brev. Imorgen rejse hun, dit vanslægtede Barn som trænger til Formaninger fra Hjemmet og jeg til Florens efterladende Balle i Nervi, et herligt Badested syd for Genova 3 Timers Vej herfra. din Ludvig Petersen. [Det følgende med Alhed Larsens skrift:] Kære Berg! De Onkler er ligeved at ødelægge mig, de søger at gøre mig fuldstændig fjollet ved at bilde mig de frygteligste Ting ind, f. Ex, at de i de fattigste Egne kun har Raad til at hænge en Bommesiklokke, stivet af med Tøndebaand, op i Kirketaarnene, samt at Møblerne af og til er lavet af Pebernøddetræ o.s.v. - - Langt Brev følger. [Det følgende skrevet med en anden skrift:] Kjære Justitsraad! Det er en Sorg for mig at meddele Dig at Din Datter har faaet Vin i Benene [Skrevet på tværs oveni det allerede skrevne:] Hvis Aarsag en Recept udbedes Min Hilsen sender Din E.B.</t>
+  </si>
+  <si>
+    <t>1894-02-28</t>
+  </si>
+  <si>
+    <t>- Jensen, Frøken, Erikshaab</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Hanne -  -, kokkepige Erikshaab
+- Rottbøll, Fru
+Maria von Sperling. g. Balslev
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien februar 1894 - maj 1895. 
+"Solleruper": I Sollerup lå Skole for unge Piger, hvor blandt andre Alhed Larsens søster, Christine, en tid var elev.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2218</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ønsker Frk. Jensen tillykke med fødselsdagen. Hendes mor har fortalt, hvordan den skal fejres. 
+Der var koldt de første dage i Firenze, men nu er vejret fint. Konsulen har skaffet Alhed fri adgang til museer. Mens hun skrev på brevet, kom der tre betjente ind og sagde, at der var røvere i huset. Når herren og Fruen kommer hjem, vil de nok opdage, at der mangler sølvtøj. 
+Frk. Jensen skal ikke sende tøj med skib til Alhed. Hun hører nærmere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mUfe</t>
+  </si>
+  <si>
+    <t>28de Febr
+Kære Frøken Jensen
+En rigtig hjærtelig Lykønksning til Deres Fødselsdag d. 3die. Gid De i det nye Aar maa ["maa" indsat over linjen] blive en hel Del mere rask, end De har været i det gamle! - Mor har skreven, hvordan Deres Fødselsdag skal fejres, saa jeg kan tænke paa Dem, der er nok bedt nogle Solleruper. - De kan tro, jeg har det dejligt hernede, jeg begynder rigtig at lære Florenz at kende nu; de første Dage var her rasende koldt, det blæste en stærk Østenvind, vi maatte lægge i Kakkelovnen, men frøs alligevel knagende. Nu er det imidlertid igen bleven det dejligste Vejr, næsten for varmt til Overtøj. - Konsulen har skaffet mig fri Adgang til Museer og alt her i Florenz, det er dejligt for mig. - I Søndags var vi ude en dejlig lang Tur langs Arnoen, Konsulens Lud og jeg. Bagefter spiste vi til Aften paa et Osteri. - Tænk Dem, nu for lidt siden, mens jeg sidder her og skriver, kommer der tre Betjente springende over Havemuren og beder om hurtig at blive lukkede ind, da her er Røvere i Huset. De kom i en Fart ud paa Hovedtrappen og undersøgte Huset, men Asnerne er undslupne. De har været inde nede paa 1ste Sal, hvor Herren Fruen og Pigen var gaaet ud i Morges. Naar de nu om lidt kommer hjem, finde de rimeligvis Huset tomt for Sølvtøj og deslige. - Vi har tilbragt en lang Tid ude paa Trappegangen for at følge Begivenhedernes Gang sammen med Husets øvrige Beboere af hvilke nogle har hørt Skuffer blive lukkede op og i derinde. Det har sinket mig, saa jeg maa slutte snart. Vil De takke Mor mange Gange for hendes Brev, som jeg fik i Lørdags. Jeg er aldeles overvældet over at skulle se Rom og over at skulle blive her saa længe. Jeg har skreven til Frk Sperling. - Nu skriver jeg et langt Brev til Glorup, jeg havde tænkt at lægge lidt herindendeni ["den" sidst i ordet overstreget] til Mor, men naar det ikke nu, hvis De skal have dette d. 3die. - De skulle ikke sende Tøj med Skib, jeg skriver nærmere hvordan. Hils dem allesammen paa det kærligste fra mig! - Endnu en Gang hjærtelig til Lykke kære Frk. Jensen.
+Deres hengivne
+Alhed Warberg
+Hils ogsaa Hanne og Karen, jeg haaber Karens Mor er kommen sig igen.</t>
+  </si>
+  <si>
+    <t>1894-04-01</t>
+  </si>
+  <si>
+    <t>- Berg, Frøken
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Christine  Mackie
+Anna Magdahl Nielsen
+Johanne Oppermann
+Alfred Rottbøll
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig sammen med sin morbror, Ludvig Brandstrup, i Firenze. Hun boede den første tid hos vicekonsul Alfred Rottbøll. 
+Haabet er gården Erikshaab; Alhed Larsens barndomshjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv, BB 2188</t>
+  </si>
+  <si>
+    <t>Alhed forstod ikke det, som hendes mor skrev om vasen. 
+Christine og Thomas har været på en god tur til Falster.
+Alhed og Ludvig Brandstrup har holdt sangaften på hans atelier, og han forærede hende et meget fint, gammel smykke.
+Alhed spørger, hvem Frøken Berg er.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jKvs</t>
+  </si>
+  <si>
+    <t>[Den eller de første sider af brevet mangler] besvare til det bliver lidt varmere, saa ved jeg bedre, hvad jeg har Brug for. Jeg fik den anden Pakke i udmærket Stand, men først Lørdag. - Fru Magdahl havde jeg skreven til, inden jeg fik Dit Dit ["Dit" overstreget] derom, det med Vasen forstod jeg ikke men jeg antager hun selv skriver derom til min Fødselsdag. - Frk Opperm.s Hefte har jeg skreven til Chr. om for Dage siden, det er vist derinde. R.V.-kogl. Vice. - Jeg har ikke mere Brevpapir ogsaa af den Grund bliver Brevet ikke længere. Jeg fik i Gaar Brev fra Thomas og Christine, det har jo været en vellykket Tur til Falster. - Har for nylig ogsaa haft Brev fra Frk. Sperling og Maria. - Vi havde en morsom Sangaften forleden paa Luds Atelier. Vi førte skaaren Smørrebrød med og han gav Vin og The. - Lud gik pludselig hen i sit Skab og hentede et yndigt lille Smykke, som han forærede mig. Det er gammel florentinsk Mosaik, indlagt i Sølv, nydeligt Arbejde, dels Kors og dels Brosche Det stikker Tante Visses Kors. - Jo, jeg var ganske rigtig kommen galt paa det ["det" indsat over linjen] med Datoer, og opdagede det først flere Dage efter. - - Nu kun 1000 Hilsner til Eder alle sammen. 
+fra Din Alhed.
+Hvem er Frk. Berg?? Hvor kommer hun fra? Du omtaler hende, som om hun var en Selvfølge. Jeg aner ikke, hvem hun er, men kan jo forstaa, at hun færdes paa Haabet til daglig. -</t>
+  </si>
+  <si>
+    <t>1894-04-19</t>
+  </si>
+  <si>
+    <t> Via dei Calzaiuoli, 50122 Firenze FI, Italien</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Laurits Ring</t>
+  </si>
+  <si>
+    <t>Bommesi: Kraftigt stof af bomuld, opkradset på den ene side, der tidligere blev brugt til børne- og kvindeundertøj</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2115</t>
+  </si>
+  <si>
+    <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mI0O</t>
+  </si>
+  <si>
+    <t>Fortrykt på kortets forside:
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+Håndskrevet på kortets forside:
+Signora Laura Warberg
+Erikshaab - Højrup Station
+Danimarca Fyn
+Håndskrevet på kortets bagside:
+Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
+  </si>
+  <si>
+    <t>1894-05-07</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Rigmor Balslev
+Thorvald Balslev
+Julie Brandt
+- Fynboe, Fru
+Urban Hansen
+Jacob Lange
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
+Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
+Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
+Det vides ikke, hvem Carl er. 
+Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
+Fru Berthelsen er skrap overfor Johanne. 
+Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
+Christine skal være klaverlærer i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8OV5</t>
+  </si>
+  <si>
+    <t>Nislevgård Mandag den 7nde Maj 1894
+NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
+Kære Be. 
+Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
+Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
+Dette stred imod hans Begreber om en vis og kærlig Gud.
+Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
+Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
+Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
+Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
+[Resten af siden mangler]
+Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
+[Brevet er uafsluttet]</t>
+  </si>
+  <si>
+    <t>1894-05-25</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Firenze
+Bello sguardo</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+- Ingemann Petersen
+Christine  Mackie
+Alfred Rottbøll
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien februar 1894 til april 1895.
+Hendes forældre fejrede sølvbryllup 28. maj 1894. 
+Haabet er Erikshaab; Warberg-familiens hjem.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2147</t>
+  </si>
+  <si>
+    <t>Alhed Larsen håber at få en rapport om sølvbrylluppet og måske fotografier og stenograferede taler. Hun sender nogle fotografier, som Rottbøll har taget. Et af hende selv på værelset, et af Ludvig Brandstrup og hende og to af bygningen (Det Danske Konsulat) med flaget hejst. På sølvbryllupsdagen vil Rottbølls og Alhed være festklædt og tage et fotografi, mens Rottbøll holder tale.
+Alhed spørger, hvad forældrene synes om det maleri, som hun har sendt. Det var svært at få det færdigt, fordi vejret er skrækkeligt. Hun er færdig med et blomsterbillede og et af pelargonier, som hun har givet gartneren. Nu vil hun male et motiv fra en allé med et rosenanlæg. Hun og Ludvig Brandstrup har været derude at tegne. Alhed er kommet i godt arbejdshumør nu. Hun skulle vænne sig til alt det nye. 
+Der er mange ildfluer, og Alhed overvejede at sende en æskefuld hjem. 
+Familien må ikke lægge breve i pakkerne. Det kan medføre bøde.
+Rottbøll siger, at Christine skal købe cyklen hos Ingemann Petersen. Og hun skal leje en gammel en at lære at køre på. 
+Alhed sender lykønskninger. Hendes mor og far har altid været gode forældre, og hun håber, at de alle i mange år må beholde deres hjem. Hun sender blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6doT</t>
+  </si>
+  <si>
+    <t>Kære Mor og Far!
+Det er rigtignok skrækkeligt at tænke paa, at jeg ikke skal være med paa Eders Hædersdag d. 28nde, at jeg i Aanden vil være der til Stede hele Dagen, behøver jeg knap at sige. Og saa haaber jeg, at jeg bagefter faar et udførligt Referat af det hele. Bare Elle kunde tage et Par ["Par" indsat over linjen] Fotografier bl.a. Dig og Far i Eders Galla, det var frygtelig morsomt og saa Christine kunde stenografere nogle Taler, foreslaa hende det. - Jeg sender hermed nogle Fotografier, som Hr Rottbøll har taget. - Det, hvor jeg er alene, er taget paa mit Værelse, jeg sidder ved Vinduet paa Puffen. Kjolen jeg har paa, er min blegrøde linnede, jeg har faaet syt hernede. - Det af Lud og mig er taget paa den lille Terasse ved Lung-Arnon. Bed Tante Berta undskylde. Det, hvor jeg har hvidt Forklæde paa er taget paa min Fødselsdag. Rottbøll vilde have, at Lud skulde tage Hatten af, hvilket han ikke vilde. Lige i det, jeg vilde gjøre det, snuppede Hr. Rotbøll to ["to" overstreget] os. - De to sidste ere tagne ude paa Pladsen foran Huset. Vinduet til højre for Gangdøren er Spisestuen, det ovenover er mit Værelse, der hvor Flaget kommer fra er Gangen, ved Siden af Dagligstuen, og endelig det med de halvt oplukkede Skodder Sovekammeret. Paa det ene ses Hr. Rottbøll, paa det andet deres kønne Pige Tjesira. De to sidste ere tagne paa Hr. Rotbølls Søsters Bryllupsdag, derfor er Flaget ude og vi alle i Festdragt. - Paa Mandag skal vi igen alle i Galla og her afholdes en lille Festmiddag Kl. 6. Der vil blive taget et stort Fotografi af os, mens vi sidde ved Bordet og i det Øjeblik Hr Rottbøll holder Talen for Eder. Kransekagen og Genferkagen ankom i udmærket Stand i Gaar, den er nu lagt i Blikkasse og vil blive spist med stor Andagt paa Mandag. - Jeg gad vide, hvordan I synes om Maleriet, jeg har sendt Eder, hernede synes de, det var pænt; jeg havde stor Møje med at faa det færdigt, da Vejret var saa skrækkelig ustadigt i den Tid. Og det er det for den Sags Skyld endnu. I over en Maaned har vi haft Regn, Torden og Graavejr; her er næsten stadig en tung og trykkende Luft, Scirocco kalder de det. Jeg er glad ved, at jeg har haft Blomster i Gang i den Tid. Mine Senerarier blev jeg færdig med for en 8 Dages Tid siden, det er ubetinget noget af det bedste, jeg har malet. Jeg malede ogsaa dernede 2 Pelargonier, den ene gav jeg min bedste Gartner, der forærer mig saa mange smukke Roser. - Mor og Elle maa slaa sig til Ro med, at jeg ende ["ende" overstreget] ogsaa maler Blomster, endogsaa Blomster, man har hjemme; men tænk paa, jeg er jo ikke ["ikke" indsat over linjen] rejst herned for at fotografere Italien, men for at male noget godt, enten det saa er det ene eller det andet. - Nu tørster jeg efter godt Vejr til et ganske dejligt Motiv, jeg fandt forleden Dag oppe paa den berømte "Viale des Collie" en lang pragtfuld Allé, der løber i Sneglegang op ad et lille Bjærg og et Stykke udenom Florenz; den er flere Steder afbrudt af dejlige Blomsteranlæg. Det jeg vil male er et Rosenanlæg op ad en Skrænt eller Bakke, paa Toppen af hvilken der staar en Række smukke Trær. Midt i løber en meget smuk og dekorativ Trappe. - - Jeg er kommen i udmærket Arbejdshumeur nu, meget bedre end i Begyndelsen, men man siger ogsaa, at det er saa almindeligt, at Folk ikke kan bestille noget strax naar de kommer herned, da de blive ganske fortumlede af alt det nye, de ser; man maa først falde en Smule til Ro. - Jeg var ude at tegne mit Rosenmotiv i Gaar, Lud var med og han blev saa begejstret for de smukke Linjer i det, saa han selv fik Lyst at tegne det. - Det er morsomt at Tante Berta kommer med, jeg beklager hende ellers, det maa sandelig ikke være nogen Spøg at komme muttersalene over mellem alle de fremmede Mennesker. - Her er smækfuldt af smaa Ildfluer om Aftenen, det ser saa ganske dejligt ud med alle de smaa Stjærneskud i den mørke Luft. Forleden Aften havde Lud og jeg fanget en halvs ["halvs" overstreget] halv Snes Stk. og sat ind i Gangen de oplyste den næsten. - Jeg havde haft frygtelig Lyst at sender ["r" i slutningen af ordet overstreget] Eder et 100 Stykker i en hullet Æske til at slippe løs i Haven om Aftenen, men jeg syntes dog, da det kom til Stykket, at det var et syndigt Experiment mod de stakkels Smaadyr. - - Sig Elle og de andre mange Tak for deres Breve; Pakken kom i god Stand forleden. Men I maa ikke alligevel sende Breve en anden Gang i Pakke, hvis I en Gang igen sender noget; bliver det opdaget, er det Mulkt, Rottbøll har set det efter i Postloven. - Rottbøll siger, at Chr. absolut skal købe sin Cycle hos Ingemann Petersen i København; R. kender ham personlig godt og siger, han er umaadelig reel. R. vil skrive en privat Lap til ham, saa kan hun være sikker paa at faa en god og billig Cycle. Men svar paa, om hun vil købe der. Hun kan skrive til ham fra Odense, det er nok, hun forstaar sig jo alligevel ikke selv paa det. - Og saa skal hun ikke lære at køre paa den nye men leje en gammel paa et Cykellager en kort Tid; det kan magelig betale sig, siger R. der er vældig klog paa de Dele, den nye Maskine lider meget ved det. - - Nu vil jeg gaa over til min Lykønskning, der jo er den egentlige Hensigt med dette Brev. Gid I nu for det første maa faa en rigtig Festdag paa Mandag, og saa at I maa kunde ["kunde" overstreget] kunne taale det hele begge to. - Og saa vil jeg sige Eder 1000 Tak for den Tid af de forløbne 25 Aar, jeg har været under Eders Vingers Skygge. I har altid været noget storartede Forældre for os allesammen, og gid vi endnu i mange, mange Aar maa beholde vores yndige Hjem "Haabet". -
+1000 Hilsner af de allerkærligste fra Eders Be.
+Bello sguardo - Fredag 25-5-94
+Jeg sender Eder nogle Blomster, hvis de ere friske kan de maaske indtage Hæderspladsen foran Eders Kuverter; men jeg har slet ingen Anelse om, hvordan de Blomster, jeg sender, egentlig kommer hjem</t>
+  </si>
+  <si>
+    <t>1894-6</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+J. Th. Lundbye
+Anna Magdahl Nielsen
+Alfred Rottbøll
+- Rottbøll, Fru
+Ellen  Sawyer
+Michelangelo Simoni
+- Aarsleff</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i 1894 i København og arbejdede på Den Kongelige Porcelænsfabrik.
+Laura og Albrecht Warberg fejrede deres sølvbryllup med en stor fest 28. maj 1894. Alhed Larsen kunne ikke deltage, da hun ikke var i Danmark. 
+"Haabet" er gården Erikshaab, som var Warberg-familiens hjem indtil Albrecht Warbergs død.
+Det vides ikke, hvad Ellen har skrevet i et brev om Ludvig og Berta. 
+Det vides ikke, hvad "Lundbyes Rejse" er - formodentlig en bog eller et hæfte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2175 og BB 2200 (de sidste fire sider)</t>
+  </si>
+  <si>
+    <t>Det var sjovt for Alhed at få fotografier. Hendes mor ser godt nok generalagtig ud på det ene. Gården var fin med guirlander og flag. Laura er god til at beskrive festen. Derimod var Ellen en skurk, da hun skrev til Alhed, som blev bekymret for Ludvig Brandstrups fremtid. Heldigvis kom Lauras brev dagen efter, og Alhed og Ludvig nød det.
+Foreningen har givet Alhed "Lundbyes Rejse".
+Alhed og fire andre har været på udflugt til et kloster. Munkene havde egne lejligheder og haver, og de måtte kun hver 14. dag tale lidt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0f65</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Jeg har lige skreven 10 Sider til Fru Magdahl, men da det regner, har jeg helliget Eftermiddagen til Brevskriveri, saa jeg maa paa'en igen. - Det var vældig morsomt med det ["t" i ordet overstreget] Fotografier, de var jo rigtig gode, og det var mig en stor Fornøjelse at faa dem. Berta er nydelig derpaa, derimod synes jeg, flere af I andre ikke just er flatterede, f. Ex. Du, Trækkene ligner Dig godt, men Du ser lidt generalagtig ud. Fader ["Fader" overstreget] derimod har jeg sjælden set Fader saa godt paa noget Billede. Som Helhed synes jeg nok, han X [øverst på siden er indsat:] x Fotografen [indsættelse slut] har skildt sig udmærket fra det. Nu glæder jeg mig til ogsaa at faa de andre, han tog. Elles Apparat? Uh hae ["e" i ordet overstreget], hvor Haabet har været fint med alle de Guirlander og Flag; nu synes jeg snart, jeg har et godt Begreb om Festen, Du er rigtignok udmærket til at beskrive det hele, Du faar saa brillant alle Smaatingene med, 1000 Tak for Dine to indholdsrige Breve. De andres Beskrivelser er der ikke stor Relighed ved. Elle, den Skurk- sikken et Brev, hun skrev til mig. Jeg kunde selvfølgelig ikke andet end tro det, da jeg ikke havde hørt nogen somhelst andens Beskrivelser om hende end Luds. - Jeg var en hel Eftermiddag stærkt bekymret for den stakkel Luds Fremtid, og var i en meget pinlig Knibe, da han bad om at se Elles Brev (den lumske Berta havde nemlig pusset ham paa det, ) [")" overstreget] og skrevet, at der stod vist noget om hende! - Heldigvis kom Dit Brev allerede Dagen efter og lettede en tung Sten fra mit Hjærte; saa kan I tro, Lud og jeg nød Brevet og Tegningen, som Lud finder kostelig. - - I har vel hørt om "Lundbyes Rejse", som Foreningen sendte mig? Det var nydelig gjort af dem. Jeg hentede den for en 8 Dages Tid [siden] hos Aarsleffs, det er et nydeligt lille Værk. I Gaar fik jeg skreven to Breve og to Kort til Tak, et Par lader jeg nøjes med Hilsner. - - - Vi har vist været ude paa to Ture, siden jeg sidst skrev (hør, det er vist i Grunden over 14 Dage siden. Forrige Søndag var vi alle 5 ude paa Certosaklostret, c. en Mil borte. Det var meget interessant at se det gamle Kloster. Det er en meget smuk, stor Bygning, der lig[g]er paa Toppen af et lille Bjærg. Der er flere Klostergaarde, den største af dem en dejlig Søjlegaard, tjener tillige til Kirkegaard og Blomsterhave, og midt i er der en ["en" indsat over linjen] smuk Brønd, som Michel Angelo siges at have givet Tegning til. - Hver Munk har sin særlige lille Lejlighed, en Celle med Seng og Bedeskammel, en Stue med Bord, Stol og Bogreol en "Loggia" (Søjlegang) med Udsigt og en køn lille Have; her lever han fuldstændig afskaaren fra alt og alle, sin Mad faar han gennem en Elevator. De Munke har ikke Lov at tale, kun en Gang hver 14de Dag spiser de sammen i en stor Spisestue og har da Lov at tale et Par Timer. Jeg synes nok, det maa være en blandet Fornøjelse at være Munk der. - Der var flere Kirker og Kapeller med mange Seværdigheder, bl.a. saa vi en Kirke med en [overstreget, ulæseligt ord] Helgen i, og tænk den stakkels gamle Benrad tager de frem og tumler med hvert Aar paa hans Fødselsdag. -
+Da vi kom hjem, opdagede vi, at der var Fest i Byen, vi blev saa dernede og spiste til Aften paa en lille Knejpe. Derefter gik vi ud at høre Musik og se paa Illumination. Denne sidste var pragtfuld, flere store Pladser var illuminerede, P. zo. Pitti og P. Vechio. Sidstnævnte har et meget højt Taarn, firkantet, og det var behængt med smaa bitte Lamper ned ad Hjørnerne, forstaar I? Nu skal jeg tegne det, Prikkerne er Lamper [tegning indsat] og de blev tændte paa den primitive Maade, at en Mand blev hejset ned langs Taarnet i et Toug! - Det saa ["saa" indsat over linjen] meget æventyrligt ud at se ham ["ham" indsat over linjen] hænge oppe i den uhyre Højde med en brændende Fakkel. - - - Det var den Søndag. Sidste Søndag var vi paa en meget vellykket Tur. Vi vandrede herfra Kl. 7 (saa tidlig er vi oppe hver Dag, undertiden drikkes The Kl. 6) med Madkurv. Vort Maal var nogle store Pinjeskove c. 1 1/2 Mil ude. Først gik vi ned ad Sguardo, saa op igen, indtil vi naade en Højde, af ["af" overstreget] mere end dobbelt saa høj som Himmelbjærgets; man lærer sandelig at gaa paa Bakker hernede, da vi kom hjem om Aftenen, havde vi altsaa som besteget Himmelbjærget 3 Gange, foruden lange lige Strækninger og ned ad Bakke! - Naa, paa Vejen derud gjorde vi holdt hos nogle Bønder, i hvis Mark Rottbøll har malet. Der var en stor smuk Familie (13 Børn næsten alle voxne) de struttede af Sundhed og Livlighed, Rottbøll fotograferede dem. Vi blev vældig forede af med Kirsebær og fik en Ladning med paa Vejen. - Ved Begyndelsen af Skovene laa der et lille Trattori, i hvilket vi gik ind og fik Vin m.m. til vor Frokost. Vi sad i et lille Værelse ovenpaa; Da vi havde spist, opdagede vi, at vi ved at gaa op ad en lille Trappe, kom til et Værelse, som var - fuldt af Hø! Der tog vi en lille Middagssøvn, vi var blevne lidt døsige af Vinen og Solheden. Saa drak vi Kaffe og gik styrkede ud i de dejlige Skove. Da vi havde dreven noget om, lagde Balle sig til at skrive til Bedstemor og vi andre gik ud paa Eventyr. Vi opdagede et lille Flodleje, men skruptørt. Men vi haabede paa, at der længere nede i Dalen skulde være Vand, og vi gik, mange Steder klatrede ned ad Klipperne. - Og vor Vedholdenhed kronedes med Held, - vi traf virkelig paa Vand. - Det sidste Stykke var meget besværligt at tilbagelægge, og Fru Pelle og jeg maatte indtage mange gratiøse Stillinger. - Saa gik vi i Vandet. Herrerne paa et Sted og Fru Pelle og jeg lidt længere nede, skjulte af Klipper og Trær. Det var noget af det mest henrivende, jeg har været med til; det var en rigtig lille [resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1894-07-15</t>
+  </si>
+  <si>
+    <t>Bello sguardo
+Firenze</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Thorvald Balslev
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Karen Jørgensen
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+Alfred Rottbøll
+- Rottbøll, Fru
+Michelangelo Simoni
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har i et andet brev fortalt, at Rotbølls embede i Firenze var ulønnet, og at han og konen levede af renterne fra hans formue.
+Viale dei Colli er en snoet vej omgivet af parkanlæg og springvand i Firenze.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Haabet er gården Erikshaab, hvor familien Warberg boede.
+"den storslaaede Dag i Tarup": Grundlovsdag 1893 fortalte Johanne, Alheds søster, at hun var blevet forlovet med Thorvald Balslev, som var søn af præsten ved Tarup Kirke. Det er ham, som i Alheds brev bliver kaldt Skvade. 
+På Gelskov boede Hempel Syberg (Onkel Syberg = O.S.) og hans kone, Adelheyde. Hun blev syg af en svulst i hjernen og døde på sindssygehospitalet i Middelfart i 1896. Det er muligvis hendes indlæggelse, Alhed er inde på, når hun skriver, om Onkel Syberg ikke kan få det bedre "et Par Aar ovenpaa det, kan det ikke lette paa ham?"</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2149</t>
+  </si>
+  <si>
+    <t>Det er irriterende, at nogle af Alheds breve ikke når frem til Danmark i tide. Hun vil nu bruge en anden postkasse. 
+Rottbølls rejser til Gardasøen. Han kan ikke tåle varmen i Firenze. Alhed vil prøve at tilrettelægge sin tid alene. Hun er spændt på, hvordan hun kan komme til Rom. 
+Lud giver Rottbøll penge til Alhed, og hun får dem i små portioner. Hun sparer godt, men malergrej og tøj er dyre sager.
+Alhed Larsen er tilfreds med sin maleindsats. Hun knokler på trods af varmen. Rosenbilledet har hun i to måneder malet på ved Viale dei Colli. Hun har også malet et par blomsterbilleder og et springvand. Alhed begynder at tro på, at hun kan drive det til noget med maleriet. 
+Rottbølls rejser til Gardasøen, da han ikke kan holde varmen i Firenze ud. Han og konen har i øvrigt pengeproblemer. Alhed mener dog ikke, at de har udgifter af at have hende boende.
+Varmen er meget slem, og man bliver desuden stukket voldsomt af nogle modbydelige myg. 
+Alhed håber, at Hempel Syberg nu kan få et par gode år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XSUd</t>
+  </si>
+  <si>
+    <t>"Bello sguardo" -
+Søndag 15 Juli
+1894
+kaldet "Skvalderup"
+Kæreste Mor!
+Det er noget slemt Smøleri med de Breve; jeg er sikker paa at have lagt baade Kortet og Brevet til Dede i i god Tid. Hvem ved, hvormange Breve, der er blevne forsinkede paa den Maade. Du skrev f. Ex. til mig paa Karen Js. Fødselsdag og jeg forstod paa Dit Brev, at der ikke var kommen noget fra mig. Ogsaa dette var afsendt i god Tid. - Jeg maa nu udvælge mig en anden Kasse, hvilket er meget sørgeligt, da den jeg hidtil har kommen i, hænger herudenpaa Huset. Og tilmed kan ingen Siden ["Siden" overstreget] sige, hvor Forsinkelsen finder Sted, saa Du maa endelig lade være at være urolig om det en Gang imellem gaar over Tiden. Paa den lange Vej kan der jo let tilstøde et lille Brev noget, og det italienske Postvæsen er vist en slem Smøleforretning. Paa den Maade er det egentlig skidt at have en bestemt Skrivedag. Men hvis jeg skal have det, er det vel bedst at tage Søndag, da har jeg bedst Tid og saa kan det være Svar paa Dit Brev fra om Fredagen. - Det var en lang Remse om den Ting, men jeg var meget ked af, at Du havde ventet saalænge, jeg kender Dig jo med de Breve; og den arme Dede blev snydt paa sin Fødselsdag. - - 
+Nu paa Torsdag eller Fredag rejser Rottbølls og Balle til Lago og Garda, og jeg bliver bums alene i Lejligheden. Pigen rejser ogsaa. Nu skal jeg se at indrette mig paa en fornuftig Maade, saa det hverken koster formeget Tid eller Penge. Jeg tænker, jeg selv vil besørge min Morgen og Middagsmad og saa i Reglen spise med Lud nede i Byen om Aftenen. Det bliver saamænd helt morsomt, især saalænge Lud er her, naar han først er rejst, bliver det jo lidt ensomt, jeg maa se at blive lidt flink i I ["I overstreget] italiensk inden den Tid. - Mulig ogsaa Magdahls kommer til den Tid. Jeg er meget spændt paa at høre noget derom, har endnu ikke faaet Brev fra Fru M. Jeg maa jo se at hale den ud, til de kommer, ellers er det mig og de andre en Gaade, hvordan jeg skal komme derned. Men nu skal jeg se at spare godt, mens jeg er alene; sidste Udvej bliver at tage lidt af, Roms Penge og lægge til Florenz, og saa være lidt kortere dernede. - Jeg er glad ved, at jeg hele Tiden har brugt uhyre faa Penge, Rottbøll har faaet hver Maaned af Lud og saa givet mig i smaa Portioner. Han siger, jeg har brugt forbavsende lidt. Men en Del er der jo dog gaaet. Til mit Malervæsen meget, det er noget dyrt Kram og jeg maatte jo begynde fra bar Bund med Staffeli, Blendrammer o.s.v. - endvidere Hat, Parasol, rød Kjole syt, Strømper og Sko; disse sidste Dele slider jeg vældig paa, af Sko har jeg købt to Par og maa snart til det tredje. - Ja, Pengespekulationer og Bekymringer har man jo alle Vegne i denne Verden. Men jeg er glad over at mærke, at jeg hernede virkelig faar noget ind for Pengene. - Jeg kan ikke sige andet end at jeg er tilfreds med som det gaar med mit Malervæsen. Resultaterne skal I nu slet ikke glæde jer saa forfærdelig til, det er mulig, at I ikke kan se nogen videre Fremgang, og navnlig maa I ikke vente Eder en Syndflod af Billeder. Men alligevel er jeg sikker paa, at der i de sidste Maaderer ["Maaderer" overstreget] Maaneder er sket en betydelig Fremgang og jeg har maaske udviklet det mere i denne korte Tid end i de foregaaende 7-8 Aar i hvilke jeg har malet. Navnlig er min Arbejdsevne taget saa umaadelig til, forbausende ligefrem. Jeg gaar paa trods Sol og Varme og mærker det tit ikke af lutter Varme ["Varme" overstreget; "Iver" skrevet over linjen] Iver. Selv de indfødte undrer sig over at jeg kan taale det. Næsten ingen Italienerinde vilde kunne gøre det, siger de. Jeg skrive dette for at rose mig selv og haaber ogsaa, I bliver stolte af mig. - Du spørger, hvor jeg maler mit Rosen"parti". Ja det er ikke saa nemt at forklare for uvedkommende. Det er en god halv Times Gang herfra; først ned ad Bjærget og saa et Stykke op igen ad a ["a" overstreget] en pragtfuld Allé, der løber i Sneglegang op ad et Bjærg og ender [et overstreget bogstav] med en dejlig Plads, hvor Michel Angelos David staar. Saa løber den ned paa den anden Side af Bjærget og munder ud, hvor vi bode før; Denne Allé, der hedder "Viale des Calli" (Højenes Vej) er flere Steder afbrudt af Anlæg og i et af disse staar jeg. - Nu er det store Billede snart færdig, saa har jeg haft det under Arbejde vist omtrent to Maaneder. Det er jeg meget stolt over. Min bedste Arbejdstid paa det begynder først Kl. 8 1/2, derfor maler jeg paa samme Sted, hvor jeg alligevel har mine Sager, et Morgenbillede ikke helt lille, med Petuniablomster i Solskin (disse Blomster, der lugter saa godt og som har bløde Blade, visner hurtigt, vi har dem hjemme.) Om Eftermiddagene har jeg i Boboli malet tre smaa Billeder foruden Senerarierne. Det sidste var noget af et Springvand, Citrontrær, der spejle sig i Vandet, de andre har jeg vist skreven om. I Søndags havde jeg bestemt at drive med Malervæsnet og se at faa lidt syt. Nu fik jeg Øje paa et Motiv, en Buket smukke Blomster, som jeg havde faaet af en Mand ude paa Colle; jeg husker ikke hvad de hedder, prægtige Farver. Jeg malede saa hele Dagen til Kl. 7 om Aftenen og fik et lille Billede færdig. Lud sagde, det var et godt Dagsarbejde og jeg synes selv de er pæne. Jeg skriver saa udførlig om alt mit Malervæsen, da Du altid spørger ud om det. - Ja, det er Guldalder for mig, hvad Mal[er]iet angaar, jeg gaar sommetider og bilder mig ind, at jeg virkelig kan blive til noget, eller at jeg i alle Tilfælde har mere Talent end jeg før har trot. Det med Juleudst. var vist ingen Umulighed men jeg er bange, Du og Far vilde tage Eder det nær, hvis jeg blev kasseret. - Du spørger, hvad R. maler, det er Landskaber, men det vil sige for Tiden gør han ingenting hverken i den ene eller den anden Retning. Varmen tager paa ham, saa han er helt syg. Derfor er de nødt til at rejse, hvad de ellers ikke havde tænkt at gøre før, da de mente ikke at have Raad. Hans Pengesager staar nok ikke godt for Tiden; 1000 Kr., som han havde ventet at faa for i Sommer, faar han ikke, saa han maa stadig tage op af sin Formue, da de ikke kan leve af Renterne. Derfor er der heller ikke tale om at beholde mig frit nogen Tid. Men heldigvis tror jeg dog, jeg betaler saadan for mig, saa de ikke taber det mindste ved mig. - - Vi har en lumrende Hede nu, rent gyselig hver Dag, Du har en Gang spurgt, hvormange Grader celsius. Ved det ikke bestemt, men et Par og tredive. Og det er i Skyggen inde i Stuen. Og Skyggerne er paafaldende i Modsætning til solbeskinnede Steder, der er et glødende Ildhav. Du kan tænke Dig, at Modsætningen der saa stærk, at hver Middag, naar jeg kommer her hjem bliver jeg til de andres store Forbavselse, snydende [det første "n" i ordet indsat over linjen] forkølet af Snue, saa jeg nyser og Øjnene løber i Vand; det varer i Reglen et Par Timer, til jeg gaar ud igen i Varmen. Og dog er her saa hedt, at de andre og jeg, naar jeg har været tilstrækkelig længe herhjemme sidder ganske stille og sveder paa en Rørstol. Bløde Møbler ere skyede. - Saa kan Du selv tænke Dig til Varmen ude. - - Det værste er, at vi har svært ved at sove om Nætterne. Dels for Varme og dels for Myg. Disse sidste ere skrækkelige. Der er en egen Slags her, nogle smaa lodne Fyre, der gaar paa med en knusende Dødsforagt og deres Stik er som en Byld, gør ligefrem ondt. Jeg er for Tiden aldeles forbidt. Paa min ene Haand og Haandled er der over 100 Stik, paa den anden, der ser forholdsvis godt ud 40-50, paa flere Fingre 10, jeg ser skrækkelig ud ogsaa i Ansigtet, og tænk, de har endogsaa stukken under begge mine Knæ, paa Vrangen forstaar Du. Det er en stor Plage. Og det er skønt, vi ligger under store Net om Natten. - I Nat har vi for en Forandrings Skyld ikke sovet for Torden. Det har tordnet fra i Aftes og til Kl. 4, flere Gange har det været meget nær oppe over. Jeg er da for Resten ogsaa sløj i Dag. - Nu synes jeg, jeg skulde have lidt tiere Brev, naar jeg bliver alene. Dit sidste var rigtignok noget kort. Siden Sølvbryllupsbrevene har sløjet den ikke saa lidt af. - Du har vist "forskreven" Dig den Gang. Jeg har alle Dine Breve mærkede med No og Dato, saa jeg kan holde ordenlig Kontrol. - Tak for Billedet, det er morsomt. - Nu er der nok godt med Kærester paa Haabet. Det er vel af og til en blandet Glæde for jer andre? Du faar dette paa Laders Fødselsdag, Aarsdagen efter den storslaaede Dag i Tarup. - Lille Skvades Fødselsdag skal jeg huske, Skade at Thomas dog ikke ogsaa holder Fødselsdag nu snart, at jeg endelig en Gang kan faa skreven til ham.
+Hils dem alle 1000 Gange. Ogsaa paa Gelskov. Kan O. S. nu ikke faa det bedre et Par Aar ovenpaa det, kan det vel ikke lette paa ham? 
+Skriv Snart! For min Skyld skal Du ikke holde Dig saa nøje til den [et overstreget ord] Tirsdag. - Er Far stadig rask? Din Alhed</t>
+  </si>
+  <si>
+    <t>1894-07-21</t>
+  </si>
+  <si>
+    <t>Bello skvaderup var Alhed Larsens øgenavn for Bello sguardo i Firenze eller måske rettere for huset på Bello sguardo.
+Haabet er Erikshaab, Warberg-familiens hjem.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Det vides ikke, hvem Alhed Larsen kalder Pinden.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2150 og BB 2160</t>
+  </si>
+  <si>
+    <t>Alhed ønsker tillykke med fødselsdagen. Hun sender tre fotografier. Et er taget, mens Alfred Rottbøll holdt sølvbryllupstale "for" Alheds forældre, og det er til Alheds mor. Desuden et foto til Thorvald og et til hans søster. Rottbølls og Emil Brandstrup er rejst dagen i forvejen. Rottbølls var nogle smølehoveder og slet ikke klar, da vognren kom. Alhed Larsen har nu lejligheden for sig selv. Hun og Ludvig Brandstrup spiser sammen. 
+Rottbøll har udnævnt Alhed Larsen til vice-vice-konsul i hans fravær, og Alhed vedlægger afskrift af et brev, der omhandler udnævnelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eYoh</t>
+  </si>
+  <si>
+    <t>21nde Juli 1894
+Kære lille Skvade!
+Herfra Sydens varme Bello skvaderup sender jeg Dig min bedste Lykønskning til Din Fødselsdag. Jeg ved egentlig ikke noget bestemt at ønske Dig for det kommende Aar, der er jo ganske vist dette med Examen, men den gaar nu nok godt og jeg vil derfor kun i al Almindelighed ønske Dig, at Aaret maa blive godt - saa godt, som en lille "Skvade" fortjener det! - Jeg har herved den Ære at sende 3 Fotografier, men rigtignok kun det ene har jeg tænkt at begave Dig med. Bordbilledet har jeg tiltænkt Mor eller "Haabet", jeg haaber I alle finder det smukt. Det er taget paa Sølvbryllupsdagen i det Øjeblik Hr Rottbøll, henvendt til mig holder Festtalen. Kagen, som Mor sendte, staar i Forgrunden, endvidere ses Jordbær, Salat en Smørkande, Sodavandsbeholder og vores elskede "Fiasko" i Stativ. - Af de andre to Billeder kan Du saa vælge, hvilket Du vil have, og det andet vil jeg bede Dig om at give Rimse fra mig og sig til hende, at hun er en god Pige, og hun maa ikke være være ["være" overstreget] vred, fordi jeg aldrig har skreven til hende. - Maa jeg sige Dig mange Tak, fordi Du ogsaa var med til at sende mig "Rejsen", som jeg blev forfærdelig glad ved og maa jeg ogsaa sige Dig mange Tak ["Tak" indsat over linjen] for Dit Brev til min Fødselsdag; vil Du skælde Din "felovede" ud fra mig, fordi hun ikke har svaret paa mit sidste Brev, - naa, det var nok et lille Apropos. - Nu er Skvaderup øde og tomt, i Gaar rejste Konsulens med Balle og overlod mig til mig selv. Jeg blev ved denne Lejlighed udnævnt til Sekretær for Vice Vice Konsulen (Lud), og for at Du ikke skal tro, at dette ikke er ramme Alvor, sender jeg Dig Afskriften af en Skrivelse, som i Gaar udgik i 4 Exemplarer, til Præfekten, Kvæsturen, Borgmesteren og én til, som jeg ikke husker. Det er frygtelig Sjov, synes jeg. Den Værdighed sætter mig op i en høj Rangklasse, 3die eller 4de over Professorerne, og den giver mig Lov til at udstede "Permesser" = Frikort ["= Frikort" indsat over linjen] til Museer og lign. Jeg vil ["Jeg vil" overstreget] Endvidere bliver jeg af Præfekten indskreven i en stor Bog over udenlandske Diplomater!!!! - Du maa endelig gemme Papiret, jeg har kun den ene Afskrift. - Endvidere raader jeg i deres Fraværelse over en 7-8 Værelses Lejlighed, som indeholder meget jordisk Gods. Min Morgen og Middagsmad vil jeg selv lave, i Dag har den staaet paa Bøf med et Spejlæg over, Brød Smør og Ost, Salat og Vin, i Morgen staar den paa Æggekage og det samme undt. Bøf; i Overmorgen Macaroni og Skinke, og maaske et Æg. Jeg haaber dette interesserer Dig lille Skvade? Om Aftenen spiser jeg sammen med Lud nede i Byen; i Aften skal jeg mødes med ham Kl. 7 1/2 nede i en stor Have, et udmærket Sted, vi har funden. - - De andre rejste i Aftes Kl. 9, de vilde rejse om Natten, da det er mindre hedt. - Du kan tro, det var et Slid at faa dem af Sted, vi stod alle paa Hovedet fra den tidlige Morgen. De er nogle kolossale Smølehoveder, meget værre end jeg. Her i Huset anses jeg for at være expedit, præcis og altid ventende paa de andre. Du kan tænke Dig, Drosken var bestilt til Kl 6 1/2 og da den kom, var de ikke færdige med at ind, havde ikke begyndt at klæde sig om, skulde tage Bad begge to og manglede endnu at gøre to Visiter, som de havde lovet her i Huset!! - Efter mange overstandne Lidelser kom vi da endelig ned i Byen og her gav Lud en lille festlig Frokost ["Frokost" overstreget] Aften til Afslutning. -
+Jeg er sikker paa, at jeg ved dette Brev, hverken har anstrængt Din eller min Hjærne ved at bevæge mig i de højere Regioner. Men det er Aarstiden nu heller ikke til; dog vil jeg til Slutning kortelig berøre den moderne Malerkunst, idet jeg ikke vil undlade at meddele Dig, som Mæçen, at jeg sælger ud, naar jeg kommer hjem. Mine Priser kender Du, "Billige men bestemte"! - Nu kan Du ikke faa mere, men Du begærer vist heller ikke mere. - Mor skriver, at Din Familie staar Dig bi paa Din Hædersdag, Du maa endelig hilse dem alle vældigt fra mig, sig til Pinden, at nu holder jeg snart 1/3 Aars Fødselsdag. - - 
+Mange kærlige Hilsener til Dig selv, lille Skvade fra Din heng. Svigerinde
+Alhed.
+BB 2160
+Con cio ho l'onore di amanriaro, che il Signor Ludvig Brandstrup, di ["di" overstreget] scultore di Copenhahen [det første "h" i ordet overstreget] è costiluito Vice-Console di Danimarca durante l'assenza del sattoserillo. - L'assistente plenipateuziario [det første a i ordet overstreget; over dette indsat et "o"] del Signor B. sarà Frk Alhed Warberg di Højrup in Fionia.
+Con distuda C ["C" overstreget] considerazione
+Alf. Rottbøll
+Vice Console di Danimarca
+Jeg har herved den Ære at meddele, at AW o.s.v. - - er const. Vice-Console ["ole" overstreget; over dette indsat "ul"] af D. under Undertegnedes Fraværelse - Hr. B.s befuldmægtigede Assistent vil være Frk AW. fra Højrup i Fyn.
+Med udmærket Højagtelse</t>
+  </si>
+  <si>
+    <t>1894-08-08</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Sylow</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1893 til april 1894.
+Det kan ikke afgøres, om Onkel C er Carl eller Christian Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2151</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er rask nu, men hun tager det med ro, så længe det er så varmt.
+Hun og Ludvig Brandstrup har et par gange spist sammen med arkitekt Sylow, som Ludvig har gået i skole med.
+Det er makaroniens dag, og man pynter butikkerne med makaroni i alle former.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St.
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
+[Skrevet lodret i venstre margen:]
+Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
   </si>
   <si>
     <t>1894-08-20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Italien
 Toscana</t>
+  </si>
+  <si>
+    <t>Erikshåb</t>
   </si>
   <si>
     <t>Rufina, Firenze,Toscana, Italien
 Fiesole, Toscana, Italien
 Firenze, Italien</t>
   </si>
   <si>
     <t>Giovanni -
 Herminia -
 Isala -
 Onklen -
 Rosina -
 Adolfo Bacci
 Vittoria Bacci
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 - Rübow</t>
   </si>
   <si>
     <t>Alhed tager i februar 1894 på en rejse til Italien med sine onkler. Hun bliver der til foråret 1895.
 Ludvig Brandstrup tager i efteråret 1894 til København for at blive gift med Berta Hirschsprung. Parret kommer herefter til Firenze.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Onkel Lud skal rejse og Alhed skal bo hos familien Bacci i Rufina. De besøger familien og tager på bjergvandring.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0Rju</t>
   </si>
   <si>
     <t>20nde [overstreget: J] August 1894
 Kæreste Mor!
 Med Blyant i Anledning af at jeg ligger ude i en Kastanieskov, ægte K., henrivende, ligger på Skraanigen af et Bjærg og skimter blaa Bjærge bagved Træerne. Lud ligger og sover her ved siden af, jeg var ikke søvnig, skriver derfor i Stedet.
 Jeg synes, I skal have et Extrabrev for at blive lidt orienterede med, hvor lille Be opholder sig og færdes. – I Forgaars gik den af. Lud og jeg rumlede ud af Firenze Kl 6 Morgen paa Toppen af en velstoppet Omnibus. Det var dejligt at komme af Sted, de sidste Dage havde været haarde, vi havde naturligvis opsat alt lige til sidst, Ærinder, vi skulde besørge sammen, Vadskning og Strygning af alle mine Kjoler o.s.v. Luds Fødselsdag bestilte vi intet; Han blev glad ved Puden og Glasset. Vi tog sammen med den lille Bülow op til Fiesole at spise Frokost, d.v.s. en Dagv [overstreget: Dagv] elektrisk Sporvogn kørte fra os lige for Næsen af os, saa gik vi ind i et Trattori og spiste og afventede den næste. – Jeg sae [overstreget: sae] à Fiesole Kaffen med Likor og Cigaretter paa et henrivende Sted i Haven Aurora” under T [overstreget: T] skyggefulde Træer og den herligste Udsigt over Firenze. Saa gik vi rundt og besaa Fiesole. Resterne af et ældgammelt Amfitheater x,
 Kirken x meget interessant, ogsaa Kirken for Resten, spiste saa til Aften paa samme herlige Sted og kørte endelig i Drosche og Maaneskin tilbage til Firenze. – Vellykket Eftermiddag. Som sagt, I Lørdags Morges gik den af. Fru B med Pige var i Rufina at tage imod os ["os" indsat over linjen] og Manden og Søsteren havde Frokost færdig da vi kom. Eftermiddagen gik med at drive den forfærdelig af og sove lidt, vi var jo lidt trætte, da vi havde været oppe 3½. Men Forandringen fra Firenze er dejlig; Luften henrivende frisk og styrkende, Maden smager storartet, jeg har ikke [tilføjet: ikke ] smagt Mage til Smør og Mælk, og æder med en Appetit, som jeg heller ikke har kendt i lange tider. Og endelig sover jeg med en Ro og Kraft, der er velgørende. Det er alligevel rart, ikke at være helt alene, man føler sig dog mere tryg. I Nat mærkede jeg ikke, at Teresina (Søsteren) tændte Lys og anstillede Jagt paa en Græshoppe der gjorde Spektakel hoppede og omkring paa mig! – I kan ikke tænke Jer, hvor de Mennesker ere elskværdige og nydelige imod mig og saa ere de saa kvikke og lebendige og parate til alting.
 Fru B er som en pur ung Pige, skønt hun har en Dreng paa 6-7 Aar. I gaar Søndag var vi paa en dejlig Tur, vi besteg et Bjærg, d.v.s. Fortsættelsen af det vi er paa, det var en vældig lang Tur og stejl både op og ned. Men ikke det mindste anstrængende fordi Luften er saa henrivende, selv ikke i Middagssolen. Vi var 10 Mand, vores Værtsfolk, Giovanni og Rosina, et kosteligt aldrende Ægtepar; Konen har et storartet Humeur og Snakketøj og traver til trods for sine c. 50 Aar som en Gaselle op og ned af Bjærgene, Man er lun grinagtig; men Lud og jeg kunne desværre næsten ikke forstaa ham – Endvidere Herminia, Pigen og hendes Søster Isala, to vældig friske Pigebørn. – Vi spiste Frokost paa en Eng under nogle store Egetræer ikke langt fra et Hus. Derinde fik vi at vide, at naar vi vilde vente en Timestid kunde vi faa Ricotta. Det vilde vi nok. Saa fik vi imens Manden ud med en Stige og et Reb og vi lavede os en ["en" indsat over linjen] udmærket Gynge i et stort Træ. Saa spiste vi og drak Vin og fortsatte Turen til op paa Toppen, hvor der var et herligt Panorama. Vi fandt smaa nydelige Alpevioler. Masser af Brombær og Nødder. – Det var en dejlig Tur; kun trætter det mig en Del med det fremmede sprog, jeg maa jo endnu tænke mig svært om med alt, hvad jeg skal sige og det er anstrengende at tænke og tale på to forskellige Sprog. Nu vækker jeg Lud, vi skal hen at gøre Regnskab, det er det vi er kommen herud for H.[overstreget: H]
 Senere. Han vågnede halvt og bad mig skrive til Berta, det har jeg nu gjort 3 Sider, nu skriver han videre; jeg ligger paa Maven og skriver paa Jorden og han lægger sit Brev paa min Ryg og skriver. Jeg er sønder knust over at Lud rejser, han er en storartet Kammerat. – Han rejser i Morgen tidlig. Manden Bacci og jeg tage med ind til Byen, jeg har glemt forskellige Ting f.Ex. at give Besked til Posten om mine Breve, jeg længes snart efter nogle Breve. Tak for Lappen i Luds Brev, Du er jo en hel Digter, har [overstreget: har] det skal vi rigtignok nok huske, naar Du en anden Gang vil sætte os til at lave Sange. – Endvidere vil jeg have noget mere Malervæsen herop her kan blive meget at gøre. – Vi skal op i nat Kl. 3 I Morgen Aften komme vi tilbage medbringende Onklen, den gamle Major, det kan blive sjov at faa ham herop. – Jeg glæder mig vældig til at være her i en halv Snes Dage, i denne dejlige Luft. Særlig naar jeg vænder [overstreget: vænder] vænner mig lidt mere til det italienske. – Vi har 3 Sovekamre og Spisestue og Køkken. Laver selv Mad. Fruen skriver op alt hvad vi køber, og siden deler vi. Det er jo nydeligt af dem paa den Maade at tage mig ind i Familjen. Det bliver vist 2,50 om Dagen, vi æder allesammen. Jeg skulde jo saa lave Mad ogsaae af og til, men jeg bliver vist tilbage, Fruen er saa flink og regner det for ingenting. Men en Dag skal jeg lave Brombærgrød. – Senere paa Aftenen. 
 Her er en farlig Tummel vi have lige spist og sidde om Bordet og jeg maa se mit Snit til at slutte Brevet. Det blive vist besværligt at skrive Breve her, her er intet Sted at sidde, - uden [overstreget: at] f.Ex i Skoven, men jeg er bange at Du Mor ikke sætter Pris paa usoignerede Breve. Men dette er et Extrabrev og saa – Kritik frabedes! – Nu kom der en skare ind med et Pindsvin de havde funden og som de var henrykte over. – Det er vist et slemt forstyrret brev, dette, men jeg haaber I blive glade ved at høre at jeg har det udmærket heroppe.
 Nu kun 1000 Hilsner til Eder alle.
 Skriv snart 
 Eders Be
 Adr._ Alt._ Signor Adolfo Bacci
 Rufina – per [overstreget: Ach]
 Acone
 Toscana _ Italia_</t>
   </si>
   <si>
-    <t>1894-02-08</t>
-[...26 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+    <t>1894-08-24</t>
+  </si>
+  <si>
+    <t>Italien
+Rufina</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er med familien Bacci på deres landsted i Rufina nær Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2141</t>
+  </si>
+  <si>
+    <t>Alhed synes, det er sjovt slet ikke at tale dansk. Hun er blevet meget solbrændt i Rufina. Alhed har været på en lang tur i bjergene. De bader i en bæk og spiser og drikker godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vlso</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
-Deutsche Reichspost
-[...4 lines deleted...]
-1193a
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+93
+A
 [Håndskrevet på kortets forside:]
-Fru Laura Warberg
-[...1 lines deleted...]
-Dänemark
+Signorina Johanne Warberg
+Erikshaab Højrup
+Fyen
+Danimarca
 [Håndskrevet på kortets bagside:]
-Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
-[...5 lines deleted...]
-    <t>Firenze</t>
+Kære Johanne. Havde Du ikke glemt at lægge noget af Brevet i Konvoluten? Der var kun et Ark fra Dig, ingen Slutning og afbrudt lige midt i noget. Jeg tænker mig at det er Roen Elle, der har lagt det i Konvolut. - Ellers var jeg vældig glad ved det, det laa til mig svært tilpas, da jeg kom hjem fra Firenze efter at have afleveret Lud. Det er højst grinagtig ikke at tale et Muk dansk, kun sagde jeg i Morges til Fru B. idet jeg vågnede op: hvad er Klokken? Her er dejligt. Jeg er bleven mere brun i disse Dage end i hele den øvrige Sommer, fordi Luften er saa god. I Gaar var jeg alene en meget lang Tur oppe paa Bjærget og fandt yndige nye Veje. - Vi bader i en lille Bæk. Vi spiser vældig og drikker som Svampe. - Skriv snart igen. 1000 Hilsner. Tak for Brevet Alhed. 
+[Skrevet lodret langs kortets venstre margen:]
+Fredag</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Rigmor Balslev
+Thorvald Balslev
+Harald Bing
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Louise Brønsted
+Johanne Caspersen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Drude Jørgensen
+Hanne Langkilde
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Petersen, Skolefrøken
+Christine Rump
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>I Snøde på Langeland boede Johanne Caspersen (Tante), som var Laura Warbergs søster. 
+Chlorid Kali: Kaliumklorid.
+Alhed Larsen opholdt sig i Italien februar 1894 til foråret 1895. Majoren var en onkel til hendes nære venner, Bacci, i Firenze. Hans navn kendes ikke. Ludvig Brandstrup rejste i august 1894 fra Firenze hjem til Danmark for at blive gift. Han og hustruen kom til Firenze i efteråret. 
+Inden Reformationen i 1536 var Christiansdal et benediktinerkloster med navnet Dalum Kloster. Efter Reformation var Dalum Kloster længe et kongeligt len og blev senere ryttergods. Som herregård var Christiansdal ejet af Christian Benzon og hans efterkommere i mere end 100 år. Til Christiansdal hører en have på ca. 7 tdr. land. Sydfløjen på Christiansdal er opført i 1812-1818. Siden 1907 har stedet atter haft navnet Dalum Kloster. I 1891 solgtes hovedbygningen til Christine Rump (1867-1922), hvis arvinger i 1906 solgte gården til den katolske Skt. Hedevigsorden, som indrettede et rekreationshjem. I 1903 blev der tilmed opført et katolsk kapel, og gården fik atter sit gamle navn Dalum Kloster. I 2013 blev Christiansdal ejet af Dalum Kloster Hvilehjem.
+Indavlet: Bragt høsten i hus.
+Der er nævnt en del personer i brevet, som det ikke har været muligt at identificere: Marie K. og gl. K, Smidt, Sagfører Jacobsens dreng, Frk. Jørgensen og Kaffe-Christensen.
+Det er formodentlig Johanne, der underskriver sig med navnet Sel sidst i brevet. Hirscher er Hirschsprung.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0337</t>
+  </si>
+  <si>
+    <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
+Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
+Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
+Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
+Familien har drukket kaffe udendørs i det gode vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F9KW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+“Tre Hjorte”
+Vestergade 
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab – Mandag
+Kjæreste Abba!
+Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
+Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
+Din Sel -</t>
+  </si>
+  <si>
+    <t>1894-08-30</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Johanne Christine Larsen
+Christine  Mackie
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Thorvald var. Warberg-familien kendte flere, der hed sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0362</t>
+  </si>
+  <si>
+    <t>Det var trist, at Albrecht var syg på turen til Gurre.
+Albrecht skal se at få vasket manchettøj. 
+Christine har fået mere at bestille, og Emil føler sig rask.
+Malin/Molle Ingers vil komme på besøg. Der bliver opført en ny bygning på Hvilan.
+Hempel Syberg får opium for sin søvnløshed, men det virker ikke.
+Laura træner sit ben ved at gå ture, og hun har plukket perikon.
+Amstrup-familien skal på besøg hos Else og Conrad Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gZPT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel Tre Hjorte
+Vestergade 
+Kjøbenhavn
+[Håndskrevet på kuvertens bagside:]
+Hilsen Skruppehænderne
+[Poststempel]
+[I brevet:]
+Erikshaab – Torsdag – 
+Kjæreste Abba!
+Tak for Brevet! Det var jo kjedeligt, at Du ikke fik ret Glæde af Gurreturen for al den Asthma, det var ogsaa altfor tidligt at tegne Dig paa den, naar Du har været der i Klokken [”i Klokken” indsat over linjen] en Tid bliver Du dog gerne bedre og gaaende. Du maa helst give et Par Sæt Manchettøj i Vask derovre strax, paa Grund af Smaaregn og Graavejr her kan jeg ikke faae sendt Tøj til Dig før tidligst Tirsdag; vi vaskede igaar. Christine var her til Morgen, hun cyclede 7½ i Tirsdags, har helt fri om Onsdagen. Hun er meget tilfreds med nu at have noget mere at Bestille. Dede kjørte for hende Junge og mig en lille Visit paa Ølstedgaard igaar Eftermiddags, han kjører meget forsigtigt og passer nøje paa at undgaa ”hvad Far ikke vilde synes om ”. - Igaar fik jeg Brev fra Emil; han er saa rask nu, ingen kan see at han er syg, skriver han, men Du hører jo nu mere direkte om ham, d: 1_ste_ kommer Lud til Byen, bliver hentet i Roskilde af Berta, Lud var et Par Dage hos Emil, skrev med ham, men bare en Hilsen ”hans sidste Ungkarle-Hilsen til vort rare Hjem, hvor han har tilbragt nogle af sine behageligste Timer i hans Ungdom”. Fra Molle fik jeg et langt Brev fra igaar, hun melder sig herover, hvis hun kan paa sin Rundrejse=Billet til Askov Møde i næste Uge. Det var et langt rart Brev, og vi glæder os til at se hende. De bygger i Sommer paa den store nye Bygning til Skolen. Hilde paa Dalen har været syg og sengeliggende i 3 Maaneder af Nervøsitet. – 
+Syberg kan stadig ikke sove, har saa igaar faaet Opiumspulver, men alligevel ikke sovet i Nat. Mimi ligger nu igjen i Gjæstekamret. Vi er jævnlig deromme. Imorgen skal vi saa af med vor Junge, det bliver trist. Igaar var hun saa rask igjen, iaftes var vi alle i saa godt Humør, lille M[ulæseligt] var her til Ære for Junge og Christine. Jeg var forleden Aften ”Omgangen rundt” og plukkede en stor Haandfuld Perikum. Amstrups rejser til Glorup paa Lørdag med Nete, Pige og Kusk. Else havde skrevet, at de skulde være de Søndag over, saa vilde hun invitere fremmede paa dem. Wisse havde nemlig skrevet derned, at dersom de (Else og Conne) var bedt ud nogen Steder, saa maatte de endelig ikke sige Nej, hvis de (Amstrups) kunde komme med, da det vilde more hende meget at see Egnens Folk. Meget snildt af Visse, som jo undertiden kjeder sig lidt dernede. – Nu gaaer jeg selv til Højrup med en Del Breve, jeg øver mig i lange Ture nu, trænerer mig til de 4 Dage i Kjøbenhavn. Børnene og Dit Es hilser.
+[Skrevet langs sidste sides højre kant:]
+Han har ogsaa vældig godt af at friskes op om Aftenen
+[Skrevet langs første sides venstre kant:]
+Mange Hilsener til Thorvald det er herligt Du har ham</t>
+  </si>
+  <si>
+    <t>1894-09-02</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+- Blom
+Berta Brandstrup
+Eline  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+- Gundestrup
+Marie Juul
+- Juul, fru
+Drude Jørgensen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Warberg-familien kendte flere med navnet P. Nielsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0329</t>
+  </si>
+  <si>
+    <t>Christine har fået flere klaverelever. Julie Brandt har meget tegnearbejde.
+Skal Laura bo hos Albrecht eller på et andet hotel i København? 
+Laura og Albrecht skal give Ludvig og Berta en bryllupsgave. 
+Laura m.fl. har været på besøg på Gelskov. 
+Christine har bedt Drude Jørgensen skaffe flere klaverelever.
+Gundestrup har tilbudt at have Frederik det følgende år, men det vil Laura ikke have.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OTcJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 2den
+Kjæreste Abba!
+I Gaar var Elle og jeg paa Vej til Fru Blom og til P. Nielsens Kone, da vi lige ved Skoven blev overraskede ved at se Christine komme cyklende. Hun var meget glad over at kunde melde, at hun i Torsdags fik 3 Elever, en ung Pige og begge Gundestrups Drenge, hvoraf især den ældste skal være flink og musikalsk, deres Mor har spillet med dem, men er meget glad ved nu at blive fri. Chr. sagde strax, at nu kunde jeg da nok blive noget længere i Kjøbenhavn, det har trykket hende, at jeg skulde ofre den Fornøjelse. Hun har nu 48 Kr. om Maaneden og 12 tilgode hos nogle af Eleverne, som nu har bedt hende sende Regning. Hun er ved rigtig godt Mod og mener nok, hun faar flere nu. Hun fortalte ogsaa, at Brandt har faaet saa meget Tegnearbejde, at hun tjener 62 Kr. om Maaneden. Jeg har nu tænkt at rejse paa Lørdag, da jeg jo gerne vil være et Par Søndage derinde, naar Du er [”er” indsat over linjen] fri. Gid Du nu en af dem havde en kjøn Tur for et eller andet Sted hen. Men naar jeg saa kun bliver en lille Tid, og altsaa rejser hjem før Dig, saa veed jeg ikke, om det er værd Du flytter ud af Dit Værelse, Du kan sige mig hvilken af følgende Ting jeg skal vælge, enten boe paa Missionshotel eller faae et lille Værelse paa Tre Hjorte; jeg har tænkt mig, at naar Lud er rejst igjen, saa kunde jeg være 3-4 Dage hos de gamle og saa i dem helt ofre mig for dem. Jeg morer mig bedst, naar det ikke koster for meget at være derinde. Har Du et stort Værelse, kunde der maaske ogsaa sættes en Seng ind, de Dage jeg er der. Men som sagt, lad mig nu vide, hvad du raader mig til, jeg skriver saa reppetere, men kommer paa Lørdag d. 8de, haabende at finde Dig vel tilpas uden Asthma. Eline fik jeg Brev fra nylig, det lader som hun mener vi nok kan give Brudegave til Lud og Berta nu, de giver Fotografi og de gamle har en Gave. Alt staaer godt til her hjemme. I Fredags var Fru Juul og Marie her en Visit, jeg tog med dem til Gjelskov, hvor Præsten var, vi havde en rar Aften. Hempel kom og tog bagefter herned, vi drak Kaffe og sludrede til Kl. 11½. I Dag er vi bedt til Gjelskov til Kaffe og Aften. Junge drog saa lidt melankolsk afsted i Fredags. Hr. J. kjørte hende ned og Astrid og jeg fulgte hende. Christine mødte Fru Berthelsen igaar i Odense, men hun gaaer altid rask forbi hilser kun. Hvor hun dog er kold. – Idag er Paludan i Odense. Christine har været hos Fr. Jørgensen, som var meget venlig og lovede at gjøre, hvad hun kunde, for at skaffe hende Elever, Hun spurgte, om nogen af Søstrene skulde til Sollerup iaar!! Tro mig, det vilde hjælpe paa hendes Evne til at skaffe Chr. Elever om vi havde en at sende til hendes Skole. Det er uheldigt, at vi ikke netop i Aar skulde have Muk ud at lære noget, saa billigt vi kunde have hende sammen med Christine. Gundesttrups har sagt, at de kunde godt have Dede til næste Aar; men det vilde ingen godt Sted være for ham de Drenge ser dog ud til allehaande. 
+Ja nu er det Middag og derefter skal jeg see at faae Bud til Højrup efter Breve og med dette, jeg længes snart efter et fra Dig. Christine og Elle hilser. Mange Hilsner fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1894-09-09</t>
+  </si>
+  <si>
+    <t>Italien
+Firenze</t>
+  </si>
+  <si>
+    <t>Acone, Firenze
+Bello Squardo, Firenze</t>
+  </si>
+  <si>
+    <t>Hugo -
+Onklen -
+Teresina -
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Georges Ohnet
+Alfred Rottbøll
+Ellen  Sawyer
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Haabet er Erikshaab; Warbergfamiliens hjem.
+Alhed Larsen far er i København for behandling af sin astma.
+Berta og Ludvig Brandstrup blev gift i efteråret 1894 i København.
+Laura Warberg kom til skade med sit ben under en udflugt med charabanc.
+Det er uvist hvem lille Skvade er. Thomas er muligvis Thomas Bredsdorff.</t>
+  </si>
+  <si>
+    <t>Alhed bor hos Bacci i Firenze. Hun trives med det. De laver sjov og har været i teatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCra</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Jeg skriver til Dig mod Sædvane, da jeg ikke rigtig ved, om Mor er i København eller paa Haabet. Brevkort fra Elle i Dag meddeler, at Mor har slaaet sit Ben, saa det ikke vides, hvad Dag hun rejser. Forfærdelig kedeligt, hvis hendes Rejse helt skulle ryge i Lyset. – Hvis hun endnu er paa Haabet, naar Du faar dette Brev, maa Du jo endelig sende hende det til Trøst og Opmuntring.
+Jeg befinder mig paa Squardro nu og befinder mig over al Forventning godt. Jeg havde gruet en Del ved Tanken om Forandringen fra det dejlige Acone og til Skvadderup og navnlig for at skulle være helt alene og sove alene om Natten. – Men der var ikke tale om, at de Baccis [tilføjet: Baccis] vilde lade mig begynde paa det igen, jeg skulde absolut ligge i et tomt Værelse, de havde – uden at betale noget for det. – Det er jo umaadelig venligt af dem. – Saa laa i den Bestemmelse ogsaa at spise hos dem. Fru B. foreslog det, hun ville gøre det paa den Maade, at hun skriver alt op, hvad hun køber, og saa regner vi min Part ud. Saa kommer jeg ikke til at betale en Øre mere end hvad jeg spiser for. – Dyrere bliver det alligevel, da jeg her spiser med en udmærket Appetit, mens jeg næsten intet spiser, naar jeg er alene og selv skal lave min Mad. – Men jeg synes alligevel nok jeg kunde forsvare det; [overstreget: da] jeg vilde gærne blive ved at være lige saa tyk og rødmosset brun og veltilpas, som jeg er bleven det [indsat:det] i Acone. – Vi har det brilliant sammen, jeg er helt som hørende til Familien. De ere aldeles mageløse imod mig. Fru B. og jeg ere blevne Dus og ere helt Veninder, hun hjælper mig at sy nogle Puder til Lud og Berta. – De ere forfærdelig livlige og morsomme at være sammen, altid i godt Humør og fulde af Morskab og Løjer. - - I Forgaars kom Majoren, Onklen, og Sønnen, Signor Hugo, for at tage os med ud at spadsere. De var saa fine og elegante, saa vi næsten ikke kunde kende dem fra Acone. – Vi besluttede at der i den Anledning maatte gøres noget. - - De var bedte her til Middag i Gaar, og lidt før vi gik til Bords, forsvandt Fru B. Søsteren og jeg i al Hemmelighed og klædte os i Maskeradedragter. Empire og Rokoko. Fru B. mørkerød Plysch, jeg blegrød og Søsteren højrød Silke. Opsat Haar med Blomster i Toppen. Det gjorde svært Lykke hos de tre Kavallerer, det var ogsaa nydelige Dragter. I Aften var vi i Theatret, Onklen havde d [overstreget: d] en Loge. Vi saa et Stykke af George Ohnet og morede os brilliant. Jeg kunde naturligvis ikke forstaa alt, hvad de sagde, men dog hele Handlingen; de spillede brillant. – Nu er jeg const. Konsul; jeg sender det halve af et Brevkort som jeg i Dag har modtaget fra Rottbøll, for at I kan gøre Eder Begreb om min Værdighed. (bem. Adressen) – Jeg rangerer jo for Øjeblikket højt over min øvrige Familie! - - - Det er betydeligt køligere nu i Vejret blev det netop som vi kom tilbage; men mens vi var borte, har det nok været en Varme som de sjælden har Mage til i Firenze. – Fortiden spiser vi Masser af Figen, Ferskner og Druer. Det er storartet at kunde spise sig mæt i Druer for nogle faa Øre.
+Vi spise hver Dag to Gange om Dagen. - - Det er rart Du er er i København nu, at Du kan blive fri for den Asthma, som Du jo har haft i den senere Tid. Gid det nu maa hjælpe for lange Tid. – Du skal vel med til Bryllupet? – Jeg haaber Du og Mor ordentlig vil slaae til Skaglerne sammen med lille Skavach og andre ligestillede, mens I er i København. – Hils Thomas, Skvade og hvem andre der er mange Gange Marie Sperling og Brandt endelig. - Det er vældig tykt Papir saa jeg tør ikke skrive mer!
+Kærlige Hilsner fra Din Bø
+Skuarderup 9ende Sept 1894</t>
+  </si>
+  <si>
+    <t>1894-09-12</t>
+  </si>
+  <si>
+    <t> Assensvej 198, 5750 Ringe
+Firenze</t>
+  </si>
+  <si>
+    <t>Hugo -
+Jægeren -
+Onklen -
+Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Alfred Rottbøll
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg er kommet til skade med sit ben på en udflugt med hestevogn. "Haabet" er Erikshaab, hvor Alheds forældre bor.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen forsvarer familien Bacci overfor sin mor, som er rystet over en "scene" med en forelsket jæger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ugkp</t>
+  </si>
+  <si>
+    <t>_12te Sept. 1894
+_
+Jeg har skrevet strax, nu maa Du gøre det samme.
+Kæreste Mor!
+I dette Øjeblik har jeg læst dit Brev og er aldeles forfærdet over det Indtryk, mit sidste har gjort paa Dig. Jeg skriver strax for at berolige Dig, naar det blot kunde lykkes mig at gøre dig halvt saa rolig, som Du vilde være det, hvis Du saa mig her mellem disse Mennesker. Jeg er mest ked af det over at Du nu ikke mere har saa meget Tillid til mine kære Baccis, der ere saa mageløse imod mig, saa Du ikke kan tænke Dig det. – De vaager over mig med den største Omhyggelighed, saa jeg netop føler mig saa tryg og rolig, som det kan tænkes. Naar jeg gaar til Byen gaar Fru B. med mig for at jeg ikke skal gaa alene paa Gaderne, og er paa enhver Maade storartet imod mig. – Jeg tror nok, de begge to er kommen til at holde meget af mig, det siger de, og jeg kan ogsaa mærke det; men netop fordi jeg ikke er noget af en ”Flane” men er mere alvorlig end saa mange Italienerinder. – Onklen er begejstret for mig, men netop af samme Grund. Og den unge Mand – ja jeg maa le, naar jeg tænker paa Dine Bekymringer angaaende ham. Der er ikke mindste Gnist af Spor af Tale om Fare der. Mit Hjærte slaar ligesaa roligt som før og har ikke haft det mindste at gøre med Spøgen. Du ved da ogsaa, at jeg er meget ufarlig paa de Områder.
+”Signor Hugo” er en ganske ung Mand, nydelig og sympatetisk, li [overstreget: li] livlig men dog stilfærdig. Han er lidt trykket af daarlige Forhold i Hjemmet; Moderen er [overstreget: er] var Comtesse, før hun blev gift, skal være meget uelskværdig, navnlig slem mod Faderen, som begge Sønnerne hænger meget ved. Af denne Grund er der trist i Hjemmet, der tales og les meget lidt, og derfor har baade Faderen og Sønnen nydt disse Dage i Acone. Faderen paastaar, at han i flere Aar ikke har set Sønnen saa oplivet. – Om hans unge Hjærte de sidste Dage var lidt mindre roligt end de første, skal jeg lade være usagt, men meget lidt var det ialtfald, og en Ting er sikkert, at han hele Tiden har behandlet mig med den største Respekt uden mindste Lapseri, hvilket er ham meget fjærnt. – Og – ja jeg er næsten lidt ”dydig” indigneret – hvor kan Du tro, at jeg ville lade mig byde det allermindste i Retning af – hvad skal jeg kalde det – Mangel paa Respekt, - ganske vist er Sproget fremmed, men jeg forstaar dog alt nu, og desuden – den Slags vilde jeg strax have en instinktmæssig Fornemmelse af og vise tilbage med dybeste Foragt. – Nej, jeg befinder mig brillant mellem disse Mennesker, de ere fine og dannede, og der er aldrig den mindste Smule i deres Spøg, der kan støde. – Du maa gøre mig den Tjeneste at tænke med største Respekt og Taknemlighed paa dem, hvis de ikke var vilde jeg jo føle mig forfærdelig ene og forladt. Jeg vil sige Dig i Parenthes bem. at de ere mere omhyggelige for mig end Konsulens; de siger nu bagefter, at de var lidt forbausede, da Konsulens rejste, og at de strax talte med hinanden om, at de vilde tage sig af mig, og det har de sandelig trolig gjort! - Tænk, at jeg er i deres Hus og betaler kun akkurat hvad jeg spiser, ikke Værelse, ikke Ulejlighed, det er da virkelig mageløst. – Spørg Lud, saa skal Du høre, de ere brillante. – Mor, nu_ haaber_ jeg, du er beroliget. – Angaaende Jægeren, saa vil jeg give Dig Ret i, at det ikke var hyggeligt, og maaske heller ikke passende, men det kunde vi da virkelig ikke gøre ved. Han var jo bleven helt tosset, men Baccis betragtede mig sandelig godt. – At lade ham tro, at jeg var forlovet var vist slet ikke saa galt, han blev dog lidt mindre paatrængende efter den Tid; men jeg er glad ved, at han stadig tror det, han er nemlig ikke traadt ud af Sagaen endnu, men skrev forleden et 3 Siders Brev til Hr B for at bevidne sin dybe Hengivenhed for os alle, han kommer sikkert en Dag paa Visit, menes der. Han er Dr. (ikke med.) og Advokat, en dygtig Mand men ved denne Lejlighed helt gaaet fra Vid og Sans. – Brevet har jeg faaet til Erindring [overstreget: g] om denne Episode. – 
+Vejret er ækelt i disse Dage, jeg syr Puder til to Stole i Bertas lille Værelse ved Atelieret. Fru B. hjælper mig troligt hvert Minut hun har tilovers, vi sidder og tale saa rart sammen mens vi sy. Hun er fuldstændig orienteret i min Familie, det morer baade hende og Manden at høre om Danmark og Eder alle, og jeg fortæller naturligvis gærne. De synes godt om den Maade vi bliver opdragede paa her holdes unge Piger indespærrede og lære næsten intet, se og høre intet. Fru B. og hendes Søster ere vist ualm. oplyste, tale begge fransk. Fru B. læser ogsaa engelsk, giver Undervisning i italiensk til Udlændinge. - - Jeg haaber ikke Lud og B. komme lidt endnu jeg vilde frygtelig gærne have dette færdig og det lille værelse i Orden. – Jeg befinder mig ogsaa brillant nu og savner slet ikke danske, vi har det svært hyggeligt. Dette maa Du slaa fast, at der ikke er mindste Grund til Ængstelse men at jeg saa tryg, som paa selve ”Haabet”. De feder mig og passer mig, som jeg kunde være deres eget Barn, Du vilde glæde Dig, hvis Du saa, hvor tyk og frisk og fornøjet jeg er. Skriv nu snart og lad mig vide om Du er beroliget og har faaet bedre Tanker om Baccis. – Mit sidste Brev var rimeligvis frygtelig forjaget; det var skreven i mange smaa Afdelinger, da der ikke var mindste Ro – til at skrive – Lad mig endelig ogsaa strax vide, hvordan Dit Ben har det, frygtelig Forsinkelse af Din Rejse.
+Jeg maa have den Kjole, som jeg har skreven til Elle, og som sagt Handsker og Strømper meget velkomne. Sko?? Alt lidt gaaet til. – Slaa nu ordentlig til Skaglerne med Far og Muk, 1000 Hilsner til Eder alle tre fra Din
+altfor frivole og lette Datter Be
+Sikke Ord at brug om mine elskede Bacci og den skikkelige Onkel, der er Noblessen selv.
+Fru B sender ”tanti saluti” mange Hilsner</t>
+  </si>
+  <si>
+    <t>1894-09-26</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Vittoria Bacci
+- Maltesen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var under sit ophold i Firenze i begyndelse af 1890erne meget knyttet til famailien Bacci. 
+Det vides ikke, hvem Pip var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2178</t>
+  </si>
+  <si>
+    <t>Alhed savner at få brev fra sin mor. 
+Fru Bacci kommer hjem i dag. Hr. Bacci og søsteren har været glade for Alheds husførelse.
+Moltesen har inviteret Alhed med til Fiesole. Hun kan næsten ikke huske at tale dansk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PSJg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla egregia Signore
+Signora Laura Warberg - Erikshaab
+Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+26 - Sept 1894
+Kæreste Mor!
+Jeg har ikke Tid at skrive i disse Dage til Eder, det vrimler med Fødselsdage, og at jeg har meget travlt vil Du kune forstaa af mit Kort til Pip. - Men jeg har i adskillige Dage ventet fra Dig; Du lovede at skrive saa snart Du kom hjem og ikke en Gang i Søndags fik jeg Brev; jeg længes meget efter Brev, navnlig da Du skrev at det var daarligt med Dit Ben. Skulde et Brev være gaaet tabt? - - I Dag kommer Fru B. hjem, jeg har i Dag faaet Brev fra hende, hvoraf jeg kan forstaa, at Manden og Søsteren har skreven meget anerkendende om min Husbestyrelse; det er jo rart, hvis jeg har kunnet hjælpe lidt, da de ere saa mageløse mod mig. - Den Moltesen kom kom forleden Form. er her for nogle Dage, inviterede mig paa en Tur til Fiesole i Morgen, højst grinagtig at tale dansk, kludrede ligefrem lidt i det strax og begyndte at tale italiensk. Pakker meget velkommen, mine Strømper vare paa Gravens Rand. - Mange kærlige Hilsner Din Alhed. Vældigt Tordenknald i dette Øjeblik</t>
+  </si>
+  <si>
+    <t>1894-10-09</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Vittoria Bacci
-Carl Brandstrup
+Berta Brandstrup
 Ludvig Brandstrup, billedhugger
-Christian Sylow</t>
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+Christine  Mackie
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Maltesen
+Alfred Rottbøll
+- Rottbøll, Fru
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
+Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
+Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
+Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2154</t>
+  </si>
+  <si>
+    <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
+Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
+En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
+Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tGg</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Alla stimma
+Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[I brevet:]
+Torsdag d. 9ende
+Kæreste Mor! -
+Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
+Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
+Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
+Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
+  </si>
+  <si>
+    <t>1894-11-11</t>
+  </si>
+  <si>
+    <t>Italien</t>
+  </si>
+  <si>
+    <t>Via dei Calzaiuoli, 50122 Firenze FI, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt</t>
+  </si>
+  <si>
+    <t>Bellosguardo er et kvarter i Firenze</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2198</t>
+  </si>
+  <si>
+    <t>Alhed kan ikke nå at klargøre og sende billeder fra Italien til juleudstillingen på Charlottenborg. Hendes familie kan prøve at sende to billeder, som er på Erikshåb. Alhed vil hellere lave nogle mere gennemarbejdede billeder til næste års juleudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VdtW</t>
+  </si>
+  <si>
+    <t>Søndag 11te Nov
+Kæreste Mor!
+Du bad mig om at skrive et Brevkort strax, men jeg synes, det er bedre at skrive et Brev, der kan dog intet staa paa et Brevkort. – Da jeg havde faaet Dit Brev i Gaar gik jeg strax ned til Lud og Berta for at tale med dem om Eders Plan. Der kan ikke være Tale om at sende noget herfra, det er alt for sent, Udst. aabner altid 1ste Dec. og Billederne skal være indsendte 12-14 Dage før. Mine lokale Billeder ere ikke fernicerede. Kan ikke sendes før mindst 8 Dage efter at dette er sket, og der skal jo ogsaa Tid til at sætte Rammer om, saa det kan der ikke være Tale om; det eneste, der muligvis kan naas er [overstreget:er] at indsende de to, I har hjemme Vinterasters og Bellesguardobilledet.
+Hvis I synes det meget, saa gør det, men tænk ordentlig over det først. Jeg for mit Vedkommende bliver ikke skuffet ved at faa det kasseret, men jeg er rigtignok bange for, at I blive det. Og der kan vist ikke være Tale om andet; tænk hvor lidt jeg har malet og hvor usikker min Teknik er, og det er det, De ser paa, meget mere end paa om der er noget Talent i Billederne. – Lud og Berta mener, at det er meget klogere at vente med at udstille til man har lavet noget, man kan vente eller i alt Fald have Haab om at slaa igennem med med det samme. Jeg kunde tænke mig f Ex. Hjemme til Sommer at lave to-tre større og gennemgribende Billeder, som jeg saa kunde sende ind til næste Juleudstilling. Men gør nu, som I synes. Jeg skriver med det samme to Ord til Brandt om at gaa ind paa Charlottenborg og spørge om der er Tid endnu og saa faa en Blanket og sende Eder til Udfyldning; En saadan kan man godt forlange selv om man ikke indsender noget. Det er No 24??
+Hvis jeg laver Fejl maa I jo strax selv skrive til hende.</t>
+  </si>
+  <si>
+    <t>1894-11-28</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
+Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
+  </si>
+  <si>
+    <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqv3</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+A Signora L. Warberg 
+Erikshaab – Højrup 
+Danimarca Fyen
+(Håndskrevet på postkortets bagside:]
+Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1894-12-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2144</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sin nye adresse.
+Hun håber, at forældrene har modtaget malerierne. Hun vil helst vente med at forære billederne væk, til hun kommer hjem, og kun til sine allernærmeste. Alhed ser på malerierne på en anden måde, end forældrene gør. 
+Sender moderen mon lidt brune kager og pebernødder til jul?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zcSP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 [Håndskrevet på kortets forside:]
 lla Signora Laura Warberg
-Erikshaab - Højrup St.
+Erikshaab - Højrup St
 Fyen
 Danimarca
 [Håndskrevet på kortets bagside:]
-Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
-[...1 lines deleted...]
-Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
+Kæreste Mor! - Jeg vil hermed meddele, at min Adresse for Fremtiden vil være: Piazza Donatello 10 Tereno Firenze. - Jeg flyttede herned i Forgaars og befinder mig forfærdelig godt ved det, jeg faar det vist storartet sammen med dem og haaber ikke at skulle ligge dem til Besvær. - - Jeg haaber I have modtaget Malerierne, for Resten vilde jeg nu helst vente med at give et, til jeg kommer hjem; jeg maler maaske en Kopi af et eller andet godt gammelt Billede paa Gallerierne som det vilde være være ["være" overstreget] morsommere at give. At forære sine egne Billeder bort undt. til sine allernærmeste, - naa ja, jeg vil nødig sige imod det naar I synes det, men jeg er ikke rigtig stemt for det; er maaske lidt sær paa det Omraade, men tænk paa, det er mine Ting saa jeg kan ikke se paa dem paa den samme Maade som I andre. - Tak for Pakken udmærket, men Skoene snød Du mig nok for. - Tror Du, Du sender mig lidt til Jul som jeg skrev om?? Brune Kager &amp;amp; Pebernødder kunne vist holde sig brillant. - Bare vi var vel over den Jul. - 1000 Hilsner - A.
+[Skrevet lodret i venstre margen:] 12te December - Onsdag</t>
   </si>
   <si>
     <t>1894-12-22</t>
   </si>
   <si>
     <t>Gudrun Andersen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Torkildstrup</t>
   </si>
   <si>
     <t>Marie Bredsdorff
 Thomas Bredsdorff</t>
   </si>
   <si>
     <t>Christine Mackie var i 1894-1895 forlovet med Thomas Bredsdorff. De to blev ikke gift.
 Det vides ikke, hvad Thomas Bredsdorffs afdøde søster hed.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2653</t>
   </si>
   <si>
     <t>Kort 1: Afsenderen glæder sig til, at Christine kommer til Torkildstrup 1. juledag.
 Kort 2: Gudrun ser frem til at vise Christine julestuen. Gudruns mor har det godt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eTQ9</t>
   </si>
   <si>
     <t>[Håndskrevet på kuverten:]
 Frøken Christine Warberg
 Erikshaab
 Højerup St
 Fyen
 [Håndskrevet på kort 1:]
 Torkildstruphjemmet 22/12 1894.
 Lille kjære Christine!
 Til Juleaften ville vi da ogsaa være med omkring Juletræet paa Erikshaab at ønske Dig en rigtig glædelig Julefest, med Din Tomas ved Siden dennegang Nu glæder vi os til at see Dig 1_ste_ Juledag, eller rettere, Aften, og have nogle gode Dage sammen under Juletræets Skygge. Tak, fordi ogsaa Du var med at smykke min dyrebare Søster Louise med Blomster Krandsen - ja her er det et stort Savn at Louise er gaaet bort fra sine søde Smaapiger [indsat i venstre margen; på højkant:] og os Sødskende hun var saameget for. Hils Alle Dine Kjære Kjærligt
 [Kort nr. 2:]
 Torkildstrup Julen 1894.
 Kære lille Christine!
 Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
   </si>
   <si>
+    <t>1895-02-01</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/knH1</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+lla Signorina Elle Warberg
+Erikshaab - Højstrup St.
+Fühnen
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets adresseside:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1895-02-11</t>
+  </si>
+  <si>
+    <t>Rom
+Napoli
+Fiesole</t>
+  </si>
+  <si>
+    <t>Onklen -
+Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Laurits Ring
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Det er usikkert hvem Jensen er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2000/75</t>
+  </si>
+  <si>
+    <t>Alhed er vendt tilbage til Firenze efter nogle ugers ophold i Rom. Hun skal begynde på Akademiet igen i morgen. Synes ikke, at de andre elever var venlige overfor hende, inden hun rejste. Nu har hun været i Italien i et år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYO2</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Nu ere vi atter komme tilbage til det rolige Florens og det er i Grunden rart alligevel, man bliver dog noget træt og ør af den idelige Styrten om; Vi havde kun 14 Dage og vi maatte ordentlig bruge os for at faa det hele set paa den Tid, men længere vilde Pengene desværre ikke slaa til, alt er skrækkelig dyrt der, og vi maatte stadig betale hver en Lire paa Museerne og køre i Droske og Sporvogne da Afstandene ere enorme. Tænk, jeg brugte over 100 Kr i den Tid, Rejsen er nu ogsaa alene næsten 50 Lire. Men det var en storartet Tid, og vi fik Byen forholdsvis godt set, tror jeg nok. – Magdahls var meget elskværdige, de bad mig flere Gange om at hilse Dig; nu ere de rejste til Neapel. – Jeg ved i Grunden ikke rigtig, hvad jeg skal fortælle fra Rom, der er altfor meget og det bliver for vidtløftigt, da I jo slet ikke kender noget af det. Billedhuggerkunsten har jeg faaet meget mere Smag for dernede, der er aldeles dejlige Ting, de allerbedste Antikker findes der. Den største Samling er inde i Vatikanet. Der har Paven sig skam et flot Bygningskomplex, for det første Peterskirken, som man skal gaa uden om for at komme til Skulptursamlingen, og det er en vældig Rejse, og foruden denne vældige Samling er der et ægyptisk Museum, et etruskisk dito, en Malerisamling, det sixtinske og andre Kapeller, hans vældige Beboelseslejlighed til sig selv og hele sit Hof, og meget andet, f. Ex. store Gaarde og Buegange ind imellem Bygningerne. Ja det er aldeles imponerende. Det smukkeste derude synes jeg er Rafaels Fresker, der er et Par Stuer fulde, de ere ganske dejlige. Men for Resten staar Malerkunsten langt højere her i Florenz, det var mig en stor Fryd at komme op paa disse Samlinger igen og hilse paa mine gamle Venner. Her er mange Billeder, som det ligefrem bliver mig en Sorg at skulle skildes fra. – Disse første Dage har jeg jo ikke været paa Skolen, kun gaaet om og sagt Goddag til Byen. Den anden Dag gik jeg alene en lang Tur op omtrent til Fiesole, men i øsende Regn desværre, jeg havde Akvarelkasse med og sad ogsaae en Timestid paa en Stenmur og prøvede, men Papiret blev for vådt. – Den anden [indsat: anden] Aften begyndte jeg paa et Selvportræt! Jeg havde faaet saadan en Lyst til at male et Portræt og kunde ikke faa andre til at sidde for mig, men det er jo nok lidt sært at sidde og glo paa sig selv. – Og saa er det frygtelig svært at male ved Lampelys, men vældig interessant, den [overstreget: den] i Forgaars Aftes opdagede jeg pludselig at Kl. var bleven 3, og jeg var endda ikke Spor af søvnig. I Gaar viste jeg Lud det og han sagde, ”Kil bare paa, det er ikke saa galt,” Endnu er det nu frygtelig, men det kan jo maaske blive bedre! – I Morgen begynder jeg paa Skolen; jeg havde gruet lidt for det, da jeg synes de der henne ikke var saa ordenlige mod mig som de skulde være lige de sidste Dage. Navnlig en Dag var der en underlig Uro i Lejren, og jeg fandt ud af, at en af dem havde tegnet en Karrikatur af mig. Nu har jeg imidlertid faaet at vide, at det ikke var saa galt. En Dag, mens jeg var i Rom kom Bacci og min ven ”Zioen”(Majoren) ind paa en ung Malers Atelier for at se paa et Maleri, han havde lavet. Der finder de til deres store Forbavselse en Tegning af mig slaaet op, og den lignede saa godt, at de fik Øje paa den strax da de kom ind og studsede ved det. Og Maleren blev jo ligesaa forbavset ved at de kendte mig og fortalte at den havde han tegnet paa Skolen. Saa holdt Bacci og Onklen en lang Rosetale over mig og bad ham og de andre endelig at være rigtig flinke imod mig derhenne. - - Han forsikrede at det gjorde ham meget ondt, hvis det havde mishaget mig, han havde ikke troet, jeg havde mærket det; han bad dem tillige spørge mig om jeg ikke sammen med dem og Fru Bacci ville komme en Visit hen paa hans Atelier og se paa hans Malerier, saa vilde han forære mig Tegningen! – Er det ikke en komisk lille Tildragelse? Men jeg tror nok de blive flinke efter den Anbefaling Bacci har givet mig, han taler med Fynd og Klem og er en almindelig anset og agtet Mand. - - - Nu har jeg altsaa været borte over et Aar, paa min Jubilæumsdag om Aftenen [indsat: om Aftenen] d.7ende var vi inde paa en Kaffé og drikke et Mundbæger Kaffe [indsat: Kaffe] sammen med Ring og Jensen. Denne sidste og Lud og Berta spillede Billard og Ring og jeg sad i en Krog og saa til med vore Glas, Ring med Toddy eller Punch [indsat: eller Punch] og jeg med Kaffe. – Jensen var [overstreget: var] fik j [overstreget: j] ogsaa en Toddy men var saa ivrig i Spillet, at han ikke mærkede, at jeg drak den; ved andet Spils Begyndelse bestilte han sig én til, den drak jeg ogsaa! Og tænk han opdagede ikke det mindste skønt alle de andre vidste det. Ring og jeg morede os kosteligt, ”en Punschebal” kaldte vi en ”Bal” der var saadan at Jensen maatte samle hele sin Opmærksomhed ved den. Ved en saadan kunde vi end ogsaa drikke Glas med L.&amp;amp; B. – Ring er en brillant en, vi elske ham alle sammen, han er lidt ”ældre” men ligesaa ungdommelig som vi andre. - - - Næ, hvor kedeligt, lige i dette Øjeblik kommer jeg i Tanker om, at jeg i Dag skulde have afsendt Brev til Ta Mimis Fødselsdag d. 14de jeg har dog saa længe tænkt at jeg skulde huske den. Det var rigtignok kedeligt. – Nu maa jeg i den Anledning skynde mig at slutte dette og i Stedet for vende mig til Ta Mimi. - - Har I Kulde endnu? Køre I i Kane? Mange kærlige Hilsner! Eders Be,
+Firenze d. 11te Febr. 95</t>
+  </si>
+  <si>
+    <t>1895-02-25</t>
+  </si>
+  <si>
+    <t>Fiesole, Firenze
+Piazza Donatello, Firenze</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Laurits Ring
+Alfred Rottbøll
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Marie Madsen er og hvor hun havde en lejlighed. Det er uvist, hvem fru Blom er.
+Gravitetisk betyder værdig, højtidelig i flg. Den Store Danske</t>
+  </si>
+  <si>
+    <t>Det er karnevalstid i Firenze. Alhed har set på de mange optog. Hun rejser hjem til Danmark om ca. 1½ måned. Selvom hun er sparsommelig, er der gået en del penge til tøj og turen til Rom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4DgT</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Tak for Dit Brev, som jeg fik i Gaar. Jeg tænkte lidt paa at besvare det strax, men da jeg skulde til Skvardo, hvor jeg jo er næsten hver Søndag fra Lørdag til Mandag, kunde jeg ikke faa Tid til det. Nu er det Søndag Aften, jeg gik ned til Byen i Eftermiddag for at mødes med de andre, vi skulde ud at se om der var nogen Karnevalslystigheder. Og det kan I stole paa, der var. Vi har [overstreget: h] moret os aldeles glimrende og set Folkeliv og Humør i Gaderne, som vi aldrig har set Magen til før. Folk gaar eller kører omkring i Gaderne i Maskeradedragter og alle aldeles bortseende fra Rang og Stand bombardere hinanden med Konfekt, Brystsukker i Papir, Buketter og smaa kulørte Papirstumper, det saakaldte ”Konfetti”. Folk staa opstillede i Gaderne (aldeles som vi i sin Tid stod i Østergade og ventede paa Kejseren) og bombarderer dels hinanden indbyrdes og dels Ekvipagerne, der køre forbi ganske langsomt paa Gr. af den stærke Trængsel. Vi saa storartede smaa Optrin; naar f.Ex. et rigtig gravitetisk og aristokratisk Par kom forbi i en flot opslaaet Landauer og blev rigtig overhældt med alle Slags, saa var det kosteligt at se en flok snavsede Gadedrenge klatre som vildkatte op i Vognen og pille Konfekten af dem. Vi stod en lang Tid udenfor en Konfekthandel og den blev en Gang formelig stormet af en Flok halvvoxne Gadedrenge der med vilde Hyl trængte ind for at faa noget. Vi baade kastede og fik en hel Del og morede os som sagt kongeligt. Berta og jeg uddannede os særlig til at snuppe Knaphulsbuketter fra de omstaaende, og saa solgte vi Blomster til andre mod Konfekt samt til at ramme Politibetjente i Hovedet. – Det varer endnu i Morgen og i Overmorgen og vi glæde os vældig. – Her er almindelig Karnevalsstemning over det hele. I Torsdags var vi oppe hos Konsulens til et meget animeret lille Selskab og vi havde selv et lignende et Par Dage før. Foruden os og Konsulens kun Beckett og Maleren Ring, vi danne et lille Komplot, der holde sammen, særlig i disse Dage. - - - Du skriver, at det da maa blive svært at sige Farvel til Firenze og Italien. Ja, det er sandelig ogsaa med meget blandede Følelser, at jeg forlader det, jeg gruer frygtelig for at sige Farvel til dette og glæder mig forfærdelig til at komme hjem. Jeg maa jo se et Sted midt i Tyskland at faa Sorgen overvunden og hengive mig til Glæden. Hvornaar det bliver, ved jeg ikke bestemt, det bliver nu nok ikke før hen i April, da fru Rottbøll har inviteret mig derop en 14 Dages Tid; er det [indsat: ikke] brillant? Og det bliver vist ogsaa umuligt at rejse før for Is og Sne, det varer vel længe, inden den bryder op og saa siger de[udstreget: t], at det den første Tid er farligt at rejse, da Vandet, der kommer ned fra Bjærgene ødelægger Jernbanebroerne. – Efter min Beregning har jeg endnu [indsat: c] 100 Lire foruden 150 at rejse hjem for altsaa til en Maanedstid og lidt til Afrejsen f. Ex. Kuffert og andre Nødvendighedsgenstande. – Du skrev i Dit forrige Brev noget om 250 Kr. som gjorde [tilføjet: mig] meget betænkelig; jeg har rigtignok beregnet noget mere. Du skrev i Efteraaret ”Nu faar Du 300 Kr foruden vel c. 50 til Klæder?” og saa skrev jeg i mit næste Brev, at det var jo brillant, men jeg vilde rigtignok vældig gærne have 100 til Klæder, da det var[indsat: det] mindste jeg kom til at bruge; og jeg har ogsaa brugt meget mere nemlig over 150 siden i Efteraaret; det er meget, men tænk paa 1 helt ny[udstreget: e] Kjole, Slag, to andre Kjoler syet med Fløjl og Tillæg, Hat, Fodtøj, Uldtøj Handsker o.s.v. - - Hvis der nu skulde være en Misforstaaelse, saa det bliver galt, vilde jeg rigtignok være_ forfærdelig_ ked af det baade for Far og fordi jeg virkelig har sparet saa vældig hele Tiden, og jeg fører sammen med Berta et nøjagtigt Regnskab over hver Øre, vi give ud. – Brevet har jeg vist ikke, men Berta læste det ogsaa og er aldeles sikker paa det. Men hvis Du havde ment 200 foruden Klær, havde det jo ikke en Gang været til Romer- og Hjemrejse endsige til længere Ophold, saa det er vel rigtig. --- Du skriver til sidst noget om mulig at faa en ung Pige igen, saa jeg kunde blive længere. Ja, paa én Maade, vilde jeg naturligvis vældig gærne, jeg kommer jo rimeligvis aldrig mere herned og L &amp;amp; B ville vist nok [overstreget: gærne] have et længere og flytte hen i April op til Fiesole for et Par Maaneder. Det var jo storartet at kunne male her en Maaned Tid endnu netop i det dejlige Foraar. F. Ex. til første Maj, men det er jo for Resten kun en 14 Dages Tid mere end jeg tænker – Ja Du_ kan_ tro, jeg skal male til Sommer! Er Marie Madsens Lejlighed ledig? - - jeg har faaet Brev fra Fru Blom og ogsaa skreven til hende igen. - - Næste Dag. Det er desværre ækelt Regnvejr i Dag, saa jeg er bange, de sidste Karnevalsdage ryge i Lyset. Sørgeligt.
+Nu skal jeg op paa Galleriet og male; det er et nydeligt lille Portræt jeg kopierer, det er svært at ramme de gamle Farver, men jeg haaber, det skal lykkes mig at faa Bugt med det. - - Tænk, der har staaet i de ital. Aviser om al den Sne hjemme; alt om Hjørring har staaet der, kun stod det om København i Stedet. - - Nu ikke mere for denne Gang. Tak lille Dis for hendes lange Brev. - - Saa skriver Du altsaa Dagen efter, at Du har faaet dette. Mange kærlige Hilsner til Alle. Din Alhed
+10 Piazza Donatello 25/2 95
+ikke som [ulæseligt bogstav] H. skrev Dona Tello – tak for brevet og alle Hilsener – skriver snart, haaber jeg.</t>
+  </si>
+  <si>
+    <t>1895-3</t>
+  </si>
+  <si>
+    <t>Baboli, Firenze</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+August  Eiebakke
+Thorvald Erichsen
+Bernhard Hirschsprung
+- Kofod
+Arnold Emil Krog
+Laurits Ring
+Alfred Rottbøll
+- Rottbøll, Fru
+Emma  Sørensen
+Salomon Sørensen
+Giuseppe Verdi</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem Brun er.
+Moll er en meget let, blød halvt gennemsigtig, fintrådet vare, fremstillet af meget blødtspundet garn. Anvendes til foer og bluser. (Textilbogen, Westermanns Forlag København 1946, s.141)</t>
+  </si>
+  <si>
+    <t>Alhed mødes ofte med de danske og norske kunstnere. Hun bagte en kage, som blev en succes. Hun har også været på en dyr restaurant og i teater med Bernhard Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kGFM</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Endelig i Gaar kom da dit Brev! Du havde jo lovet at skrive igen Mandag d. 17de, saa jeg ventede det om Torsdagen; først næste Torsdag kom det saa det var en hel Uge, jeg gik og ventede forgæves, jeg blev meget urolig tilsidst. Nu haaber jeg, at det til Gengæld varer meget kort, inden jeg igen hører fra Eder! – Jeg har været meget paa Farten i den sidste Tid, saa jeg har en Del at berette om. - - Jeg slap nok med Ring, nævnede saa vidt jeg husker paa Brevkortet, at vi skulde ud at spise til Aften sammen med ham, inviterede af ham. Det var meget vellykket; han er en brillant éen. Desværre var Lud ikke med, da den gamle Cigar Hirschsprung (Bernhard) var kommen herned og Lud maatte trække om med ham. Efter Aftensmaden gik vi hen hos ”Cornelio”, en stor Café, hvor der er en Have, der helt er omgivet af Blaaregn i Espalier. De danne et fuldstændig tæt Tag over Hovedet, det ser pragtfuldt ud. Udenfor Døren traf vi paa Clement og to Nordmænd, Eiebakke og Erichsen, (den smukke); vi satte os ved et Bord og bestilte kaffe og Likør. Lidt efter ankom Lud, han havde faaet den gamle hjem i Seng og var nu ude at lede os op, anede ikke, hvor vi var gaaede hen. Nu var vi jo ["gaaet" overstreget] bleven et større Selskab, vi sad og havde det voldsom hyggeligt og gemytligt, det er nogle livlige og ungdommelige Mennesker baade Ring og de tre andre. Rottbøll er jo noget tør ved saadan en Lejlighed, han sidder og tysser saa utaaleligt paa lille Fru Pelle ["Pelle" overstreget], naar hun [udstreget ord] ler højt; men heldigvis rager han sig gerne ind i en lærd Samtale med en eller anden, inden der er gaaet ret lang Tid, og saa kan den lille faa Lov at more sig i Fred. – Dagen efter traf jeg Lud og Hirschsprung oppe paa Samlingerne. H. havde set mig to Gange før, sagde han, éen Gang oppe hos Krog, da jeg var deroppe allerførste Gang at præsentere mig sammen med Lud, og nogle Dage senere da jeg var ude at bese Fabrikken - - Den næste Dag var jeg svært engageret. Først var der bleven tilbudt Fru R. og mig Billetter til en stor Koncert af to engelske Damer; dem kunde vi desværre ikke tage imod, da vi havde bedt fremmede til om Aftenen, Ring og en Dr. Kofod, Halvfætter til Rottbøll. Til denne Lejlighed lavede jeg Katrineblommekage. De kender den ikke her, saa jeg lavede den helt paa egen Haand, den blev vellykket, og gjorde meget Lykke. – Mens jeg gik og lavede den kom Lud. – Han skulde invitere mig fra Hirschsprung til Aftensmad og Theater bagefter. Det traf jo lidt uheldig sammen med det andet, men da Billetterne var købte, havde jeg jo intet Valg. – Jeg mødte Kl. 7 hos ”Mellieu”, en meget fin og god ”Restorant”. Salen, vi sad i, var flot udstyret med Blomster og Planter, Væggene var helt dækkede med grønne Trær, der naade til Loftet. – Vi spiste en fin lille Middag eller lettere Aftensmad: Sardiner Radiser, Smør og Brød – Suppe med engelsk Silleri og andet grønt - Brisler med Champignon – stegt Høne med Salat – Slikasparges – Is (Vanilje og Frugtis) – Brød og fin Ost – Frugt (alt muligt) – Kaffe og Likør. – Vi spiste flittig i to Timer, men der matte ogsaa arbejdes tappert, naar hver skulde naa at spise for næsten 8 fr! Regningen blev paa 23 fr! – Jeg synes rigtig godt om Hirschsprung, han er meget elskværdig og ligefrem. – Saa gik vi i Theatret, hvor vi kom en Time for sent, hvilket ikke gjorde noget, da vi alligevel ikke forstod noget af Handlingen, og Musikken var ikke kønnere, end at vi kunde faa nok paa to Timer. Det var Operaen Fallstaff, Musik af Verdi. Det var noget temmelig Gøjl, men der var smukke Sangstemmer, navnlig to Damer sang ganske dejligt. Det var morsomt at sidde og se paa de smukke og pyntede Italienerinder i Logerne (vi sad paa fine Pladser til 8 fr pr Stk.) Der sad en pragtfuld en i Nærheden af os, for det første var hun meget smuk af Naturen, og for ["for" overstreget] dertil var hun klædt aldeles overdaadigt paa, sort Fløjls Kjle ["Kjle" overstreget] Kjole ganske oversaaet med Diamanter. – De fine Italienerinder ere forfærdelig elegante, de gaa paa Gaden eller rettere køre i deres Ekvipager i de fineste lyse Silkedragter, hvad de har paa til Stads, kan jeg ikke begribe. 
+Jeg nævnede nok ogsaa Nolles Søster med Navn paa et Brevkort. – En [tilføjet: Morgen] Dag, da Lud og jeg netop var gaaet her ud af Døren for at gaa ind til Byen, kommer der en Droscke kørende, og jeg ser til min Forbavselse Lud sætte op i den med et Spring. Det var saa dem, en stor gemytlig [overstreget ord] svensk Arkitekt ved navn Salomon Sørensen og [indsat: hans] Kone Emma Nolle, der lignede denne sin Broder umaadelig meget. De var kørt herop for at spørge Konsulen om Luds Adresse! Et grinagtigt Sammentræf! Lud og jeg kom saa op i Droschen og vi travede rundt [overstreget ord] sammen hele Dagen, spiste Frokost hos ”Mellini”, gik i Baboli og paa Museer. Det var flinke unge Folk. - - - Det er desværre et kedeligt Vejr i denne Tid det regner hver eneste Dag. Men heldigvis har jeg et Motiv i Gang i et Drivhus nede i Baboli, saa jeg kan male alligevel. – Jeg har stiftet Bekendtskab med nogle Gartnere dernede, saa jeg har faaet Indpas i nogle Anlæg og Drivhuse, hvor Publikum ellers ikke kommer. – En Dag fik jeg Øje paa et deligt Motiv inde bag en lille Gitterdør, det var en lille Terrasse, smækfuld af Blaaregn. Jeg spurgte nogle Have mænd, om jeg ikke kunde komme derind og male; ”impossibile” det tilhørte Overgiardinieren og var ganske privat. Jeg opgav det imidlertid ikke men holdt Vagt ved Gitterdøren indtil Gartneren selv viste sig. Ham gik jeg paa og Resultatet af en ”Samtale” blev, at jeg gærne maatte komme ”venga, venga Signorina e s’accomodi.” Kom, kom og gør Dem det behageligt! – Det er en stor og kraftig Mand, venlig og elskværdig paa 40-50 Aar. Han viste mig ind i Anlæget, gav mig en Buket Blaaregn og stolt gik jeg hjem. – Men – næste Dag og næste Dag styrtede Regnen ned og da jeg endelig kom den tredje Dag var Blaaregnen aldeles forpjusket og umalelig. Det var mig en stor Skuffelse. Men saa opdagede jeg nogle [udstreget ord] dejlige Senerarier inde i et Drivhus og dem gik jeg paa. Jeg tror det gaar godt med dem, Gartnerne ere meget tilfredse, saa de maa jo ligne i alt Fald. – Foruden den gamle Gartner er der 4-5 andre, hans to Sønner, to grinagtige Lømler paa 16 -17 Aar, der løber og opvarter mig, vil hente Stole med Rygstød o.s.v. den ene, ”Pierre”, har faaet stor Interesse for Malerkunsten, har købt sig en Farvelade og gaar nu og maler nogle [ulæselige bogstaver –selige] Billeder, som jeg skal sige ham ”Fejlene” ved. Endvidere er der to Gartnerelever, begge mørke generte og altid i stor Travlhed, der styrter som Raketter gennem Drivhuset og skeler hen til mig. Endelig er der en Neveu af den gamle Gartner, en nydelig, pæn Mand paa c. 25-30 Aar. Han har et stille tiltalende Væsen og et intelligent Ansigt, hvilket ellers ikke er Italienernes Specialitet. Han har været syg en Uges Tid, i Gaar viste han sig for første Gang igen. Han sad i over tre timer ved Siden af mig – det blev Regn, saa han kunde ikke gaa - og tænk var det ikke morsomt, han syntes, jeg var gaaet saa umaadelig frem i italiensk i den Uge! Det gik saa flot i Gaar, vi talte om alt muligt, endogsaa om Religion. Jeg forstod alt, hvad han sagde og fortalte ham ogsaa en Del om Danmark. Han skar nogle dejlige Blomster af Urtepotterne bl.a. en pragtfuld rød Rose og et Vidunder af en gul Nellike, og bandt en yndig lille Buket til mig. Han gav mig ogsaa nogle sjældne Blade til at presse i en Bog. – Det er morsomt, jeg har faaet Indpas der, mine Sager staae i et Kontor, Og de have vist mig, hvor Nøglerne hænge, saa jeg kan selv lukke mig ind. – Nu maa jeg skrive noget om Pakken jeg maa endelig have den stribede Nederdel og det linnede Liv. Ikke Støvler, men de brune Sko, blaa Kjole, Fotografier. Skulde der ikke være hvidt gammelt Moll, at jeg selv kan sy mig et Liv af?? Fru R. har gode Mønstre, her bliver vist gebummerlig varmt. Har jeg ikke et Par Silkehalvhandsker? – Der maa være lige saa mange Breve, der kan i Pakken Vilde ogsaa gærne have min Blendramme der kan skilles i 4 Dele. Hvis noget af dette maa tages fra paa Gr. af Vægt, maa det være Rammen og endvidere kan det blaa Liv sprættes fra Nedderdelen og tages fra; Nedderdelen er lang nok alligevel. – Send mig Clemses og Brunes Fødselsdage, men husk det. – Jeg læser italiensk paa egen Haand. Nu skal Brevet hen i Kassen, ellers naas det ikke. Læser ikke igennem. Venter snart brev igen. Roserne??
+1000 Hilsner til alle – Alhed
+Dit Hoved??</t>
+  </si>
+  <si>
+    <t>1895-03-07</t>
+  </si>
+  <si>
+    <t>Nyborg
+Glorup</t>
+  </si>
+  <si>
+    <t>Glorup Gods, Nyborg</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Laurits Ring
+- Rottbøll, Fru
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke hvem Frk. Jensen er. Munter er en hund på Erikshaab. Dora er muligvis en tjenestepige.
+Det er uvist hvad "ballemælk" er. Måske står der Bollemælk.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.
+A Porta var et spisested på Kongens Nytorv i København.</t>
+  </si>
+  <si>
+    <t>Fødselsdagsbrev til A.C. Warberg. Det regner i Firenze i karnevalstiden. Alhed har været til marked med karusseller og tombolaer. Hun er ved at male en kopi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZBB3</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs] :Jeg kommer pludselig i Tanker om, at Mor skrev, I skulde være paa Glorup d. 7ende, saa maa jeg nok stile Brevet dertil. Vil Du endelig ogsaa hilse dem mange Gange.
+Piazza Donatello 10
+Kære Far!
+Det er skrækkeligt med de tre Fødselsdage, der ere bunkede sammen paa Haabet i disse Dage, og saa har Berta tilmed opdaget, at der er Uorden i Brevgangen i disse Dage, saa det bliver nok ikke nemt at ramme nogen af dem lige paa Kornet. – Maa jeg nu imidlertid ønske dig til Lykke til d. 7ende. Mor skriver, at Du har det saa godt i Vinter, saa vil jeg rigtignok ønske, at det maa vare ved, saa Du ogsaa kan komme godt over Foraaret. Og saa vil jeg tillige ønske, at Du maa more Dig godt med Dora og Munter. – Der kommer en lille Gave til Dig en af Dagene, men det kan godt være Du ikke vil bryde Dig videre om den. x – Her er ækelt Vejr i denne Tid, meget variabelt men mest Regn og Sjask, de to sidste Karnevalsdage var det desværre skrækkeligt, saa der kunde ikke
+[skrevet på langs: x Det er ikke et af mine Malerier]
+komme den rette Feststemning over Byen. Der var jo en Del Masker og Konfettikamp men manglede den rette Glans over det. Om Aftenen den sidste Dag spiste vi sammen med Konsulens Beckett og Ring inde i Byen og gik derefter sammen ud til et Slags Marked eller saadan noget, en stor lukket Plads med Karrusel, Tombolaer, Hasardspil, Cirkus, Abekatte, o.s.v. o.s.v. hvor vi gik og havde det rigtig Sjov et Par Timer; Folk var saa grinagtige derude, de fleste i Maskeradetøj. Karussellen var det morsomste, det var storartet Syn at se Fru Pelle, den lille tykke Kugle paa en Hest ved siden af den lange magre Beckett. – Jeg ved ikke om jeg nogen Sinde har fortalt, at her er en Caffé, ”Centrale” hedder den, hvis Ejer har været et Aar i Danmark hos A Porta at lære; der holde alle danske til, og Manden, der taler lidt dansk ser frygtelig mildt til os og favoriserer os. – Næsten hver Dag ved 4 Tiden er der danske,[overstreget: d] ved den Tid lukkes Museerne og de fleste søge [tilføjet: ind] at faa sig en lille Styrkning. Jeg kommer der tit i denne Tid sammen med Ring. Der er saa isnende koldt oppe paa Museet, at det næsten er nødvendigt at gaa ind og varme sig op bagefter. Min Copi morer mig meget og jeg begynder, tror jeg, at faa lidt Bugt men den. Jeg vil vist lade være nogle Dage at gaa paa Skolen for at kunne Kile paa med fuld Kraft deroppe. – Denne Ring er en brillant én, han har været flere Gange ude at spise vor Kakkelovnsmad. Forleden var der nogle Kartofler, som han og Lud gjorde Nar af og som de paastod at kunne lave bedre. Saa blev Resultatet, at de to en Aften skulde lave et Maaltid helt paa egen Haand vist oppe hos Ring; nu skal vi se, hvordan de klare den. Lud betroede os i Dag, at Ring havde foreslaaet ham at de bare skulde købe en Høne [tilføjet: færdig] og varme den i kakkelovnen. Men det er jo Snyderi, saa nu maa vi nok passe paa med dem; Ring praler af at kunne lave Ballemælk men vi tro ikke paa det. - - I Dag er det nok Frk. Jensens Fødselsdag, vi have drukken hendes Skaal ved Aftensbordet, og d. 7ende skulle vi nok drikke ”Fader Bergs” ligesom ogsaa den 6te Elles. Det er rart med den Vin hernede, den vil jeg vist nok savne, naar jeg komme hjem.—Nu maa jeg nok begynde at ruste mig til Afslutningen; jeg kan kun skrive et Ark, da Din Veninde Mdm. Persen skal have Plads til et Billede. - - Dette Brev er nok desværre ikke saa morsomt, som jeg gærne vilde have skreven det til Din Fødselsdag, - men jeg kan ikke gøre ved det, det ligger ikke mere for mig at skrive Breve. - - Men jeg vil bede Dig om at uddele de kærligste Hilsner fra mig Kys, hvor Du synes, det kan passe, da endelig et til Dig selv fra Din Bø.</t>
+  </si>
+  <si>
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
+  </si>
+  <si>
+    <t>1895-4</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>München, Tyskland
+Ala, Italy</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed opholder sig muligvis i München.</t>
+  </si>
+  <si>
+    <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjju</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
+Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
+Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
+De kærligste Hilsner
+Alhed</t>
+  </si>
+  <si>
+    <t>1895-05-25</t>
+  </si>
+  <si>
+    <t>Bello sguardo Firenze</t>
+  </si>
+  <si>
+    <t>Johan  Balslev
+Rigmor Balslev
+Thorvald Balslev
+Wilhelmine Berg
+Carl Berthelsen
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+- Vester
+- Vesterdal
+Nicoline  von Sperling
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne var i huset på Nislevgaard ved Otterup i 1893 - ca 15/7 1895.
+Laura og Albrecht Warberg, Alhed Larsens forældre, havde sølvbryllup 28. maj 1894.
+Alhed Larsen var i Italien februar 1894 til april 1895.
+Det vides ikke, hvem Tove og Fru B var. Sidstnævnte er næppe Bertha Brandstrup, da hun og Ludvig Brandstrup endnu ikke var gift i foråret 1894 - de blev det først om efteråret. 
+Ordet "loriansk" hentyder nok til Warberg-familiens ven Hans Lorentzen, som blev kaldt Loria.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0190</t>
+  </si>
+  <si>
+    <t>Johanne er næsten færdig med bordtæppet, som er en sølvbryllupsgave til forældrene. Hun er ikke helt tilfreds med det. 
+Thorvald har skrevet et digt uden melodi til sølvbrylluppet. Vester og Ellen skal nok opføre sig pænt til festen.
+Johanne har fået ny kjole.
+Carl Berthelsen ville have givet Alhed og Johanne Larsens forældre et springvand i sølvbryllupsgave, men Hempel Syberg har sagt, at der er for lidt fald i åen til, at det ville kunne virke. 
+Der er en dejlig have på Nislevgaard. 
+Alle har travlt med forberedelser til sølvbrylluppet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sR7v</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6
+Signorina Alhed Warberg
+R.V. Consolato de Danimar[ca]
+“Bello sguardo”
+Firenze
+Italia.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Nislevgd. Fredag d. 25de Maj 94.
+Kære lille Be! 
+Du maa vide dig, at jeg har ikke saa lidt Medlidenhed med dig at du ikke kan være med til Kalasen paa Mandag; desårsag fanger jeg – trods min glubende Travlhed – an på et Brev til dig, der skal sendes afs i Dag, så har Du det jo Mandag. Jeg håber at flere gør ligeså, jeg har bedt Rimse om det og hun havde vist selv tænkt på det. Selvom dette hverken bliver lang – eller morsomt, så er det altid bedre end ingen Ting. Jeg vilde have begyndt i Aftes, men var for træt; jeg havde strøget lige til Kl ½ 8 og var så efter The oppe hos en Sypige at hente en Kjole og så var Klokken bleven over 10 inden jeg kom hjem – ja ½ 11 og saa var jeg for træt, jeg er jo tidligt oppe. Tæppet er nu lige ved at være færdigt jeg mangler kun den ene Stedmorsblomst og lidt af den ene Anemone; den anden Stedm.bl. er bleven udmærket, lilla og gul den er så aldeles levende; i det hele taget er jeg kommen helt godt fra Syningen når jeg skal sige min Mening, jeg havde ikke troet alligevel at jeg kunde have syet det så godt, men (udtalt loriansk) - - alligevel er det ikke så kønt, det er for kompakt, for tungt, massivt på det lille Tæppe. Det er meget kedeligt når alt det Arbejde og de Penge er anvendt på det; men som sagt det er atter kun min Mening, nu kan vi jo høre de andres bagefter. - Jeg rejser hjem i Eftermiddag – Fredag - allerede for at hjælpe til derhjemme; Mor er nok i Odense i Dag, hun skal vist hjælpe Christine at ordne sig der i Odense. Thorvald har skrevet en lille Sang, den er køn synes jeg, men hvad kan det nytte, for der er ingen Melodi, han vil ikke have den sunget ved Bordet, det Bæst, han kunde ligeså godt have den sat på en Mel; jeg har brudt mit Hoved, men kan ingen finde, der passer; vil du have den, så kan jeg skrive den af.
+Til Far og Mor fra Børnene
+Hvor Aaen sagtelig slynger sig
+igennem de grønne Enge
+hvor Fugleskarerne gynger sig
+med Sang over Mark og Vænge,
+----------
+Bag Bøgeskoven [”en” sidst i ordet overstreget] og bag Egekrat
+hvor Stormens blive Pust blir svage
+hvor hviler Fred over stille Nat
+og Lys over glade Dage,
+----------
+her fandt I to Jer et Hjem fuldgjort
+et Hjem for Jer Børneklynge – 
+med Tak for stort og med Tak for smaat
+om Eder vor Sang vi synge.
+----------
+En kærlig Far og en kærlig Mor
+I var i Aarene mange
+I glæded Jer med vor Lykke stor
+og trøsted i Tider trange.
+----------
+Vor Barndomstid var kun alt for kort 
+- Livsmaalet kalder os fremad –
+dog aldrig så langt vi kommer bort,
+vi kende jo Vejen hjemad.
+----------
+Saa Tak for alt da, fra vi var smaa
+og Tak for Fremtidens Dage
+de bliver store så tryg vi paa
+[ulæseligt ord] til de andre Mager
+Vort Ord for hvad [ulæseligt ord] sige vil,
+sig ikke rigtig vil føje
+men Resten gætter I Jer vist til
+Håndtryk, i Smil og i Øje
+Synes du ikke, den er køn? Men det er en Skam, at den ikke kan synges. Det bliver rentud Skandale, Be, med det at der ingen Sange bliver, for det tror jeg ikke, der gør. Du maa ikke tro, at jeg venter en fra dig, for hvis du ikke selv har tænkt paa det var det jo [”med ” indsat over linjen] alt for kort Varsel, at du fik min Formaning. – Hør Be, Vester og Elle! Det er da vel ikke sikkert med dem, at de ikke en skønne Dag brænder løs for os, den var Skam hamber at gaa paa; jeg er begyndt at frygte lidt for det i den sidste Tid, men naar jeg snakker med Elle forsikrer hun at de er nu de bedste Venner af Verden, men hun kunde jo snyde mig. Det er hende selv, der snakker, ikke mig, der braser paa. - - - 
+Efter Middag. Jeg sidder i stor Pragt og skriver til dig; jeg har faaet en ny mørkeblaa linned Kjole med bitte smaa hvide Prikker. Denne Facon [tegning af kjolen] det er kunstigt den Facon tror jeg, alle Herrer kan godt lide, Carl var næsten begejstret. Carl havde jo tænkt at give Far og Mor et Springvand der skulde staa paa Plænen (jeg øver mig i at skrive lige som Carl og det ligner godt) men så sagde Onkel Syberg at det kunde ikke lade sig gøre, der var for lidt Fald i Aaen til at det kunde lade sig gøre, og saa blev det opgivet; det havde ellers været stolt med Springv. på Plænen, men mit Hjærte bævede allerede ved Tanken om Ca [”Ca” overstreget] Krokketen [det tredje ”k” indsat over linjen] nu giver de to Postejskeer, nydelige. I det hele tror jeg, at Erikshaab bliver er nyt og bedre med alle de Ting, de vist faar. Maleri fra Frk Sperling har jeg hørt. Jeg glæder mig saa lynende til at komme hjem. Tante og Tove kommer ogsaa i Dag, de, Mor og jeg følges ad hjem med det sidste Tog. Fru B. skal have sin hvide Silkebrudekj. på, hun prøvede den i Aftes, den var nydelig. Jeg skriver saa meget om Sølvbr. da jeg antager, du paa Mandag er mest i Stemning til at høre det. – 
+Så nu tror jeg, jeg vil anlægge min egen Skrift igen. Uha, men jeg maa nok snart hen at pakke ned Klokken er mange, og Kl. ½ 4 skal jeg af Sted. – Her er en dejlig Have, kan du tro, jeg vilde ønske du kunde se den; gammel, uden særlig mange Blomsterrabatter, gamle knortede Æbletrær på store Plæner og en lille bitte Skov lo [”lo” overstreget] forneden med en ho [”ho” overstreget] Høj, hvor fra man har en delikat Solnedgang. ---------
+Fra eller (om Studinen har jeg ikke hørt eller set siden jeg skrev. --- Vi havde en morsom Pinse, var jo kørende paa [”paa” overstreget] til [”til” indsat over linjen] Erikshaab 2nde Pinsedag, meget livligt og vellykket. – Nu har jeg ikke Tid til mere, nu må du nøjes med dette. Du tænker vel medens på os, når du faar dette. Mange Hilsner lille Be fra Johan. Vil du lykønske Onkel Lut, har du set hende? 
+[Skrevet på tværs øverst på s4:]
+Lørdag. Jeg er så gal på mig selv, fordi jeg ikke fik det sendt i Gaar, så du kunde have det Mandag, jeg er en stor So, det må du sige, jeg har sagt. Nu har vi Travlhed til op over begge Øren, Tante, Elle og jeg binder Guirlander ovre i Loen og Andreas er stadig ”Mors højre Hånd” erklærer hun. Farvel lille Be! Din Johanne. Havde det Sjov i Odense i Gaar, hvor Thorvald og jeg drak Kaffe hos Vesterdal. 
+Hilsner.</t>
+  </si>
+  <si>
+    <t>1895-08-27</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Basse
+- Berg, Frøken
+Emil Brandstrup
+Johanne Caspersen
+- Feilberg
+Hanne -  -, kokkepige Erikshaab
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Astrid Møller
+Otto Reedtz-Thott
+Hempel Syberg
+Jenny -, udlejer
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det brev, som Laura Warberg omtaler, findes i Kerteminde Egns- og Lokalhistoriske Arkiv: Johanne Caspersen til Laura Warberg, BB0333. Det ligger ikke i KTDK. 
+Warberg-familien kendte flere, der hed Gustav og flere med efternavnet Feilberg, så det kan ikke afgøres med sikkerhed, hvem af disse der omtales i brevet. Hvem fru Nielsen er vides heller ikke.
+I årene efter Treårskrigen og krigen i 1864 blev der afholdt Veteran- og Invalidefester i København, Odense og Århus. Således også i 1895. Grænseforeningens hjemmeside (lokaliseret maj 2022).
+Dora var en hest.
+Det vides ikke, hvilken skole Alhed gik i.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
+Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
+Fr. Berg og Laura har været i kirke, og den nye præst var god. 
+Christine vil flytte.
+Gamle Breinholt har holdt stor fest. 
+Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
+Laura beder Albrecht hente nogle forføddede strømper.
+Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SqKV</t>
+  </si>
+  <si>
+    <t>Erikshaab - Tirsdag d: 27de.
+Kjæreste Abba!
+Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
+Alhed gaaer nu i Skole.
+Kjærlig Hilsen fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1895-09-19</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup</t>
+  </si>
+  <si>
+    <t>Klokken var et apparat hvori Albrecht Warberg blev behandlet for sin astma. 
+Det vides ikke, hvilken Balslev der skulle hjælpe med at gøre spisestuen i stand.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg er meget forkølet og måtte lukkes ud af luftklokken. 
+Laura Warbergs mor rejser lørdag. Hun savner familien (i København). Balslev kommer og gør spisestuen i stand.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyXC</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Godsforvalter Warberg
+[I brevet:]
+Erikshaab – Torsdag
+Kjæreste Abba!
+Det er da grulig trist at Du har været saa forkjølet og haft saa megen Asthma det maa have været et slemt Anfald, siden Du maatte lukkes ud af Klokkken og have hentet Doktor. Nu længes vi meget efter at høre om det er bedre. Jeg havde sat mig i Hovedet, at Du kom hjem i denne Uge, men her siger de Nej. Alt staaer vel til, jeg kom Mandag og nu er Vejret saa blæsende og regnfuldt. Vi har Vask og en Del Tranebær. Paa Søndag er der Høstgilde paa Gjelskov. 
+Mor rejser hjem paa Lørdag vi kan ikke holde hende her længere, hun længes efter dem alle derinde. Vi har bestilt Balslev til at komme og gjøre Spisestuen i Stand og har flyttet ud venter ham idag. – Elle lader slet ikke høre fra sig. Ja nu bliver Brevet ikke længer denne Gang. Mange Hilsener fra os alle! Din Smaa.</t>
+  </si>
+  <si>
+    <t>1895-09-23</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Louise Brønsted
+Louise Dons
+Peter Eilschov
+- Juul, præst
+Johanne Christine Larsen
+- Leisner
+Astrid Møller
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Klokken var et apparat, hvori Albrecht Warberg fik behandling for sin astma. Behandlingerne foregik i København. 
+Det vides ikke, hvem kopperne eller Kapperne var. 
+Købmand Peter Eilschou opførte 1765-1767 nogle bygninger i Munkemøllestræde i Odense, som blev omdannet til stiftelse for enker af god stand, ugifte købmandsdøtre m.v. Bygningen blev revet ned eller rettere skilt ad i 1930erne, og i 2005 blev den genopoført i Den Gamle By i Århus. (Den Gamle Bys hjemmeside feb. 2023). 
+Ellen Hirschsprung blev kaldt Madame, men Madame kan også være en anden person.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0350</t>
+  </si>
+  <si>
+    <t>Det er godt, at Albrecht bliver kureret i København. Johanne/Junge vil komme for at besøge ham. 
+Stiftsprovsten har sagt til Christine, at hun kan søge Eilschous Boliger. Tre værelser, køkken og have til en meget lav husleje.
+Andreas/Dedde følger godt med i skolen.
+Der kommer mange gæster til Erikshaab, men Laura Warberg synes ikke, at hun kan sige nej til dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Mr2J</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Tre Hjorte 
+Vestergade
+Kjøbenhavn. K. 
+[Skrevet med blyant:]
+1895
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 23de
+Kjæreste Abba!
+Det er meget fornuftigt at Du bliver lidt længere i Klokken og kan oprettte hvad Forkjølesen har forbrudt. Saa faaer vi lige Spisestuen færdig til at flytte ind i paa Søndag, det er Junges Fødselsdag, men nu skal Du høre om Junge! Hun kommer for en Time siden og siger, at hun har faaet en mægtig Lyst til at rejse til København, tager til Nyborg nu efter Middag, boer i Nat hos Louise Dons, Sollerup Bekjendt, tager imorgen til Kopperne, bliver der imorgen Nat og er altsaa i Københaavn paa Onsdag ved 2 Tiden. Hun vil boe hos Trisse, men tager til Dig først; Du maa selvfølgelig ikke vente paa hende, der kunde jo komme Forhindringer og for al Ting ikke sige det til Thorvald. Hun vil kun blive der til Lørdag eller Søndag. – Nu skal Du høre om Christine – Hun kom hjem i Lørdags med den Nyhed, at Stiftsprovsten havde været 4 Gange inen han traf hende [”inden han traf hende” indsat over linjen] hos hende for at sige hende ["hende" overstreget], at hun burde søge Eilskovs Boliger, idag er den sidste Dag til Ansøgningen. Han havde fundet ned i Stamtavlen, at hun er den nærmeste næst efter en gammel Dame paa Landet, der paa ingen Maade vil søge det. Tænk 3 Værelser, Kjøkken og Have og 50 Kr. om Aaret. Hun tjener selv nu 73 Kr. maanedlig foruden Snedkerbørnene, der gives Møbler. Igaaer hjalp Syberg hende med Ansøgningen og hun var i Kirke for at faae Anbefaling af Pastor Juul. Det er meget spændende. De var alle tre hjemme igaar til Høstgilde, Dedde havde faaet et Kvarter fri idag til Morgen. Paa Onsdag er der Omflytning, han er selv meget sikker paa at komme op, har en voldsom Interesse for sine Karakterer, har 4-5 mg’er, i Latin i den sidste Tid og rigtig gode Hoved ["Hoved" indsat over linjen]-Karakterer i næsten alle Fag. Muks har saa let ved det, nu er hun rask igjen, men det har taget paa hende den ene Uges streng Diæt. I Dag kommer Fru Leisner. Madame har jo meldt sig til hele Oktober. Berta har meldt sig til nogle Dage, det er strengt nok med alle de Gjæster, men vi kan da ikke sige Nej. 
+Nu kun en kjærlig hilsen fra Din Smaa. 
+[Skrevet langs venstre kant på side 1:]
+En lille Vadsæk, der kommer til Dig, er Junges Tøj.</t>
+  </si>
+  <si>
+    <t>1895-11-17</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Randolph Caldecott
+Peter Hansen
+Wilhelm Hansen
+J. Th. Lundbye
+Karl Madsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
+Den bog af Karl Madsen, som Johannes Larsen vil låne Alhed er Johan Thomas Lundbye (1895).
+Baronen (Fritz Syberg) skal passe, at Peter Hansens kano bliver bygget rigtigt. Syberg boede på dette tidspunkt i Svanninge.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed Warberg brugte ordet "interesse" under Johannes Larsens sidste besøg hos hende, og han synes, det er et ækelt ord.
+Larsen vil gerne sende Alhed Warberg nogle bøger, men hun må svare på, om hun vil have det.
+Johannes Larsen havde rygvind på den sidste tur hjem fra Alhed, men hunden peb meget undervejs.
+Larsen har travlt med hundedressur, Teknisk Skole, andejagt og akvareller. Han og andre Zahrtmann-elever åbner udstilling 1. december. 
+Karl Madsen m.fl. har sat en bortlodning til fordel for Syberg i gang. Det er en hemmelighed, men den vil nok skaffe Syberg 1500 kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZR3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17/11 1895.
+Kære Alhed!
+Af et Brev, jeg i Gaar fik fra Syberg, ser jeg at De er syg endnu, og jeg vil derfor ikke nægte mig den Fornøjelse at skrive til Dem, selv om De muligvis ikke kan k[ulæseligt]nogen ”Interesse” at jeg gør det. Jeg ved ikke om De husker at De benyttede det Ord ”Interesse” sidste Gang jeg besøgte Dem. Det var lige før jeg skulde ned at spise og jeg blev gal og vilde have skældt Dem ud hvis De havde været alene da jeg kom derop igjen, men da De ikke var det, holdt jeg min Mund. Synes De ikke at det er et ækelt fedtet Ord, det har formodentlig latinsk eller fransk Oprindelse, det ved jeg ikke, men det burde efter min Mening være hebræisk og saavidt muligt kun benyttes af Jøder. Det gør mig ondt at De stadig er syg og jeg vilde være glad, hvis jeg maatte bidrage til at underholde Dem, ved f. Ex. at sende Dem Caldecots Billedbøger eller Karl Madsens ny Bog om Lundby hvis De ikke har set den, det er en rar Bog med mange gode Billeder i. Men hvordan skal jeg faa at vide om jeg maa sende dem naar De ikke vil skrive til mig før til min Fødselsdag? Vil De ikke nok gøre en Undtagelse nu da det er et Svar? Jeg vil med det samme takke Dem og Deres Familie for de Gange jeg har været paa Erikshaab i Sommer, vil De hilse. Sidste Gang kom jeg hertil omtrent en Time tidligere end jeg havde beregnet, nemlig 10 M. over 11, men jeg havde jo ogsaa Vinden paa Ryggen hele Vejen. Hunden var ikke saa glad ved Touren især under et Par Regnbyger vi fik, han løb og peb og vilde ind i næsten alle de Huse vi kom forbi. Jeg dresserer lidt paa ham hver Dag og han er nu saa dygtig at han kan apportere. Jeg er svært optaget for Tiden, jeg dresserer Hund og gaar paa Andetræk hver Aften og paa teknisk 3 Aftener om Ugen [ordet ”Ugen” indsat over linjen] og tegner eller maler Aqaurel i al min Fritid. Vi skal altsaa alligevel have en Udstilling, som skal aabnes 1 December og vare til Midten af næste Maaned, den kommer vist til at bestaa af bar gamle Billeder, i hvert Tilfælde for vi ældre Elevers vedkommende. Peter er ved at faa bygget sig en Kano som skal være færdig til Jul, den bliver vist bygget i Nærheden af Svanninge, for Baronen er sat til at passe paa at den bliver lavet efter Tegningen. Jeg vil slutte med at fortælle Dem en Hemmelighed, men De skal ske en Ulykke hvis De fortæller det: Peter skriver at Karl Madsen og Vilhelm Hansen har foranstaltet en Bortlodning, til Fordel for Syberg, af en hel Del Billeder af berømte Kunstnere og der forventes et Udbytte af mindst 1500 Kr som han skal have inden Jul, som en Overraskelse.
+God Bedring!
+Ærb. Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1895-11-18</t>
+  </si>
+  <si>
+    <t>Odense
+Søbysøgaard</t>
+  </si>
+  <si>
+    <t>Adis -
+Swanza -
+Trine Johans
+Johanne Christine Larsen
+Karl Madsen
+Otto Emil  Paludan
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
+Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
+Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
+"Pallam" er Fuldmægtig Paludan.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alhed bøger.
+Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
+Alhed ligger syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7PO</t>
+  </si>
+  <si>
+    <t>Erikshaab – 18/11 – 95
+Kære Las! Vil De hilse ”Swanza”
+Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
+- Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
+Alhed Warberg
+Adis sender Hilsen
+Mange Hilsner fra Johanne</t>
+  </si>
+  <si>
+    <t>1895-12-25</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Berta Brandstrup
+Julie Brandt
+Peter Hansen
+Vilhelm Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Juleselskab på Sandholt: Nicoline Nobel von Sperling, som var en ven af Warberg-familien, var enlig og boede på Sandholt Gods i Sandholt Lyndelse på Fyn.</t>
+  </si>
+  <si>
+    <t>Alhed fortæller om familiens jul. Året før holdt hun jul i Italien.
+Hun inviterer Johannes og Klaks Larsen samt Peter Hansen ("P.") til at komme til Erikshaab i juledagene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GuXa</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Mens Christine sidder ved Klaveret og spiller en rørende flot Mazurka af en eller anden Hr Badousky (polsk) vil jeg – skønt det volder mig stor Besvær at sidde stille paa Stolen, sætte mig hen og skrive en Lykønskning til Dem i Anledning af Deres Fødselsdag i Overmorgen. Jeg vil ønske, at De i det nye Aar maa skyde og male mange udmærkede Ænder. - - Det bliver nok for sent at ønske Dem en glædelig Jul, da det meste af den er forbi, naar De faar dette Brev. – Vi havde en hyggelig Juleaften her i Aftes, stort kønt Juletræ og mange kønne Foræringer. – I Dag, første Juledag, have vi dreven den af efter bedste Evne, vi have Harald og Pan til at hjælpe os. Vi have ikke bestilt andet end at ryge Cigaretter, indøve 4 stemmige Sange og spille ”[ulæseligt]skabsspil”, et Spil fra i Aftes, hvorved man kan sige hinanden de mest storartede Ubehageligheder. – Jeg holder adskilligt mere af at holde Jul i Danmark end i Italien. I Dag for et Aar siden morede jeg mig for Resten udmærket, da var det, vi klædte os ud som Herrer og gik ud i Byen. Og jeg var den bedste. Fy skamme dem, jeg kan ikke glemme, hvor glade og beredvillige De og P. gik ind paa det, da Berta sagde, at det ikke var sandt, at jeg var den kønneste! - - - Et Kort, som Harald i Gaar fik fra Klax, lod forstaa, at det ikke var umuligt, at vi saa ham, P. og Dem her en Gang i Julen. Bare De vilde gøre Alvor af det, det var frygtelig morsomt! – Hør, hvad bliver det til med de Penge til Rundskueren? Jeg vil dog ikke haabe, det ikke er bleven til noget alligevel, jeg havde glædet mig saadan til det. – Er De tilfreds med Julevejret? Jeg er ikke. Jeg kan ikke fordrage Blæst og let Frost tilsammen, det er væmmelig hundekoldt Om Forladelse, uden dog at være ordentlig Vinter, saa det kan ses. – Fy, det er fælt at høre hende spille Dansemusik, eller i alt Fald noget livlig noget, det minder mig om, at jeg i Morgen var bedt til Bal, men kun maa komme til gammelt Juleselskab paa Sandholt, hvor min højeste Fornøjelse vist bliver at blive spurgt ud om min Sygdom af Fruerne. – 1000 Tak Las for al den Fornøjelse jeg har haft af Deres Bøger! Endogsaa Kerteminde Avis har jeg læst med stor Interesse, det er vist et prægtig lille Blad. Medfølgende Udklip vil jeg ikke undlade at sende Dem, det kan umulig være undgaaet Deres Opmærksomhed. - - - - - Nu venter vi Dem altsaa alle tre en Dag, helst inden Nytaarsdag, da Jak. og Harald saa ere her, men kom ikke Søndag. – Vi glæder os alle til dem og bliver skuffede, hvis De ikke kommer. Selvfølgelig fra Morgenstunden (hvis De gidde.) - - Saa ”my pretty Las” vil jeg slutte denne Skrivelse, Trumpety – trumpety – bump! med de venligste Hilsner til Klax og dem og vil De ogsaa hilse Deres øvrige Familie. Deres heng. Alhed Warberg
+Erikshaab 1ste Juledags Aften 1895
+[Det følgende skrevet på side 1 på tværs over "Kære Las!"]
+Gode Las!
+En venlig Hilsen til Swansa og en hjærtelig Lykønskning til dem fra Christine.
+Til Lykke, min kære Ven (det er naturligvis Spøg). Efter Alheds Diktat (det er naturligvis Spøg). Hilsen fra Brandt.
+En venlig Hilsen sendes Klaks fra Elle</t>
+  </si>
+  <si>
+    <t>1896-03-06</t>
+  </si>
+  <si>
+    <t>Vesterbrogade 126, 1620 V</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+- Carlsen
+Christian Kampmann
+Conrad Warberg
+Else Warberg
+Andreas Peter Weis</t>
+  </si>
+  <si>
+    <t>Café Guldkuren var "Hotel D'Angleterres nye Restauration" i følge Carl Muusmann i bogen "Halvfemsernes glade København".
+"Ungdomsleg" er et skuespil i 4 akter af Frederik Leth Hansen. Det blev vist på Dagmarteatret i marts 1896.
+Thorvald er muligvis Thorvald Balslev, som på dette tidspunkt var forlovet med Alheds søster Johanne.</t>
+  </si>
+  <si>
+    <t>Alhed sender fødselsdagshilsen til sin far. Hun er ved at male Kampmanns dreng. Ses en del med Berta. Har bedt Weis om at give Thorvald en forstanderstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6NfH</t>
+  </si>
+  <si>
+    <t>Kære Fader!
+Maa jeg herved sende Dig min hjærteligste Lykønskning til Din Fødselsdag i Morgen! – Jeg kommer lige henne fra Kampmanns, hvor jeg hver Dag maler på Drengen. Det er en vældig sød Unge, men jeg kan endnu slet ikke sige, om det vil lykkes for mig med Maleriet; i Dag fik jeg for Resten en hel Del gjort ved det, men nemt er det sandelig ikke, han sidder ikke stille en Minut. – Jeg kommer der gærne ved 9 Tiden og spiser saa Frokost med dem Kl. 11, naar Manden kommer hjem; vi drikke alle tre hver Dag en Snaps med Angustura, det er udmærket. Det er elskværdige og livlige Folk begge to. – Madam Persen ser jeg en hel Del til. I Gaar var vi sammen inde i [overstreget: Ak] Bibliotheket paa Charlottenborg og bagefter i Guldkuren. I Dag skulle vi igen mødes derinde og saa skal jeg hjem at spise til Middag med hende og bagefter gaa vi muligvis i Theatret til Ungdomsleg. Lud skal til Møde. - - Weis, som jeg var sammen forleden hos Madames spurgte mig om det var mig, han havde nægtet den Ansøgning, samt om han ikke kunde være mig til Tjeneste med et eller andet, - om jeg ikke havde noget at ansøge om o.s.v. – Jeg svarede, at jeg jo vidste af Erfaring, at det ikke nyttede at ansøge ham _om noget, men da jeg hørte, han havde med Seminarier at gøre, bad jeg ham betænke lille Thorvald med en god Forstanderplads, hvilket han lovede! Nu skal vi se, om han holder det. - - Madam Carlsen har gaaet heroppe og underholdt mig, mens jeg har skreven, hun er ligesaa kostelig som før. Jeg skal hilse Dig fra hende. – Vil Du hilse alle_ mange Gange fra mig, ogsaa Onkel Conne og Tante Else. – jeg skal i Morgen til Aftenselskab hos Berta, vi skulle drikke paa Din Sundhed! Din hengivne Datter Be.
+Pan sender mange Hilsner.
+Vesterbrogade 126 5 
+6/3 - 96</t>
+  </si>
+  <si>
+    <t>Maj 1896 eller 1897</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Carl, Dedes legekammerat -
+Dry -
+Erhart -
+Louise Amstrup
+Ernst Brandt
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Anne -, Erikshaab
+Drude Jørgensen
+Johanne  Larsen
+- Lassen, Løjtnant
+Christine  Mackie
+- Petersen, Frk.
+- Povlsen, skrædder el syerske
+Albrecht  Warberg
+Andreas Warberg
+Else Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem der boede i Heden på Fyn. Eftersom både Albrecht Warberg og hans datter, Alhed, var født på gården Ensomhed i Heden, må man formode, at der var tale om familiemedlemmer. 
+På Ølstedgaard boede familien Amstrup.
+Den Tutte, som Laura Warberg skal besøge, er muligvis en anden end Thora Branner, der oftest blev kaldt Tutte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2128</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes far har været i Heden og få en liste over, hvad de skulle købe til nogle mennesker der. Derefter besøgte de Drude Vesterdal Jørgensen i Odense og var på pensionatet hos Louise (Lugge) og Andreas (Dede). De havde fået mange blomster i forbindelse med Louises fødselsdag. Dagen efter tog Alhed til Heden med varerne.
+Christine og løjtnant Lassen meldte pludselig deres ankomst den følgende dag, og Alhed fik travlt med at lave mad. Samme dag skulle hun til kaffe hos Amstrups, og Tante Visse (Fru Amstrup) var overraskende venlig. 
+Alhed glemte at få Louises vasketøj med fra Odense, så vasken er ikke så stor.
+Frk. Petersen skal holde ferie på Erikshåb en måned mod en betaling på 50 kr. 
+Astrid skriver, at hendes mor hellere må komme til Branners den 21. end den 20.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g8vq</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Du venter vel snart med Længsel efter et ordentligt Brev herfra, men her er saa meget hver Dag, at det næsten er svært at fsaa Tid og i Gaar var her ingen post. Joh. skrev nok, at Far inviterede mig med til Odense, men saa kom vi i Tanker om, at vi hellere maatte køre til Heden og faa at vide, hvad de manglede i Gaarden og saa faa det købt med det samme. Dis, Joh. og jeg kørte D ["D" overstreget] derover og fik en Liste paa det altsammen. Vi rejste til Odense med 1/2 11 Toget og overraskede Lugge, der ikke kunde forstaa, at hun ikke havde faaet Brev hjemme fra. Kl 12 1/2 gav Far Chokolade i Elevatoren, derefter gik han til Stiftsprovstens, jeg Ærinder og Kl. 3 mødtes vi til Middag i Pensionatet, hvorfra vi telefonerede til Tante Else. - Da vi kom ind var Dede kommen. Lugge skulde i Skole og Chr. have Timer, saa gik Far, Dede og jeg ud til Vesterdal, hvor vi blev til Aften. Da vi kom tilbage til Pensionatet var der kommen nogle Stykker for at fejre Lugge, Tante Dry, Leutnant Lassen, Ernst Brandt og en Hr [ulæseligt]; deres Stue var propfuld af Blomster fra de to Fødselsdage, 3 Potteplanter, hvoraf de to pragtfulde gule Roser og c. en halv Snes Buketter. - Der blev drukken et Glas Portvin til Lugges Hæder. - Næste Dag kørte jeg over til Heden med Varerne, Dede var med, han kom med Iltoget! De var henrykte over at faa noget ind i Huset, saa de nu baade kan lave Mad og gøre rent. De gav os Kaffe med Kager. Om Aftenen var vi til Gymnastik. I Gaar vilde vi sove længe, men Kl. 9 kom der Ilbud om, at Christine og Leutnant Lassen ["Lassen" indsat over linjen] var kommen cyclende, saa Du kan stole paa at vi kom op i en Fart og fik lavet Kaffebord til dem og Huset gjort i Stand. Joh. passede Gæsterne, mens jeg lavede Maden. De fik klar Suppe med Melboller samt godt Pevrodskød med Røræg og Asparges og paa de smaa røde Tallerkener Rhabarbercompot med Svedsker uden om. Tante mener maaske, at det var "ro'rig" Mad, men den gled udmærket i dem, Far gav et Glas Rødvin. Kl. 3 1/2 cyclede de igen, Chr. skulde regisstrere [det andet "s" i ordet overstreget] til en Kirkekoncert Kl 6. Den Leutnant er rigtig flink, beskeden og nydelig af Væsen, men ustyrlig grim Vi andre skulde desværre til Ølstedgaard til Kaffe Kl. 4, jeg var for Resten hellere bleven hjemme for at puste lidt, vi have ["have" indsat over linjen] haft 4 Haandværkere og en Sadelmager i denne Uge, i Dag er der 3 Haandværkere, en Sadelmager og Erhart, der skal sy for Joh, der ["der" overstreget] som skal til Odense at spille i Eftermiddag, og Anne og jeg vadsker jo, saa jeg har egentlig ikke Tid at sidde her og skrive. - Vi havde det for Resten rigtig rart i Gaar derovre, Tante Visse var Elskværdigheden selv mod mig, hun havde "glædet sig saadan til at se mig"! (Joh. blev hjemme.) Nu glæder jeg mig selvfølgelig ogsaa til at se hende i Morgen! Far bad dem. - - Jeg ser først nu i Dis' Skrivelse, det om Taasinge, hun har ikke talt om det, Du kommer der vel slet ikke nu? men følges med Tante og Max til Korsør. - Vi har heldigvis glemt at faa Snavsetøj fra Odense; saa det bliver en dejlig lille Vadsk, saa kan de lade vadske derude for en Gang og vi kan betale Lugges af Husholdningskassen. Dede havde sit med; han gaar og morer sig storartet han og Carl har noget Sejlads for nede ved ["ved" overstreget] i den lille Aa. - Hvis jeg ikke faar den kemiske Opskrift nu med Posten, [ulæseligt ord] vi alt og vadsker det paa gammeldags Maner. - I Juni Maaned faa vi Pans og Dis' Veninde Frk. Petersen for 50 Kr., hun skrev og spurgte om vi vilde have hende en Maaned for 60 men Far vilde kun have 50 da hun var saa flink mod Dis. - Dette er skreven i lynende Fart. 1000 Hilsner til Tante, Max og Dig selv fra Alhed. 
+[Skrevet øverst på side 1, på hovedet i frhold til resten af brevet:]
+Kære Mor! Forleden fik jeg Brev fra Tutte, at Du maatte helst ikke komme d 20de, da de den Dag havde stort gudeligt Møde, men d 21de var Du velkommen, og Du må endelig ikke gøre Besøget for kort. Sidst havde de ingen andre Anstalter gjort end at rengøre Værelse til Dig, og det skulde det vel ["vel" overstreget] alligevel. Jeg kan vel nok på egen Hånd lade Povlsen sy den lyseblå Kjole til Præstekjole? Tøjet må vel være i en Kiste el lign? - Jeg er rengørende [teksten fortsætter øverst side 4, på hovedet:] og må derfor slutte med mange Hilsner til Dig - Tante og Max! Dis</t>
+  </si>
+  <si>
+    <t>1896-07-21</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Hedda -
+- Berg, Frøken
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem R. Mortensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0368</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på rotur uden om klipper og grotter. Hun og Christine har også været i Djurperdal, hvor Chriustine klatrede som en ged. Lauras sko måtte bagflikkes. Værelset er meget lille, og ingen sæder er polstrede. Selskabet skal til Höganäs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eXMn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+Danmark
+[Skrevet af ukendt:]
+9-6-03.
+30-1-2002. 
+[På kuvertens bagside:]
+Poststempler
+[I brevet:]
+Tirsdag - 
+Kæreste Abba!
+Dette bliver det sidste Brev fra Kullen, nu drager vi snart afsted, vi veed knap endnu hvorhen. Jeg har ikke faaet Brev fra R. Mortensen med Underretning om Turen til Trollhättan over Göteborg. I Aftes var vi en Rotur uden om Klipperne og Grotterne paa den ene Side (mod Sverig), det var efter et Par Dages Blæst bleven blikstille og dejligt; det var imponerende at see fra Dybet op ad de dejlige og mærkelige Stenkolosser. Om Eftermiddagen var vi i Djurperdal, men den var saa stejl, at jeg ikke vovede mig helt ned, Christine derimod klatrer som en Ged, det ser morsomt ud. Hun tænker paa i Dag at gaae til høje Kullen, jeg tør heller ikke tage den, men naar hun gaaer til Vejrs saa sidder jeg imens nedenfor, smukt er her allevegne. Men jeg er jo med de fleste Steder naturligvis, vi bestiller ikke andet spadsere, spise, hvile vi lidt og saa atter ud at trave, mine nye Sko maatte jeg i Gaar til Mølle med og faa dem bagflikket, endda jeg gaaer med de tykke Støvler om Formiddagen. Vi slaaer ikke Slag med de andre ret tidt, holder mest af at gaae alene. Det er et mageløst Vejr stadig væk! I Regn maae her ikke være godt, for vi har jo da bestandig ingen Steder at være. Paa Gaarden er kun Spisestuen med Borde og Stole og 2 Sofaer, og vort Værelse her er meget lille. Vi bliver ordentlig hærdede med haarde Sæder allevegne - - Stole – Bænke – Senge – og ude Stene, som vi jo meget ofte sidder paa, eller lige ned paa Jorden. I Gaar var vi i Mølle og inde i et Konditori at spise en Kage – der var polstrede Stole, et rent Velvære! og en Avis var der! ogsaa en Sjældenhed. Jeg sidder paa vor Bænk udenfor vor eget Logis, der er ikke tale om at skrive et Brev ved vort lille overfyldte Bord. Jeg har 6 Klipper for Øje her! Der staar en let Taage over dem til Morgen, Kl. er henad 8, Kl. 9 gaaer Brevene af og om Aftenen Kl. 8 kommer Posten. Christine glæder sig meget til at see Gruberne i Höganäss, jeg har nok, jeg vil nøjes med at høre om det. – Ja nu bliver dette Brev ikke længere, jeg skal ogsaa skrive til Tante Hedda. Det er vist rent galt, at jeg endnu ikke har gjort det, mente Elle. Det er jo glædeligt, at Frøken Berg skal have sin rare Enkemand. Nu kun de kærligste Hilsener til Eder allesammen fra Mor.
+[Skrevet langs venstre kant på sidste side:]
+Hils paa Gjelskov. Bare jeg dog kommer noget sammen med Ki[ulæseligt], mens de er der.</t>
+  </si>
+  <si>
+    <t>1896-07-24</t>
+  </si>
+  <si>
+    <t>Nordskov, 5390 Martofte, Danmark
+Odense, 5000 Odense, Danmark
+Klinten, 5300 Kerteminde, Danmark
+Højby, 5260 Odense, Danmark</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Godset Erikshaab ligger midtvejs mellem Faaborg og Odense nær Brobyværk.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen skal til Fynshoved for at tegne. Albert Gottschalck skal evt. med. Han har malet en skitse på Lundsgårdklinten. På onsdag rejser Johs. Larsen til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YMmj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Juli 1896
+Kære Alhed!
+Mange Tak for sidst! Jeg sidder her og venter paa en Vogn fra Nordskov som jeg skal køre med derud for at tegne og male ude paa Fynshoved Gottschalk tager med hvis han naar at komme hjem inden jeg er væk. Vi kom hjem Kl. henad 3 den Nat. Kl. 10 kom vi til Højby Uglen ville endelig have Kaffe og Vinerbrød i Kroen saa der gik en 20 Minutter inden vi kom af Sted og da vi naaede Gels Kro sendte jeg dem ned i Bækken for at skylle deres Fødder men jeg faldt i Søvn paa et Rækværk. Da vi kom hjem spiste vi en Del Honningmad og drak Mælk til. Det lød for Resten ikke til at overraske Nogen at jeg ikke var kommen før. I Aftes var jeg ude i Klinten og malede en Skitse af Motivet. Vejret var aldeles lige som den Aften vi var derude. Paa Tirsdag skal jeg altsaa til Odense med Tjalfe og paa Onsdag skal vi sejle til Sverige med Kuffen ”Vilhelm”, siger Fader. Nu maa jeg vist holde op for at være parat naar Vognen kommer.
+Vil De hilse dem alle sammen paa Erikshaab! Mange Hilsner til Dem selv fra 
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1896-8</t>
+  </si>
+  <si>
+    <t>Sophy -
+Sprut -
+Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Martin Brandt
+Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+Niels Elgaard Amstrup
+- Kløvborg
+M Knipschildt
+Jørgen Hermann Kruuse
+Johanne  Larsen
+Christine  Mackie
+Astrid Møller
+Edvard Nielsen
+- Vett
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
+Det kan ikke afgøres, hvem Marie var. Warberg-familien kendte mange med dette navn. Hvem Fru Kl. var vides heller ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2123</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev, Johanne og Alhed har været på en cykeltur til Kerteminde. De gik tur ved Klinten og i skoven og blev der et par dage. Hjemme igen måtte Alhed skynde sig at skifte til sin råsilkekjole og til middag på Gelskov. Hun har også besøgt Sophy, som er helt rask efter to sommerophold på Silkeborg Bad. 
+Laura Warberg må endelig nyde sin ferie og blive længe væk. Hun kan sikkert godt få flere penge til det.
+Alhed venter gæster på Erikshåb og vil derfor slagte kyllinger. De vasker og sylter og har travlt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6XoJ</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Mor!
+Det har i flere Dage været mit Forsæt at skrive til Dig; men først i Dag bliver det til Alvor. - Her har været saa meget hver Dag, at det har været vanskeligt at faa Tid at sætte sig hen og skrive et ordentligt Brev. - Jeg skrev nok sidst i Fredags. - Lørdag cyclede Thorvald og Joh, og Søndag Form fulgte jeg efter til Odense, spiste til Middag hos Sprut, (- det er sandt, her kan Christine supplere og meddele om Johannes Cycle x ["X" indsat over linjen], der fremdeles gør Knuder, det bliver nok en større Reparation, hun var i Gaar i Højrup at tale i Telefon med Edv. Nielsen.) - Vi havde det yndigt i Kerteminde var den ene Aften en henrivende smuk Tur paa Klinten; paa Hjemvejen gik vi om ad Kruses (ind gennem Skovene), vi stod lidt stille og saa paa Huset, der ligger meget hyggeligt i den Kastanieallé. - Elllers forslog vi Tiden med at bade, spise Stikkelsbær og drive om. Tirsdag Middag cyclede vi derfra, Joh. blev i Odense og jeg kom herhjem 1 Kvarter i 4, styrtede i min Raasilke og om til Gelskov til Middag. Der var Pastor Brandts fra Taulov og Kløvborgs med nogle gamle Thomsens gl. Fru Kl. og en ung Pige, samt Amstrups med lille Nete og gl. Knipschildts. - - Dagen efter var jeg inviteret om at underholde Tante Sophy, men Marie skulde til Høet, saa det blev først om Eftermiddagen. Fader blev hentet derom, Grosserer Vett (Freir) var der, en sær lille Spleis. Tante Sophy og jeg var en tur i Skoven, hun var saa sød at tale med. Hun er bleven helt rask nu, to Sommerophold paa Silkeborg har kureret hende; hun sagde, at det havde jo kostet mange Penge, men at hun mente, det ["t" i slutningen af ordet overstreget] var godt givet ud og at ["at" indsat over linjen] det var den bedste Kur for nervøse Mennesker at rive sig ud af de daglige Folder og rejse bort en Tid. - Du kan tro, vi glæde os ved Tanken om, at Du gaar og driver deroppe, gid Du nu vil blive der rigtig længe, jeg er sikker paa, Du kan godt faa nogle flere Penge, vi har jo ikke hørt ét Ord om Penge i denne Termin, det er ganske enestaaende. Johanne og jeg har ogsaa talt om at sende Dig de 20 Kr. vi har liggende i Æggepenge. Jeg synes, det er saa umaa[de]lig vigtig at Du bliver længe borte, naar Du nu endelig en Gang er kommen ud at rejse. - Thorvald og Johanne ere her i disse Dage; de maa desværre opgive deres Hamborgrejse, da Familien skriver, at der ingen er hjemme. Meget kedeligt. - I Dag Forlovelseskort fra Trisse med en Leutnant Møller. Samt Brevkort fra Tante, at Max Poul og en Kammerat ville besøge os fra Mandag Aften til Onsdag Morgen, saa tage vi de 4 store Kyllinger paa Tirsdag med Ærtesuppe foran. - Vi skulle brygge Mandag og vads ["og vads" overstreget] begynde at vadske Tirsdag, Høsten begynder allerede sidst i Ugen, saa jeg mente, det var bedst at vadske mens vi kunne faa Koner, vi mangle ogsaa Fintøj, saa kunne vi jo altid senere tage en Klatvask med Resten alene til Dit og C's. Tøj. Jeg haaber dette er rigtigt. -
+Alt gaar rigtig godt. Jeg skal nok passe Syltningen, men det er knap modent endnu. 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1896-08-02</t>
+  </si>
+  <si>
+    <t>Langeland
+Långaryd, Sverige
+Faaborg
+Svanninge
+Odensebakken, Faaborg
+Waldemarsgade, København
+Lerbjerg, Faaborg</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Julie Brandt
+Louise Brønsted
+- Carlsen
+Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Johanne Christine Larsen
+Jørgen Larsen
+Marie Larsen
+Fritz Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kolerafluer er insekter, som hedder trips. Fordi der i koleraåret 1853 var særligt mange trips i Kbh., satte man dem fejlagtigt i forbindelse med sygdommen i årene efter.
+Mesterhuset er bygningen Lagonisminde 7 i Faaborg, hvor malermester Syrak Hansen havde bolig og værksted.</t>
+  </si>
+  <si>
+    <t>Onsdag cykler Alhed til Langeland, hvor hun en tid skal opholde sig hos dyrlæge Caspersen.
+Hun har været på besøg hos Syrak Hansen i Mesterhuset, Faaborg, og hos Fritz Syberg ("Kunstneren").
+Alhed har sammen med søskende og flere andre været på tur til en granskov, hvor de tændte bål og lavede mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YODa</t>
+  </si>
+  <si>
+    <t>Kære Las
+Jeg vil hellige Dem en Timestid af denne Søndag eftermiddag; det er en lumrende Varme, sig: trykkende Tordenluft, og saa er den (Luften) tilmed fuld af disse forbistrede smaa Kolerafluer, der fare omkring i Ansigtet paa én og virke saa irriterende. Har De ikke lagt Mærke til, hvor de har været tossede i den sidste Tid. Forleden Dag optraadte de her i Billionvis, og mens jeg sidder og skriver dette, sidder der i Hundredevis paa mit hvide Liv. – 1000 Tak for Deres Brev lad mig se, De skriver rigtig tit til mig. – Jeg ser De har taget Dem min Drøm til Indtægt, det var i Grunden brillant drømt navnlig Overskriften, 2, [noget af papiret mangler] udmærket ud, ikke sandt 3 – Naa, saa De er ikke kommen til Sverig endnu! Ja, nu er De vel? Jeg sender da i alt Fald dette Brev derop, saa kan det maaske ligge og ønske Dem velkommen, naar De kommer. Det var en smuk tanke! Jeg skal for resten ogsaa ud at rejse nu; paa Onsdag cycler jeg til Langeland, jeg skal rigtig drive og more mig derovre, men jeg er meget spændt paa at se, om Tiden vil gaa hurtigere eller langsommere paa den Maade. Uh, jeg er i Grunden ærgerlig paa mig selv over at jeg ikke kan lade være at gaa og ønske Tiden kortere. Man har det jo saa udmærket, og jeg holder da saa meget af Sommeren og saa har jeg tilmed aldrig syntes at nogen Sommer har været saa dejlig som denne. – I Tirsdags kom Mor hjem, og jeg overgav hende med Glæde Regeringens Tøjler. Om Onsdagen var Dis og jeg i Faaborg, vi skulde et Ærinde ud til Købmand Larsens. Bagefter [noget af papiret mangler] i Mesterhuset, men Mester var helt alene hjemme, han Dis og jeg drak en halv Flaske Portvin. Saa kørte vi til Svanninge, hvor de alle havde det udmærket; Kunstneren maler hver Dag paa Stedgaard, hvor han nu har 4 Billeder i Gang, eller i alle Tilfælde Bestillinger paa 4. – P. var ude at male og kom først hjem lige da vi skulde af Sted, han fulgte os op til Landevejen. Jeg spurgte ham, naar han skulde til Sverig, han mente det blev først ved d. 20ende han har travlt med sit Billede, sagde han. Da Dis og jeg kom hjem (Kl. 11) sad Johanne og Pan i Gæstekammervinduet og meddelte os, at vi skulde op igen om tre Timer og ud paa en Tur – for Resten samme Vej tilbage, som vi lige var kommet fra, men jeg til Lerbjærget ude ved Faaborg. Her maa jeg gøre en Pause. – Hele Familien er ude i Odensebakken med Aftensmad, jeg opdagede, at det nu er den Tid, jeg lovede at køre herfra paa. – Farvel saa længe. Goddag igen, - eller rettere Godaften, Kl. er nemlig bleven over 10, [noget af papiret mangler] i et saa skrækkeligt vrøvlet Humeur, at jeg ikke har kunnet forsvare at sætte mig til at skrive før. Jeg har lét, saa Huset rystede (eller i alt Fald jeg selv) af mine egne Vittigheder. – Det var for Resten en umaadelig vellykket Tur i Odensebakken. – Men jeg kom nok fra at fortælle Dem om en anden Tur og den skal De nu høre lidt nærmere om, enten De vil eller ej; det var nemlig en rigtig Vagabondtur, og en saadan har vi saa tit udmalet os, men aldrig faaet gjort Alvor af. Kl. godt 2 stod vi altsaa op og lidt efter startede Muk, Dis og Dede pr. Ben, en Time senere Thorvald, Pan, Joh. og jeg paa Cycle. – Maalet var at se Solen staa op paa Lerbjærget og det naaede sig udmærket, den stod nemlig slet ikke op, men laa og dovnede hele Dagen inde bag nogle tykke graa Skyer. ”Og regnede lidt, gjorde det jo en Smule” (som Mdm. Carlsen i Waldemarsgade sagde), saa vi blev temmelig vaade, inden vi kom derud, men ved 8-9 Tiden holdt det op, vi opslog vores Lejr i en pragtfuld Granskov og lavede et herligt Baal, som vi vedligeholdt hele Dagen. Og nu skal De høre, hvilke herlige varme Retter, vi lavede der. – Vi blev for Resten enige om, at ingen af os var særlig æstetisk anlagte, - det, der [noget af papiret mangler] mest, var nemlig at [noget af papiret mangler] om Baalet og lave [noget af papiret mangler] men vi lavede heller [noget af papiret mangler]tet mindre end: [noget af papiret mangler] ristet Skinke med Spejlæg og Kaffe; og til Middag Æggekage og Pillekartofler og Skinke – Gullerødder (altsaa Gullerødder i Stedet for Asparges) disse og Kartoflerne huggede vi i en nærliggende Have. – Da Kartoflerne var halvt kogte kom der en Skovfoged, der sagde, at det ikke var tilladt at tænde Baal i Skoven, men vi fik da Manden til at indse, at vi ligesaa godt kunde koge dem færdige, da vi nu havde begyndt. [noget af papiret mangler] blev en halv Timestid [noget af papiret mangler] han nok ville se [noget af papiret mangler] slukket, og vi stivede [noget af papiret mangler] af saa godt vi kunde med Portvin og Cigar. Efter endt Maaltid lænede jeg mig lidt tilbage i Græsset for at tænke over, om jeg ikke skulde skrive lidt til min ærbødige J. Larsen, men mens jeg tog den Beslutning, at vilde (det er det, De staver ”hville”?) faldt jeg i Søvn og sov saa trygt, at jeg ikke mærkede, de andre dækkede mig til og gik deres Vej op paa Lerbjærget, og da de kom tilbage, skulde vi hjem, saa der blev ingen Brev af. – Endnu staar kun tilbage at fortælle, at vi cyclende midt paa Dagen var ude i Faaborg og tage et Bad (storartet) jeg købte en Flaske Portvin (ogsaa rart.) – Naa, nu kunde det vist snart være paa Tiden at slutte, de maa ikke blive gal over, at det er bleven saa langt, De kan jo fordele det paa to Dage. - - Hils Marie mange Gange og sig hende Tak for hendes Brev, jeg skriver til hende en anden Dag paa Langeland faar jeg bedre Tid, hils Agraren Tjalfe det lille Hylehoved. Paa Langeland bliver min
+Adr: Dyrlæge Caspersen, Snøde pr. Langeland. 
+Hav det nu godt derovre. Skyd meget og mal godt o.s.v. og 1000 Millioner Hilsner i al Ærbødighed fra Deres
+”Kæreste Alhed”
+Hør, det var voldsom snedigt, ligefrem en Brander, jeg tænkte for Resten ikke paa det, førend jeg havde skreven det.
+Erikshaab d. 2den Aug. 1896
+Mon dette ikke er et slemt Vrøvlebrev?</t>
+  </si>
+  <si>
+    <t>1896-08-14</t>
+  </si>
+  <si>
+    <t>Ejnar -
+Christian Caspersen
+Marie Larsen
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Ruderkonge – Hans Rasmussen var hans døbenavn – var en berygtet person, der i 1896 var under stærk mistanke som gerningsmand til et dobbeltmord på et ældre ægtepar, hjulmand Christian Mogensen og hans kone, der boede i Oure (Ore) på det sydlige Langeland. Mordet blev begået 25. maj 1896. Først i 1902 blev mordet opklaret, og Ruderkonge blev sammen med tre andre idømt lange fængselsstraffe, der først i 1905 blev stadfæstet i Højesteret.
+http://www.coneliand.dk/kriminalsager/Langelands%20Sagen.html
+Det er uvist, hvad der menes med "Frøken Fie Jensen".</t>
+  </si>
+  <si>
+    <t>Alhed er hos Dyrlæge Caspersen (Onkel Max) på Langeland. Hun kører med ham ud i formiddagspraksis og møder sære mennesker. En Fætter Ejnar på 16-17 år er ankommet til Langeland og er lidt af en plage.
+Forleden nat var Alhed bange og troede at "Ruder konge" skulle komme. Hun svømmer og cykler, og langelænderne kan ikke lide cyklende damer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tUAU</t>
+  </si>
+  <si>
+    <t>Kære Las!
+I Aften skal jeg have skreven et Par Ord til Dem i Anledning af, at det er sidste Aften, jeg har mit lille yndige Værelse alene; i Morgen kommer der nemlig en Gæst til, som skal dele det med mig desværre. – Tak for deres lange Brev i Gaar, det var forfærdelig morsomt at høre fra Dem. De faa det jo nok morsomt deroppe. Naar nu Frk. Lindberg og P. ogsaa komme. Hvem der bare var deroppe ogsaa! ikke sandt? Saa skulde jeg have det forfærdelig Sjov! – Det var jo rart, at der ikke var saa skamskeret, som De havde tænkt Dem, men bare De nu faar Tid til at male noget af det! naar Dagene endogsaa ere for korte til at gaa paa Jagt, saa kan det jo blive vanskelig nok. – Naa, saa De skal have ”sendt” de andre ud at plukke ”Bær!” De gaar vist ordentlig og ”sender” med Marie deroppe! gør De ikke? Uha Las, De er vist en skrækkelig Despot, men det er jo heldigvis ikke alle, der lystrer. - - Jeg har det for Resten dejlig herovre, men har ikke oplevet noget særlig; siden jeg skrev sidst. Max og jeg tage stadig ud i Formiddagspraxis, som mest bestaar i at drikke gammelt Øl. I Dag var vi inde hos en forfærdelig grinagtig Familie. Det er de mest snavsede Exemplarer, jeg har set, og saa bandede de saa gryselig, især Manden, der sad og fortalte Jagthistorier næsten hele Tiden, dog fik han ogsaa Lejlighed til, da Talen faldt paa ”Sport” at sige, at ”de Kevenhavnere” var saa ”rappegalne” (jeg haaber, Ordet er rigtig stavet.) Apropos om mærkelige Ord, saa har jeg ikke kunnet undre mig over den Skipperkones Navn, da jeg ikke har kunnet læse det. Vil De ikke skrive det en Gang til, og saa lidt tydeligere. - - Den Fætter Ejnar vi hentede ude i Lohals, viste sig at være en lang 16-17 Aars Dreng, der [noget af papiret mangler]er svært op i Landskabet, somme Tider næsten for meget, som da han f. Ex. I Dag kom og væltede mig ud af Hængekøjen, da jeg laa og sov til Middag. – Nu opdager jeg, at jeg er bleven søvnig, hvorfor jeg vil sige Dem Godnat og Farvel. Det er jo for resten noget Sludder for det vilde jo være et mærkeligt Tilfælde, om De netop skulde i Seng, naar de kommer hertil i mit Brev. Men paa den anden Side kan det jo godt være at de alligevel er ved at falde i Søvn. - - 
+Et Par Dage senere.
+Det var en stor Overraskelse for mig, da jeg i Gaar kom hen til Skolelærerens efter Post, at faa overrakt et Brev med Deres velkendte Haandskrift. Tak for den nydelige lille Lenea. I Morgen ere vi midt i Maaneden, nemlig d 15de. Synes de Tiden gaar hurtig? Jeg synes nemlig, at den gaar tilpas. Jeg har da faaet mig dresseret til ikke at ønske, at den skal gaa alt for hurtig. Jeg har det virkelig ogsaa saa udmærket og gaar og nyder Tilværelsen! Og hvordan kan jeg ogsaa andet, jeg morer mig udmærket og gaar og glæder mig til Fremtiden. – Jeg kommer vist desværre snart til at slutte, vi skal ud paa en Skovtur i Eftermiddag; op paa Nordspidsen af Langeland; eller vi kalde det ”Langelandshoved”. – Jeg maa først fortælle Dem, at da jeg havde sluttet mit Brev til dem forleden Aften og lige var kommen i Seng, hørte jeg en farlig Rumsteren, det viste sig at være en Husundersøgelse, der blev foretaget af [noget af papiret mangler] og Ejnar, der hæv[noget af papiret mangler] nogle liste sig. Jeg oplyste dem om, at det hav[noget af papiret mangler] mig, og de gik beroligede [noget af papiret mangler] Men tænk Dem, saa blev jeg bange, jeg kom i Tanker om det maaske alligevel ikke havde været mig og kom til at tænke paa Ruder Konge. Jeg laa længe og var frygtelig angst og maatte til sidst staa op og lukke Vinduet for ham. – Men Natten forløb da heldigvis rolig, og jeg kommer i Tanker om, at det maaske slet ikke er nogen morsom Historie. - - De kan tro, jeg er bleven flink til at Svømme. I Gaar svømmede jeg 36 Tag, og i Dag 44, er det ikke godt? – Da jeg kom herover kunde jeg kun et ganske lille Stykke. - [noget af papiret mangler] er P. allerede kommen derover, hils ham endelig mange Gange. Jeg gad vide hvordan det gik med det Roebillede. Hils ogsaa Marie mange Gange. Langelænderne ere meget optaget af, at Frøken Fie Jensen, som de kalder hende, have beæret deres Ø med et Besøg. Men de kunne for Resten ikke fordrage cyclende Damer. De viste deres Antipatti ved at staa af Vognen og klappe Hestene beroligende mens man kører forbi. I Gaar spurgte jeg en saadan Mand om Hesten var bange for [noget af papiret mangler] Hesten var bange for [noget af papiret mangler] men han sagde, at [noget af papiret mangler] var kun for [noget af papiret mangler] bliver helt tovlig, [noget af papiret mangler] ser en Dame paa saadan en Maskine” sagde [noget af papiret mangler] - - Nu kun 1000 Hilsner fra Deres
+Alhed
+14de August - 96</t>
+  </si>
+  <si>
+    <t>1896-08-26</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Dora -
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Alfred Benzon
+Ch. Berleûne
+Johanne Christine Brandstrup
+Louise Brønsted
+- Gredsted
+Bernhard Hirschsprung
+Ernst  Knipschildt
+Gustav Knipschildt
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Viktor Schroll
+Hans Smidth
+Hempel Syberg
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København.
+Det vides ikke hvem Frøken Berg, Fru Larsen, Monica, Kirsten, Johan og HP var. Heller ikke hvem stiftprovsten og Bitten var. 
+Frederik Andreas Warberg og søsteren Louise, g. Brønsted, var i 1896 elever ved Odense Katedralskole. 
+Thorvald Balslev blev færdig som cand. theol. i 1896.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0339</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sin mor på besøg. De går lange ture. Knipschildt deltager.
+Laura har været i Odense at besøge børnene og en mængde andre mennesker. På børnenes skole er der rod i mange ting, og bl.a. får eleverne ikke et skema.
+Om natten er Laura ikke bange, for hun har hundene hos sig. Den ene, Munter, var på en gåtur fræk, så Laura knækkede ris af, og da den så det, løb den hjem. Hunden fik kun et par dask. 
+Hempel Syberg er dårlig.
+Thorvald Balslev er taget til Masnedsund.
+Den unge greve har givet Laura en stor melon. 
+Albrecht må købe konfirmationsgaver til tre store børn samt svamp og tandpulver i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fdLV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på brevets forside:]
+Hr. Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 - ⁴
+København K.
++ Poststempel
+[På kuvertens bagside;]
+Poststempel
+[I brevet:]
+Erikshaab – Onsdag d:26de.
+Kæreste Abba!
+Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
+Vil Du nu hilse Mis og især min Pelle saa meget. 
+Kærlig Hilsen fra Din Smaa.
+Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
+[Indlagt seddel:]
+Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
+  </si>
+  <si>
+    <t>1896-08-28</t>
+  </si>
+  <si>
+    <t>København
+Sverige</t>
+  </si>
+  <si>
+    <t>Adis -
+Johanne Christine Brandstrup
+Johanne Christine Larsen
+Marie Larsen
+Albrecht  Warberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Bedstemor" må være Laura Warbergs stedmor, Johanne Christine Brandstrup (1820-1898), f. Fenger, altså Alheds (sted)mormor. Albrecht Warbergs mor var født i 1801, så det er næppe hende, der er på køretur i 1896.
+"Onkel og Tante", som omtales kan være Conrad Warberg og Tante Else - Conrad var Albrecht Warbergs bror. Dette par boede dog ret langt fra Erikshaab, syd for Nyborg. Der var næppe tale om Adelheyde og Hempel Syberg - Mimmi var Albrecht Warbergs søster. Disse plejede at blive kaldt Onkel Hempel og Tante Mimmi. Desuden døde Adelheyde i 1896 af en svulst i hjernen.
+Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht.</t>
+  </si>
+  <si>
+    <t>Alhed, hendes bedstemor m.fl. har været på besøg hos Onkel og Tante (se kommentarfeltet).
+Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Dede deltager. Årsager er uklar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I7sJ</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg opdager til min store Forbavselse, at det er meget over 8 Dage, siden jeg sidst skrev til Dem. Derfor sætter jeg mig til at skrive i dag, skønt det er den ”store Vaskedag”. Kl. er over 6 og jeg er lige bleven færdig i Køkkenet, hvor jeg har virket i over 12 Timer og saa er jeg endda ikke bleven træt. (Godt gjort! ikke?) Det er sandt, jeg vil for Resten ikke mere prale for Dem, selv om jeg har aldrig saa god Grund til det for jeg kunde tydelig se at De havde siddet og grinet, da De i deres forrige Brev spurgte om jeg nu kunde svømme 100 Tag. Maa jeg spørge, om De virkelig ikke synes, at det var en hurtig Fremgang paa godt 8 Dage, naar jeg i Begyndelsen kun nkunde nogle faa Tag? – For de siger da vel ikke ligesom min Onkel derovre, at naar man først kan svømme, saa kan man ligesaa længe det skal være! Hvor kan dog nogen Mennesker sige saadan noget Snak, i saa Tilfælde vilde jo aldrig nogen Mennesker drukne! Den Dag, jeg havde haft de 47 Tag, det var kun én Dag, var det med Opbebydelsen af alle mine Kræfter, og da jeg var færdig, sank jeg sjakmat ned paa Bunden. Maa jeg spørge, om jeg kunde have svømmet længere? Og jeg kan dog svømme, 47 Tag er da et temmelig langt Stykke. - - - Tak for Resten for Deres lange Brev, jeg fik det, da jeg var nede paa Stationen og sad et Kvarter paa Vognen og ventede paa Mor, der skulde komme med Toget. Jeg kører Dara i denne Tid (Far er i København) og det er frygtelig sjov. Den gaar meget sikrere paa sine Ben i Aar end i Fjor. Den bliver rørt ikke saa lidt i alt Fald i Forhold til hvad den plejer at blive. Vi har endogsaa dristet os til at køre ud med den i Regnvejr (Apropos om Forsigtighed: Ved de at vores Flag kun maa komme op i blikstille og Solskin!) Forleden, da Mor ikke var hjemme, besluttede Johanne, Adis og jeg at køre ud paa en Lystetur over til en Onkel og Tante hvor Haven er god for Øjeblikket. Vi inviterede min Bedstemor med, og hun var meget rørt over sine elskværdige Børnebørn; men ved De, hvorfor vi gjorde det? For det første for at faa Kaffebordet lidt bedre (min Tante er nemlig noget nærig og regner ikke os for noget) og for det andet for at have en til at beskæftige min Tante, mens vi andre afsøgte Haven. Begge Dele lykkedes fortrinligt; vi opnaaede Chokolade og havde udmærket Fred i de gule Blommer, mens min stakkels gamle Bedstemor blev travet rundt i Haven til hun var ganske træt. - - Det er et øsende regnvejr i disse dage, jeg gad vide om De ogsaa i Sverige har ”regnfulde Augustdage”. Hvor længe bliver De der endnu? men De maa da endelig ikke tage derfra uden i stille og godt Vejr, hvis De skal sejle hjem, saa maa De da hellere blive der lidt længere ikke sandt? – Bare vi kunde faa en køn September, og i det hele taget et kønt Efteraar, det kan være en dejlig Tid, hvis Vejret er sikkeligt. – Jeg har for Resten ikke oplevet noget videre siden jeg sidst skrev; jo i Gaar overværede jeg Vaskekonernes Mellemmad, og Samtalen drejede sig hele Tiden om buldne Fingre. De havde oplevet utrolige Ting paa det Omraade, en havde i Anledning af en saadan Finger siddet i 14 Døgn paa en Stol ved en Kakkelovn uden at være af Klæ’erne. ”Men den sidste Dag ku jeg heller ikke sidde længere, saa maatte jeg rokke hen i Seng”. Kan de forstaa hvorfor hun ikke havde gjort det noget før? – Og alt det, der dog kan flyde ud af saadan en Finger! det er forfærdelig at høre om. - - - Nu er det et Par Dage, siden jeg begyndte paa dette Brev, men paa Grund af Travlhed har det ikke lykkedes mig at faa det sluttet af og af Sted endnu. Marie vilde jeg ogsaa have skreven til denne Gang, men det naar jeg vist ikke. – I Morgen er der Høstgilde paa Gelskov, og vi skal for første Gang i vores Liv ikke med. Det er helt underlig; der har vi ellers moret os mangen en Gang. Det har været en stor Festdag for os lige fra vi var smaa og der er en egen Stemning, der hedder Høst[ordet udenfor fotokopi]stemning, som altid fulgte med den Dag; lige fra om Morgenen, naar vi gik over Markerne over for at hjælpe at smøre Mad. Og det var altid klart Septembervejr med Solskin og let Taage og meget dug og Spindelvæv i Græsset. – Men [udenfor kopi] om Aftenen var naturligvis det morsomste. Nu er det hele jo anderledes deromme, men det bliver underligt ikke at være med i Morgen. Kun Dede agter at gaa med, han vil dog nok om at smage paa Punschen. - - -
+Nu maa jeg slutte. Jeg længes ellers snart grundig efter Dem, lille Las. Men jeg maa nøjes med at sende Dem 1000 Hilsner fra Deres A.
+Erikshaab 28/8 – 96 – Fredag.</t>
+  </si>
+  <si>
+    <t>1896-09-02</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Louise Brønsted
+Leonard Holmstrøm
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster drev et pensionat i Gothersgade 129, København.
+Munter var en hund på Erikshaab.
+Den gamle er muligvis Hempel Syberg. 
+Det vides ikke, hvem Fru Nielsen var. 
+Nikoline von Sperling og hendes mostre boede på herregården Sandholt.
+På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene. Christine underviste formodentlig i klaverspil på Sollerup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0338</t>
+  </si>
+  <si>
+    <t>Laura Warberg har spillet kort med Hempel Syberg. Hun har været ude at gå i mørke med hunden og blev bange. Hunden, Munter, svinede hende til.
+Christine og Louise har set på to værelser i Nørregade.
+Christine har nu 29 timer om måneden på Sollerup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0O1T</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+p.t. Gothersgade 129 – 4.
+Kjøbenhavn K. 
+[Håndskrevet på kuvertens bagside:]
+Syberg er bedre nu
+[Poststempel]
+[I brevet:]
+Erikshaab – Onsdag
+Kære Abba!
+Det er nok hver Tirsdag, jeg kan glæde mig til at faae Brev fra Dig, og jeg vil saa besvare det Dagen efter. Vi oplever egentlig ingenting, der er værd at fortælle om. Alt staar godt til. I Aftes efter The gik Paludan og jeg til Gelskov for at give gl. Der en Whist; vi fik Punch og Kager og var meget velkomne. Han er svært glad ved en saadan lille Afveksling fra det ensformige Liv Han vandt lidt over 30 Øre og Bedstemor vilde tigge dem af ham til Frimærker, det vilde han skam ikke gaae ind paa. Hun sad og passiarede med at næste Gang, vi skal derind, maae vi have en af Pigebørnene med til at underholde hende. Vor egen Bedstemor længes vist efter København, men hun hører intet fra Thora, om naar hun skal komme. I Lørdags kom Dengse med 6 Toget og vi ventede Mutters alene med sidste Tog, alle Folkene var til Høstgilde, samt de smaa, vi var svært i Vaande for at faa Muk hentet, baade Alhed og Johanne var ude af Stand til at cycle, jeg havde strøget uafbrudt fra 7 Morgen til 6½ Aften; Pal. var ogsaa til Høstgilde. Resultatet blev at jeg gik alene med Munter og saa fik vi endelig Mor i Seng der absolut vilde med. Men tænk en Hare jeg er! jeg var 2 Gange ved Leddet og tilbage igen og kunde ikke faae Mod til at gaa, Munter løb fra mig kom en Gang stormende lige op paa min Mund med en vaad, [ulæseligt] Snude – til alles Fryd Dagen efter!! Saa kom Paludan og det endte med at Christine ogsaa kom, saa vi kunde helt have sparet os al den Staahej. 
+– Chr. og Muk har Kig paa 2 store rare Værelser i Nørregade, de skal selv møblere dem, saa det bliver billigere at boe der. Muk og Dede vilde skrive til Dig, de fortalte forresten intet nyt. En af Drengene i Dedes Klasse faar extra Timer hos Fru Nielsen i Matematik [oven over linien er skrevet ”i Matematik], hun er jo hjemme nu istedet for Johanne. De snakkede meget om, da jeg var der, om Dengse skulde have det ogsaa, hvis det er ham for svært; men det vidste jeg intet om sagde at det maatte vente til Du kom hjem at tale om det. Han havde ingen daarlige Karakterer faaet endnu. – 
+Frøknerne paa Sandholt er kommen hjem, men rejser igen paa Rundrejse-Billet til København og Jylland om 14 Dage. Paa Tirsdag begynder Chr. paa Sollerup; hun har nu i alt 29 Timer om Maaneden det er henved 100 Kr., Snedkerbørnene er jo billigere, end andre. Hun var i usædvanligt godt Humør i Søndags. – Bare dog Kyllingerne var friske til Mandag??? det er saa store Betydning. Jeg har lagt Tøj sammen i Formiddags, er derfor kommen lidt sent til at skrive. – Nu kun mange Hilsener til Dig og de andre to – tre – fire [et ulæseligt ord i parentes] Din Smaa.
+Holmstrøms Sølvbryllup har jeg glemt Dagen, Elle maa vel kunne sende noget til dem for os med sit eget? eller skal jeg faae købt i Odense og sende?</t>
+  </si>
+  <si>
+    <t>1896-09-13</t>
+  </si>
+  <si>
+    <t>Ullerslev</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Karl Schou
+Marie Schou
+- Skytte Knudsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Marie og Karl Schou, Syberg m.fl. har netop været på et ophold på Larsen-familiens gård Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde urhøns og en skovdue med fra Sverige, og han tegner nu i en fart, inden de rådner. Han kænges efter at komme i marken med Tjalfe. 
+Larsen skal til Nordskov og give en mand en akvarelkopi af Tapetmanden. Billedet er færdigt.
+Johannes Larsen kommer snart til fods til erikshaab. Han ville ønske, at han havde en cykel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Smqw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og sa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og sa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta [noget af papiret mangler] manden” det er nem [noget af papiret mangler] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekluere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Oktober 1896</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Amager</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Thora  Branner
+Otto Emil  Paludan
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster Thora blev som 11årig adopteret af sin onkel og tante Hempel og Mimmi Syberg. De boede på gården Gelskov.</t>
+  </si>
+  <si>
+    <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
+Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
+Thora er syg.
+Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xOwe</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
+Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
+For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
+Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
+Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
+Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
+Farvel.</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1896-11-19</t>
+  </si>
+  <si>
+    <t>Tårup Vestergyde, Mesinge</t>
+  </si>
+  <si>
+    <t>Adis -
+Petrine -
+Johanne Christine Larsen
+Otto Emil  Paludan
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+  </si>
+  <si>
+    <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K2OR</t>
+  </si>
+  <si>
+    <t>Erikshaab 19/Nov.
+Tirsdag Aften
+Kære Las!
+Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
+Torsdag Morgen.
+I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
+Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
+  </si>
+  <si>
+    <t>1896-11-27</t>
+  </si>
+  <si>
+    <t>I P Jacobsen
+Johanne Christine Larsen
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Warberg og hendes søster, Johanne, har været ude at køre i kulden.
+Alhed glæder sig over, hvor sjovt hun og Johannes Larsen har det sammen og ser frem til deres videre liv sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rTXO</t>
+  </si>
+  <si>
+    <t>Torsdag
+Kære Las!
+Undskyld, hvis jeg stiller en skrækkelig Skrift op, men mine Hænder ere ganske stive af Kulde. Jeg er lige kommen hjem fra en Køretur; Johanne og jeg have været paa Østergaard med Dara. Det var et henrivende Vejr, navnlig Hjemturen var bedaarende, let Frostvejr og stjærneklart. Og Dara var i glimrende Humør, den sprang og galoperede, saa det var en Fornøjelse, jeg behøvede aldeles ikke at citere I.P. Jacobsen for den. – Tak for Deres Brev, - saa De mener det var mig, der skulde skrive først denne Gang, nej Tak, det var rigtignok Dem, der skyldte mig Brev – jeg havde skreven sidst – Her blev en lang Pause, da jeg kom til at spekulere paa de 10 Bud, og tænk Dem, jeg opdager, at jeg aldeles ikke kan huske dem, hverken d. 2det, det 8ende eller det 10ende og heller ikke hvilket der hedder: ”Du skal ikke lyve”. Det var det, jeg vilde citere for Dem og dermed opdagede jeg, at jeg aldeles har glemt dem det er rasende flovt. - - Selv Tak for sidst, og kom snart igen! Det er forfærdelig morsomt, naar De er her, og her bliver saa tomt, naar de er rejst. – Jeg gad vide om vi altid bliver ved at more os ligesaa godt i hinandens Selskab, som vi gør nu. Hvad tror De? Jeg tror nu nok, at jeg gør det; i det hele taget imødeser jeg for mit eget Vedkommende Fremtiden med den største Tryghed og Glæde, men jeg er mere bange for Dem og ved nok De ikke er enig med mig, naar jeg siger, at de bliver ked af, naar De lærer mig rigtig at kende, men jeg kan ikke lade være at sige det af og til alligevel, jeg maa dog advare Dem, mens der er Tid. - - Saa nu ringede det til Spisetid, og bagefter skulde vi læse i den store engelske Bog, den er morsom. Farvel saa længe.
+Næste Dag: - Det er bidende koldt i Dag, det sneede en lille Smule i Morges, Dis sad inde ved Klaveret og spillede med Johanne, da hun fik Meddelelsen, og blev knistrende vred, da hun ikke maatte løbe ud, hun paastaar forgæves, at de altid havde haft Lov at gaa ud naar den første Sne faldt. – Jeg er i dag begyndt at staa tidlig op, d.v.s. at være ude Kl. 7 ½ præsis, det har ellers slentret lidt af i den senere Tid. Det er modbydeligt at staa op om Morgenen, men man maa jo se at overvinde nogle af sine onde Tilbøjeligheder. – Vil De hilse Uglen fra Mor og sige, at hun var ked af, at hun ikke fik hende at se, det var ikke rigtig gaaet op for hende, at hun var der. Hun bebrejdede mig det, men jeg var saa opfyldt af Afskedens Smerte, at jeg ikke tænkte paa det.
+Nu maa jeg ogsaa tage afsked, men den er ikke saa smertelig, mine Hænder fryser fælt ogsaa i Dag, jeg kunde passende skrive bedende under ”med valne Hænder”, ligesom Lundbye skriver et Sted, men rigtignok under et mere nydeligt Værk – det er vist et skrækkelig kedeligt Brev. Men Meningen er glimrende.
+De kærligste Hilsner fra
+Deres Alhed
+Erikshaab Fredag 27/Nov.</t>
+  </si>
+  <si>
+    <t>1896-12-01</t>
+  </si>
+  <si>
+    <t>Heden, Fyn
+Gelskov</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Niels Elgaard Amstrup
+Adolph Larsen
+Johanne Christine Larsen
+Niels Madsen
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed håber, at Johannes Larsen kan komme på besøg snart. Hun spørger, om hun må kalde ham "allerkæreste Las".
+Alhed har været til middag hos gårdmand Madsen. Hendes søsters barn, Agnete (Nete) var også til stede.
+Hun spøger til Johannes Larsens maleri af Agraren (= På andetræk).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jJaI</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg kommer pludselig i Tanker om, at jeg vil hen at skrive et Brev til Dem; eller i alt Fald at begynde paa ét, jeg bliver næppe færdig, da Kl. er mange. – Mor gik i Seng for lidt siden, og Dis og Johanne satte sig hen at læse Latin. Saa slog det mig, at jeg egentlig ikke kunde tage mig noget bedre for end at sætte mig hen og sludre lidt med Dem, hvorfor jeg pakkede mit Strikketøj sammen og gik op til Palam, der gav mig dette Stykke ualmindelig pæne Brevpapir, der er meget delikat at skrive paa. Og nu sidder jeg her paa Far’s Plads lige over for Palam – Mon jeg skulde være søvnig?? nu har jeg jo skreven over én Side, og jeg har endnu ikke fortalt Dem Spor af andet, end at jeg har sat mig hen at skrive til Dem. - - Nu skal jeg se at finde paa noget lidt morsommere. Jeg har for Resten ikke oplevet noget, tror jeg, undtagen at det har været henrivende Vejr i de sidste Dage, men det har De forhaabentlig ogsaa oplevet. Har det ikke været bedaarende? Mon det skulde blive saadan et Vejr paa Søndag, Mandag og Tirsdag?? Og mon De i saa Fald skulde komme herhen??? Det er nu næsten en Skam at plage Dem (Ah! der fik jeg to dejlige Chokolader af Palam, uhm, de smagte godt.) det er jo saa nemt for mig at sidde her og bede Dem men paa den anden Side kan det jo ikke nægtes, at der kun er faa Søndage til Jul, saa hvis De skulde naa at komme her én Gang til inden Jul, saa, - - naa, men jeg hader Overtalelser, og jeg vil derfor ikke sige mere. – Dis og jeg har været ude at spadsere sammen hver dag i i disse Dage, forleden Aften var vi oppe paa ”Orene”, De ved nok, Bakken med Træerne paa Toppen. Der var dejligt oppe. Nu begynder vi at hige efter Skøjteføre, vi have været ude paa Dammen ved Gelskov, - men den knagede paa det frygteligste. Der gik to smaa modige Drenge derude, og de gav paa det tydeligste deres Foragt og Mishag til kende, da vi hylede og løb tilbage igen. – I Lørdags var vi til Ædegilde ovre hos Gaardmand Niels Madsens i Heden, det er nogle aldeles enorme Stege og Kager, de sætte for os, saa vi maa jo spise os halvt fordærvede for blot at faa det til at svinde en lille Smule i det. Lille Nete sad og spiste, saa hendes Kinder blussede. Onkel Amstrup og jeg dansede Trippevals efter Bordet for at faa det rystet lidt sammen. – Christine var her i Søndags og kom ogsaa i dag et lille Svip, vi fulgte hende paa Vej i det dejlige Vejr. - - Er De flittig i disse Dage? De skrev om at male ude paa Agraren, det maa ellers være vældig koldt, hvor kan De holde paa Penslerne? – Saa, nu ere de færdige med Latinen derinde (de have begyndt at læse Latin hos Far), saa skulle vi i Seng. – Godnat allerkæreste Las! (Skal jeg kalde Dem saadan?) Jeg tænker paa Dem fra Morgen til Aften i disse Dage. – Jeg vil for Resten hellere slutte Brevet med det samme, det er ikke sikkert, jeg faar Tid at skrive i Morgen Formiddag, vi storvasker. Altsaa Farvel med det samme 1000 kærlige Hilsner fra Deres Alhed.
+Erikshaab d. 1ste December 1896.</t>
+  </si>
+  <si>
+    <t>1896-12-04</t>
+  </si>
+  <si>
+    <t>Rasmus Balslev
+Thorvald Balslev
+Harald Elmquist
+Mogens Mogensen
+Christian Nissen
+Vilhelmine von Sperling</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var forlovet med Thorvald Balslev. Det er hans far, Rasmus Lauritz Balslev, som er død.
+Ellen arbejdede for sin moster, Vilhelmine Berg, på dennes pensionat i København. 
+Det vides ikke, hvem Johanne, der var hjemme på præstegården, var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0035</t>
+  </si>
+  <si>
+    <t>Det er forfærdeligt, at svigerfar (Rasmus Lauritz Balslev) er død, og at familien så skal flytte fra præstegården. Julen bliver trist for dem. Johanne vil holde jul sammen med dem, hvis Thorvald ønsker det, men hun vil hellere være på Erikshaab. Hun rejser til Tarup dagen efter, og mandag er der begravelse. Hele familien var hjemme for otte dage siden. 
+Ellen skal have 14 dages ferie som alle andre. Hvis ikke deres mor vil give Tante Mis/Vilhelmine Berg besked om dette, vil Johanne skrive til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jpGT</t>
+  </si>
+  <si>
+    <t>Kære lille Elle!
+Endelig hørte jeg da en Gang fra dig, du maa nok vide dog, at jeg var lige ved at blive fornærmet paa dig. Men nu faar du alligevel saa mange 1000 Tak for dit lange interessante Brev! 
+Ja, er det dog ikke forfærdelig sørgeligt med den rare gamle Svigerfar, at han skulde bort fra dem alle sammen derhenne i Tarup og saa at de tilmed skal bort fra deres elskede Tarup, det maa rigtig nok være ganske forfærdelig trist for dem, alle de Stakler. Og sådan en Jul det bliver saa trist for dem, ja og for mig med, jeg glæder mig heller ikke spor til den, kan du nok forstaa, ved slet ikke endnu hvordan det bliver med at være her, hvis Thorvald beder mig om at være derhenne Juleaften, vil jeg selvfølgelig ikke sige nej, men det vilde jo være – ikke saa morsomt. Hvis han derimod ikke siger noget om det, mon jeg saa dog ikke kan være her? Nå, jeg vil naturligvis gøre det bedste jeg kan for dem frem for alt. - - I Morgen med Eftermiddagstoget, rejser jeg derud og på Mandag rejser ["rejser" overstreget] skal han begraves; jeg har næsten mest ondt af det for Thorvald, som gaar derovre alene uden at have en eneste af sine egne at tale med om det; han var hjemme i Søndags for 8 Dage siden ligesom alle de andre, Johanne, Mogensen, Chr. E. Chr. Elm. – kort sagt alle Børnene med Kærester, og da synes jeg det maa have været saa forfærdeligt for Thorvald at sige Farvel til sin Far og vide at næste Gang han kom igen var det til hans Begravelse. 
+Nu vil jeg sige dig en Ting, lille Elle, og det er, at der aldeles ikke kan være Tale om en Returbillet hjem i Julen – aldeles ikke Spørgsmaal om andet end at du faar dig en Bill ["Bill" overstreget] Ferie paa 14 Dage som alle andre. Er du maaske en Tjenestepige - ? Eller faar du måske saa stor en Gage, at du skal være bunden til Stedet i 8 Mdr. og saa nøjes med en ferie paa 4 Dage; det er Fanden gale mig det stiveste jeg endnu har hørt; jeg bliver saa oprørt lige ind i min Sjæls inderste hver Gang jeg tænker paa det. Søvren banke i det om du ikke skal faa dine 14 Dages Ferie d ["d" overstreget] jeg skal vise dig du skal faa det, vil du ikke sige: ”Sku’ Fanden” til Ta Mis, saa skal Mor og vil hun ikke saa skal jeg skrive et Donnerbrev til hende, det må du stole saa trygt, så trygt paa. – Jeg har ikke Tid til mere, har travlt med at få min sorte Kjole i Orden, d.v.s. piske til Odense ["Odense" overstreget] Højrup og aftale, prøve o.s.v.
+Endnu en Gang Tusind Tak for dit Brev.
+Et Kys fra Din Junge
+[På hovedet øverst på første side er skrevet:]
+Du skal maaske nok faa et rigtigt Brev inden Jul dette er kun fordi Alhed skriver – 
+Erikshåb 4de Dec. 96.
+[Rundt i kanten på side 2 og side 3 er skrevet:] Hør, det er sandt, dit lille Fæ! Når du rejser om Natten taber du jo Tid i Stedet for at vinde, en Returbillet gælder jo fra det Døgn, hvori den er taget, altså enten du tager – f.Ex – Mandag Morgen Kl 9 eller Mandag Aften Kl. 8, så gælder den lige længe, du maa da i alle Tilfælde forhøre først, om jeg skulde tage Fejl og om den mulig skulde gælde fra Klokkeslæt til Klokkeslæt, men jeg tror det ikke. 
+[Tværs over side 4 er skrevet:]
+Vil du sende dette til Anne så er Du sød, det er en Opskrift på Marcipan</t>
+  </si>
+  <si>
+    <t>1896-12-07</t>
+  </si>
+  <si>
+    <t>Højrup</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Johannes Svigerfar nu er død": Der er to muligheder: Enten var Alhed Larsens søster, Johanne (Junge) forlovet med en anden, inden hun giftede sig med Johannes Larsens bror, Adolph (Agraren), eller også er den omtalte Johanne end Alheds søster.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er forkølet og har derfor ikke kunnet komme på besøg hos Alhed. Hun er alene hjemme med Paludan ("Palam").
+Johannes svigerfar er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYW2</t>
+  </si>
+  <si>
+    <t>Erikshaab 7ende Dcbr. 1896
+Kære Las!
+Tak for Deres Brev, som jeg fik i Aftes, da vi havde Bud i Højrup til det sidste Tog; jeg var umaadelig glad ved det, da jeg næsten var lidt bange for, at De paa Vejen her til skulde have brækket et Ben paa Gr. af det glatte Føre og derfor ikke var kommen helt herned. Saa det var mig en stor Lettelse at faa Deres Brev. Og saa var det jo tillige et Slags Surrogat for Demselv. – Det er for Resten rigtig styg af Dem at gaa og blive forkølet, er de Andetræk dog ikke snart forbi? For det er naturligvis derved, De faar det; naar De nu sidder i 20 Graders Varme inde i Stuen, og saa pludselig gaar ud og staar eller sidder stille. ”Men hør nu blot, hvordan det gik, den samme, slemme Frederik”. Jeg er mutters alene hjemme i Dag og har ikke det mindste at bestille!! Tænk, hvor vi kunde have haft det udmærket, og Vejret er rigtig godt; stille, mildt Graavejr, stærkt hen imod ”Elles eget Vejr”. Tænk, hvor vi kunde have spadseret og moret os hele Dagen! Men nu – 
+”Den Doktor kom og skrev Latin og gav ham bitter Medicin”. Det er maaske ondskabsfuldt af mig at skrive dette, men forstaar de, det er kun Forkølelsen, jeg er vred paa, jeg synes at det var udmærket, at De blev hjemme, det var ogsaa koldt og ækelt Vejr i Gaar. - - Det er sandt, Palam er da ogsaa hjemme; men jeg ser ikke stort til ham, han sidder nede paa Kontoret, og jeg oppe paa mit Værelse. Jeg truede ham med før, at jeg vilde sidde ned hos ham med mit Hækletøj, men det frabad han sig paa det bestemteste. Han mener vist, at et Hækletøj forringer Kontorets Værdighed. Naar vi vil skrive og læse, - værsgo’ og ryge – Gubevares; - men hækle – aldrig i Evighed, men jeg gør det naturligvis alligevel. – Jeg opofrede mig og spiste Flæsk til Middag (Palams Livret) men tænk dem, saa spurgte han hvorfor det ikke var Æbleflæsk! Hvor Verden er utaknemmelig! Men jeg lader Naade gaa for Ret og giver Mellemmad og frisklavet Kaffe kl. 3. (Dette dog ogsaa af egoistiske Hensyn.) 
+Er det ikke noget fint Brevpapir? det er noget, jeg har hugget fra Christine. Saa dette Brev bliver nok ogsaa nydeligt. Da De skrev, at mit forrige Brev var nydeligt, troede jeg strax, at det var Indholdet og begyndte at spekulere paa, hvad jeg havde skreven. Men saa kom jeg pludselig i Tanker om, at det naturligvis var Udseendet, det var den dag, jeg havde faaet det pæne Papir af Palam og jeg tror ogsaa, at man uvilkaarligt gør sig Umage med Skriften, naar Papiret er pænt. – Lige nu læste jeg Deres Brev fra i Aftes igennem; De skriver, at de har ond Samvittighed fordi De ikke er taget herned. Og nu er jeg bleven bange for, at dette Brev ikke vil berolige Dem. Men naar de tænker Dem rigtig om, saa vil De da alligevel hellere have, at jeg skal gaa og savne Dem og ønske, at De var her, end at jeg skulde være aldeles ligeglad; ikke sandt? – Det slog mig pludselig i Gaar Eftermiddags, midt i al min Kvide og Skuffelse, hvor dejligt det dog var at holde saa meget af et Menneske, at man kunde blive saa grulig ulykkelig over en saa ringe Ting. For det er dog en ringe Ting, om vi ses 8 Dage før eller senere.
+Men i Morgen Eftermiddag vil jeg ligefrem glæde mig over at De ikke kom, for saa vilde det jo have været forbi, nu har jeg det jo at glæde mig til. – 
+De har maaske set i Avisen, at Johannes Svigerfader nu er død. Johanne er derude i disse dage, og Fader og Moder ere til Begravelse i Dag. Adis er hos Tandlæge. - - Da Kl. nærmer sig tre og da jeg næsten har skreven 8 Sider, vil jeg slutte, skønt jeg ikke synes, jeg har fortalt Dem det mindste. Nu vil jeg haabe, at De bliver glad ved mit Brev, og ikke synes at jeg er "vred" fordi De ikke kom. Men De maa ikke forlange noget saa urimeligt af mig, som at jeg skulde være ligeglad. Dersom jeg var det, vilde De jo ikke være min allerkæreste Las. De allerkærligste Hilsner fra deres Alhed</t>
+  </si>
+  <si>
+    <t>1897-01-07</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Niels  Dorph
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Theodor Oppermann
+Christine Swane
+Fritz Syberg
+- Winther</t>
+  </si>
+  <si>
+    <t>Henrik Ibsen: John Gabriel Borkman, skuespil i fire akter, 1896. Det er muligvis dette skuespil, som Peter Hansen skal hjælpe med at male kulisser til.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har besøgt Alhed på Erikshaab. Han skriver nu for første gang "Du" til hende.
+Peter Hansen har fortalt i brev, at han skal male teaterkulisser.
+Martha Johansen har skrevet, at Christine Larsen gerne må komme til dem hurtigt, og at Johs. Larsen skal sende tegninger til Kunstforeningen (Gammel Strand) i god tid.
+Grosserer C.V. Kjær har bestilt forbilleder af vildænder til tryk på fajance hos Johs. Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PERX</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Januar 1897.
+Kæreste elskede Alhed! 
+Du er den allerbedste. Du kan ikke tænke Dig hvor glad jeg er for den Tid jeg har været paa Erikshaab, især for de sidste Dage og jeg vil begynde med at bede Dig om at takke Dine Forældre mange Gange, men naturligvis takker jeg først og fremmest Dig uendeligt meget mere. Da jeg kom hjem i Aftes var her 4 Cusiner i Besøg og mens de morede dem med Marie og Christine inde i den store Stue blev jeg sat til at spille Esmakker med Fader og Moder og Agraren og medens de andre fik Æblekage og Kaffe og Solbærrom, fik jeg en Toddy til Æblekagen og vi spillede til Kl. 11 hvad der her maa betragtes som uskønt, og Agraren vandt 50 Svovlstikker og Fader noget lignende.
+Der var Breve til mig fra Baronen og fra Peter det sidste med Nytaarshilsen fra Marie og Schou, men der stod ingen Ting om Barnet, saa det maa vist formodes at have det temmelig godt. Peter skriver at han desværre nu maa holde op med at male paa sit Billede da han skal til at hjælpe Thoralf Petersen med Dekorationerne ”Borkman”. Moder havde faaet Brev [fra] Fru Johansen, at Christine endelig maatte komme saasnart hun var færdig med at væve det Tøj hun er i Færd med. Hun skrev ogsaa at jeg maatte sende mine Tegninger til Kunstforeningen i god Tid og saa mange som muligt da der var god Plads og der nødigt maatte være for lidt. Zahrtmann havde ønsket glædeligt Nytaar uden paa Konvolutten – er det ikke noget forfærdeligt noget jeg fylder Brevet med? men Papiret er jo stort og som bekendt taalmodigt, og da jeg nu er kommen ind paa at skrive om andres Breve, maa jeg hellere fortsætte. Moder havde ogsaa faaet et Nytaarskort fra Oppermann, det var et Fotografi fra hans Have i Rahbecks Allé – Apropos om Have saa du den Brander i ”Politiken” forleden Dag om en Gartner et Sted i Jylland hvis Hus var brændt, det formodedes at han selv havde sat Ild paa det af Havesyge. Der var ogsaa et Brev til Moder fra min gamle Barnepige som er hos en Pastor Winther i Nærheden af Kalundborg [ordet overstreget] jeg mener Vordingborg. Han har tidligere været min Lærer mens han var Katheket her i Byen og han er en Ungdomsven af Mollerup som bor i Vordingborg og af til besøger dem. Mollerup bor altsaa i V. og spiser tør Kost i et Sted som hedder ”Maren” og spiser til Middag hos en Familie dernede mod at gøre et Skab i Stand for dem, men det jeg vilde fortælle var at Mollerup er meget begejstret for en Kandidat Balslev som er forlovet, og han vil bygge sig et Hus dernede og saa skal ovennævnte Balslev bo til Leje hos ham naar han bliver gift. I Dag fik jeg Meddelelse fra den frie Udstilling at Generalforsamlingen allerede finder Sted den 14 altsaa om 1 Uge, saa der bliver vist ikke noget af at komme med denne Gang. Jeg fik ogsaa Brev fra en Mand i Kjøbenhavn som hedder C.V. Kjær. Telegramaddr: Glaskjær. Han havde talt med N.V. Dorph om at han kunde ønske at faa gjort nogle Forbilleder for en Fajancefabrik til et Trykmønster forestillende flyvende Vildænder i forskellige Grupper og Stillinger efter Genstandens Størrelse, jeg citerer ordret da det ikke er mig ganske klart hvad Manden mener, men Dorph havde raadet ham til at sætte sig i Forbindelse med mig og Hensigten med Brevet var mærkeligt nok nok nærmere at faa min Adr. at vide hvis Brevet skulde finde mig. Adr. var rigtig nok og jeg har lige svaret Manden maaske er der noget at tjene ved ham, det er en voldsom Interesse jeg efterhaanden faar for at tjene Penge.
+Allerkæreste Alhed jeg har nu fyldt Papiret med en hel Masse Sludder og det er vist et i Forhold til Størrelsen temmelig kedeligt Brev. Meningen er god nok, men jeg synes det er noget fattigt at jeg ikke kan skrive saa meget alene om min Kærlighed, det næsten ligner en kedelig Fejl hos mig men jeg synes ikke jeg kan udtrykke mine Følelser uden at de kommer til at se saa trivielle ud, men hvis Du i mine Breve finder noget der tyder paa at jeg elsker Dig maa Du multiplicere det med saa høje Tal Du kan finde. Hilsen til alle dernede men mest til Dig selv.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897 eller 1898</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Ludvig Brandstrup, billedhugger
+Christian Eckardt
+Jean Jensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Fritz Syberg
+Hermann Trier
+Albrecht  Warberg
+Laura Warberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvilken ansøgning Alhed og Johannes Larsen skriver sammen om. 
+Brevet er afskrevet fra en fotokopi leveret af det Kongelige Bibliotek til Johannes Larsen Museet mange år før, at arbejdet med databasen gik i gang. Skanninger af brevet er ikke fundet i materialet fra KB i forbindelse med databasearbejdet.</t>
+  </si>
+  <si>
+    <t>Alhed beder Johannes Larsen lade Onkel Christian, Zahrtmann eller Hermann Trier hjælpe med ansøgningen.
+Det har været et voldsomt uvejr. Alheds mor blev bange, og det gjorde Gamle Jean og hunden Gamle også. 
+Elle, Asta og Alhed har været i skoven og klatre i træer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Smxn</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Tak for Dit Brev, som Palam kom med nu til Morgen, da han kom fra Odense. Jeg kommer ikke ud til Dig førend Du rejser, navnlig, da Du saa vidt jeg kan for staa af Dit Brev rejser i Morgen, - en Dagstid før, skriver Du, og det maa vel være før Baronen, der rejser paa Lørdag. Du lader vel Onkel Christian i Livjægergade hjælpe Dig med Ansøgningen. Hvis Zahrtmann skulde være bortrejst, lader Du vel Lud gaa til Hermann Trier, der skal være et meget elskværdigt og medgørligt Menneske. – Du maa endelig lade mig vide, hvor Du skal bo, at jeg kan skrive til Dig. – Sikken et Uvejr, det var i Aftes, jeg gad vide, om I havde det ligesaa galt i Kerteminde. Her rejste der sig paa mindre end 5 Min. Saadan en Storm, at Dørene fløj op og det ruskede som om Huset skulde styrte sammen. Mor blev saa bange, at hun gik op og ned ad Gulvet og gl. Jean, der var gaaet i Seng, kunde høre det og gik [ordet overstreget] kom op i Stuen i Negligé. Selv Faderen gik urolig omkring. Da jeg var kommen i Seng laa jeg og hørte paa at det tudede og saa udmalede jeg mig, at der var bleven Stormflod i Kerteminde, Vinden var i Gaar sprungen saa pludselig om, - men i Dag er jeg dog kommen i Tanker om, at det var noget Sludder. ”Gamle” turde ikke ligge paa Gulvet men klynkede og pep til han fik Lov at komme op i min Seng. – I Aftes var Asta, Elle og jeg oppe i Skoven og derinde hvor vi var forleden Aften, Elle og Asta klatrede i de smaa Trær, de tog Kjolerne af, Asta er saa flink til at klatre –
+Uh der er Posten
+1000 Hilsner Din
+A.
+12te</t>
+  </si>
+  <si>
+    <t>1897-01-18</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Albert Gottschalk
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+- Philip
+Ruben
+Karl Schou
+Marie Schou
+- Skov
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Café Bernina lå på hjørnet Vimmelskaftet 47/Badstuestræde 2 i København i bygningen kaldet Tuteins Gård, som stadig findes. En schweizisk konditor og vinhandler, D.B. Schucari, åbnede cafeen i 1881. Navnet hentyder til Bernina-alperne i Schweiz. Stedet var i de to sidste årtier af 1900tallet mødested for kunstnere, litterater og bohèmer som August Strindberg, Knuth Hamsun, Holger Drachmann, Christian Krohg m.fl. 
+Wikipedia
+En alkekonge er en gammel betegnelse for en søkonge.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har været til generalforsamling i København og været sammen med en masse venner. Han har besøgt Lørups, Peter Hansen på Malersalen, Johansen, Schou m.fl. Johs. Larsen har flere fugle liggende, som skal tegnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bv6j</t>
+  </si>
+  <si>
+    <t>Kjerteminde Mandag 18 Jan. 97.
+Kæreste Alhed!
+Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-02-11</t>
+  </si>
+  <si>
+    <t>Kastrup</t>
+  </si>
+  <si>
+    <t>Magnus -
+Peter Hansen
+Ellen Johansen
+Viggo Johansen
+C V Kjær
+Vilhelm Larsen
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+Karl Schou
+Marie Schou
+Frida Schytte
+Christine Swane
+Fritz Syberg
+Sigurd Wandel
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Christine Larsen er kommet til Johansen-familien.
+Johs. Larsen har solgt billede med to unge Urhøns.
+Johs. Larsen har besøgt Th. Philipsen i Kastrup. 
+Han skal tegne nogle flere ænder og lave tegninger til Kjær/Glaskær.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7yKm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Februar 1897
+Kæreste Alhed!
+[Tak for] Brevet jeg fik i Dag. I [noget af papiret mangler] Eftermiddags kom jeg [hjem] fra Kjøbenhavn, en [noget af papiret mangler] Smule forkølet, men det gaar vist over til i Morgen. Du ser altsaa jeg naaede alligevel at komme hjem Onsdag, men jeg fik heller ikke talt med Zahrtmann og heller ikke med Oppermann og jeg var heller ikke ude hos Schous. I Søndags traf jeg Klaks og Ellen oppe i Kunstforeningen, hun klagede over, at de vist helt havde glemt hendes Existens, [noget af papiret mangler] Erikshaab, hun hørte aldrig noget hjemme fra, og hun bad mig skælde ud naar jeg en Gang kom derned. Uglen blev saa anbragt hos [Johan]sens, vi var for resten [noget af papiret mangler] omtrent 3 Timer, vi [noget af papiret mangler] slev kørte Postvognen [noget af papiret mangler] i Sneen maatte [noget af papiret mangler] igjennem 2 Al høje Driver for at komme hen til Stationen, men saa maatte vi vente paa Fragt i 2 Timer saa vi naaede da at faa vor Bagage med og at blive nogenlunde tørre. Den første Aften var jeg med Peter og fru Neckelmann i Nørrebro Theater, hvor vi saa Mikadoen og et lille Stykke af Wenzel og Belman, samt Svend Knud og Valdemar. Jeg boede hos Lützhøft. Næste Dag var jeg oppe hos [noget af papiret mangler] Wandel og faa [noget af papiret mangler] for en af mine Tegninger [noget af papiret mangler] havde købt for at [noget af papiret mangler] Til Kunstforeningens [noget af papiret mangler], det var en med 2 unge Urhøns. Derfra gik jeg ud til Philipsen i Kastrup i et henrivende Vejr, stille og Solskin. Der blev jeg hele Dagen, vi var en Tur ude paa Isen, der laa en engelsk Damper og var skruet paa Grund af Isen, som stod helt op over den ene Side. Han bor storartet derude i et gammelt Jagtslot og har nogle dejlige Værelser med høje Vinduer og 7-8 Al til Loftet. Da vi havde spist til Aften i Marketenderiet gik vi op igen og [spillede] L’Hombre med e [noget af papiret mangler] Funktionærer ved [noget af papiret mangler] eller Kalkværket [noget af papiret mangler] vil spillede lige til [noget af papiret mangler] jeg sad med mit sædvanlige Held og tabte 58 Øre i ¼ Ører. Baronen er kommen til Kjøbenhavn i Mandags med hele Familien, men jeg har kun set førstnævnte. I Gaar [ordet overstreget] jeg mener i Forgaars var jeg paa Malerisamlingen med Lützhøft og Lørup, der traf jeg Schou, som vist maa have det temmelig godt i økonomisk Henseende da han havde givet Peter 10 Kr. til mig, som jeg laante ham en Gang sidste Aar, jeg mener Schou. [noget af papiret mangler] Billede saa jeg ikke [noget af papiret mangler] Gang, men Syberg [har] set det og var svært [noget af papiret mangler] for det. Om Aftenen var jeg til Frida Schytte Koncert med Lützhøft, Mutter og Baronen og Uglen og Ellen Johansen, bagefter var vi ÷de 2 sidstnævnte + Magnus henne at spise til Aften paa en Beværtning. Det lille Brev til uglen, som Du skriver om, har hun faaet. Jeg skal nu til at [have] tegnet nogle flere Ænder og saa skal jeg snart til at se hvad jeg kan gøre for Glaskjær, som jeg snart har faaet en del Breve fra. Det er ellers en Bestilling som ikke rigtigt smager m [noget af papiret mangler] vil han have mit [noget af papiret mangler] trykt paa Tallerk [noget af papiret mangler] og det vil jeg ikke [noget af papiret mangler] det til for 50 Kr, da jeg jo aldeles ikke aner om det de i England laver efter min tegning nu bliver til at kende igen. Saa nu vil jeg ønske at Du maa leve vel og snart igen skriver til din Kæreste. Kærlig Hilsen Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-02-25</t>
+  </si>
+  <si>
+    <t>Alhed sender Johs. Larsen en erantis i brevet. 27/2 1896 er dateringen på en akvarel af en erantis, som Johs. Larsen sendte hende som tak for en presset blomst.</t>
+  </si>
+  <si>
+    <t>Alhed skal komme til Kerteminde.
+Vejret er akkurat som på "Billedet med Tagene".
+Alhed har sendt erantis i brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v7ir</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Februar 1897.
+Kæreste Alhed!
+Det var da en ud[mærket] Ide Du har faaet [noget af papiret mangler] at komme herop i [noget af papiret mangler] Jeg havde virkelig [noget af papiret mangler] opgivet at faa Dig [noget af papiret mangler] jeg kom til Erikshaab. Hvordan skulde det kunde forstyrre mig at de kom? Jeg mener ikke dermed at jeg skulde sidde heroppe og male og lade Dig gaa og passe Dig selv, men det kan vist være udmærket for mig at faa et Par Dages Pusterum. Det er en aldeles glimrende Ide. Du kommer altsaa i næste Uge, men tør Du vove Dig ud med Cyklen paa denne Aarstid, det [noget af papiret mangler] vel ikke, og jeg skal [noget af papiret mangler] hente dig i Uller[slev] [noget af papiret mangler] jeg har faaet [at vide] hvad Dag og Tid [du kom]mer. Det er vist [noget af papiret mangler] et kedeligt Vejr udenfor i dag, men det ser dejligt ud heroppe fra, det er akkurat det Vejr som mit Billede med Tagene skulde forestille, og jeg har siddet hele Eftermiddagen og ønsket at jeg havde det her, saa skulde jeg nok i en Fart have forbedret det temmelig betydeligt. Dine Eranthis saa saa nydelige ud paa Papiret at jeg næsten ikke nænnede at tage dem af, og de var desuden helt [noget af papiret mangler] men saa kunde jeg [noget af papiret mangler] ikke lade være at [sætte] dem i Vand, og a[noget af papiret mangler] i Morges, var der [noget af papiret mangler] som skulde [noget af papiret mangler] at de havde ligget i et Brev. Nu er det næsten mørkt saa jeg vil slutte nu med Haab om snart at faa at vide hvad Dag jeg skal hente Dig. Du kan tro jeg glæder mig til det. Mange kærlige Hilsner og Tak fordi Du kunde finde paa at komme. Din [noget af papiret mangler]
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-05-11</t>
+  </si>
+  <si>
+    <t>- Hagedorn
+Peter Hansen
+Adolph Larsen
+Georg Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen arrangerede tidligere på måneden, at han og Johannes Larsen skulle sejle med Kaptajn Hagedorn til Stockholm, Hull og London. Se Johannes Larsens brev til Alhed 6. maj 1897.</t>
+  </si>
+  <si>
+    <t>Det bliver ikke til noget med rejsen (til Stockholm og London), for Kaptajn Hagedorn tør ikke tage passagerer med.
+Johannes Larsen vil male på pæretræet og guldregnen. Det går dårligt med billedet af udsigten over Kertemindes tage, for solen skinner tit ikke tidligt om morgenen. Larsen har malet en vandhøne og en brushane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zh20</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Maj 1897.
+Kæreste Alhed!
+I Gaar Morges havde jeg Brev fra Peter. Det bliver desværre ikke til noget med Rejsen [denne] Gang. Saa vidt jeg kunde f[orstaa paa] Brevet, er Kaptain Hage[noget af papiret mangler] af et svensk Firma [noget af papiret mangler] Sommeren, og han har [noget af papiret mangler] Vrøvl med dem i Anlednin[g] [noget af papiret mangler] en Englænder gør det bil[noget af papiret mangler] han tør derfor ikke tage Passagerer med for ikke yderligere at støde dem for Hovedet. Det var kedeligt, for jeg havde glædet mig meget til Turen. Jeg har ingen rigtig Ide om naar jeg kan komme til Erikshaab. Dersom Guldregnen ikke bliver videre fuld af Blomster i Aar, bliver det maaske naar Blomsterne ere faldne af Pæretræet, jeg vil nemlig til at male det, det bliver nemlig kønt i Aar. Jeg [noget af papiret mangler] Lærred paa Blendram[men til] det i Dag. Det her opp [noget af papiret mangler] [V]induet gaar det for [noget af papiret mangler] daarligt med. Jeg hå [noget af papiret mangler] unnet male paa det [noget af papiret mangler] siden jeg kom hjem. Det skal jo være i Morgensol, og saa maa jeg ligge og vaagne hver Morgen Kl 5, og bliver regelmæssig snydt for Solen hver Dag i Dag er det 5 Dage siden jeg kunde male paa det. Jeg har tegnet en Vandhøne og en Brushane i disse Dage. I Gaar var det min Broder Købmandens Fødselsdag vi var deroppe og spiste til Aften. Jeg laante ”Fram over Polhavet”, som hun subskriberer paa, og var heldigt kommen [noget af papiret mangler] sat mig til Rette for [noget af papiret mangler] den, saa blev jeg [noget af papiret mangler] vi skulde have [noget af papiret mangler] mig. Jeg er begyndt at [noget af papiret mangler] Agraren ud med H[noget af papiret mangler] Morgenen der ere ne [noget af papiret mangler] men paa Græs nu, og er i den Anledningen saa øm i Benene at jeg bevæger mig med stort Besvær, naar jeg gaar. Moder er oppe i Køkkenhaven ved Møllen for at saa, jeg sidder her og ser hende og tror jeg vil op at se til, og vil derfor slutte nu med en Masse kærlige Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-06-11</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Agnes Lindhard
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen ville have været på besøg hos Alhed, men han havde en masse andet at lave såsom at få sin bøsse til bøssemageren, så den er i orden inden Sverigesrejsen.
+Larsen maler på Morgenbilledet, men Guldregnen er stillet væk til næste år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3pnk</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Juni 1897.
+Min egen Kæ[reste]
+Jeg vil ikke und[skylde men med]dele Dig at det [var] min Mening at [tage til] Erikshaab i Dag [noget af papiret mangler] dig paa Ulriksho[lm] [noget af papiret mangler] og i Dag skulde vi [noget af papiret mangler] til Nyborg for at hente [noget af papiret mangler] og Christine, jeg skulde have været med derud for at gaa til Bøssemageren med min Bøsse, saa den kunde være i Orden til vi skal [til] Sverige, men saa [noget af papiret mangler] i Dag at de først [kommer] i Morgen. I Formiddag har jeg været med Fader [noget af papiret mangler] Lindhardts [noget af papiret mangler] og i Mor[noget af papiret mangler]iddag skal vi saa [noget af papiret mangler] dem og hvis [noget af papiret mangler] kommer i Mor[noget af papiret mangler] Du mig paa [noget af papiret mangler] Det er sikkert. Du [kan tr]o paa at jeg glæ[der] mig til at se Dig igen. Guldregnen har jeg nu stillet hen da jeg iikke kan male paa den mere men Morgenbilledet maler [jeg] stadig lidt paa og jeg [noget af papiret mangler] at tænke paa [noget af papiret mangler] ikke var det heldigste at lade det staa til næste Aar ogsaa, det værste er jo, at j[eg paa] den Maade ikk[noget af papiret mangler] get til næste [noget af papiret mangler] Jeg har efter [noget af papiret mangler]givet at høre [noget af papiret mangler] Dig inden jeg [noget af papiret mangler] men jeg skal [noget af papiret mangler]ne mig naar [noget af papiret mangler] Dig at se [noget af papiret mangler] Tuschen er bleven doven eller hvad jeg skal kaldet det, den er saa tyk at jeg kan trække den ud i lange Traade. Mange Hilsner til min [noget af papiret mangler] Allerkæreste fra [noget af papiret mangler]
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-07-07</t>
+  </si>
+  <si>
+    <t>Munkebo
+Nordstranden, Kerteminde</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Johanne  Larsen
+Marie Larsen
+Otto Emil  Paludan
+Rasmus Petersen, Gartner
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alheds søster, Johanne, skulle komme for at sidde model til Pigerne på Klinten.
+Kildeanlægget er et lille anlæg på Hindsholmvej i Kerteminde - lige ud til Nordstranden, som ligger for enden af Langegade, hvor Johannes Larsen boede som barn/ung.</t>
+  </si>
+  <si>
+    <t>Det er fint, at Johanne kommer mandag. Larsen skulle om formiddagen i vandet med Rasmus Petersen, men fik at vide, at der var telefon. Han talte så med Astrid Ingeborg i en dårlig forbindelse, og imens stak hunden Tjalfe af. Larsen fandt hunden i Munkebo og tog ud for at bade. Det blev tordenvejr, og Larsen blev gennemblødt. Hvordan kunne Alhed tro, at Larsen kom til Erikshaab i dette vejr?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uiU5</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juli 1897.
+Kæreste Alhed!
+Tak for Brevet i Dag! Det passer mig udmærket at Johanne kommer paa Mandag. Jeg havde selv regnet ud at jeg maatte se at faa fat paa hende først i næste Uge, og havde tænkt at skrive til hende om at komme, men nu kan jeg jo [noget af papiret mangler] det med at lade Dig [noget af papiret mangler] hende at det passer [noget af papiret mangler] og at jeg er meget glad [for] at hun kommer den Dag. Nu skal jeg fortælle Dig om alle de Fataliteter jeg havde i Formiddags fra Kl. var lidt over 11 til henad 12 ½. Altsaa: Kl. godt 11 stod jeg og var parat til at gaa om efter Rasmus Petersen for at tage ham med i Vandet, vi gaar nemlig ud i vores Badehus hver Dag fra 11 ½ - 12, saa kom der Bud at der var en Warberg ved Telefonen. Med et lille Ønske om at Fanden havde Telefonen gik jeg over og gav mig til at tale med Dis, det var lidt utydeligt paa Grund [af] Torden, men jeg fik da [saa] meget ud af det at [noget af papiret mangler] havde skreven galt og at det var Palludans Fødselsdag i Dag og ikke i Morgen og at jeg skulde komme i Dag, saa varede længe og jeg raabte flere Gange om der var nogen, uden at faa Svar hvorefter jeg ringede af og gik. Senere hørte jeg at Marie og Georg havde fortsat og faaet omtrent det samme Resultat. Men nu kan du tænke Dig da jeg kommer over har de ladet Tjalfe stikke af og efter at have bandet højt og dyrt paa at jeg aldrig mere skulde lade mig trække til Telefonen gik jeg ud for at lede efter ham og var saa heldig [at fin]de ham nede i Munke[bo] og returnerede sveddryppende hertil Kl. 11-40. Saa gik jeg i Vandet alene da R.P. ikke var hjemme og inden jeg kom derud begyndte det at tordne og paa Hjemvejen tordnede og lynede det uafbrudt og da jeg naaede Kildeanlægget kom der en Byge saa voldsom at jeg var gennemblødt inden jeg naaede [noget af papiret mangler] at længes frem saa Vandet løb ned ad Benene og fyldte Skoene, og jeg maatte skifte alt mit Tøj inden jeg spiste. Hvordan havde du for Resten tænkt Dig at [jeg] skulde bære mig ad [med] at komme ned [til] Jer i Dag? Den Gang [noget af papiret mangler] telefonerede var Posten kørt for ¾ Time siden, og hele Eftermiddagen har det været et forrygende Vejr, naar jeg kiger ud ad Vinduet ser jeg Træerne bøje sig for Blæsten og Møllerne kører rundt med 2 bare Vinger og en lille Stump Sejl paa de 2 andre og saa er Vinden oven i Købet V.S.V. foruden at man kan vente sig en Regnbyge hvert Øjeblik saa det er jo hverken Cykle eller Spaserevejr. Ganske vist kunde [jeg] jo tage med [noget af papiret mangler] i Eftermiddag, men saa [er] jeg jo først derned Kl. [noget af papiret mangler] saa jeg tror jeg har beds[t af] at blive hjemme og se om Vejret kan bedre sig saa meget at jeg kan komme op i Klinten og male i Aften. Det [er] sandt der staar et Sted i Dit Brev to Bogstaver som det ikke er mig muligt at begribe Meningen med, da det forekommer mig at de gør lige lidt Virkning enten jeg læser dem som Slutning paa den Sætning der staar foran eller som Begyndelse paa den der staar bag efter, men der er [oven] i Købet Streg under dem [saa] de maa vel betyde [nog]et og det er det jeg vil bede Dig forklare mig naar Du skriver næste Gang, forhaabentlig inden altfor længe, Du var ellers flink til at svare denne Gang. Det er sandt det var de Bogstaver, for at hjælpe Dig vil jeg skrive baade hvad der staar foran og bag efter, der staar: ”vilde hun komme en gang til senere S.u. – Far og Mor er ikke hjemme”. Du forstaar nok det er det S.u. der gør mig nys[gerrig]. Jeg vilde have bedt [Dig] om at ønske Palludan [til] Lykke men som sagt [kun]de jeg jo ikke raabe hende op, og nu er det jo forsent at bede Dig om at gøre det. Jeg ser det er i Færd med at blive et temmelig langt Brev men nu vil jeg ogsaa til at holde op. Kunde Du ikke give Johanne en Rose med til mig, saa er Du den allerbedste, det er Du ogsaa alligevel. [noget af papiret mangler] allerkærligste Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1897-08-20</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Ane -
+Johanne Giersing
+Johannes Larsen
+Jørgen Schou
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>£ = Lispund.
+Gamle er en hund på Erikshåb.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2129</t>
+  </si>
+  <si>
+    <t>En del kunstnere med familie er samlet på Båxhult. JL er begyndt at lave billede af hunden i lyngen. Han har fanget en levende urhane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hDhH</t>
+  </si>
+  <si>
+    <t>20/8 - 1897
+Kære Mor!
+Tak for Dit Brev, som jeg fik i Aftes. Jeg vil først besvare Dine Spørgsmaal angaaende Reformdragten. Anna har ikke endnu faaet nyt Undertøj, men hun har Mønstrene og vil absolut have det. Livstykket eller Brystbaandet behøves aldeles ikke til tynde Mennesker, hun vil ikke have det. Hun mener, det var udmærket om Dis købte bare et Sæt hos Vessels, da det vist vil være meget lettere at sy efter end Mønstrene. Kjolerne kan man variere paa mange maader, naar blot Prinsesseformen er bibeholt. Du skulde endelig ikke opgive det, det er vist udmærket. Kan Du ikke huske en sort Damaskeskjole, jeg engang havde, den Facon kunde vist egne sig til Bein; den var blouset foran, Skærf snoet om Livet (Maven) og næsten glat Nederdel. Det kan jo ogsaa sys med Bælte og ganske almindelig; naar blot Liv og Nederdel bliver syet sammen saavidt mulig og ellers Hægter og Maller. - - Vi har det ellers glimrende; i Gaar fik vi endelig godt Vejr, ellers har vi haft Regn hver eneste Dag og var lige ved at blive utaalmodige, men saa meget des større er jo Glæden nu, da det endelig har forandret sig. De skyde en Masse Tjurer og Urhøns, men vi kunne ogsaa spise en kolossal Masse; det er enorme Kvantumer vi sætte til Livs; jeg kender ikke mig selv igen, hvad Appetit angaar, jeg er altid sulten, selv en Times Tid efter at vi have spist kan jeg godt igen saa jeg venter at have taget et £ til, naar jeg kommer hjem. Det er vist Luften heroppe, der er umaadelig sund og styrkende. Først i Gaar kunde Las rigtig begynde paa sit Billede af Hunden i Lyngen, hidtil har vejret været for daarlig. I Gaar Eftermiddags var Schou Las og jeg ude at lede [overstreget: E] efter Svampe; vi skulde over en lille Mose men da Las var bange at jeg skulde falde paa de vaade Stene, bar han mig over, men gled selv, saa vi begge faldt i Mudder til Midt paa Benene; jeg havde min hvide Badekjole paa, den blev kulsort. - I Dag har jeg været med paa Jagt; d.v.s. det var uden Bøsse, han vilde fange en levende Urhane, han har fanget en, men vilde have én til. - Jeg husker ikke, om jeg skrev, at vi en af de første Dage, saa en Hugorm, [indsat: den] løb lige for Fødderne af os i Lyngen. - De tre Børn ere saa søde, Kunstnerens største Dreng er forfærdelig grinagtig og rigtig artig. De to [overstreget: M] mindre have [overstreget: have] haft ondt for tænder og været daarlige nogle Dage, baade Kunstneren og Schou ere saa flinke til at hjælpe til at passe dem. - Det er storartet, at der er Udsigt til at jeg kan blive borte et Par Dage ind i Sept. jeg nyder hver eneste Dag. Las talte om [overstreget: l] i Dag, at [overstreget: jeg] han maaske vilde rejse med, naar jeg rejste, selv om de andre blev et Par Dage til. Det vilde jo lette Afskeden betydelig. - Han sidder og læser her ved Siden af og beder mig hilse mange Gange. - I Morgen skal jeg holde Storvadsk, man sviner en Masse Tøj til, navnlig Strømper. - Her tales om en Køretur en af Dagene men vi ere saa optagne, at vi næsten ikke kan overkomme alt hvad vi gærne vil. Vi ere næsten daglig ude at plukke Bær; nu begynde Tyttebærrene rigtig, de ere dejlige ; jeg skal nok virke for at faa nogen sendt hjem. Marie mener nok, et kan lade sig gøre. -- Vil Du hilse mange Gange paa Gelskov, bare O. Syberg dog ikke opgiver den Rejse - 1000 kærlige Hilsner til Eder allesammen. Mon "gamle" virkelig gaar og længes efter mig? Klap ham fra mig det gamle Skind. - Hils ogsaa Ane. - Eders i Sundhed og Velstand svævende Alhed
+Du skriver vel snart igen?</t>
+  </si>
+  <si>
+    <t>1897-08-30</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Vilhelm Larsen
+Karl Schou
+Marie Schou
+Anna Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2130</t>
+  </si>
+  <si>
+    <t>Alhed skal desværre snart hjem fra Båxhult. Karl Schou er ved at male et billede med Alhed, Hønset og Marie Schou. Det går ikke så godt med Johannes Larsens billede, han mangler solskin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Du1z</t>
+  </si>
+  <si>
+    <t>30 - 8 – 1897
+Kære Mor!
+Nu lakker det nok stærkt hen mod Hjemrejsen, og jeg kan jo ikke sige, at jeg glæder mig ret meget til at forlade dette herlige Sted, det undrer Du Dig vist ikke over; jeg kan ikke tænke paa at tage nogle Dage herfra og lægge til København, og jeg kan for Resten heller ikke ret godt, da jeg bliver malet paa et Billede sammen med Marie og Hønset af Schou, det ser for Resten nydeligt ud, men vi maa hænge svært i for at faa det færdigt. Jeg ville meget gærne have et lille Par Ord fra Dig snarest for at faa at vide om jeg i Nødstilfælde maatte komme Tirsdag i Stedet for Mandag. Jeg kan nemlig ikke rejse hjem paa én Dag og det er jo lidt kedeligt at rejse paa en Søndag. Men navnlig er det for Billedets Skyld, og saa fordi jeg da har lidt mere Haab om at faa Las med. Dette er nu for Resten meget usikkert, da hans Far, [overstreget: ikke] som han gerne skulde være sammen med her nogle Dage ikke er kommen endnu, og vi vide ikke, hvornaar han kommer; men hvis der er det allermindste i Vejen, med en paabegyndt Vadsk eller deslige, saa maa Du endelig skrive det, jeg synes, det er saa umaadelig liberalt, at jeg har faaet Lov at blive saa længe borte. Jeg haaber, I ville finde at jeg er bleven forfærdelig fed, her kunne de da alle se det. – Klax og Agraren kom i Tirsdags, men Klax rejser allerede i Dag igen. I Gaar var vi en Tur til Jellundsøen, en Familieskovtur, som vi kaldte det; det er ellers sjellent at vi ere samlede undtagen til Maaltiderne. Det var en dejlig Tur, [overstreget: at] vi slap for Regn, skønt det truede svært. Med Las’ Billede gaar det kun smaat i disse Dage, da Vejret ikke er godt, han skal have Solskin; det tegner ellers til at blive et smukt Billede. – Vil Du hilse mange Gange paa Gelskov, jeg haaber, at Onkel Syberg er bleven rask igen.
+Dette Brev bliver ikke saa langt, da vi jo nu ses inden ret længe. Tyttebærrene skal jeg nok skaffe. Nu kun 1000 kærlige Hilsner til Eder alle! – Din Alhed
+Jeg [overstreget: haar] har forlagt Dit Brev haaber ikke Du har spurgt om noget.</t>
+  </si>
+  <si>
+    <t>1897-10-03</t>
+  </si>
+  <si>
+    <t>Kertinge, Kerteminde
+Odense</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på jagt. Han gik hjem fra Odense fredag og spiste haresteg, for hans far havde skudt en stor hare. Eleverne på Teknisk Skole er overraskende skikkelige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iDLB</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 October 1897.
+Kære[ste] Alhed!
+I en fabelagtig Hast sender jeg Dig et Par Ord, da jeg ikke kan tænke m[ig at] skrive til Erikshaab uden at [sende] noget med. Jeg var paa Jagt i Gaar og skød en Hare og 3 Bekkasiner. Kl. er nu 10 M. i 12 og Kl. 12 skal vi køre til Kjertinge alle sammen efter først at have spist til Middag her. Jeg gik hjem fra Odense i Fredags og blev trakteret med varm Haresteg da jeg kom hjem. Fader havde nemlig skudt en Hare paa 9 P men jeg var [noget af papiret mangler]. Jeg har nu været 2 Aftener i teknisk Skole og Eleverne har forbavset mig ved deres Skikkelighed. Mange af mine allerkærligste Hilsner til min Kæreste fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-11-05</t>
+  </si>
+  <si>
+    <t>Hjallese
+Snøde</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Lars  Jeppesen
+Adolph Larsen
+- Petersen lærer Dalum</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal besøge sin Onkel Max i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har kørt Adolph (Agraren) Larsen til landbrugsskolen i Hjallese. Lærer Petersen havde glemt at indmelde ham, så de bedste værelser var optaget, og han blev indlogeret sammen med tre andre i et værelse uden kakkelovn. Agraren er bagud i de fleste skolefag, og han havde tandpine, da de kom til skolen - vel fordi han ikke var glad for det hele. Johannes Larsen var tæt på at græde, da han kørte fra sin bror. Han blev også trist over at se sin farmor og farfars hus, hvor der nu bor fremmede. Larsen har skrevet et langt brev til sin bror.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FGPr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Novbr. 1897.
+Min kæreste Alhed!
+Det er jo i Morgen Du rejser til Langeland, saa det er vel næppe rimeligt at dette Brev naar Dig paa Erikshaab, men ellers bliver det vel sendt efter Dig. Jeg var saa henne paa Landbrugsskolen med Agraren i Gaar. Det Bæst Lærer Petersen i Hjallelse som havde lovet at indmelde havde aldeles svedt det ud, men der var dog Plads endnu saa jeg fik da Agraren anbragt men han maatte finde sig i at ligge sammen med en hel Del andre da alle de mindre og bedre Værelser vare optagne. Det han fik anvist var helt oppe paa Kvisten, og uden kak[k]elovn og der var anbragt 3 andre, men der var Plads, det vil sige Senge til 9. Men da han jo kun skal være der mens han sover, og det jo ikke er værre end Soldater har det, kommer han vel nok over det. Det værste er med Regning, Skrivning, Fysik og Tegning, og det er det ærgerligste af det Hele, at naar vi bare havde tænkt paa teknisk Skole her sidste Vinter og faaet det gennemgaaet, saa havde det jo ikke været noget Besvær for ham, men jeg er næsten bange at han er for meget tilbage i det til at han rigtigt kan følge med de andre, men bare han nu vil hænge i saa gaar det vel. Desværre havde han saadan en voldsom Tandpine i Gaar Formiddags, men det lod til at det var gaaet over da vi kom derhen, jeg tror alligevel ikke han var rigtig stolt af Situationen da jeg kørte fra ham i Gaar Aftes i Mørkningen, han stod op paa Vogntrinet og kørte med ned til Vejens Omdrejning, saa sagde jeg Farvel til ham og lod de smaa trave ud og jeg var lige ved at græde lige til jeg kom paa den anden Side Odense. Jeg var ogsaa kommen i saadan en underlig vemodig Stemning af at gaa og se paa min Farfaders og Farmoders Hus og Have i det triste Efteraarsvejr. Jeg har jo været der saa meget som Barn og nu har der jo i mange Aar boet fremmede Folk. Jeg har lige været henne og skrive et langt Brev til Agraren for at opmuntre ham til at hænge i og ikke tabe Modet, selvom det skulde være lidt svært for ham i Begyndelsen og jeg haaber at hans gode Humør og gode Forstand skal hjælpe ham over det værste. Det sidste Brev jeg skrev til Dig kom nok ogsaa til at ligge en Dag over, jeg opdagede det først da jeg kom hjem fra teknisk Skole og saa var det forsent til at jeg kunde komme ind og faa Frimærker nogen Steder. Er Din Adr. paa Langeland ikke ”Snøde pr. Lohals?” men det er Du vel saa betænksom at underrette mig om i Dit næste Brev. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-12-09</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Maren -
+Johanne Giersing
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane boede hos familien Syberg i Svanninge på Sydfyn fra efteråret 1897 - maj 1898. Erikshåb er Alhed Larsen barndomshjem, som ligger tæt på Svanninge.
+Marie Larsen arbejdede hos familien Lorentzen på Nedergaard ved Kolding.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal til Erikshaab på søndag og kommer herefter over til Christine i Svanninge. Han har den nye hund med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2Io</t>
+  </si>
+  <si>
+    <t>Onsdagmorgen
+Lykke og Velsignelse kjære Christine og megen glæde i det nye Aar – først og fremmest at du ret maa faa fat paa Guds store Kjærlighed.
+Jeg skal nok komme ud til dig iaften de kom først i Nat uden at vi vidste det. Brevet der skulde melde deres Ankomst kom først nu men godt er det at det er kommen saavidt at vi har dem
+Marie sover endnu men jeg skal dog op at se til hende – Mad[ulæseligt] er fra Marie. Alle hilser – Georg sender det lugtende – Baandene maa du selv vælge. Her er en frygtelig Travlhed
+Gotterne er fra Adolph
+Med Hilsener fra din glade Moder
+Hils alle
+Kjerteminde den 9/12 1897
+Kjære lille Dinemor!
+Du er vel dog rask igjen og taale at spise Svinemad du maa vide jeg fik pludselig Lyst til at I kjære Venner paa Søndag skulle spise samme Slags Mad som vi andre derfor fik jeg Lov af Fader at sende denne lille Pakke ønsk dem velbekomme alle sammen
+Vi vasker derfor faar du ingen langt Brev min Ven og igaar bryggede vi – Nu kom Maren og vil afsted med Pakken til Marie hendes lyse Kjoleliv er herhjemme for at pyntes lidt op der skal være Selskab paa Søndag
+Johannes skal ned til Erikshaab næste søndag og kommer saa over til Eder og saa følges I vel hjem sammen den lille Hund kommer med det bliver noget for Børnene den er saa kjøn fortæl mig hvad den skal hedde
+Nu maa jeg slutte med mine allerbedste kjærligste Hilsener
+Gud ske Lov det gaar dig saa vel
+Hils Alle
+Det er en saa aldeles udmærket Ridsefjer denne
+Den er brugt til alle Eksamenskort</t>
+  </si>
+  <si>
+    <t>1897-12-12</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen
+Marie Larsen
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Adolph Larsen (Agraren) var vinteren 1897 på landbrugsskole (kostskole). Christine Larsen/Swane (Uglen) boede frem til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning ved Teknisk Skole i Faabborg. Marie Larsen var i huset hos Anne Marie Carl Nielsen i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal på andetræk med sin bror, Adolph (Agraren). Han har tegnet 12 portrætter af Christian Andersen.
+Christine Larsen (Swane) har skrevet, at Syberg længes efter at få sin hundehvalp, så Larsen må tage den med til Svanninge på næste søndag, men hvordan?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OXaK</t>
+  </si>
+  <si>
+    <t>Kjerteminde 12 Dec. 1897
+Min egen Kæreste!
+Tak for Brevet i Dag. Nu kan Du da ikke klage over at jeg lader Dig vente med Brev. Dette er den 3die Pen siden jeg begyndte og den er omtrent lige saa umulig som de 2 andre skønt det er en Rørpen. Dette er den 4de. Agraren kom i Gaar og i Morges var vi ude paa Taarbystranden for at skyde Ænderne ud, om lidt skal vi paa Andetræk, nu tænker jeg det bliver bedre, da Maanen først kommer senere op. Billedet fra Haven har jeg ikke begyndt paa endnu det er ligesom jeg er bange for at begynde paa det for Tiden, derimod gaar det bedre med Chr. Andersen, jeg har nu tegnet 12 Hoveder af ham og i Morgen skal jeg til at begynde paa en Aquarel, Brystbillede. Hvor kunde Du vide at det var min Kusine jeg talte med i Odense, der er nemlig 2 Damer i den Forretning? Her var Brev fra Uglen og Marie i Dag. Uglen skriver at Syberg længes meget efter Hundehvalpen og at jeg maa tage den med derned paa næste Søndag. Hvordan synes Du saa jeg skal bære mig ad? Uglen vil følges med mig hjem. Skal jeg rejse lige til Svanninge eller skal jeg rejse først til Erikshaab. Jeg haaber at du vil svare mig herpaa, saa snart at jeg kan naa at give Dig Besked om hvad jeg bestemmer mig til efter at jeg har hørt Din Mening. Da Kl. nu er lige ved halv 4 vil jeg slutte med mange kærlige Hilsner til min Kæreste. 
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-12-19</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Agnes -
+Maren -
+Laurentius Allerup
+- Birck
+Frants Birck
+Esther Boisen
+Kristina Eckardt
+Margrethe  Eckardt
+- Fibiger, Frøken
+- Fram Frøken
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Christine Swane
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Mesterhuset i Faaborg er Peter Hansens barndomshjem. De omtalte portrætter er muligvis fotografier.
+Canseliet er godsforvalteren på Hverringe Gods.
+Det er uvist hvilken lensgreve, der omtales.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Breve Christine Swane, kasse 1, kuvert 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Familien Larsen skulle samles i Kerteminde i julen. Johannes Larsen skulle til Sybergs i Svanninge med en hundehvalp. Peter Hansen sendte brev og portrætter. Han bad Johannes Larsen om at besøge ham i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DIJT</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 19/12 97
+[Indsat side 1 på hovedet] Jo du skal ogsaa have brev Juleaften
+Kjære lille Marie
+Vilhelm hentede Post i aften for vi troede nok der var Brev ganske rigtig men Grosseren vilde ikke lukke op før i dag tilmorgen
+Jeg sad og lappede en Skjorte til Johannes saa jeg maatte haabe paa andre Tanker og ganske kort efter kom Fader med Brevet, det var til ham sagde han men jeg vidste bedre det var bare for at tilkjæmpe sig Retten til at læse først 
+Jeg blev ved at spørge kommer hun vent nu bare jeg er jo ikke færdig endnu med Brevet saa kom Rosinen i Pølseenden jeg kommer Juledag
+Gud ske Lov det havde rigtignok været et forfærdeligt Skaar i Juleglæden om vi ikke havde faaet dig hjem som du skriver hvad gjør det naar du tog Juleaften med i Morgen er jeg paa Hjemvejen; hvor længe vi maa beholde dig det meldte du intet om men det vil vi ikke tænke paa ved Modtagelsen
+Sig dog til Fru Lorentzen hvor glad jeg blev og alle de andre Agrarens stadige Spørgsmaal kommer Marie til Julen
+Imorges med Dagvognen rejste Johannes til Svanninge med den lille Hvalp der i Anledning af Rejsen blev sæbevasket i aftes og sov oppe hos Maren i Nat hun strøg i Aftes og saa tørredes den i Kjøkkenet det blev sent og saa tog Maren den med i Seng for at den ikke skulde hyle den var rigtig nok bleven smuk og skal have Navnet Don, ved Højrup Station vilde Alhed støde til og tage med til Svanninge derfra tager de tilbage til Erikshaab og paa Onsdag rejser Johannes hjem og Uglen gaar ind i Faaborg hvor de mødes med Fader i Odense og Agraren har faaet Bud om at møde samtidig saa begynder vi at samles, Christine faar saa hjælpe mig lidt med et Par Kager for det har jeg ikke Mod paa, og saa kommer du Juledag saa er vi der Alle igjen
+Christine Eckardt maa ogsaa nøjes med at rejse Julemorgen Jeg tænker saa at de følger hende
+herover, det skrev Margrethe noget om
+Vilhelm er ude at gaa en god lang Tour i det mageløse Julevejr jeg kom nu ind fra Haven med 4 Rosenknopper som skulde springe ud til Juleaften om de vil, Juleroserne er i store Knopper, der bliver samlet en Gave til Fru Bojsen i Aar, og saa har jeg tænkt at lægge alle Pengene i en Kurv og Juleroser ovenpaa; Fru Fram er saa venlig at gaa alle Steder her i Byen hun mente naar I ikke er hjemme saa skulde jeg spares for den Gang
+Grøden tager jeg til Asylet som jeg plejer, det er paa Torsdag ja nu er der jo ikke mange Dage igjen
+Her var Brev og Portrætter fra P Hansen i forgaars han bad Johannes besøge dem i Mesterhuset hvorhen de rejste i Julen og holdt Hus der med Agnes som Pige maaske Mester rejser til Esbjerg
+Tro mig Dine bliver glad i dag og Børnene ved den lille Hund forrige Brev skrev Christine at hun vilde gaa til Horne i dag og besøge Marens forældre saa faar hun en frisk Hilsen med hjem til Julen hun er saa ikke hjemme naar Johannes kommer; men jeg fik det saa sent at vide at jeg ikke kunde forandre noget, hun gaar vel heller ikke saa sent derfra for hun tør jo ikke gaa i Mørke. Her er slet ikke noget Nyt at fortælle Laurentius var her forleden Aften han spurgte ogsaa kommer Marie hjem, vi ved det ikke. Jeg skriver til min Søster skal dog ikke Marie Larsen hjem i Julen han skal spille med i en lille Komedie heroppe hos Canseliet imellem Jul og Nytaar og han er saa ærgerlig over at være gaaet med til det Pjank – men nu er det jo gjort Frøken Fibiger har været i Kjøbenhavn en Maanedstid for at holde Huus for Lenhnsgrevens
+Marie kan du huske Birck havde en Bror der hed Frants; han var Mejerist; men opholdt sig hos Birck for at uddanne sig som Handelsmand han led meget af Søvnløshed og havde flere Gange taget Opium for [”for” overstreget] Tandraaber og det havde aldrig gjort ham noget denne sidste Gang var han sovet ind – det er en stor Sorg han var saa god og elskværdig oh hvor det maa være forfærdelig komme
+[indsat side 4 i margin] og see dem saadan, der blev gjort alt muligt med Udpombning
+[indsat side 3 i margin] men forbi var Livet Fader gik en Tour jeg skulde
+[Indsat side 2 i margin] med, men mine Støvler er hos Skomageren; det gode var ved
+[Indsat i margin side 1] Historien at dit Brev blev færdigt nu lille Mis skal jeg skrive mere før jeg ser dig men vi faar Brev Juleaften</t>
+  </si>
+  <si>
+    <t>1898-01-01</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Julie Brandt
+Louise Brønsted
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Ellen  Sawyer
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>På gården Erikshåb voksede Warberg-familiens børn op. Den næstældste, Alhed, blev gift med maleren Johannes Larsen. 
+Johanne/Junge var i 1898 forlovet med Thorvald Balslev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0079</t>
+  </si>
+  <si>
+    <t>Huset har været fuldt af gæster i julen, så Astrid og Louise har sovet i et æblekammer, som de kalder Hotel Beatrisen. De to søstre har været ved Orene med julelys, cigaretter og en flaske rødvin. Pan/Julie skulle have været med, men turde ikke. 
+Astrid sender sit portrætfoto og beder Vilhelm sende hende et. 
+Der er stadig gæster på Erikshåb, men nogle er rejst, og Thora/Tutte er hos svigerforældrene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UU3l</t>
+  </si>
+  <si>
+    <t>Hotel Beatrisen 1ste Januar 1898
+Kære Klax! Glædelig Nytår! 
+Ja, det var nu egentlig ikke det, jeg nærmest vilde sige, omend skønt det måske burde være det. Nej, Sagen er den, at jeg absolut må skrive et Brev i Aften; det når jeg nu; men alle dem, jeg ellers plejer at skrive til, er forsamlede her på Erikshåb, og så ved jeg ikke andre end Dig, og Du bliver selvfølgelig umådelig glad ved at høre noget herfra, selv om det kun sker gennem mig. Her er aldeles ubetaleligt storartet at være; vi har haft sellende fuldt af Gæster hele Julen; så fuldt, at Lugge og jeg er bleven anbragt oppe på et lille Æblekammer, der først fornylig er bleven indrettet. Æblerne ere dog fjærnede; så er her sat en mægtig 4 spænder Seng ind fra vort Stamgods i Heden; endvidere Tæpper over hele Gulvet – et lille Bord og en Empire- eller lignende –Stol, som jeg har opdreven inde paa Loftet. Som Kakkelovn tjener et lille Kogeapparat ved Navn Beatrisen (deraf Hotellets Navn); det sætter vi her op hver Aften, og så er her varmt på 5 Minutter. Du indser, at her er meget hyggeligt [uden Overdrivelse!]. Her logerer altsaa Lugge og jeg frit og behageligt med egen Entré – Rummet er nemlig beliggende i Husets nordlige Gavl. I Dag har det været et efter min Mening aldeles pragtfuldt Vejr. Lugge og jeg gik
+naturligvis op paa Orene; vi smed os paa Bunden af den dybe Mergelgrav, Du ved, og sludrede til en Cigaret. Udklækkede en aldeles glimrende Plan for Natten; når alle sov, vilde vi liste herop i Orene, forsynede med Cigaretter Julelys og en Flaske Rødvin; Julelysene skulde jo anbringes i Grenene ved Hjælp af små Lampetter, og med Vinen skulde vi byde det nye År velkommen. Så snart vi kom hjem, meddelte vi Planen til den evigunge Pan; hun var den eneste, der kunde være Tale om; de andre havde nok i deres Julenisser, og desuden kunde vi ikke delagtiggøre dem i Vinen, som jeg allerede fra Formd. havde bragt til en Side, da jeg hentede Vin op til Middag. Pan var strax begejstret; Jeg forberedte alt til de mindste Detaljer; så kom Aftenen – og så kunde Pan alligevel ikke sætte sit Rygte på Spil. Så holdt vi Møde på Beatrisse. Resultatet blev, at vi ganske rolig sagde til Moderen, at nu gik vi ud at se Nytårsvej, det kunde vel ikke gøre noget. Nej, det kunde det jo unægtelig ikke, Klokken var kun 10. Så gik vi. Dejligt frostklart Vejr, med Stjerner etc. Vi gik først op i Hestehaven; der standsedes vi imidlertid af noget stort sort noget, som vi antog for Mennesker; dem kunde vi 3 enligt rygende Damer jo ikke gå nærmere ind på Livet af, og så vendte vi og gik om ad Gjelskov; på Åbroen standsede vi og så ind i Ellekrattet og hørte på Vandet - men der var ingen Nattergal - . Klart, klart Måneskin; vi prøved, om vi kunde se at læse; og jeg læste med Magelighed et Brev, som Pan havde i Lommen fra Dig; det var derved, jeg kom i Tanker om, at jeg vilde skrive til Dig, og så samtidig sende Dig mit Billede, som Du naturligvis bliver så rørt over, at Du strax sender mig Dit; eller tager det med, når Du kommer; for Du har vel ikke i Sinde at
+snyde os helt i År? Du må snart skynde Dig, for nu rejser alle de vigtigste snart; Pan
+i Morgen, Junge og Svoger er glidt i Dag, jeg gør ligeså på Onsdag - desværre; men Lugge og Be og Elle er her jo foreløbig. Og Tutte er hos sine Svigerforældre i Seden Præstegård. Det kan nu være meget godt med de unge Forlovelser, men jeg tror nu alligevel, det er forkert; når man er ung, skal man lære, og man rejser, er man så glad ved afløsningen. Det var mærkeligt, at Marie og Uglen ikke havde længere Ferie; savner Du ikke Uglen meget? Det var forfærdelig sjov, at Uglen var på Nytårsbal; Uglen er jo helt gal efter at danse. 
+Vil Du hilse Din Far og Mor og Agraren mange Gange! 
+Hilsen til Dig, Klax! 
+Din hengivne 
+Dis 
+1st Januar 1898 
+dvs Klokken er nu langt over 12.!
+Med blyant og en anden skrift er skrevet: nov. 1964.</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "Ledle" eller "Lotte" (svært læseligt) er.</t>
+  </si>
+  <si>
+    <t>Det har været et dejligt vejr, og Alhed har solet sig på brinken med sin søster. Vejret må have været godt til Johannes Larsens billeder. Alhed har ikke fået malet noget videre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/89HM</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Du faar kun en ganske lille Hilsen fra mig i Aften, jeg synes, Du skal høre lidt fra mig hver Dag, selv om det ogsaa kun bliver nogle faa Ord. – Ledle og Dede have været her i Dag, de skulle have det med til Højrup om lidt. – Sikken et henrivende Vejr vi have haft i Dag, det har jo været brillant for Dine Billeder. Jeg har dovnet, kun pillet en lille Smule ved mit. I Formiddags var Dis og jeg ude paa Brinken, hvor vi laa og solede os c. en Timestid, det har jo været aldeles sommervarmt. – Min egen Frajser, Du faar ikke mere, vær ikke vred!
+1000 kærlige Hilsner til min egen Ven fra Din
+Alhed.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Eckardt
+Kristina Eckardt
+Alhed Larsen
+Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kopi det er, som Alhed Larsen har solgt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0342</t>
+  </si>
+  <si>
+    <t>Louise har bestået kemieksamen med glans. Mange andre klarede det ikke. 
+Alhed har solgt sin kopi for 70 kr.
+Laura, Alhed og en til har været til frokost i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XJJe</t>
+  </si>
+  <si>
+    <t>Her Godsforvalter Warberg
+Erikshaab
+pr. Höjrup
+Fyn.
+[Kuvert bagside:]
+Hilsen til alle paa Haabet fra Familien Zulu. 
+[I brevet:]
+Fredag KL. 4½.
+Kære Abba !
+Muk bestaaet med Glands i Kemi; var oppe i Kulstof og sagde ingen Fejl. Flere andre af dem der bestod, klarede sig ikke nær saa godt. Jeg kom i Formiddags og tog næsten Alhed paa Sengen. Hun har solgt sin Kopi og faaet 70 Kr. for den. Jeg gik uden Indbydelse med hende og Mo[ulæseligt] til Frokost i Tordenskjoldsgade, blev vældig pænt og venligt modtaget var der 2 Timer. Har nu været paa en lang Visit i Læssøegade, skal til Christian og Stine i Morgen til The med Junge, jeg naaer alt udmærket!.
+Det er Middag nu!
+Muk er straalende, hun havde været meget ængstelig.
+Mange Hilsener.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>marts eller april 1898</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Kampmann
+Johanne Kampmann
+Ellen  Sawyer
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
+Johannes Larsen udstillede på Den Frie 1898.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
+Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CdkH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+Fyen Højrup Station
+Kære Mor!
+I Gaar var jeg ude hos Bedstemor og kom ind hos hende. Hun er temmelig forandret, synes jeg; ser saa mat og daarlig ud, men i Gaar Formiddags X [tilføjet nederst på side 1:] x da jeg var der [tilføjelse slut] havde hun det vist eller ganske godt -, hun er fuldstændig aandelig rarsk [”r” midt i ordet overstreget] og spurgte til Eder allesammen. 
+I Dag var jeg nede hos Berta og Lud for at spørge til hende; i Gaar Eftermiddags havde det været meget daarlig med Opkastninger og Besvimelse, men i Dag var det igen bedre. – Jeg kommer ikke til at vaage derude alligevel, da de have faaet en Kone, Fru Winther havde anbefalet. – Du tænker naturligvis paa Konfirmationen, men der er vist ingen Mennesker, der kan have nogen bestemt Mening om hvorlænge det kan trække ud, Tale om Helbredelse er der vist absolut ikke. Jeg længes meget efter at høre et Par Ord fra Dig, ogsaa om, hvad Du mener om Elles Udeblivelse. Kan Du ikke helt udsætte den Vask til efter Paaske, saa ere vi jo begge hjemme; Du maa da endelig ikke gaa og overanstrænge dig til Konfirmationen og Paasken, naar vi alle ere hjemme. – Las kommer i Morgen, hans Billeder hænger så kønt paa Udstillingen – Jeg haaber, Far passer paa i dette kolde ækle Væjr [”Væjr” overstreget] Vejr, at han ikke faar Tilbagefald.
+1000 Hilsener til Alle.
+[Skrevet på tværs øverst på s1:] Kampmanns er saa voldsom søde imod mig. I Aftes skulde vi have en lille 3 Mands L’Hombre. De ere jo noget misfornøjede med, at jeg bliver saa kort.
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-01-19</t>
+  </si>
+  <si>
+    <t>Frøken Agnes -
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Frederik Gad Clement
+Franziska  Erichsen
+Ludvig Find
+Svend Hammershøi
+Hans Nikolaj Hansen
+Marie Henriques
+Bernhard Hirschsprung
+- Hr. Alb.
+Johannes Larsen
+Frederik Lützhøft
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
+Familien Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2133</t>
+  </si>
+  <si>
+    <t>Alhed sender en fødselsdagshilsen til sin mor og glæder sig til, at hun kommer til København. Der er så megen festivitas, at Alhed slet ikke har tid til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvAt</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs øverst s 1: Tak for Kjolen som kom udmærket! 19/1 – 98]
+Kære Mor!
+Det er vist egentlig skrækkeligt, at jeg ikke endnu har ladet høre fra mig, men det gaar saa hedt med Selskabelighed, at jeg knap kan faa tid til det allernødvendigste, som f. Ex. at ri Strimler i mine Kjoler. Men nu, da d. 20nde er kommen kan jeg jo ikke trække det ud længere med at skrive, men vil sende Dig min hjærteligste Lykønskning til Din Fødselsdag samt en lille Redegørelse gørelse for, hvad jeg har taget mig til, siden jeg rejste. At male Vinterasters blev der ikke noget af, de var forbi, da jeg kom herind, men paa en Maade var det heldigt, da der vist umulig kunde være bleven Tid og Ro til at male. – Den første Aften, jeg var herinde, havde Lud og Bertha et lille Gilde, Konsulens, Frk. Henriques, Frk Agnes, og Malerne Find, Clement og Hans Nickolaj Hansen. Vi morede os storartet, drak en Masse Rødvin og endogsaa en Fl. Champagne, holdt ud til Kl. 2. – Næste Aften var Fornøjelsen af en lidt anden Art, det var nemlig det fine selskab hos ”Bernhardts”. Men jeg morede mig udmærket ogsaa der, det var umaadelig fint, den bedste Mad, jeg har smagt, og det nydeligste Bord, jeg har set. Der var bl a. 2 Søstre til Baronesserne med deres Mænd.. Jeg havde Hr. Alb. til Bords. – 
+De sidste 8 Dage har Las været her, og Du kan tro, vi har moret os sammen, vi har spadseret, været paa Kunstmusæum 2 gange, spist sammen paa Kafféer og saa i øvrigt besøgt vore fælles Venner. – I Forgaars var vi i Dagmartheatret til ”Kongesønner”, en Aften sammen med en halv Snes andre ude i Sommerlyst at høre Lützhøft synge; i Aftes var vi til Gilde ude hos Schous, vi var 17 Mennesker, Lud og Berta var med, Lützhøfts, Kunstnerens Søster og en hel Masse Malere. – Vi morede os aldeles storartet, Lüthøfts sang, Pan fortalte fynske Historier, en sang sjællandske Viser, en anden italienske, lille Hammershøj dansede ”Tarantel” o.s.v. – Vi holdt ud til Kl. 3½!! - -
+I Aften skal Las til nogen, jeg ikke kender og jeg til Middag i Tordenskjoldsgade – Pan ville have sendt Dig en Alpeviol, men jeg raadede hende til at vente, da Du ellers maatte rejse fra den. Det er forfærdelig morsomt at Du kommer det bliver vel med det første, det kan være, Du afløser Las, han rejser Fredag. – Nu kun 1000 Hilsner til Eder alle, hils ogsaa min ”Gamle”. Endnu en Gang ”til Lykke”
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-02-06</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+- Fuglsang
+Adolph Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Emil Opffer
+Rasmus Petersen, Gartner
+Christine Swane
+Carl Christian  Swendsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg og fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Faaborg. 
+Træskomanden er en klodsemager i Nyborg, der har bestilt Johannes Larsen til at male en skive til Fugleskydningsselskabet.</t>
+  </si>
+  <si>
+    <t>Alhed har sendt en julerose.
+Fritz Syberg har travlt med vinterbilleder.
+Der er kommet brev fra Christine Swane: hun maler et billede med et hus, og hun vil gerne male røgteren Fuglsangs tykke kone.
+Johannes Larsen har sendt Emil Opffer en akvarel med et brudelys.
+”Vi maa hellere gifte os med det første”.
+Larsen har været hos kancelliråden og sagt, at hans drenge skal holde sig fra bedene. 
+To forstkandidater kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zYdq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Februar [noget af papiret mangler og dermed også årstallet]
+Min egen Kæreste!
+Tak for Brevet med den kønne julerose. Det var rigtignok godt at Du skrev i Gaar saa jeg kunde faa Brev i Dag, jeg turde næsten ikke haabe at der var noget til mig i Morges da jeg jo havde faaet baade i Gaar og i Forgaars, saa Du kan tro jeg blev glad da jeg saa det. Du er min allerkæreste. Der var ogsaa Brev fra Marie og Christine i Dag, de har det godt, Christine skriver at Baronen har faaet travlt med at male Vinterbilleder nu der er kommen sne, Du ved at Christine bor ovre i den anden Ende af Huset, fra hendes Vindue maler hun et Billede, med et [noget af papiret mangler] Hus i Forgrunden, og hun vil se at komme til at male Røgteren Fuglsangs tykke Kone, naar hun styrer derover imod. Fra Opffer var der ogsaa Brev i dag, jeg sendte ham forleden en lille Aquarel med et Brudelys og bad ham tage med træskomanden, naar han rejste herned, jeg sender Dig her Brevet for at Du kan se det, det ligner [noget af papiret mangler] saa udmærket. Det var en masse gode efterretninger jeg fik i Gaar fra Dig [noget af papiret mangler]en med Glarmesteren i dag er heller ikke saa daarlig, alene den maa vi kunde leve af, naar jeg hjælper Dig. Vi maa hellere gifte os med det første. Jeg var oppe paa Kancelliet og bad ham om at holde sine drenge fra mine Bede, hvad han lovede mig at gøre. Nu skal jeg gaa over og lade Agraren veje mig, vil Du forberede Dig paa det værste. – Nej, denne Gang har jeg dog ikke tabt, jeg vejer 157 Pund ligesom sidste Søndag. I Aften skal vi have fremmede, 2 Forstkandidater, M[noget af papiret mangler] Hansen, som er paa Lindøgaard i disse dage for at maale et eller andet og Allerup vi skal have [noget af papiret mangler] til Aften og bag efter skal vi spille L’Hombre, saa jeg bliver nok flaaet for en Del Penge tænker jeg. For lidt siden kom her Bud om jeg [noget af papiret mangler] møde paa teknisk Skole Kl 3 ½, for Tegneinspektøren kommer her. Det er udmærket at Du kommer her i samme Maaned min Kæreste, men kom nu ikke altfor sent, for naar vi skal være paa Erikshaab den 6 Marts kan Du jo ikke være her ret længe naar Du kommer allersidst paa Maaneden. Med Hensyn til de Hilsner jeg har sendt dig [noget af papiret mangler] jeg fortælle at Moder [noget af papiret mangler] bedeer mig om at hilse dig, [noget af papiret mangler]t naar jeg ogsaa hilser [noget af papiret mangler] Fader, er det naar de sidder her begge 2 og jeg spørger om jeg skal hilse Dig og de saa siger ja, Du ser altsaa at det kun er en lille del af Din Mistanke der er berettiget. Mærkeligt nok tro- troede Moder i Dag da jeg [noget af papiret mangler] fra Dig at det var noget jeg lavede, saa jeg maatte læse op af Dit Brev, for at hun kunde høre at det stod der, efter dette er der vist ikke andet for mig at gøre end helt at holde op med at hilse eller sende Hilsner, Du ser jeg bliver mødt med Mistænkelighed fra begge der. Jeg vil holde op nu for jeg har lovet Rasmus [noget af papiret mangler]sen at komme derom i Eftermiddag, og nu er Kl 2 saa om 1 ½ Time skal jeg med paa [noget af papiret mangler]ten. Mange allerkærligste Hilsner til min egen Kæreste fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-18</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Holger Begtrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thomas Bredsdorff
+Ellen Brønsted
+Viggo Clausen
+Hugo Halberstadt
+Frederik Hendriksen
+Benny Henriques
+Ellen Hirschsprung
+- Jensen, København
+Frøken Koch
+Asta Krohn
+Marie Krøyer
+Peder Severin Krøyer
+Johanne Christine Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Ellen  Sawyer
+Anton  Svendsen
+Andreas Peter Weis
+Kristian Zahrtmann
+Sophus  Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var to måneder i København januar til marts 1898 blandt andet for at tage sangtimer hos Hedevig Lützhøft.
+Bommesi: stof af bomuld, opkradset på den ene side, der tidligere blev brugt til børne- og kvindeundertøj (Den Store Danske)
+Ellen Hirschsprung blev kaldt Madame, men madame kan også være en anden person.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2134</t>
+  </si>
+  <si>
+    <t>Alhed bliver ofte inviteret til middag og bal. Hun og hendes søstre er blevet omtalt, som ualmindelig dannede og elskværdige mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FD8g</t>
+  </si>
+  <si>
+    <t>18-2-98
+Kære Mor!
+Nu er det vist snart paa Tiden, at jeg faar sendt en lille Skrivelse hjem, der er ingen livlig Korrespondance imellem os, - Nu kommer Elle nok i Morgen. Madame var her i Aftes, - muligvis for at sige det, - men her var ingen hjemme. Johanne og Muk fortalte mig det i Aftes; [overstreget: var] vi var sammen inde i ”Standart”s Vinkælder paa Kongens Nytorv, hvor Thomas gav en Flaske Vin paa os og Din Ven Viggo Clausen. Bagefter var jeg til Fødselsdag hos Lützhöfts, det var Fru L’s 25 Aars Fødselsdag. Jeg kom meget sent Kl. 10½, saa Selskabet var i fuld Gang, der var 28 Mennesker og meget livligt, jeg kendte en Del af dem. – Vi ere bedte til Bal ude i Frederiksborg paa Mandag, Johanne, Lugge , Pan og jeg. Vi blev løselig inviterede derude den Dag x, men senere fik vi Brev fra Thomas med en meget indtrængende Invitation fra Begtrups til ogsaa at være der om Natten.
+x [tilføjet langs kanten: Vi var der i Søndags]
+Thomas sagde i Gaar, at de havde komplimenteret ham, fordi han kendte saa ualmindelig dannede og elskværdige Mennesker. Vil du ikke sende med Elle min [tilføjet over linjen: bleg] røde Empirekjole (fra Italien), den jeg havde paa til Høstgildet, den er vadsket og maa hænge ren et eller andet Sted, eller ligge i en Kiste, det maa I endelig; x Thomas sagde , at vi kunde godt møde i 
+x [tilføjet langs kanten:] Jeg kan selv stryge den [tilføjelse slut]
+Dragter, det var halvt Karneval og halvt Bal. Jeg vil nødig spendere min blegrøde Silke. Paa Torsdag skal vi til Maskerade ude i [overstreget: Birke] Læssøgade. – Lige efter at Du var rejst blev jeg bedt til stor fin Middag hos gl. Hendriks. (Berta &amp;amp; Lud var ikke med.) Jeg fik i en Fart min nye gule syet, den blev rigtig nydelig. – Jeg morede mig godt, havde Weiss til Bords og Anton Svendsen paa den anden Side. Krøjers var der, Zahrtman, en Dr. Halberstadts, Overretssagfører Zeuthen, en Frk. Koch med Broder, Grosserer Henriques, Asta Hejmann og saa vist ikke flere. - - -
+Vil Du takke Frk Jensen for Brevet; Dit Fløjl havde jeg leveret ind; jeg gik senere derind for at faa dem til at love det færdig til d. 21nde, de lovede at sende det. – Jeg haaber at faa lidt Tøj med Elle. Den Uldtrøje jeg fik, var ikke den Magen til den, der blev borte, men den kommer maaske med Elle. Jeg vilde gærne tillige have mine to Bommesiskørter, og om mulig et eller to hvide Skørter; jeg har renset,
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1898-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Carl Høyrup</t>
+  </si>
+  <si>
+    <t>Om hvornår Alhed kommer til Kerteminde.
+Johannes Larsen har tegnet ornamenter på rammen til billedet Chr. Andersen lader patroner, og om aftenen skal han begynde at skære dem ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aTo4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Februar 1898
+Kæreste Alhed
+Tak for Brevet som jeg lige har faaet, i Dag er jeg komme[noget af papiret mangler] ordentlig Tid, nemlig [noget af papiret mangler] jeg vil nu skrive et Par [noget af papiret mangler]den Frokost, saa kan jeg [noget af papiret mangler] naar jeg kommer hjem [noget af papiret mangler] Andersen. I Aftes var jeg [noget af papiret mangler] Højrups det var et væmmeligt Vejt baade da jeg gik derop og da jeg gik hjem. Jeg sidder og ser paa Almanakken og jeg opdager at der paa Lørdag kun er 2 Dage tilbage af denne Maaned, saa naar vi eller i hvert Fald Du skal være paa Erikshaab den 6 Marts k[noget af papiret mangler] altsaa kun være her en [noget af papiret mangler] Derved kommer jeg til det Resultat at hvis det ikke er [noget af papiret mangler] Mening at komme paa [noget af papiret mangler], saa maa Du komme [noget af papiret mangler] Lørdag, nemlig Torsdag [noget af papiret mangler] Fredag, og saa kan Du [noget af papiret mangler] lade mig vide naar jeg [noget af papiret mangler] hente Dig. Du maa ende[noget af papiret mangler] vente længere længere [noget af papiret mangler]nges forfærdelig meget efter Dig, hører Du, Du maa komme senest Lørdag, Du har jo ingen Ting at vente efter, og Du har jo hele Tiden lovet at du vilde komme sidst i Maaneden og naar der kun er 2 Dage tilbage [noget af papiret mangler]da det da ikke være [noget af papiret mangler] senere. Jeg blev saa [noget af papiret mangler] af det da jeg læste i Dit Brev før at Du ikke er vis paa at Du kommer Lørdag, jeg længes forfærdelig meget efter dig og jeg elsker Dig. Kommer Du saa ikke paa Torsdag. Nu maa jeg ind og have lidt Frokost og saa n[noget af papiret mangler] Chr. Andersen, saa kan jeg fortsætte naar jeg kommer [noget af papiret mangler] Nu har jeg spist til M[noget af papiret mangler] og derefter siddet og tegnet Ornamenterne paa Rammen til Chr. Andersen saa jeg kan begynde at skære dem ud i Aften. Kl. er imidlertid bleven 2 og jeg har bestilt Chr. A. til den Tid jeg skal male paa Ho[noget af papiret mangler] i Eftermiddag saa jeg maa slutte nu. Kan Du være sød og komme snart min egen Kæreste. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1898-02-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>København
 Bredgade 43</t>
   </si>
   <si>
     <t>August Bagge, Bogtrykker
 August Bagge, Bogtrykkerens bror
 Wilhelmine Berg
 Margrethe Boye
 Hedvig Hamilton
 Agnes Hirschsprung
 Bernhard Hirschsprung
 Fru Emma Hirschsprung
 Heinrich Hirschsprung
 - Jensen, Frøken, Erikshaab
 Marie Krøyer
 Peder Severin Krøyer
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Franz Schubert
 - Voss
 Albrecht  Warberg</t>
   </si>
@@ -418,76 +5897,3106 @@
 Fyen
 [I brevet:]
 Bredgade 43
 25/2 -98
 Kære Mor!
 Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
 Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
 Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
 Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
 Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
 Bare du nu ikke synes, det Forslag er altfor kedeligt. -
 Lørdag:
 Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
 Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
 Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
 Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
 Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
 Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
 Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
 Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
 Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
 din Pelle.
 (En elendig Pen, som næsten ikke kan drives frem)</t>
   </si>
   <si>
+    <t>1898-02-28</t>
+  </si>
+  <si>
+    <t>Dora -
+Christian Andersen
+Thora  Branner
+Wilhelm Branner
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Tand" og "Tænder" var i 1898 muligvis slangudtryk for unge mennesker. 
+"Sidste gang i de hjemlige omgivelser": Hempel Syberg (Onkel Syberg) stoppede som forpagter af Gelskov i 1898 for at koncentrere sig om arbejdet med at organisere mejerierne i Danmark.</t>
+  </si>
+  <si>
+    <t>Alhed er kommet hjem efter turen til Kerteminde og før da København. Hun har fulgtes med en masse andre unge.
+Hendes far ser dårlig ud, og Johannes Larsen virkede også sløj.
+Alhed har været til fest med dans (uklart hos hvem, men det er sidste gang i de "hjemlige Omgivelser"). Trist, at Larsen ikke var med, så de kunne "melancholisere" lidt. - Tutte behandler ikke sin kæreste (?) godt, hvilket går Alhed på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QphR</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Nu er Kl. 6, saa det er snart mange Timer, siden jeg rejste fra Dig, det forekommer mig som det er meget længe siden. Det var frygtelig kedeligt, at jeg skulde rejse saa snart, jeg havde glædet mig saa forfærdelig til 8 rolige Dage med Dig! – Det var for resten rigtig hyggeligt at komme hjem, men det er bedst, jeg begynder hvor vi slap. – Jeg kørte altsaa i tre Timer med Dagvognen, vi naade at blive 8 inde i Vognen, saa vi blev noget klemte, men det varmede rart, jeg var umaadelig glad ved Tæppet, ellers havde jeg vist frossen. – I Odense gik jeg op til Christine, der var rejst hjem. Paa Banegaarden traf jeg Dis, Tutte og en rasende Masse unge ”Tænder”! Vi kunde ikke være i én Kupé, i Højrup var der 5 Vogne efter os, inclusive Dede og Dora efter mig. – Jeg kørte herhjem, Mor vilde nok derom til Middag, naar jeg var hos Far. Jeg spiste saa alene til Middag, (fik et Glas Rødvin til,) og derefter gik jeg ind til Far, som jeg har siddet og snakket med hele Eftermiddagen. Han har det noget bedre men ser daarlig ud. For lidt siden kom Mor hjem, og nu er jeg gaaet op for at klæde mig om, men først maatte jeg jo skrive et Par Ord til Dig og sige Dig Tak for sidst; Du er en god Dreng, men jeg ved ikke, om jeg alligevel vil komme og besøge Dig igen. Jeg forstyrrede Dig dog alligevel! sikke søvnig og sjøj, Du var i Gaar. Du saa for Resten i det hele taget daarlig ud, ogsaa den første Dag, det er kedeligt, at det tager saa meget paa Dig at arbejde; mon ikke Du skulde gaa nogle lange Ture og maaske gøre noget Gymnastik med dine Haandvægte. – I April Maaned skal vi ordentlig muntre Dig, ikke sandt? Det er saadan en dejlig Maaned at gaa ude i. – Du kan ellers tro, jeg var glad ved at se Dit Chr. A. Billede. Jeg tror, det bliver et meget smukt Billede. – Jeg sidder oppe paa mit Værelse og skriver, Mor havde lavet det saa nydeligt i Stand med nye Betræk paa Servanterne, et andet Bordtæppe o.s.v. og her var saa varmt og yndigt. 
+Næste Dag: Her maatte jeg bryde af i Aftes, Mor kom og snakkede med mig, mens jeg klædte mig paa og vi snakkede saa længe, at jeg først kom derom Kl. 8 ½. Brannerne er nogle forfærdelige nogle til at gøre Spektakle, de raaber og skriger i Munden paa hinanden, saa man er lige ved at blive døv. Tuttes Tand synes jeg bedst om, han ser saa inderlig god ud. Der var Dans nede i Karleloen, hvor vi dansede til Høstgildet. Det var i Grunden forfærdelig morsomt, men det var saa underligt at tænke paa, at det var sidste Gang, vi gik der i de hjemlige Omgivelser; der var nu ikke meget Ro til at tænke, vi dansede hele Tiden, men jeg tænkte flere Gange paa, at bare Du havde været der, saa vi kunde have gaaet en Tur, jeg var saa oplagt til at melancholisere lidt. Jeg var saa ked af at se paa Tanden og Tutte, hun er allerede ked af ham og han saa saa bedrøvet ud og gik med Taarer i Øjnene mange Gange. Det staar mere og mere klart for mig, at Tutte har baaret sig rasende hensynsløst ad imod ham. Er det ikke trist? Du skulde bare have set den lille Tand saa ked af det han var, Tutte kunde trænge til en forfærdelig Lussing af en [det følgende skrevet på side 1, på tværs, over den øvrige tekst] eller anden Slags, men jeg gad vide hvad i Verden, der kunde bringe hende ud af sin sløve og apatiske Ligevægt. - - Synes Du ikke alligevel at jeg skulde komme om ad Kerteminde, bare én Dag; jeg synes, jeg længes saa meget efter Dig. Naar der er noget, der ligger mig paa Sinde, er det altid kun Dig, jeg faar Lyst til at tale med. – Nu maa jeg slutte. Skriv snart til mig! – Hils dem alle sammen saa mange Gange og sig Tak for sidst! Jeg er spændt paa at høre, hvad Kunstneren skrev! – 1000 kærlige Hilsner fra Din Alhed.
+Erikshaab – 28/2 – 98.
+Jeg glemte mine Galoscher jeg haaber ikke Hundene æder dem.</t>
+  </si>
+  <si>
+    <t>1898-03-18</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen rejser fra Svanninge: hans søster, maleren Anna Syberg og hendes familie, boede i 1898 i Svanninge.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Peter Hansen komme og se på billedet Christian Andersen lader patroner, da Larsen ikke kan afgøre, om der skal males videre på det, eller om det skal sendes til den Frie. Om Peter Hansen kommer eller ej vil afgøre, om Larsen kan komme på besøg hos Alhed søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/txzx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1[noget af papiret mangler]/3 98
+Kæreste Alhed!
+Da jeg ikke gider gaa over efter noget Papir skriver jeg paa dette fine. Du undskylder nok, ikke? Ser Du om jeg kommer paa Søndag det ved jeg ikke. I Morges havde jeg Brev fra Peter, han rejser fra Svanninge til Kjøbenhavn [noget af papiret mangler] jeg skrev saa til ham [noget af papiret mangler] at han enten skul[noget af papiret mangler] her i Morgen Aften [noget af papiret mangler] jeg køre ham til Nyborg [noget af papiret mangler]dag, eller hvis det [noget af papiret mangler] skulde han telegrafere [noget af papiret mangler] Faaborg. Jeg vil nemlig have ham til at se paa Billedet om han synes jeg skal [noget af teksten er udenfor kopien] paa det. Hvis han [noget af papiret mangler] telegraferer at han ikke kommer, saa sender jeg Billedet ind og saa kommer jeg til Dig paa Søndag, men dersom han kommer saa kommer jeg ikke. Jeg tror nu næsten han kommer, d.v.s. det kan være han har skrevet til Fru Neckelmann at han kommer Lørdag Aften, og saa kan det vel knibe med at han kommer. Som Du ser [noget af papiret mangler]gen Ting og Du m[noget af papiret mangler] ikke vente mig før [noget af papiret mangler] Mange kærlige Hilsner min egen Kæreste, jeg elsker dig, jeg vilde saa gerne komme hvis jeg kunde. Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-03-03</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Peter Hansen
+Jean Jensen
+- Jørgensen, arkitekt
+Christian Kampmann
+Johanne Kampmann
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+- Vesterdal
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Grevens" er ægteparret Schaffalitzky de Muckadell, som var Albrecht Warbergs arbejdsgivere.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alheds galoscher, som hun glemte i Kerteminde.
+Jørgen (ansat ved Erikshaab) er kørt efter lægen til Albrecht Warberg, som stadig er syg.
+Warberg-familien har haft mange gæster, som vel skulle se til den syge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bw6C</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev og Galoscherne! Du havde slet ikke behøvet at sende dem, jeg kunde jo have faaet dem, naar jeg kommer ned til Dig. For der er vist ikke andet at gøre, end at jeg kommer om ad Kerteminde igen. Men stort mere end en Dags Tid bliver det nu ikke, jeg vil blive hos Mor saa længe som muligt, og Kampmanns gaar det jo heller ikke at snyde altfor galt. Men det er sandt, saa er det jo, jeg forstyrrer Dig, naar jeg kun er der én Dag. Hvad skal vi gøre ved det? – Det er kedeligt, P. er rejst fra Dig, jeg synes, det maatte være saa morsomt for Dig at have ham. Tænk, nu kørte Jørgen, som skulde have haft dette Brev med til Højrup, han skal ned efter Doktoren, men jeg troede først, han kørte om en Timestid. Saa er jeg bange, Du ikke faar dette Brev i Morgen. Jeg er da ellers ligesaa flink til at skrive til Dig, som jeg var i København? Kan Du nu ogsaa være rigtig sød til at skrive til mig! Jeg er ikke fri for at føle mig lidt ensom, det er saa løjerligt at gaa og være eneste Barn; i København tænker jeg ikke paa at savne de andre, men herhjemme hvor de høre til, synes jeg hele Tiden, der mangler noget. Det er jo ogsaa lidt trist at Far ligger, men han har det da gennemgaaende bedre. Nu skal vi høre, hvad Doktoren siger i dag, om han snart maa komme op. Han er ellers Taalmodigheden selv og ligger og siger Vittigheder og er altid parat til en Snak. Hans Ven Vesterdal var herude et Par Timer forleden efter Middag for at se til ham. – Det er desværre bleven Regnvejr, jeg vilde ellers have været ud en lang Tur med Gamle, det var saa nydelig Vejr i Formiddags.
+Næste Dag. Videre naaede jeg ikke, vi fik Visitter hele Eftermiddagen, foruden Doktoren kom Jørgensens, Grevens og Amstrup med Dis, som det var morsomt at faa en Passiar med. Vi var et lille Slag nede i Haven, der er gule Krokus. Det var en henrivende Luft, da Regnen var hørt op. I Dag er det gamle Jeans Fødselsdag. Hun vidste ikke, at vi huskede den, saa hun o.s.v. Posten kommer! 1000 Hilsner fra din egen Alhed
+3die Marts – 98.</t>
+  </si>
+  <si>
+    <t>1898-03-05</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Christian Andersen
+Berta Brandstrup
+Adolph Larsen
+Vilhelm Larsen
+Ellen  Sawyer
+- von Rosen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
+Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
+  </si>
+  <si>
+    <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
+Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
+Alheds far er syg, og han kommanderer med lægen. 
+Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ui56</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
+Alhed.
+5te Marts - 98
+[Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
+  </si>
+  <si>
+    <t>1898-03-07</t>
+  </si>
+  <si>
+    <t>Gelskov
+Glorup
+Odense</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Niels Elgaard Amstrup
+H. Junker
+Hempel Syberg
+Albrecht  Warberg
+Conrad Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den trykte tekst øverst på brevpapiret side 1: Albrecht Warberg blev af nogle af godsets ansatte kaldt Fader Berg. 
+Hempel og Mimi Syberg flyttede i marts 1898 fra Gelskov, da han ophørte med at være forpagter dér for i stedet at kaste sig over organisationsarbejde hvad angår mejeridrift.</t>
+  </si>
+  <si>
+    <t>Alheds far er ved at blive rask, og man har indkaldt gæster fra Ølstedgaard (Nete Amstrup) og Gelskov (Hempel Syberg). 
+Familien har været til middag på Gelskov, hvorfra familien skal flytte 8 dage senere.
+Alhed har drømt om Johannes Larsen om natten. Han var blevet kaptajn; hun faldt i vandet, og han hjalp hende ikke op.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xKVH</t>
+  </si>
+  <si>
+    <t>[Ved den trykte tegning øverst på brevpapiret er trykt]: Fader Berg i hornet stöter ...
+Erikshaab 7/3 -98
+Kære Las!
+I Mangel af andet Brevpapir skriver jeg paa dette Fine. Det passer jo for Resten godt til Dagen Du ved maaske at Far i enklere Kredse kaldes ”Fader Berg.” Ganske vist spiller han ikke op til Dans i dag, men han er dog oppe og har det nogenlunde. Han fik i Gaar Lyst til at se et Par Mennesker i dag, hvorfor vi har sendt Bud til Ølstedgaard og Gelskov, hvorfra der dog kun kommer Tutte og Hempel, Onkel Syberg er rejst til København et Ærinde. Far blev meget glad over Dit Brev. - - Jeg haaber næsten, jeg kan komme paa Lørdag, jeg skulde jo gærne være hos Dig en Søndag. Det er der ikke ret længe til, kun 4 Dage. Kan Du se, jeg straffede Dig ikke med ikke at skrive i Lørdags, Du skal ikke bryde Dig om for ikke at skrive, naar Du ikke er oplagt, det gør jeg ikke, og det kan jo ske, at man en Gang ikke gider. Jeg fik Dit Brev i Gaar, Christine kom med det ved Middagstid. Onkel Cerme fra Glorup kom med samme Tog, han vilde se Gelskov endnu en Gang. Vi var der til Middag sammen med Direktør Junckers fra Slagteriet ude i Odense. – Du kan tro, det er vemodigt at gaa i de gamle kendte Stuer og tænke paa, at om 8 Dage skal det altsammen flyttes ud og nye Folk rykke ind. – Sikken en Vinter vi har faaet, det ser nydeligt ud med lidt Sne. – Nu kom Dis og Nete kørende i Kane, Amstrups kunde ikke, de var lige bleven bedt ud. – Jeg faar vist ikke Tid at skrive ret længe, om lidt skal jeg ned at lave Chokolade; tak for Dit lange Brev i Dag, Du kan tro, jeg glæder mig til at se Dig paa Lørdag. Jeg synes, jeg maa helst tage med Dagvognen, jeg kan vist ikke sige helt bestemt i Forvejen, om jeg kan naa at komme af Sted. Vi skak have en Vadsk til Side først. – Jeg glæder mig ogsaa meget til at se Dit Billede igen. – Jeg har følt mig meget forurettet over at jeg slet ikke har drømt om Dig siden jeg saa Dig sidst, men endelig i Nat drømte jeg da om Dig. Jeg saa Dig sejle af Sted paa en Amerikadamper, som Du var bleven Kaptajn for, men jeg komk i en Fart i en lille Baad og sejlede efter Dig. Men saa fik jeg det mærkelige Indfald at ville kigge ind under Baaden for at se om der stod noget Mærke paa den (ligesom man ser det under en Kop eller Tallerken) og saa væltede den naturligvis, saa jeg faldt i Vandet. Jeg saa op paa Skibet, om Du ikke havde i Sinde at hjælpe mig men det havde Du ikke. Du stod og lænede Dig ud over Rælingen og smilede til mig og saa for Resten saa storartet smuk ud i noget hvidt Lærredstøj. Tilsidst lykkedes det mig at komme op i Skibet, og jeg drømte, at jeg blev saa forfærdelig glad og at jeg kyssede Dig. Det har jeg aldrig drømt før. - - Hør, det er vist noget rædsomt noget at fylde Brevet med en Drøm, det morer Dig vist ikke. – Men nu vil jeg slutte for denne Gang. 1000 Millioner Hilsner til Dig min allerkæreste Las fra Din
+Alhed.
+Mange Hilsner fra Dis.</t>
+  </si>
+  <si>
+    <t>1898-03-08</t>
+  </si>
+  <si>
+    <t>Højrup
+Sollerup
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hans Peter -
+Wilhelmine Berg
+Louise Brønsted
+Jørgen -, Erikshaab
+Vilhelm Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Maria von Sperling. g. Balslev
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>"der er kommen en lille Pige ude i Pensionatet": Wilhelmine Berg ejede et pensionat i Gothersgade, København, og hun var Alhed Larsens tante.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er begyndt at rulle cigaretter.
+Tanten Wilhelmine Berg har fået en datter. 
+Det er trist, at Johannes Larsen er forkølet. Bare han alligevel kan male. Han må ikke hente Alhed i Ullerslev lørdag. Hun vil tage dagvognen.
+Christine Warberg vil fotografere stuerne på Gelskov, inden familien flytter derfra.
+Hempel Syberg vil holde Alheds lillebror Frederiks (Dedes) konfirmation i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tm3D</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er egentlig kommen op for at gaa i seng, Kl. er lige ved 11, men her er saa varmt og rart, at jeg synes, det er Synd ikke at benytte det saa nu har jeg tændt mig en Cigaret, og saa skal det som sædvanlig gaa lidt ud over Dig. – Jeg har i Dag rullet mig en hel Del Cigaretter, jeg bad vores Pige, som rejste til Odense i Lørdags om at købe mig noget Tobak, og hun har købt noget rigtig godt, som hedder ”Golden Cupid”, jeg er bleven saa forfalden til at ryge i den senere Tid, og i Dag har jeg opdaget, at jeg egentlig har et stort Talent til at rulle selv. – Jeg er kommen i Tanker om, at det jo er Tjalfes Fødselsdag i Dag, maa jeg gratulere, skønt det jo kommer noget sent. – Jeg glæder mig meget til de Artikler, jeg kunde ikke tro, det var Redningshistorien, de sloges om, da jeg ikke kunde tænke mig, hvordan de havde faaet begyndt, men der har jo altsaa en Tredjemand givet Anledning til det. – Jeg glemte vist at fortælle Dig, at der er kommen en lille Pige ude i Pensionatet i Fredags, og baade hun og min Tante har det godt. Muk skrev det i Gaar, hun skrev at den var hel og velskabt – saa hun maa vel have tænkt sig den i Stumper og Stykker. – Jeg har egentlig ikke noget videre at fortælle Dig, jeg skrev jo til Dig i Eftermiddag, men jeg syntes alligevel, jeg havde Lyst i alt Fald at begynde paa et Brev. – Det er sandt, jeg maa jo rose Dig for Din udmærkede Sildesalat, for jeg tvivler nemlig ikke paa, at den var fortrinlig og langt bedre end Klaxes (det kan Du nok godt lide, jeg skriver!) – Du laver sikkert noget bedre Mad end han, for Du er en langt større Gourman! – (Er Du glad ved den Kompliment?) Du er nu madkær x)! – Nu vil jeg for Resten ikke skrive mere i Aften, men gaa i Seng, bare jeg nu kunde være heldig til at drømme i Nat igen, og bare Du saa kunde se ligesaa smuk ud som sidste Nat. - - Næste Dag. (Jeg drømte ikke om Dig i Nat) Tak for Dit Brev i Dag, hvor det er kedeligt, at Du er bleven forkølet, bare det maa gaa rigtig hurtigt over igen, det var vel denne pludselige Vinter, der gjorde det. – I Morgen haaber, jeg faar Brev om at det er bedre. Det er ogsaa kedeligt for Dit Billedes Skyld, hvis Du gaar og bliver for sløj til at male. Du maa paa ingen mulig Maade hente mig i Ullerslev paa Lørdag, det er dog en lang og kold Aftentur, og Dagvognen er jo et udmærket Befordringsmiddel, og jeg kommer jo omtrent paa samme Tid. – Dette Brev skal med Jørgen til Højrup, han skal ned til 5 Toget efter Christine. Hun kommer fra Sollerup og vil i Morgen tidlig prøve at fotografere et Par af Stuerne omme paa Gelskov. – Jeg skal hen at skrive til Frk. Sperlings Fødselsdag, nu kommer hun snart hjem fra Italien hun skal med til Dedes Konfirmation. Onkel Syberg har skreven derned og inviteret hende. Jeg har vist fortalt Dig, at Onkel Syberg vil gøre Dedes Konfirmation ude i Odense. – Jeg har ikke Tid at skrive mere, og i Morgen er det et stort Spørgsmaal om jeg faar Tid, - nej, det faar jeg sikkert ikke vi skal stryge hele dagen. Jeg var begyndt at blive bange for, at jeg ikke kunde komme paa Lørdag alligevel, Onkel Syberg forærede os nemlig en Gris i Gaar, og den maatte jeg jo hjælpe at slagte, men det bliver heldigvis paa Torsdag; jeg skal ogsaa tappe Ribsvin en af Dagene, saa jeg har meget travlt, kan Du nok tænke! Palam har jeg inviteret til det, men det bliver jo ikke saa festligt som i Fjor. Jørgen egner sig ikke saa godt som Hans Peter til den Slags. – Nu Farvel! og jeg tænker meget paa, hvordan Du har det, der er saa meget Influeza og Bronchitis for Tiden, men Du vil jo nok være færdig, ikke sandt? saa jeg kan træffe Dig frisk og rask paa Lørdag! 1000 kærlige Hilsner til min allerbedste Ven fra Din egen Alhed.
+Erikshaab – 8nde Marts 1898 - 
+x) Om Forladelse</t>
+  </si>
+  <si>
+    <t>1898-03-09</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Johanne Christine Larsen
+Otto Emil  Paludan
+- Petersen Gelskov
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvilket erhverv "Fors. Petersen" havde på Gelskov. Hempel Syberg med familie boede i 1898 på denne herregård.
+Banko er en punch.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg m.fl. har været på besøg hos Fors. Petersen på Gelskov og drukket Banko (punch). 
+Alhed kan ikke rejse til København, da hendes far er syg, men hun kommer til Kerteminde en af de nærmeste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ux5y</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Et lille Hastværksbrev skal Du alligevel have, jeg har stjaalen mig bort fra Strygningen et Øjeblik. – Jeg kom uventet til et lille Sold i Aftes, Christine kom jo nemlig, og saa kom hun i Tanker om at hun skyldte Fors. Petersen paa Gelskov en Flaske Banko fra for 5 [tallet overstreget] 7 Aar siden, og at den maatte betales nu, hvis den overhovedet skulde betales. Vi fik sendt Bud efter en Fl. Banko og Kl. 9 ½ gik Christine, Tutte, Palam og jeg derom og sad saa ovre i Petersens Stue og soldede til Kl. 11; det var ellers noget rædsom Banko vi dømte det alle til at være simpel Punselsextrakt. – Det var ellers helt morsomt, - Senere paa Dagen: Mor og jeg har i Formiddag talt om, at jeg ikke kan rejse fra hende til København, da Far ikke er helt rask endnu og der bliver saa meget her i næste Uge. Elle har slaaet sig til Ro i København, vi ventede kun hun blev der 8 Dage, hun havde sagt, hun vilde være hjemme til Fars Fødselsdag. – Men saa er der Kerteminde! Mor synes ikke jeg skal narre Dig igen og her er ikke saa meget at gøre i de Dage. Skulde jeg komme fra Lørdag til Tirsdag?? – Du kan skrive, hvordan Du og Dit Billede har det, om Du synes jeg skal komme. – I Hast er dette skreven, 1000 kærlige Hilsner fra Din A.
+9ende Marts</t>
+  </si>
+  <si>
+    <t>1898-03-15</t>
+  </si>
+  <si>
+    <t>Tanus -
+Louise Brønsted
+Pauline Hirschsprung
+Alhed Larsen
+Harris Sawyer
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
+Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
+Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
+  </si>
+  <si>
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
+Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
+Hun beder om rapport om faderens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eArm</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg.
+Erikshaab
+pr. Højrup St.
+[Håndskrevet i brevet:]
+Tirsdag 15/3 98
+Privat
+[Skrevet på tværs under datoen:]
+Hilsen til Frk. J.
+Kære Mor!
+Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
+Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
+Du skulde vel ikke kunde finde på èn el. anden Udvej,
+Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
+Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
+Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
+Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
+Vi længes så meget efter at høre om Far. Det foruroliger os så meget, at Dr. ikke mener han bliver rask til d. 3dje. Er det ikke Bronchitis? Vil du ikke nok skrive lidt udførligt om det! Jeg gik i Aftes ned i Pensionatet og tilbragte Aftenen meget hyggeligt med Junge og Lugge. Ta'nus har det udmærket.
+Så hører jeg din Mening snarest. Hilsen, særlig til Far - Pelle</t>
+  </si>
+  <si>
+    <t>1898-03-16</t>
+  </si>
+  <si>
+    <t>Gelskov
+Platanvej, København</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Christian Kampmann
+Johanne Kampmann
+Vilhelm Larsen
+- Petersen Bøgebjerg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed vil købe noget på auktionen: der er formodentlig blevet holdt auktion over nogle af Hempel Syberg-parrets ejendele, da de flyttede fra en herregård til en formodentlig mindre bolig i Odense.
+Banko er en svensk punch, altså en drik.</t>
+  </si>
+  <si>
+    <t>Alhed vil gerne have, at Johannes Larsen kommer til Erikshaab.
+Hempel Syberg flytter nu fra Gelskov. De nye ejere har inviteret til at se, hvordan de indretter sig, men Alhed har ikke lyst til at se det.
+Hempel Syberg har købt et klapbord og en sofa til hende til værelset.
+Fra lørdag er Alhed Larsens adresse hos grosserer Kampmann på Platanvej, Frederiksberg/Vesterbro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uDcP</t>
+  </si>
+  <si>
+    <t>16de Marts – 98
+Kære lille Las!
+Jeg rejser ikke til København før hen i næste Uge, der er kommen Brev at alle bliver væk. – Kunde Du ikke komme paa Søndag herned?? – Saa er Du den allerbedste. Du har ikke været her siden Jul, jeg længes efter Dig og Dit! Billedet rejser jo alligevel paa Lørdag. Kom. Din A.
+I Hast, men saa kommer Du Søndag, Mandag og mulig Torsdag, saa er Du sød. 
+Kære Las!
+Det var rigtignok godt, at Du ikke kunde gaa i Seng uden at skrive til mig, ellers havde jeg jo ikke faaet Brev fra Dig i Dag, og jeg blev saa forfærdelig glad ved det! 1000 Tak! – Jeg længes allerede efter Dig, ja jeg kan egentlig ikke sige allerede, for det gjorde jeg ogsaa i Gaar, jeg savner Dig altid meget, naar jeg lige har været sammen med Dig. Vi er rigtignok gode Venner. – Det var flinkt at Du ikke var søvnig i Gaar! Men maa jeg ikke tillade mig at gøre et Spørgsmaal! Hvorfor snorker Du, naar Du ikke sover? Du siger, at Du ikke snorker, naar Du sover, men hvorfor snorker Du da naar Du er vaagen? Det vilde jeg meget gærne have at vide. – Nu er der vist temmelig længe til vi ses, jeg rejser til København paa Fredag Eftermiddag, saa kan jeg være der akkurat 14 Dage til Lørdag d. 2den April og naar jeg saa kommer hjem, er det, at Du kommer og bliver en lang Tid hos mig! Vi ses jo ogsaa i København, det bliver om knap 14 Dage, men det forekommer mig, som der er saa forfærdelig længe til. – Næste Dag. Det er et modbydeligt Regnvejr i Dag, og jeg faar vist ikke Tid at skrive ret langt, jeg skal i Køkkenet og have travlt. Jeg har ellers været oppe i god Tid i Dag, Kl. er kun godt 8, og jeg har allerede drukken Kaffe og skreven til Fru Kampmann. Onkel Syberg rejser fra Gelskov i Eftermiddag, han spiser til Middag hernede i Dag, inden han rejser. Tutte rejste i Gaar. – De fremmede gaar og spørger, om vi ikke vil over at se, hvordan de hade indrettet det, men jeg kan næsten ikke tænke mig at gaa derover. – Den Aften, vi drak Banko omme hos Petersens, blev jeg opmærksom paa en ”gammel” Sofa og dito Klapbord, som jeg roste og jeg sagde for Løjer til Tutte, at det ville jeg købe paa Auktionen. Nu har Onkel Syberg foræret mig dem, og da han saa hvor glad jeg blev, gav han mig en Sofa til. – Jeg er spændt paa at se, hvordan det ser ud ved Dagens Lys, om de mulig kunne repareres. De to Dele kan jeg først faa til Maj, men den ene Sofa haaber jeg strax at kunne faa herop paa mit Værelse. - - Det er et vældig drøjt Stykke Papir at skrive paa, jeg synes ikke, jeg kommer nogen Vegne. Og fylde det med Hilsner kan jeg ikke, Du skal selvfølgelig ikke hilse Klax, naar han fniser, fordi Du skriver til mig. Det var netop udmærket gjort af Dig, og han skulde hellere have set anerkendende paa Dig, det vilde jeg have gjort. – Nu faar Du ikke mere, men lad mig se, Du skriver til mig snart igen. Endnu paa Fredag modtager jeg Brev her, men saa paa Lørdag er min Adresse Grosserer Kampmann, Platanvej 14, - V. - - Farvel, min egen, kære Las, jeg holder forfærdelig meget af Dig. 1000 kærlige Hilsner fra din egen Alhed</t>
+  </si>
+  <si>
+    <t>1898-04-01</t>
+  </si>
+  <si>
+    <t>Storebælt</t>
+  </si>
+  <si>
+    <t>Hedevig Lützhøft
+Nicolaus Lützhøft
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at hun skulle rejse fra Johannes Larsen, for han så trist ud, da de skiltes. Har hun været væmmelig imod ham? Hun skriver brev i styrmandens kahyt på Storerbæltsfærgen og håber, at Larsen gik til fx Lützhøfts, da de skiltes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rUT5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret på brevets side 2:]
+STATSBANEDRIFTEN
+STOREBELTSOVERFARTEN
+Føreren af Dampskibet ”Mjølner”
+Den 189
+[Håndskrevet, på hovedet over overskriften]
+Jeg tager hjem til Erikshaab i Morgen
+[Håndskrevet, ikke på hovedet]
+Kæreste lille go’e Las!
+Du kan rigtignok tro, jeg var forfærdelig ked af at skulle rejse fra Dig uden at have faaet talt med Dig, hvor kunde jeg dog ogsaa misforstaa Dig saadan, at jeg trode, Du vilde skrive et Brev; jeg skulde have med. – Jeg har tænkt paa Dig paa hele Rejsen, og Dit Ansigt staar hele Tiden for mig saadan som Du saa ud, da Du stod udenfor Kupéen. Du saa saa ked af det ud, og havde det ikke været for den Konfirmations Skyld, var jeg staaet ud af Toget og var bleven hos Dig! – Men hvorfor var Du egentlig saa ked af det? – Vi ses jo snart, ikke sandt; og saa kunne vi jo tale om det. Jeg er bange, at Du mest af det [de to ord overstreget] var ked af det, fordi jeg slet ikke har været god ved Dig derinde, Du kan ogsaa tro, jeg er vred paa mig selv over at jeg kan være saadan. – Men naar vi nu ses igen, tror jeg nok, jeg bliver ganske forfærdelig god ved Dig, jeg synes da, at jeg længes efter Dig mere end nogensinde, og Du maa endelig komme snart. Jeg haaber, at jeg faar Brev fra Dig i Morgen, men jeg er bange, det først bliver i Overmorgen. – Jeg gad vide, hvor Du gik hen, da jeg var rejst fra Dig, jeg haaber, Du gik op hos Lützhøfts og i de andres Selskab glemte Din stygge væmmelige Kæreste. – Det er jo et nydeligt Vejr i Dag. Vi ere paa Færgen nu og jeg sidder og skriver i Styrmandens Kahyt; Elle og jeg gik rundt og ledte efter Skrivemateriale. Saa mødte vi Styrmanden med en Blyant i Haanden, vi spurgte om vi maatte laane den, ”ja det ved Gud, De maa” sagde han, men da han hørte, at vi heller ikke havde Papir, sagde han, at hvis vi vilde følge med ham, skulde vi ”ordne det paa en helt anden Maade”. – Og nu sidde vi rigtig rart her i hans Kahyt. – Hvornaar tror Du, Du kommer? Hvordan mon jeg skal faa Has paa de Dage, til jeg ser Dig igen! Pas faar [ordet overstreget] for Himlens Skyld paa ”den elektriske” og alle andre frygtelige Mordredskaber derinde. Hav det godt paa alle Maader og glæd Dig lidt ved Tanken om, at jeg tænker saa uendelig kærligt paa Dig min egen Elskede! Nu Farvel, jeg synes næsten ikke, jeg kan slutte, det er ligesom, der er saa meget endnu, jeg skulde sige til Dig! – Elle hilser. Jeg fik ikke rigtig sagt Farvel til Dig, men Du kan stole paa jeg skal sige Goddag, naar vi ses. Din Alhed – hils dem alle sammen
+Sig mig, om Du holder noget af mig eller om Du er bleven altfor vred. – Jeg elsker Dig.</t>
+  </si>
+  <si>
+    <t>1898-04-02</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen
+Otto Emil  Paludan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Fra andre breve vides det, at den tidligere forpagter til Gelskov, Hempel Syberg, flyttede ca. 15. marts.</t>
+  </si>
+  <si>
+    <t>Alhed har fortalt Jørgen Paludan (Palam), at Johannes Larsen er svag og nervøs, bl.a. fordi han hylede op, da hun strøg ham over kinden. 
+Alheds far har det meget bedre. Hun har mødt den nye forpagter til Gelskov. Han skal bo hos Alheds familie i tre dage, mens han får noget ordnet på Gelskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QgX2</t>
+  </si>
+  <si>
+    <t>Kære Las!
+1000 Tak for sidst! Du er den aller allerbedste! men jeg faar vist ikke Brev fra Dig i Dag fordi Klax og Agraren drillede Dig. Eller mulig var Du for sløj til at skrive. Jeg beklagede mig i Aftes for Palam og [ordet overstreget] over at Du er saadan en svagelig én, der ingenting kan taale, jeg gav ham nogle Beviser paa, hvor Nervøs Du er for Øjeblikket og det gjorde et dybt Indtryk paa ham, navnlig at Du fløj op og hylede, da jeg i Forgaars Aftes sad og rørte ved Din Kind! Kan Du huske det? Palam siger, at det er fordi Du ikke rører Dig nok, og han har i Sinde at holde en forfærdelig Tale for Dig, naar han ser Dig! - - Han var saa oprørt og indigneret, at jeg selv blev ganske forskrækket og [ordet overstreget] han fortalte om en Fætter, han har, der i [bogstavet overstreget] er meget [ordet overstreget] ung endnu, men fuldstændig ødelagt af Podagra. – Naa, nu vil jeg forlade dette pinlige Emne, i Dag haaber jeg, Du er kvik og udsovet, og kan male godt, men det er jo Solskin, saa kan Du jo ikke. – Men for hvem der ikke skal male er det et aldeles bedaarende Vejr. – Far fandt jeg meget bedre, Lørdag og Søndag var det gaaet betydelig frem. Vi var ellers begyndt at blive noget ængstelige og han selv ikke mindre [ordet overstreget] mindst, han var bange for Tæring næste Mor. – Vi har fremmede. I Faaborgtoget kørte jeg i Gaar sammen med en Herre og to Damer, som spurgte, om jeg ikke var en Frk. Warberg. Det var den ny Forpagter paa Gelskov og hans Søster og Svigerinde, de skulde til Erikshaab sagde de; de skal være her i 3 Dage for at ordne omme paa Gelskov. Forpagteren skal giftes paa fredag. Jeg synes godt om dem. Han bliver vist nem at komme ud af det med, jeg har allerede sikret mig, at vi maa gaa paa J [bogstavet overstreget] Markerne. – Jeg har [resten af teksten skrevet over ”Kære Las!”] jo lidt travlt, da vi har disse fremmede saa jeg har ikke Tid til at skrive mere. – Hils Klax. 1000 kærlige Hilsner til Dig selv, jeg holder forfærdelig meget af Dig. Din Alhed Tirsdag d.</t>
+  </si>
+  <si>
+    <t>1898-04-03</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Wilhelm Hansen
+Ellen Johansen
+Peder Severin Krøyer
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Andreas Warberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"Rhea" er et af Johannes Larsens forældres fragtskibe. Det er gået på grund. Forældrene er i store, økonomiske vanskeligheder og har i den sidste tid solgt et andet skib samt en af deres skovgårde i Sverige. 
+Dede (Alheds lillebror) blev konfirmeret på denne dag.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til frokost hos Wilhelm Hansen sammen med Anna og Fritz Syberg, Peter Hansen, Viggo Johansens kone m.fl. Bagefter var Peter Hansen, fru Neckelmann og han på Charlottenborg.
+Karl Schou har fået brev fra Zahrtmann med tak for fødselsdagshilsen.
+Johannes Larsen er meget bekymret for sine forældre, fordi deres skib Rhea står på grund, og de er i svære økonomiske problemer. Han vil hjælpe dem med de penge, som han har fået ind for salget af et billede. Larsen har ikke kunnet fortælle Alhed om dette, mens hun var i København, fordi han var meget berørt af sagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E70E</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Søndag 3 April 1898.
+Min egen Kæreste!
+Her sidder jeg nu og skriver mens Schous sidder og spiser inde i den anden Stue, men jeg maa vel hellere begynde med i Morges. Da Du var rejst gik jeg med Johanne og Pang hen paa en Beværtning og drak en Bayer, mens de andre fik Kaffe og derefter fulgtes vi ad hen ad Boulevarden og jeg gik saa op til Lützhøffts og fulgtes med Hønset og Baronen ud til Wilhelm Hansen, hvor vi traf Peter og senere kom Fru Johansen og Ellen. Vi fik en meget fin Frokost. Høns i champignons og koldt Bord og 6 Slags udmærket Vin, først Rødvin, saa [noget af papiret mangler]nel Steinwein fra 60er[noget af papiret mangler] der lugtede [noget af papiret mangler] henrivende, saa en lig[e saa] gammel [noget af papiret mangler]a udmærket, Bourgogne gammel Madeira og Champagne og bagefter Kaffe og Likører og Cognak og Cigarer. Paa Tirsdag skal vi ud til Fru Johansen og spise Frokost. Da vi gik var jeg med Peter henne efter fru Neckelmann og saa paa Charlottenborg hvor Peter og jeg, Fru N gik tidligere, gik alle Billederne igennem efter Katalogen, d.v.s. vi blev smidt ud inden vi var færdige hvad der vist var heldigt da jeg allerede var begyndt at faa Hovedpine. Der var et Billede af Krøyer, et Portræt af en lille Pige med en Dukke, som jeg syntes var kønt, jeg ved ikke om Du kan huske det det hænger i den sidste af Midtersalene, men ellers synes jeg ikke jeg opdagede noget videre af Betydning. Derfra gik jeg med Peter hen og spiste til Middag i Theater-Kaféen for en Krone og kørte saa i Omnibus Peter til Halmtorvet han er i Dagmartheatret til ”Brand” og jeg herud. Schou har faaet et Brev fra Zahrtmann, hvori han takker os for Blomsterne og Besøget, han kendte ikke vi andres Adr. men nævnede os alle sammen og var meget glad over at vi havde husket ham paa Fødselsdagen, det gør godt naar man er 55 Aar at blive husket af de unge skriver han. Det forstyrrer mig at Schou og Marie sidder og læser op af Charlottenborg Katalogen og stadig [vil have] at vide hvordan Billederne ser ud [noget af papiret mangler]g maa nok hellere vente til i Morgen, Du faar jo alligevel ikke Brevet før Du kommer til Erikshaab. God Nat.
+Næste Dag – Tusind tak for Dit Brev. Du kan tro jeg blev glad ved at faa det jeg havde ikke ventet at Du vilde skrive før Du kom hjem. Det var nu slet ikke fordi Du ikke havde været god ved mig at jeg var ked af det, Du har været god nok og jeg elsker Dig, men jeg var ked af det fordi jeg ikke fik talt ordentlig med Dig, og jeg kunde jo godt have gjort det før i Stedet for at opsætte det til sidste Dag, men jeg havde gjort Regning paa at komme til at tale med Dig naar jeg fulgte Dig paa Banen, det var altsaa min egen Skyld. Det jeg vilde have talt med Dig om, var det Du sagde forleden om at Du vilde have de Penge jeg fik for Billedet og at Du ikke vilde have giftet Dig med mig hvis Du ikke fik Pengene, og det blev jeg saa bedrøvet over, fordi (nu skal jeg med Schous i Zoologisk Have) (Nu er jeg her igen det er en kedelig Masse Afbrydelser og det bliver vist et frygteligt Sludrebrev) jeg tænker mig at Fader rimeligvis vil faa ondt ved at skaffe ”Rhea” af Grunden, og jeg holder saa meget af Fader at jeg vilde anse mig for en Slubbert hvis vi havde Penge liggende eller i Sparekassen naar han manglede og maaske blev nødt til at lade Skibet ligge dernede. Det er jo saadan, at vi siden Mohr &amp;amp; Kjærs fallit i [noget af papiret mangler] haft store Vanskeligheder at kæmpe [med] for at betale enhver sit samtidig [med at] Forretningen er bleven mindre og mindre fordi Fader ikke har haft tilstrækkelig Driftskapital og ikke vilde have fremmed Hjælp. Der var vist henved 30 Handelshuse som stod i Forbindelse med Mohr &amp;amp; Kjær og som enten gik fallit samtidig eller gik paa Akkord, med Undtagelse af Fader og en til, derfor beundrer jeg ham og han har aldrig nægtet mig Penge naar han har haft nogle. Du kan tro han har haft mange Ydmygelser i de Aar og Du kan vel forstaa at jeg vil nødig gøre ham ondt, men alt det kunde jeg naturligvis meget bedre fortælle Dig mundtlig især da jeg næsten ikke kan faa Lov til at skrive i Fred, saa det bliver vist et Vrøvlebrev, men jeg vil lade være at læse det igennem. Jeg holder forfærdelig meget af Dig og jeg synes ikke her er videre rart at være siden Du rejste. Det vilde vist ellers være fornuftigt af mig hvis jeg blev i nogle Dage og gik ud og tegnede i Zoologisk Have, men jeg ved ikke om jeg gør det. Der var saa mange nydelige Ænder derude. Det var sært nok at jeg ikke kunde sige det til Dig i Gaar Morges, jeg ved ikke hvad der gik af mig, men jeg kunde ikke uden at jeg var kommen til at græde og jeg kunde da ikke gaa og skabe mig saadan i mellem alle de Mennesker for det var galt nok endda [noget af papiret mangler] Kone jeg købte Violerne af hun [noget af papiret mangler]er saa optaget af at fri til Dig at [noget af papiret mangler] have stukket af med Kronen uden at give tilbage, ”De rendte jo Deres Vej”, sagde hun og grinede fedtet, da hun gav mig 50 Øre igen. Ja nu bliver der jo ikke stort mere til Dig i Dag og Gud om Du faar Brev i Morgen, for jeg synes det er saa svært at komme til at skrive herovre, jeg har ikke en Gang skreven hjem siden vi skrev inde paa Posthuset den Dag, men jeg tror jeg skal skrive et lille Brev nu. Mange Tusind af de allerkærligste Hilsner. Jeg elsker Dig. Din hengivne
+Johannes Larsen. 
+Du har vel husket at hilse fra mig og ønske Dede til Lykke. Kan Du nu skrive til mig hver Dag jeg skal nok skrive naar jeg rejser herfra. Jeg elsker Dig.</t>
+  </si>
+  <si>
+    <t>1898-04-10</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Hans Rasmussen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor stadig hos forældrene på gården Erikshaab. Johannes Larsen er i København</t>
+  </si>
+  <si>
+    <t>Alhed og hendes mor har været til stor middag hos Hans Rasmussen. Nogle meget larmende unger var til stede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TTtD</t>
+  </si>
+  <si>
+    <t>Min egen, kære Ven!
+Jeg slap i Gaar lige da vi skulde køre over til Hans Rasmussens. Du kan tro vi blev beværtede i de tre Timer, vi var der. Først Kaffe med Tilbehør, saa Suppe (2 Terrinefulde – der var kun Mor og mig) Kalvesteg og Flæskesteg, og to enorme Kager, Lagkage og Butterdeigskage, Rødvin, og inden vi kørte igen Kaffe med alt muligt. Naar dertil kommer, at vi kørte lige efter Middag herfra og var hjemme igen ved Thetid, maa det vist siges, at vi har gjort en god Dags Arbejde. – Den gamle Kone, hvis Mand døde, er en storartet gammel en, det var længe siden, jeg havde set hende, saa jeg havde næsten glemt, hvor brillant hun t [bogstavet overstreget] er. Derimod var der 5 smaa Unger, c. ens gamle, som jeg ønskede ad Hækkenfeldt til, de gjorde en rasende Bulder, saa man knap kunde høre Ørenlyd, navnlig var der en dreng med Vandstøvler paa, der var utaalelig, han trampede og hylede og knaldede med Dørene, saa det var en Gru, og Forældrene rettede ham ikke men sagde halvt undskyldende og halvt beundrende, at han var jo en Dreng, saa han var mere forvoven end Pigerne. Jeg sad med den inderligste Lyst til at klø noget af den Mandighed ud af ham. – Men dette morer Dig maaske ikke, lille Frajser, saa vil jeg gaa over til noget andet og fortælle Dig, at jeg holder saa umaadelig meget af Dig. Det var frygtelig svært at sige Farvel til Dig denne Gang, Du ved ikke hvor jeg var ulykkelig hele den sidste Formiddag ved Tanken om at jeg skulde skilles fra Dig for saa lang en Tid. Nu kommer Posten, jeg har et lille Haab om Brev fra Dig. Hav det godt, min egen Dreng. 1000 Hilsner af de allerallerkærligste fra Din Alhed.
+10ende April.
+Hils Eckardts og alle andre.</t>
+  </si>
+  <si>
+    <t>1898-04-12</t>
+  </si>
+  <si>
+    <t>- Marker
+Ellen  Sawyer
+Harris Sawyer
+Karl Schou
+Joakim  Skovgaard
+Anna Syberg
+Fritz Syberg
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab og er højgravid med sit første barn. 
+Hvad siger Ladersen? Sætningen bliver ofte brugt i brevene fra perioden, og det er ikke klart, hvad vittigheden går ud på - formodentlig er der tale om et citat fra en eller anden, der har troet, at Johannes Larsen hed Ladersen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsens far beder hende hilse og spørge: "Hvad siger Ladersen?" 
+Johannes Larsen skal spørge en skyttefamilie, om hun og han kan bo hos dem en måned denne sommer, for Kunstneren (Fritz Syberg) orker næppe at have dem boende efter "en sommer med Schou". 
+Alhed har svært ved at overtale sig selv til at gå tur. Hun og familien spiller kort hver aften. Alhed beder Johannes Larsen huske sine ærinder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bDoX</t>
+  </si>
+  <si>
+    <t>Kære lille Frajser.
+Far sidder her og spørger, hvem jeg skal skrive til, og da jeg meddeler ham det, siger han at jeg da endelig ikke maa forsømme at spørge: hvad siger Ladersen? samt at jeg skal spørge Dig, om Du jævnlig faar et lille Dampbad derinde. 1000 Tak for Dine Breve! Du er rigtignok flink til at skrive til mig! Det morer Dig vist rigtig godt, det var morsomt, at Du kom der sammen med Kunstnerens; hils dem mange Gange fra mig, ligeledes alle de andre derinde. Det er morsomt med den Akvarel, det ser jo næsten ud, som vi skulde faa lidt at leve for i Sommer. Husk nu endelig at bede K. forhøre den Skyttefamilie, om de ville have os en Maanedstid i Sommer. Der er vel ikke tale om, at Kunstnerens selv vilde have os paa samme Maade som de havde Skovs i Fjor, jeg antager nemlig, at Baronen ikke indlader sig paa endnu en Sommer med Schou. – Du er vel ellers snart ved at rejse hjem igen. Jeg er ikke ret flink til at spadsere siden Du rejste, der skal jo lidt Overvindelse til for mig for Øjeblikket, saa naar Vejret ikke er særlig indbydende er jeg slem til at blive inde. I Forgaars var jeg op igennem Skoven og omme at plukke Violer, i Gaar kun i Haven, der var nemlig saa oversvømmet om ad Brinken til, hvor jeg ellers vilde have været. I Gaar havde jeg et langt Brev fra Elle og et lille dansk fra Eastmann mange Hilsner til Dig fra dem begge. – Vi spille l’Hombre hver Aften, i Aftes tabte Far hele Tiden, men det er morsommere, naar vi andre tabe, Far er saa barnagtig, at han sidder og bliver gnaven, naar han sætter Bêter. – Nu faar Du ikke mere, mine [e’et overstreget] Dreng, dette skal med til Højrup om lidt Far og Mor skal til Odense. – Du glemmer vel ikke Dine Ærinder? [Tekst indsat over ”Kære lille Frajser” på side 1, lodret] Assuransen. Marker (bede ham hurtigst muligt sende Mors Sko) og saa hvis Du skulde se en rigtig køn lille Vogn. Skovgaard behøver jeg vist ikke at huske Dig paa. Hav det godt jeg holder uendelig meget af Dig og længes efter Dig, min egen Ven! 1000 Millioner Hilsner fra Din A.
+12te April –</t>
+  </si>
+  <si>
+    <t>1898-04-28</t>
+  </si>
+  <si>
+    <t>Sallinge 
+Arreskov</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Olaf Brahm
+Niels Elgaard Amstrup
+Vilhelm Kyhn
+Adolph Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Vilhelmine  Larsen
+Otto Emil  Paludan
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>De forlorne tænder, som Dis har fået, er formodentlig forsynet med en ganeplade af hhv. kobber og sølv. Det er tænkeligt, at giveren var Olaf Brahm, som var tandlæge. 
+"Plagiere Hønset": Anna Syberg (Hønset) var blomstermaler. 
+Johanne Warberg, søster til Alhed Larsen (f. Warberg), var 1894-1898 forlovet med Thorvald Balslev. Det er formodentlig p.gr.a. bruddet med ham, at hun er ked af det.</t>
+  </si>
+  <si>
+    <t>Ingeborg Astrid Warberg har haft fødselsdag og bl.a. fået forlorne tænder i gave.
+Onkel Amst = Niels Elgaard Amstrup fejrede Dis med et bæger på Sallinge Kro, og han har nok fået skældud af konen, Louise Amstrup.
+Alhed maler et billede af tre hyacinter i haven. Det er meget svært.
+Alheds søster, Johanne, er ked af det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1nbP</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Godmorgen! Jeg er saa tidlig oppe i disse Dage, nemlig Kl. 7 ½. Ja, det forslaar jo rigtignok ikke noget imod Dig der skal op Kl. 5, men lad os nu først se, om Du kommer det. 1000 Tak for Dit Brev i Gaar, Dis havde ikke faaet Dit Brev paa sin Fødselsdag, hun kom uventet herover om Eftermiddagen, smilende og straalende som altid. Hun havde faaet 10 Breve og nogle Gaver, bl.a. forlorne Tænder af Olaf, en Dagligtand med Kobberplade og en Stadstand med Sølvplade, værdi nogle og 40tyve Kr. Dis mangler nemlig en Tand! - - Onkel Amst kom her til The, men de havde faaet Paalæg om at komme tidlig hjem; de gik ogsaa herfra i ordentlig Tid, og Palam fulgte dem, men saa havde de Frækhed nok til at gaa ind i Sallinge Kro for at fejre Dis med et lille Bæger, saa det blev meget sent. Onkel Amst har vist faaet sig en ordentlig Omgang. Himlen befri Dig for nogensinde at faa saadan en Kælling; men det kan godt være, Du faar det. – Naa, for at tale om noget andet, saa er det en aldeles nydelig Morgen, Solen skinner saa dejlig, og det er jeg forfærdelig glad ved, da jeg i Gaar begyndte at x [indsat i margen] for at plagiere Hønset [indsættelse slut] male et Solskinsbillede, nemlig 3 Hyacinther, en rød, en blaa og en hvid. Det er forfærdelig morsomt at male igen, og det er et smukt Motiv, men meget svært. Især Jordens Farve kan jeg slet ikke finde ud af. Kan Du ikke sige mig, hvad Kulører jeg skal bruge til Jord med Solskin paa, set nær ved. Du synes naturligvis, det er et fjollet Spørgsmaal, men jeg er sikker paa, at hvis man spurgte gamle Kyhn om det, kunde han godt sige det. Forholdene ude i det Blomsterbed ere ogsaa meget vanskelige. Jeg maa sidde i en meget trættende Stilling helt nede ved Jorden og have Lærredet liggende fladt ud og saa skinner Solen mig lige i Øjnene og paa Lærredet. Men det allerværste er, hvis denne Blæst lægger sig med Regn, inden jeg bliver færdig med Billedet, jeg begyndte i Gaar og jeg maa have mindst 3 Dage til. – Jeg sidder paa Kontoret og skriver da jeg er husvild, alting er nemlig flyttet ud af mit Værelse og vi vente Maleren i Dag. – Tænk, vi skal til Middag paa Arreskov i Dag, jeg har aldrig været saa gal over nogen Invitation, tror jeg, min allerbedste Malertid gaar. Johanne er ogsaa frygtelig ked af det. – Hun er stadig ligesaa nedtrykt som i Søndags, det lille Skind. – Hun har flere Gange talt med mig om det i disse Dage, og det er jeg glad ved, da det dog maa lette hende lidt. – Men jeg er saa frygtelig bange for at raade eller paavirke hende i nogen Retning, det tør man ikke, vel? Bare Du var her, jeg har sagt hende, at jeg har fortalt Dig det, og hun sagde, at det var hun slet ikke ked af, da hun har kommet til at holde forfærdelig meget af Dig og havde saadan en Tillid til Dig. - - Nu maa jeg slutte og ned og se, om Solen er kommen om til Hyacintherne, jeg ser til min Sorg, at der er kommen en masse graa Skyer paa Himlen, saa jeg er bange, Solen gaar bort til Middag. – Du kan tro, jeg glæder mig til paa Søndag 8 Dage, saa kommer min egen, søde Ven! Farvel for denne Gang 1000 Hilsner fra Din Alhed.
+Erikshaab 28 – 4 – 98. – 
+Har Din Mor saa taget pletter af Dit Tøj? Kan du hilse Dine Forældre og Agraren mange Gange.</t>
+  </si>
+  <si>
+    <t>1898-04-30</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alheds familie undrer sig over, at Johannes Larsen og familie går i vandet.
+Johannes Larsen skriver, at Alhed ikke skal lægge sit lærred på jorden, men klodse det op med pinde.
+Christine Warberg (Alheds søster) kommer ikke til Kerteminde for at fotografere hunden Tjalfe. I stedet kan Johannes Larsen måske tage Tjalfe med til Erikshaab.
+Johannes Larsen maler på guldregnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/71sw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 April [noget af papiret mangler]
+Min egen Kæreste!
+Jo jeg er rask, men det er en nederdrægtig Kulde, i dag er det værre end i Gaar, d.v.s. det blæser meget mere. Min Byld er bleven mindre, men den er der endnu og jeg har endnu Plaster paa, men Plastret er ogsaa mindre. Jeg kan ikke forstaa at I ere blevne f[orun]drede over at vi gaar i Van[det]. Du vasker Dig jo ogsaa om [Mor]genen og det er da [bil]ligere at gøre det i fri L[uft] naar Solen skinner, og behageligere at dukke sig i Saltvand end at pøse sig over [med] ferskt, men Du kan være ganske rolig, saa længe Vejret er som nu gaar jeg ikke ud, det kunde aldrig falde mig ind at klæde mig af naar jeg fryser. Jeg glemte i Gaar at skrive at jeg ikke kunde forstaa hvorfor Du lægger Dit Billede paa Jorden, Du kan jo sætte et Par Pinde i og stille det op ad. Jeg har ogsaa glemt at for[tælle] Dig at jeg har glemt at [noget af papiret mangler] det Aparat til at ren[noget af papiret mangler]mme med, som Du for[noget af papiret mangler] mig, med, men det [kan] jeg jo faa paa Søndag, i Morgen 8 Dage naar jeg kommer, ja jeg kommer vel for Resten om Lørdagen. Det er sandt, Christine [tele]fonerede til Moder i dag, at hun syntes det var for daarligt Vejr til at tage her i Morgen, det synes jeg ogsaa, men saa foreslog hun at hun kunde komme en Gang i Ugen eller at jeg kunde tage Tjalfe med ned til Jer paa hendes Fødselsdag og saa kunde hun fotografere ham der. Det var jo en meget god Ordning hvis det kunde g[aa] an. Vil Du spørge Din [Fa]der om han synes om [noget af papiret mangler]. Klaks kan jeg ikke hil[se fra] Dig, da han som Du se[r paa] mit Brev i Gaar, er rejst og nu er han kommen i Soldatertøjet. I Dag har jeg [ikke] bestilt andet end male paa Guldregnen, og saa har jeg været en Gang i Marken for at hente Fader hjem, han har travlt med at saa, og 2 Gange har jeg været med ham ude paa Feden. Den Lejlighed jeg talte om er bleven gjort færdig og lejet ud i Maanedsvis, der er en temmelig stor Stue og Sovekammer og Køkken. Nu faar Du [ikke] mere denne Gang. [Jeg] haaber at Du næste [Gang] jeg faar Brev er kom[met] i Tanker om alt det Du vilde skrive til mig, men som Du ikke kunde komme paa i Gaar. Mange kærlige Hilsner fra Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-01</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Dora -
+Berta Brandstrup
+Johanne Christine Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>1. maj og 1. november var skiftedag, hvor bl.a. tjenestefolk skiftede til nye pladser.
+Johanne Warbergs forlovelse med Thorvald Balslev var blevet brudt tidligere på året, hvilket slog hende ud. At hun nu er glad, handler muligvis om, at hun har indledt et forhold til Johannes Larsens bror, Adolph (Agraren), som hun senere blev gift med.
+Tjalfe var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må se at komme af med sin byld.
+Anna er rejst med gråd, og de to nye piger er kommet. Alhed skal hjælpe pigerne i gang.
+Alheds far, Paludan og søster Johanne har gjort nar af Alhed p.gr.a. breve fra Johannes Larsen. Johanne er i ualmindeligt godt humør efter i lang tid at have været trist. Det glæder Alhed, men hun får ikke at vide, hvad grunden er. 
+Johannes Larsen kan godt tage Tjalfe med, når han kommer om lørdagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y7KJ</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg er nok kommen galt efter det med mine Breve og jeg ser ikke hvordan jeg skal gøre det godt igen. Jeg kan nok afsende dette med Ilpost i Morgen, men jeg antager ikke, Du faar det i Morgen Aften alligevel, det maa vist have været ved et rent Tilfælde, at Du fik det i Aftes, f Ex. ved at I have haft Bud paa Posthuset. 1000 Tak for Dit Brev i Dag, det glæder mig, at Du har det godt, kan Du nu blive ved med det og saa ogsaa se at faa Din Byld til at gaa over, at Du kan se rigtig smuk ud paa Lørdag – men selv om Du har den endnu, er Du jo alligevel det smukkeste, jeg ved. – I Dag er det Søndag d. 1ste Maj. Det har været et yndigt mildt Foraarsvejr i Dag, men ikke rigtig Malervejr desværre og Jeg er bange, jeg ikke faar det Billede malet. D. 1ste Maj og dito i November plejer at være fæle Dage, men det har for Resten været en rigtig rar Dag i Dag Anna drog af under nogen Graad og fæle Taarer, saa hun var endnu mere ophovnet end sædvanlig. Men vi andre tog det jo med Sindsro. De to nye Piger er kommen og ser rigtig skikkelige ud. – Faderen har været i udmærket Humør hele Dagen trods alle sine Udbetalinger, saa hans Status maa vist staa nogenlunde for Øjeblikket. Baade Johanne og jeg tilbød at nøjes med mindre end vi plejer at faa, da vi syntes vi sad ganske godt i det for Øjeblikket, men han gav os det hele, samt en rigelig Sum til Elle, som hun vist bliver glædelig overrasket ved, naar hun kommer hjem fra Kjbh. i forandret Tilstand. – Over Middag gik Johanne til Højrup, men hun bestemte det saa pludselig, at jeg ikke kunde naa at skrive til Dig. Da hun kom hjem sad jeg ude ved Hyacintherne, men da jeg hørte et skingert ”hvad siger Ladersen”? henne fra Kontorgavlen, anede jeg Uraad og gik derhen, og der stod saa Far, Palam og Johanne og overrakte mig grinende Dit Brev. – Johanne maa vist selv have faaet et Brev dernede, som hun er bleven glad ved; hun har været i saadan et udmærket Humør lige siden hun kom hjem. Jeg hørte hende gaa og synge oppe paa sit Værelse, hvad der ellers har været uhørt i al denne Tid. Og hun kom herind i Eftermiddag for at spørge, om vi ikke skulde have en lille hyggelig Cigaret. Jeg trode strax, det var for at fortælle mig noget om det, men hun sagde ingenting, men passiarede for Resten rigtig fornøjet. I Aften bad hun mig om at synge, hvad jeg ogsaa gjorde og senere spillede vi L’hombre med Far og Palam. Det var tydelig, at det morede hende og at hun befandt sig vel. Du kan tro, det er dejligt at se hende lidt glad igen, hvad der saa end er Grunden til det. – Nu sidder jeg oppe paa mit Værelse og skriver til Dig, og her er varmt og rart. Jeg er saa glad ved den lyserøde Farve og ved hele mit Værelse, jeg glæder mig meget til at vise Dig det. Men allermest glæder jeg mig til at se Dig selv, men nu mærker jeg, at jeg er bleven søvnig, saa jeg vil slutte og gaa i Seng, jeg skal tidlig op og dressere Piger. 1000 Gange Godnat og Farvel fra Din Alhed.
+- Næste Dag: nydeligt Vejr. – Jeg har kun Tid at skrive et Par Ord, jeg maa gaa over de Piger hele Tiden og nu skal jeg ned at hente Dora og Berta. – Dine Kodrivere blive vist pragtfulde til paa Søndag, Du kan glæde Dig til at se dem. – Du kan godt tage Tjalfe med paa Søndag siger Far, eller rettere paa Lørdag, Faderen glæder sig allerede til L’Hombren [spørgsmålstegn indsat over ordet]. Lørdag Aften. – Vi glemte helt at skrive den Ansøgning, som Kunstneren talte om, nu er det vel for sent. –
+1000 Hilsner Din A
+i Hast</t>
+  </si>
+  <si>
+    <t>Maj 1898</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jørgen -, Erikshaab
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu på gården Erikshaab med sine forældre.</t>
+  </si>
+  <si>
+    <t>Alhed håber, at Johannes Larsen kom godt hjem og fik kørelejlighed, så han er frisk til at male. Selv maler hun på et billede med små, hvide blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/93Ao</t>
+  </si>
+  <si>
+    <t>Min egen kære Frajser!
+Jørgen kører til Højrup, saa Du faar vist denne lille Skrivelse allerede i Aften, hvis Du [ordet overstreget] I sender Bud efter Post! – Jeg haaber, Du kom godt hjem i Aftes, og at Du kom kørende med Becher, saa Du ikke har været saa træt i Dag, men har kunnet male paa Dit Morgenbillede i det dejlige Solskinsvejr. Jeg vaagen ganske tidlig i Morges og glædede mig over det. Far var meget skuffet over, at Du var rejst og fortrød, at han ikke havde faaet Dit Tøj op i Palams Skab. – Jeg malede flittig hele Eftermiddagen men fik kun malet de to hvide Blomster, nu skal jeg ud at hænge i igen. Det morer mig dobbelt, nu Du har set det og anerkendt det en lille Smule. – Mor ligger af Hold i Skulderen.
+Han kører Din
+A</t>
+  </si>
+  <si>
+    <t>1898-05-02</t>
+  </si>
+  <si>
+    <t>Feden, Kerteminde
+Kerteminde Havn</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Vilhelm Larsen
+Karen Olsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler en akvarel af Kerteminde Havn. Dagen efter vil han lægge billedet af kronprinsen an (på en skive til en Fugleskydningsmand; et bestillingsarbejde).
+Klaks (lillebror) er nu soldat på Amager.
+Johanne (Alheds søster) er blevet i bedre humør.
+Johannes Larsen tager hunden med til Erikshaab lørdag, så den kan blive fotograferet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R68i</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Maj 1898.
+[Min eg]en Kæreste!
+Tak for [noget af papiret mangler] og udmærkede Breve, som [jeg] lige har faaet [noget af papiret mangler] var ovre efter Posten og i [noget af papiret mangler] Aftes hentede [noget af papiret mangler] ogsaa. Det var et fint Stykke Papir Du skrev paa [noget af papiret mangler] dette er ogsaa fint det er det halve af et engelsk Brev. Du fik altsaa ingen Brev i Dag, fordi i hentede Post i Gaar, jeg kunde altsaa godt have skrevet i Gaar, men jeg syntes dog ikke at Du skulde have 2 paa en Gang. I Dag har jeg arbejdet paa den Tegning af Kjerteminde Havn til Karen Olsen, det er for Resten en Aquarel, jeg syntes det var morsommere og saa har jeg siddet ude paa Feden og malet paa den i Eftermiddag, det var dejligt Vejr. Jeg tænker jeg bliver færdig med den i Morgen, saa skal jeg have lagt Kronprinsen an, jeg maler ham først med bart Hoved saa kan jeg jo altid bag efter give ham en Kasket eller trekantet Hat paa. Mine Kejserkroner ser saa nydelige ud saa jeg har stor Lyst til at male dem og jeg tror ogsaa jeg gør det, jeg var nede for at se paa dem i Dag. Nu det er saa godt Vejr faar Du vel alligevel malet [paa] Dine Hyacinther. I Morgen tidlig tænker jeg at jeg kan male paa det oppe fra Vinduet, i alle disse Dage det har været Graavejr har jeg ligget i Sengen til Kl. 7 men jeg kan [noget af papiret mangler] komme op for jeg sov[er ud]mærket om N[atte]n og gaar i Seng mellem [noget af papiret mangler]. Min Byld [noget af papiret mangler]er snart ikke meget g[noget af papiret mangler]aa jeg tænker [de]n gaar væk til paa Lør[noget af papiret mangler]en Viol Du ha[vd]e lagt i Brevet lugted[e vold]somt stærkt. Der var Brev fra Klaks i Aften, han er nu kom i Trøjen og ligger i Barakkerne ude paa Amager, han bliver sat til at børste Sergenternes Støvler. Det var da godt at Johanne er bleven i saa godt Humør, bare det nu maa vare ved. Du kan tro jeg glæder mig til paa Lørdag, jeg længes forfærdelig meget efter at se Dig igen min egen Kæreste. Kan Du hilse og sige Tak fordi jeg maa tage Tjalfe med derned jeg skriver saa i Morgen til Christine, at jeg tager ham med paa Lørdag. Nu Godnat og mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-03</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Berta Brandstrup
+Jørgen -, Erikshaab
+Ludvig Find
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) bor stadig hos forældrene på gården Erikshaab. 
+Det er uklart, hvem "Chr. D" er og hvilken udstilling, Alhed skriver om.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) har forkludret sit maleri med hyacinten. 
+En rotte har bidt hul i en af Alheds sko på loftet.
+P (Peter Hansen?) har en yndig akvarel med på en udstilling, som Johannes Larsen også deltager i.
+Berta og Asta er på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nilx</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg har kun Tid at skrive et Par Ord, Posten er ligeved at komme! – Jeg maatte bryde saa brat af i Gaar, da Jørgen pludselig holdt for Døren! – Nydeligt Vejr i Dag, jeg malede i Gaar Eftermiddag, men daarligt, jeg har helt forkludret den røde Hyacinth, den er bleven kridtet i Lyset og for tungt [t’et overstreget] i Skyggen. Saa jeg opgiver vist Billedet, da der ikke Tid at begynde paa en frisk. – Berta og Asta kom i Gaar, det er morsomt at have dem. Asta er vist en sød Pige. – Vi var ude en henrivende Tur i Gaar, Vejret var dog aldeles henrivende. – Tænk i Aftes tog Rotterne en af mine Sko. Jeg hørte en vældig Spektakel ved Forhæng ude paa Loftet, saa jeg tændte Lys og stod op og gik derud for at se efter. Saa manglede en af mine Sko og jeg ledte efter den en halv Times Tid uden Resultat. Til Morgen fandt jeg den oppe under det store skab med et stort Hul i. – Nu skal vi ud en Tur, vist op paa Ørene. – Jeg glæder mig til at komme ned og faa et Brev fra Dig, jeg fik nok ingen i Gaar for min egen Dumheds Skyld, fordi jeg havde skreven, at vi ikke fik Brev til Højrup. Du kan tro, jeg ærkede mig. P. skal have en yndig Akvarel paa Udst. fra Rosenborg Have, bare han vilde bestille noget mere det Bæst. Dine Billeder hænge nu, hvor Finds hænger altsaa ved Siden af. Chr. D. skal hænge saa godt; bedre end før. – Det er væmmeligt at jage saadan med et Brev, men Du maa tage til takke og ikke være vred over det. Paa Lørdag kommer Du, nu er der kun 3 Dage til. Hvor jeg glæder mig. 
+1000 Millioner Hilsner fra Din egen Alhed. Nu har jeg slukket, saa kan jeg skrive lidt mere, da Posten ikke er der endnu. Bare det vilde blive godt Vejr paa Lørdag, men det støder saa underligt, saa jeg er bange, det forandrer sig. – Nu Farvel!
+Din A.
+Berta beder mig hilse mange Gange
+3die Maj</t>
+  </si>
+  <si>
+    <t>1898-05-04</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Jeppe Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København, og Alhed bor stadig hos forældrene på Erikshaab efter at have født sit første barn. Af brev fra Johannes Larsen 3.-4. april 1898 fremgår det, at I.A. Larsens skib, Rhea, var gået på grund, og at I.A. Larsen ikke havde råd til at få det fri og hjem. Johannes Larsen ønskede derfor at hjælpe faderen med et større beløb.</t>
+  </si>
+  <si>
+    <t>Alhed er ked af, at Johannes Larsen ikke tidligere har talt med hende om at give pengene fra et malerisalg til IA Larsen (Johannes Larsens far). Han må skynde sig at gøre det. Alhed og Johannes Larsen har misforstået hinanden i denne sag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rGjm</t>
+  </si>
+  <si>
+    <t>Kæreste Las!
+1000 Tak for Dit lange Brev, som jeg fik i Dag. Hvor det var kedeligt, at Du ikke talte Ugen før med mig, saa kunde Du rimeligvis have sparet Dig at gaa og være ked af det. Jeg vilde naturligvis have sagt, at Du skulde give Din Far Pengene, jo før jo hellere, at han kan faa Skibet hjem. Jeg synes, det er dejligt, hvis Du kan hjælpe Din Far. og [ordet overstreget] Naar jeg sagde, at Du hellere maatte give mig Pengene, var det kun fordi jeg mente, at det var helt ligegyldig hvem af os to, der havde dem. – Men Du maa endelig skynde Dig at give Din Far Pengene eller skrive til ham, at han kan faa dem; hvad Glæde kunde vi dog ogsaa have af at bruge dem naar Din Far trængte! – Hvor kunde Du egentlig tro, at jeg skulde tænke anderledes om den Ting. – Det bliver kun et kort Brev, Mor er ved at rejse til Odense, og jeg skal hjælpe hende. – Hvornaar kommer Du ned til mig??? Jeg længes meget efter Dig. – Hils dem alle sammen mange Gange, og sig Mutter og Lüsse Farvel fra mig, det fik jeg ikke gjort. Samt Franziska.
+1000 kærlige Hilsner fra Din Alhed.</t>
+  </si>
+  <si>
+    <t>1898-05-05</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne  Larsen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Warberg/Larsen har opgivet at male hyacinterne, og hun vil male primula i stedet. Hun spørger, hvilket tog Larsen kommer med. Hun glæder sig til at se ham og at vise ham kodriver og sit værelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZAE</t>
+  </si>
+  <si>
+    <t>5te Maj.
+Kære lille Las!
+Du faar kun et lille bitte Par Ord, da Johanne skal til Højrup, og da jeg skal hen at male. Hyacintherne opgav jeg, da jeg malede den røde saa daarlig, at jeg blev ked af det. Nu vil jeg prøve at male af de smaa lilla Primula. Du maa endelig skrive, hvad Tog, Du kommer med , at jeg maaske kan hente Dig. Hvis Du tager med Dagvognen, er Du her med 1 Toget (fra Odense 12.10, hvis der ikke er Togforandring [ordene overstreget fra ”hvis”], det er der ikke.) det var udmærket, hvis Du kom med det Tog. – Nu ere Mor og Elle komne. – Nu skriver jeg altsaa ikke mere til Dig, men Du skriver endnu en Gang til mig. Solen skinner nok saa dejlig i Dag saa Du kan vist rigtig male paa Dine Kejserkroner. – Jeg glæder mig usigelig til at se Dig. Jeg har saa meget kønt at vise Dig d.v.s. det er vist egentlig kun mine Vægge og saa dine Kodriver. 1000 Millioner Hilsner fra Din
+Alhed.
+Berta sidder her ved Siden af og beder mig hilse Dig mange Gange.</t>
+  </si>
+  <si>
+    <t>1898-05-06</t>
+  </si>
+  <si>
+    <t>Bine -
+Margrethe Bentzen
+Jørgen -, Erikshaab
+Christine  Mackie
+Christian Mogensen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed bor stadig hos familien på gården Erikshaab.</t>
+  </si>
+  <si>
+    <t>Alhed har malet på sit billede med de små, hvide blomster. Hun har sammen med Dis og andre været i skoven og se på fuglereder. De er tilfredse med lille Bentzen (en stuepige?).
+Alhed har drømt, at Johannes Larsen var ved at drukne, så hun beder ham passe på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kkc7</t>
+  </si>
+  <si>
+    <t>Min egen Frajser!
+Det blev et forfærdelig afsnuppet Brev i Gaar, Jørgen kørte lige med et for Døren, og jeg syntes, at jeg maatte have det med ellers kunde Du jo først faa Brev i Morgen. – Igen i Dag har Du haft godt Vejr til Dit Morgenbillede, jeg faar nok Brev fra Dig om lidt med Posten det glæder jeg mig meget til. – Jeg malede flittig hele Dagen i Gaar, jeg var ked af de 3 smaa hvide Blomster og masede meget med dem, men i Dag synes jeg, de hører [det sidste r i ordet overstreget] til det mere hæderligt paa Billedet. – I Aftes efter The var Christine, Dis, den lille Bentzen, de 3 Hunde og jeg ude at spadsere. Vi var oppe i Skoven, hvor Chr. viste os 2 Drosselreder og en anden lille, bitte sød Rede, hun havde funden, der var ikke Æg i nogen af dem, men hun ved 2 Drosselreder med Æg i, som h [bogstavet overstreget] vi ikke gik hen til. – Vi var ogsaa oppe i Banegraven, hvor vi sad lidt og saa paa Landskabet, det var en dejlig Aften. Da vi kom hjem, spillede vi som sædvanlig L’hombre, og jeg afsluttede Dagen med en Rygesnaps paa Sengen. Nu ligger Bine oppe hos mig, det er morsomt at have hende hjemme. Den lille Bentzen er vi rigtig tilfredse med hun bliver vist i hvert Tilfælde fuldstændig uskadelig. – Mogensen sidder og snakker inde paa Kontoret. – Du kan tro, jeg savner Dig! men jeg tror paa, at Du kommer snart igen, der bliver en Helligdag her i Ugen vist Torsdag - - Det er Christines Fødselsdag paa Mandag, hun vilde vist blive glad ved et Par Ord og et lille Kys fra Dig. – Farvel, min Dreng! Pas paa med Vandet, jeg drømte i Nat saa meget væmmeligt om at Du var ude at sejle og var ved at drukne, det er den ækle Sejltur til Sommer, der staar mig i Hovedet. – Der er Resten. 1000 Mil. kærlige Hilsner fra Din egen A.
+6te Maj</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Georg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har opdaget en praktisk rejserute fra Kerteminde til Erikshaab, hvor Alhed bor.
+Han har forsøgt at male den nyindkøbte cinneraria med vandfarve, men kunne ikke ramme den rigtige farve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QWFu</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Maj 1898.
+Min egen Kæreste!
+Saa faar Du alligevel Brev fra mig en gang end[nu] inden Du ser mig, det [var] ellers ikke Meningen, m[en] det frister mig at jeg [noget af papiret mangler] bliver hentet. Jeg har b[aade] i Gaar og i Dag spekulere[t] meget paa, hvordan jeg skulde bære mig ad med at rejse og endnu for en halv Time siden var jeg ikke klar over det endnu, men saa raadede Georg mig til at se i Avisen og der opdagede jeg at jeg kan lade Agraren køre mig til Ullerslev i Morgen Formiddag og derfra tage til Nyborg Kl. 11-41 M. og fra Nyborg 12-20 M. saa kommer jeg jo med det samme Tog, som naar jeg tager herfra med Dagvognen Kl. 7 og sparer altsaa 3 [noget af papiret mangler]. Jeg haaber at det [vil] blive bedre Vejr, det [har] regnet ustanseligt hele [noget af papiret mangler]n men nu (Kl. 9) er [det] holdt op. Jeg har hele Dagen siddet og malet Cinneraria med Vandfarve, men med meget lidt Held da det var mig umuligt at fremstille en Farve som tilnærmelsesvis lignede Blomsten, men maaske kan jeg med Oljefarve naar jeg kommer her igen. Det er jo for resten meningsløst at jeg sidder her og maler alt det op, naar jeg jo faar Dig at se kort efter at du har læst det. Jeg er saa forfærdelig glad over at der nu ikke er ret længe til, Du k[an] tro jeg skal kysse D[ig]. Mange Hilsner fra [Din] hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-11</t>
+  </si>
+  <si>
+    <t>Asta Blom
+- Holm Skrædder
+- Klausen
+Ellen  Sawyer
+Hermann Trier</t>
+  </si>
+  <si>
+    <t>Alhed har kæmpet længe med et blomstermaleri, som til sidst pludselig lykkedes. 
+Hun har været ude at gå tur med Asta og Elle, men i dag er det dårligt vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v2Iw</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg savner Dig meget, siden Du rejste i Gaar, og jeg kan ikke lade være at blive ved at tænke paa, at det varer saa frygtelig længe inden Du kommer igen. Da jeg kom hjem i Gaar, drak jeg først en stor Kop The for at varme mig lidt, jeg var bleven saa iskold af Turen. Saa gik jeg herop til mit Maleri og sad og kæmpede med én Blomst hele Eftermiddagen, jeg kunde ikke faa den god. Efter Aftensmad gik jeg igen herop og da jeg kunde se endnu, malede jeg videre. Saa jeg [ordet overstreget] pludselig begyndte det at gaa for mig og inden jeg vidste et Ord af det var den malet færdig og jeg tror nok, det er den bedste. Men Du kan tro, jeg var træt. – Asta, Elle og jeg gik en Tur ud af Brobyvejen, Asta synes Ladersen er meget smuk. – I Dag er det et væmmeligt Regnvejr. Jeg har været ude at redde nogle Primula fra Uvejret. Det blæser ogsaa fælt. – Det bliver et Jaskebrev, Posten er lige ved at komme. Jeg faar vist ingen Brev i Dag men i Morgen. De 4 Borgerepræsentanter [spørgsmålstegn indsat over ordet] ere: Herman Trier, (den mest formaaende). Socialist Skræder Holm, Malermester Jensen og Kommunelærer Klausen. De ere ikke saa slemme. –
+1000 Millioner Hilsner og Tak, fordi Du kom herned. Din egen Alhed.
+11te Maj. –
+I Morgen er det 12te Maj saa faar Nattergalen alle sine Toner, jeg har slet ikke hørt den endnu.</t>
+  </si>
+  <si>
+    <t>1898-05-18</t>
+  </si>
+  <si>
+    <t>Oscar Hansen
+Peter Hansen
+Frederik Hendriksen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+Fritz Syberg
+Troels Trier</t>
+  </si>
+  <si>
+    <t>Henry Lørup led af tuberkulose og døde september 1898.
+Johannes Larsen malede i foråret 1897 på et blomstrende pæretræ, men han måtte stille billedet væk, da blomstringen var overstået.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og Johannes Larsen har besøgt Henry Lørup, som er meget syg.
+Peter Hansen har haft kontakt til personer, som måske kan hjælpe ham med at få et legat.
+Johannes Larsen er bekymret for pæretræernes blomstring (fordi han maler på et billede af et blomstrende pæretræ hjemme i Kerteminde).
+Han skal til generalforsamling samme aften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L184</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 18 Maj 1898.
+Min egen Kæreste!
+Jeg skrev ikke til Dig i Aftes, men da jeg jo alligevel altid sender Brevene af Sted næste Dag, faar Du vel dette ligesaa [noget af papiret mangler]. Vi var saa en dejlig [noget af papiret mangler] i zoologisk Have og [spise] Frokost i Gaar, derefter [tog Ba]ronen og jeg ud til Lørup, han er stadig lige daarlig og han mente han blev omtrent blind paa det angrebne Øje. Om Aftenen var vi alle sammen i Theatret til Othello og i grand Café bagefter, saa jeg var noget søvnig, da vi kom hjem. Peter havde været oppe at tale med Dr. Oscar Hansen som er en god Ven af Trier og bor sammen med ham, han lovede at anbefale Peter til alle de 4 som uddeler Legatet, saa han faar det nok. Tak for Dine B[reve] i Gaar og i Dag, det [noget af papiret mangler] fik jeg nu jeg kom hj[noget af papiret mangler] Oppermann hvor Ba[ronen] og jeg havde været ude til Frokost. Du kan tro der er nydeligt nu i det ny Hus. Lützhøfft er bedt der ud til Middag i over Morgen og han vilde endelig have Baronen og mig med og Baronen lovede at komme. Jeg kunde egentlig ogsaa nok have Lyst, men ved ikke rigtigt om jeg kan forsvare det, skønt det jo er væmmelig koldt, og Pæretræerne her ere langt tilbage. Det vil [være u]dmærket om Du kom[mer] Søndag efter Middag eller [noget af papiret mangler] Morgen, og Du kan [noget af papiret mangler]orstyrre mig, jeg vil tværtimod være glad ved at have Dig nede i Haven, naar jeg maler, jeg glæder mig meget til at se Dig. Baronen og Peter ere for Øjeblikket oppe hos gamle Hendrik, og i Aften skal vi til Generalforsaling. Jeg har endnu ikke været paa Hundeudstilling den er vist først bleven aabnet i Dag og rimeligvis kommer jeg der først i Morgen. Dette Brev sender jeg til Erikshaab, og det næste til Odense og saa faar Du ikke flere denne Gang. Jeg har ikke hørt det m[noget af papiret mangler] hjemmefra. Vil Du [hilse] dem alle sammen [noget af papiret mangler] Mange kærlige Hils[ner] til Dig selv, jeg glæder mig til paa Lørdag.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-19</t>
+  </si>
+  <si>
+    <t>Odense
+Sallinge, Fyn
+Kerteminde
+Odensebakken, Faaborg</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Augusta Mogensen
+Christian Mogensen
+Ellen  Sawyer
+Christine Swane
+Andreas Warberg
+Laura Warberg
+Niels Wivel</t>
+  </si>
+  <si>
+    <t>Alhed har besøg af Asta, og de har vasket. Alhed har også klippet hunden Gamle. Christine Larsen (Uglen) er også på besøg. Hun har pyntet med blomster, også hos Alheds mor, som ligger syg. Den følgende dag skal de til Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zmwg</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Det glæder mig virkelig, at du synes, Du har forsømt mig med Breve, saa har Du maaske ikke lagt Mærke til, at jeg har forsømt Dig, det har jeg nemlig en Fornemmelse af, at jeg har; i Gaar Morges fik jeg akkurat skreven ”Kære Las” over et Brev, men saa blev det ikke til mere, da de kom og kaldte paa mig, at jeg skulde over at vadske; Asta havde funden paa at hun vilde vadske, og saa maatte jeg ogsaa til det, da vi jo ikke kunde overlade hende alene til Konerne derovre. Det var for Resten ganske sjov, Asta var forbavsende dygtig til det og gned ikke Hul paa sine Hænder, hvilket jeg gjorde. – Da jeg nu en Gang var kommen i Sjovertøjet, mente jeg, det var ligesaa godt at faa ”Gamle” klippet med det samme, han trængte jo haardt til det, - men Du kan tro, det var et ordentligt Slid; jeg klippede ham med en rigtig Sax, da jeg var bange, jeg ikke kunde haandtere en Uldsax; han sad paa en Stol ude i Gaarden og var saa sød og taalmodig, skønt det varede 3 ½ Time, det var en anstrængende Tur for os begge to, men jeg tror, han befinder sig udmærket ovenpaa, nu skal han vaskes ogsaa en af Dagene. Efter Thé gik Asta, Uglen Elle og jeg en Tur op til Sallinge, hvor vi hos Købmanden købte os en ½ Fl. Kirsebærvin og et Glas at drikke af, og da vi kom ned paa Vejen tømte vi den, hvorefter vi gemte baade den og Glasset i et Gærde, saa kunne vi en anden Aften gaa op og faa den fyldt igen. Da vi kom hjem, spiste vi Kager og gik i Seng. Uglen er saa forfærdelig sød at have her, i Gaar gik hun og pyntede Stuerne med Blomster, ogsaa nede hos Mor. Det er sandt, jeg har vist slet ikke fortalt Dig, at Mor ligger af et daarligt Ben og skal ligge et Par Uger, det er Aareknuder med Betændelse i, noget fælt noget. – I Dag til Formiddag har Uglen hjulpen mig nede i Køkkenet og i Eftermiddag har vi siddet her oppe paa mit Værelse og passiaret; efter Thé vilde vi ud at gaa en lang Tur, - til Odensebakken havde vi tænkt, men nu er nok Mogensens kommen, saa vi maa vist pænt blive hjemme og underholde dem. I Morgen følges Uglen og jeg ad til Odense, Asta og jeg skulde egentlig cycle og saa vilde jeg Torsdag Aften cycle til Kerteminde men det ser desværre ikke ud til at vilde blive Cyclevejr. – Her har ikke været Post i Dag, men i Aften tænker jeg, Dede skal køres ned, saa er jeg meget spændt paa, om der er Brev fra Dig. – Jeg har været meget rørt over at Du satte Dig til at skrive til mig, da Du var kommen fra Cirkus og Wivel, skønt det var saa sent, det var sødt af Dig; jeg vilde gærne have været med i Cirkus, det har altid moret mig saa meget. Jeg gad vide, om Du er rejst hjem i Dag, eller om Du paa Gr. Af Helligdagen er bleven til i Morgen. – Uglen beder mig hilse Dig, hun staar og vasker sine Hænder og nu skal jeg hen og gøre det samme og saa skal vi ned at spise til Aften og snakke med de fremmede. – Derfor Farvel, 1000 kærlige Hilsner fra Din
+Alhed
+19 – 5 – 1898 – 
+Dette Brev ser saa drabelig ud, men det er nok stor Stahej for ingenting.</t>
+  </si>
+  <si>
+    <t>1898-05-28</t>
+  </si>
+  <si>
+    <t>Brobyvejen, Fyn
+Lyndelse Kirke</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Emil Brandstrup
+Otto Emil  Paludan
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Warberg skal rejse til USA og giftes.</t>
+  </si>
+  <si>
+    <t>Alhed har haft en dejlig, men hård cykeltur hjem fra Odense.
+Frk. Sperling vil give Elle malerier i afskeds-/bryllupsgave. Alhed vil male Erikshaab og hun spørger Johannes Larsen, om han vil male et billede med roser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uhpd</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg lovede Dig nok et længere Brev i Morgen, men bare jeg holder det, jeg er ikke fri for at være søvnig, Kl. gaar vist stærkt til 12. Det er Pinselørdag Aften og jeg synes næsten, det ser ud til at ville blive godt Vejr i Morgen mon Du saa ikke maler i Morgen tidlig, fordi det er Pinsemorgen? Jeg fik nok ingen Brev i Dag, Du turde nok ikke for Faderen! Men i Morgen glæder jeg mig til at faa et. – Du kan tro, det var en dejlig Cycletur hjem i Aftes, Vejret var saa henrivende, og alting saa frisk og grønt og der var en lille blank Nymaane. De første Par Mil gik saa let for mig og jeg kørte temmelig hurtig, det gik op for mig, at min Cycle egentlig er meget tung, men det er jo en voldsom god og solid Maskine, den sidste Milsvej blev jeg alligevel træt og det er jeg endnu i Dag, det er vist fordi jeg slet ikke er trænet. Det er sandt, nu skal Du høre om en Bestilling vi have faaet. Frk. Sperling havde sendt mig Bud om, at hun gærne vilde tale med mig, og om jeg ikke kunde komme over ved Lyndelse Kirke i Eftermiddag Kl. 5 ½. Hun vilde spørge, om vi ikke kunde male noget til Elle fra hende som hun kunde faa med til Amerika, og hun spurgte, om jeg mente vi kunde lave noget pænt for et Par Hundrede Kr. Vi kunde selv sammen med Elle bestemme, hvad det skulde være. Er det ikke morsomt? – Jeg tror, Elle vil gærne have nogle Provenceroser hvis Du vil male nogle til hende og saa vilde jeg male et lille Landskab med Erikshaab paa. – Synes Du ikke det er en nydelig Idé af Frk. Sperling? Hun var ogsaa selv saa fornøjet over det! – Jeg har vasket ”Gamle” i eftermiddag i grøn Sæbe og 2 Hold lunkent Vand, han er saa nydelig nu, Du skal bare se paa Søndag. – Asta er kommen hjem i dag. Hun og Elle og jeg have været en Tur ud ad Brobyvejen i Aften. – Kan Du se, jeg har faaet nyt Brevpapir? Palam gav mig en stor Bunke med tilsvarende Konvolutter i Eftermiddag. Balle er her, han er livlig og fornøjet, men ser frygtelig daarlig ud. – Nu vil jeg slutte. Kan Du nu skrive rigtig tit til mig, saa er Du sød. Jeg holder forfærdelig meget af Dig og glæder mig til paa Lørdag, men der er jo desværre 8 Dage til. 1000 kærlige Hilsner fra Din Alhed
+Erikshaab – 28nde Maj – 98 
+Faders og Moders Bryllupsdag</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Svanninge
+Arreskov
+Odense</t>
+  </si>
+  <si>
+    <t>Maren -
+Asta Blom
+Jeppe Andreas Larsen
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>De gamle "Naader": Anna og Erik Schaffalitzky de Muckadell, grevskabet Muckadell, Alheds fars arbejdsgivere.
+"Dit Træ": Johannes Larsen maler et billede af en guldregn.
+Fattigattest: Man kunne kun få lov at blive gift, hvis man fremviste anmærkningsfri fattigattest.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg på Arreskov (hos Erik og Anna Schaffalitzky de Muckadell).
+Præsten skal ud at rejse, så Alhed og Johannes Larsen må skynde sig at blive gift tirsdag. Larsen må rejse til Erikshaab og hjem igen for at male på sin guldregn. Hans far skal skrive under på en attest, og Larsen må skaffe fattigattest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rwb1</t>
+  </si>
+  <si>
+    <t>Elskede Ladersen!
+Nu ere vi komne hjem fra Præstens og Arreskov. Turen har været rigtig vellykket. De gamle ”Naader” var saa flinke imod os og kyssede os til Afsked og ønskede os alt godt i Fremtiden. De var meget interesserede i min ”romantiske Madlavning”, som de kaldte det, da de hørte, at jeg skulde lave Mad paa en Primus. – Bagefter var vi altsaa i Præstegaarden og nu skal Du bare høre; Præsten skal rejse allerede paa Onsdag, saa vi maa altsaa gifte os paa Tirsdag og Du maa altsaa komme paa Mandag. Det er der meget kort til. – Men nu skal jeg sige Dig noget, Du er den allerbedste sødeste godeste Dreng og jeg holder saa uendelig meget af Dig, hvis Du vil gøre, hvad jeg nu beder Dig om. At Du vil rejse igen med Iltoget og lade mig blive her. Saa vil jeg Dagen efter køre ned til Svanninge og lave lidt i Stand til Du kommer, saa kan Du komme et Par Dage efter, naar Du er færdig med Dit Træ. Jeg er saa ked af, at jeg ikke kan tale med Dig i Stedet for at skrive, for hvis Du gør Vrøvl er jeg der jo ikke til at modbevise Dig. – Men jeg tror nu, Du vil synes, at det er rigtig godt saadan, ikke sandt? Jeg vil glæde mig 1000 Gange mere til Mandag og Tirsdag, naar det kan blive saadan. Jeg glæder mig umaadelig meget til at se Dig. – Naar det nu klart ikke skal forstyrre Dig med Din Guldregn, men der er jo da kun to Dage, og Du sagde jo, at jeg kunde skrive efter Dig. – Hermed følger Din Attest, der hvor de smaa Kors staa, skal din Fader altsaa skrive under. Og saa skal Du altsaa have den Fattigattest hos Borgmesteren. Skal Maren derop? Du maa endelig møde med begge Attesterne, ellers kan der jo ikke blive noget af. – Kan Du se, jeg hedder Maria, det vidste Du vist ikke? Du vidste maaske ikke en Gang, at jeg hedder Marie? (hvad jeg altsaa ikke hedder.) – Det er dog et bedaarende Vejr i disse Dage, bare det maa vare ved. Der sidder en Nattergal og synger saa dejlig ovre ved Aaen, jeg gad vide, om der er Nattergale i Svanninge? – Jeg har i Dag set en meget flot Hund ved Navn ”Spækmand”, storartet Navn! – 
+- Nu vil jeg slutte! – Kl. er 12 ½ og jeg skal tidlig op i Morgen, Asta og jeg skal nemlig til Odense med ½-11 Toget. – Kan Du nu skrive ligestrax til mig! Jeg holder rigtignok umaadelig meget af Dig. 1000 Millioner Hilsner fra Din Alhed
+9ende Juni – 1898 –</t>
+  </si>
+  <si>
+    <t>1898-06-12</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Otto Emil  Paludan
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Falder træet jo hurtigt": Johannes Larsen maler på en guldregn, som blomstrer nu. Billedet har stået fra sidste forår.
+"Haabet" er gården Erikshaab, Alheds barndomshjem.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opfordrer Johannes Larsen til at tage det sene tog dagen efter, så han kan nå at male mest muligt på sit guldregnsbillede, inden blomsterne falder.
+Paludan (Palam) har lånt en flaske sherry i kælderen, og Asta, han og Alhed har drukket sig pladrede. Alhed synes, det er en bevægende tid, og hun er bange for at skuffe mennesker, som hun holder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fOCS</t>
+  </si>
+  <si>
+    <t>Kære, lille Las!
+Tak for Dit Brev, som jeg lige har faaet. Jeg synes absolut, Du skal male i Morgen ogsaa, og vente med at komme til det sidste Tog. Det gør jo ikke noget, fordi det bliver sent de andre kunne jo gaa i Seng og saa skal jeg komme ned at hente Dig. Det gaar 9 45 Min. Fra sydfynske Banegaard! Men saa maa Du jo endelig komme tidsnok, vi skal nemlig møde i Kirken 10 ½ næste Formiddag. Men jeg synes saa ubetinget, at Du skal vente til med sidste Tog, det kan jo slet ikke gaa at Du spilder mere Tid end nødvendigt, vi ved jo slet ikke, hvor længe vi beholder dette Vejr, og faa vi blot en eller to Dages daarligt Vejr, falder Træet jo hurtig nu det er helt udsprungen. Det var dejligt, om det blev et rigtig smukt Billede. – Asta og jeg var jo saa i Svanninge i Gaar; Du kan ikke tænke Dig, hvor dejlig Turen var. - - 
+Senere: Elskede Ladersen. Nu er det bleven Aften og Dede skal gaa til Stationen om lidt og have dette med. – Du maa undskylde, om dette bliver lidt ”fuldt”. Palam fik nemlig for lidt siden den gode Idé at ”laane” en Flaske Sjerry nede i Kælderen og nu har Asta, Palam og jeg siddet heroppe paa mit Kammer og taget os et lille Bæger. Palam er i Grunden noget rørt over, at jeg saa snart skal rejse bort fra ”Haabet”, - jeg selv er det jo ogsaa, det er en underlig bevæget Tid synes jeg, sommetider synes jeg at alting er saa sort og ængsteligt, man ved ikke, om man maaske skal skuffe og bedrøve et Menneske, man holder forfærdelig meget af i en hel lang Fremtid – men af og til kan jeg ogsaa overfaldes af en voldsom Taknemmelighedsfølelse mod ”Moder Natur”, der har skabt mig og ladet mig se denne smukke Verden og ladet mig opleve saa meget smukt. Kære Ladersen, hvad er alt det, jeg sidder og skriver til Dig? Nu vil jeg slutte, Dede skal gaa. Jeg glæder mig til i Morgen Aften! Mor siger ogsaa, at Du skal blive og male i Morgen. 1000 Millioner Hilsner fra Din egen Alhed.
+12te Juni –
+Dette er det sidste Brev, inden altsaa paa Tirsdag.</t>
+  </si>
+  <si>
+    <t>1898-06-27</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Fyen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+- Svendsen, frøken</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skulle på bryllupsrejse.
+Munter var Warberg-familiens hund</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1734</t>
+  </si>
+  <si>
+    <t>Det er godt for Alheds helbred, at hun skal rejse.
+Tante Mis er syg, og lægen tror, at det er en byld, der kræver operation.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0vEv</t>
+  </si>
+  <si>
+    <t>d. 24/6 98
+Kære Moder!
+Tak for Brevet med de glædelige Nyheder ang. B. Det er jo svært morsomt med den Rejse for dem. Det er glimrende for B’s Helbred. 
+Det vil [”vil” overstreget; ”er” indsat over ordet] er såmænd Grund nok med Mis’ Sygdom at opgive Selskabet. Der er ganske vist ingen øjeblikkelig Fare, men det kan der jo hurtigt komme. Dr. er temmelig betænkelig tror jeg. Han mener Byld og måske Operation. Hun ligger mat hen med en Del Smerter, nyder kun Vin, Sodavand og Mælk. – Det bliver rimeligvis langvarigt, og i så Fald må de jo have Sygeplejeske. – 
+Jeg kan nok gå herfra en hel Del, - der er i Grunden ikke megen Pasning, - så nu går jeg til Frk. Svendsen og klemmer hende. 
+Man hører megen Ros over Lugge?. – Skriv snart igen. Hlsen til alle også Munter -</t>
+  </si>
+  <si>
+    <t>1898-07-05</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vilhelmine  Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Svanninge
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Rudolph -
+Christian Eckardt
+Jørgen -, Erikshaab
+Karl Jensen
+Formand  Jørgensen
+Anders Klinkby
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Martin Larsen
+- Madsen, Formand
+Sophus  Meyer
+Rasmus Nielsen Kerteminde
+Johan  Norden
+Christine Swane
+Anna Syberg
+Peter Thomsen, tømrermester
+Christiane - tjenestepige hos Larsen 1898</t>
+  </si>
+  <si>
+    <t>Der er tre forskellige breve, som Vilhelmine Larsen har sendt sammen til familien Larsens gård Båxhult i Sverige.
+Brev 1 fra Fritz Syberg til Christine Swane/ Vilhelmine Larsen. Brev 2 fra Vilhelmine Larsen i Kerteminde til mand og barn på Båxhult. Brev 3 fra Johannes Larsen til hans mor i Kerteminde.
+Johannes og Alhed Larsen opholder sig i Svanninge hos Sybergs. Christine Swane er taget til Båxhult sammen med sin far Jeppe Andreas Larsen (I.A.). Christine skal til optagelsesprøver på Akademiet bl. a. i perspektivtegning.
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge. Ikke så langt fra Svanninge.
+Feden er et område syd for Kerteminde, hvor I.A.Larsen bl. a. havde et kalkbrænderi.
+Gennemkøringen er muligvis udgravning til jernbanen Kerteminde - Dalby, som blev åbnet i 1900.</t>
+  </si>
+  <si>
+    <t>Christine Swane skal have Fritz Syberg til at hjælpe sig med en perspektivtegning. Syberg foreslår, at han kommer til Kerteminde, da der er mange mennesker i huset i Svanninge.
+Johannes Larsen, som er hos Sybergs i Svanninge, beder sin mor om at tage en hurtig beslutning i det spørgsmål. Det skal nås inden Christine tager til Sverige, ellers må hun kalde Christine hjem.
+Vilhelmine Larsen har haft travlt med at samle penge ind til betaling af en veksel.Hun har inviteret Fritz Syberg til at komme til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipxB</t>
+  </si>
+  <si>
+    <t>Svanninge 5 Juli 1898
+Kære Fru Larsen
+Det er egentlig til Christine jeg vilde skrive et Par Ord, men Johannes lod forleden en Formodning falde om at hun var i Sverig med Købmand[ papir mangler] derfor vil jeg plage Dem [papir mangler] dette Brev. Endelig er d[papir mangler] vil skrive om noget som, først og fremmest må vinde Deres Bifald for at kunne lade sig arangere: Christine skulde jo have lavet en Perspektivtegning til, og Bestemmelsen var at hun skulde komme herned, men dels er vi såmange Mennesker særlig Børn hernede så her er ikke megen Ro, dels venter vi nogle flere, nå – det lod sig jo endda nok arangere i Henhold til Ordsproget Hjærterum – Husrum; Men for det andet er jeg så ked af min egen Oliemaling, så jeg vilde være glad ved at se Kjerteminde, kunde det derfor ikke ordnes således at jeg kom ned [papir mangler] i den Tid det tager [papir mangler] Perspektiven færdig? Det vil vel vare en 14 Dages Tid. Må jeg så endvidere bede Dem svare mig et Par Ord om hvad De og Christine mener herom, så vil jeg gøre mig klar og komme en af de første Dage, da Tiden jo ikke kan trækkes meget længere ud. Er der Forhindringer, er Christine selvfølgelig velkommen her, om hun end får en noget kneben ”Lejlighed”. Min Hilsen til hele det Larsenske Hus og til Dem Frue fra Deres ærbødige Fritz Syberg.
+Hønset (min Kone) beder hilse.
+Svanninge 5 Juli 1898.
+Kære Moder!
+Baronen har sagt i Dag at han har skrevet til Dig om at komme til Kjerteminde og give Christine den sidste Undervisning der. Han er nu ved at være færdig med et Par Billeder og trænger vist til at komme lidt ud at lufte sig; hvis det paa nogen mulig Maade kan lade sig gøre saa svar strax ja. Kan du ikke rejse med Fader i Stedet. Er Christine rejst saa faa hende hjem hurtigst. Pas endelig godt paa Karl Jensens japanske Bøger.
+Hilsen fra alle hernede til Jer alle sammen. Svar endelig hurtigt. Og gør hvad Du kan for at faa det hele i Orden. Mange Hilsner Jeres hengivne
+Johannes Larsen
+P.S.
+Jeg har skrevet til Eckardts men jeg fik først Dit Brev med Pakken i Søndags Aftes da vi kom fra Erikshaab. Hvordan gaar det [udstreget: fra] med mit sorte Tøj?
+Onsdagaften
+Kjære Far og Dinemor
+Det er mig umuligt at lade være at skrive, jeg har faaet [Klinkby’s] Veksel her Kl 3. Nu vil jeg først fortælle Eder hvordan Dagen gik fra i morges tidlig. Adolph rev og de andre 3 gik til Høet, ved Frokosttid gik jeg over i Boutiken der kom Norden og meldte mig at nu førte de Slagene mod Laden, jeg gik straks derop og talte med Formanden, men han viste mig at de havde slaaet Væggene ud i Marken for ikke at skade Høet det er dog mærkeligt at deres Mand har ladet det gode Hø sidde der og spredes vi blev enige om at de kunde arbejde i Høet til Middag og saa hente Vogne – da jeg var saa langt vilde jeg dog se til Folkene vi aftalte saa at han skulde tage [Hestene] med hjem til Middag, da jeg kom herud bag Lodsens Huus mødte jeg Madsen vi slog Følge lidt og talte om Høet, de lovede engang Hr Madsen at naar Høet skulde flyttes – skulde de hjælpe at samle det spredte igjen; hvad siger De i dag, ja fru Larsen kommer De med en Vogn nu straks – skal jeg stille med en rask Mand til Hjælp, jeg ud i Marken igjen og [kommer] Jørgen og Christiane paa hver sin gamle Hest og hjem efter Vogn jeg kan ikke ride sagde Jørgen jeg er for gammel, saa bar han Hamlen og jeg Forkene over til Laden der glemte jeg at jeg blev stoppet af Gjennemkjøringen, men saa stod begge Formændene Madsen tog Forkene og og Madsen og Jørgensen gav mig hver sin Haand og halede mig op til Middag var begge Læssene herhjem men hvor var jeg hed og rød – saa efter Middag var jeg hos Farbroder og fik underskreven; men Penge ejede han ikke – saa gik jeg paa Feden og ved Losningen af Murstenene stødte jeg paa Rasmus Nielsen – hvilket Held jeg kaldte ham til en Side; men han havde ingen herude, ja saa kan de vel skaffe sagde jeg til Kl. 3 skal de være indbetalte i Banken, saa kommer jeg denne Vej tilbage, nej jeg skal nok komme op – og han kom, Resten fik jeg hos Mejers og Vekslen blev indbetalt; Klinkbys – nu skal vi arbejde i morgen Ingen Penge fik jeg hos de 2 Familier hende med de 22 skulde ikke betale endnu og de betalte ikke noget før Du gjorde Lejligheden det faldt ned fra Loftet saa hun maatte tørre Støv af hvert Øjeblik – de 6 Kroner [Navn] er Haandlanger hos Mejer saa de skulde komme Lørdag; men saa stod Rudolph og rodede i Plankerne jeg spurgte om de skulde have nogle ja Thomsen tog ud og noterede saa vilde Havnefogden give mig Seddel det blev vist en 17 Sl – saa faar vi Penge paa Lørdag Hurra han kom nu med de 11 Kr for Laan
+I ser nu af Brevene jeg skrev straks han er velkommen
+Vejret er godt og vi ere raske 
+Gud bevare Eder og [lede] Eder vel hjem</t>
+  </si>
+  <si>
+    <t>1898-07-23</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup</t>
+  </si>
+  <si>
+    <t>Ølstedgaard</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Johanne Christine Larsen
+Otto Emil  Paludan
+Gudrun -, pige i huset hos Amdrup
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid, f. Warberg, kom som 15årig i 1897 i huset hos Louise og Niels Elgaard Amstrup på Ølstedgaard. Hun skulle blandt andet undervise parrets adoptivdatter, Nete. Louise/Visse Amstrup var Astrids faster.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2678</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Louise/Visse har haft et tilbagefald efter Johannes besøg. Man burde have talt med Niels Amstrup i stedet for med den sarte Louise Amstrup. Louise gjorde ret i at irettesætte. Niels bad pigen gå til Erikshaab og blive væk et par dage. Balladen skyldes venskabet mellem de to unge kvinder. Astrid skal ikke komme tilbage efter ferien.
+Brev 2:
+Louise Amstrup blev bekymret for Albrechts helbred, da hun fik hans brev. Hun er meget ked af at blive beskyldt for at være ond. Jomfruen har været uforskammet, og Louise var længe tålmodig. Til sidst blev Louise dog vred for at få pigen til at fatte alvoren. Nu har hun været syg efter Johannes besøg. Louise kan ikke besøge Albrecht og familien, så længe pigen er der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5IeZ</t>
+  </si>
+  <si>
+    <t>Ølstedgaard den 23 Juli 1898
+Kære Abba!
+Du tager helt feil naar Du mener at Visse er vred paa jer, turen til Vesterhavet havde gjort godt for hende men det der nu støder til har selvfølgelig givet et stort Tilbagefald. Det var en stor Skam af Johanne at komme som hun gjorde forleden, hvorfor talte hun ikke til mig først istedet for lige strags at rappe i stakkels Visse, hun er dog saa gammel at hun maa kunne sige sig selv at der skal Forsigtighed til overfor et saa svagt Hoved, og dersom Du hører at Visse Visse bærer hele Skylden mod Jomfruen tager Du feil, forleden Dag hørte jeg netop hvordan det helle gik til og der havde Visse Ret til at give en Irettesættelse men istedet for at indsé hun havde forséet sig gjorde hun sig meget stor, og gjorde sig temmelig uforskammet imod mig; naar jeg tog saa rolig paa Sagen var det, fordi jeg nødig overfor en ung Pige ville tage Sagen fra den strenge Side, jeg bad hende om at gaa til Erikshaab og blive borte nogle Dage til jeg fik Tingene til at falde i Ro, men Du maa sige hende at tager hun haardt, gør jeg med thi være Nar for hende vil jeg ikke. En stor Del af alle de mange Bryderier stammer fra Venskabet mellem Adis og Jomfruen thi det har været saaledes at de begge forsømte deres Pligter. Jeg havde glædet mig til lidt hvile i den Tid Visse var borte men Venskabet mellem de to var mig til daglig Plage, og efter alt hvad der nu er paseret synes jeg ikke det kan hjælpe Adis kommer her tilbage efter Ferien.
+Med venlig Hilsen
+N E Amstrup.
+Kjære Abba! Jeg blev meget bedrøvet over Dit Brev; jeg lukkede det op da jeg saa det var Palludans Haandskrift fordi jeg var saa ængstelig for Dit Helbred, jeg syntes det var saa underligt med den Besvimelse og jeg har føer dog gaaet og talt om at faa Bud ned til Dig el. ogsaa at skrive, men ingen af Delene fik jeg alligevel. Hvorfor troer hun saa ondt om mig lille Abba, jeg mener vi to har altid holdt saa meget af hinanden. Hun dømmer mig udelukkende efter hvad Astrid og Jomfruen Pigen [”Pigen” indsat over linjen med blyant]. Mon Astrid er saa moden, at hun her kan have sit rette Syn paa Sagen. Jeg er meget, meget bedrøvet over alt dette, men gjør mig nu ikke mere fortræd, hun maa tro jeg kan ikke taale altid at skulle skyldes for at for at være saa ond. Jeg vil ikke ønske, at noget Menneske skal prøve at lide det jeg har lidt siden den Jomfru kom i mit Hjem. Hun var uforskammet imod mig til enhver Tid fordi hun vidste at hun havde Medhold hos Gudrun og Astrid, hvilke hun begge i lige høj Grad har forstaaet at dupere. Hun gik endogsaa saa vidt at hun en Dag holdt Hus med mig, fordi jeg tog [overstreget, ulæseligt ord] Nøgleknippet til mine private Gjemmer med mig naar jeg rejste ud. Hun og Astrid laaste ikke Rummet for Rosiner til deres Grød. Og jeg siger Dig, at jeg har ikke sagt hende et vredt Ord før Efter jeg kom hjem men hun [ulæseligt ord] mig vel ikke, [”men hun [ulæseligt] mig vel ikke” indsat over linjen] da var jeg vred 2 Gange og naar det ene Gang gik over alle Grænser saa gjorde jeg det i Grunden med Vilje, enten skulde Modet tages fra hende eller hun skulde bort. Gudrun har nu endelig forstaaet hvad jeg har døjet og ingen kan være muntrere og kjærligere imod mig end hun er det, saa nu er jeg vel over det værste om den Sag kan faa Lov at falde. Men hvor har jeg været syg efter Johannes Besøg! Naar I endelig vilde tage Parti imod mig, var hun ikke den Rette at sende, det havde været bedre at vente til [ulæseligt ord] kom hjem – og hvad vil I dog med den Pige, hun har jo sin Moder, der maa være den nærmeste til at tage sig af hende, men det maa I jo selv om, men [det følgende skrevet i margen s. 1, lodret] komme til Eder saalænge hun er der, det kan jeg ikke. Og for Resten ved jeg jo godt at hun har ment mig vel med det Brev og jeg takker Dig for det, men hun har blot ikke forstaaet mig. Ret at blive miskjendt er svært, især naar man bliver det af dem vi holder af. 
+Din Visse</t>
+  </si>
+  <si>
+    <t>1898-08-22</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Jørgen -, Erikshaab
+Jean Jensen
+Johanne Christine Larsen
+Ellen  Sawyer
+Harris Sawyer
+Ditlev Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling bestilte Johannes Larsen til at male et eller flere billeder til Ellen Warberg. Der var tale om en bryllupsgave, som hun kunne tage med sig til Boston, hvor hun og manden, Harris Eastman Sawyer, skulle bo. 
+Frøken Jean Jensen fungerede længe som huslærerinde for Warberg-familiens børn. Da hun blev ældre og hørehæmmet, søgte Laura Warberg at få en plads til hende på Christiansdal Kloster. Det lykkedes kort tid efter, at dette brev blev skrevet. 
+Det vides ikke, hvem Møller var. Warberg-familien kendte mange med dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0348</t>
+  </si>
+  <si>
+    <t>Malerierne er gode - især det af Havestuen. 
+Laura Warberg har spurgt til en plads (i Christiansdal Kloster) for Jean Jensen, men der er ingen. 
+Hempel Syberg er syg med smerter.
+Johannes og Julie/Pans tur gik godt.
+Harris Eastman har stadig ikke meddelt, hvornår han kommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1O9Z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 – 4.
+København 
+K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22/8-98
+Kære Abba!
+Tak for Brevet! Elle var i Højrup i Aftes og kom med flere Breve foruden det, bl.a. fra Frøken Sperling, at de fem, der er tilbage nu paa Sandholt, vilde komme her til Aften i Morgen. Astrid og Pan er nu vandret der over for at bede dem spise til Middag her 4½, saa kan de see Malerierne i god Belysning. De ser saa udmærket ud i Opstilling alle 6 ude i Gangen, især er Havestuen henrivende. I Morges maatte jeg med første Tog til Odense for at tale med Engelstoft om en Plads i Klostret for Frøken Jensen, men der er intet Haab for hende. Syberg laa i Sengen i disse Dage af de sædvanlige Smerter. Schroll var der i Gaar og talte saa med Dr. Krarup om at see til Syberg, til Møller kommer hjem. I Dag var han bedre og kunde have Tanke for at få købt en Gave til [ulæseligt ord]. Jeg kom hjem med 1Toget og kørte med Jørgen hjem paa et Læs Mais; der var Besked om at hente 6000 Pund i Dag – Jeg var ved Skolen at hilse paa Dengse, som lod meget tilfreds; indlagte Brev kom i Dag, Du kan gemme det til mig. Junge og Pan ankom i Nat Kl. 2, men jeg har endnu intet hørt om deres Tur; kun at den var storartet. Elle fik endelig i Fredags Brev fra Eastman, og i Dag igen, men intet endnu om, naar han kommer. Nu kører Jørgen igen efter Mais og dette skal med ham. Vi har intet oplevet uden at vi har købt en lille sød Rottehund (Hvalp). Nu Farvel! Tak Mis for hendes Brev! 
+Mange Hilsner 
+Din Smaa.
+Vi kommer paa Fredag. Kl. 9; venter paa Færgen.</t>
+  </si>
+  <si>
+    <t>1898-09-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Jens Theodor Berg
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Jean Jensen
+- Juul, præst
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+- Schierbeck
+Ditlev Schroll
+Nicoline  von Sperling
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Louise og Niels Elgaard Amstrup boede på Ølstedgaard med deres adoptivdatter Ellen Agnete, hvis biologiske mor var Alheds søster Christine Marie. 
+Munter og Bobby var hunde på Erikshaab.
+Christiansdal Kloster blev oprettet 1866 af ejerne af Næsbyholm kammerherre Christian Rønnenkamp og hans hustru Jessy Caroline Rønnekamp som en legatstiftelse med bolig for 24 damer mellem 45-50 år af borgerlig stand. Bygningerne er opført i 1872. Christiansdal Kloster ligger i Bavelse sogn nær Glumsø og Næstved, men har med sin rod i Næsbyholm gods tilhørsforhold til Næsby Kirke, hvor beboerne også har deres egen gravplads på kirkegården. Kilde: Lex.dk</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0346</t>
+  </si>
+  <si>
+    <t>Laura og Ellen Warberg har været på besøg på Sandholt. 
+En planlagt barnedåb bliver måske aflyst pga. mæslinger. 
+Frederik/Dede er glad for hundene. Jørgen fanger rotter. 
+Harris Eastman Sawyer har for travlt til at komme til Danmark og hente Ellen, og Laura vil ikke lade hende rejse til Boston alene. 
+Der bor en knejpesangerinde på Tante Mis' pensionat.
+Tante Visse/Louise Amstrup har det meget dårligt for tiden, og hun græder og skælder ud konstant. Laura synes, hun burde indlægges. 
+Der er en ledig plads på Christiandal Kloster til gamle Jean.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/344s</t>
+  </si>
+  <si>
+    <t>Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4.
+København K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære Abba!
+Du længes vel snart efter at høre lidt herfra, men jeg vilde vente med at skrive, til jeg havde været på Ølstedg. og det kunde jeg først i Aftes. I Søndags var Dengse hjemme; jeg var i Kirke om Formiddagen og om Aftenen var Mogensens her til The. Junge kom fra Odense Kl. 2, saa vi havde da en Del Adspredelse den Dag. Mandag var vi altsaa paa Sandholt og tilbragte alle 5 en meget behagelig Eftermiddag. Pastor Juuls med Ungdom, Provst Schierbæk med Moder og 2 unge Piger. Provsten havde Fru ulæseligt og mig til Bords, han var meget underholdende baade mod mig og senere efter The mod Elle, der maatte staae ca. 3 Kvarter og snakke ”klogt” med ham. Vejret var dejligt og der var henrivende i Haven; Frøken Sperling i meget godt Humør, hun drak med mig, tog de unge med og drak med dem ”med Fru Warberg i Spidsen!” Pastor Juul drak med mig og bad mig hilse Dig, alle de gamle sluttede sig dertil. Der skulde være Barnedaab i Slelde paa Søndag Harald og Thorvald skulde staae Fadder; men nu havde Barnepigen faaet Mæslinger saa de vidste ikke, om Festen blev opsat. Fru Sperling har ikke haft Mæslinger og turde derfor ikke tage derover. Alt staaer vel til her hjemme, Haven er temmelig ren og der er Masser af dejlige Blomster. Jørgen hænger i med Brændet. Bobby er voxet meget, Dede var svært glad ved at see ham og Munter lege. Jørgen fanger nu næsten hver Nat en Rotte, vi mener de svinder godt. Vi nyder det aldeles henrivende Vejr, sidder i Teltet om Eftermiddagen og syer og læser højt. Eastman laa her 2 Breve fra i Lørdags; han har saa grulig meget Arbejde, at han slog paa han mulig ikke kunde komme i dette Efteraar tangerede endog at bare hun var der!! men det synes vi andre dog vilde være for galt, at sende hende alene til Boston. I Dag skal Elle spadsere ned til Schroll at faae noget til sine Øjne, de er daarlige. Jeg vil nødig have, at Du skal fortælle ham, naar han kommer ind til Klokken, at der er en Knejpesangerinde i Pensionatet, i saa Fald vilde han ganske sikkert sende Historien i Omløb her hjemme om det Publikum, der findes i Mis’s Pensionat, og det vilde jeg ikke gutere. Jeg har sikkert nok haft Ret i min Formodning om, at Dis havde ladet sig foresnakke paa Ølstedgaard, at vi havde forsét os med Visse (og Amstrup vel med,) for nu løber det rundt paa Egnen, at ”de har ikke taget det rigtigt paa Erikshaab”! I Gaar spiste Pal., Astrid og jeg til Aften i Køkkenet og kørte lidt før 7 over at see til Visse, men hun var saa spansk og ligefrem uvenlig mod mig, at jeg lovede mig selv, ikke at tage derover saa snart. Det var ikke fordi Astrid var med, for hun og Pal. var der alene forrige Fredag og da var Visse meget venlig mod Astrid og fyldte hende med Anklager mod Amstrup, var vred over at Lærerinden skal komme nu snart kort sagt, alt hvad Amstrup gør er jo galt. Jeg synes at alt derovre er et Væv af Løgn og Modsigelse, ikke til at blive klog paa. Jeg har Gudskelov en god Samvittighed og har intet at bebrejde mig i mit Forhold til Visse og Amstrup i al denne Tid, men jeg kan jo ikke lade være at ærgre mig lidt over alligevel at blive beskyldt for at have handlet urigtigt. Aa[ulæseligt] har 2 Søndage i Træk været der og Visse har grædt og beklaget sig. Aa[ulæseligt] foreslog hende at lægge sig ind paa et Sygehus eller tale med en anden læge, men det mente hun ikke hun vilde af Hensyn til Dis. Tror Du ikke hun har Tuberkler et Sted f. Ex. i Hovedet;?? Jeg synes at Schroll skulde lægge hende ud paa Sygehuset i Odense til Observation; han kommer jo dog ingen Vegne med hende selv. Amstrup sagde til os i Gaar, at nu var hun bedre og meget mere rolig, men Stuepigen havde lige fortalt mig, at det var det samme og at hun var ked af det og græd næsten altid. Hun kom ogsaa til at græde i Aftes, inden vi tog bort, mens vi alle sad sammen og talte om ligegyldige Ting. Ligeledes sagde Amstrup, at V. er glad ved at Lærerinden skal komme, og saa er Sandheden, at hun er rasende over det og har sagt det baade til Aa[ulæseligt] og Astrid. Det er absolut ikke til at komme til Bunds i, men nu vil jeg forholde mig aldeles passiv over for det hele. Da vi kom i Aftes, var Visse gaaet sin Vej, ned ad Allerslevgyden, og de kunde ikke begribe, hvor hun blev af, det blev helt mørkt, inden hun kom. Hun bebudede Paludan et Brev, hun havde skrevet i Gaar. Naa men nok om det. Doktoren har været inde hos Aa[ulæseligt] og har ligeledes spurgt Syberg ud om Visse, saa naar han slet ikke kommer til mig, som kunde give ham bedst Besked, saa er det jo givet, at han bebrejder mig noget, jeg aner ikke hvad! – Lad mig nu snart høre lidt fra Dig, om hvordan Du har det, om Muk, om Thorvalds Besøg, o.s.v. Her kom nu et Brev til gl. Jean om, at endelig er der død en Dame i Christiansdal Kloster; jeg skulde sende Brevet til hende. Hilsen til alle derinde! Børnene sender en af Dagene
+[Skrevet langs sidste sides venstre kant:]
+Pengene til Tæppet til Zuluen, kan Du sige ham.
+[Skrevet langs næstsidste sides højre kant:]
+Kærlig Hilsen fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Alfred Dreyfuss
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dette er første brev, der kendes til, fra Alhed Larsen efter brylluppet med Johannes Larsen. 
+Larsen-familien ejede to skovgårde i Sverige, Båxhult og Höljeryd.</t>
+  </si>
+  <si>
+    <t>Johannes, Alhed og Ludvig Brandstrup er på Båxhult. De går på jagt. Johannes Larsen maler flittigt, da vejret er fint. Bredsdorff vil gerne købe to akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ogv2</t>
+  </si>
+  <si>
+    <t>8ende Sept
+Kære Moder!
+Lud og jeg sidde og venter paa Las, der er ude at male, og Middagsmaden (st. Urhøne og Brødkage) staar og venter ude i Køkkenet jeg vil forkorte Ventetiden ved at begynde paa et Brev til Dig. – Jeg haaber, at Du har hørt fra Christine (vel nærmest mundtlig) lidt om os heroppe og Grunden til vores lange Tavshed. Vi ejede i mange Dage ikke en Øre og kun 2 Frimærker, som vi ikke turde give fra os, da vi jo mulig kunde faa Breve, der skulde besvares strax. Der kom jo ogsaa Bertas og det andet Frimærke blev anvendt til Dig. – Tak for dit sidste Brev, jeg faar vist snart et til, Du vilde skrive naar Du kom hjem, skrev Dis. – Du kan tro det var yndig at have Christine her, jeg savner hende meget. Lut kom i Forgaars Aftes. Berta turde jo desværre ikke for den dårlige Vejs Skyld, det havde ellers været forfærdelig morsomt at have hende her ogsaa. Lut skød to Urhøns i Gaar han gaar rigtig og nyder Livet i det henrivende Vejr. Las maler flittig hver Dag, hans Billede gaar udmærket fremad. Hvis bare Vejret vil holde sig, saa kan han maaske faa det færdigt. – (Efter Middag) Las kom hjem med et Brev fra Elle, skreven d. 4de og i Dag er det den 8ende, det var da nogenlunde expedit. Ellers er det jo en skandaløs Postgang i Aar. Vi har faaet et Brev fra Kerteminde, der var afsendt Fredag Aften og vi havde det først Torsdag Aften, ligesaa længe havde Bertas været undervejs. Tilføjet: Om Aftenen. Denne Parentes er jeg sat til at skrive af Lud og Las, der begge sidde her og skrive og have begyndt hver sit Brev med ovenstaaende. – Vi have et henrivende Vejr i disse Dage komplet Sommer, men i Aften er det desværre som om der er Forandring i det. – Lud har en Riffel med, en lille elegant Bøsse, som han har givet mig Lov at skyde med. I Aften have vi alle 3 været paa [overstreget: J] Andetræk nede ved en Sø, men vi saa desværre ingen Ænder. – I Dag have vi faaet en Pakke Politiken fra Kerteminde, det er meget morsomt at se Aviser igen, naar lige at læse om Dreyfussagen. I maa endelig skrive, saa snart I faa noget at vide om Elles Bryllup. – Hvordan gik Johannes Jyllandsrejse? – Jeg skal hen at skrive et Par Ord til Elle til Svar paa hende Brev, eller jeg kan i Grunden ligesaa godt skrive det her. – Hvis Bredsdorff vil have 2 Akvareller saa findes der 2 [udstreget: da] saadanne i den fri Udstillingslokale, Cinerarie” [tilføjet over linjen: Blomst] og ”Gravgæs” 100 Kr. pr Stk, men han maa selv se at faa fat i den [tilføjet: hvis han gider], da Las jo er heroppe. Mange Hilsner til Alle fra Las og Eders Alhed
+Lud hilser</t>
+  </si>
+  <si>
+    <t>1898-09-13</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Laura Balslev, f. Leth
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+H. Junker
+Johanne Christine Larsen
+Otto Emil  Paludan
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster drev et pensionat beliggende Gothersgade 129 i København. 
+I Heden lå ejendommen Ensomhed, som Hempel Syberg havde i fæste. 
+Johanne Christine Warberg og Thorvald Balslev var forlovet 1893-1898. 
+Warberg-familien var gode venner med von Sperling, som ejede godset Sandholt. 
+Hempel Syberg var medvirkende til at Andelsselskabet Odense Offentlige Slagtehuse og Eksportslagteri blev stiftet i 1897.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0345</t>
+  </si>
+  <si>
+    <t>Hempel Sybergs søster har ligget syg i Heden. 
+Laura Warberg er spændt på at høre om Thorvald og Johanne/Junge har fundet sammen igen. En bekendt, der havde været i selskab med Thorvald, syntes at han var forceret.
+Hempel Syberg har det godt igen. Han har bedt Laura følge hans søster til Lerchenborg, men hun havde ikke lyst.
+Laura må hurtigt vide, om Niels Holm skal have hø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hf6n</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4.
+København K. 
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+p.t Odense – Mandag.
+Kære Abba!
+I Fredags fik jeg et Brevkort fra Syberg med Anmodning til mig om at møde i Heden samme Dag Kl. 3 og køre med ham hjem, helst skulde jeg blive nogle Dage for at underholde hans Søster, som har ligget syg her en Uges Tid, men nu dog var paa Benene igen. Jørgen kørte mig altsaa til Heden og Marie var saa rask, at vi har kunnet snakke ret af Hjærtens Lyst i disse Dage. Det værste for mig ved at rejse hjem efter var det, at jeg længtes saa meget efter Brev fra Dig, navnlig efter at høre om Thorvalds Besøg hos Dig, om der mulig er udtalt noget Haab fra hans Side om det kunde falde i Lave igen mellem dem. Jeg hørte paa Sandholt, at han skulde til Slelde at staae Fadder i Gaar og jeg var derfor i Lørdags paa Banegaarden for at kigge efter ham og hans Moder men saa ingen. I Eftermiddag rejser jeg hjem og vil prøve igen at see efter dem ved Iltoget fra Jylland. Syberg og jeg har været en lang Visit hos Junker; Fruen var nylig kommen fra Madnedsund og havde været en Del sammen med Thorvald, som hun syntes var forceret livlig, men hun talte ikke alene med ham altsaa slet ikke om Johanne. Der blev spillet noget, som Junge ogsaa spillede, og det gjorde meget Indtryk paa ham. – Syberg har det saa udmærket godt nu siger han selv. I Gaar Lørdags ["I Gaar" overstreget. Over linjen skrevet "Lørdags"] var han sammen med alle fra Slagteriet en Tur til Stige ad Kanalen, men fra Aftenspisningen og Dandsen trak han sig tilbage. Thora læser flittig og er glad ved det; Mathematik falder hende ikke svært-
+Syberg har tigget mig om at følge Marie til Lerchenborg; han vilde betale hele Rejsen, men jeg har vægret mig bestemt, har ingen Lyst til at rejse mere. 
+– Jørgen har bedt mig spørge Dig, om Niels Holm skal have Hø; han mener Du har lovet ham lidt, Jørgen Paludan og jeg vilde synes det var rart, om han f. Ex. delte med K[ulæseligt] Skrædders denne Gang. Hvis Du nylig har skrevet til mig og ikke gider skrive igen, saa bed Muk om strax at skrive et Par Ord om Høet, da Jørgen sagde at det var Tiden at slaae – Alle Maries og Sybergs gamle Veninder har været bedt her til hendes Underholdning. Jeg længes nu efter at komme hjem og faae Brev fra Dig og høre hvordan Du har det; nu maa jo Hjemrejsen nærme sig Syberg og Marie hilser. Kærlig hilsen fra Din Smaa. 
+Hilsen til alle derinde. Dersom Du kommer hjem en Søndag, vil jeg prøve at faae Syberg og Thora ud den Dag; vi havde bedt dem til i Søndags, men de kunde jo ikke for Bedstemors Skyld.</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
+[I brevet:]
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1898-10-31</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>St. Gotthart</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Italien på bryllupsrejse.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen sidder i toget og er på vej over St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ncH5</t>
+  </si>
+  <si>
+    <t>[På hovedet: 1000 Hilsner L &amp;amp; B]
+31-10-98
+Vi sidde i Toget og køre over St. Gotthart. Alperne se storartede ud med Sne paa Toppen; i Gaar spadserede vi langs Vierw.st. søen (se ovenfor). Vi har henrivende Sommervejr hver Dag. Om lidt staa vi af Toget og spadsere over St. Gotthart.</t>
+  </si>
+  <si>
+    <t>1898-11-02</t>
+  </si>
+  <si>
+    <t>St. Gotthart
+Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Det unge par er på bryllupsrejse.
+Hospits er et herberg.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Pisa med tog. De står af toget og går til toppen af St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66fx</t>
+  </si>
+  <si>
+    <t>Milano 2den Nov
+Kæreste Mor
+Jeg er kommen i Tanker om, at det vist var ubesindig af mig at skrive, at vi vilde spadsere over St. Gotthart, I kunne mulig ængste Eder ved Tanken derom, men jeg skynder mig herved at meddele, at vi lykkelig have tilendebragt denne i øvrigt ikke Spor af farefulde Tur. – Det var meget interessant; vi begyndte paa Spadsereturen Kl 10½ og Kl. 12½ naade vi en lille Landsby, hvor vi spiste til Middag. Kl. 1½ startede vi igen, og her begyndte den interessanteste Del af Turen, vi saa fra nu af ikke en menneskelig Bolig og ikke et dito Væsen. I 4 Timer gik vi uafbrudt opad, og Naturen blev vildere og vildere, vi fulgte Floden Reuss til dens Udspring og det var meget interessant at iagttage dens Manøvre, mange Steder dannede den pragtfulde Vandfald. Desværre havde vi det Uheld, at det regnede de sidste 3 Timer, saa vi naade fuldstændig gennemblødte Toppen, og desuden laa der saameget Taage og saamange Skyer omkring os, saa vi ikke fuldstændig kunde se men kun ane alle de sneklædte Toppe omkring, men vi fik jo alligevel et udmærket Indtryk af Alpenaturen. Det var næsten helt mørkt, inden vi naade Toppen, og det saa et Øjeblik ud [tilføjet: ud] som vi var blevne nødte til at begynde Nedstigningen med det samme, idet vi ikke kunde opdage noget levende Væsen. Der var 3 Huse, men de var helt tillukkede og ingen besvarede vores Banken Til sidst fandt vi imidlertid en aaben Dør og skønt der var meget skummelt og lugtede fælt muggent, gik vi ind og opad en Trappe. Vi bankede paa en Dør og kom endelig ind i en Stue, hvori der fandtes 2 Mænd, en Dreng og to kolossale St. Bernhardshunde. Vi spurgte om vi kunde faa Nattelogi, og det kunde vi heldigvis. – Der var dejlig varmt og I kan tro, det gjorde godt at sidde ned og faa noget at spise de skulde netop selv til at spise og havde en stor Terrin varm Suppe paa Bordet. Vi spiste med og det smagte dejlig skønt den var lavet af Ost, Vand og Hvedebrød. – Den ene Mand og Drengen bo heroppe hele Vintren og de udgøre det saakaldte Hospits e [overstreget:e) De proviantere om Efteraaret og maa være belavede paa ikke at se noget Menneske førend til Foraaret. De have Nøglen til et Hotel, hvor der er Værtsfolk om Sommeren. Der lå vi om Natten i et rigtig pænt Værelse. Næste Morgen var vort Tøj tørt og styrkede og udhvilede be- [fortsættes på side 1, på hovedet:] gav vi os paa Nedturen, der varede c. 3 Timer, vi havde no [udstreget:no] været næsten 7000 Fod oppe. Vi begyndte, hvor Toget kører ind i den store Tunnel og kommer ned, hvor den ender altsaa saaledes: (de streger ere L &amp;amp; mig [tegning indsat] midt paa Bjærget. – Vi naa først Pisa i Overmorgen Fredag. 1000 Hilsner fra os begge</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1898-11-12</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Pisa Italien</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Wilhelmine Berg
+Signora di Prete
+Johannes Larsen
+Knud Larsen
+Alfred Rottbøll
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er kommet til Firenze efter at have været 6 dage i Pisa. Alhed har været lidt syg. Maleren Knud Larsen havde modtaget to breve til Las og Madame Larsen. Han afleverede dem på posthuset og nu er det ene brev forsvundet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RM0i</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Du har maaske allerede i flere Dage ventet Brev fra mig, men jeg vilde først komme til Florenz og vide vor faste Adresse saa jeg kunde skrive den, men det er trukken længere ud, end vi havde troet. I Pisa blev vi nemlig 8 [udstreget:8] 6 Dage i St. for 2, som vi havde tænkt; og dels fik jeg Mavepine saa jeg maatte ligge en Dag og tage det med Ro den næste. – Hvis I se Frk. Sperling, saa fortæl hende at vi boede hos Signora di Prete og var meget glade ved den Adresse. Det var billigt og udmærket. Hun var saa voldsom elskværdig og omhyggelig for mig, da jeg ikke var rask, de 3 sidste Dage var vi i Pension hos hende. I kan ikke tænke jer hvor der er henrivende ved Pisa 2 Gange var vi ved Middelhavet, den ene Dag spadserende gennem store Pinjeskove. – Der er Kamelavl, og vi mødte en Dag en stor Karavane af Kameler der bar Træ. – Jeg fik Dit Brev og var meget glad ved at høre, at I havde det godt, men det var jo allerede lidt gammelt. – De sidste Dage i Pisa havde jeg saa væmmelige Drømme om at alting var galt hjemme, saa jeg var meget utaalmodig efter at høre om her skulle være et nyt Brev til mig. Men nu skal Du høre, hvordan det er gaaet. Las fik et hjemme fra og jeg ved, at der er et [tilføjet: et] til mig. I Gaar talte vi nemlig med den danske Maler Knud Larsen som fortalte, at baade Las’ brev og et til Madame A Larsen fejlagtigt var sendt til ham, han har personlig afleveret dem igen her paa Posthuset, men disse Smølehoveder kunne ikke finde det. Jeg har imidlertid klaget min Nød til Konsulen (en Italiener) som har været her i Dag (jeg sidder paa Posthuset og skriver) og sagt at de skulde finde det, saa jeg haaber at faa det i Morgen; men jeg vil alligevel bede Dig om lige strax at sende mig et Par Ord, det er skrækkeligt at gaa i den Spænding og man ved jo ikke, om det andet findes. – Vi kom hertil i Forgaars Aftes og i Gaar Morges gik vi til Vittoria, for at høre om hun havde Plads til os, men hun havde Huset fuldt. Hun gik imidlertid med os i Byen og hjalp os at finde et godt Værelse, temmelig billigt: Viale Pr. Margherita 44 ² Firenze Italia der skulle vi have Morgenkaffe og ellers spise ude. – I Morgen Aften skulle vi til Middag hos Vittoria, de blev frygtelig forbavsede, men meget glade d [overstreget: d] lod det til, ved at se os. – Vi har allerede været en Del omkring her i Byen, det er vidunderlig at se Firenze igen, og Las synes ogsaa udmærket om det alt sammen. Her er Sommer complet, blomstrende Roser og andre Blomster og den dejligste Luft. Vort Værelse ligger i Udkanten af Byen paa en bred Allé med grønne Trær. Der er fri Udsigt og frisk Luft. – Konsulen er flink, han har skaffet os begge Permesser til Museerne, først mente han at jeg ikke kunde faa, navnlig da jeg ikke havde det gamle, men heldigvis havde jeg et Bevis for, at jeg har gaaet paa Akademiet hernede, det fik han og gik saa selv op hos Direktøren og indestod for, at jeg var Malerinde, og saa fik jeg heldigvis et; det var ellers blevet skærpet saa meget, at selv rigtige Malere [skrevet på tværs på forsiden: ikke kunne faa uden et Runskuerpas hvad vi heldigvis havde til Las. – Nu er Las færdig med at skrive hjem, og jeg vil derfor ogsaa slutte. – Gid jeg snart kunde høre, at I alle har det godt, saa vilde Tilværelsen være paradisisk. Jeg er fuldstændig rask igen, tog Tante Mis’s Middel, du ved med og det holder mig i Orden. – 1000 Millioner Hilsner til Alle fra Las og Eders Alhed.
+12 – 11 – 98 -</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1898-12-07</t>
+  </si>
+  <si>
+    <t>Fritz -
+Baccino Bacci
+Vittoria Bacci
+Berta Brandstrup
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse i Italien.
+Hvem den omtalte Asta var kan ikke afgøres. Larsen-familien kendte mange, der hed sådan. 
+Fru B. er ligeledes ukendt. Eftersom Alhed på bryllupsrejsen kaldte Vittoria Bacci ved fornavn, er det ikke hende, der refereres til.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2131</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen vil rejse fra Firenze 14. december og gøre et par dages ophold i Ravenna.
+Efter et kort ophold i Kerteminde vil de komme og holde jul hos Alheds forældre. 
+De har været på en tur til Fiesole. Nu spiser de hver aften hos Vittoria Bacci, for de blev trætte af restaurantmad, og hun tilbød, at de kunne spise hos hende mod betaling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/555E</t>
+  </si>
+  <si>
+    <t>[Skrevet i venstre margen side 1, lodret:] Jeg er rask.
+[I brevet herunder:]
+Kæreste Mor!
+Tak for Dit Brev i Gaar! Det var meget overvældende med Asta, jeg havde ikke mindste Anelse derom. Det vilde være forfærdelig morsomt at træffe hende hernede. - Nu slaar ellers Afskedstimen snart med det kære Firenze. Vi have bestemt at rejse herfra paa Onsdag Morgen ["Morgen" indsat over linjen] d. 14de (vor 1/2 Aars Bryllupsdag.) Hvad Breve angaar, saa maa det sidste afsendes til os Lørdag, samme Dag, Du faar dette. Hvis jeg ingen faar her, (og det er vel tvivlsomt) saa venter jeg et i Ravenna (poste restante). Vi bliver i Ravenna Onsdag og Torsdag. - Jo Tak, vi have tænkt os at være paa Erikshaab i Julen, eller i alt Fald noget af den. Jeg havde givet Las Frihed til at være i Kerteminde, hvis han helst vilde, men nu er han alligevel kommen i Tanker om, at han helst vil med til Erikshaab. Det er jeg naturligvis forfærdelig glad ved og har til Gengæld foreslaaet, at vi rejser om ad Kerteminde og siger Goddag til dem fra den ene Dag til den anden, saa det er mulig, at vi først kommer til Erikshaab Juleaften. Jeg glæder mig forfærdelig til en hyggelig Jul sammen [med] Eder alle, Tanken om den, tager en hel Del af Smerten ved at rejse herfra. - Vejret er henrivende, vi var i Gaar en Udflugt til Fiesole, spadserede derop og kørte i elektrisk Sporvogn ned. - Om Aftenen var vi hos Vittoria, vi spise der hver Aften nu; vi talte en Dag om, at vi snart var kede af Restaurationsmad, saa sagde hun, om vi ikke vilde spise hos hende om Aftenen og betale det samme som paa Restaurationerne. Det gør vi nu til stor Glæde for alle Parter. I Aftes var vi i Cirkus med Baccino. I Eftermiddag har vi været en Køretur i det dejlige Vejr, det er anden Gang, vi flotte os med det. - Jeg har ikke Tid at skrive stort mere, da det er bleven lidt sent, og vi skulde være præcis 7 ude hos V. - Jeg haaber ikke, der er nogen Spørgsmaal i Dit Brev, jeg kan ingen huske. - Bertas Brev har jeg ikke faaet. - Fru B. skal jeg hilse mange Gange fra, ligesaa Vittoria 1000 Hilsner til alle fra Las og Din 
+Alhed.
+Hils gamle Ma' Fritz mange Gange, hvis hun levder endnu.
+7-12-98-</t>
+  </si>
+  <si>
+    <t>1898-12-26</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen, Georgs søn
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har muligvis holdt jul sammen med Alheds familie på Erikshaab. Det er åbenbart første gang, at Johannes Larsen ikke skal holde sin fødselsdag i hjemmet i Kerteminde. 
+Tjalfe er Johannes Larsens hund.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Uglen har travlt med at male. Lille Ville var oppe til kl. 10 juleaften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WlIY</t>
+  </si>
+  <si>
+    <t>Kerteminde 26/12.
+98.
+Kjæreste Johannes!
+Saa er det nok første Gang jeg maa skrive min Lykønskning til dig Gud Fader velsigne dig og bevare dig i det kommende Aar og gjøre dig saa glad som jeg ønsker – jeg er hos dig i Tankerne og har været det hvert Øjeblik siden I rejste; men godt var det da jeg vidste hvor I var, for skjønt jeg ikke har seet Hjemmet saa kjender jeg dog alle Personerne og det er det vigtigste – Imorgen vil vi højtideligholde Dagen med at spise dine Livretter og jeg vil faa Tjalfe vasket og bestilt en Kurv til ham at han kan sove i om Natten.
+En kjærlig Hilsen fra Fader og Tak for hans Gave der blev stor Glæde med Fru Storm der aldrig har havt en ordentlig Brystnaal og saa at I havde husket hende det var saa mageløst I steg vist umaadelig højt; Nu Farvel og kjærlig Hilsen til I to og mange flere din trofaste Moder
+Kære Las!
+Min hjærteligste Lykønskning i Dagens Anledning og en venlig Hilsen til Dig og Be fra din hengivne Broder Klaks.
+Kære Johannes!
+Tusind Lykønskninger paa Fødselsdagen, af mit ganske Hjærte ønsker jeg Dig et gevaldigt godt Aar.
+I skal have mange Tak for Julegaven som jeg synes er forfærdelig sød. 
+Uglen har travlt med at male, saa hun har bedt mig om at hilse og ønske til Lykke. I skulde blot have set hvor lille Ville var henrykt over Juletræet , hans Ansigt straalede da han saa alle Lysene og han holdt ud til Kl. var henad 10. Nu maa Du hilse alle dernede fra mig. De kærligste Hilsener til Alhed og Dig fra Din hengivne Marie.</t>
+  </si>
+  <si>
+    <t>1899-1902</t>
+  </si>
+  <si>
+    <t>Kesse -
+Ellen Agnete Amstrup
+Louise Amstrup
+Lars Christian Balslev
+Niels Elgaard Amstrup
+Hans Rasmussen
+Christine Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed er på besøg på Erikshaab hos forældrene.
+Elevatoren må være en restaurant i Odense. 
+Det er uklart, hvem Kesse er. 
+Det fremgår af flere breve, at Louise Amstrup var vanskelig at omgås, og at hun især var skrap overfor sin mand.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været i Odense og ordne ærinder samt besøge Hempel Syberg. 
+Niels Elgaard Amstrup (Onkel Amst) har været på besøg med lille Nete. Han græd og kan ikke holde hende (konen?) ud mere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2YTw</t>
+  </si>
+  <si>
+    <t>Min egen kære Dreng!
+Jeg slap lykkelig og vel fra min Odensetur i Gaar, drak Rødvin og spiste Appelsiner hos Onkel Syberg, besørgede Ærinder, drak The sammen med Christine i Elevatoren, hvor jeg ikke har været siden vores Bryllupsdag, vi sad ved det samme Bord og snakkede om Lars Christian. Christine tog med hjem i Aftes, hun kunde ikke undvære Kesse længere. – Hvor jeg savner Dig min Dreng, jeg har været saa nedtrykt i Aftes, at jeg slet ikke kunde snakke op og fortælle om mine Oplevelser i Odense. – Jeg vilde have skreven et langt Brev til Dig, var saa oplagt, men nu kom Onkel Amst. og lille Nete spadserende, og saa maa jeg tage med Mor i Stedet for Far over til Hans Rasmussens. – De skulde køre lige som Amst. kom. Stakkels Amst han græder og er saa fortvivlet, hun er værre end nogensinde, og han kunde ikke holde det ud længere men maatte over og beklage sig lidt til Far og Mor! – Har Du det godt? Du kan tro jeg savner én, der kan hviske lidt sødt til mig! Nu er Vognen der! 1000 Millioner Hilsner
+Din egen Alhed.</t>
+  </si>
+  <si>
+    <t>Forår 1899</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Frederik  Laub
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed har slidt i det med et maleri og er også i gang med et andet, men hendes mor er syg, så Dis kan ikke hjælpe med barnet (Gajten), og Alhed har ikke meget ro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ym1c</t>
+  </si>
+  <si>
+    <t>Kære lille Larsie!
+Jeg sled i det lille Billede hele Dagen i Gaar, Stilke, Glas, Stolesæde og Baggrund og jeg tror nok, jeg fik det en hel Del bedre. I Dag har jeg været oppe Kl. 7 ½ og hænger vældig i med det andet, men det rimeligste er vist nok, at det ikke bliver til noget. Mor ligger af Forkølelse, saa Dis kan slet ikke hjælpe mig med Gajten, saa jeg har jo ikke saa forfærdelig meget Ro til det. Han har det godt den søde Knægt. – Hr. Laub var her i Aftes, herlig Mand. – Dejlig Foraarsvejr, i Forgaars var jeg ude med Gajten, jeg saa 3 Snoge og plukkede en stor Buket Violer. – Jeg skal til Gajten nu, Farvel min egen Dreng! Jeg haaber jeg faar Brev nu med Posten! Hvordan mon Du har det! 1000 Hilsner
+Din Alhed
+Fredag</t>
+  </si>
+  <si>
+    <t>1899-2</t>
+  </si>
+  <si>
+    <t>- Bach, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Frederik Brandstrup
+Louise Brønsted
+Maren -, Erikshaab
+Ossip Gabrilowitsch
+Fru Emma Hirschsprung
+Peder Kaarsberg
+Alhed Larsen
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Domenico Scarlatti
+Robert Schumann</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var i februar 1899 ansat ved Hotel Phønix, København. 
+Fru Hirschsprung er formodentlig Emma Hirschsprung og ikke Pauline Hirschsprung. 
+Forfødde eller forfode: At strikke ny fod på strømpeskafter i de tilfælde, hvor foden var slidt, men man ønskede at bevare skaftet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0423</t>
+  </si>
+  <si>
+    <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
+Fru Hirschsprung har været syg. Johanne har været til koncert.
+Wilhelmine Berg/Tante Mis skal måske opereres. 
+Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
+Alhed kommer nok på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s0cD</t>
+  </si>
+  <si>
+    <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
+Kære Mor
+Jeg har det stadig godt. 
+Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
+Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
+Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
+Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
+Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
+Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
+[Skrevet øverst på s 1:]
+Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
+Hils alle fra Junge.</t>
+  </si>
+  <si>
+    <t>1899-02-07</t>
+  </si>
+  <si>
+    <t>Hotel Phønix</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Berta Brandstrup
+Frederik Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Maren -, Erikshaab
+Joseph Haydn
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+- Holstein, Frk.
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Grethe -, København
+Alhed Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Marie Schou
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Larsen skrev 8. jan 1900, at hun sagde op på Hotel Phønix, hvor det var slemt at være ansat.
+Ellen Sawyer flyttede i 1899 til Boston. Det er uklart, hvad det omtalte telegram indeholdt, og det findes ikke sammen med Johannes brev. 
+Muntermand og Bobby må være hunde.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2039</t>
+  </si>
+  <si>
+    <t>Johanne har fået telegram fra Ellen, og hun sender det til forældrene. Hun kan ikke forstå, at det er sendt fra Boston og ikke New York.
+Johanne har været til middag og kortspil hos Hirschsprung samme med Marie og P.S. Krøyer. Hun var ikke begejstret for dem. Fru Hirschsprung og Johanne spiller firehændigt to gange om ugen. 
+Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
+Johanne får for meget konfekt og slik, så hun lægger sig ud. 
+Ludvig Brandstrup har brækket benet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5f0I</t>
+  </si>
+  <si>
+    <t>Hotel Phønix Tirsdag 7de Feb.
+Tak for de tilsendte Penge.
+Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
+Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
+Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
+Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
+Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
+Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
+5480 Rikgwood St. Chicago Ill. U.S.A 
+Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
+Tak for Laan for Brevene!
+Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
+Hører jeg snart igen.
+Din Junge
+Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
+  </si>
+  <si>
+    <t>1899-02-09</t>
+  </si>
+  <si>
+    <t>Lindvedvej 5260 Odense S
+Faaborg Fyn</t>
+  </si>
+  <si>
+    <t>Emil Andresen
+Christian Eckardt
+Johan Hoff
+Frederik Jungersen
+Hjalmar Kleis
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Sophus  Meyer
+Ulrik Plesner
+Emil Vett</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er syg og opholder sig i sit barndomshjem Erikshåb. Johannes Larsen arbejder for Joakim Skovgaard i København (se brev 1899-02-09 fra Johannes Larsen til Alhed)
+Lemming Vith er muligvis Emil Vett.
+Det er uvist, hvem "han" er. Ladevika er en kvinde, som bor i Kerteminde.
+Det er uvist hvilket stort billede, der er tale om.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen skal til at indrette deres første hjem sammen i Kerteminde. Johannes Larsens far skal finde en anden lejlighed til dem, da en mand fra Faaborg har fået deres. Han skal lave cementmursten.
+Johannes tegninger er i Kerteminde. Kan han ikke få solgt det store billede på auktion?
+Johannes Larsens forældre prøver at finde en plads på en gård til hans bror Adolph.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmYj</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 9/2 99
+Kjære Johannes
+Det gjør mig ondt at høre Alhed er syg – fortæl mig dog hurtig hvordan hun har det, jeg tænker daglig paa hende ogsaa; men jeg har ikke villet skrive til hende for hun har vel nok at gjøre med at skrive til dig jeg vil ogsaa være glad ved at faa en Hilsen fra dig og du har ogsaa været daarlig, Gud give dig dog Helbred og Fortjæneste min egen Ven. Der er saameget jeg vil tale med dig om – her er nu foreløbig dine Tegninger da de ikke laa i Mappen troede jeg du havde ladet dem blive i Kjøbenhavn, har han ikke engang seet dem? Naa nu er de her; og saa Lykke og Velsignelse til faa et godt hyggeligt fornuftig indrettet Hjem
+Plesner kommer saa ikke herover - Nu du er i Byen lille Johannes kan du saa ikke faa Rede paa det store Maleri, jeg har forespurgt mig flere Gange hos Eckardts om det ikke kunde anbringes paa en af Udstillingerne vi seer saa ofte store Billeder solgte baade hos Lemming Vith og Klejs eller om det kunde anbringes paa en Aktion tal med ham om det det er saa underlig for mig at jeg aldrig faar Svar
+Ja du kan tro vi tænker paa en Plads til Agraren vi seer efter i Avisen daglig, nu var her en idag paa Lindved – Fyn skal det være siger Faer; der er en Bestyrer, der stod ikke noget om at de maatte komme i Familien, han er maaske ikke gift men de 2 Elever skulde have Værelse sammen og deres Mad derop Løn [overstregning] 175 aarlig de skulde undervises i Roedyrkning og Brugen af alle nye Maskiner Regnskabsføring – oh Johannes ingen kan ønske ham mere en god Plads end jeg gjør – Gud give og Held at finde det beder jeg dog saa meget om – 
+I andre Sønner er kommen paa gode Steder saa finder vi nok en Plads til ham
+Nu skal jeg spørge fra Faer hvornaar I mene at komme her til Byen, for nu skal du høre det bliver alligevel ikke den Lejlighed ved Mejers at I faar her Andresen kom forleden og spurgte Faer om der kunde faaes et [ulæseligt ord] Rum og en Lejlighed til Sommer han saa paa Pladsen og rejste saa ned til Faaborg for at tale med Manden, han kom tilbage og meldte at det er en Mand der laver Cementtagsten der skal saa bygges en Skorsten til og saa skulde han give 300 om Aaret saa den lille Have ved Mejer og Pladsen bag ved; Ladevika ved nok at I skulde have havt hendes – men nu faar vi se at ordne det naar vi hører om naar I vil komme
+Nu er det saa mørkt at jeg maa sige Farvel Johannes husk jeg er din Gudmoder og Fastelavn Søndag er din Daabsdag tag dine Søskende med hør enten Hoff eller Jungersen
+Din Moder</t>
+  </si>
+  <si>
+    <t>1899-03-26</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Georg Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Nicolaus Lützhøft
+Elisabeth Storm
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Lützhöft bliver i brevet stavet som Lütshofft.
+Alhed Larsen er gravid og føder sit første barn "Puf" d.12.5 på Erikshaab, hvor hendes forældre bor.
+Fritz Syberg udstillede 26 billeder. Solgte på ferniseringsdagen "Interiør" til vinhandler Bestle for 175 kr. I Politiken stod der: "Aldrig har Syberg stået bedre." (Bente Scavenius: Den frie Udstilling i 100 år s. 66-68)</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg udstiller på Den Frie. Syberg har solgt for 850 kr.
+Alhed er gravid og skal til sine forældre på Erikshaab for at føde der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h40m</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag
+Kjære lille Ugle
+Ja jeg kan nu faa Plads ved Bordet for lige at sige Dig at jeg er oppe – igaar stod jeg op ved Frokost gik i Seng efter Aftensbordet og i dag sov jeg til Middag og er nu naar jeg holder mig inde helt vel ved det saa du seer det var godt jeg kom hjem i Ro – 
+Naa saa var det alligevel igaar at Udstillingen aabnede og her kom Brev fra Lütshofft om han havde seet Uglen der saa sød ud men sagde ingenTing.
+Nu kom Politiken hvilken Glæde. Syberg har allerede solgt for 850 Kr – og der gaar nok mere maatte blot Johannes ogsaa sælge lidt det oplivede saa godt – 
+Vi glæder os meget til I kommer skriv endelig naar vi skal hente Eder helst ved Dagen,men I maa ogsaa bestemme vi skal sende Rejsepenge, blot dog Vilhelm maa slippe med hjem hvordan gaar det med Eksamen og Kurset.
+Jeg tænker der er Brev fra dig i morgen med din Mening om Udstillingen – Johannes og Alhed bliver her de første 2 Helligdage og rejser til Erikshaab de næste for at se de Søskende der er hjemme dernede og saa bliver hun der i Ro indtil Sommeren
+Hilsen fra Marie hun er i Kjøkkenet og laver Mad
+Her er falden megen Sne – idag tøer Solen en Del
+Børnene ere raske nu og Georg og Marie var i Odense igaar – 
+Fru Storm ligger syg men er i Bedring
+Lev vel hils Alle og hjertelig velkommen din Moder</t>
+  </si>
+  <si>
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
+Gandenz Neiiendam
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
+  </si>
+  <si>
+    <t>1899-04-10</t>
+  </si>
+  <si>
+    <t>- Ast
+Berta Brandstrup
+Christian  Brandstrup
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Marie Oppermann
+Theodor Oppermann
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene, fordi hun skal føde parrets første barn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på Den frie Udstilling og hos Oppermann. Dagen efter skal han til Brandstrup. Larsen har solgt en akvarel til Fritz Syberg (Baronen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SfVS</t>
+  </si>
+  <si>
+    <t>Kæreste Alhed!
+Du faar kun et Par Ord nu da Kl. er saamange at jeg kun lige kan naa at faa det af Sted i Aften. Jeg har været paa den fri Udstilling i Formiddags med Uglen og Baronens og derefter i zoologisk Have og saa hos Oppermanns med Baronens. I Morgen skal vi til frokost hos Brandstrup og til Middag hos Oppermann sidste Sted skal Lysse og Mutter med. Jeg har solgt en Aquarel til Baronen for 100 Kr. Jeg skal hilse fra Fru Ast som vi traf i zoologisk Have. Jeg tænker meget paa Dig og er forfærdelig forelsket i Dig. Mange Hilsner Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-04-21</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Flødstrup
+Kerteminde Havn</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene på Erikshaab, fordi hun skal føde.
+Feden: I.A. Larsen (Johannes Larsens far) ejede en grund på Feden i Kerteminde med bl.a. skibsværft og arbejderboliger.
+"Motivet fra Vinduet": Billedet Sommer, solskin og blæst gengiver udsigten fra Johannes Larsens vindue i købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsen voksede op.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Alhed (hos hendes forældre) og fik kørelejlighed fra Ullerslev. Han er rørt over, at hun havde pakket hans kuffert.
+I.A. Larsen har solgt noget af sin grund på Feden til kommunen.
+Larsen har været på Taarbystranden/Taarup Strand og se på fuglereder.
+Han maler igen på udsigten fra sit vindue. Vil på havearbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0HmC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 – April 1899.
+Men egen kæreste Ven!
+Da jeg kom til Ullerslev begyndte jeg at gaa me[n blev ind]hentet af Becker [noget af papiret mangler] og Flødstrup og [noget af papiret mangler] ind i Vognen og sat [noget af papiret mangler]gyndte det at regne og regnede hele Vejen hertil, saa holdt det op og var dejligt Vejr hele Aftenen. Mens jeg gik kom jeg pludselig i Tanker om at det jo var Dig som havde pakket min Kuffert og jeg blev meget rørt over det, det var ikke gaaet op for mig før. Efter at jeg havde spist var vi ude paa Feden, Fader har i Forgaars solgt det Stykke af F[eden] som ligger ud til Havnen til Kommunen, til Bolværk for 2 Kr. Kr. Al. Samtidig fik han lagt 2 Al. Til paa de 2 Sider, Byraadet var nem[lig kom]men i Tanker om [noget af papiret mangler]de taget mere end [noget af papiret mangler] have den Gang [noget af papiret mangler] Pladsen af den, og havde forlangt at den skulfe maales om, nu var den bleven maalt om og det viste sig saa at vi skulde have 7-800 Kr. Al mere end vi havde faaet, og saa maatte de købe for 2 Kr Al. af det de for et Par og Tyve Aar siden havde solgt for godt 5 Øre Al, det har de godt af. I Formiddags var [jeg ude] i Marken med Tjalfe og saa 4 Høns og 2 Harer og fandt ude paa Taarbystranden 2 Vibereder med 4 Æg i hver, det var et dejligt Vejr. Jeg var oppe Kl. 6 og Motivet fra Vin[duet] jeg nok begynde [noget af papiret mangler] paa, jeg tror vel[noget af papiret mangler] i Eftermiddag og [noget af papiret mangler] i Morgen igen hvis Vejret tillader det. Jeg skal hilse Dig fra Moder og fra Marie. Jeg tror jeg skal til at gøre lidt Orden nede i Haven, saa faar jeg lidt Motion og frisk Luft med det samme. Jeg længes meget efter Dig og jeg haaber at faa Brev i Morgen. Vil Du hilse Dine For[ældre og] takke dem for den Tid jeg har været dernede, hils ogsaa Palam og Christine. Mange kærlige Hilsner til Dig selv fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-04-22</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Peter Magnussen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos familien på Erikshaab, fordi hun skal føde.
+"faaet Guldregnen vasket": Billedet har været stillet væk siden sidste forår.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler med oliefarver for første gang længe. Han har fundet billederne af pæretræet og guldregnen frem. Han står tidligt op hver dag og rører to æg med sukker, som han spiser, mens han maler. Senere bader han i stranden med hunden.
+Larsen vil skrive til Winkel &amp;amp; Magnussen og få arrangeret en udstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WorR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22-[noget af papiret mangler]
+Min egen kæreste Alhed!
+Tak for Dit Brev, som jeg fik i Morges, det glædede mig meget at se at Du har det godt og er glad ved at male, det er jeg ogsaa, jeg var oppe Kl. 6 i Morges og begyndte at male, det er første Gang jeg har rørt ved Oljefarver siden vi var i Sverige og jeg synes det er ganske rart at have med at gøre. Jeg har faaet indført at jeg faar 2 Æg og Sukker med op som jeg saa rører naar jeg kommer op og spiser dem inden jeg begynder at male og saa gaar jeg ned og faar Mad [naar] jeg er færdig, det g[noget af papiret mangler] Jeg har ogsaa faaet Guldregnen vasket i Dag og har faaet malet paa Luften og Græsset, og nu skal jeg have smurt lidt paa Pæretræet ogsaa. Fra 10-12 rører jeg Tjalfe og mig selv i Marken og fra 3-4 tager jeg ham ud paa Revlerne og svømmer, som Kur for Hullerne paa Bagbenet de er nemlig ikke helt lukkede endnu. Fader siger at jeg ikke skal holde Auktion vi skal nok faa bygget alligevel, og jo mere jeg tænker paa Winkel &amp;amp; Magnussens Udstilling des bedre synes jeg om det jeg har jo 11-12 Oljemale[rier i] Kjøbenhavn og alle [Aquare]llerne, saa naar jeg lod dem ind[ramme] dem der ikke er det i Forvejen kunde jeg jo faa en hel pæn Udstilling og det var jo ikke umuligt at vi kunde sælge noget der, det er jo et udmærket Sted og naar Udstillingen kunde blive den første eller anden vil der jo nok komme en Del Mennesker. Jeg tror jeg vil skrive til dem om det, bliver det til noget kommer jeg vel til at rejse derover et Par Dage igen. Ja nu er det saa mørkt at det svider i mine Øjne naar jeg skriver. God Nat mange allerkærligste Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-04-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christine  Mackie
+Peter Magnussen
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene, og hun venter på at skulle føde sit første barn, Andreas.
+Johannes Larsen fortalte i brevet til Alhed 22. april 1899, at de ikke skal holde auktion, for de skal nok få råd til at bygge alligevel, og han vil formodentlig sælge en del hos Winkel &amp;amp; Magnussen.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Larsen spiser godt og rører sig, så han kommer i form. Også godt. dét Larsen skriver om auktionen.
+Alhed Larsen er gået i stå med sit billede, men hun er glad for, at Larsen har godt vejr til sit Morgenbillede. 
+Dis (Ingeborg Astrid Warberg) skal forloves onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t3GG</t>
+  </si>
+  <si>
+    <t>Min kære Frajser!
+Du skulde egentlig ikke have haft Brev i Dag, men da jeg nu hører, at der skal Bud til Højrup, og da jeg tillige ser, at Du fik Dit Søndagsbrev allerede i Aftes, skal Du alligevel have et Par Ord. 1000 Tak for Dit Brev, som Christine kom med for lidt siden, jeg blev saa glad ved det. Udmærket, at Du spiser nogle Æg og rører Dig i frisk Luft, saa kommer Du ogsaa nok i god Kondition og maler nogle smukke Billeder. – Jeg er ogsaa saa glad ved det, Du skriver om Auktionen, jeg har set surt til den hele Tiden og synes meget bedre om Udstilling hos W. &amp;amp; M. Men jeg synes, det er en skidt Tid nu; og vilde være meget bedre til Efteraaret. – Det gaar saa daarlig med mit Maleri, jeg slider som et Asen, men kører alligevel fast. Jeg kan ikke faa den Farve. Jeg trode, det skulde blive et kønt Billede, men det bliver i St. for helt umuligt. – Sikken et dejligt Vejr til Dit Morgenbillede. 
+Nu Farvel, min egen Ven, mine Breve er nok meget smaa, men jeg har jo saa skrækkelig travlt hver Gang, jeg skriver, fordi der netop lige skal Bud til Højrup. Det er Dis’ Forlovelsesdag paa Onsdag, hun vilde vist blive henrykt ved et Par Ord fra Dig (Dronningensgade1)
+1000 kærlige Hilsner fra Din Alhed.
+Den lille har det udmærket. – 23 - April</t>
+  </si>
+  <si>
+    <t>1899-04-24</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre på Erikshaab, fordi hun skal føde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kan høre, at Alhed ikke er tilfreds med sit maleri.
+Han har selv lagt et nyt billede an.
+Myrerne i hans forældres stue er flyttet fra panelet til spyttebakken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zxCT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24/4 1899
+Min egen kæreste Alhed!
+Du faar kun et lille Par Ord i aften. Tak for Dit Brev i Morges, det ser ikke ud til at Du er videre tilfreds med Dit Maleri, men det er vel ikke noget daarligt Tegn naar det bare ikke betyder at Du vil opgive det. I Dag har jeg som sædvanlig været en Tur ude med Tjalfe, og i Eftermiddag har jeg lagt et nyt Billede an. Jeg staar nede ved Havelaagen og naar jeg skriver i Morgen skal jeg vedføje en Tegningen af det, Kl. er nu lige ved 10 og Fader og Moder ligger i Sengen og venter paa at vi skal forsvinde. Jeg opdagede i Eftermiddag et interessant Træk af Dyrelivet, Myrerne som har boet inde under Sofaen i Panelet, er nu ved at flytte hen i Spyttebakken som de har omdannet til en Myretue med en Masse smaa Huller i Sandet som de løber ud og ind af. Jeg skal hilse fra Agraren og Marie. Godnat min aller kæreste Ven.
+Din
+Johannes Larsen.
+P.S.
+Kan Du se mine Breve er heller ikke saa store</t>
+  </si>
+  <si>
+    <t>1899-04-25</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+- Nordskov
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på gården Erikshaab, da hun er højgravid og skal føde hos dem.
+Johannes Larsen har formodentlig stået i Strandgade i Kerteminde (bag forældrenes købmandsgård) og tegnet udsigten op mod en af møllerne på Møllebakken (begge møller var ejet af hans far, og Alhed og Johannes larsen byggede deres villa på netop Møllebakken).</t>
+  </si>
+  <si>
+    <t>Det er godt, at Alhed er begyndt at male på sine blomster igen.
+Johannes Larsen har lavet en tegning af sit nye maleri. Der skal nok et par hunde på billedet. Han maler desuden på pæretræet.
+Larsen har skrevet til Find, at han ikke kommer til Viborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/goPm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25-4-1899.
+Kæreste Alhed!
+Her har Du nogle Breve fra Elle, jeg haaber at det maa være de rigtige, jeg var saa heldig at finde dem i Mappen. Det glæder mig at Du har taget fat paa Cinnerarierne igen, hæng bare i saa skal Du se, at det bliver nok godt. Jeg ved ikke om jeg har fortalt Dig at mine 2 Billeder fra Odense ere ankomne i god Behold, jeg pakkede dem ud i Gaar. Jeg lovede Dig i Aftes at jeg skulde tegne mit ny Motiv til Dig, nu skal Du faa det: 
+[tegning]
+Det skal vist være et Aftenbillede eller maaske et Graavejrsbillede og det skal males færdig paa den Tid da Kastanietræerne ere næsten udsprungne, muligvis skal der et Par Hunde paa som Staffage, jeg saa forleden Nordskovs Puddel i Forgrunden (den er nu elegant klippet) og Smedens Foxterrier der stod og gøede hen paa Hjørnet.
+[Tegning]
+Saadan omtrent, nu skal jeg sætte dem paa Billedet saa Du kan se hvordan de vil tage sig ud. I Dag har jeg malet paa Pæretræs Billedet, der er allerede en hel Del jeg kan gøre nu og hvis jeg bare faar heldigt Vejr har jeg det bedste Haab om at faa det færdigt i Aar. Nu vil jeg skrive til Find at jeg definitivt har opgivet at komme til Viborg til Prøverne da jeg har nok at gøre for Tiden. I Gaar og i Dag har jeg ikke faaet malet paa Morgenbilledet da det har været graat begge Morgner. Jeg maa nok gratulere Dig! det er jo vores Bryllupsdag i Dag. Du kan tro jeg er glad ved at høre at Du er saa rask at Du kan gaa op paa Orene med Lethed. Vil Du kysse Christine fra mig. Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-07</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Alfred Eckardt
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene, fordi hun skal føde. Johannes Larsen opholder sig imens hos sine forældre.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ingen konvolutter, så Alhed får brevet i en brugt kuvert. Han beder hende sende hans kasket og hue.
+Han fik malet i morges, men senere på dagen har det blæst for meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9RA1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Maj 1899.
+Kæreste Alhed!
+Du faa vist et meget lille Brev i Aften for det er allerede temmelig mørkt og for Resten er det usikkert om det kommer af Sted da vi ikke har fundet nogen Konvolut endnu og Grossereren er gaaet i Seng. Jeg fik malet en Del i Morges men det blæste for stærkt til at jeg kunde være nede i Haven, saa jeg har holdt Helligdag i Dag. Jeg glemte forleden, jeg i sudste Brev at bede Dig om at sende mig min Hue og min Kasket, jeg har nemlig ikke andet Hovedtøj end min Hat og min lodne Hue og ingen af dem egner sig til at staa og male i Solskin med. Nu fandt Uglen en Konvolut hvorpaa der staar Hr. Alfred Eckardt den kommer Du vist til at nøjes med, jeg kan ikke se mere. Vil Du ønske Christine til Lykke fra mig og fra Moder. I Morgen skal Du faa et langt Brev. Fader og Moder er gaaet i Seng og de andre vil ikke tænde Lampe og vi har ingen Lys. Marie siger at det er Sludder og beder mig hilse. Lille Marie sidder og blader i Ill. Fam. og gaar hen til Vinduet hver Gang finder et Billede (temmelig tit). Uglen forstyrrer mig. Godnat Min egen Ven. Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-05-08</t>
+  </si>
+  <si>
+    <t>Vilhelm  Hammershøi
+Andreas Larsen
+Rasmus Petersen, Gartner
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene, fordi hun skal føde.
+Pæretræet: Johannes Larsen har flere forår i træk malet på et blomstrende pæretræ.
+"Gaden": Johannes Larsen har i brevet til Alhed 25. april tegnet motivet fra gaden til maleriet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er begyndt på et billede med kodrivere i et krus.
+Han har malet lidt på "Gaden". 
+Pæretræet (som han maler) bliver flot i år med mange knopper, og de er ikke frostskadet.
+Johannes Larsen er træt og i dårligt humør, fordi han ikke får gjort nok ved sine billeder. Han spørger, hvornår den lille mon bliver født.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYH4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Maj 1899.
+[Tegning]
+Min egen kæreste Ven!
+Dette skal forestille et Blomsterbillede som jeg har begyndt paa i Dag, det er en stor Buket vilde Kodriver i et Hammershøjsk Krus. Nu gælder det bare om at jeg har tilstrækkelig Energi til at hænge i med det til jeg faa det til et kønt Billede, det jeg præker for Dig, det er nemlig et kønt Motiv, men der er jo en forfærdelig Masse Blomster i det og det varer vel ikke saa længe. Jeg har ikke bestilt andet i dag naar jeg undtager at jeg malede lidt paa Gaden før Middag, men maatte holde op da der var for koldt at staa. Det regnede i Morges og regner lidt igen nu i Aften, hvad jeg er helt glad ved for det var bleven temmelig tørt, saa jeg var bange for at Græsplænerne ikke vilde blive køn og at Regnen skulde vente til Pæretræet var udsprunget. Du kan ellers tro at det bliver pragtfuldt i Aar der er en voldsom Masse Knopper paa og jeg kan ikke opdage nogle der har taget Skade af Frosten hvad de jo ellers har mange Steder, f. Ex Sybergs og Rasmus Petersens, der næsten er helt ødelagte. Hvordan gaar det med Dit Billede? Du kan tro jeg tænker meget paa Dig og savner Dig meget, jeg kan snart ikke taale at være borte fra Dig mere og synes slet ikke at jeg er hjemme naar jeg mangler Dig. Det er nok nogle slemme Breve jeg har skrevet til Dig de sidste Dage, jeg ved ikke hvordan det kan være men jeg har været saa træt om Aftenen og været i daarligt Humør fordi jeg ikke har kunne faa gjort noget ved mine Billeder. Jeg lovede Dig i Gaar at Du skulde faa et langt Brev i Dag men dette bliver nok ikke stort bedre end sine nærmeste Forgængere. Jeg er forfærdelig spændt paa hvornaar den lille kommer, tror Du det varer ret længe? Mange kærlige Hilsner og Ønsker om at det maa gaa Dig godt min egen Kæreste. Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-09</t>
+  </si>
+  <si>
+    <t>Margrethe Bentzen
+Wilhelmine Berg
+Victor Bøttern
+Georg Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hjemme hos forældrene for at føde sit og Johannes Larsens første barn. Drengen, som fik navnet Andreas (Puf) blev født 12. maj.</t>
+  </si>
+  <si>
+    <t>Alhed håber på godt vejr, så Johannes Larsen kan komme videre med sine billeder. Hun maler stadig på sit billede, men hun kan ikke få tapetet pænt.
+Fosteret har lagt sig i "Angrebsstilling", og Alhed synes, hun ser "gebrummerlig" ud, men derfor kan der godt gå 14 dage, før hun føder.
+Alhed har været ude at gå tur med sin mor, og hun gik let og ubesværet. Ellen (Elle, søster) har købt en kjole til "Niecen" og sendt den med en mand (fra USA) til Danmark. 
+Christine og Alhed har plukket anemoner og også plantet nogle i haven. De spiller l'hombre om aftenen. 
+Alhed antager, at Johannes Larsen ikke har tid til at komme til Erikshaab lige nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3xKC</t>
+  </si>
+  <si>
+    <t>Min egen Frajsermand!
+Far sidder og siger, om jeg ikke vil begynde Brevet med: Hvad siger Ladersen? Tak for Dit Brev med Dit nye Motiv, det ser nydeligt ud. Blot nu Vejret vil føje sig lidt efter alle Dine Billeder, saa faar Du jo nok et udmærket Foraarsresultat. Det er jo rigtig rart, at Regnen kommer nu, inden Pæretræet er sprungen ud. Man staa nu bare ikke og frys saa Du faar en Forkølelse, det vilde være rædsom ærgerligt! – Jeg hænger stadig i med mit Billede; Tapetet driller mig, jeg kan slet ikke faa det kønt, Urtepotterne og Bordet mangler jeg ogsaa meget paa, men det kunde jeg da tilnøds nok male, naar jeg er bleven rask igen, derimod ikke Tapetet, da der skal hænges hvide Gardiner op, som vil give et helt andet Skær. – Du spørger, om jeg tror det varer ret længe, inden den lille kommer, jeg kan saamænd slet ikke sige det, men jeg synes, jeg ser saa gebrummerlig ud de sidste Dage, jeg tror, den lille har lagt sig i Angrebsstilling, men derfor kan det nok godt trække ud en 8-14 Dage. Mor og jeg var ude at spadsere i Aftes, og Mor var meget imponeret af saa hurtig og let, jeg kunde gaa, det er helt enestaaende, siger hun, saa hun mener, jeg nok vil komme meget nemt over det. Elle skriver i Dag, at hun og Eastman har været ude at købe en lille Kjole til ”Niecen”, og de har sendt den med en ung Mand, der er afrejst til Kjbn. og som skal bo i Tante Mis’s Pensionat, saa den kommer nok en af Dagene er det ikke morsomt? – Jeg husker ikke, om jeg skrev i Gaar at Christine og jeg tog Mellemstokke af nogle gule Anemoner i Gaar oppe i Skoven og at jeg plantede dem nede i Haven i Aftes; de ere saa kønne, de gule Anemoner, vi har et helt Glas fuldt staaende af dem nede i Stuen. – Vi spille fremdeles L’Hombre hver Aften. Palam smed den anden Aften en ”Maar”, som Far derefter beviste ham var oplagt!! det var Aftenens ”cloux” (ved ikke Stavningen) og saadan et ”clou” har vi jo cirka hver Aften. – Dis gaar og [ulæseligt ord] med Høns en stor Del af Dagen, og hun og lille Bentzen lader til at kunne rigtig godt sammen. – Nu vil jeg slutte, Christine rejser til Odense med Iltoget og skal have det med. Hils dem alle mange Gange. Saa ser jeg Dig vel ikke paa Torsdag, Du kan vel ikke rejse fra Dine Billeder? Men Du ved nok, at naar jeg ikke skriver, at Du endelig maa komme, saa er det ikke fordi jeg ikke længes efter Dig, men af Dyd og Pligt. – Jeg savner Dig jo forfærdelig, naar jeg ikke er sammen med Dig, men jeg har det jo ellers udmærket herhjemme, de ere søde imod mig alle sammen. Far og Mor er saa glade ved mit Billede og følger det med stor Interesse; naa nu skal Chr. nok af Sted! 1000 Hilsner af de allerkærligste til min egen Ven fra Din A.
+Vil Du gratulere Grossereren fra mig.
+d. 9ende Maj 1899.</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Adolph Larsen
+Frederik Smed
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene på Erikshaab, da hun skal føde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på et billede af kodrivere og et gadebillede.
+Havnefogeden har fortalt, at Agraren (Adolf Larsen) og Frederik Smed har skudt på en havnebøje, så den er sunket. Den er nu hos smeden for at blive repareret. Frederik Smed siger, at det er løgn. Johannes Larsen tror, at der var hul i bøjen, allerede inden den blev sat ud et par dage tidligere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68On</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Maj 1899.
+Kæreste Alhed!
+Tak for Kasketten [noget af papiret mangler]børen, som jeg fik [noget af papiret mangler]dags med Pakkep[osten jeg] havde ellers opgi[vet] [noget af papiret mangler] fra Dig i Dag da [der var] Brev i Morges, saa [det var] jo en glædelig Overraskelse at se at Du stadig har det godt. Jeg har faaet bestilt en Del i Dag, har faaet malt Kodriverbilledet helt igennem og har faaet Gadebilledet godt i Gang igen, det har jo ellers hvilet en Tid, jeg kommer lige fra det, Motivet er snart som jeg vil have det, det er snart saa den Smule Regn har [noget af papiret mangler] paa al Ting [noget af papiret mangler]n er det Grossere[rens Fød]selsdag, han vil [noget af papiret mangler]ve glad for at [hør]e fra Dig. Vi har stadig ikke hørt fra Agraren men venter det hver Dag. Forleden fortalte Havnefogeden at Agraren og Frederik Smed havde skudt den ene Havnebøje i Sænk med en Riffel den sidste Søndag Agraren var hjemme, Bøjen var lagt ud om Lørdagen og sank om Mandagen, den er nu taget op og er hos Smeden for at repareres, [noget af papiret mangler] sagde der var ga[noget af papiret mangler]kugle igennem [noget af papiret mangler] Frederik Smed [noget af papiret mangler] at de ikke har [noget af papiret mangler] med Riffel og at det altsaa er Løgn. Jeg tror foreløbig at den har haft Hullet før den blev lagt ud. Nu var Uglen her og vilde have Brevet med paa Posthuset og da jeg ikke har mere af Vigtighed at fortælle Dig vil jeg slutte med de samme gode Ønsker som i Gaar og ligesaa [med mange] kærlige Hilsner til min aller[noget af papiret mangler] Ven.
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-10</t>
+  </si>
+  <si>
+    <t>Gelskov
+Odense</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Christian Mogensen
+Jupiter Mogensen
+Christine Swane
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene for at føde. Parrets første søn blev født 12. maj 1899.
+Gala Peter er et chokolademærke.</t>
+  </si>
+  <si>
+    <t>Alhed har ikke malet. Hun vil lige se på tapetet på billedet.
+Hun og Dis har gået tur i skoven og været på Gelskov os se Jupiter (må være nyfødt søn af Mogensen-parret).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YgRf</t>
+  </si>
+  <si>
+    <t>Min egen Dreng!
+Tak for Dit Brev i Dag! Jeg fik det sammen med 3 Pakker ”Gala Peter” inde fra Berta. Er det ikke forfærdelig sødt af hende? Jeg har allerede spist mange Stykker af det, det smager henrivende. Jeg har slet ikke malet i dag, jeg vilde gærne lade det staa en Dagstid for at se rigtig paa det Tapet, hvad der er at gøre ved det. Sikken et dejligt Vejr, vi har haft i Dag. Jeg har været tidlig oppe og med Dis oppe i Skoven, der er rigtignok aldeles henrivende for Tiden. Du skulde se, hvor den lille tykke Mis kan klatre i Trær, ikke ved at gaa paa Grenene, men rigtig som i en Klatrestang. Vi var lidt ude paa Gelskov og saa paa unge Jupiter, han er jo meget sød, men jeg vilde nok ønske, at vores lille Ven blev lidt kønnere navnlig hans Hud er slet ikke køn. – Jeg var i Gaar Eftermiddags ude en lang Tur, helt derude hvor vi var med Mogensen den Gang og ad Brinken hjem igennem hans Vintersæd. Fader og Palam gaar og har travlt med at saa Gyvel i disse Dage, Hestene ere komne paa Græs, alting er saa foraarsagtigt og dejligt, blot jeg var sammen med min egen Frajtermand, det er den eneste Mangel. – Dede kom lige nu hjem fra Odense cyclende paa Dis’s Cycle. – Du skrev jo først i Dag om at jeg skulde skrive til Grossereren, det var jo for sent, men jeg haaber Du overbragte ham min Hilsen. – Hils dem alle sammen mange Gange, jeg haaber Uglen maler noget kønt! 1000 Hilsner af de allerkærligste til Dig min egen Ven! Jeg elsker Dig og tænker forfærdelig meget paa Dig! Din egen Alhed.
+10ende Maj – 1899.</t>
+  </si>
+  <si>
+    <t>1899-05-11</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Carl Meyer
+Ulrik Plesner</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun skal føde.
+Karl Meyer har købt akvareller hos Plesner: Johannes Larsen betalte arkitekt Plesner for tegninger til villaen på Møllebakken i Kerteminde med akvareller. Det er muligvis derfor, at Meyer har kunnet købe akvareller hos Plesner.
+"saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion": Der har tidligere været tale om at holde auktion over Larsens billeder hos Winkel &amp;amp; Magnussen. 
+Billedet af åkandebuketten: Johannes Larsen har fortalt billedets nuværende ejers morfar, at Alheds brudebuket bestod af åkander, og at han efter brylluppet malede et billede af buketten.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på Morgenbilledet. Solen forsvandt, da han skulle male på pæretræet, og kodriverne var visne, så han måtte plukke nye til billedet af buketten. Larsen maler også på et motiv fra gaden, men et stort kastanietræ, der optræder midt i billedet, er blevet fældet.
+Johannes Larsen vil være "slave af pæretræet", så længe det blomstrer.
+Han har fået 200 kr. i betaling for akvareller fra en overretssagfører Karl Meyer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YqJo</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11. Maj 1899.
+Kæreste Alhed!
+Maa jeg allerførst takke Dig for Dine Breve i Gaar og i Dag, jeg skrev jo ikke i Gaar i Anledning af at det er Helligdag i Dag. Jeg fik arbejdet ganske godt i Gaar nemlig paa de tre Billeder, om Aftenen var vi til Gilde hos Grossereren med 2 varme Retter og koldt Bord og Rødvin og Madeira og bag efter fik de andre Kaffe og jeg Toddy, i Morges fik jeg malet en hel Masse paa Morgenbilledet derimod snød Solen mig akkurat de 3 Timer jeg skulde male paa Pæretræet og Kodriverne var visne saa jeg maatte have en ny Buket i og de skal først staa og rette sig til i Morgen inden jeg kan begynde og saa maa jeg male det hele om den Del af Buketten som jeg har malet færdig er nemlig kønnere paa den ny Buket. I Eftermiddag har jeg været med ude at vande Kør og flytte dem hen i en anden Mark og i Aften har jeg ogsaa været med ude at flytte og er en Del træt nu. Jeg har længe syntes at det Motiv ned paa Gaden saa saa underligt bart ud i Aar men jeg har troet at det var fordi Træerne endnu ikke vare rigtig udsprungne, men saa opdager jeg i Dag til min store Ærgrelse at der er fældet et meget smukt Kastanietræ lige midt i Billedet, det mest fremragende Træ i hele Motivet. I Gaar sprang Skoven ud her, og i Dag har jeg set de første Bysvaler og de første Terner, saa nu maa vi vel faa Sommer, det har været dejligt Vejr i dag og i Gaar. Pæretræet er nu halvt udsprunget, det bliver dejligt, men alligevel er jeg somme Tider ved at blive gal paa det naar jeg tænker paa at nu er jeg Slave af det saalænge det staar i Blomst eller ogsaa maa Billedet udsættes i 2 Aar og det maa det maaske nok alligevel hvis Vejret ikke bliver meget naadigt, det er ogsaa lige haardt nok at skulde være lige oplagt paa samme korte Tid hver Dag. Jeg har det ogsaa lige haardt nok i disse Dage med 4 Billeder, men jeg naar ogsaa sjældent at komme i Lav med mere end de 3 af Gangen, det med Kodriverne driller mig næsten mest fordi jeg maa sidde inde i det dejlige Vejr, det er vist nok fordi jeg ikke har faaet bestilt noget i Eftermiddag at jeg sidder og bliver saa gal paa mine Billeder. Det er sandt jeg glemmer nok noget af det vigtigste, i Gaar da jeg sad her og malede blev jeg overrasket af Postbudet som kom med et Pengebrev fra Overretssagfører Karl Meyer, som indeholdt 200 Kr for 2 Aquareller, som han havde købt hos Plesner, saa det lader jo til at gaa helt godt med dem, det nu 5 til 100 Kr. og Aakanderne, saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion. Nu kan jeg ikke skrive mere for de sidder her og snakker i Munden paa hinanden og det er mørkt. Godnat mange Hilsner Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-12</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Overretssagfører Meyer har sendt 200 kr. for akvareller.
+Det gik sløjt med blomsterne: Larsen maler på et billede med kodriver i et krus.
+Pæretræet: Johannes Larsen har i årevis malet på et blomstrende pæretræ. Det når hvert år at afblomstre, inden han er færdig.
+"Det fra Gaden": Larsen maler på et billede fra gaden, men et kastanjetræ, der optrådte midt i motivet, blev pludselig fældet.</t>
+  </si>
+  <si>
+    <t>Det har gået sløjt med blomsterbilledet, og Johannes Larsen har rystet på hånden. Billedet af pæretræet bliver ikke færdigt under denne blomstring. Billedet fra gaden er godt i gang.
+Der har været en gartner på besøg med blomster, og Larsen har købt flere som gaver samt til sig selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gERy</t>
+  </si>
+  <si>
+    <t>[Kjerte]minde 12 Maj 1899.
+Min egen kæreste Ven!
+I Dag har jeg malet paa alle 4 Billeder og desuden skreven til Overretssagfører Meyer og takket ham for Brevet med Pengene. Jeg er ikke saa gnaven i Aften, mærkeligt nok for de 2 første Billeder gik det sløjt med og Blomsterne sad jeg [noget af papiret mangler] maatte tvinge mig [til at h]ænge i med, jeg har [noget af papiret mangler] været sløj i Dag, d.v.[s. det h]ar givet sig Udslag i [at jeg ha]r rystet paa Haanden, men henimod Aften bedrede det sig og jeg tror jeg kan faa Buketten færdig i Morgen og saa [er der] vel kun et Par Dages Arbejde med Kruset og Bordet og det er jo mindre opslidende end Blomsterne, men jeg tror saa ikke jeg vil have flere end de 3 at gøre foreløbig. Pæretræet er jeg nu temmelig sikker paa ikke at faa færdigt, men man skal jo ikke forsværge noget. Jeg sidder hver Aften og tænker paa, [noget af papiret mangler] skriver, at jeg [noget af papiret mangler] sidste Aar ved den[ne Tid] at det vist mor[ede] Dig at høre om Billederne hver Dag, men Du skrev at det gjorde det [noget af papiret mangler] saa faar Du det stadig væk, det jo ogsaa omtrent det eneste jeg oplever i denne Tid. Det fra Gaden kom jeg godt i Gang med i Aften og begynder at forsone mig med at det Træ er borte. Her var en Gartner fra Landet i Dag med en hel Vognfuld Blomster, og jeg lod Uglen købe mig en Gylden [noget af papiret mangler] til Moder og en [noget af papiret mangler] Marie og en rød [noget af papiret mangler] selv, de kostede [noget af papiret mangler]en de var uden Urtepotte men ere nu plantede. Lille Marie fik en Blok Forglemmigejer, er jeg ikke flot. Moder har i[kke været] rask i Dag, hun maatte gaa i Seng i Formiddags, men nu har hun det bedre. Tak for Dit Brev i dag, Du kan tro jeg blev glad ved at se at Du vil skrive til mig hver Dag, for jeg længes meget efter Dig især hver Gang jeg holder op med at male paa et af Billederne. God Nat min egen K[æreste] Mange kærlige [Hilsner] fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-13</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab og har nu født sit og Johannes Larsens første søn (Andreas/Puf).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er meget glad for, at Alhed og hans lille søn er blevet født, og at Alhed selv har været i stand til at skrive brev om det samme dag. Han kunne ikke fortælle andre om det, fordi han ville komme til at græde. Ved frokosten fik familien det at vide. Larsen vil blive i Kerteminde for at male på sine kodriver, og hans mor vil komme til Erikshaab. Senere i brevet har han besluttet at låne en cykel og køre til Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UB22</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Maj 1899.
+Min egen kæreste Alhed!
+Du kan vist ikke forestille Dig hvor jeg blev glad ved at læse Dit Brev og se at den lille søde er kommen og at Du selv skriver for saa, antager jeg at Du har det godt efter Omstændighederne. Jeg sad ude i Køkkenet og læste Brevet og jeg blev saa glad at jeg ikke kunde fortælle det til nogen uden at komme til at græde og saa maatte jeg gaa ind og se paa mine Billeder; lidt efter da jeg havde sundet mig lidt sagde jeg det til Fader og gik saa ned i Haven, men da jeg kom ind til Frokost var der ikke andre der vidste det og saa maatte jeg ud med det og de blev saa glade og jeg kan ikke lade være græde saa glad jeg er. Moder rejser nu ned til Dig, men jeg har bestemt at jeg vil male den Buket færdig i Dag, men saa tænker jeg at jeg kommer i Morgen. Du er vel ikke vred fordi jeg ikke kommer i Dag for saa maa jeg opgive at faa malet det Billede og jeg synes at det tegner saa godt og i Morgen visner Blomsterne. Jeg er saa forfærdelig glad og jeg kommer snart, Du synes vel uvenligt at jeg ikke kommer strax, det er det vist ogsaa. Min egen kæreste Ven jeg vil se om jeg kan laane en Cykel og køre derned i Aften. Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-15</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene, og hun har netop født parrets første søn, Andreas/Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på alle sine fire billeder. Pæretræet er nu næsten afblomstret. Han vil have morgenbilledet færdigt i år.
+Dejligt, at både Alhed og den lille har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5Qy</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Maj 1899.
+Min egen Kæreste!
+Tak for Dit Brev i Aften. [Du faar] kun et Par Ord [denne] Gang for de sidder [noget af papiret mangler] at de vil [ulæseligt ord] I Dag har jeg malet paa alle fire Billeder men kun lidt paa hvert. Det har været daarligt Vejr. Pæretræet er nu næsten forbi, og det er væmmeligt koldt. Det glæder mig at Du har det saa godt og at den lille søde er saa flink og jeg glæder mig meget til at komme ned til Jer. Du har jo selv skreven uden paa Konvolutten og Du havde jo ikke flere sagde Du. Jeg haaber at det bliver bedre Vejr i Mor[gen] [noget af papiret mangler] jeg maa have [noget af papiret mangler] og Baggrunden [noget af papiret mangler] paa Morgenbilledet nu, det er paa sit kønneste nu eller vel snarere lidt paa Retour og jeg vil have det færdigt i Aar. Mange kærlige Hilsner til Jer begge to. Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-16</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første barn, Andreas (Puf) blev født 12. maj på Erikshaab (Alheds barndomshjem). Johannes Larsen har været på cykel fra Kerteminde til Erikshaab og retur. Larsens mor er hos familien på Erikshaab nu.
+"Den lille røde" er det nyfødte barn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har cyklet hjem dagen i forvejen. Han kom for sent op til at male på Morgenbilledet, men har malet på pæretræet og Aftenbilledet.
+Den lille nyfødte er allerede blevet kønnere.
+Johannes Larsens mor er hos Alhed og hendes familie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qn6u</t>
+  </si>
+  <si>
+    <t>Kjer[teminde] [noget af papiret mangler]6 Maj 1899.
+Min egen Kæreste!
+Jeg har lige nu skreven 3 Breve, nemlig til Baronens, Schous og Lützhøfft. Jeg er mærkelig nok ikke videre træt af Turen i Gaar skønt jeg kørte saa voldsomt stærkt, men jeg havde ogsaa forbavsende let ved at køre paa Cykel i Gaar. I Morges kom jeg dog lidt for sent op til at male paa Morgenbilledet og det blæste for stærkt til Pæretræet men Blomsterbilledet fik [jeg gjort] en Del ved og kan [noget af papiret mangler] blive færdig [noget af papiret mangler] i Morgen. Aftenbilled[noget af papiret mangler] ogsaa faaet ma[noget af papiret mangler] saa. Tak for D[noget af papiret mangler]om jeg ganske rigtig fik i Aften. Det glæder mig at den lille røde allerede er bleven kønnere siden i Gaar, han maa blive forbavsende køn til Pintse naar jeg kommer ned og skal ligge inde hos Jer hvad jeg glæder mig meget til. Fader siger at Moder kan godt blive væk Pintsen over men de andre siger at hun maa være her til paa Fredag Aften. Vil Du hilse Moder fra mig og [noget af papiret mangler] ogsaa hilse Dine [noget af papiret mangler] og de andre [noget af papiret mangler] skrive et O[noget af papiret mangler] som blive[noget af papiret mangler]den i dette [noget af papiret mangler] Gæs[noget af papiret mangler]n engang. Kæreste vil Du kysse den lille røde fra mig. Mange kærlige Hilsner til jer begge to.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Julie -, Frøken
+Ellen Hirschsprung
+Carl Neiiendam
+Gandenz Neiiendam
+Poulsen Poulsen, Jomfru
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
+Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
+Carl Neiiendam var meget optaget af travløb. 
+Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
+"Samfundet" er Studentersamfundet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg er fyldt 60 år.
+Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
+Johanne m.fl. skal i teatret, og billletterne var dyre. Hun har været på landet med Carl Neiiendam og Frøken Julie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGlE</t>
+  </si>
+  <si>
+    <t>Hotel Phønix. 16de M. 99.
+Kære Mor.
+Tak for dit sidste Brev med Beskrivelsen om Fars Fødselsdag; jeg opdagede med en Betagelse, som jeg ikke kan beskrive, at det var 60 Aar, Far blev; jeg synes det er et vældig epokegørende Tal at komme til, synes I dog ikke ogsaa det? Jeg glæder mig stadig, at [”at” overstreget]til det Brev; han maa ikke snyde mig for det, - Grunden til at jeg skriver i Dag er den, at jeg saa gærne vilde bede dig om at sende mig min graa Cyclenederdel, som hænger i Garderoben oppe paa Loftet uden for min Dør; maaske jeg vil sælge den til Pan og så selv faa mig en blaa; mine lyseblaa Liv passer saa daarlig til den graa Farve; desuden er den daarlig forneden, og da Pan er saa kort, kan det gaa helt bort, naar hun faar den. Hvis du med det samme vil sende noget af mit Sommertøj, saa har jeg det jo, men det maa du nu ganske som du selv vil; men jeg vilde sætte meget Pris paa, om du vilde sende Nederdelen saa hurtig som mulig. Oppe paa mit Tobaksbord ligger et Cigaretfutteral, et stribet Metal – hvis du vilde stikke det i Lommen paa Kjolen; Har Du ikke en Hilsen til mig fra Pans Krave? mon den ikke findes paa Erikshaab. 
+Jeg vilde naturligvis gruelig gærne have, hvis du nemt kunde finde det graa Tøj, der blev levnet og saa den spanske Trøje, jeg fik syet til, men jeg ved ikke bestemt, hvor det ligger.
+Hvis du nu vilde, kunde du gøre mig en stor Tjeneste; derved at jeg har ingen Sommerskørt jeg har tænkt mig at jeg kunde faa et pænt af min mellemblå Sommerkjole, den, hvor jeg har de Strimler, som jeg fik af Madame paa Livet; hvis Jomfru Poulsen kunde sy et pænt Skørt af den, slap jeg jo for at købe et, de færdige Skørter er saa Pokkers dyre; mit gamle rødstribede linnede Skørt passer mig saa udmærket, er bare en Ubetydelighed for kort; jeg vil gærne have en bred Skraalinning foroven. 
+Men hvis du nu ikke synes, du gider have med det at bestille, vil du saa sende mig den Nederdel ogsaa; saa vidt jeg ved, ligger den i den store Kiste ved Syltetøjskabet. 
+I Aften skal vi saa i Theatret, hine Theateraften fra i Efteraaret; det er – maa jeg indrømme Lugge – saare vanskeligt at faa saa mange Hoveder forenet under 1 Hat; især da vi jo skulde se Carmen, nu havde vi en Gang lovet Olof det Stykke, og han holdt ikke af, da jeg begyndte at tale om et andet; folk er fuldstændig syge, naar Carmen gaar; du kan tænke dig, jeg maatte give 1,75 for de daarligste, el. rettere de billigste Pladsen der er i Theatret; de koster ellers 0,75; jeg forsøgte baade i Aftes og i Morges, da de gik til forhøjet. Sjoverne havde opkøbt næsten alt; de kender Skam deres Pappenhejmere, de Sjovere. Min eneste Trøst er, at i Aftes, da jeg var derhenne, sad de med bedrøvede Miner og saa paa Uhret, der gik til Theatertid; ”Fruen fra Havet” gik paany indstuderet og de har åbenbart tænkt sig at gøre gode Forretninger, mens Folk tilfældigvis ikke har følt Trang til ”Fruen fra Havet.” Jeg gottede mig. 
+I Aften var jeg til en aldeles storartet Musikforeningskoncert og jeg har set ”En Skærsommernatsdrøm”, var forleden paa Landet med Hr. N og Frk. Julie, ude paa deres Villa, hvor jeg imponerede dem med at tale Engelsk med en eng. [”eng.” indsat over linjen] Trainer; deres Villa er lige ved Traverbanen. – Jeg har været til Spilletime hos Ida i Dag 2 ½ Time gav hun mig. Og jeg lærer at tale Tysk - - kort sagt, der er ingen smalle Steder, jeg har det udmærket, kan I tro. – Det var kostelig med os, der antog Aage Meyer for en Finlænder. I Lørdags var jeg igen i ”Samfundet”, der var en morsom Debat om Fredssagen.
+[Skrevet på hovedet øverst s1:]
+Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
+  </si>
+  <si>
+    <t>1899-05-17</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre på erikshaab, og hun har netop født sit første barn.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Alhed har det godt, og at den lille er flink.
+Johannes Larsen har malet på alle sine fire billeder, men det er koldt, og pæretræet er næsten afblomstret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EQqk</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Maj 1899.
+Min egen Kæreste!
+Tak for Dit brev i Aften.[Du faar] kun et Par Ord [denne] Gang for de sidder [og siger] at de vil i Seng. I Dag har jeg malet paa alle fire Billeder men kun lidt paa hvert. Det har været daarligt Vejr. Pæretræet er nu næsten forbi, og det er væmmeligt koldt. Det glæder mig at Du har det saa godt og at den lille søde er saa flink og jeg glæder mig meget til at komme ned til Jer. Du har jo selv skreven uden paa Konvoluten og Du havde jo ikke flere sagde Du. Jeg haaber at det bliver bedre Vejr i Mor[gen] [noget af papiret mangler] jeg maa have [noget af papiret mangler] og Baggrunden [noget af papiret mangler] paa Morgenbilledet om, det er paa sit kønneste nu eller vel snarere lidt paa Retour og jeg vil have det færdigt i Aar. Mange kærlige Hilsner til jer begge to. Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-18</t>
+  </si>
+  <si>
+    <t>Flødstrup
+Fiskergade, Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Andreas Larsen
+Vilhelmine  Larsen
+Peter Nielsen
+Rasmus Petersen, Gartner</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Hendes svigermor har været på besøg, og hun har været i gang med at gå fra toget i Ullerslev til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på alle sine fire billeder. Han vil komme til Erikshaab i pinsen.
+Hans mor begyndte forleden at gå hjem, men fik så kørelejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lLDc</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1899.
+Kæreste Alhed!
+Det var kun et lille Brev Du fik i Gaar og i Dag bliver det nok ikke stort større, Allerup sidder her og snakker Fanden et Øre af. I Dag har jeg faaet malet paa alle fire Billeder; det med Gaden begynder at se helt godt ud og Blomsterne bliver snart færdige, men det skulde de jo ogsaa gerne naar jeg skal ned til I to i Pintsen, jeg tror nok at jeg bliver her første Pintsedag og gør hvad jeg kan ved Billederne, mener Du ikke?
+Moder kom med Posten, hun var først begyndt at gaa, men fik ondt i det ene Ben og gik saa ind til en Mand vi kender i Flødstrup og ventede paa Posten der, jeg skal hilse mange Gange fra hende. Jeg var nede og blive barberet over og var bagefter nede i Fiskergade hos Peters og Vilhelms og da jeg havde malet paa Blomsterne var jeg igen ude og 
+[ulæseligt, dårlig kopi]
+I det gode Vejr og spiste til Aften
+[ulæseligt, dårlig kopi]
+Gartner Petersen sammen med Rasmus. Jeg skal hilse Dig fra Chr. Andersen som kom forbi i Aften nu jeg stod og malede nede paa Gaden. Mange Hilsner til Den lille søde og min egen allerkæreste Ven fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-19</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Træernes blomstring: Johannes Larsen har flere forår i træk malet på et billede af et blomstrende pæretræ.
+Har malet kruset om: Larsen har en tid malet på et billede med kodrivere i et "hammershøisk" krus.
+"Fader og Moder er gaaet i Seng": Mens Alhed Larsen, som lige har født, opholder sig hos sine forældre på Erikshaab, bor Johannes Larsen hjemme hos sine forældre.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen klager over, at vejret er dårligt, og nu er træernes blomstring forbi. Han har malet kruset om, og billedet bliver færdigt den følgende dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kNYe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 19 Maj 1899.
+Min egen Kæreste!
+Tak for Dit Brev i Aften, det var da et udmærket langt Brev, m[en] I er jo ogsaa 2 om [noget af papiret mangler] jeg gaar her [noget af papiret mangler] kan ikke finde [noget af papiret mangler] at skrive om. [noget af papiret mangler] i Dag malet paa [noget af papiret mangler]erne men det [noget af papiret mangler] men det h[noget af papiret mangler]t et tarveligt U[noget af papiret mangler] mig mest ondt[noget af papiret mangler]ledet, det har ikke været godt Vejr til det en eneste Morgen siden jeg kom hjem og i den Tid har Træerne staaet og blomstret og er nu forbi og sidste Aar fik jeg jo slet ikke malet paa Træerne heller. Denne Gang har jeg dog malet dem en Gang igennem i Forgaars Morges da der var enkelte Solblink hovedsagelig efter den Tid jeg egentlig skulde male det. Det ærgrer mig sa[noget af papiret mangler]re som det m[noget af papiret mangler]t blive et bedr[noget af papiret mangler] end jeg havde [noget af papiret mangler] jeg synes plu[dselig je]g har faaet det [noget af papiret mangler]i de Farver som [noget af papiret mangler] Tiden forgæves [noget af papiret mangler] efter, men det er maaske noget Vrøvl. Kruset har jeg malet om i Dag og i Morgen tænker jeg at blive færdig med det Billede, det er vist et meget hæderligt og maaske daarligt Arbejde men jeg tror ikke at det er videre kønt. Fader og Moder er gaaet i Seng, Moder stak for Hovedet ind ad Døren og bad mig hilse Dig. Vi venter Klaks i Nat. Nu vil jeg slutte med mange kæ[rlige Hils]ner til den lille [noget af papiret mangler] egen søde [noget af papiret mangler]
+Din Jo[hannes] Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-20</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er forældrene på Erikshaab, og hun har lige født familiens første barn, Andreas (Puf). Johannes Larsen bor imens hos sine forældre. Han skal besøge Alhed og den nyfødte i pinsen. 
+Johannes Larsens bror, Vilhelm (Klaks) er soldat.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er blevet færdig med blomsterbilledet, og udsigten fra hans vindue har han malet videre på. 
+Hans mor ville have skrevet til Alhed, men hun var for træt efter havearbejde.
+Johannes Larsen kommer til Alhed i pinsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bNTn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Maj 1899.
+Kæreste Alhed!
+Tak for Brevet, det var da morsomt at [noget af papiret mangler] Besøg af Hønset og [Baronen Kla]ks kom i Nat [noget af papiret mangler] Familien [noget af papiret mangler]else af mig, være[noget af papiret mangler]t med at gør[noget af papiret mangler] Orden, den [noget af papiret mangler] rigtig køn, d[noget af papiret mangler] de nok ikke [noget af papiret mangler] Agraren ko[noget af papiret mangler]ten og i Nat kom[noget af papiret mangler]ziska. Jeg er bleven færdig med Blomsterbilledet i Dag d.v.s. Baggrunden er grim og maaske prøver jeg paa at male den om i Morgen, det oppe fra Vinduet fik jeg gjort en hel Del ved skønt det ikke var det bedste Vejr, i Morgen er jeg meget spændt paa hvad Vejr det vil blive [noget af papiret mangler] have alle P[noget af papiret mangler]et inden de sp[noget af papiret mangler] de er begyndt og [noget af papiret mangler]egyndt paa at [noget af papiret mangler]n, det ser ell[noget af papiret mangler] at det snart bli[noget af papiret mangler], naar jeg ku[noget af papiret mangler]ler færdig sk[noget af papiret mangler]art faa det an[det fra] Haanden. Kla[ks] [noget af papiret mangler] at lille [noget af papiret mangler] Fæstningsartilleriet og at han ikke rigtig kan begaa sig som Soldat. Jeg skulde sige fra Moder at hun vilde have skrevet ned i Aften men hun er saa træt af at arbejde i Haven saa hun vil vente med at skrive til jeg kan faa det med. Jeg ved ikke rigtig hvad Tid jeg kom[noget af papiret mangler] Pintsedag, [noget af papiret mangler] at jeg ma[noget af papiret mangler]n først og saa [noget af papiret mangler] jeg med Tog[noget af papiret mangler] saa gaar jeg de[noget af papiret mangler] mange kær[lige Hilsner] til Dig og d[noget af papiret mangler] fra Din [noget af papiret mangler]
+Johann[es Larsen].
+Nu faar Du ikke flere Breve før jeg kommer ned til Jer.</t>
+  </si>
+  <si>
+    <t>1899-05-22</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
+"kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JAzF</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Maj 1899.
+Kæreste Alhed!
+Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab. Hun har født sit første barn 12. maj.</t>
+  </si>
+  <si>
+    <t>Alhed har travlt og vil bare skrive god pinse samt dejligt, at Larsen kan male på Morgenbilledet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PrWr</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Du faar kun to Linjer for at ønske Dig en glædelig Pinse! Jeg har rasende travlt i Dag har Du vist kunnet male paa Dit Morgenbillede, jeg tror, det var Solskin! - -
+1000 kærlige Hilsner i Morgen skal jeg nok skrive mere!
+Din egen Alhed.
+28-5</t>
+  </si>
+  <si>
+    <t>1899-05-30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg (Baronen) har lejet bolig til Larsen-familien.
+Johannes Larsen maler på billedet af guldregnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WXTV</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Maj [noget af papiret mangler]
+Kæreste Alhed!
+Tak for Dit meget lille Brev. Dette bliver og lille, da jeg skal have skrevet 4-5 inden jeg skal ned at male og jeg skal strax og er kun færdig med et. Baronen skriver at han har lejet til os hos Præstegaardsforpagteren hvor han selv har boet [noget af papiret mangler] Det er flinke Folk og [de] rykker ud af Deres [noget af papiret mangler] kommer, nej det [noget af papiret mangler] for meget. Du kan se det selv her er det. Mange Hilsner til jer begge Din Johannes.
+Guldregnen gik det godt med i Dag igen</t>
+  </si>
+  <si>
+    <t>1899-05-31</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed er hos sine forældre på Erikshaab, fordi hun lige har født. De første uger kaldte Alhed og Johannes Larsen den lille dreng Jeppe. Han kom til at hedde Jeppe Andreas, men blev siden kaldt Andreas og Puf.
+Johannes Larsen bor i Alheds fravær hos sine forældre.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal male på sit aftenbillede, selvom han ikke er tilfreds med det.
+Hans forældre rejser til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gQMq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 31 Maj 1899.
+Kæreste Alhed!
+Ja i Aften er jeg omtrent lige nær med Hensyn til Tiden, da jeg skal ud at male paa Aftenbilledet, det skal jeg nemlig strax, ikke fordi jeg længes efter det, for Billedet ser mildest talt [um]uligt ud paa et nu, [noget af papiret mangler] Standpunkt, [me]n jeg synes ikke jeg vil opgive det da jeg har malet saa længe paa det, noget godt Billede tror jeg nu aldrig det bliver. Jeg skulde bede Marie om at komme hjem saa hurtigt som muligt da Fader og Moder rejser til Sverige Natten mellem Fredag og Lørdag. Jeg har ellers ikke bestilt andet i Dag end skyde en lille Rotteunge og hjælpe Fader med at vande Kreaturer. Det er el[lers] nogle smaa Breve [vi] skriver til hinand[en] i disse Dage. Mange kærlige Hilsner til Dig og den lille søde Jeppe fra Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-06-02</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre på gården Erikshaab, fordi hun netop har født.
+Johannes Larsen malede på billedet af guldregnen det forrige forår, men måtte stoppe, da blomsterne faldt af busken.</t>
+  </si>
+  <si>
+    <t>Det er godt, at der går fremad med Johannes Larsens guldregnbillede. Den nyfødte har treugers fødselsdag. Elle (Alheds søster Ellen) har givet drengen en dåbskjole. Han ligner en vandhønekylling.
+Alhed Larsen har valgt en grim, men praktisk barnevogn til 20 kr. Hun mangler penge. 
+Johannes Larsen skal ikke klage, for Alhed har skrevet til ham hver dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/two8</t>
+  </si>
+  <si>
+    <t>Min egen kære Las!
+Tak for Dit Brev i Dag. Det glæder mig meget, at Du har skældt Havnefogden ud og endnu mere, at Du har [de to ord overstreget] det gaar godt med Dit Guldregntræ. Bare nu Vejret maatte blive ved at holde sig, saa Du kunde faa rigtig meget gjort ved det i Aar. I Dag ser det lidt graat ud synes jeg. – Det er lille Jeppes 3 Ugers Fødselsdag i Dag jeg tror, hans Mavepine er ved at gaa over, han har faaet amerikansk Olje og i Aftes Rinderpulver, endnu i Nat har han været meget urolig, men i Dag ligger han og sover saa stille og rolig henne i sin Vugge. – Han har faaet en henrivende Daabskjole fra Elle, han er bedaarende, den Dreng, jeg har opdaget, at naar han bliver vadsket i Hovedet, ligner han præcis saadan en lille Vandhønekylling, som Du har tegnet. Men nu skal Du høre, hvor daarlig det er gaaet med Vognen. Den lille trehjulede var umulig til et Barn under et Aarstid, den er nemlig for kort til at han kan ligge ned i den. Nu har jeg valgt en, som kun har det Fortrin, at den er praktisk; den er grim som alle andre og ikke særlig billig, 20 Kr. jeg vilde jo meget gærne snart have en hel Masse Penge, til Vognen Madammen og nogle Smaating, jeg har købt. Hør, jeg har virkelig skreven hver Dag til Dig, Du skriver, at Du ”endelig” igen fik Brev! – Din Slubbert, Du vil vel ikke have 2 om Dagen?
+1000 kærlige Hilsner fra Din egen Alhed
+2den Juni</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Johannes Larsen bor imens hos sine forældre.
+Forældrene kalder den nyfødte Jeppe. Han kom til at hedde Jeppe Andreas, men blev siden kaldt Puf eller Andreas.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på guldregnen og Aftenbilledet. 
+Marie er kommet godt hjem og har kørt i landauer fra Odense.
+Det var skidt med barnevognen, men den anden er vel også god.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mA7g</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juni 1899.
+Kæreste Alhed!
+Det er ikke noget Sludder det med Brevene, der gik virkelig en Dag hvor jeg ingen Brev fik og det næste kom først om Eftermiddagen, men der er vist ingen gaaet tabt for jeg ser af Poststemplet at det har været i Faaborg. I Dag har jeg malet paa Guldregnen og Aftenbilledet det første gaar det stadig godt med og det sidste begynder saa smaat at komme i Gang, men jeg tør ikke rejse fra dem for det første igen saa jeg kommer ikke paa Søndag. Marie kom heldigt hjem, hun traf Rasmus Petersens i Odense og de 2 kom kørende med Købmand Hansen i Landauer. Det var Skidt med den Barnevogn nu havde jeg vænnet mig til den, men den anden kan vel ogsaa være meget god, jeg har ikke set den i Kataloget endnu. Nu maa jeg holde op da Fader er ved at gaa i Seng. Mange Hilsner fra Marie og Moder. Jeg synes der var noget mere men nu kan jeg ikke komme paa det de forstyrrer mig. Kærlige Hilsner til Dig og til Jeppe.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-03</t>
+  </si>
+  <si>
+    <t>Niels Chr.  Jantzen
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Barnet skulle tilsyneladende en tid hedde Jeppe, men han kom til at hedde Andreas.
+Fritz Syberg har lejet en bolig til Larsen-familien i Svanninge.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en tegning af en firkløver til erstatning for en ægte, som han havde plukket til hende.
+Han har malet på Guldregnen. Forældrene er rejst til Sverige.
+Larsen har malet en mand på en plade. Man skal skyde efter den ved en højre-fest.
+Larsen glæder sig til at være sammen med Alhed og barnet i Svanninge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1g4v</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Juni 1899.
+[Tegning] Kæreste Alhed!
+Der skulde have [noget af papiret mangler] en Firkløver jeg fand[t ude i] Marken i Eftermi[ddag men] nu sidder den i m[noget af papiret mangler]hul og er vissen [og det] er maaske meget heldigt for det skal jo ikke være godt at skille sig ved dem. Jeg var i Formiddags lige ved at fortryde at jeg ikke var nede hos Jer for det var et kedeligt Graavejr, men i Eftermiddag har det været det dejligste Vejr man kan tænke sig og jeg har malet paa Guldregnen og været med Agraren i Vandet for første Gang og derefter v[ar vi] sammen ude i Marken for at se til Kreaturerne. Efter Aftens bordet har jeg været nede at male og [nu sid]der jeg her og skriver [noget af papiret mangler]re er vist i Klinten. [noget af papiret mangler] og Moder rejste i Aftes [til Sver]ige og Agraren [noget af papiret mangler] Nat, han har fri i Morgen ogsaa i Anledning af Grundlovsdagen. I Formiddags var jeg nede hos Mal. Jantsen, og malede en Mand for ham som de skal bruge i Morgen til at skyde med Salonbøsse efter, ved en upolitisk Højrefest som skal afholdes i Anlæget. Han var i naturlig Størrelse og [blev ma]let efter et Ne[noget af papiret mangler]er Billede paa et Bræt, han var pragtfuld i rødt og blaat Draperi og bare [tegning] Ben og gule Sandalbaand, paa hvid Grund [noget af papiret mangler] kan der værre i[noget af papiret mangler]de Dig nogen [noget af papiret mangler] endnu da Fade[noget af papiret mangler] med
+[ulæseligt ord]
+Dem men jeg haaber at faa saasnart han kommer hjem. Kan Du ikke skrive hvormange omtrent Du skal have. Du kan tro jeg længes efter at se Dig og lille Jeppe han maa jo have forandret sig meget siden jeg saa ham, tænkt at han allerede er over 3 Uger gammel [det er] da dejligt at h[an er] bleven rask igen. Ja Du kan tro jeg glæder mig ogsaa til at komme ud til Svanninge og vær sam[men] med min aller[bedste] Ven hver Dag [og se l]ille Jeppe voxe [noget af papiret mangler] og mange aller[kærligs]te Hilsner til Jer begge to.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-04</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christine  Mackie
+Augusta Mogensen
+Johan  Norden
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen fødte sit første barn, Jeppe Andreas (Puf) hos sine forældre på gården Erikshaab, og hun opholdt sig dér en tid efter fødslen. Nu er hun tilsyneladende hjemme i Kerteminde med barnet og alene, mens Johannes Larsen er sammen med bl.a. Syberg-familien.</t>
+  </si>
+  <si>
+    <t>Alhed synes ikke selv, at hun er god til at passe den nyfødte søn. Hun er bange for at gøre noget forkert, og hun ville ønske, at Johannes Larsen var der for at hjælpe. Alhed har gæster, der beundrer den lille, og hun bliver inviteret ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kAS2</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Det er nok et Par elendige Breve de sidste to, jeg har skreven til Dig. Du tror maaske, jeg har udmærket Tid, men det er langtfra Tilfældet. Lille Jeppe tager mig en kolossal Tid nu jeg selv skal passe ham helt. Du kan ikke tænke Dig, hvor jeg er daarlig til det, jeg er frygtelig længe om det og jeg synes, jeg gør alting saa elendig, at jeg gaar rundt med en permanent ond Samvittighed overfor ham, og hver Gang, han tuder, er jeg bange, jeg har gjort noget galt med ham, det lille søde Dyr. Hans lille Mave har ikke været rigtig god de sidste Dage; Madamen, som jeg havde Bud hos i Gaar sagde, at han skulde have Rinderpulver, og det køber Christine nu i Dag i Odense. Du kan tro, jeg ønsker tit og mange Gange, at jeg kunde være sammen med Dig, saa jeg ikke alene skulde have Besværet for ham, navnlig da jeg er saadan et Fæ til det. Det er nu egentlig skrækkelig uretfærdig, naar man nu faar saadan en lille Unge, at man saa ikke tillige faar en lille Smule Haandelag til at passe ham. Men Viljen er god, det kan Du stole paa, jeg gør mig en rasende Umage med ham. Jeg vejede ham i Dag, han har da taget næsten et halvt Pund paa, siden 2den Pinsedag. Du har jo ikke svaret mig paa den Barnevogn. Gør det nu i Morgen. Naa, nu er vi altsaa indbudt hos Præstegaardsforpagterens i Svanninge. Det lyder jo meget tiltalende. Kun er det jo meget langt fra Dit Motiv. Og saa vilde jeg nok have været noget længere væk fra Kighosten. Jeg fik Brev fra Hønset i Gaar med omtrent samme Indhold. – Pause – Her kom Fru Mogensen og Fru Christiane Norden de have siddet her en Timestid og set paa Drengen og beundret ham. Fru Norden er meget tiltalende synes jeg. – Du har da yndigt Vejr til Dine Billeder i disse Dage. Saa, nu tuder lille Jeppe, han vil op og gøres i Stand, det er hans Tid. Jeg mente, der var saa meget, jeg skulde skrive men nu kan jeg ikke huske det. 1000 Hilsner fra lille Brølejeppe og Din Alhed [ulæseligt ord]</t>
+  </si>
+  <si>
+    <t>1899-06-06</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Alhed er hos forældrene på Erikshaab, fordi hun lige har født, og Johannes Larsen bor imens hos sine forældre. Den lille dreng skulle tilsyneladende til at begynde med have heddet Jeppe, men han kom til at hedde Andreas.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på Feden og flytte egetræsklodser samt læsset mursten. 
+Han har fået brev fra Fritz Syberg (Baronen) med adresse på manden de skal bo hos (i Svanninge).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/p4ky</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Juni 1899.
+Kæreste Alhed!
+Tak for Brevet so[noget af papiret mangler] meget rigtigt fi[k i Mor]ges samtidig m[ed Ma]ries, det var jo n[emlig] Helligdag i Gaar [noget af papiret mangler]dag. Tænk Dig jeg sov i Morges til Kl. 8 ½, nu i det Vejr gjorde det jo ikke noget videre. Jeg har slet ikke malet i Dag. Men været ude paa Feden og flytte vores Egeklodser op paa Loftet, der var 2 Vognlæs men desværre var en Del af dem raadden fordi de har siddet i fri Luft et Aars Tid, derefter [noget af papiret mangler] Karlen at læsse [noget af papiret mangler] Mursten, jeg [noget af papiret mangler] begynder at kom[me til] Kræfter igen det generer mig ikke videre at bestille noget. Jeg kan næsten ikke se at skrive, Lyset kommer her fra højre saa jeg Skygger med Haanden. Jeg fik Brev fra Baronen med Avisen [noget af papiret mangler] men der stod ikke andet i end at han malede og saa Mandens Adr. ham vi skal bo hos. God Nat Mange kærlige [Hilsner] til den lille [noget af papiret mangler] Jeppe og Dig s[elv]
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-08</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Olga Lau
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sin familie på gården Erikshaab, hvor hun har født sit første barn 12. maj samme år.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen står tidligt op og maler på Morgenbilledet. Pæretræsbilledet er stillet væk.
+Larsen kan ikke sige, hvornår han kommer (til Erikshaab), for han trænger nok til nogle dages fri snart.
+Det er dejligt, at lille Jeppe trives.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QMkk</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Juni 1899.
+Min kæreste Ven!
+Jeg blev afbrudt i Over[noget af papiret mangler] ved at der kom [noget af papiret mangler] Fader, at de komm[noget af papiret mangler] Tænk de kommer [noget af papiret mangler]grammet Kl. 9 ½ [noget af papiret mangler] er kommet før 8, vi fik travlt med at faa fat i en Mand til at køre og faa Hestene hjem nu er de der og Vognen er smurt saa det kan lige naa sig. Tak for Brevet i Dag, nej jeg fik nok ingen i Gaar og Du fik nok ingen i Dag. Det er jo stadig godt Vejr til mine Billeder og jeg er tidlig oppe og gaar sent i Seng. De 2 sidste Dage har jeg været oppe Kl. 5, det kn[iber med] Belysningen til Morgenbilledet nu Solen er saa højt oppe, jeg maa begynde tidlig og kan ikke male [noget af papiret mangler] saa længe som i den [noget af papiret mangler]arstid. Pæretræet [er s]tillet hen, men [noget af papiret mangler]nen slider jeg i, jeg [noget af papiret mangler] Kvaler med den, men jeg tror dog at det gaar lidt frem hver Dag, men jeg skulde ogsaa gerne have det uden om Træet malet saadan at jeg kan risikikere at lade det staa, for jeg er bange for at jeg ikke kommer uden for Kronen næste Aar og at jeg ikke gider set Billedet mere naar den [er] færdig. Det er mig umu[ligt at sig]e naar jeg kommer, det afhænger ikke saa meget af Vejret, men jeg har en Fornemmelse af at der inden ret længe kan komme et Tidspunkt hvor jeg kan have godt af at holde [noget af papiret mangler] Dage inden jeg tag[er næste] Tørn. Her er Fest i[noget af papiret mangler]grundlovsfest [noget af papiret mangler]sen-Stadil. Marie og Uglen og Frk. Lau gaar der op om lidt naar de har spist Rabarbergrød, men jeg gaar i Seng, det vil sige jeg vil ogsaa have Rabarbergrød saa nu vil jeg holde op et Øjeblik – for fjerde Gang i dette Brev tror jeg – Saa kom jeg igen men det bliver nok ikke meget. Vil Du hilse lille Jeppe fra mig, det er [dejligt] at han trives saa godt nu vejer han vel omtrent 7 Pund naar Du faar dette. Marie beder mig hilse Dig. Du faar snart Brev fra [hende] God Nat! Mange [kærlige] Hilsner. Jeg længes [noget af papiret mangler] efter Dig 
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-09</t>
+  </si>
+  <si>
+    <t>Jacob Christian Becher
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Larsen (Uglen) har haft Alheds cykel skilt ad og ordnet den.
+Johannes Larsen har malet på Guldregnen. Han ved ikke, om Aftenbilledet bliver til noget.
+Becker har været på besøg for at købe jord hen til Præstegyden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FfjV</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Juni 1899.
+Kæreste Alhed!
+Du maa undsk[kylde at] det er et Stykke [noget af papiret mangler] pænt Papir jeg [skriver] paa, men her er [ikke an]det og jeg gider ikke [noget af papiret mangler] nyt. Du kan tro [din Cy]kel er bleven fin nu, Uglen har virket med den fra Morgen til Aften i Gaar og i Dag, den har faaet 2-3 eller 4 Gange Lak og for øvrigt har den været skildt ad i alle sine Dele og alle de mindste Dele har ligget i Petroleum incl. Kæden og alle Kuglerne ere pudsede og Legerne rensede, hun er lige bleven færdig med at s[ætte den] sammen og den mangler nu kun at smøres. Der manglede 3-4 Kugler paa hver Side i Forhjulet og i B[aghjul]et var der en for [meget]. I Dag har jeg kun [malet p]aa Guldregnen [noget af papiret mangler] Graavejr i Mor[ges og kold]t i Aften jeg ved [noget af papiret mangler]t om det Aftenbillede bliver til mere end det er, det er saa kedeligt ens færdigt over det Hele saa jeg ved ikke rigtigt hvor jeg skal begynde. Jeg skal hilse saa mange Gange fra Moder. Becker som har købt Byggegrunde oppe ved Anlæget var her i Dag og vilde købe Resten her til Præstegyden og har faaet [det paa] Haanden til paa Tirsdag for 75 Kr. Al. Nu holder jeg op for Fader og Moder er ved at gaa i Seng, de har jo ikke sovet meget sidste Na[t. God] Nat min Kæres[te og de] allerkærligste Hi[lsner til] Dig og den lille [noget af papiret mangler]
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-13</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen
+Andreas Larsen
+Johanne Christine Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har født sit første barn i maj og er hos sine forældre på gården Erikshaab. Johannes Larsen har lejet et værelse i Svanninge og maler der sammen med Nicolaus Lützhøft, Frits Syberg og Karl Schou.</t>
+  </si>
+  <si>
+    <t>Det er meget varmt, så det er godt, at Johannes Larsen maler i skoven. Alhed har vasket pensler og vil male på sit billede. Hun håber, at Johannes larsen har det godt med Syberg m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ftPw</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Det er dog en knusende Varme, vi har det er rigtignok dejligt, at Dit Motiv er i Skoven, saa er det da udholdeligt. Hvordan har Du det ellers, min Dreng? Du kan tro vi savner Dig, den lille Vense og jeg, men med Undtagelse af , at jeg [ordet overstreget] vi lide af Varme, har vi ellers haft det godt, siden Du rejste. I Gaar Eftermiddags kørte jeg ham en Tur op i Skoven sammen med Tante Hanne, som er rejst nu i Dag. Mor er daarlig i Dag i sit Hoved, jeg arbejder paa at faa hende med lidt op til Sverig, da jeg tror hun vilde have saa storartet af det, men hun har sat sig i Hovedet, at Christine skal i Stedet. – Jeg har vadsket Pensler i Formiddag, og nu vil jeg ud at male videre paa det lille Billede, skønt jeg nok antager at jeg gaar til af Varme. Jeg haaber Du har det rart med Syberg og Lüsses og Schous, hils dem alle Masser af Gange, og sig til dem, at jeg er meget ked af, at jeg ikke kan være sammen med dem. – Hvem er den unge Dame, der spiser hos dem? Jeg gaar og sukker efter et Strandbad i Dag, og vi har tilmed faaet Klipfisk, saa vi tørster.
+Dette faar Du altsaa først i Morgen Eftermiddag. Jeg haaber, jeg faar Brev i Morgen. 1000 kærlige Hilsner fra Din egen Alhed og Din lille søde Dreng.
+Torsdag d 13.
+I Morgen er det vores [resten af teksten skrevet lodret på side 1) store Bryllupsdag gratulerer.</t>
+  </si>
+  <si>
+    <t>1899-06-19</t>
+  </si>
+  <si>
+    <t>Maren -
+Victor Bøttern
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Johannes Larsen bor imens hos sine forældre. Forældrene kaldte de første uger den lille dreng for Jeppe. Han kom til at hedde Andreas og blev siden kaldt Puf. 
+Både Georg Larsen og Victor Bøttern bliver i brevene kaldt Grossereren.</t>
+  </si>
+  <si>
+    <t>Grossereren (Georg Larsen?) har været i noget uenighed med Kancelliråden.
+Johannes Larsen spørger, om Alhed har haft læge til deres nyfødte søn.
+Han har malet på flaget, men ikke på guldregnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oVuL</t>
+  </si>
+  <si>
+    <t>Kjerteminde 19 Juni 1899.
+Kæreste Alhed!
+Jeg blev rigtignok forskrækket ved at se Blyantskriften, først kunde jeg slet ikke se noget. Du maa da endelig skrive saadan at jeg kan faa noget at, jeg vrøvler, Fader taler til mig, han er ved at gaa; og ude i Køkkenet staar Grossererens og Moder og Maren og snakker om Kanceliraaden, som G. har været i Spektakel med i Eftermiddag. Du skriver slet ikke noget om lille hvordan lille Jeppe klarede sig under sin Sygdom, eller om I havde Læge? Hvem havde trukket Adr op med Pen? Jeg er meget spændt paa at læse Dit Brev i Morgen. Jeg var oppe i god Tid i Morges ogsaa og malede men i dag har jeg kun malet Flaget, jeg var i Haven med Guldregnen men begyndte ikke at male paa den og gik op til Flaget igen, saa jeg tror ikke det bliver til mere i Aar med Guldregnen. Mange kærlige Hilsner og Ønsker om at Du snart maa blive helt rask. Vi ses forhaabentlig nu snart. Din
+Johannes Larsen. 
+Hilsen fra Moder og Marie og Fader.</t>
+  </si>
+  <si>
+    <t>1899-06-20</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig hos sine forældre på gården Erikshaab. Hun har netop født parrets første barn. De første uger eller måneder efter at Alhed og Johannes Larsens søn var blevet født, kaldte de ham Jeppe. Senere brugte de navnene Andreas og Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i marken med sin far. Og han har været hos skrædderen, som havde travlt, så han ikke kunne levere tøjet før den 2. 
+Godt, at det går bedre med Alhed og lille Jeppe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hmuB</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 J[noget af papiret mangler]
+Min egen Kæreste!
+Du faar kun et lille Par Ord i Aften. Jeg kommer lige fra Marken med Fader, det er næsten mørkt og jeg sveder; det er umaadeligt lummert. Tak for Dine 2 Breve i Dag. J[eg har] været hos Skræ[dderen] med Tøjet, me[n han] havde saa Tra[vlt saa] han ikke vilde love mig det før om Lørdagen den 2den. [noget af papiret mangler]mer den 1ste. Det er da godt at det gaar bedre med Dig og at lille Jeppe har det godt. Mange kærlige Hilsner til Jer begge [noget af papiret mangler]
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Barnet skulle tilsyneladende en tid have heddet Jeppe, men han kom til at hedde Andreas.
+Det er uklart, hvilket bryggeri I.A. Larsen solgte jord til i Kerteminde.
+Alheds søster, Charlotte Louise Warberg (Muk), læste til cand. polit.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet lidt på flagbilledet.
+Han har inviteret Fru Storm (med til Erikshaab?)
+I.A. Larsen har solgt en grund til et bryggeri. 
+Johannes Larsen har fundet tegningerne til deres nye hus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6IPX</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Juni 1899.
+Min egen Kæreste!
+I Dag har jeg ikke faaet udrettet ret meget kun malet lidt paa Flagbilledet, det har jo været Graavejr hele Dagen. Jeg har nu skreven til Klaks, og jeg kan altsaa ikke endnu svare for, om han kommer. Jeg tog mig den Frihed at invitere Fru Storm, jeg vidste jo at hun vilde sætte umaadelig Pris paa det, og hun har jo givet den lille søde en Ske til Jul. Jeg skulde hilse Jer og takke saa mange Gange for Venligheden, men hun troede ikke hun kunde da hun ikke var helt rask. Var det vel forkert af mig? I Morgen skal jeg tage dem alle sammen i Forhør, om de kommer, og skrive Resultatet. Fader solgte i Aftes Jord til Bryggeriet. 7000 Kr Al. for 5000 Kr under Forbehold af at der var tilstrækkeligt Vand til det og at Aktiekapitalen kunde rejses, han kunde ikke faa mere for det da de truede med at gaa til Hinke, men vi bliver altsaa i hvert Tilfælde fri for at have deres Øl- Is- Kul- Korn- og andre Vogne rumlende forbi vores Dør. Uglen og Thea [eller Theo] kom i Aftes fra Svendborg, var det ikke helt tappert af hende at køre den 7 Mil lange Tur naar det længste Stykke hun i Forvejen havde kørt var 3 Fjerdingvej. Ja nu faar Du ikke mere denne Gang. Mange kærlige Hilsner til lille Jeppe og Dig selv fra Din
+Johannes Larsen.
+P.S
+Vi har fundet Tegningerne til vores Hus. Hvordan gaar det med Muks Examen? Jeg skal hilse fra Uglen og fra Moder</t>
+  </si>
+  <si>
+    <t>1899-7</t>
+  </si>
+  <si>
+    <t>Landeryd
+Midskovvej 221, 5370 Mesinge</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Christine Swane
+- Winther</t>
+  </si>
+  <si>
+    <t>Der er en epidemi med kighoste. Alhed og Johannes Larsen er bange for, at deres to måneder gamle søn skal blive smittet.
+Svanninge er en landsby nord for Faaborg på Fyn.
+Kristian Madsen er muligvis manden fra Midskov.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler i Svanninge. I Kerteminde har de slået hø. Vilhelmine Larsen mener det er bedst, at Puf bliver på Erikshåb indtil familien skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RA4R</t>
+  </si>
+  <si>
+    <t>Mandagaften
+Kjæreste Johannes!
+Saa velkommen til Svanninge og godt Vejer vil vi saa inderlig ønske dig – vi har nu Vejrglasset steg begyndt at slaa Hø det varer i 4 Dage – vi skrev ud til Midskov og fik den Mand herud der lærte Adolph at slaa. Kristian Madsen sagde igaar enhver anden Mand end dem Larsen havde faaet Nej er det ikke dejlig at høre – 
+Den gode Fader som er saa glad ved Eder Alle
+Du faar ingen langt Brev iaften jeg er saa træt jeg maatte hjælpe Madam Winther for hun kunde kun være her 1 Dag men nu er alt Tøjet rent og imorgen tørrer vi
+Men her gav Faer mig en 10 Kr saa skal der snart følge flere Johannes jeg har randsaget min Hukommelse men jeg kan ingen Kighoste Periode huske for andre end Adolph kun Skarlagensfeber og Mæslinger ved jeg ganske bestemt at du har havt Det er det allerbedste jeg kunde om den lille søde kjære Dreng bliver hvor han er indtil I skal til Sverrig
+Hvor meget det smitter ved jo ingen hold dig foreløbig ved dig selv
+Hils Alhed og Andreas saa meget og Alle
+Tak fra Kristine</t>
+  </si>
+  <si>
+    <t>Peder Hansen
+Alhed Larsen
+Jens  Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
+Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
+Hverringe er et gods nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JuzW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Johannes!
+Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
+Kjærlig Hilsen til Eder begge. Din Moder</t>
+  </si>
+  <si>
+    <t>1899-07-14</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Andreas Larsen
+Peter Larsen, Svanninge
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes nyfødte søn, Andreas, er hos hendes familie på Erikshaab, mens Johannes Larsen bor på et lejet værelse i Svanninge og maler sammen med sine venner. 
+"Gratis Amen" og degnen: Der er muligvis tale om en betaling til degnen i forbindelse med Alhed og Johannes Larsens barns dåb.</t>
+  </si>
+  <si>
+    <t>Det er lummervarmt, og den lille (Andreas/Puf) bliver plaget af fluer, der sætter sig på hans kinder.
+Degnen er blevet flink igen. Alhed spekulerer på, om han har været sur, fordi han troede, de ville have "gratis Amen". Degnen danser ikke, for han vil ikke vække forargelse.
+Andreas (Dede) har fået ferie efter en fin eksamen, og han har bygget badeanstalt.
+Johannes Larsen må love at være forsigtig, hvis han bader eller sejler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1bHJ</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Jeg fik ingen Brev fra Dig i Dag, men antager, at det er Postgangens Skyld, og at jeg muligvis faar, naar Dis i Aften er i Højrup. – Det er igen i Dag en lumrende Varme, men der er desværre Skyer oppe, saa jeg er bange, jeg ikke ikke faar klart Solskin til mit Billede i Eftermiddag. Jeg fik malet en hel Del i Gaar og fik meget Lyst til Billedet, hvad jeg egentlig ikke har haft før. Bare nu Solen og den lille vil være skikkelige, saa jeg kan faa bestilt noget i Eftermiddag. Han lider af Varme, det lille Skind, og der er nogle smaa vevre Fluer der plager ham meget ved at rende rundt paa hans Kinder, men nu har jeg bunden noget klart Tøj for ham, og det lader til, at det hjælper. – Præsten (Kapellanen) og Degnen var dernede (d’et overstreget og erstattet med et h) i aftes; nu er det gaaet over med Degnen. Han skulde da vel ikke have tænkt sig, at vi vilde have gratis Amen af ham og derfor paa Forhaand været gal paa os? – Tænk Dig Kapellanen danser ikke, fordi der muligvis kunde være nogle i hans Menighed, der vilde forarge sig, ”og man skal ikke vække Forar-re-gelse”! Men saa imødekommer han begge Partier ved at gaa over [de næste to ord indsat over linjen] i Forsamlingshuset og se paa, at de danser! - - 
+Fader og Moder ere i Odense i Dag til T [bogstavet overstreget] Translocation (galt stavet). Dede blev da flyttet op i 5te Klasse og tog en rigtig nydelig Examen. Han kom hjem i Forgaars og er kisteglad over at have faaet Ferie og over for bestandig at have sluppen den fæle Mathematik. Han har lavet en Badeanstalt igen paa samme Sted som i Fjor; men den skal være meget bedre bl.a. med Styrteapparat. Dis og Tante Mis have været i i Dag. Nu tror jeg den lille begynder at vaagne, han staar her i sin Vogn. Saa skal jeg ind og forpleje ham, inden jeg skal ud at male. – Jeg længes meget efter at høre, hvordan Du har det dernede i Svanninge min Dreng. Gid dog Vejret vil holde sig til Dit Billede. Du vil da nok være forsigtig med Vandet, hvis I gaar ud at sejle, ikke sandt? – og ogsaa med Badning og i det hele taget! – Hils dem alle fra mig men Dig selv allermest. Hav det godt min egen lille Ven. Din Alhed
+d. 14de Juli – altsaa vores Bryllupsdag.
+Ser Du noget til Peter Larsens, naar Du gaar gennem deres Marker? Hils dem.</t>
+  </si>
+  <si>
+    <t>1899-07-15</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Andreas Larsen
+Vilhelm Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Fritz Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bor til leje i Svanninge. Alhed Larsen bor muligvis stadig hos forældrene på Erikshaab efter sin fødsel.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på et billede fra skoven ved Svanninge. Fritz Syberg (Baronen) og Frk. Bertram er i Fjellebro. 
+Frk. Betram har sunget for selskabet mens Lützhøft akkompagnerede.
+Johannes Larsen havde glemt hans og Alheds bryllupsdag dagen i forvejen. Larsen har tænkt på at komme til Erikshaab.
+Han bor hos propre folk og får god mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EDxZ</t>
+  </si>
+  <si>
+    <t>Svanninge Lørdag 15 Juli [noget af papiret mangler]
+Min egen Kæreste!
+Tak for Dine 2 Breve, de laa her til mig da jeg kom hjem fra Skoven i Middags. Det har været Graavejr i Dag og da jeg gik hjem regnede det, men nu skinner Solen igen, bare den vilde blive ved, jeg har nu faaet Lyst til at arbejde paa Billedet og Varmen har aldeles ikke generet mig, jeg har tværtimod synt[es] det har været et henri[vende] Vejr, og jeg har været i [noget af papiret mangler] hver Eftermiddag, i Forgaars paa Cycle sammen m[ed] Lützhøft og Mutter og de 2 andre Dage gaaende. I Dag er Mutter og jeg alene til at [noget af papiret mangler] her da Baronen er sejlet til Fjellebro med Lützhøft og Frk. Bertram, da sidstnævnte skulde besøge en Broder der, de 2 andre kommer igen i Morgen. I Aftes var jeg henne hos Baronens og Frk. Bertram sang en hel Masse for os, Lützhøfft accompagnerede. Jeg glemte nok at det var vores store Bryllupsdag i Gaar var det ikke mærkeligt at jeg [kom] i Tanker om Klaks’ Fødsels[dag]? Det var da udmærket [at] Dede klarede sig saa godt. [Jeg v]ar henne hos Peder Lar-[noget af papiret mangler] den Dag jeg kom herned, for at laane den trebenede Stol som jeg havde i Fjor. Lützhøfft var med og vi vare ude for at drøfte en G[noget af papiret mangler]. Baade Konen, Hans Pin[noget af papiret mangler] og Datteren saa ud ganske som i Fjor, men den kjøbenhavnske Feriepige var bleven en Del større og Kraftmand lidt federe. Jeg havde tænkt lidt paa at komme til Erikshaab i Morgen, men da jeg var hos Baronens i Aftes kan det jo ikke gaa og jeg syntes ikke jeg kunde lade den Sang gaa fra mig, men da de andre spiser he[noget af papiret mangler] naar jeg faar begyndt [noget af papiret mangler] ikke noget om Efter[mid]dagen, jeg skal op i En[noget af papiret mangler]ket for at se efter noget tænker jeg ikke at det vil falde mig videre besværligt [noget af papiret mangler]lde mig derfra et Par Dage, og det behøver jo ikke være om Søndagen jeg kommer. Jeg er udmærket tilfreds her, det er ualmindeligt propre Folk uden at de snakker om det og vi spiser godt i Gaar fik vi F.eks. stegte Rødspætter (udmærkede) og Rabarbergrød og til Aften varm Bøf og Smørogbrød, røget Oksekød, Pølse og Ost, Øl og The. [Vi sp]iser Kl. 12 drikker Kaffe [noget af papiret mangler] Kager til 4 og spiser til [Afte]n Kl. 7 ½. Frokost Kl. 9. [og sa]a gaar jeg op i Skoven [noget af papiret mangler] min kæreste Ven, kys den lille søde fra mig
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-07-16</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jens Theodor Berg
+Wilhelmine Berg
+Camilla Bertram
+Johanne Giersing
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Anna Syberg
+Hans  Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sin familie på gården Erikshaab (barndomshjemmet). Hun har født sit første barn i maj samme år. Johannes Larsen er på et lejet værelse i Svanninge for at male på denne egn, og han har besøg af Lützhøft-parret. Syberg-familien boede i 1899 stadig i Svanninge.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Johannes Larsen kan spise sammen med Frk. Bertram og Lützhøft. Alhed Larsen håber, at Lützhøft og Frue kan cykle hjem til hende (på Erikshaab) en dag.
+Den lille (Andreas/Puf) ligger og stirrer på Alhed. 
+Tante Mis tog fejl af sin mand (Zuluen)</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5i3Q</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Tak for Dine to Breve, det er rigtignok rart, at Du har det saa godt dernede, og morsomt, at Lüsses og Frk. Bertram spiser sammen med Dig, saa har Du det jo slet ikke saa ensomt. Blot nu Vejret vil holde sig, saa er alting jo godt. Vi to har det udmærket, den lille søde Ven ligger og drikker hos mig, mens jeg skriver. Han ligger og stirrer ufravendt paa mig med sine dejlige Øjne. Hør, det var morsomt hvis Mutter og Lüsse cyklede med Dig herhen en Dag, mon de dog ikke havde Lyst til det? Jeg vilde forfærdelig gærne se dem, de søde Mennesker. - - Tante Mis ventede saa smaat Zuluen i Gaar, og ved Togtid saa hun en Herre dreje om oppe ved Leddet. Hun gik ham i Møde, men kom skuffet hjem med Thorvald Balslev, men Du kan stole paa, at hun var den eneste, der var skuffet. Alle vi andre blev forfærdelig glade ved at se ham. Men han skal desværre rejse igen i Dag, nu om lidt med Iltoget. Vi har hædret ham med Festmiddag: Makrel med Grønærter, Fedekalvesteg og Stikkelsbærgrød og Rødvin. - - Hvad Tid maler Du oppe i Skoven, siden det kan passe Dig at spise Kl. 12? Jeg skrev i Torsdags, sikke Smøleri, at Du først fik det Lørdag. Mor i Odense i disse Dage, jeg syltede Stikkelsbærgelé i Gaar, det var en rasende Varme at staa ved Komfuret i. Hvad fejler Hønset siden de ikke kunde spise derhenne og hvordan har Børnene det? Hvor jeg gærne vilde være nede hos Eder. – Hils dem alle sammen. 1000 Hilsner af de allerkærligste til Dig, min egen Ven fra den lille søde og Din Alhed
+16de Juli.
+Det gaar skidt med mit lille Billede</t>
+  </si>
+  <si>
     <t>1899-07-17</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted</t>
   </si>
   <si>
     <t>Laura Warberg til Astrid Warberg, 1899-07-17, 2438</t>
   </si>
   <si>
     <t>Laura Warberg vil gerne hentes ved toget tirsdag. Thora og Louise kommer torsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/sFGy</t>
   </si>
   <si>
     <t>[Kuvert forside:]
 Frøken Astrid Warberg
 Erikshaab
 pr. Højrup.
 [I brevet:]
 Mandag
 Kære Putte!
 Du kan troe, jeg blev glad for Dit gode Brev! Jeg vil gerne hentes ved Iltoget i Morgen (Tirsdag) men Thora og Muk kommer ikke før Torsdag, da Thora skal prøve Kjole Onsdag Aften. 
 Dejligt at se Thorvald! I skal ikke vente med at spise efter mig, hvis f. Ex. Pigerne skal sætte Tøj i Blød.
 Kærlig Hilsen Mor.</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Ludvig Find
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christian Mogensen
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab med den nyfødte Andreas (Puf). Johannes Larsen maler fra et lejet værelse i Svanninge og ses her med Syberg-familien samt Lützhøft-parret. 
+Find var begejstret for Viborg: Johannes Larsen fungerede som assistent for Joakim Skovgaard ved udsmykningen af Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ammer den nyfødte Puf, mens hun skriver. Han har lige pludret og grinet. Det trækker op til torden.
+Lützhøft-parret kan vel godt komme på besøg trods kighostesmittefaren, hvis de fx vasker sig godt og lufter deres tøj.
+Ludvig Find har været på besøg. Han var begejstret for Viborg.
+Alhed forsøger at komme til at male en buket floks, men der kommer gæster, og babyen forstyrrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pjIR</t>
+  </si>
+  <si>
+    <t>Min egen elskede Ven!
+Naar jeg begynder paa dette store Ark, er det mindre fordi jeg tror, jeg kan fylde det, end fordi jeg ikke kan komme til at rive det over, da den lille dejlige ligger og drikker, saa jeg kun har den ene Arm fri. Han har lige haft et af sine alleryndigste Øjeblikke. Han gjorde en lille Pause i sin Spisning og gav sig til at snakke og le, som jeg aldrig har set det før, og da jeg jo af ham lo han endnu mere spirrede formelig af Henrykkelse. Hvor er han vidunderlig dejlig. Det trækker op til en ordentlig Torden, det dundrer rundt omkring os og Luften er trykkende lummer. Hvor er det dog højtidelig og ildevarslende saadan en optrækkende Torden. Bare Du er i Hus og ikke sidder ude i Skoven under de høje Træer. Hvor jeg dog er glad over, at Du har det saa godt, Du maa godt skrive om Mad jeg bliver ikke gal, men glæder mig rigtig over, at Du lever saa godt og har god Appetit. Jeg har lige læst Dit Brev, tak for det og det andet, som jeg fik i Gaar, da vi hentede Post. Da jeg i Gaar skrev om Mutter og Lüsse, faldt det mig slet ikke ind, at de jo ogsaa kunde bringe Kighoste, men mon der ikke kunde findes paa en Slags Karantæne for dem; de ere jo ikke nær saa farlige som Du. De kunde jo lade være at kysse os, tage fat paa den lille og ligge her om Natten. – Hvis de saa f. Ex. bankede og børstede og luftede hver et Sæt Tøj og lagde det i i Karantæne hos Dig et Par Dage og saa vaskede sig godt og klædte sig om henne hos Dig, mon der saa kunde være tale om noget,? de kunde jo ogsaa lade være at kysse Hønset og Børnene en Dagstid. Hvad mener Du om det? - - Det var frygtelig morsomt at faa dem hertil. – Bare nu ikke Vejret forandrer sig efter denne Torden, saa Du ikke kan faa malet paa Dit Billede. – I Gaar da Fader og Dede var kørt til Stationen med Thorvald (jeg havde heldigvis afslaaet at tage med) kom der en Herre cyklende, og det viste sig at være lille Find. Han har været en 14 Dagestid i Svendborg for at male en Bestilling, og nu var han en Visit paa Gelskov for at sige, at han først kom om et Par Uger. Han blev her kun en god Timestid da han allerede samme Aften skulde tilbage til Svendborg. Det var forfærdelig morsomt at se ham, hvor er han dog elskværdig. - - Aa, Gubevars, - - Der kom Fru Mogensen og har siddet her en Time og snakket, og jeg har en Buket Flox stillet op til Maling, som jeg brænder efter at faa fat paa, og Ungen hyler i vilden Sky, og jeg sveder af Anstrængelse og Nervøsitet og nu kommer Dis efter Brevet, - føj – føj – føj - - Nu slutter jeg min Dreng ganske ør af alt dette Mudder, - saa nu gik de og Ungen tier lidt, hvor det lettede, nu gaar jeg hen og lægger det Billede an. Vi længes efter Dig, min egen Dreng, men har det ellers saa godt. Dette Brev er vist ganske meningsløst, men det er skreven med lange Pauser forstaar Du. – Lille Find var meget begejstret for Viborg, bad mig hilse Dig voldsomt. – Farvel min egen Ven! 1000 Millioner Hilsner fra os begge til Dig og hils ogsaa alle de andre fra Din Alhed.
+Mandag.</t>
   </si>
   <si>
     <t>1899-07-19</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes mand boede i Boston. Han arbejdede som kemiker. Deres barn, Grethe, blev født i 1900 og blev som planlagt døbt i Danmark. Det vides ikke, hvad Ellens svigermor hed. 
@@ -520,54 +9029,647 @@
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
   </si>
   <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Johanne Giersing
+Andreas Larsen
+Johanne  Larsen
+Jørgen Larsen
+- Praj
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, da hun har født sit første barn i maj. Johannes Larsen er i Svanninge, hvor han bor på et lejet værelse og maler sammen med Syberg og Lützhøft.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen slider med billedet af floks.
+Der kommer gæster søndag, og Alheds mor spørger, om Johannes Larsen også vil komme. 
+Johannes Larsen glemmer at fortælle, hvordan Anna Syberg (Høbnset) og børnene har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UdDN</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Nu ligger den lille og drikker og jeg vil imens skrive et lille Brev til Dig. Tak for Dit Brev i Gaar. Nu har Du to Gange skreven, at Du ingen Brev har faaet, men det maa være Postvæsenets Skyld, jeg har skreven hver eneste Dag undtagen i Gaar, saa Du altsaa ikke har faaet i Dag. Jeg slider i det med mine Flox, i Gaar var jeg oppe Kl. 6 i Dag 6 ½, da jeg maa male om Formiddagen for Solens Skyld. Men det gaar Sk [bogstaverne overstreget] skidt desværre; jeg sidder og nusser og fedter i det, og Blomsterne begynder allerede at visne, skønt jeg knap har rigtig begyndt. Moder sagde før jeg skulde skrive om Du ikke kom paa Søndag, Zuluen og Mr. Praj (fra Boston) kommer samt alle Larsens fra Faaborg, d.v.s. Mor har skreven til dem, vi har ikke faaet Svar endnu. Men Du retter Dig vel efter Vejret og Dit Billede, men jeg længes jo ellers snart efter at se Dig, min Dreng. Nu er den lille færdig med at drikke og skal ud i sin Vogn, og Posten kommer vist snart, saa det bliver ikke noget langt Brev. Her er intet nyt passeret, den lille trives udmærket og er saa sød. Johanne er altsaa kommen hjem, Dis’ Karlsbadrejse er nu officiel og bestemt til Søndag 8 Dage. Hun og Tutte glæder sig vildt. – Har Du saa faaet Svar paa, om Du har haft Kighoste? – Du glemmer stadig at fortælle, hvordan Hønset og Børnene havde det.
+Farvel min Ven! 1000 Hilsner fra Din Alhed
+Torsdag d. 19nde
+Sikken en trykkende Luft det bliver ved at være.</t>
+  </si>
+  <si>
+    <t>1899-07-20</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Susanne Lindberg
+Christine Swane
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Onkel er muligvis Christian Eckardt. Johannes Larsens bror, Vilhelm, arbejdede på gården Ditlevslyst i 1899-1900. Den lå i nærheden af Erikshaab, som var Alhed Larsens barndomshjem.
+Sørensen er muligvis en farve- og papirhandler. Susanne er muligvis Susanne Lindberg.
+Tjalfe er Johannes Larsens hund.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen savner at høre nyt om Alhed og Puf. Christine skal til Middelfart på malerferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k1LQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 Juli
+Kjæreste Johannes!
+Her sidder jeg sent om Aftenen ved Faders Bord og skriver til dig og er glad ved at jeg kan sende dig denne, der skal nok komme flere, nu seer jeg dig saa tydelig sidde paa samme Sted og skrive hjem til Erikshaab
+Ved du Johannes at i de 2 Breve du har skreven hjem har der ikke staaet et eneste Ord om hvordan Alhed og lille Andreas har det og de ere dog daglig i mine Tanker.
+Saa fik jeg da Christine afsted og glad blev jeg – faa hende til at male herhjemme var mig ikke mulig hun sov saalænge om Morgenen at der blev nok at gjøre for det Arbejde hun havde paataget det maatte ingen andre udføre
+Jeg maa da fortælle dig at der nu er kommen Vand oppe ved den ny Brønd i vor Mark – jeg troer der maatte bores 20 Alen, saa skal Aktietegningen begynde
+Susanne Christine og Marie vaskede alle 3 Hunde forleden Dag saa de skinner formelig. Tjalfe ligger her i Stuen om Natten og er meget skikkelig. Det kan jo være at Uglens Ophold i Middelfart bliver kort for hun har jo lovet at passe Anna Syberg men maaske det gaar godt alt sammen hun var glad da hun rejste. Faer havde givet hende Lov til at faa en Malerkasse hos Sørensen. Den kom Aftenen før men 1 Stykke Træ til en Pallet var ikke at opdrive her i Byen saa fandt vi en stor Cigarkasse og den blev ligefrem flot, da saa Vandfarvepakken kom samme Dag og hun hentede ned alle de tuber Onkel havde givet hende saa straalede Ansigtet gid hun maa blive lidt i Middelfart og faa noget udrettet. Ja du kan tro vi glæder os over det gode Vejr for dig og for vi andre med. Idag er vi begjyndt at kjøre Hø i Laden – og – kan kjøre hele Ugen
+Kom Vilhelm saa ned hos Eder i Søndags. Hils Alle og skriv snart
+Din hengivne Moder</t>
+  </si>
+  <si>
+    <t>1899-08-16</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>Dora -
+Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Forpagter Petersen
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Globus var navnet på et hotel. 
+Munter var Warberg-familiens hund. 
+Tanmis er formodentlig Tante Mis = Wilhelmine Berg, som havde et pensionat i Gothersgade, København. 
+Det vides ikke, hvem B.P. var. 
+Det vides ikke, om Pastor Hansen er præsten fra Langeland eller en lokal præst fra egnen omkring Erikshaab. 
+Fru Vittrups veninde Astrid kendes ikke. 
+På Ølstedgaard boede Amstrup-parret, som adopterede Alheds storesøsters barn født udenfor ægteskabet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A157, lb. 1.9
+2412</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har haft 2-3 børn ad gangen under uddannelse, og han er nu ved at være blanket af. Han frygter ikke at kunne betale for deres færdiggørelse af studierne. Louise/Muk har tilbudt at lægge sine sparepenge ind i det samlede budget. Astrid må derfor fortælle, hvor meget et ophold på Askov vil koste. 
+Hempel Sybergs hest har det godt.
+Der er tørke, og mange høster.
+Albrecht har besøgt Vittrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nQAw</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg. Globus
+Carlsbad.
+[I brevet:]
+Erikshaab d 16 Aug 1899
+Kære lille Dis!
+Tak for Dit lange og nænsomme Brev. Den forretningsmæssige Del af Brevet, har givet mig en Del at tænke over. Sagen er lille Dis, at mine Indtægter knap slaa til til at holde en af Jer ude og da jeg nu i en længere Aarrække har havt 2, sommetider 3 at holde, har jeg dertil maattet optage af de Penge jeg har havt. Nu er jeg paa 3000 Kr. nær paa bar Bund og jeg har ventet, at disse kunne strække til, indtil jeg bliver færdig med Muk. Paa samme Tid skulde Dede være blevet Student, og end han fik Lov at puste et Aarstid, beskæftiget her hjemme med lidt Skriveri eller lignende, kunde det vel gaa. Tager jeg nu andre op af de 3000, som ved dette Aars Udgang ere reduceret til højst 2000 Kr., er jeg bange for, at jeg maa slippe de to Børn, inden de komme til til noget Resultat, og det kan jeg jo dog ikke. Under disse Omstændigheder vil du skønne, at jeg har ondt ved at holde Dig paa Askov for Tiden. Dog vil jeg bede Dig lade mig vide, hvor langt Opholdet der skulde være, og hvad Du tror, at det vil koste; det kan jo være, at der kan skaffes Udvej, om end ikke paa anden Maade end ved Hjælp af Muk, som har stillet sin Sparekassebog til Disposition. Der vilde jo forsaavidt være nogen Rimelighed deri, som hun baade har kostet og vil koste mere end nogen af de andre Børn hidtil har kostet. Lad mig nu det vide til København – Gothersgade 129 – 1 - inden ret længe. – Vil Du hilse Onkel Syberg, at hans Hest har det vel og synes at trives. Slagteriet har havt Bud efter den, hvad vistnok Petersen har foranlediget, ved, inden jeg fik talt med ham, at telefonere derind. Vi lod selvfølgelig Posten [det forrige ord svært læseligt] afgaa uden Hest. Han talte om, at Syberg ønskede Hesten derud en halv Snes Dage, før han kom hjem. Det vil jeg dog fraraade, den har det bedst her, hvor den staar i Ro, og bliver den ikke fed, faar den dog ved Siden af Græsset saa meget Majs, at den nok kan trives. Idag rejser jeg til København; Tanmis gjorde mig lidt Vrøvl med Værelset, men rettede det igen. Paa Torsdag rejser Be med Jeppe og tager Muk med, og paa Søndag Dede, saa er her kun B.P., Pal og Moder tilbage, og hun rejser som Du ved senere til Veirup. Idag truer det med at ville regne. Folk har omtrent overalt ophøstet, og Mogensen har kørt al sin Roebyg ind. Hvis Vejret vilde holde sig, venter han at have indhøstet paa Mandag, men saa stor har Tørken været, at næsten alle trods Høsten ønsker Regn. Selv paa Engen kan Græsset ikke gro, og den bedste Del af min store Eng er ganske gul og vissen, endda der ikke har været Kreaturer paa den, siden den blev slaaet. Jeg besøgte i forrige Uge Vittrups i Følge med Pastor Hansen. Fru V. spurgte flittigt til Dig og bad mig hilse Dig. Jeg var ikke fri for at prostituere baade Dig og mig, da hun begyndte at tale om sin Veninde Astrid, ved at spørge hende, hvorfra hun egentlig kendte dig; jeg tænkte i Øjeblikket slet ikke paa Ølstedgaard. Hun gjorde naturligvis store Øjne og fortalte, at Du ofte havde bragt Hilsener hjemme fra. Forleden Aften var vi alle – Dora og Munter samt Jeppe indbefattede – i Egelund og nøde der Middagsmaden, bestaaende af Suppe, haardkogte Æg og Smørrebrød samt Solbærsaft og Rom, hvilke 2 sidste Stoffer blev blandede sammen. Ladersen gjorde en uendelig Række af Forsøg, inden han fandt det rette Forhold.
+Med mange Hilsener til Jer alle 3.
+Din F.</t>
+  </si>
+  <si>
+    <t>1899-08-21</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+Katrine -, Erikshaab
+- Jensen, Frøken, Erikshaab
+Marie Juul
+Hanne -  -, kokkepige Erikshaab
+- Kolding
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+- Leth
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid var sammen med sin søster, Thora, og Hempel Syberg på kurophold i Carlsbad. Globus var navnet på det hotel, som de boede på. 
+"Husene" var landarbejderboligerne, der lå nær gården Erikshaab.
+Nybøllegård er en lille gård i Hillerslev Sogn, Ringe Kommune.
+Alhed, Andreas/Jeppe og Johannes Larsen samt Berta og Ludvig Brandstrup rejste sensommeren 1899 til en af Larsen-familiens skovgårde i Småland. Laura Warberg stødte til dem kort efter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, LW til Astrid 1899-08-21, 2398</t>
+  </si>
+  <si>
+    <t>Det er tørke.
+Kyllingerne er blevet store, og der er også mange æg. Hønsene har frygtelig mange lopper, som man nu prøver at bekæmpe. 
+Christine vil gerne have en killing.
+Andreas/Dede er rejst nu. Han har haft meget glæde af sin båd.
+Alhed og Johannes Larsen er rejst. Den lille græd meget på rejsen i Danmark, men i Sverige var han rolig. Johannes Larsen havde en hund med, og Alhed kørte det sidste stykke med barnevognen.
+Laura Warberg glæder sig til at komme til Sverige. 
+Ellen og Harris Eastman er lykkelige og på rejse.
+Christine lider meget af hovedpine. 
+Laura og en gæst har haft en dejlig aften i måneskin. 
+Der er inviteret til høstfest på Gelskov. 
+Albrecht er rask og glad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg
+Globus
+Carlsbad.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 21de
+Kære lille Putte!
+I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
+Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
+[Skrevet langs sidens venstre kant:]
+Vejr her. I vel ogsaa.
+[Skrevet langs venstre kant på brevets side 1:]
++ vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
+[Skrevet langs højre kant på brevets side 1:]
+Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-24</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Thorvald Balslev
+Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Olaf Jensen
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rosendal
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, og Albrecht Warberg boede tit der, når han var til behandling for sin astma i København. 
+Lille Olaf er muligvis Julie/Pan Brandts søn. Thorvald er muligvis Thorvald Balslev. 
+Det vides ikke, hvem Amanda var. Christiane og Thomas, som skulle giftes på Sandholt, var muligvis ansat ved denne herregård. 
+"Amstrup sagde til mig, at det havde været rent galt, siden vi saaes": Louise Amstrup på Ølstedgaard var psykisk syg; formodentlig bipolar.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0335</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt og lille Olaf har været på besøg. Pan væltede et blækhus ud over gulv- og bordtæppet i Astrids værelse, og det var Laura ærgerlig over.
+Hempel Syberg er syg. Laura rejser til København for at se til sin far og derefter til Alhed Larsen. 
+Laura har fået brev fra Rosendal. 
+Christiane og Thomas skal giftes på Sandholt, og Christine har købt syltetøjsskeer som gave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ewpx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 ⁴
+København K. 
+[På kuverts bagside:]
+Poststempel.
+[I brevet:]
+Torsdag d: 24de August. 
+Kære Abba!
+Tak for Brevet! Det kom ikke med Posten i Tirsdags, men Jørgen fik det om Eftermiddagen, da han kørte til Højrup med Christine, der skulde ud at begynde sine Timer; med Pan og med lille Olaf, der kom Dagen før, var rigtig livlig og rar, han var rigtig glad ved at besøge os igen det var tydeligt, og vi var ogsaa rigtig glade ved at see ham. Hun skulde denne Gang kun være et Par Dage København for at leje Værelser til ham og lille Jensen men til 1ste September skulde han ind og tage fat igen paa Skolen, saa vilde han besøge Dig. Han og Pan fulgtes ad fra Højrup til Kbh; men alt det ved Du maaske fra samme Pan, der afsluttede sit Besøg her med den Udaad at vælte et Blækhus paa Gulv- og Bordtæppe i Astrids Værelse, det Pjattehoved hun er, jeg var rigtig ærgerlig over det. Jeg har faaet Brev fra Thora og et lille et indeni fra Syberg. Han er bedre men har været temmelig syg, dog heldigvis kun et kortvarigt Anfald. Jeg rejser saa ud at tage med dem, men vil hjem samme Aften med Astrid, da vi skal vadske og jeg gærne vilde være færdig med det, saa jeg kan rejse til København d: 1_ste_ eller 2_den_[”eller 2den” indsat over linjen] og derfra Mandag op til Alhed. Jeg vil være i Kbh. en eller 2 Dage for at besøge Far, ingen veed, hvor længe vi har ham. Jeg beundrer alt det, Du kunde naae paa de første 4 Dage derinde. Hils Thorvald! Mon han er der, hvis jeg kommer den 1_ste_? Mis maa gærne læse Elles Brev, der var slet intet hemmeligt. Du sender mig det vel nok, saa jeg har det senest Tirsdag at tage med ud til Syberg; det skal ogsaa med til Sverig. – Jeg har skrevet til og faaet Brev fra Rosendal; der er Intet ved Amanda! Ikke en Billet mere fra Tidenden! Nu maa jeg nok have det i Ugens Nyheder. – I Dag skal Christine og jeg spise til Middag paa Sandholt. Pan meldte os derovre i Dag eller i Morgen, saa bad de os. – I Morgen gøre de Bryllup for Christiane og Thomas, og vi var enige om her, at Du vist vilde have vi skulde give dem en lille Brudegave og saa købte Chr. for 7 Kr. 2 Syltetøjsskeer i et Etui. Pal. siger, at han kan komme til Dine Visitkort; vi tager saa Gaven med i Dag. Ellers intet nyt under Solen herfra! Jeg skrev Breve i Gaar i 3 Timer, men jeg naaede ikke til Dig og nu har jeg ingen at ”sende til Højrup”. Chr. kom i Aftes med sidste Tog; Pal var omtrent helt nede efter hende. Det har nu i 3 Morgener set meget ud efter Regn, i Dag endelig smasket lidt, men op
+[Skrevet langs kanten på side 4:]
+Dagen klarer det op igen. Da Jørgen kom 
+[Skrevet langs højre kant på side 3:]
+fra Højrup i Tirsdags og han og Hesten havde faaet Mellem[ulæseligt] 
+[Skrevet langs venstre kant på side 3:]
+kørte jeg til Ølstedgaard. De var glade ved
+[Skrevet langs højre kant på side 2:]
+mit Besøg og ved at jeg bad dem hertil
+[Skrevet langs venstre kant på side 2:]
+på Søndag. Amstrup sagde mig, at det havde 
+[Skrevet langs højre kant på side 1:]
+været rent galt, siden vi saaes. 
+[Skrevet langs venstre kant på side 1:]
+Nu kun mange Hilsener til alle Bekendte, Du træffer paa og Dig selv fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
+Alhed Larsen
+Augusta Mogensen
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>1899-10-05</t>
+  </si>
+  <si>
+    <t>København
+Hotel Phønix</t>
+  </si>
+  <si>
+    <t>Jean Jensen
+Christine  Mackie
+Christian Mogensen
+- Møller, Frøken, København
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge var 1899-jan. 1900 ansat ved Hotel Phønix, København. 
+Det vides ikke, hvem lille Bens og Bjørn var.
+Forpagter Mogensen og hans hustru, Augusta, overtog forpagtningen af Gelskov 1898. Replikken om ham og Christine er formodentlig humoristisk ment.
+Gamle Jean/Signe Jensen flyttede efter at have været ansat som huslærer på Erikshaab til Christiansdal Kloster ved Næstved.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0407</t>
+  </si>
+  <si>
+    <t>Astrid skal være stuepige den kommende vinter.
+Hun har haft besøg af to piger. De kæntrede med båden i åen, og den ene af pigerne kunne ikke svømme, men det gik godt.
+Forpagter Mogensen er en Don Juan.
+Gamle Jean/Signe Jensen skal flytte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PmHm</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Frk Joh. Warberg
+Hotel Phønix
+Kjøbenhavn 
+K
+[På kuvertens bagside poststempler]
+[I brevet:]
+Erikshåb Efterår 1899.
+“hvor flyver Svanerne hen - - -
+Kære lille Junge! Til Lykke fra Forleden Dag – og meget godt ønsker jeg Dig. – Her går den drivende, nu Mor er kommen, vi er sat i Gang på alle Ender og Kanter med Syning og andet, og jeg skal være Stuepige i Vinter med 40 Kr! 
+Det er ganske glimrende for Resten. – Man bliver jo i Længden ked af det andet, men festet har vi rigtignok kan Du tro – i vor Ensomhedstid; den var ikke fri for ar være frivol og let. – 
+Vor allersidste Bedrift indtraf i de sidste Dage, før de kom; 2 fremmede unge Piger – Chr. J. og Frk. Møller var hernede at besøge en Eftermd; jeg inviterer jo straks ud i Båden, og vi tre sejler; Gud hjælpe mig, om jeg ikke vælter dem lige under Bjælken! Christine og Frk M (Fru Hammers Søster) kom ud på Hovedet, jeg på Benene; bunde kunde ingen og svømme kun Chr og jeg. hun svømmede jo i Land; da jeg nåede ind, huskede jeg pludselig at Frk M ikke svømmede, vendte om og traf i Midten af Aaen Chr med Damen under Armen; jeg hjalp at bjerge; halvkvalt var Chr. af Grin, den anden af Skræk og Åvand. – vi kom op og det sædvanlige fulgte med Given tørt på. – Ingen Skandalehistorie; vi kan prale af en moralsk Egn; dog går det snildt med Mornine og Hr. Forp. Mogensen; Du véd jo Måden. Jeg tier og ler. Men lille Bens siger Gang efter Gang alvorligt til mig ”Jep Du, Forpagter Mogensen er en rigtig Don Juan!” (!)
+Han er en stor Hvalp ligesom Bjørn, vèd Du.
+Nej, at skrive om er her ingenting, opdager jeg.
+Man er i en Tørkeperiode.
+Dis Søster i Herren
+Dis
+Hils Ungerne
+(Og et Brev fra Dig Junge – ahe!!!
+p.s. Gamle Jean går og syer på Udstyr, hun skal jo nu til at sætte Bo.
+Eller har Du måske ikke hørt den sidste Begivenhed?
+Jo naturligvis har Du det.
+Kongeligt!!</t>
+  </si>
+  <si>
     <t>1899-10-22</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Louise Amstrup
 Julie Brandt
 Viggo Bredsdorff
 Louise Brønsted
 Carl Neiiendam
 Gandenz Neiiendam
 Ellen  Sawyer
 Johan Wessel</t>
   </si>
   <si>
     <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
 Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
 Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
 Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
 Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
   </si>
   <si>
     <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
 Louise har været syg.
 Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
@@ -576,766 +9678,985 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9wD</t>
   </si>
   <si>
     <t>Fru Laura Warberg
 Erikshaab
 Højrup St.
 Fyen
 [I brevet:]
 Søndag
 Kære Mor!
 Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
 Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
 Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
 Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
 Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
 Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
 Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
 I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
 Farvel
 Nu skal Brevet af Sted
 Hilsen Junge</t>
   </si>
   <si>
-    <t>1911-07-11</t>
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/du8Z</t>
+    <t>1899-10-27</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Kirsten -
+Morten -
+Benedict Boisen
+Marie  Clausen
+Margrethe  Eckardt
+Carl Høyrup
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Urban Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Olga Lau
+Marie Meyer
+Elisabeth Storm
+- Winther</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre skal muligvis snart til Sverige. Marie S eller C er muligvis Marie Clausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Det er uvist hvornår forældrene vil besøge Christine. Farbror Urban vil sende den grønne lysestage til hende. Der er tyfus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qVm1</t>
+  </si>
+  <si>
+    <t>Kjære lille Christine!
+Jeg har ikke skreven før for vi troede saavist at vi skulde rejse over til Dig som i Aften og saa videre Søndagformiddag; men nu igaar kom der en Mand med en Slæde i Vejen og vi kommer vist ikke afsted før hen i Ugen, dette Brev kom [i] Aftes saa skal Du have det først; Adolph sendte jeg et Par Sko Strømper og 2 Kr – han vil gjerne til Erikshaab i Morgen saa kan Du tænke paa ham der – Farbroder Urban har været her for et Par Dage siden han skal nok sende Dig den grønne Lysestage han skrev Din Adrs op i sin Lommebog – han lo saa hjærtelig over at det skulde være kjønt med en saadan Stage. Faster Augusta er meget svag i sine Been de er saa ømme at hun knap kan gaa eller staa paa dem han derimod er saa tyk og bred og munter der gik jo en Flaske Portvin – Morten og Thrine var her saa den gik jo med Liv den Timestid vi var sammen Nu kom Marie Mejer med Fasters Nattøj som hun jo saa tog med sig igjen
+Hilsen fra hende med Tak for sidst – Du spørger om naar vi skal vaske – send du kun Dit Tøj for om der bliver Dag saa gaar Madam Winther herhen og vasker selv om jeg ikke er hjemme
+Støvlerne er kommen i Aftes jeg troede jo vi skulde rejse men nu lader jeg dem staa til en Dag vi faar [ - hed] for vor Afrejse ellers sender [ jeg ] dem tillige med The og Sukker – Urtepotten staar færdig til Afvaskning Fru Storm har med stor Omhyggelighed faaet Blomsten over i en anden Urtepotte Du og Olga kan vente Brev fra hende snart
+Sig til Margrethe at jeg skriver ikke for jeg haaber hun møder naar vi kommer
+Vi har fæstet 2 Karle og faaer en svensk Pige til November Søster til Kirsten her gik i Høstens Tid jeg er glad kan Du tro for Dorthe er mig mer og mer umulig men nu er den Taalmodighed-Tid Gud ske Tak snart forbi
+Det er Stumper af Papir jeg finder men de ere vel lige kjærkommen lille Ven nu faar jeg vel ingen Søndagsbrev i morgen fordi mit først kommer Lørdag men saa faar jeg Mandag
+Vi har længe gaaet og ventet paa disse svenske for Du kjender jo nok Fader han undrer sig altid naar der ingen Ting er fra Eder og selv skriver han aldrig uden Adresse – den er han villig til kan du tro Husmanden her er han er saa storartet flink til Alting har saadan Lyst til at faa Alting til at gaa flittig tidlig oppe – og møder præcis til Kaffe Du kan rigtignok lille Ugle at jeg rejser mig fra mit Leje med stor tak til Gud for det gode Helbred han giver baade Faer og Moer og naar jeg saa faar Breve fra Børnene og hører I har godt saa er jeg saa glad saa glad 
+Det er bedre med Træskomandkonen det samme med Marie[s eller c] og Benne Boisen ligger af Tyfus paa Epidemihuset saa nu har de 2 børn derude
+Jeg har faaet Gulvene ferniseret i Stue og Kjøkken de blaa Vintergardiner op her og skal have et op til i Stuen det luner [ulæseligt] Ild i Ovnen Her er intet Nyt jo gamle Højrup er død og skal begraves paa Tirsdag; Børnene hos Georgs ere raske og Ville siger Dae og tager Huen af naar han kommer ind i Stuen
+Hils nu Alle dem der bryder sig om en Hilsen fra din gamle Moer
+Gud fader velsigne og bevare Dig mit kjære Barn fra alt Ondt</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1899-11-25</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Lina -
+- Eckmann
+Johanne Giersing
+Niels Chr.  Jantzen
+Ellen Johansen
+Fru Jungberg
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Laura Warberg
+- Østerberg</t>
+  </si>
+  <si>
+    <t>Den lille lejlighed: Alhed og Johannes Larsen flytter i efteråret 1899 ind i en lejlighed på Feden.</t>
+  </si>
+  <si>
+    <t>Der tre breve. Hovedbrev fra Vilhelmine Larsen i Kerteminde og to vedlagte breve fra Marie Larsen på Båxhult.
+Hovedbrev: Christine Swane må være tålmodig, hun skal nok få sine penge. Hun skal ikke tage sig af hvad Ellen Johansen siger. Det er stadig usikkert, om forældrene tager til Sverige.
+Vedlagte breve: Marie Larsen håber meget at forældrene kommer til Båxhult. Johannes Larsen maler på to billeder med Alhed og Puf, samt et billede med grantræer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iMUd</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 25/11 99
+Kjære lille Ugle !
+Nu kom dit længe ventede Brev og du kan saa faa dit Søndagsbrev. Jeg er lige færdig med at veje noget Uld som skal være til Dækner – du havde nu ligefuldt faaet et Brev midt i Ugen om jeg havde faaet 1 Kr. at sende dig men det trækker ud med Jantzens Roepenge saa snart de kommer skal jeg sende dig hav Taalmodighed saalænge. Skriv ikke til Vilhelm derude han er her – kom i Aftes – og boer paa Johannes Værelse og har allerede i dag tilmorgen begyndt paa sine skriftlige Arbejder – han sidder foran det store Vindue og tegner paa Spillebordet der er god Plads for ham Kl 8 kommer han ned og til Kl. 9 er hans Værelse i Orden saa efter Middag gaar han igjen Kl. 1 og arbejder til 5 ved den lave Lampe
+Efter Nytaar vil hun saa til Sybergs hun kom fra Erikshaab der længes de ogsaa snart efter Alhed og Barnet Fru Varberg var helt ængstlig for dem, jeg tænker mig de kommer lige til Erikshaab til Juul og saa her senere i Vinterquarter paa Feden.
+Du skal sandelig ikke tage dig nær hvad Ellen Johansen finder for godt at komme med – er hun dygtig nok til at møde op med en saa afgjørende Kritik Jeg troer det ikke.
+Her sender jeg disse Breve fra Sverrig de kom i forgaars og Agraren fik de sidste nu skal du have disse.
+Jeg har ikke svaret endnu for det for det staar jo paa om jeg kan skrive vi kommer eller Marie skal rejse ene hjem nu paa Mandag skal Faer til Odense maaske der da bliver Udsigt til et bestemt Svar.
+Det var herligt du hørte Grig den gode Jensen det gjør saa godt paa mig at høre en saadan Venlighed hils hende fra mig.
+Gud ske Lov lille Dine jeg synes du er mere glad i Aar derovre i det store Kjøbenhavn nu paa Dagen kom jeg i Tanke om din Kaabe; men hvor er den? Jeg maa Opdagelse – saadan kan det gaa da jeg nu skulde paa Pulterkammer og se efter nogle Sengeklæder til Vilhelm der ligger en Bunke snavset Tøj og noget af dit saa jeg da imellem vi skal vaske paa Onsdag saa du maa endelig sende det saa hurtig du kan
+Nu lev vel 
+Vi ere alle raske
+Din trofaste Moder som altid har Eder i Tankerne Agraren er ogsaa rask han fik en stor Pose med Tøj Pølser og Fedtegrever.
+Georg har slagtet.
+Båxhult d. 17-11 1899
+Kære Moder!
+Tak for dit Brev; jeg var selv paa Høljeryd i Aftes og blev henrykt over at der var Brev; det andet Brev fik vi Mortensaften, jeg fik det med hjem da jeg var nede med det jeg havde skreven til Jer. Hvor det glæder mig at Du er glad ved den nye Pige og ligeledes at Karlene er flinke, bare det nu maa vare ved, saa kan vi jo faa det rart i Vinter. Jeg havde sikkert ventet at faa noget bestemt at vide om Jeres Rejse herop, men der stod jo kun det samme at I ikke helt havde opgivet den; kom dog endelig, alle hvem vi taler med spørger om I ikke snart kommer og vi svarer altid at vi haaber I kommer mens vi er her; Johannes kan vist ikke sige bestemt hvor længe de bliver her, Alhed mener at det maaske varer en Maanedstid endnu, de 2 Billeder med Alhed og Gaun har staaet stille en Tid paa Grund af at Johannes har malet et Billede ovre i Skoven, det er en Del Fyrre og Grantræer og da de rimeligvis bliver hugget i Vinter har han hængt svært i med det i den sidste Tid; nu kan han vist faa det færdigt paa et par Dage og saa tænker jeg han tager fat med Kraft paa de andre 2. Alhed længes efter at komme hjem og faa den lille Lejlighed indrettet, men det taler hun naturligvis ikke om for han maa jo have Ro til sine Arbejder.
+Nu vil jeg bede Dig om at sige bestemt i næste Brev om I kommer eller ikke, for jeg har tænkt, at hvis I kommer, saa kan jeg følges hjem med Jer, kommer I derimod ikke; saa er det vel bedst at jeg rejser hjem, nu da her er Pige kan de jo nok klare sig uden mig; Alhed og Las kunde jo saa leje sig paa Kost hos Sybergs. Vi har det for Resten saa udmærket sammen herovre, Sybergs Børn er søde og morsomme og vi kommer alle godt ud af det med hinanden; Sybergs har Sovekammer i Hjørneværelset, hvor jeg ellers har ligget og jeg har sat en Seng ind i Kontoret og residerer der. paa Mandag skal vi slagte Gris, Sybergs har købt en hos Smedens for at have noget til Vinterbrug, det helt grinagtigt at slagte herovre. Hønset og jeg var i Nyby i Onsdags, der var Torvedag og vi var der for at købe Suppeurter, Adolph kørte for os og Lina var ogsaa med, det var dejligt Vejr saa det var en yndig Tur; Vejret har været storartet i de sidste Dage, Hønset,Tukuk, Besse og jeg har været på Strømhult i dag, vi gik hjem i det dejligste Maaneskin; jeg tror det er Fuldmaane i Aften, saa jeg gik og ønskede at I vilde komme en af Dagene, men selv om det bliver lidt senere og I ikke vil køre herop om Aftenen, saa kunne I jo ligge over om Natten enten i Halmstad eller paa Landeryd. Vi var nærmest paa Strømhult, for at spørge om Sybergs ikke kunne faa noget Brænde derovre, for paa Høljeryd faar vi kun noget skrækkeligt vaadt noget og det skøndt Johannes selv havde været nede hos Østerberg og bedt om Smeden maatte faa noget godt tørt Ved, naar han kom derned, Karlene faar alt det tørre, det er lige haardt nok at vi ikke kan faa ordentlig Brænde, naar vi tænker paa de Bjerge vi havde paa Høljeryd da den hvemmelige Birds overtog Sagen han ventes herop i disse Dage, eller maaske han kun kommer til Landeryd.
+Saa kommer Klaks jo hjem om en 14 Dagestid det bliver morsomt en Gang igjen at faa ham hjem en Tid: Hør hvis I ikke kommer herover snart, saa kommer vi til at have nogle Penge sendt, vi ejer nu ikke en rød Øre mere, er der ikke flere som skal betale herovre? f.e.x. Anders oppe i Fru Jungbergs Hus eller Eckmann, saa kunne vi jo forsøge at faa dem, ellers maa I endelig sende os nogle; det er saa ubehageligt at være aldeles uden Penge. Nu er Du nok sød lille Moer og skriver saa snart Du faar dette Brev, baade om Rejsen og om dette sidste. Det er morsomt Agraren at synes om den nye Elev og at Uglen maaske snart bliver flyttet op. Hils alle derhjemme. 
+Mange kærlige Hilsner til Jer selv fra Jeres hengivne Marie.
+P.S. Hilsen fra Sybergs til Jer og lille Marie, har hun det stadig godt?
+Båxhult d. 18-11.
+Kære Forældre!
+Jeg vil kun tilføje at det nu er Tiden for Jer at komme, vi faar i den nærmeste Tid saa megen dejlig Mad i Huset; Baronen og Johannes købte i Morges en Raabuk, det var netop med Tanken paa Jer at den blev købt, Baronen ytrede, ”Vi vil dog ikke have Smalhans i Huset, naar Jeres Forældre kommer,” I kan se at vi alle venter Jer saa I kan da ikke nænne at skuffe os vel? Johannes er ovre i Skoven at male, saa han naar ikke at skrive, jeg gaar nemlig ned til Høljeryd nu og tager Brevet med.
+Hilsen fra os alle.
+Marie
+Her har været meget smukt i Dag, med Rimfrost paa alle Buske og Træer. Vi har det godt.</t>
+  </si>
+  <si>
+    <t>Efterår 1900</t>
+  </si>
+  <si>
+    <t>Hjalmar Kleis
+Andreas Larsen
+Sophie Meyer
+Sophus  Meyer
+Augusta Mogensen
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Andreas Larsen er på Erikshaab hos hendes familie. Johannes Larsen er tilsyneladende for nyligt rejst derfra og til Kerteminde. Det ser ud til, at der er knas i ægteskabet.</t>
+  </si>
+  <si>
+    <t>Puf er sød og går og leger. Alhed glæder sig til at høre, hvordan det gik, da Johannes Larsen kom hjem. Alhed skal videre, bo hos Hempel Syberg og til tandlæge. Fru Mogensen har været på besøg med nødder og pærer.
+Alhed håber, at hun og Johannes Larsen kan være sammen hele vinteren, og til foråret skal hun nok være flink.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wavK</t>
+  </si>
+  <si>
+    <t>Tirsdag
+Lille, go’e Larsi!
+Vi savner Dig ganske frygtelig. Jeg spurgte mange Gange i Gaar lille Puf, hvor hans Far var og han pegede med sin velbekendte Snøften hen mod Døren. Han var vældig sød i Gaar, gik flere Gange og legede saa stille og sødt oppe hos mig. – De passe ellers baade ham og mig rigtig godt, de har vel tænkt, det behøvedes ikke, naar Du var her. Dis har gjort Hovedrent heroppe i Dag, saa her ser rigtig fint ud! Sikken et yndigt Vejr det er, jeg ligger for aabent Vindue. – Nu glæder jeg mig meget til at høre fra Dig, hvordan det hele stod til, da Du kom hjem, hvordan de alle har det, hvordan der saa ud inde hos os selv, Haven, Hønsene og det hele. Jag haaber da ikke Sengklæderne var klamme? – Du rejser vel ikke til København med det samme? Jeg skulde jo være hos Onkel Syberg imens og faa mine Tænder gjort færdige. – Fru Mogensen var her ogsaa i Gaar med Nødder og Pærer til mig. – Jeg savner Dig ellers skrækkeligt, min kære Dreng. Vi maa ikke lave det saadan, at vi ikke er sammen i Vinter, det var altfor skrækkeligt. Tror Du ikke nok, Du kan finde Dig i mine Klager og Plagerier, jeg ved godt, jeg plager Dig forfærdelig, men til Foraaret skal jeg nok blive vældig flink, bare vi var saa vidt, ikke?
+Nu maa jeg slutte, Dis gaar op til Hillerslev med dette, vi sov til Kl. 10, saa jeg fik det ikke med Posten. Jeg er meget spændt paa, om Du saa fik noget til Kleis. Hils dem alle mange Gange ogsaa Mejers. 1000 Hilsner til Dig selv, min egen Dreng.</t>
+  </si>
+  <si>
+    <t>Maj eller juni 1900</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes barn er på Erikshaab (hendes barndomshjem).</t>
+  </si>
+  <si>
+    <t>Der er dejligt (på Erikshaab), og naturen er anderledes end hjemme. Nattergalen synger. Barnet har været sød på rejsen og sover godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qtzo</t>
+  </si>
+  <si>
+    <t>Elskede lille Lavsi!
+[Vi] har det saa dejligt, men [jeg] ønsker bare, at Du var her [og]saa. Vejret er bedaarende og alting er saa grønt og yppigt, det er nu alligevel en hel anden Slags Natur her. I Aftes var Johanne og jeg omme paa Gelskov, Nattergalen sang saa dejlig i Haven. Baba har det storartet, var forfærdelig sød paa Rejsen i Gaar, sov glimrende i Nat og har nu sovet længe til Middag, Klax er her, vi har det sjov, Christine synger. – Hvis Du ikke hører nærmere, kommer vi Tirsdag 6,24. – 1000 kærlige Hilsner! Din egen
+Alhed
+Søndag.</t>
+  </si>
+  <si>
+    <t>efterår 1900</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Ditlev Nielsen
+Christine Swane
+Peter Thomsen, tømrermester
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på Erikshaab - Alheds barndomshjem. Lille Kærbyhus i Kerteminde, var en avlsbygning, som blev indrettet til bolig.</t>
+  </si>
+  <si>
+    <t>Huset er ved at blive renoveret og Vilhelmine Larsen glæder sig til at bage æbleskiver til rejsegildet. Lille Puf er muligvis syg på Erikshaab. Agraren er muligvis på efterårsmanøvre ved Risinge udenfor Kerteminde. Der spørges bekymret til Alheds far, som ikke er helt rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xlv1</t>
+  </si>
+  <si>
+    <t>Lørdagaften
+Kjæreste Johannes!
+Dit Brev modtog vi i Aftes ved Sengetid, jo Fader var da gaaet til Ro han skulde nemlig rejse med Nattoget til Korsør, inden han rejste gav jeg ham Brevet og vi haabede saa at der skulde blive Mønt derovre. Han kom nu for lidt siden og der var til min Sorg ingen Penge de vare gaaede til Skatter og deslige; men saa skal vi imorgen det er Søndag gjøre os al mulig Umage
+Du kan tro vi længes saa umaadelig efter Eder alle 4 og skal nok virke. Gud styrke de syge oh min lille Puf fortæl ham dog om os at vi ikke skal være fremmede for ham naar han nu kommer
+Her kom saa dette Brev fra Kjøbenhavn; det er dog et med Besked i. Rammer er her ingen kommen af; men vi skal gaa derned imorgen, det er de sammen flittige Arbejdere ovre ved Huset og Thomsen tilseer dem. Saa vi haaber snart rejser sig og Æbleskiverne bages hvor skal jeg dog blive glad
+Fader har taget Ditlev Nielsen til at hænge Dørerne paa vores. Vi ere saa trætte i Aften fordi vi har vaaget og Soldater Travlhed
+Pigebørnene har 2 Gange gaaet for at vilde træffe Agraren men kom for sent begge Gangene. Han skal ligge op efter Risinge han kommer maaske i morgen.
+Hils nu alle dine Kjære vi taler meget om Godsforvalterens Befindende. Det siger I os aldrig noget om. Paa snarllig Gjensyn. Din Moder</t>
+  </si>
+  <si>
+    <t>1900-01-08</t>
+  </si>
+  <si>
+    <t>Højrup St. Fyen
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Fru Emma Hirschsprung
+Ida -, klaverlærer
+Grethe -, København
+Christine  Mackie
+- Rosendal
+Cornelius Steffensen
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
+Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
+Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2038</t>
+  </si>
+  <si>
+    <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
+Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Astrid Warberg
-[...3 lines deleted...]
-Da jeg i juli 1900 (18 år) holdt foredrag på Vejstrup højskole, udsendt af Dragtreformforeningen, som Tutte og jeg startede i 1899 (?)
+Hr. Godsforvalter Warberg
+Erikshaab
+Højrup St.
+Fyen
+[Håndskrevet i brevet:]
+Hotel Phønix
+Mandag 8-1-1900.
+Kære Far!
+Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
+Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
+Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
+Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
+Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
+Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
+Hilsen til hele Haabet
+fra Junge</t>
+  </si>
+  <si>
+    <t>1900-03-06</t>
+  </si>
+  <si>
+    <t>I A Larsensvej Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen
+Vilhelm Larsen
+Marie Oppermann
+Ellen  Sawyer
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
+Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
+Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
+  </si>
+  <si>
+    <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KKTn</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Maa jeg paa dette stilfulde Papir sende Dig Las’ og min Lykønskning til Din Fødselsdag i Morgen. Las er inde i Byen at virke med sine Billeder. Han har vældig travlt, Hunden og det store af Gajen og mig ere endnu ikke færdige, og desuden maa han holde Snedkeren svært i Ørerne med Rammerne, og paa disse er der en Masse Udskæring, som Klax heldigvis kan hjælpe ham med. Muntermands Ramme havde vi bestilt færdig saa tidlig, at Du kunde have ham til d. 7ende, men [tilføjet:nu] gaar han altsaa med paa ”den fri”. Han skal hedde ”Munter” i Katalogen, Las vil ikke stille ham til Salg. – Mine Billeder ere anmeldte nu og de skulle være indskrevne til d. 12te, men et stort Spørgsmaal er det vist, om de blive antagne, efter at have set, hvem [overstreget: Udsti] Censurkommiteen bestaar af, gør jeg mig ikke meget Haab. Men lumpent er det, hvis de kassere dem, naar man tænker paa hvor meget elendigt Skidt, de optage hvert Aar. De se virkelig rigtig respektable ud, nu de ere lakerede og spændte paa Blendrammer, især Floxene. Hvis nu Banen bliver aabnet den 15nde, kommer I saa ikke herned, enten Torsdag d. 15de eller Lørdag d.17ende, Las sender ikke Billederne før Søndag d. 18, det vilde sikkert more Eder, at se dem alle færdige og i Ramme, det er en aldeles nydelig Udstilling. Blot vi nu kan faa noget Solskin, at Hunden kan blive færdig! – Det er sandt jeg glemmer jo helt at fortælle at vi har solgt en Akvarel til Frk. Oppermans, 125 Kr. Nu er det akkurat 600 Kr siden Jul. – Tænk, at Din Fødselsdag fejres hjemme i Aar, det er rigtignok noget nyt, havde den Bane været aaben, kan jeg ikke vide, om ikke Gajen og jeg var kommen ned og havde hjulpen Eder at fejre den. Samme Gaj sidder her i sin Vogn og rangler, saavidt jeg kan se paa ham, spekulerer han paa et lille Digt til Dig. Nu brøler han, saa det volder ham vist lidt Besvær at faa det sat sammen. – Vil du takke Mor for Brev og Pakke, det var ikke det rigtige Bræt, men det gør ikke noget, da Las ikke mener, jeg skal male mere paa det. Brættet spiller ellers samme Rolle paa det lille Primulastykke, som det sorte Bord paa Cinnerariestykket. – Mon Bein ikke snart kommer? Hun kunde jo passende komme en af Dagene og saa blive til I kommer herud. – Det gaar Gajen daarlig med hans Vers, saa nu maa jeg slutte her og hen og se om jeg kan faa hans Sind beroliget. – Vil Du hilse alle mange Gange fra os. Og endnu en Gang ønskes Dig et godt nyt Aar med god Helbred! Din hengivne Datter Be &amp;amp; Co.
+Feden 6te Marts. Jeg tænker paa Elle i Dag.</t>
+  </si>
+  <si>
+    <t>1900-4</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Anna Madsen
+Theodor Philipsen
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
+Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
+Det er uvist, hvem greven på Langeland er.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J2KL</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
+Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
+Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
+Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
+Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
+Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
+Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
+Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
+Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
+Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
+  </si>
+  <si>
+    <t>1900-04-03</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Andreas Larsen
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig hos forældrene på Erikshaab. De har passet hendes og Johannes Larsens søn, Andreas, ("Tænk han kunde ikke kende mig, men er mere glad ved de andre."), mens Larsen-parret har været i København.</t>
+  </si>
+  <si>
+    <t>Alhed spørger Johannes Larsen, om han tror det vil lykkes dem at opbygge et dejligt hjem. Hun synes, der har været så langt imellem de to, og hun er frygtelig ked af, at Johannes Larsen i langt højere grad tager sin families parti end hendes, når der er uoverensstemmelser. Det gør hende angst for fremtiden.
+Lille Andreas spiser godt og har taget på, men han kunne ikke kende Alhed, da hun kom ned til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KemZ</t>
+  </si>
+  <si>
+    <t>Kære lille go’e Las!
+Du kan tro, det var dejligt at komme hjem, der kommer altid saadan en Fred i mit Sind, naar jeg er i disse kære Omgivelser, jeg bliver saa glad tilmode og synes jeg holder saa meget af alle Mennesker og at Livet er saa nemt og ligefremt at leve. Hør Las bare vi dog kunde faa saadan et Hjem, hvor jeg kunde føle mig helt hjemme og altid være glad og holde meget af Dig, ikke sandt? det maa vi hjælpes ad med. Tror Du, det vil lykkes os? I Gaar da jeg sagde Farvel til Dig, syntes jeg vi var saa forfærdelig langt borte fra hinanden, men saasnart jeg kom herhjem, syntes jeg, det var ligesom det hele klarede op for mig, og jeg holdt lige saa meget af Dig som i gamle Dage, naar jeg gik her og længtes efter Dig og ventede paa Dine Breve. Ja, hvor jeg dog holder af Dig, naar jeg er her, baade naar [de to ord overstreget] enten naar jeg gaar ude i Naturen, eller inde i Stuerne, eller jeg ser hen paa en køn Blomst, eller jeg spiller L’Hombre eller hvad jeg foretager mig, saa føler jeg, hvor jeg holder af Dig, og hvor Du opfylder mig, ja Du er mere end mit halve Liv, men jeg kan ikke undvære at staa i Harmoni til mine Omgivelser, saa hentørrer jeg og vandsmægter. Og navnlig til Dig naturligvis – der maa jeg føle den fine Forbindelse, der kan være mellem Mennesker selv naar de ikke sige noget til hinanden, men jeg synes saa [ulæseligt ord] mangler. Jeg synes, vi har gaaet saa underlig fremmede ved Siden af hinanden derinde hele Tiden, og været saa langt fra hinanden. Men det var maaske den første, slemme Dag, da jeg græd saa forfærdelig, at jeg ikke rigtig kunde forvinde. Du trode maaske, at det var Hysteri, eller bare Uartighed, fordi jeg blev saa kaad og lystig bagefter, men Du kan tro, det var af den dybeste Sorg og Skuffelse, at jeg græd, jeg kan endnu ikke rigtig taale at tænke paa det. Jeg blev saa forfærdelig angst for Fremtiden, Du kan tro, det gør ondt at se, at Du er saa langt mere et Led af Din egen Familie, end Du er min Ven, kommer der noget, hvor jeg er imod Din Familie, d [bogstavet overstreget] saa dømmer Du mig strængt og bliver haard og kold imod mig, og der vil naturligvis komme Hundreder af den Slags Tilfælde, og jeg vil blive mere og mere ensom. Jeg har saa uendelig svært ved at klare mig imellem Din Familie, og jeg kan ikke skabe mig selv om, Du kunde maaske, men ikke være [ordet overstreget] ved at være imod mig. – Du synes [de to ord overstreget]
+Nej, nu vil jeg ikke kede Dig mere med det, men fortælle Dig lidt om lille Gajemand. – Du kan tro, han er voxet, det syntes jeg da, han spiser ogsaa brillant nu, der er aldrig vrøvl med at faa det i ham. Tænk, han kunde ikke kende mig, men er mere glad ved de andre. Jeg har været ude at køre lidt med ham i Dag. Jeg haaber, jeg faar Brev fra Dig i Morgen. Hils Lud &amp;amp; B. og sig tak for de Dage. Hvordan gaar det med Ungerne. hils ogsaa dem! Farvel min Dreng! Hav det godt og tænk med lidt Venlighed paa Din Alhed.
+3die April
+Tirsdag
+[Skrevet på hovedet over ”Kære lille go’e Las!]
+Hvis Du ikke har givet Uglen det Frikort til den fri, saa tag og gem det til Dis, der kommer Torsdag.</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1900-06-18</t>
+  </si>
+  <si>
+    <t>Nanna Kristensen-Randers</t>
+  </si>
+  <si>
+    <t>Ollerup Højskole</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warberg var som ganske ung medstifter af en forening for reformdragtens fremme.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2260</t>
+  </si>
+  <si>
+    <t>Brevskriveren har ofte talt imod korsetter, og nu vil hun gerne have Astrid til at komme og tale om sagen. Astrid må dog ikke vente at få medlemmer. Efter Nanna K-Rs foredrag om legemslære vil eleverne være klar til et foredrag, så hun foreslår engang efter 11. juli.
+Nanna K-R beder Astrid hilse faderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ST2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frk. Astrid Warberg
+Erikshaab
+pr.
+Højrup.
 [I brevet:]
-Vejstrup Højskole d. 11 Juli 1900.
-[...16 lines deleted...]
-    <t>Kerteminde</t>
+Ollerup Højskole 
+18/6 1900
+Frk. Astrid Warberg!
+Nu har jeg saa ofte talt mod Korsetter er, saa jeg vil gerne have en Afløser for en Gangs Skyld. Men De maa ikke vente Medlemmer til Deres Forening, saadant er vore Bønderpiger sene til, men De maa være tilfreds med at omvende nogen af dem. – Af flere Grunde kan jeg først i næste Uge blive færdig med mine Foredrag i Legemslære – og dem maa de helst faa først – for bedre at følge med – der efter kommer Landmandsforsamlingen og lige fra den 29de til Mandag den 9de Juli har vi i den Anledning Uro af forskellig Slags: Husmands- og Gaardmands Middage – Besøg af gl. Elever o.s.v o.s v. – ja ogsaa Onsdag d. 11 Juli er optaget ser jeg nu i min Almanak – men i Tiden lige derefter haaber jeg saa der er en Dag, der passer Dem.
+Vil De hilse Deres Fader meget fra mig. Jeg haaber, han har det godt. Selv har jeg haft det ret godt nogle Aar - men sidste Vinter havde jeg Influenza Gang paa Gang, og har nu svært ved at komme til Kræfter. 
+Med venlig Hilsen
+Nanna K.-Randers
+Ollerup Højskole pr. Svendborg.</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig hos Alheds familie på Erikshaab på Sydfyn.</t>
+  </si>
+  <si>
+    <t>Det er godt, at alle er ved at have det bedre. Det kniber med at finde penge, som kan sendes til Alhed og Johannes. Vilhelmine Larsen bliver ikke ked ad det, hvis de ikke kan nå, at komme hjem til hendes fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RRbW</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Her er hvad vi kan sende. Hvor det dog glæder os at høre om Godsforvalterens Helbredelse – gid det maa blive rigtig godt fremdeles ogsaa om at det er bedre med lille Puf og Alhed. Det bliver nok helt godt naar I nu kommer herhjem – Tak for Brev i dag. Din Moder
+Jeg havde faaet Løfte paa Penge men det glippede saa I maa have Taalmodighed. I maa ikke blive kjed at I ikke kan komme til min Fødselsdag, for det er mig en Festdag hvilken Dag I saa kommer.
+Gud glæde Eder Alle.</t>
+  </si>
+  <si>
+    <t>1900-10-04</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Marie Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Sophus  Meyer
+Peter Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen flyttede 18. oktober fra en arbejderbolig på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Deraf nok ordene om at flytte høns, ur mm.
+"Marie glæder sig til at halte med dig": Af de følgende breve fra Johannes til Alhed Larsen fremgår det, at hun har ondt, halter og må ligge i sengen. Alhed Larsen er hos forældrene på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sat billedet af evighedsblomsterne i ramme. Han har hentet hønsene sammen med Peter Nielsen. Uglen har hjulpet med at flytte det gamle ur.
+Plesner har sendt tegningerne til huset.
+Larsen kan sove hos Lützhøft i København. Han har 5-6 billeder, som kan udstilles til foråret og når nok at lave flere i vinter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8efm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 October 1900
+Min egen kæreste Alhed!
+Tak for Dit Brev i Dag, som glædede mig meget. Jeg fik Evighedsblomsterne sat i Ramme i Gaar og havde i den Anledning en Del Ærgrelse, Blendrammen og Rammen, som for øvrigt passede sammen var 1 ” kortere paa den ene Led og ½ ” paa den anden og saa var Rammen bronceret! Jeg var ude for at hente Hønsene i Dag og paa Vejen var jeg henne og fik Peter Nielsen med for at hjælpe mig med at faa dem i en Kurv, der saa jeg Gravandriken svømme om, den var nydelig nu og havde faaet sin gamle Kulør igen. Vi fik saa Hønsene i Kurven og fik dem herop. Jeg kunde nok mærke at Meyers ikke vare videre stolte af at beholde dem længere, der laa et Æg som de fik til Afsked. Jeg er bange for at Pakken jeg sendte i Gaar kom for sent af Sted, saa Du faar vel 2 Breve i Morgen i Stedet for et i Dag. Jeg længes efter Jer begge 2, hvad er det for noget Vrøvl, Du plager mig jo slet ikke. I Dag har Uglen og jeg flyttet det gamle Uhr herop og pudset det lidt af, det er smukt. Tegningerne til Huset er kommen fra Plesner i Dag og Fader er meget optaget af dem. Jeg har haft Brev fra Lützhøffts i Dag at jeg kan være der om Natten og rejser der over i Morgen. Marie glæder sig til at halte med Dig. Mit Humør er ligesom lidt bedre i Dag, jeg har set paa mine Billeder og der er jo dog 5-6, som kan sendes ind til Foraaret, som de er og saa faar jeg jo nok lavet noget mere i Vinter. Ja nu ved jeg ikke mere denne Gang. Mange kærlige Hilsner fra
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1900-10-06</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er hos Lützhøft i København og venter på en kasse med billeder.
+Han har talt med sin mor, om Dis (Astrid Ingeborg Warberg) kunne komme i huset hos hende, men hvis dette ikke sker, foreslår Johannes Larsen, at Dis i stedet kommer til ham og Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tio1</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 6 Octbr 1900
+Min egen kæreste Alhed!
+Nu sidder jeg her hos Lützhøffts hvortil jeg ankom i Aftes og jeg har egentlig ikke andet at berette end at jeg rejste i Gaar fra Kjerteminde og at det er et ækelt Vejr i Dag, jeg laante en ny Overfrakke af Fader, saa jeg kan da gaa ud uden at blive altfor gennemblødt. Jeg sidder og venter paa Kassen med Billederne. Jeg talte saa med Moder om Dis og de vilde nok have hende, men havde slaaet det ud af Hovedet, da Klaks havde fortalt at hvis Dis havde sagt til ham at hun ikke vilde til Kjerteminde, men vilde blive hjemme i Vinter dersom hun ikke kunde komme til Kjøbenhavn. Men hvis hun skal ud, var det saa ikke noget for os at faa hende i Stedet for en Pige, det er jo ikke godt at vide hvad for en Mær vi faar. Jeg skal hilse Dig mange Gange fra Mutter. Jeg længes efter Jer, mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-08</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Thomas Hansen
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Frederik Hendriksen
+Asta Krohn
+Karl Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Asta, f. Heyman, fik ved ægteskaber efternavnene Bergh og Krohn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har i København spist med Fritz Syberg (Baronen), mødtes med Lützhøft, Hendrichsen og Brandstrup. Karl Schou har fået timer på Teknisk Skole, og Borgmesteren i Kerteminde har bedt Larsen undervise også på Teknisk Skole igen. Han/de kan godt bruge pengene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aOLw</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 8 Octbr [noget af papiret mangler]
+Min egen kæreste Alhed! 
+Tak for Dit Brev som jeg fik i Dag, jeg er nu meget spændt paa at høre om Du er kommen op. Jeg var hos Baronen i Forgaars og spiste til Middag med ham i hans Beværtning. I gaar var jeg ude hos Schous men traf kun Marie da Schou var paa et Museum, jeg sad saa og snakkede med hende et Par Timer og gik saa ud i zoologisk Have h[vor jeg] skulde træffe Lützh[øft] har jeg været hos Henrichsen og faaet mine 200 Kr og afleveret Billedet og derefter hos Lus. I Aften skal Lützhøfft og jeg til Thomas Hansen som vi traf i ”la scala” i Forgaars og saa mangler jeg kun Valby og Kastrup og de Billeder jeg skal have med hjem. Schou har faaet Timer i teknisk Skole saa han tjener 2 Kr 50 Øre hver Aften. Jeg har ved [for]talt Dig at Borgmesteren havde fat i [mig] paa Banegaarden den Dag jeg rejste for at faa mig til at tage Pladsen i teknisk Skole, hvad skal jeg nu, det er jo sikre Penge og vi kan jo bruge dem, jeg rejser saa herfra til Erikshaab. Mange Hilsner til Jer begge to og de andre, Din
+Johannes Larsen
+Jeg skal hilse fra Fru Asta Berg, som jeg traf paa Frederiksberg.</t>
+  </si>
+  <si>
+    <t>1900-10-10</t>
+  </si>
+  <si>
+    <t>Valby
+Kastrup</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Andreas Larsen
+Marie Oppermann
+Theodor Oppermann
+Theodor Philipsen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>I flere breve i træk er det blevet nævnt, at Alhed halter og må ligge i sengen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen besøger venner og kolleger i København. Han rejser til Alhed (på Erikshaab) den følgende dag. Det er trist, at hun halter og må ligge i sengen, men Larsen tror, hun får det bedre, når den lille ny er født.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7vxi</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 10 Octbr 1[noget af papiret mangler]
+Kæreste Alhed!
+Tak for Dine 2 Breve med de forskellige Husnumre, jeg glemte jo at rette det efter det første men da det var omtrent rigtigt gad jeg ikke lukke Brevet op igen, Du havde nemlig skreven 55 og det er 57. Jeg var i zoologisk Have i Gaar med Schou og derfra alene til Oppermanns og Brandstrups hvor jeg blev om Aftenen, jeg skal hilse fra dem. Vi talte netop om at det var [noget af papiret mangler]i havde hørt fra Vittoria og saa da jeg kom hjem laa der Dit Brev, hvor Du skrev at Du havde faaet Brev. Jeg gaar imidlertid ikke til Valby mere, jeg har nu været alle Vegne undtagen hos Philipsen, hvor jeg skal i Eftermiddag, og saa rejser jeg hjem i Morgen, d.v.s. over til Jer, jeg længes efter Jer og gider ikke gaa at drive her mere. Det er kedeligt at Du skal ligge saa længe men der er jo ikke andet at gøre, det [var] frygteligt om Du skulde faa varigt Men af det, og gaa og halte altid. Jeg kan nu ikke forestille mig andet end at Du bliver helt rask naar Du har faaet den lille ny. Naa jeg kommer altsaa i Morgen, saa jeg ved ikke mere at meddele, som ikke ligesaa godt kan vente til vi ses. Det er da udmærket at lille Puf har vundet et halvt Pund. Kys ham fra mig.
+Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1900-10-16</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Lars Bom 
+Harald Hansen
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Otto Emil  Paludan
+Karl Petersen
+- Sørensen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig hos sine forældre på Erikshaab, mens Johannes Larsen indretter parrets nye bolig i Kærbyhus, Kerteminde. De meldte adresseændring 18. oktober 1900.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens undervisning ved Teknisk Skole begyndte 1. oktober. Hans klasse skal tegne klodser og gips. 
+Høyrups flytter.
+Larsen sender 80 kr. og har opstillet et regnskab over sine udgifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pZOj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Octbr 1900
+Min egen kæreste Alhed!
+Bare Du har det noget bedre nu, jeg længes meget efter at høre fra Dig og er saa bange for at den slemme Forkølelse skal blive ved i længere Tid. Teknisk Skole begyndte første Octbr, og Pladsen har staaet og ventet paa mig, jeg skal have en Klasse for mig selv oven paa og kun have Elever der tegner Klodser og Gips i Fjor var der kun 9 i den Klasse jeg tænker ikke det bliver saa slemt. Jeg begynder i Morgen Aften og faar 2 Timer Onsdag, Fredag og Lørdag, altsaa 6 Timer ugentlig, det tiltaler mig at der altsaa bliver nogle Fridage først i Ugen. Agraren kom i Gaar. Moder har nok skreven om at Høyrups flytter, de ere ved at pakke inde. Dis vil de nok have, men de vare bange for at der skulle blive for meget at bestille for hende i det store Hus og for hvad hun kan ud i Retning af Mad. De fæstede en rigtig pæn Karl i Gaar som var med samme Tog som jeg. Jeg sender her 80 Kr. de andre har jeg anvendt paa nedenstaaende Maade.
+Karl Petersen 125
+Snedker Bom 1800
+Skomager Bom 18,25
+Sørensen 900
+Steen 2000
+Harald Hansen 300
+Anna 600
+Paludan 2000
+-----------
+95,50
+Der var Brev fra Klaks i Dag med Fotografier i Uniform. Agraren og jeg ligger paa Atelieret. Mange kærlige Hilsner til Dig og den lille søde Puf. Hils ogsaa de andre, jeg kom jo saa trekantet af Sted fordi jeg ikke kunde finde min Hue.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-26</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Cathrine Larsen
+Sophie Meyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er netop 18. oktober flyttet fra en lejlighed i nogle arbejderboliger ejet af Johannes Larsens forældre til Kærbyhus i den anden ende af byen (også ejet af Larsen). Johannes Larsen er formodentlig i København. 
+Alhed var bange for at være alene om natten, så der var ofte nogle, der sov hos hende, når Johannes Larsen var bortrejst.</t>
+  </si>
+  <si>
+    <t>Alhed og drengen har været ude at køre. Kathrine (Faster Thrine) sover hos dem om natten, og hun og Fru Meyer har hjulpet med at lægge alt Alheds tøj sammen. 
+Tjalfe (hunden) er god til at forstå, hvor den bor nu. 
+Hvis Johannes Larsen får penge, skal han give Christine (Uglen) nogle til det broderi, hun vil lave til dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7RUc</t>
+  </si>
+  <si>
+    <t>Fredag.
+Min egen, kære Las!
+Gajen sidder paa mit Skød, og vi ville i Forening sende Dig en lille Skrivelse. Vi ere lige komne hjem fra en Køretur i det dejlige Vejr. Vi var oppe at se til dem, de havde det bedre begge to i Dag. Gajen var lidt af Vognen. Han har været rigtig flink siden Du rejste, sov til Kl. 6 ½ i Morges. Kathrine ligger herinde om Natten. Hun kom herind lidt efter at Du var rejst i Gaar for at spørge om jeg ikke kom lidt derind om Eftermiddagen. Jeg var saa derinde at drikke Kaffe, og da vi havde drukken Kaffe, foreslog Fru Meyer, at vi skulde tage mit Tøj ud at lægge sammen, og tænk saa hjalp de mig lige til vi var helt færdige. Det var pænt af dem, alene kunde jeg have staaet i mange Timer om det. Jeg savner Dig naturligvis meget min Dreng, og glæder mig til at faa Dig hjem igen, men jeg synes alligevel, Du skal tage det lidt med Ro, nu Du er kommen derover, hvis Du morer Dig godt. Tjalfe er helt flink til at holde til her, han var hjemme [ordet overstreget] ude at spise i Formiddags, men kom igen herud ved Middagstid. Hvis Du faar Penge, saa giv Uglen til det Broderi, hun vil sy os. Hils hende og alle de andre mange Gange. 1000 Millioner Hilsner fra Din egen Alhed.</t>
+  </si>
+  <si>
+    <t>1900-11-01</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen stod for flytning af indbo fra familiens lejlighed på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Imens var Alhed hos sin familie på Erikshaab.
+"Hvad var det Klax vilde give Dig?": I sit sidste brev skrev Johannes Larsen til Alhed, at Klaks (Vilhelm Larsen) ville give ham en nøddekrige, altså en fugl.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skriver om betræk på sofaen og om flytningen. Johannes må passe på ikke at slå noget i stykker. Alhed medbringer gardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vjJB</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev som Agrarmanden mødte med, da vi sad ved Aftensbordet, han vilde ikke blive, men gik strax efter om til Gelskov. – Hvad Sofaen angaar, saa maa vi vist helst bestemme os for Fjedre, selv om det varer lidt længe, men han laver dem vel nok saa hurtig han kan efter den 9ende. Snak med ham om, om det ikke helst maa være lidt stive Fjedre, og at der endelig kommer et godt Lag – jeg ved ikke hvad – ovenpaa at man ikke skal mærke de enkelte Fjedre igennem Tøjet. Bare der maa blive Tøj nok, det var nemlig en Rest, saa jeg kan ikke faa mere af samme Slags. – Hvad Tøjets Anvendelse angaar, saa synes jeg bedst om den første Tegning, den med kun Sædet af vandrette Striber [tegning] forstaar Du? det var den, Du ogsaa selv nærmest mente. – Nu holder Du mig vel lidt à jour med Flytningen? Mon det kan passe at vi kommer Onsdag? Slaa helst ikke noget i Stykker. Kunde Du ikke fylde Vuggen med Hø og deri lægge de skøre Genstande. Bryd jer ikke om Gardiner, jeg tager altsaa nogle med herfra.
+Jeg er meget træt, da jeg har hjulpen en Del i Dag 1ste Nov. derfor Godnat 1000 Hilsner til dem alle Din Alhed
+Hvad var det Klax vilde give Dig?</t>
+  </si>
+  <si>
+    <t>1900-11-06</t>
+  </si>
+  <si>
+    <t>Korsør</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Martin Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Både Georg Larsen (Johannes Larsens bror) og Victor Bøttern blev kaldt Grossereren, så det er vanskeligt at afgøre, hvem af de to det er, der bliver omtalt i brevet.
+Gården i Korsør: I. A. Larsen byttede i maj 1898 en ejendom i Albanigade, Odense, væk for en ejendom i Korsør med seks lejligheder, som alle var udlejet for mellem 200 og 500 kr. Ejendommen i Korsør blev formodentlig nu i 1900 sat på tvangsauktion. At I.A. Larsen ønskede at tale med Alheds far, Albrecht Warberg, om denne sag, skyldtes nok, at Albrecht Warberg var jurist. 
+Farbroderen, der holder auktion, er Martin Larsen. De omtalte kusiner må være hans døtre. Martin Larsen havde en købmandsforretning i Kerteminde, men i 1900 måtte han på grund af økonomiske problemer sælge den. Familien flyttede til Purhus ved Randers.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre har besøgt Alheds forældre for at tale om den ejendom i Korsør, som Larsens ejer, og som skal på auktion.
+Johannes Larsens farbror har holdt auktion over diverse ejendele, og Johannes Larsen har købt en del karafler, krukker, glas mm. Han overvejer at købe en lænestol, men den skal ombetrækkes. Farbroderen og hans familie har givet Johannes Larsen en gyngehest til Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FmR0</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Novbr. 1900.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Dag. Jeg sendte den ene Kuffert med Moder, da det ikke var mig muligt at finde Stangen til den anden, nu har jeg funden den, men Madratsen er ikke kommen hertil endnu, saa jeg kan altsaa ikke sende Sækken og Snoren, Grossereren spurgte efter den i Eftermiddag, det er en langsom Expedition. Det var nok en Overraskelse for Jer at Fader og Moder kom i Dag. Det blev hurtigt bestemt, det er den Gaard i Korsør, Fader fandt paa at tale med Din Fader om, den staar ham jo i Hovedet altid i denne Tid, han vil jo nødig miste de 500 Kr. om Aaret som han faar af den og han har en Gang været ovre og betalt 100 Kr for at faa Auktionen udsat i 14 Dage men nu skal det nok være paa Lørdag, og der er vel desværre ingen Sandsynlighed for at han kan redde den. Jeg tænkte i Aftes at I saa kunde følges med dem hjem, men saa kom Dit Brev i Morges at I først rejser Torsdag, hvad jeg ikke blev saa glad ved da jeg længes meget efter Jer. Vi kan laane en Fjedermadras hos Grossererens som Du kan ligge paa til vi faar Sofaen saa tænker jeg mig at Hyndet med Fjedrene kan bruges som Madras om Natten. Jeg var henne hos Farbroders, de skal jo have Auktion paa Fredag, jeg reddede adskillige Ting for 1 Kr 25 Øre, en stor gammel Vandkaraffel [tegning] 2 mørke Flasker 1 Sirupsfl. [tegning] en anden Flaske mørk [tegning] 2 gl Glas det ene bedre end det andet [tegning] en stenkrukke [tegning] 2 gamle Lamper af Glas, de ere til at sætte i en Lysestage fylde med Petroleum og en Prop i med Væge igennem [tegning]. Et Fajansekrus [tegning] ja, saa tror jeg ikke der var mere for Pengene, men saa forærede de os en storartet men meget slidt Gyngehest til Puf. Der er en Lænestol som jeg har Lyst til men jeg ved ikke om jeg skal se at faa den under Haanden eller lade den gaa paa Auktion jeg er bange for den bliver for dyr, den er grimt betrukken men af en god Form Stel af Birk den ser omtrent saadan ud, [tegning] men da alt Tøjet skal flaaes af den kan den jo ikke taale at koste ret meget. Jeg har lovet Kusinerne at de skal faa Lov til at se Puf blive konfronteret med Gyngehesten. Mange kærlige Hilsner til jer begge. Hils de andre.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1900-11-16</t>
   </si>
   <si>
     <t>Højrup
 Erikshåb</t>
-  </si>
-[...42 lines deleted...]
-    <t>1900-11-16</t>
   </si>
   <si>
     <t>Grethe Jungstedt
 Alhed Larsen
 Christine  Mackie
 Harris Sawyer
 - Sawyer, Harris' far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes familie boede i Boston. De drev et kemisk laboratorium.
 Alhed Larsen havde smerter i forbindelse med sin anden graviditet, og lillesøsteren, Astrid/Disser, var pige i huset hos hende.
 Lille Lise er formodentlig en dukke.
 Det vides ikke, hvad Harris' bedstemor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1750</t>
   </si>
   <si>
     <t>Harry er rejst til Washington for at holde foredrag ved et Agrikultur-møde. Han kan godt lide at rejse. Harrys mave har det godt, og han har god appetit. Han har lånt en del penge til apparater. Ellen passer smørsyrerne og arbejder meget, så de kan få råd til at rejse hjem om sommeren. Hun takker for bogen, som lille Grethe sidder længe og kigger i.
 Ellen er bekymret for Alhed. Hvis det bliver farligt, må moderen sende telegram, og Ellen vil så være hjemme i løbet af en uge. Det er også hårdt for Astrid, som må knokle, selvom hun hellere vil sine litterære sysler. 
 Grethe er sund og rask; hun rejser sig ved møblerne, siger ord og har syv tænder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9FF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 Erikshaab
 Højrup
 Fyen
 Danmark
 [I brevet:]
 Kære Mor.
 Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
 Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
 Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
 Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
 Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
 Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
 Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
 Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
 Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
 [Skrevet lodret langs venstre margen på s. 6:]
 Skriv snart igen. Elle
 [Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
 Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
   </si>
   <si>
-    <t>1882-09-02</t>
-[...8 lines deleted...]
-    <t>Karen Jørgensen
+    <t>1900-11-28</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Minnie -
+Ludwig Beethoven
+Margrethe Bentzen
+Thora  Branner
+Edvard Clemmensson
+Jens Hammer
+Grethe Jungstedt
+Adolph Larsen
 Alhed Larsen
-Johanne  Larsen
-[...53 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/IUUd</t>
+Johanne Christine Larsen
+Niels Lindberg
+Felix Mendelssohn
+Augusta Mogensen
+Christian Mogensen
+Kirstine -, pige i huset hos Hempel Syberg
+- Rosendal
+Ellen  Sawyer
+Harris Sawyer
+Henry Smith, nær Erikshaab
+- Sonne
+Hempel Syberg
+Andreas Warberg, Albrechts far
+- Ward
+- Wilstrup</t>
+  </si>
+  <si>
+    <t>Chemilette: Beklædningsstykke til kvinder. Chemisette: Hæklet eller broderet bærestykke til en chemise. 
+Astrid var i huset hos Alhed og Johannes Larsen, mens de ventede deres barn nummer to. Alhed havde smerter i hoften under graviditeten. 
+Det vides ikke, hvem Doktorens, Thora R og Degnens var. 
+Barnet, der skulle døbes, var formodentlig Augusta og Christian Mogensens søn, Jupiter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1900-11-28, 2401</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil sørge for, at Astrid får sendt sin kuffert med forklæder, handsker mv. 
+Alhed Larsen har nok fået det skidt, fordi de er flyttet. Harris Eastman har sagt til Ellen, at hvis Alhed får det værre, må Ellen rejse hjem til hende. Ellen arbejder meget i laboratoriet for tiden. Chefen er ved at gå fallit. 
+Lille Grethe går, idet hun skubber møblerne foran sig. Hun prøver at tale, og hun jubler, når forældrene kommer hjem. Minnie er en fantastisk pige i huset. 
+Laura har afholdt stor middag. Johanne og Christine spillede firehændigt. Laura har truet Karen med at skrive til hendes mor og sige, at de ikke kan bruge hende i huset. Derefter blev Kirstine mere omhyggelig. 
+Johanne og Christine når ikke at sy gaven til Ellen færdig før jul, så det er godt, at Alhed og Laura har noget til hende. 
+Der er ikke plads til pedalen i kassen, men måske kan Christine og Andreas/Dede tage den med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6OL</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-[...2 lines deleted...]
-Sverige
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
 [I brevet:]
-Kære lille Bein! Dette for at ønske jer alle en glædelig Jul – men stort mere bliver det så ikke til i Aften, - for vi er lige ved at være lidt møre af Juletravlhed. – Vi er i det til op over begge Øren, akkurat ligesom hjemme på Haabet i gamle Dage, - der er det selvsamme Sving i det, - systematisk Skriden til det, - med br. Kager, Klejner, Vaniljekranse Jødekager, Pråssekage (!) br. Mandler o.sv samt rigtig Mad i væltende Masser. Julen ligger som noget umådeligt stort forude, - man kan slet ikke tænke om bag ved det – den ligger ligesom uden for Tidsbestemmelse, aldeles ligesom i gamle Dage Bare du kom også, men det gør du jo så ikke, kan jeg forstå. – Vi afsendte igår en lille Pakke, som vi da nu håber at I faar. Nålen har været lille Mulles, og den tror jeg da nok, du bliver glad ved. – Men jeg har ellers en rasende ond Samvittighed fordi jeg ikke illustrere Værket, - jeg kunde ikke lille Dis, - jeg er så umådelig klodset til at gøre sådan noget, - og kan så dårlig lide at gøre det så skidt. Sjumse kan jo langt bedre Den har forresten gjort Lykke hvor jeg har læst den. 
-[...97 lines deleted...]
-Midskovvej 221, 5370 Mesinge</t>
+Onsdag Aften d:28de
+Kære lille Putte!
+Hvor jeg dog blev ked af at høre, at Du ikke har faaet Trøjen tillige ["tillige" indsat over linjen] med Galochen, Junge havde glemt den, som var det vigtigste. Skrupforklædet kan vi ikke finde men siden skal jeg sye Dig et nyt og saa skal Din lille Kuffert blive sendt Dig paa Fredag Formiddag, naar Christine bliver kørt til Højrup og deri Trøje, Forklæde, Chemiletterne, de er desværre ikke kommen med i Vadsken, fordi jeg ikke var hjemme, samt Handsker og om vi ellers finder noget af Eders. Jeg haaber den kan gaae med Banemærke, saa er den der vel om Aftenen og koster Dig ikke noget. Det er trist, at Alhed igen har det mindre godt, men det er vel fordi hun har gaaet for meget, mens I flyttede. Jeg glæder mig til at høre fra Eder, naar I er rigtig godt i Gang hos Eder selv. Pas endelig paa Trappen naar Du gaaer med Kul. Paa Afstand er man mere ængstelig for den Slags. Saadan skriver Elle i Dag, at Harry sagde til hende, da de hørte om Be's Sygdom og (hun) Elle ["Elle" indsat over linjen] var ængstelig for den, hun skulde skrive til mig, at jeg skulde telegrafere, hvis der var Fare for Be, saa kunde E. være her paa en 8-10 Dage! Det var kønt tænkt af Eastman! Og saa har jeg dog ikke i mindste Maade antydet, at der var nogen Fare, men som sagt – det er paa Afstand. East. var lige rejst for ca. en Uge til Washington telegraferet efter ham til at holde et Foredrag. Elle har været saa ulige meget i Laboratoriet, paa en Dag nær hele Ugen i den sidste Tid, foruden sine egne Forretninger har hun maattet hjælpe Harry til han fik rigtig Kræfter og der var saa meget Arbejde til ham. Chefen Thifany er ved at gaae fallit og saa skal H. have sit eget Lab. og altsaa herefter hvis Hun fandt Arbejde men de mener nok det gaaer. Elle skriver, det er et strengt Liv for hende i denne Tid, men naar hun kan hjælpe Harry og ved Hjælp af Arbejdet see hen til at komme hjem til Sommer, saa gaar det som Løjer for hende. Lille Grethe rejser sig op ved alle Stolene og begynder at gaae ved at skubbe dem foran sig. Hun begynder at ville snakke. Va-va mener de skal være Far. Hun savner dem eller rettere hun giver et Glædeshyl, naar de kommer hjem om Aftenen og klapper i sine smaa Hænder. Naar Elle ikke strax tager hende, græder hun saa ynkeligt. Elle har haft hende med en hel Dag hos Fru Sonne, Fru Ward var der ogsaa. Grethe var sød og artig, sad hos Elle eller krøb om paa Gulvet. Pigen Minnie er mageløs, de har saa mange sene Middage saa hun ender næsten ene. E. hjælper en Smule, naar hun kommer hjem. Og saa er hun en dannet Pige, kan alt paa egen Haand og er god mod Grethe. Hun er en Juvel, siger E. – I Søndags havde vi vor Klub til Gaase og Andesteg, Koldt Bord, Øl Kaffe til sidst. I Gaar havde vi en finere Historie. Doktorens, Smidts, Mogensens og Hammers, af unge Agraren, [ulæseligt] Lindberg, Thora [ulæseligt] og Edward samt min Kusines Datter Margrethe Bentzen, en nydelig sød Pige paa 24 Aar; Chr. og Junge lider hende godt og bad hende besøge os en Lørdag og Søndag. Vi fik megen køn Musik. J. og Chr. spillede en 4 hændig Symfoni af Beethoven samt første Del af den dejlige Koncert af Mendelsohn, som de skal spille i Faaborg. Fru Wilstrup var her i Søndags og fik stemt Klavererne sammen rigtig godt. De har meget travlt med den især J., hun vil sige de har to Timer inden Jul af hos Fru Rosendal og saa har jeg lovet at overtage det huslige fra nu til Nytaar ogsaa for at hendes Fingre kan blive lidt smidige. Hun skal kun have den halve Timestid om Aftenen med at hjælpe den lille ny ved Bordet. Alt gik saa flot i Gaar. Vi fik 2 Gæs og 2 Ænder stegt, Æble og Svedske Kompot m.m. Rødvin, Koldt Bord men kun Sildesalat salt Kød og Ost, Kiks og Tvebakker og The. Kl. 10 Kaffe med en [ulæseligt] Bakkelse, som J. havde lavet og smaat Bagværk, som jeg havde med fra Odense. Vi havde alle vore fineste Ting fremme og et nydeligt Bord. Christine laa af Hovedpine lige til Kl. 5, saa jeg var paa Færde hele Dagen gjorde rent, satte Blomster eller rettere Grene og Bær omkring i Stuerne og til Bordet Kort. Det jeg dækkede mestens færdigt. Mit Ben er med Gummistrømpen næsten helt godt nu. I Gaar Morges truede jeg Karen med at skrive til hendes Mor, at vi kan intet have hende, naar hun har en saadan Uyst til alt og mener, at hun er saa overlæsset, arbejder som Pige, hun vil absolut ikke, snakker om det til dem alle. Hun var ikke ved Vadsken uden at skylle og vride, men det var alligevel altfor meget, og hun gik uden videre ind! Men min sandten, den Trusel at skrive hjem den har frugtet, hun har øjensynligt gjort sig umage i Gaar og i Dag. Nu vil jeg selv gøre en Del Strygearbejde og saa faa hende i Køkkenet Kl. 11 eller saa. Jeg vil være saa omhyggelig som jeg kan, for at hun ikke skal skuffe for meget. Nu faaer vi see, om jeg bedre kan tumle hende end J. har kunnet. – Kirstine er rigtig flink. – Paa Søndag skal vi til Barnedaab paa Gjelskov; alle Familierne skal med; Degnens var bedt med andet Sted. Ch. og J. skal med. De faar slet ikke syet den Present til Elle før efter Jul; det er rigtignok godt, at Alhed, Du og jeg har noget til hende. Om en Uge sender jeg mit; jeg mangler kun Garn, har først i Dag syet siden jeg kom hjem. Det kan jo sendes, veed I nok, i en stor Konvolut med Sejlgarn om og 10 Øre paa. Jeg har sendt min Lysedug i Fjor og 4 Gange et Pudevaar paa den Maade, alt er kommen hende i Hænde. Eastman er saa rask nu var glad ved den lille Rejse. Hun fik Dagen efter + ["+" er indsat over linjen] baade Brev, skrevet i Toget og Telegram med hans Adr:!! Ja nu veed jeg snart ikke mere lille Putte! Nu skal jeg ogsaa skrive til Syberg. Thora har faaet to Visdomstænder ud, de sad saa fast, men nu har hun da Ro. Husk Alhed paa, at vi endelig maa have de Sutsko. Den Pedal bliver det vanskeligt at faae med. J. skrev at der var ikke Plads til den i Kassen. Vi skal tænke over det. Gud veed, om ikke Christine kunde tage den med til Odense og saa Dede rejse ned til Eder med den paa Søndag. Jeg skal forsøge men kan jo intet love. Nu Farvel lille kære Putte. Kærlige Hilsener til Eder alle fra Mor. 
+[Skrevet langs sidens venstre kant:]
++ hans Afrejse</t>
+  </si>
+  <si>
+    <t>1900-12-26</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Ole Poulsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen holder muligvis jul på Erikshaab på Sydfyn, som er Alheds barndomshjem.</t>
+  </si>
+  <si>
+    <t>En fødselsdagshilsen til Johannes Larsen. Nytårshilsen til alle. Johannes skal til at forberede en udstilling i København. Johannes Larsen får udlignet 8 kroner fra Skat. Hans far mener, at det er for meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KOlx</t>
+  </si>
+  <si>
+    <t>2. Juledag
+Lykke og Velsignelse i det kommende Aar du kjære Søn; jeg vil savne dig meget imorgen, men det hjælper jo at her er en Flok endda. Vi talte meget om den lille Pufs glade Juleaften, hans store Øjne lyste og straalede vel, ja Børn hører sig rigtignok til om Julen kys ham dog den lille Skat fra Farmor. Er det Eder muligt saa kom dog saa betids at Uglen kan se Eder og Puf maaske du og hun kan følges ad til København naar du rejser at ordne din Udstilling, ja kjære Johannes et godt Udbytte af den saa du ret kan faa Penge i Lommen
+Ole Poulsen var her igaar; da fik vi at vide hvad Skat I er lignet i Drigstrup Faer 25 Kr du 8 Kr det kan da høres – er du tilfreds Faer mener dit er for højt [F] til Lighed imod os men saa kommer jo vores frivillige Skat
+Her er Her er et Mørke at vi knap kan skrive og Blus paa Lampen maa vi ikke faa saa tidlig
+Hils nu fra os Alle sammen og ønsk dem et godt Nytaar fra os 
+Faer hilser kjærligt
+Din Moder</t>
+  </si>
+  <si>
+    <t>1900-12-30</t>
   </si>
   <si>
     <t>Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
-Christine Swane
-[...394 lines deleted...]
-Frimærkerne er på retur!</t>
+Vilhelm Larsen
+Cathrine Svendsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Nytårshilsen til alle. Vilhelmine Larsen har skrevet til snedkeren vedr. regningen. I.A. Larsen har en aftale med Discontokassen i Odense.
+Frøken Svendsen er på besøg hos Christine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FGaH</t>
+  </si>
+  <si>
+    <t>Søndagaften Kl. 7.
+Kjære Johannes!
+Du har nu talt med Adolph, og nu skriver jeg til Snedkeren at han vil faa sin Regning betalt midt i januar det er det jeg kan gjøre. Fader rejser til Odense i Morgen for at ordne med Diskontokassen.
+Vi ere raske. den 2. rejser Vilhelm. Christine senere – Frøken Svendsen besøger hende i disse Dage – en sød naturlig Pige, hun rejser i morgen.
+Hils Alle ønsk et glædeligt Nytaar fra os. Tak Alhed for Brevet. Kys Puf vi længes meget efter den lille Skat. I Hast. Din Moder</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -1389,103 +10710,282 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1903-07-27</t>
-[...6 lines deleted...]
-- Flagstad
+    <t>1900-09-01 - 1901-04-24</t>
+  </si>
+  <si>
+    <t>Elna -
+Laurentius Allerup
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Lars Christian Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Herman Bang
+Alice Bondesen
+Emil Brandstrup
+Thora  Branner
+- Fibiger, Frøken
+Marie Juul
+Otto Lagoni
+Peter Erasmus Lange-Müller
+Alhed Larsen
+Jeppe Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+Cathrine Meyer
+Erhard Meyer
+Otto  Meyer
+Sophus  Meyer
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Antoine-François Prévost d'Exiles
+Leopold Rosenfeld
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Christine Swane
+Fritz Syberg
+Vilhelm  Sørensen, pastor
+Nicoline  von Sperling
+Laura Warberg
+Andreas Warberg, Albrechts far
+Christoph Ernst Friedrich Weyse</t>
+  </si>
+  <si>
+    <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
+  </si>
+  <si>
+    <t>1901-01-09</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
+Alhed Larsen var højgravid med barn nr. to, Johan/Lysse, da Astrid Warberg var i huset hos hende og manden. 
+Lundsgård er en herregård syd for Kerteminde. 
+Det vides ikke, hvad eller hvem Laf er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0399</t>
+  </si>
+  <si>
+    <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
+Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BYMC</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk
+Johanne Warberg
+Erikshåb
+Højrup.
+[I brevet:]
+Kerteminde Tirsdag
+Ak min kæreste Junge!
+Hvorfor skal Livet dog være så tomt og trist og uudholdeligt til Tider – mens til Tider der kan være Livsglæde i Overflod. Ak Junge – Junge – det er en Plage for hvert Åndedrag man er til – nu – her - ! Jeg savner Jer så rent meningsløst og kan slet ikke komme i Gang med trælsomme Skrubbeliv – og ej det alene, men også de frie Stunder er uudholdelige. Junge – hjælp mig! kommer dog ingen herned? At Mors Ophold her de Par Dage i det nye År er gået i Lyset, det er en hård Skuffelse. Jeg havde glædet mig så meget dertil. Men Junge - kan det dog ikke tænkes, at Du i Morgen, når Du modtager dette Brev – rejser herned med Iletoget – Du er så her Kl 6 ½. Las rejser i Morgen til Kjøbenhavn, jeg skal da ligge nede hos Be og Du kunde få mit Værelse – Ild skulde Du få både Morgen og Aften og Kaffe på Sengen og vi kunde spadsere ud i det smukke Land og gå op på Lundsgaard, hvor der skal være så smukt og så morsomt!
+Å Junge kom – kom! Du redder Din Søsters Liv derved!
+Beskrive kan jeg ikke, hvor rædselsfuldt alting forekommer mig at være – hvorfor skal man gå og slide sine bedste År op i åndløst og ufrugtbart Arbejde – Min Trøst før var den, at jeg gjorde Be en Tjeneste, da hun ingen Hjælp kunde få, men jeg tror slet ikke, de er videre glade ved mig, skønt jeg naturligvis gør mig megen Umage med Arbejdet – hvorfor skulde jeg jappe det af mig, der er jo ingenting som Hakken og Kalden.
+Heldigvis er det da en Del bedre med Be, hun har været oppe i Går og i Dag og Forkølelsen er stærkt på Retur, mens derimod Hoften er temmelig slem, og hun klager meget over ikke at kunne få Luft om Natten; men nu er Hovedgærdet bleven højere, og det har hjulpen godt, så Natten har været rigtig god. 
+- Lytzhøfts Brev var om noget Lotteriseddel til Fordel for dem – så vidt jeg forstod. 
+Tak endelig Mor så meget for Brevet! det var – kan Du tænke – uhyre velkomment. Der var for Resten glemt at lægge det omtalte Frimærke i – det er en Artikel, jeg meget gerne ser vedlagt i fra Frimærkernes Oplag.
+Mon Du kan læse disse melankolske Tæer? Indlagte Kort fra Laf har vi også ved en Fejltagelse fået med. Å, gid Du kom, Junge! jeg er nu atter rask og rørig – tilbragte en Nat i slem Hoste – intet kan jo holde Vindene ude – men gik tidlig i Seng i Aftes og er rask. Junge – Junge – Junge når kommer den lyse Sommer?
+Dis</t>
+  </si>
+  <si>
+    <t>1901-02-28</t>
+  </si>
+  <si>
+    <t>Erik Henrichsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Marie Larsen
+Peter Magnussen
+Fritz Syberg
+Albrecht  Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
+Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
+!/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
+"":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
+"":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
+"":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
+"":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
+  </si>
+  <si>
+    <t>Alheds far er blevet opereret.
+Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
+Larsen maler på et landskab, og han får rammer dagen efter.
+Manden, der graver haven, er nået til aspargesbedet.
+Larsen håber, at Puf (Andreas) har det bedre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A14B</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Febr. 1901.
+Kæreste Alhed!
+Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-04-25</t>
+  </si>
+  <si>
+    <t>Andreis -
+Carl -
+Thora  Branner
+Grethe Jungstedt
 Adolph Larsen
+Alhed Larsen
+Johanne  Larsen
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen boede i Kærbyhus i Kerteminde, mens deres villa blev bygget ("om de murer rask på huset"). Astrid var ung pige i huset hos dem.
+Det er uklart, hvem Gamle Carl er, men eftersom hans afskedigelse indvirkede på Harrys økonomi, kan han måske være Harry Eastman Sawyers far. Ellen og Harry Eastman Sawyer boede sammen med hans forældre den første tid, hvor de unge var gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0032</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker datteren tillykke med fødselsdagen. Det bliver dejligt at få Ellen, Grethe og Alhed hjem i sommeren.
+Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
+Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
+Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHn3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet]
+Erikshaab d:25de April 
+Kæreste lille Putte!
+Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
+Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
+Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
+Hils saa mange Gange og sig Tak for sidst!
+Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
+Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
+  </si>
+  <si>
+    <t>1901-05-10</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
 Christine  Mackie
-William Mackie
-[...35 lines deleted...]
-p.s. Agraren kommer ikke.</t>
+Otto Emil  Paludan
+Robert Schumann
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Emil Aarestrup</t>
+  </si>
+  <si>
+    <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
+Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
+Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
+Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
+  </si>
+  <si>
+    <t>10 Maj 1901
+Erikshaab
+Kæreste Lugge!
+Der gik Dis med Blækket, saa kan du nok kigge langt efter et Blækbrev!
+Ikke desto mindre ønskes du hermed til Lykke!
+Men, ak Lugge; det er ikke som i Fjor - - med alle de Presenter, som jeg i det mindste vil erindre til min Dødsdag.
+De to af de 6 Kr. paa Kuponen er fra Pallam, Her er koldt som ved Nordpolen!
+Har monstro Pan faaet sendt nogle Æg fra mig, sig hende, at jeg venter Kvittering i Form af Brev.
+Tænk, Elna har sendt mig alle Aarestrups Digte, imponerende! Vær god mod hende, hvis I ser hende. Lugge! En Bøn! Hvis du kommer ud til Lut og Berta, faa saa et sort Schuman-Sanghefte med og før det hertil pr. Kuffert. [I venstre margen ud for ordene fra "Lugge!" til "Kuffert" er tegnet en bølgelinie, og udfor denne er skrevet:] mærk!
+Det er nok i Aften Stor Bedeaften, Dis og jeg og Dedde har været en vidunderlig Månetur ude paa Mosen ved Odensebakken.
+Det er godt at komme hjem! vi glæder os til dig! Mornines Humør var over al Forventning; man stiller sig let imødekommende til min Amerikaplan.
+I Gaar havde jeg Brev fra Viggo - - jeg sank i Jorden af Skam.
+Dynger af Fødselsdagshilsner fra din Junge. Hils Grete grundigt og kærligt.</t>
   </si>
   <si>
     <t>1901-06-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Erikshaab pr. Højrup St.</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Albert Carl Emil Mohr
 Christine Swane
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
 Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
 Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
 Splide: Spalte, kløve, sønderrive (ordnet.dk). 
 Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
 Uglen: Christine Swane. 
 Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
   </si>
   <si>
     <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
 Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
 Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
@@ -1497,571 +10997,1361 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Her
 Frk Johanne Warberg
 Erikshåb 
 Højrup St
 [Håndskrevet i brevet:]
 Kerteminde Opland 27-6-01
 Kæreste lille Junge!
 Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
 Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
 Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
 For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
 Du spurgte om min Mening ang. det etiske og Dig: 
 Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
 Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
 Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
 Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
 Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
 Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
 Hermed en venlig Hilsen o s v – til Jer alle.
 O Tak! Junge! 
 Din Dis</t>
   </si>
   <si>
-    <t>1893-09-29</t>
-[...6 lines deleted...]
-Malin   Holmström-Ingers
+    <t>1901-08-26</t>
+  </si>
+  <si>
+    <t>Højrup
+Boston
+Odense</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Vittoria Bacci
+Louise Brønsted
+Niels Elgaard Amstrup
+Jens Hammer
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Augusta Mogensen
+Christian Mogensen
+Johanne Nielsen
+Ellen  Sawyer
+Harris Sawyer
+Karen Sørensen
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
+Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hQsY</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lavsi!
+Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
+Næste Dag.
+Elskede Lavsi!
+Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
+Senere.
+Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
+Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
+Din egen Alhed
+Mandag</t>
+  </si>
+  <si>
+    <t>1901-08-30</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Berta Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+Grethe Jungstedt
 Alhed Larsen
-Christine  Mackie</t>
-[...39 lines deleted...]
-- Møller, Frøken, København
+Johannes Larsen
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem degnens og præstens var. 
+I følge kirkebogen for Hillerslev Kirke 1901 blev Grethe Jungstedt, født Sawyer døbt 1/9 1901. I notefeltet er skrevet: ”Døbt under Forældrenes Ophold paa Erikshaab”. Blandt fadderne var Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0026</t>
+  </si>
+  <si>
+    <t>Laura Warberg takker for fuglene. Ellen og Harris Eastman Sawyers datter skal døbes om søndagen, og Laura indbyder Vilhelm Larsen til at deltage i festlighederne. Hun fortæller, hvem der kommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZT24</t>
+  </si>
+  <si>
+    <t>Erikshaab d:30te
+Kære Klaks!
+Saa heldige vi dog var netop at faae Vogn til Højrup i Eftermiddag saa Deres herlige Hane kom med hjem! tusind Tak for Fuglene der skal smages af paa Søndag til Frokost. Vi har Fest den Dag! Familien Eastman ankom i Mandags og nu skal vi have Barnedaab for deres dejlige lille Pige! Mon De ikke vilde glæde os med et Besøg paa Sørdag og tage Del i Festligheden? Her er Frokost 11½, Gudstjeneste 2 og Middag Kl. 5; af Gæster Fam. Præstens, Degnens, Amstrups og Sybergs. Las har været i Nymindegab siden i Fredags med min Broder Lud med Damer; han skal hentes nu Alhed kører ned med [”med” overstreget] efter ham og jeg sender Deres Hane strax. 
+Med venligst Hilsen og endnu en Gang Tak! 
+Deres hengivne L. Warberg.
+[Under det egentlige brev er med blyant og anden skrift skrevet]:
+Fra Mor. 1901</t>
+  </si>
+  <si>
+    <t>1901-09-28</t>
+  </si>
+  <si>
+    <t>Elna -
+Elna Borch
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Adolph Larsen
+Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
-    <t>Johanne/Junge var 1899-jan. 1900 ansat ved Hotel Phønix, København. 
-[...111 lines deleted...]
-I Fredags skete Katastrofen. Endnu i Søndags var Tante Mimi tavs og kold. Den Eft. gik jeg et Vip ned til Erikshåb, Amstrup var der og skulde lige til at gå hjem, jeg fulgtes med ham og Pallam, de bød mig med til Kroen på et Glas sv. Banko. Jeg sagde selvfølgelig ikke nej, vi stak der ind og sad meget rart og gemytligt i Kroen og min Sandten, efterhånden gled der 1/2 Fl. Banko i hver af os!! Så fulgte Pallam videre med Amstrup og jeg joskede hjemad, men mere og mere blev jeg "løjerlig ejen i," dog ikke mere end at kunde følges med Onkel Syberg op ad Alléen og beklage mig over min slemme Hovedpine. Men jeg kulminerede, da jeg i Kontoret så Tante Mimi og Mor sidde og tale Alvor. Så kendte jeg på mig selv, at Øjeblikket var der, og støttet til Gyngestolen sank jeg blidelig om og Mor og Onkel Syberg halede mig hen på en Stol. Om jeg virkelig var lidt borte, ved jeg knap, megen Bevidsthed havde jeg dog ikke; men jeg mandede mig op, gik ind og skænkede The og spiste med; men så gik jeg over i Seng, sagde, at ingen måtte komme over til mig, jeg låsede min Dør. Nu gjaldt det om, at Pallam ikke røg hjem og fortalte om vor Krotur, så såre jeg var bleven ene tog jeg mit lille bitte mørke Sjal om mig og af Sted ud i den månelyse Nat på 16⁰ Kulde. Jeg gennem Sallinge - ingen Pal, så måtte han jo være på Ensomhed, jeg til Ensomhed og fik med mange Anstrængelser Porten op og rendte ned i den ganske lyse Gård og hen og kikkede ind ad Spisestuevinduerne, der sad Tant Visse i Sofaen, men hun må have hørt mig gå, for hun stirrede hen imod mit Vindue og i det samme begyndte Flora at gø. Så kan det nok være, jeg fik Fart på og kom ud af Gården og op ad Vejen. Men næppe er jeg kommen et lille Stykke, før jeg hørte Mandfolkestemmer bag mig! Altså har T.W. alarmeret Karlene, som nu forfulgte mig. Jeg var færdig at styrte, sådan rendte jeg, iskold var jeg, Sjalet fløj om mig, og at jeg havde Arme kunde jeg ikke føle for Kulde. Endelig holdt de da op at forfølge mig, og jeg kom godt og vel hjem igen og ind i Seng. Men endnu har jeg ikke rigtig forvunden den Nattetur i 16⁰ uden Tøj. Næste Dag tog Mor mig [fortsætter side 1, øverst:] for: jeg var da ikke forlovet med Holst, hun havde set en Mistanke på Tante Mimis Ansigt!!!! Hvad byder du - ! Men Følgen af den Besvimelseshistorie er, at Tant Mimi kom til Erkendelse af, at hun havde været for stræng, jeg var jo ikke dum men sagde, at det var af at spekulere over det. Er den Historie ikke god, må jeg spørge? Holst begreb ikke, hvor jeg fik Mod til den Rendetur til Ensomhed! Skriv nu snart din Mening om alt dette. Delagtiggør Brandt i de to sidste Breve. Hilsen Chr.</t>
+    <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
+  </si>
+  <si>
+    <t>Astrid ønsker, at Johanne må tro mere på sig selv og sine forhold, og at hun må blive tyk og glad. Astrid var bekymret for søsteren, da hun sidst så hende.
+Vejret er skønt, og Astrid har været på Rosenborg. Dagen efter skal hun m.fl. til Charlottenlund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/swxm</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Alt andet end det første "A." er overstreget]
+---------------------
+[Håndskrevet i brevet:]
+Gothersgade 129,1 
+28 Sept 1901
+Kæreste lille gode Junge!
+Mine allerbedste og mest indholdsrige Ønsker for Dig i alle Måder! 
+Jeg vil sige til Dig, det samme Du sagde til min sidste Fødselsdag: Gid der må komme noget ud af! noget godt, Junge! noget helt extra godt, som Du fortjener det. Fremfor alt ønsker jeg Dig en fastere – stærkere – mere glad Tro på Dig selv og Dine Forhold. 
+Uden Tro når man intet – og mener dermed: Tro på det, man gerne vil. – Efter dette åndige vil jeg gå over til at piske Dig. Sundhed og Helse – at Du må blive tyk og fed – god og glad. 
+Hvordan mon Du dog har det? Jeg var helt bekymret over Dit Udseende, da jeg rejste! 
+– Men Junge – sikket Vejr! Det er da ikke set i Mands Minde – siger de Gamle – at sligt har varet fra en hel Sommer til så sent.
+Det er næsten Synd at være i Kjbh. i – men fra dette No er der jo rigtignok vidunderl. smukt. Jeg var oppe at svælge på Rosenborg i Går – gik til jeg ikke kunde mere – der er besynderligt – med al det, der virkel. har stået så længe. 
+Vi skal til Charlottenlund i Morgen – Mor – Mis – Lugge jeg. Jeg skal ud til Bertas nu – træffe [ulæseligt] – den herlige – altid uforlignelige. Det er dejligt at være her – og ej ueffent at tage den så særdeles med Ro.
+Vil I ikke sende Mor nogle Visitkort fra hendes Havestueskrivebordsskuffe samt et Parti Frimærker. Elna tør jeg ikke gå til, da Pan har sat mig op på, at jeg da også må gå til de [ulæseligt] og det ved jeg ikke, om Du ønsker?
+Hermed alle Hilsner til Dig og Agraren (som muligvis forefindes!) 
+fra Dis</t>
+  </si>
+  <si>
+    <t>1901-10-03</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz tror, han bliver færdig med de to akvareller den næste dag. Han håber tågen letter, da han skal have malet den fra Verringe Klinten færdig i solskin. Han længes efter Anna og børnene, men mest efter Anna. Johannes Larsen er taget til Erikshåb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M8wW</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3/10 1901
+Kæreste lille Høns
+Imorgen tror jeg at jeg bliver færdig med de to Aquareller. Det vil altså sige at jeg er omtrent færdig med dem. Blot denne Tåge ikke skal blive liggende alt for længe, da jeg gærne vilde have den gjort ude på Verringe Klinten og den skulde helst være i Solskin. Jeg glæder mig til at komme hjem, da jeg længes meget efter Dig og Børnene, men mest efter Dig.
+Det var dog godt at jeg kom herned, mest fordi at det dog så kan konstateres at jeg holder mere af dig end af nogle Mennesker på Jorden.
+Skriver Du snart et Par Ord igen?
+På Søndag i det seneste tænker jeg at komme hjem. Jeg har arbejdet i Dag så jeg har fået Hovedpine. Las er rejst til Erikshåb i Dag så her er lidt kedeligt.
+Kys Børnene, mange Hilsener fra Din hengivne Fritz.</t>
   </si>
   <si>
     <t>1901-10-04</t>
   </si>
   <si>
     <t>Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Fritz skriver til Anna, at han er færdig med to akvareller og snart kunne blive færdig med den tredje, hvis der kom en klar solskinsdag. Han arbejder på en aftentegning af Marie og Uglen. Marie kommer på besøg nogle dage i oktober. Den følgende dag er der en tilføjelse til brevet - nu er Fritz snart færdig med sine billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7e7n</t>
   </si>
   <si>
     <t>Kjerteminde 4/10 1901
 Kære Høns
 Nu er jeg færdig med to Aquareller og kunde også nemt blive færdig med den tredje dersom vi blot få en klar Solskinsdag.
 Jeg har taget fat på en Aftentegning ved Lampelys af Marie og Uglen. Motivet er morsomt men skulde egentlig helst males. Marie kommer ned og besøger os en Gang i Oktober hvad Du vel intet har imod. Hun skulde til Erikshåb fortalte hun og så bad jeg hende ned til os i nogle Dage.
 Her er Soldater og Indkvartering i disse Dage så her er meget travlt.
 Det er ikke sikkert at jeg trækker den ud til på Onsdag, men nu ser vi. Kys Børnene og mange Hilsener fra Din hengivne
 Fritz
 Søndag
 Kære Høns!
 Jeg skrev dette Brev i Lørdags men fik det ikke af Sted.
 Nu er jeg snart færdig med mine Billeder, det under Pæretræet fik jeg gjort noget ved i Dag, men det er ikke helt færdig endnu.
 Det ude fra Verringe venter jeg stadig på Solskin til, men Aftenbilledet og de andre to er færdige.
 Jeg længes efter Jer allesammen.
 Kys de små [Fostre] fra mig. Mange Hilsener fra Din hengivne Fritz.</t>
   </si>
   <si>
-    <t>1927-08-31</t>
-[...2 lines deleted...]
-    <t>København</t>
+    <t>1901-10-14</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>- Allerup, lærer
+Otto Emil  Paludan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
+Kaptajnen var lærer ved Astrids uddannelsessted. 
+Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bXkl</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets adresseside:]
+BREV-KORT
+(Paa denne Side skrives kun Adressen.)
+Til
+[Håndskrevet på kortets adresseside:]
+[Med blyant:] 1901
+[Med blæk:]
+Fru Laura Warberg
+Erikshåb
+Højrup
+[[Håndskrevet på kortets tekstside:]
+Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
+Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>1901-12-16</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Sophie Meyer
+Johan  Norden
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
+Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
+  </si>
+  <si>
+    <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UgIn</t>
+  </si>
+  <si>
+    <t>Kjærbyhuus Mandag
+Saa kom de gode Malere afsted i et rigtig Vintervejr det stormede og snede saa voldsomt at de kom ikke længere end til Martofte saa gik de den ½ Mil til Nordskov Fader telefonerede om Aftenen men da vidste Smeden ingen Besked men lovede at telefonere om Søndagen Faer gik saa derned igjen og da vidste han at de var kommen Lørdagaften og allerede gaaet til Fyenshoved Søndagmorgen Kl. 9 her har ikke senere været Forbindelse med Hindsholm et tog blev siddende i Salby Lørdagaften først nu kom et Locomotiv med 1 Vogn med Arbejdskraft til at rydde længere frem 
+Det er underligt at være saadan afskaaren fra Omverdenen
+Jeg skynder mig at sende denne Seddel at Du kan faa nogle Malervarer saa hurtig som muligt Tusind Tak for dine Breve som glædede mig meget, ogsaa Syberg Besøg; han havde Baronens Billeder med til Marie fik hans Billeder til en Moder og hvor hun blev glad og jeg med kan du tro
+i Samtalens Løb sagde han uopfordret jeg er glad ved Skolen Uglen er den der har mest Malertalent blot hun vil lade være at tabe Modet naar hun kjører fast, bare klemme paa igjen og det vil du jo kjære Dinemor – vi er saa mange der tro paa dig som Maler brug dog de Goder der er dig betroet, spille jo rigtignok skal du tage imod al den Hjælp du kan faa men det kan vi tale om i Julen der er ikke længe til Gud ske Lov jeg skal se Eder Alle
+de rejser først til Erikshaab lille Juleaften Saa du faar dem at se Klaks kommer om søndagen før Jul og bliver 8 Dage hjemme han sendte en Hare som blev spist Faders Fødselsdag Georgs og [ulæseligt navn] og Las’ var her Meyer og Norden om Formiddagen Vennerne om Eftermiddagen saa her var rigtig Fødselsdag
+Nu gaar Fader med Brevene til Sukkerkogeriet og saasnart Banen er ordentlig farbar skal han ud at hæve Pengene og saa kommer vi lille Ven
+Marie er i Kjøkkenet vi vadsker
+Kjærlig Hilsen
+Her er saa koldt jeg kan knap holde Ben[ulæseligt]
+Kjære Dine
+Nu kom her Brev fra Marie og Vilhelm saa du faar Underholdning Det er storartet at Marie kommer med nu
+Du maa nok saa faa til Kjøberen for Marie maa jo have en ogsaa skriv nu endelig til mig hvad vi skal ud med til Frokosten at jeg kan være forberedt
+Hils Alle i Hast
+Din glade Moder</t>
+  </si>
+  <si>
+    <t>Vinter 1902</t>
+  </si>
+  <si>
+    <t>Akkerupvej 3, 5620 Glamsbjerg, Danmark</t>
   </si>
   <si>
     <t>Louise Brønsted
-Mogens Fjelsted
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i forældrenes hjem på Erikshaab med sine drenge. Hendes far, Albrecht Warberg, døde i oktober 1902, og det er formodentlig efter den tid. Søsteren, Louise (Lugge), bor endnu hjemme. Hun blev gift i 1903.</t>
+  </si>
+  <si>
+    <t>Alhed beder Johannes Larsen finde rester af noget kjolestof og enten sende eller medbringe det. Han må også skynde på skrædderen. Alhed regner med, at Johannes Larsen raderer.
+Ungerne er søde, men Lugge (søsteren Louise) har fået et tilbagefald.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ikq3</t>
+  </si>
+  <si>
+    <t>Lille go’e Lavsi!
+Kunde Du ikke være saa sød at gaa op paa Loftet i den store, grønne Kiste og finde nogle Klude som min skotsktærnede Kjole, de ligge rullede sammen (vistnok paa Bunden til højre) og sende mig dem strax til Reparation af min Kjole. Hvis Du kommer stra [ordet overstreget] Fredag, kan Du tage dem med, kommer Du først Lørdag, maa Du sende dem. Vil Du vedlægge to gamle Opslag som det rødtærnede Liv, jeg har faaet af Christine, det ene har Puf vist anbragt i Madskabet, det andet er i F [bogstavet overstreget] den firkantede Fløjlsæske paa Skabet ved Din Seng. Mens jeg er ved Tøjspørgsmaalet, saa pas endelig Skræderen, at han faar det hele færdig til Dig, jeg glæder mig meget til at faa Dig saa fin og køn. – Jeg er meget spændt paa, om der er Brev nu med Posten, jeg længes meget efter at høre, hvordan Du lever, længes i det hele forfærdelig efter Dig. Du raderer vel? Tænk, i Morgen er det 8 Dage, siden jeg hørte eller saa noget til Dig. – Vil Du ikke gaa til Grossereren med Kontrabogen og den lille gule Seddel, men Kludene paa [ordet overstreget] maa ikke komme sammen med det, da det kan forsinke dem, det er ikke sagt, det andet kan blive hentet strax i Højrup. – Doktoren var her i Gaar, Lugge fik lov at staa op i Dag, men hun fik desværre Tilbagefald i Nat. – Ungerne er søde og flinke, men kedelig med den Vinter, jeg havde glædet mig til at køre ud med dem
+1000 Mill. Hilsner
+Posten Din egen Alhed
+jeg elsker Dig knusende</t>
+  </si>
+  <si>
+    <t>1902 eller 1903, sommer</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen (Puf og Lysse) er tilsyneladende blevet passet i Alheds barndomshjem, Erikshaab, som Puf tror hedder "Jereshaab".</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har taget toget til Erikshaab, hvor hendes sønner allerede var. Andreas (Puf) havde meget at fortælle, og han ville have, at hans far også kom til "Jereshaab". Marie har sovet med børnene i det store værelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n7bN</t>
+  </si>
+  <si>
+    <t>Lille, go’e Lav!
+Jeg kom godt herned i Gaar, men det var knusende varmt at køre i Toget. I Odense styrkede jeg mig paa en Bajer og 2 Stk. Smørrebrød. Ungerne har det udmærket, Puf er bleven tykkere og Lysse er bleven saa voxen og udviklet, han var glad ved mig, men er dog gladere ved Marie nu. Puf var henrykt over mig og havde 1000 Ting at fortælle mig, og blev ved at tage det Løfte af mig, at jeg ikke maatte rejse igen, da jeg hilste ham fra Dig sagde han at Du skulde ogsaa komme med paa Jereshaab og blive der altid. Jeg har ligget paa Gæstekammeret i Nat, Marie ligger inde paa ”det store” med Ungerne, men de kom begge to ind til mig i Morges. – Marie befinder sig vel og har taget 2-3 Pund paa. Nu Farvel lille Las, jeg kan ikke lide [ordet overstreget] lide at være fra Dig!. 1000 kærlige Hilsner fra Din egen Alhed, der elsker Dig.
+Fredag</t>
+  </si>
+  <si>
+    <t>1902-03-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Anne Marie Brodersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Niels var, eller hvad "sagen", som omfattede ham, gik ud på.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0239</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling ønsker Albrecht Warberg alt godt. Det var hyggeligt, at hans kone forleden var med på besøg. 
+Om tirsdagen vil Frk. Sperling få fat på Niels. Albrecht Warberg må lade hende vide, om han selv kan deltage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PlGA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Erikshaab.
+Højrup. 
+[Håndskrevet på kuvertens bagside:]
+Sandholt. Vester–Hæsinge. 
+[I brevet:]
+Kære Godsforvalter Warberg! 
+Frk. Bondesen og jeg vil gerne sende Dem vores bedste Ønsker, og de gaar ud paa, at baade nye og gamle Skavanker maa være saa lidt generende, som mulig og maa tage af, saa at alt er bedre om et Aar. Og endvidere ønsker vi Dem megen af den Fornøjelighed, som kommer, naar det gaar os og dem, vi holder af, godt. Det var saa hyggeligt, at Deres Kone var med i Tirsdags, det skulde hun gøre oftere, og med mange Hilsener til hende og alle er jeg Deres heng: Line Sperling.
+Sandholt 6/3. 1902
+Tirsdag d: 18de ser jeg at faa fat paa Niels, saa hvis De er hindret i selv at komme, vil De maaske nok lade mig det vide Dagen før, for uden Dem kan jeg ikke stille noget op.</t>
+  </si>
+  <si>
+    <t>1902-07-10</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>- Due, Kerteminde
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg flyttede fra Svanninge til Pilegården i Kerteminde juli 1902, så det er formodentlig på Pilegården, Johannes og Lysse Larsen har været til middag. 
+Georg og Marie Larsens barn Ellen blev født i 1902.</t>
+  </si>
+  <si>
+    <t>Møllerens børn har skarlagensfeber, så Marie Larsen foreslår, at Puf bliver "dernede" (formodentlig hos bedsteforældrene på Erikshaab).
+Johannes Larsen og Fritz Syberg sidder og drikker bajere hos Georg Larsen, hvis kone er ved at føde i værelset ovenpå. 
+Johannes Larsen og sønnen Lysse har spist hos Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jeab</t>
+  </si>
+  <si>
+    <t>Kjerteminde 10 Juli 1902
+Kæreste Alhed!
+Jeg skriver til Dig for at lade Dig vide at Møllerens Børn har Skarlagensfeber. De hentede Læge i Gaar og det viste sig at de har haft det i længere Tid, saa længe at det ene af Børnene skaller og altsaa har det omtrent overstaaet, Marie fortalte det før og foreslog at jeg skulle lade Dig det vide. Hun mente at Du maaske hvis det kunde lade sig gøre vilde efterlade Puf dernede til vi kommer hjem fra Nordskov, men det maa Du selv om. Jeg sidder her hos Grossererens med Baronen, han beder mig hilse, vi er paa den tredje Bayer. Georgs Kone ligger oven paa og er ved at faa en lille, de hentede Jordemoderen i Nat men efter hvad Due siger er der ikke passeret noget endnu. Vi var til Aften hos Hønset og Baronen i Gaar. Snaps stegte Kyllinger og Rødvin og Madeira. Lysse og jeg laa dernede i Nat og Baronen hos os da det regnede da vi skulde hjem. Hils dem alle sammen dernede. Jeg glæder mig til at se Dig i Morgen. Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-07-27</t>
+  </si>
+  <si>
+    <t>Nordskov
+Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>- Bendix
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Christine Swane
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens to drenge blev i juli 1902 passet hos Alheds familie på gården erikshaab, fordi Møllerens børn i Kerteminde havde skarlagensfeber. 
+Johannes Larsen og hans søster Christine var i samme måde i Nordskov for at male.</t>
+  </si>
+  <si>
+    <t>Alhed ved ikke, om Johannes Larsen er i Nordskov eller Kerteminde. Hun håber ikke, at han er ude i stormvejret.
+Godt, at lille Anna kom sig hurtigt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H5K8</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lavsi!
+[Nu v]ed jeg jo ikke, hvor jeg skal [send]e hen, til Nordskov eller [K]erteminde, jeg vælger det sidste [da] Vejret jo har været noget ustadig. (Fader sidder og siger ”værsgo Ladersen” og beder mig hilse) jeg vil da heller ikke haabe, Du er derude i denne Storm, jeg kan ikke taale at tænke paa, Du sejler i Pram i dette Vejr. – Vi har det udmærket, Ungerne er søde og raske. – Vi har besøg af Frk. Bendix Kæreste, Madvig [? svært læseligt navn], i disse Dage, han er meget sød og tiltalende, ligner Napoleon en hel del, og er for Resten ogsaa Franskmand, han har kun været 1 Aar i Danmark men taler fuldstændig rent [og] uden Accent, det er godt [noget af papiret mangler]. Jeg skal skrive til Kunst[nerens] Fødselsdag, - mens Du [noget af papiret mangler] det? – derfor faar [Du] kun et Par Ord. – Hils [de] gamle og Uglen, hvis Du er der endnu. Hvor det var godt, at lille Anna kom saa hurtig over det. Tak for Dit Brev! jeg haaber, jeg faar et igen nu om lidt, naar Vognen kommer fra Højrup, det glæder jeg mig til. 1000 Hilsner fra Din egen Alhed
+Det er nok en Ugestid endnu, at vi ikke skal ses, med mindre, Du kommer herned!!
+27 – Søndag – Erikshaab.</t>
+  </si>
+  <si>
+    <t>1902-07-31</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Vilhelm Larsen
+Augusta Mogensen
+Christian Mogensen
+Christine Swane
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes drenge er hos Alheds forældre på Erikshaab, mens Johannes Larsen er i Nordskov og male med sin søster, Christine (Uglen).
+Andreas (Puf) er tre år gammel og hævder, at han har 1-2-3 sønner.
+Johannes Larsen svarede 1. august på spørgsmålet om, hvorfor han ikke sendte Alhed kys - hun kunne jo ikke kysse sig selv på munden. 
+Der er ikke indsat skanning af originalbrevet i databasen. Brevet er renskrevet efter en fotokopi, som Det kongelige Bibliotek har leveret til Johannes larsen Museet længe inde, arbejdet med databasen gik i gang. Skanning af brevet er ikke fundet i materialet fra Det Kongelige Bibliotek leveret til museet 2016-2018.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har brug for penge til hjemrejsen.
+Andreas (Puf) fortalte ved bordet, at han havde 1-2-3 sønner rundt omkring i forskellige byer.
+Alhed har tænkt på, hvor smuk Johannes Larsen så ud forleden, da han var nybarberet og blevet klippet. Bare han altid så sådan ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cKUz</t>
+  </si>
+  <si>
+    <t>Der er 3 Skældud i dette Brev!
+Min egen, kære Ven!
+Nu længes jeg snart efter Dig. Jeg fik nok ingen Brev fra Dig i Gaar Din Sluppert. Hør, strax naar Du kommer til Kerteminde, kan Du saa ikke sende os en 5 Seddel i et Brev, vi kan ikke rejse før. Mon Du ikke skulde blive kørt til Kerteminde Lørdag, og saa vi kunde komme Mandag? Klax kommer her paa Søndag, han var her i Aftes. Mogensen i Forgaars, vi holdt en farlig Postyr med ham. Nu her ingen andre er, værdiger han mig en Smule Interesse! – Fru M. er ikke hjemme. – 
+Jeg maa jo da faa Brev nu med Posten ellers bliver jeg grulig angst. – Ungerne har det godt, Puf er saa sjov, han fortalte forleden ved Aftensbordet, at han havde 1-2-3 Sønner og da Far spurgte ham, hvor han havde dem, svarede han ”rundt omkring i forskellige Byer”! – Naa nu kommer Posten strax. Farvel min egen Dreng! Hør, jeg har tænkt saa meget paa, hvor smuk Du saa ud den Dag, Du var klippet og barberet, bare Du altid saa saadan ud! Du sender hver Dag Kys til Ungerne, men kun Hilsner til mig; hvordan er det? Nu faar Du ogsaa kun Hilsner fra mig! 1000 Hilsner Din egen A.
+Torsdag 31te Juli – 1902.
+Hils Uglen.</t>
+  </si>
+  <si>
+    <t>1902-09-25</t>
+  </si>
+  <si>
+    <t>Sandholt</t>
+  </si>
+  <si>
+    <t>Alice Bondesen
+Thora  Branner
+Louise Brønsted
 Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Erikshaab var Warberg-familiens hjem. Deres gode ven, Hempel Syberg, boede på Gelskov. Tilsyneladende var der ikke telefon på Erikshaab, men Syberg havde en.
+Albrecht Warberg døde 30. september 1902.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2667</t>
+  </si>
+  <si>
+    <t>Paludan har læst breve om Albrecht Warbergs tilstand op for Nicoline von Sperling, og hun blev meget bedrøvet. Aftalen er nu, at Paludan hver dag ringer til von Sperling med nyt. Von Sperling tænker meget på Laura Warberg og børnene og også på, hvor meget Albrect Warberg har betydet for hende selv og hele egnen. Hun skylder ham stor tak.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5dND</t>
+  </si>
+  <si>
+    <t>Kære Fru Warberg!
+Igaar var vi paa Erikshaab og Paludan læste Brevene for os, og efter Junge's sidste Brev, fik vi noget Haab. Vi aftalte saa, at Paludan hver Dag skal telefonere fra Gjelskov, hvordan det er, og det lød jo saa ilde til Morgen og Deres Brevkort gør det samme. Hvor bedrøvet jeg er over det, kan jeg ikke sige Dem, og De véd vist ikke heller, hvor stor en Støtte, Deres Mand er for mig, eller for hvor meget jeg har at sige ham Tak. Kan en Tak bringes, saa bring ham den. Jeg tænker hele Tiden paa Dem og Børnene, og hvad Paludan læste om Deres Nattevagt i den lille Daligstue paa Klinikken gik mig nær, men jeg tænker ogsaa meget paa Greven og mig selv, hvis gode Raadgiver han er, og paa hele Egnen her, hvor enhver er fuld af den største Deltagelse.
+Vi vil holde paa det lille Haab, og opfyldes det, være uendelig taknemmelige.
+Alix sender mange Hilsener. Hils alle fra Deres heng. Line Sperling
+Sandholt 25 Sept 1902.</t>
+  </si>
+  <si>
+    <t>1902-10-01</t>
+  </si>
+  <si>
+    <t>Alice Bondesen
+Julie Brandt
+Louise Brønsted
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Vilhelmine von Sperling
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde på en klinik i København 30. september 1902.
+Erikshaab var Warberg-familiens hjem. Munter var deres hund.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2668</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling har fået telegram fra København og et brev fra sin mor, som genfortæller, hvad Julie/Pan Brandt har sagt. Von Sperling tænker meget på børnene og især på Christine, som er så langt væk. Hun er også ked af det på egne vegne, for hun har mistet en ven og rådgiver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MwKy</t>
+  </si>
+  <si>
+    <t>Kære Fru Warberg! I Mandags Kl 8 fik vi at vide, at Palludan var kaldet til K, og igaar Kl 2 kom saa det afgørende, men jo langt fra uventede Telegram. I Dag har jeg havt Brev fra Moder, som genfortæller, hvad Pan har sagt. Og De véd nok, at jeg ikke gør andet end at tænke paa Dem og Deres Børn. Saa er det den ene og saa den anden, men af Børnene tænker jeg mest paa Christine, som er saa langt borte og ikke gift, som Ellen. Jeg véd, at han ikke vilde slippe Dem et Øjeblik i den sidste Dag, og tvivler ikke om, at Deres Savn bliver størst af alles. Hvad skal vi sige? Skal vi bruge den gamle Verselinje: "Jeg satte min Lid til Gud og til slet ingen anden Mand!" Saa har jeg ogsaa sagt Dem, at jeg tænker meget paa mig selv og synes, at jeg har mistet min Raadgiver og en trofast Ven, og der er mange, der ikke blot tænker paa Dem og Børnene, men paa sig selv, fordi de synes, at han er svær at undvære. Og sammen med at være saa bedrøvet kommer saa den store Taknemmelighed.
+Mon De kommer hjem i Dag? Hvor maa der dog være tomt paa Erikshaab. -
+Alix Bondesen sender Dem og alle sin mest deltagende Hilsen, og vil De fra mig hilse hvem de har hjemme af Døtrene og Paludan og - Munter.
+Deres heng. Line Sperling. -</t>
+  </si>
+  <si>
+    <t>1902-10-07</t>
+  </si>
+  <si>
+    <t>Asta Krohn</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Thora  Branner
+Louise Brønsted
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Asta Krohn/Bergh, f. Heyman, var i huset hos familien Warberg i sine unge dage.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2672</t>
+  </si>
+  <si>
+    <t>Det gør Asta Bergh ondt, at Albrecht Warberg er død. Hun holdt meget af ham og tænker tilbage på, når han kaldte hende Frk. Ast. Asta Bergh var på klinikken for at besøge Albrecht Warberg, men han var kørt til operation. Hun ved, at Albrecht må være dybt savnet i familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gMgE</t>
+  </si>
+  <si>
+    <t>7/10 1902
+Kære Fru Warberg!
+Jeg véd De har faaet en Hilsen fra mig gennem Berta; men jeg trænger alligevel til selv at sige Dem, hvor inderlig ondt det Dødsfald har gjort mig. Jeg kunde saa grumme godt lide Deres Mand. - Desværre fik jeg ikke set ham hverken i Fjor eller i Aar - da jeg en Dag vilde besøge ham, da han nu var herinde, fik jeg at vide, at han lige var kommen paa Kliniken for at opereres - det er ved den Slags Lejligheder, at man fortryder sit Sløseri - jeg havde saa gærne set ham og talt med ham en sidste Gang. - - Hans "Fru Ast" klinger ofte for mine Ører, men oftere endnu "Naa, Frk. Ast", - - naar jeg - det kunde hænde - lidt mellemfornøjet kom ned til Middagsbordet - han hængte gærne i med én paa sin rare, bundelskværdige Maade - og - det hjalp altid. - Jeg føler, hvad det vil sige i "Erikshaab" uden ham - det kan man bedre føle, naar man har boet hos Dem og véd hvad "Faderen" var for hver enkelt Medlem af Familien.
+De maa endelig, kære Fru Warberg, hilse dem alle, ogsaa Herr Paludan, paa det hjærteligste og selv tage mod en varm Hilsen fra
+Deres altid hengivne
+Asta Bergh</t>
+  </si>
+  <si>
+    <t>1902-10-10</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt</t>
+  </si>
+  <si>
+    <t>Lerchenborg pr. Kalundborg</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Ernst  Knipschildt
+Gustav Knipschildt
+Otto Knipschildt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"naar man skal af med sine Børn": Charlotte Knipschildt mistede mindst to små børn; muligvis flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2666.</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er ked af, at hun ikke kom om mandagen, men rejsen havde udmattet hende. Laura Warberg har hjulpet i svære tider. Hun må endelig komme på besøg.
+Charlotte Knipschildt var bekymret, da Laura blev forlovet, men hun kunne ikke have fået en bedre mand. 
+Laura må takke Andreas Warberg for brevet. Det var rørende, at han tænkte på hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nh1k</t>
+  </si>
+  <si>
+    <t>[Påtrykt brevpapiret:]
+O. Knipschildt
+Lerchenborg
+pr. Kalundborg
+[Håndskrevet:]
+d. 10 October.
+Kæreste Laura!
+Mine Tanker gaar bestandig over til Dig; og det er dog en inderlig svær Følelse at vide at de Hjem vi holdt mest af, efterhaanden lukkes, Ottos og min største Fornøjelse var dog at køre til Gjelskov og Erikshaab i gamle Dage, og hvor ældre man bliver føles det ret at det er alligevel Minderne man lever paa. Jeg var saa bedrøvet over at jeg ikke kom med i Mandags som jeg dog saa gerne vilde; Ingen har været mere for mig i trange Dage kære Laura end netop Du; man da jeg kom herhjem var jeg alligevel meget træt af den lange Rejse, og Otto var bange jeg ikke kunde taale den forserede Rejse fra Kl 4 om Morgenen. Lad os være enige om kære Laura at holde sammen den Tid vi have tilbage, og naar Du nu faa Dit Hjem i Byen og savner Landet, saa kom endelig ud hos os der begge holde saa meget af Dig. Jeg fortalte netop mine Unge forleden Dag at min første store Hjertesorg_var da Du blev forlovet, jeg synes ingen Mand var god nok til Dig -; den Sorg kunde jeg have sparet mig! men Følelserne ere uforandrede; og hvis Du kan løsrive Dig i Vinter saa er Du hjertelig velkommen; jeg kan godt forstaa Du endnu ikke véd hvordan Du bedst kan; men Du har jo saa faa af Børnene hjemme, derfor føles Ensomheden endnu mere. Nu jeg er kommen i Ro, føler jeg at Kuren og Rejsen har været ganske god for mine Nerver; men det er dog endnu bedre at være hjemme ved det daglige Arbejde, og alt var passet godt medens jeg var borte. Hils Andreas meget, og tak ham for Brevet jeg var saa rørt over han tænkte saa venligt paa mig, og han skrev saa sandt "det var Synd at ønske hans kære Fader tilbage til Lidelserne men "Døden" og Adskillensen er svær at komme over, og kun _Tiden kan læge Saaret; i Øjeblikket kan man ikke tro det er muligt at faa den rette Trøst, jeg har følt det naar man skal af med sine Børn.
+Hils Johanne og hvem Du har hos Dig kære Laura; men de kærligste og mest deltagende Hilsener sendes Dig fra Din hengivne Charlotte.</t>
+  </si>
+  <si>
+    <t>1902-11-25</t>
+  </si>
+  <si>
+    <t>Jean Jensen</t>
+  </si>
+  <si>
+    <t>Snekkersten</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2664</t>
+  </si>
+  <si>
+    <t>Signe/Jean Jensen takker for Laura Warbergs brev med beretningen om Albrecht Warbergs død og begravelse. Det bliver svært for Laura at bo på Erikshaab uden ham, men det er godt, at både greven og Paludan støtter og hjælper.
+Signe Jensen har været tre måneder på hospitalet. Hun har smerter og er svimmel og synes, at det er svært at være alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0gE2</t>
+  </si>
+  <si>
+    <t>Snekkersten d. 25/11 02.
+Kære Fru Warberg!
+De skal have Tak, fordi De saa elskværdigt skrev udførligt om Deres kære Mands sidste Dage, hans Død og Begravelse, jeg havde længtes saa meget efter at faa rigtig Besked om alt, og tænkte baade Nat og Dag paa Dem, kære Fru Warberg, og paa "Børnene", da jeg vidste, hvilken stor Sorg for Dem alle, det var at miste saa god og kærlig en Mand og Fader. Ogsaa jeg har kun gode Minder om ham, aldrig har jeg hørt ham udtale sig andet end anerkendende med min Virksomhed i Deres Hus, og mange glade og muntre Timer har vi tilbragt sammen, og sand Deltagelse har jeg altid følt med Dem baade i Sorgens og Glædens Dage. Det vil blive svært for Dem, kære Fru Warberg, at blive boende hele Vinteren paa Eriksaab, hvor De maa savne Deres Mand saa meget, men ganske vist, man rejser ikke bort fra Savnet, og det vilde dog have været altfor oprivende for Dem at bryde op fra det Hjem, hvor De har tilbragt saa mange lykkelige Aar, lige straks; det bliver svært nok alligevel. - De spørger, hvorledes det gaar mig nu; ja, jeg kom fra Sygehuset d. 22_de_ Sptbr., lige 3 Maaneder, efter at jeg var bleven indlagt og skulde egentlig have været 3 Maaneder derefter paa et Sanatorium. Jeg vilde dog helst her tilbage, og det gaar ogsaa meget godt, jeg har lidt mere Hjælp til Rengøring nu, det har jeg aldrig rigtig kunnet taale. Min værste Plage for Tiden er stærke Smerter i Hoved og Ryg samt Svimmelhed, saa jeg har maattet holde Sengen nogle Dage. Det er ikke godt at være ene, kære Fru Warberg, hvor har jeg dog i disse 3 Aar savnet det kære Erikshaab! som jeg nu aldrig mere skal se. Gid De maa være rask, kære Fru Warberg, og holde Modet oppe; det er godt at Hr. Palludan kan lede alle Forretningerne, ogsaa i Hr. Syberg har de en trofast Støtte, [indsat i venstre margen, s. 3; lodret:] ligesom naturligvis Greven viser Dem Velvilje paa mange Maader. [Indsat i venstre margen, s. 4; lodret:] En kærlig Hilsen sendes Dem og hele Familien fra Signe Jensen. Deres altid hengivne</t>
+  </si>
+  <si>
+    <t>1902-12-19</t>
+  </si>
+  <si>
+    <t>Lohals
+Snøde</t>
+  </si>
+  <si>
+    <t>Susan -
+Christian  Brandstrup
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+- Jansen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far
+Ellen  Sawyer
+Harris Sawyer
+Anna Schaffalitzky de Muckadell
+Hempel Syberg
+Vilhelm  Sørensen, pastor
+Albrecht  Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad det er, Hempel Syberg har været udsat for.
+Albrecht Warberg døde få måneder før, at brevet er skrevet. Laura Warberg er tydeligt i gang med at nedlægge hjemmet på Erikshaab. 
+Louise/Lugge og Johannes Nicolaus Brønsted blev gift 2. jan. 1903. 
+Det vides ikke, hvem John er (i øvrigt er navnet svært læseligt, så måske står der noget andet).
+Christine blev forlovet med William Mackie i slutningen af 1902, og de blev gift i 1903. 
+Astrid boede på Bülowsvej i København fra sidst i 1902 til et stykke hen i 1903.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1902-12-19, 2400</t>
+  </si>
+  <si>
+    <t>Laura glæder sig ikke til at holde jul hos Hempel Syberg, for han er for tiden utålelig. Heldigvis har Thora det godt.
+Hvis Astrid ikke når at få billedet af sin far til tanten med posten, må hun give hende det, som hun selv har. 
+Louise/Lugge og kæresten har fået en ny, større lejlighed, og Laura sender dem møbler. Naboen er Johannes Nicolaus' mor, og hun forærer det unge par en masse. Selv har de købt gulvtæppe, gardiner mv. 
+Christine har været en dag hos sine nye svigerforældre. Hendes forlovelse er rygtedes i Boston, så nu ved alle i Danmark nok snart besked. Ellen har fået en dygtig pige i huset. 
+Laura spørger Astrid, om hun vil have kommode mm. sendt til Bülowsvej.
+Lauras bror, Christian, har bedt hende sende Susan penge. Dr. Mackie betaler nok Christines rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7cvL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hr. Caspersen
+Snøde
+pr. Lohals
+Langeland. 
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 19de Debr.
+Kære lille Putte!
+Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
+Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
+2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
+3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
+Nu har jeg ikke Tid til mere lille Putte!
+Kærlige Hilsener til Eder alle tre fra Mor. 
+[Skrevet på hovedet på sidste side:}
+Gardinerne er røde
+Damask ensfarvede, 
+M kan ikke finde Pos
+[Tapetprøver:]
+Sovekammer.
+Der er 5 lyse Striber ved Siden af hinanden. 
+M[ulæseligt]in. 
+Min Stue</t>
+  </si>
+  <si>
+    <t>1902-12-24</t>
+  </si>
+  <si>
+    <t>Valby
+Bjerregaards Sidevej 4</t>
+  </si>
+  <si>
+    <t>Birgit Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Emma Hirschsprung
+Erik Hirschsprung
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Fader Berg er Albrecht Warberg.
+Haabet = Gården Erikshaab, hvor Laura og Albrecht Warberg og deres børn boede i mange år. 
+Mester Erik = Erik Hirschsprung.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2649</t>
+  </si>
+  <si>
+    <t>Berta og Ludvig Brandstrup takker for billedet af Albrecht Warberg (Fader Berg). Den første jul uden ham bliver svær for Laura. Berta og Lud har mange gode minder fra Erikshaab.
+Drengene glæder sig til juleaften, som de skal holde hos deres mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9D2q</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevpapiret:]
+BRANDSTRUP.
+BJERREGAARDS SIDEVEJ 4,
+VALBY.
+[Håndskrevet i brevet:]
+Kære Laura!
+Tak for Billedet, som vi fik imorges, og som vi blev meget glade over; Lut havde kun et meget gammelt Billede af Fader Berg og dette nye gengiver ham ganske som vi kendte ham og holdt af ham og som jeg altid vil mindes ham. Denne første Jul bliver jo den værste at komme over, men saa har I alle de gode Minder fra tidligere Aar at ty til og det maa hjælpe meget, synes jeg. Vi tænker meget paa Haabet og alle dets Beboere, for jeg personlig vil aldrig glemme den Gæstfrihed og al det Venskab, jeg har faaet dér.
+Her har vi det alle godt, og Drengene glæder sig meget til i Aften hos deres Mormor. Birgit skal med derind for første Gang. Mester Erik kommer ikke hjem til Julen, han bliver paa Lolland til Nytaar. Naa nu kun mange gode Hilsner fra os alle flest fra Lut og Berta
+24-12-02 -</t>
+  </si>
+  <si>
+    <t>1903-03-13</t>
+  </si>
+  <si>
+    <t>Susan -
+Grethe Bichel
+Christian  Brandstrup
+Thora  Branner
+Louise Brønsted
+Johanne Due Nielsen
+- Juncker
+Johanne Christine Larsen
+Johannes Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+- Schouboe
+- Skakke
+Christine Swane
+Hempel Syberg
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde i 1902. Da dette brev blev skrevet, boede Laura Warberg endnu på gården Erikshaab, som hørte under grevskabet Muckadell. Den nye godsforvalter, Skakke, var ankommet. 
+Astrid boede i begyndelsen af 1903 på Bülowsvej 38 sammen med Christine/Uglen Swane og den medicinstuderende Grethe Jørgensen. Astrid førte hus for de to andre kvinder og lavede også måltider, som venner og bekendte mod betaling kunne komme og deltage i.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1903-03-13, 2403</t>
+  </si>
+  <si>
+    <t>Flere siger, at når der er væggelus i en lejlighed, må man godt flytte straks. Astrid skal opsøge Onkel Christian (Brandstrup) og spørge om dette samt bede ham hjælpe med at finde ny bolig. Grethe har vel ingen andre steder at være? 
+Thora går til læge for sine hovedsmerter. Laura har været hos samme læge. 
+Hr. Skakke er flyttet ind og har fået sit indbo sendt. Han er sød og venlig, og han og Dede spiser sammen. 
+Johanne er blevet kaldt til Kerteminde, fordi Johannes Larsen ville pynte på billedet af pigerne på Klinten. Laura savner hende og føler sig ensom. 
+Laura sender noget kød og giver anvisninger på, hvordan det skal tilberedes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NhRs</t>
+  </si>
+  <si>
+    <t>Fredag d: 13de Marts
+Kære lille Putte!
+Nu skal Du faae et ordentligt Brev af en god Forsending. Jeg veed godt, at jeg længe har forsømt Eder med Mad. Først vil jeg igen paaminde Eder om at prøve at faae Lejlighed sagt af for i Sommer ved Hjælp af det Væggetøj. Flere har sagt og nu mener ogsaa Hr. Skakke, at man kan uden videre rejse, naar der er Væggetøj, og spørg Grethe og Muk, om det ikke er set efter at Konen havde ”renset”. Er I i Tvivl, saa tag ud til Onkel Christian, Annasvej – Charlottenlund en Aften, men meld Dig først hos ham en Formiddag paa det nye Raadhus, der har han sit Kontor – Han maa absolut vide Besked. Der skulde vist have staaet om Lejligheden ”med Pige og Pulterkammer” men hvor ærgerligt, hvis al den [ulæseligt] kunde have været sparet! Jeg har vist mere end en Gang skrevet om det Væggetøj og sagde vist til Christian om at tage sig af det. Hvis nu intet lykkes, hvordan skal vi saa med Lejligheden? Hvad vil Grethe? Hun kender vel ingen at boe sammen med der i Sommer, saa vi kunde lade Møblerne staae og Dede boe der September &amp;amp; Oktober? Det ligger mig stærkt paa Sinde. Du kunde jo blive der i Maj, Dede jo ikke mere der end her, saa sparsommelig Du er; saa er der kun en Maaned til Ferien. Men naar nu Christine kommer hjem, saa lad hende vide god Besked om det hele. Søndag Formiddag lidt tidlig er da Onkel Christian hjemme. Sig ham saa, at jeg maa vel nok gøre ham Ulejlighed sidst i April med at hjælpe med at finde en Lejlighed; han vil vist grue over det Hverv, der skal være rædselsfuldt i Kbh. Sig ham ogsaa, at Elle har haft Bud fra Susan, der nu er kommen fra Hospitalet og lød ret tilfreds. Jeg fik deres nye Adr; skal tage den med til Kbh. – Det var nu en Masse om Forretninger. Stakkels Putte med Din Rude, godt Du havde Penge. Jeg sendte mere med Henblik paa Din nye Kjole. I har jo levet ret fornøjeligt, naar undtages Din sidste Forkølelse. Men det var alligevel intet rigtig fornøjeligt Brev det sidste fra Dig; nu gaaer Du vel Spænding for ”Lig i Lasten”. Jeg glæder mig meget til at faae Dig hjem en Gang igen. Hermed en Artikel, som Du endelig maa sende mig igen i første Brev. Thora gaaer jo en Gang om Ugen til Dr. Schouboe for sine Hovedsmerter; saa sagde hun sidst til ham, at han skulde sende nogle af sine mange Patienter over til Dr. Juncker. ”Det skulde vel saa først være ”Gase[ulæseligt]klede” sagde han og loe saa polisk; ”nej det vil jeg dog sige Dem, at bliver det nogen saa bliver det paa ingen Maade hende”. – ”Naa saa bliver det maaske mig”, sagde Thora. Han ser ud til at kunne goutere en Spøg. Hendes Artikel blev sat i Avisen et Par Timer efter at hun havde indleveret den. Hun mente, at naar de ikke har sat Dine i endnu i F.T. saa kommer de nok naar de ikke har sendt tilbage. Der er saa utrolig meget andet i for Tiden og ingen ”Skønlitteratur”. Jeg blev indskrevet hos Dr. Sch. I Gaar, han var enorm venlig. Tog intet for i Gaar eller en ny Recept. Thora hjalp mig at sidde Ventetiden ca. en Time – oh; der blev talt en Del om Sygdomme. Thora var saa livlig og morsom Onkel Syberg skal snart til Kbh og med kirkeberg og flere Steder for Landbrugsministeren, Sybergs Kollega, S. [ulæseligt] paa Fyns Landbrugsminister! Gud veed, om han ikke skulde se ud til [ulæseligt], jeg husker ikke Datoen, men det er vist omkring d: 24de. Du kommer vel ikke i Paasken; mulig Du og Grethe kunde give os et Par af Helligdagene og lade Uglen alene om det derinde?? – Hr. Skakke er herlig i alle Maader undtagen Helbredet, han har det som Dede, saa jeg kan ikke lade være at tage mig moderligt af ham. Til Sommer vil vi give ham Gæstekontoret, at han ikke skal ligge nede for aabent Vindue i alle Dampene fra Aaen. Han spiser Havregrød og Kaffe [”og Kaffe” indsat over linjen] om Morgenen, faaer lidt Smørrebrød Kl. 10 ¾ spiser vældig godt til Middag altid 2 Portioner til For og Eftermad,
+faar en stor Kop Kakao i sød Mælk med Dede kl. 3 3/4, spiser udmærket til Aften og holder meget af vort Øl; faar en stor Kop sød Mælk med Dede ved Sengetid; jeg tænker nok den ”Po[ulæseligt]” i kort Tid skal faae ham flere G op i Vægt. Han er uhyre fordringsfri og behagelig tilpas livlig egentlig nærmest stille, spiller L'hombre holder af Musik har selv en Violin med; i Gaar kom hans Bagage, Kommode, Reol med Masser af Bøger i 4 Kasser, han har faaet min Chaiselongue med sig foreløbig, saa det lille gamle Sovekammer er fuldt og pænt møbleret. Paludan er meget tilfreds med ham. Vi er dog næsten altid heldige med hvem vi faaer i Huset. – I Gaar blev der telefoneret til Sybergs om Johanne vilde komme til Kjerteminde med sidste Tog, Las vilde male hende pynte lidt paa Klintebilledet, der skal paa den frie.” Jeg blev grulig ked af det, men gjorde selvfølgelig ingen Indvendinger det skulde jo være; jeg savner J. saa rædsomt og føler mig saa ene, naar hun er væk; maatte saa alene hjem i Aftes og gaae her ene til i Morgen, hun kommer med Iltoget! Apropos, Muk skrev at Chr. kommer med Iltoget paa Mandag hvis hun mener 6 Toget, saa lad dem skrive et Brevkort, vi kan have Mandag Middag i god Tid i Postkassen Søndag. Jeg synes det er mærkeligt hun vil med Morgentoget; hører vi intet, saa kommer der Vogn Kl. 1. I Morgen er det Fru og Frøken Sperlings Fødselsdag, jeg har skrevet til dem begge til Virginiavej. Hvor kedeligt at I ikke traf Luts hjemme. Jeg glemte rent at spørge Tulle om den [ulæseligt]plads, Du omtaler; men er der noget om det, saa hører Du det jo nok - - - Saa Farvel lille Putte! Endnu i Gaar var der intet [ulæseligt] fra Dig, men saa kan det lige naaes med Christine paa Mandag. – Hilsen til Eder allesammen fra Mor.
+Den Smule Kalvekød er til Karbonade; Oxekødet kan Du maaske lave Boef af eller ogsaa koge og bruge til Paalæg; det røgede Kød kan jo gemmes længe. Nu har jeg set paa Kalvekødet, det er usselt. Du maa helst koge det til Fricassé med Gulerødder, Selleri, lidt skrællede Kartofler og Karry eller Persille skolde det først i et Fad med kogende Vand, inden Du atter sætter det paa i koldt Vand og skummer godt. Naar Du skal have rent Tøj sendt skal Du faae nogle [ulæseligt] ogsaa. Vi vadsker først i Ugen Flæsket [”Flæsket” skrevet over linjen] skal skæres 
+[Skrevet i sidens højre margen:]
+ud og iblandes i Mælkevand et Par Timer inden Du steger det; udmærket!
+[Skrevet i sidens venstre margen:]
+En Luns [ulæseligt] lavet med Kød[ulæseligt] Soya og lidt [ulæseligt] er godt ogsaa; det næste Fedt hældes af først.
+[Skrevet i næstsidste sides højre margen:]
+Bøffen maa bankes vældig godt.</t>
+  </si>
+  <si>
+    <t>1903-04-19</t>
+  </si>
+  <si>
+    <t>Zoologisk Have, København</t>
+  </si>
+  <si>
+    <t>Magnus Bech-Olsen
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Theodor Oppermann
+Otto Emil  Paludan
+Karl Schou
+Marie Schou
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takkede i sit sidste brev Alhed for, at hun fik ham til at fortsætte med et billede. Det er denne opmuntring, hun er så glad for.
+Jørgen Paludan var i mange år ansat på godskontoret på Erikshaab under Alhed Larsens far, Albrecht Warberg. Paludan (Palam) boede også på gården. Efter Albrecht Warbergs død i september 1902 flyttede hans enke, Laura Warberg, til København. Jørgen Paludan overtog Albrecht Warbergs stilling som godsforvalter og blev boende på Erikshaab til sin død. Formodentlig fordi Paludan fik mere plads, da han overtog hele Erikshaab og ikke længere skulle bo på fx et værelse, fik han brug for flere møbler.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen takker for det søde brev, som har muntret hende op. Hun føler sig sommetider så overflødig, og hun savner Johannes Larsen.
+Alhed og børnene har været hos Georg Larsen (Grossereren) og spise. De lånte en barnevogn til Lysse, som hoster.
+Alhed beder Johannes Larsen undersøge priser på kurvemøbler til Paludan i København. - Hun har drømt om Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OZrb</t>
+  </si>
+  <si>
+    <t>Lørdag 19de April 03
+Min kæreste Ven!
+Det var et forfærdelig sødt brev, jeg fik fra Dig i Dag, det satte mig helt paa ret Køl igen, jeg trængte saa forfærdelig til en lille Opmuntring, og jeg syntes paa en Gang, at det blev saa let at gaa her alene og vente paa Dig og længes efter Dig. Hvor det glæder mig, at Du synes, Du er glad ved at male det Billede og at Du mener, at jeg har nogen Skyld deri. Jeg kan sommetider gaa med en væmmelig Fornemmelse af at være saa rasende meningsløs og overflødig og endogsaa skadelig, og saadan et Humør har jeg i Grunden været i længe, saa det har været mig umulig at skrive opmuntrende og flinke Breve til Dig. Men som sagt – Dit Brev i Dag har hjulpen meget paa mig. Jeg har haft en rigtig rar Dag paa alle Maader. Jeg var bedt ned til Grossererens til Morgen med begge Børnene, men da Lyssemand hostede en Del i Nat og det var en skrækkelig Storm til Morgen, sendte jeg Bud derned, at jeg ikke turde gaa ud med ham. Lidt efter ankom imidlertid Grossereren med deres lysegrønne Barnevogn og sagde, at jeg maatte dog endelig komme derned, der var dækket til mig! o.s.v. Og da jeg samtidig fik Dit Brev, syntes jeg ogsaa, det kunde være helt morsomt. Saa stoppede vi Lysse ned i Barnevognen og drog af. Vi fik Bøf og Rødvin og Citronfromage og havde det for Resten helt rart, naar undtages, at Ungerne holdt en farlig Spektakel. Marie og Agraren kom til Aften. Vi gik hjem strax efter vi havde spist for ikke at faa Lyssemanden i Aftenluft. Han kørte ogsaa hjem, og jeg tror ikke Turen har gjort ham noget han har da slet ikke hostet siden han kom i Seng. Det har blæst en hel Orkan i Eftermiddag, Grossereren kom ned og sagde at det ikke havde været saa Højvande i flere Aar og at Vandet stadig steg, det staar langt op paa Feden
+Næste Dag.
+Det er et væmmeligt Vejr det bliver ved at være, i saadan en Storm er der da ikke Tale om, at Du kan male. Bare vi dog maatte faa nogle dages rigtig smukt Vejr. Hør, jeg skal bede Dig fra Palam, om Du dog ikke kan se ned i en Kurvemøbelhandel og forhøre om nogle Priser og se paa nogle Faconer – Lænestole, Smaaborde og Sofaer eller Bænke som f.Eks. Luds. Han skal jo til at købe Møbler nu og tænker bl.a. at faa nogle Kurvemøbler. Vil Du ikke nok gøre det. Nu gaar jeg ned til 3.20 Toget med dette, saa tænker jeg, Du faar det i Morgen tidlig, inden Du gaar i zoologisk Have. Det jeg skrev i Lørdags har Du vist først faaet i Dag til Morgen. Jeg sender i Efterm. en lille Pakke til jer. Spiser Du ikke hos Luds hver Dag? – Nu Farvel for denne Gang og hav det rigtig godt og endnu en Gang 1000 Tak for Dit Brev i Gaar. Jeg gad vide, om jeg faar et Brev, naar jeg nu kommer ned i Butikken. Mon Du var til Bech-Olsen? Jeg drømte i Nat, at vi var der sammen og da vi kom derhen og Du fik Overfrakken af, saa jeg at Du havde Livkjole paa, mens jeg kun havde min værste Russekjole. – Det er godt, Du er der inde til at mugle Opper &amp;amp; Zahrtmann, sikke nogle pædagogiske Filistre. Bare de dog nu macher ret med det Billede. Hils Schous 1000 Gange.
+Kys, Hilsner til Dig selv! Din A.
+Din Udstillingsblanket til den Oph. lægger jeg i Pakken.
+Grossereren siger, at Du skal lave en Vexelblanket derind. Jeg sagde, at jeg kunde betale Afdrag, men Du skal alligevel skrive paa sagde han. ---</t>
+  </si>
+  <si>
+    <t>1903-04-22</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Marie Krøyer
+Peder Severin Krøyer
 Andreas Larsen
 Johan Larsen
+Marie Oppermann
+Theodor Oppermann
+Otto Emil  Paludan
+Johan Rohde
+Karl Schou
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"Der var naturligvis ingen ingen Brydekamp": Alhed har i et brev spurgt Johannes Larsen, om han skulle se Bech-Olsen. Magnus Bech-Olsen var bryder og en stor sportsstjerne, men netop i 1903 tabte han en kamp til først en tyrkisk og siden en dansk bryder, og hans sportskarriere stoppede. Bech-Olsen begyndte i stedet at optræde som stærk mand i cirkus.
+Det er uvist, hvem lille Marie er. Det kan være Marie Krøyer. 
+Akvarellen med uglen var muligvis en illustration til Kolds "Lille Mis". 
+Kurvemøbler: Alhed spurgte i sit sidste brev til Johannes Larsen, om han ville se på kurvemøbler for Jørgen Paludan (Palam). Paludan var ansat under Albrecht Warberg (Alheds far) ved grevskabet Mouckadell. Da Albrecht i 1902 døde, overtog Paludan hans arbejde som godsforvalter, og han fik stillet gården Erikshaab (Alheds barndomshjem) til rådighed. Eftersom Paludan formodentlig tidligere boede på et værelse på Erikshaab, fik han nu brug for flere møbler.</t>
+  </si>
+  <si>
+    <t>Zahrtmann har set på Karl Schous billede. Johan Rohde skal supplere forsamlingen.
+Johannes Larsen har købt galocher til brug i Zoo og har arbejdet godt. Det var udmærket, at han skrabede sneen væk dagen i forvejen.
+Larsen har solgt en akvarel af en ugle til P.S. Krøyer.
+Brydekampen var udsat p.gr.a. vejret. Larsen skal nok se på kurvemøbler til Paludan (Palam).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RYTh</t>
+  </si>
+  <si>
+    <t>Valby 22 April 1903.
+Kære lille Alhed!
+Jeg elsker dig! Du kan tro jeg blev glad ved Dit Brev i Aftes da jeg kom hjem, jeg havde siddet i Sporvognen og var kommen i Tan[ker om] at jeg muligvis irrit[erede Dig] ved at skrive hver D[ag og har over]vejet om jeg maas[ke] gjorde bedst i at ho[lde inde] med Skriveriet i nog[le Dage] saa Du kan jo nok forstaa at det livede mig forfærdelig op at læse Dit Brev. Jeg var saa ovre hos Oppermann da jeg gik herfra, Zahrtmann havde dog været inde at se paa Schous Billede men det hjælper jo ikke stort da der ikke bliver Møde inden han rejser. Rohde skal suplere Forsamlingen, maaske kunde hjælpe at snakke med ham jeg ved det ikke. [noget af papiret mangler] her hos Brandstrup [noget af papiret mangler] i Dag. Jeg fik Bager[noget af papiret mangler] og The hos Opper[mann] og Fru Oppermann [noget af papiret mangler] mig med en stor [noget af papiret mangler]ter og endelig laant [noget af papiret mangler] hos Oppermann. Brandstrup raadede mig til at købe et Par Galoscher da jeg havde vaade Fødder i Gaar, og i Morges da jeg gik i zoologisk Have bestemte jeg mig ogsaa til det og fik et Par til 4 Kr 75 Øre og jeg har ogsaa haft udmærket Nytte af dem. Det har været et dejligt vejr i dag og jeg har faaet gjort et godt Stykke Arbejde derude jeg var der til Kl. henad 4. Det viste sig at være udmærket at jeg havde kastet Sneen væk i Gaar, da det [noget af papiret mangler] Jord jeg maler var [noget af papiret mangler] tørt mens der jo ell[ers ligger] tyk Sne overalt se[nt i] Aften skønt Solen [har skinnet] hele Dagen. Der stod [noget af papiret mangler] i Morges at jeg havde solgt den Aquarel med Uglen, og da jeg mødte lille Marie paa Gaden fortalte hun mig at Krøyer havde købt den i Søndags. Du skal se der gaar nok lidt efter Haanden. Jeg var for resten tilfreds jeg snart skulde i Seng jeg er saa øm over hele min Krop af den Snekastning. Der var naturligvis ingen Brydekamp i det Vejr den er udsat til paa Søndag men det skulde gaa [mærke]ligt til om jeg kom der, [men jeg s]kal nok gaa ned [og se pa]a Kurvemøbler for [Palam]. Uglen har faaet en [noget af papiret mangler]ing paa 10 Kr. saa [noget af papiret mangler]ner ikke hun rejser før Fredag. Det er sært, men det maa jo ikke have sneet ovre hos Jer siden Du ikke nævner noget om det. Bare Du var her for jeg elsker Dig Kys Puf og Lysse
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1903-04-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Peter Magnussen
+Karl Schou
+Marie Schou
+Christine Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på et billede af påfugle i Zoo. Det var ifølge Bente Scanvenius: Den frie Udstilling i 100 år, Borgen 1991 udstillet dér i 1903: "Landlig idyl kunne man også kalde Johannes Larsens velkendte billede af de farverige påfugle, som også var med, men dem fandt Politiken nu ikke videre morsomme." (s. 84)
+Påfuglene er ikke nævnt i Den frie Udstillings katalog for 1903. Ifølge dette udstillede Johannes larsen følgende:
+Blomstrende Pæretræ. 1896-1902.
+Blomstrende Guldregn. 1896-1902.
+Juniaften. 1896.
+Septemberlandskab, Bygevejr. 1902.
+Septemberlandskab, Graavejr. 1902.
+En Tyr i en Stald. 1902.
+I Bryggerset. 1902.
+Ved Møddingen. 1902.
+Paa Loftet. 1902.
+Paa Høslyen. 1902.
+Vintermorgen ved Stranden. 1902.
+Stille Graavejr i November. 1902.
+Vinterlandskab med en Aa. 1903.
+Erikshaabs Have. 1903.
+Morgenstemning. 1903. 
+Kvindernes Køkken åbnede i 1899 på Vimmelskaftet 36, 2. sal i København med det formål, at udearbejdende kvinder kunne få billige måltider i løbet af dagen. Initiativtager var bl.a. Emma Gad. Et eventuelt overskud gik til godgørende formål.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen forsøger at male i Zoo, men vejret bliver hele tiden dårligt. Han har kun seks dage til at gøre billedet færdigt, og det bliver bedst i solskin.
+Larsen har hentet billeder fra indramning hos Winkel &amp;amp; Magnussen. 
+Georg Larsen (Grossereren) har sendt en veksel, og Larsen returnerer den med underskrift. Larsen spørger, om Alhed kan præstere 50 kr. til vekslen plus 10 kr. til Georg, som lagde ud for transport af billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FXkc</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 23 – 4 – 1903.
+Kæreste Alhed!
+Tak for Brevet i Dag. Det har været en temmelig haard Dag for mig, jeg havde ikke malet mere end et Kvarters Tid før jeg maatte holde op paa Grund af Regn og gik saa og drev omkring derude til Kl. henmod 2 for at se om det ikke skulde bedre sig, men forgæves, det er kedeligt for ovenpaa alt det jeg fik gjort i Gaar vilde det jo have været udmærket om jeg havde kunnet male i Dag det var saa udmærket at arbejde i, det begynder snart at blive spændende der er nu naar jeg regner den Dag med det skal indleveres akkurat sex Dage at arbejde paa det, jeg skulde jo da allerhelst have mindst en Dags Solskin, det vilde i Grunden gøre mig ondt om jeg skulde kludre det færdigt i Graavejr, naar jeg ved jeg kan faa en hel Del mere ud af det ved at male det færdigt efter Naturen, jeg ved nemlig at det i kunstnerisk Henseende ikke bliver bedre end det er nu dersom jeg ikke faar Solskin. Jeg har spist med Schous i Kvindernes Køkken i Dag og været oppe hos Winkel &amp;amp; Magnussen og hentet mine 2 Billeder som ser helt respektable ud i Rammen. Pakken kom i Gaar, jeg skal hilse fra Marie at hun er henrykt over den og at Du er et dejligt Fruentimmer, hvad jeg i høj Grad kan slutte mig til, for det er Du. Jeg fik Brev fra Dig i Dag og et fra Grossereren med en Vexelblanket som jeg sender indlagt i underskreven Stand sammen med et Par Ord til ham. Jeg ser af hans Brev at I holder ”Politiken”. Han skriver at Du har Penge til at forny Vexlen med og han vilde være meget glad ved at faa 10 Kr. foruden, som han laante os til at sende Billederne af sted for. Kan Du præstere 50 Kr. til Vexlen foruden de 10 Kr.? Det er kedeligt med Lysse at han bliver ved med den Hoste, bare det nu maa være bedre med ham naar Du faar denne Skrivelse, og bare Vejret maa være godt i Morgen. Uglen kommer i Morgen tidlig og gaar med i zoologisk Have for at se mit Billede og rejser saa over til Dig om Middagen. Mange Kys og kærlige Hilsner til Jer alle tre. Jeg elsker Dig.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1903-04-30</t>
+  </si>
+  <si>
+    <t>Odense
+Nordskov</t>
+  </si>
+  <si>
+    <t>Laura -
+Ludvig Brandstrup, billedhugger
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Theodor Philipsen
+Karl Schou
+Marie Schou
+Fritz Syberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg, Alheds mor, var, da Alhed skrev dette brev, enke, men hun boede stadig på gården Erikshaab ved Faaborg. I efteråret 1903 flyttede Laura Warberg til Sortedamsdosseringen i København. 
+"det med Katten i Døren" er formodentlig en af Johannes Larsens illustrationer til Kold: "Lille Mis". 
+Johannes Larsen har i en stor del af april malet på et billede af påfugle i Københavns Zoo. Det blev ikke færdigt til "første ophængning", men kommer med i "anden ophængning" ca. 30. april.
+Det er uvist, præcis hvad diskussionen med Kunstforeningens køb af billeder går ud på, men Fritz Syberg kommer tilsyneladende med nyt derom.</t>
+  </si>
+  <si>
+    <t>Alheds mor er syg, så søsteren måtte blive og passe hende og kunne ikke tage med til Kerteminde. 
+Alhed har truffet Fritz Syberg (Kunstneren), som vil til Nordskov den følgende dag.
+Kunstforeningen vil købe nogle billeder af Johannes Larsen. 
+Alhed synes, at Larsens billede af påfugle måske er for godt til en "anden ophængning".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K1YV</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Du er rigtignok flink til at skrive til mig, jeg blev meget glædelig overrasket ved at faa et her i Kerteminde strax efter min Ankomst, det kom med 2 Toget. Jeg kunde nok ogsaa trænge til lidt Opmuntring. Jeg fik ikke Dis med alligevel. Mor ligger nemlig syg, hun har længe været daarlig, men i Gaar blev det saa meget daarligere, at Doktoren blev hentet. Det er Brystkatarrh og Mavedito, begge i meget høj Grad, saa der er Feber med, saa [ordet overstreget] hun skal ligge ganske stille hen og Dis skal passe hende, Johanne har jo sin Musik i Odense og meget andet. Og Laura faar jeg jo ikke mere, saa nu er der jo igen det skrækkelige at jeg skal gaa her alene; naa, men det gaar jo nok. – 
+Ungerne var henrykte ved at komme hjem og gense alle deres smaa Ragerier. Her saa saa nydeligt ud og Vejret var jo henrivende. Kunstneren traf jeg i Eftermiddag, han rejser ud til Nordskov i Morgen. Tænk Dig, det var slet ikke det med Katten i Døren, Kunstforeningen vilde have, det var det lille Bryggersstykke til 100 Kr!! Og det med Flaskerne paa Loftet var det sikreste, det var de alle enige om, at de skulde tage. Det er rasende ærgerligt, Kunstneren mente Du uden videre skulde flytte Sedlen tilbage til Katten eller ogsaa helt tage den bort, det vilde Philipsen udmærket kunde forstaa, sagde han. – Marie og Agraren sidder herinde hos mig Marie skriver til sin Mor og Agraren har rørt en Æggesnaps til os hver. Vi har læst en Høne i Aften. Grossereren sagde, at det var godt nok til Dig, at Du ikke havde solgt noget, Du kunde lade være med at male saadan noget som Folk ikke brød sig om!! Det er jo godt det med ”Fremtiden”! der er dog Chancer. Hør, mon det Paafuglebillede ikke bliver for godt til 2den Ophængning. Sikken et dejligt Vejr Du har haft at male i Dag. Hils Schous 1000 Gange og bed dem undskylde, at jeg var saa væmmelig! Hils ogsaa Lud og andre. Puf ber mig fortælle Dig, at han havde klædt sig selv af i Aften. Lysse spurgte da jeg klædte ham af, om Du snart kom hjem med noget Brystsukker til ham, og da jeg benægtede det sagde han, at saa [de to ord overstreget] ”saa er han en lille Gris”!
+Naa nu Farvel, jeg er bleven træt og søvnig.
+Din Alhed</t>
+  </si>
+  <si>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
+Grethe Jungstedt
+Alhed Larsen
 Johannes Larsen
 Christine  Mackie
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
+[I brevet:]
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1903-07-27</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Flagstad
+Adolph Larsen
+Christine  Mackie
+William Mackie
+- Skakke
+Vagn Thomsen
+Peter Tom-Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
+  </si>
+  <si>
+    <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
+Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RBsG</t>
+  </si>
+  <si>
+    <t>Erikshåb 27 Juli 1903.
+Kære lille Junge! Tak for Dit lange Brev i Dag – uha! hvor I dog har det skrækkeligt! Der har vi rigtignok fået Dig sendt på Rekreation; det er da godt, Du kommer – herhjemme må da være Tusinde Gange sundere – hvordan Fanden her så end er.
+Hvad M &amp;amp; Billy angår, så er det jo sådan, at alene Tanken om dem er nærved at gøre os tossede herovre – så jeg kan da forstå, hvad det må være for Jer, der er lige midt i det.
+Du kan tænke Dig min Rædsel: Mor vilde partout læse Dit Brev i Dag – og det kunde jeg selvfølgelig på ingen Måde have – og allermest fordi Du omtalte den lille Episode med ”Lystigheden” – vi må jo for enhver Pris ikke puste til Mor.
+Så sagde jeg – at Du skrev om Dine private Affairer – og så var der ingenting i Vejen – men Mor opgav det strax.
+Du får blot et lille Livstegn – inden Du nu – om heldigvis kun få Dage – vender her tilbage. 
+Jeg er i Dag hjemkommen fra Odense, hvortil jeg rejste i Lørdags sammen med Tutte. Det var for Resten så velgørende at komme i helt fremmede Omgivelser – hvor ingen gik og ”vidade” så meget.
+Hr Skakke kom ganske uventet til Syne i Haven, da Tutte og jeg Søndag Morgen nød Kaffen derude – i dybeste Negligé; han var nok ude at se efter Sømand-Broderen som ventes til Havnen; traf ham ikke – og forblev så på Haugstedgård hele Dagen; Vagn Thomsen kom ligeledes om Form – og da Vejret var bedårende, så tilbragte vi 4 en rigtig hyggelig og god Dag. 
+Jeg glemte rent at tilføje på Pengebrevet, at Flagstad var her! han kom Lørdag [”Lørdag” overstreget og ”Fredag” indsat over linjen] Fredag Eftmd – og gled Lørdag Formd. sammen med Tutte og mig. Desværre måtte han slet ikke synge – p Gr a. Helbredet – men han er jo i sig selv et ganske herligt Menneske; han havde glædet sig til at hilse på Dig og Mornine – men vi andre gjorde alt hvad vi kunde for at gøre Fyldest. 
+Og i Dag har Tom Petersen været her – han er så rasende rar og hyggelig; de er lige marcheret af med ham til sidste Tog. 
+Nå, lille Junge – så tar jeg mod Dig Torsdag Aften med 6 Toget (vi kører Tørv, så der bliver vist ingen Vogn af!)
+Jeg føler noget lignende som engang, jeg skulde lukke op for en Høne, som jeg havde glemt i 5 Dage på en lukket Hønsebænksrede – jeg kan uske, at jeg væbnede mig med et Kosteskaft, da jeg skulde konfronteres med det afpillede Væsen.
+Jeg tror, at jeg tager Skakke med til Højrup, at han kan lukke op for Dig.
+Dette er Galgenhumor lille Junge – jeg er alt andet end i mindste Måde lystig ved Tanken om alle Jer deroppe. Er Billy der – så giv ham min varmereste Hilsen. Den store goe Billy!
+Også til Mornine – og Dig selv – mange – mange gode Hilsner!
+Din Dis
+p.s. Agraren kommer ikke.</t>
+  </si>
+  <si>
+    <t>1903-10-23</t>
+  </si>
+  <si>
+    <t>Marie Hansen, pige i huset hos Alhed og J. Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er muligvis i sit barndomshjem, Erikshaab, for at rydde huset i forbindelse med moderens flytning derfra.</t>
+  </si>
+  <si>
+    <t>Lille Marie er bange for, at hun har glemt at sætte stenen i hullet for rotter i vaskehuset.
+Alhed Larsen har hovedpine, og der er uhygge omkring hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bFvS</t>
+  </si>
+  <si>
+    <t>Kæreste Las! Dette bliver kun et Par forjagede Ord om Forretninger. Lille Marie mener hun har glemt at sætte Stenen i Hullet for Rotter i Vadskehuset, gør det endelig, jeg er bange for Sildene. Hvordan har Du det?? Skriv endelig til mig. Ungerne har det godt, jeg selv desværre som sædvanlig Hovedpine. Her er allerede Opryt og Uhygge, det er skrækkeligt at se paa. 1000 Hilsner! [nogle bogstaver overstreget] Tænk pænt paa mig
+Din egen A.
+Fredag</t>
+  </si>
+  <si>
+    <t>1903-10-26</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Ludvig Brandstrup, billedhugger
+Christian Eckardt
+Niels Elgaard Amstrup
+Andreas Larsen
+Johan Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Henry Smith, nær Erikshaab</t>
+  </si>
+  <si>
+    <t>"Nu synger det gamle Haab paa sit sidste Vers": Albrecht Warberg, Alheds far, døde i september 1902. Den nye godsforvalter, Jørgen Paludan, overtog (embeds)boligen, Erikshaab, som var Alheds barndomshjem. Laura Warberg, Alheds mor, flyttede til København.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab for at pakke indboet sammen, og det er svært. Der er dejligt på egnen, men hun har ikke tid til at gå tur. Det bliver måske det sidste brev, Alhed skriver til Johannes fra barndomshjemmet.
+Alhed beder om, at Johannes Larsen får billederne fra Lud(vig Brandstrup) hjem. Paludan (Palam, hendes fars afløser) kan måske få/købe nogle af billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hrbC</t>
+  </si>
+  <si>
+    <t>Kæreste Las!
+Tak for Dine to Breve! Nu er Du altsaa i København, hvornaar kommer Du hjem igen? – Nu synger det kære gamle Haab på sit sidste Vers, det er drøjt kan Du tro at gaa og pille det hele fra hinanden, man kan næsten ikke faa sig til det. Endnu i Gaar var Stuerne hyggelige og uforandrede, her var nogle Fremmede til Kaffe, Mogensens, Amsts og Smiths. – Her ser saa dejligt ud ude omkring med de gule Blade og de store Oversvømmelser paa Engene, men her er desværre ikke Tid til en Tur. – Kan Du passe godt paa med Sporvogne, hører Du! – Kunde Du ikke faa de Billeder fra Lud praktiseret hjem – ikke Tjalfe naturligvis – Palam taler meget om de Malerier, saa vi maa jo ud med nogle, om han nu fik Chr. Andersen og os 4 paa Klinten? saa kunde vi hænge Din Far og Bob op i dets Sted. – Saa nu maa jeg slutte. Det er maaske sidste Brev jeg nogensinde skriver til Dig herfra, hvor jeg har skreven saa mange. Jeg længes efter Dig! Ungerne har det godt. Hils Eckardts vældig og andre.
+A.
+26 Okt 03.</t>
+  </si>
+  <si>
+    <t>1903-11-08</t>
+  </si>
+  <si>
+    <t>Italien
+Genova
+Villa Eden</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Lorenz Bierfreund
+Julie Brandt
+Thora  Branner
+Alfred Goldschmidt
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Henrik Ibsen
+Otto Emil  Paludan
 Ellen  Sawyer
+- Skakke
 Laura Warberg</t>
   </si>
   <si>
-    <t>Laura Warberg, som var mor til Astrid Goldschmidt og Johanne Larsen, var død året før i april måned. Hun boede sine sidste år hos Alhed og Johannes Larsen.</t>
-[...191 lines deleted...]
-Bibbe – Kerteminde.
+    <t>Astrid var tilsyneladende i Italien med Hirschsprung-familien. Hvorfor vides ikke. 
+Warberg-familien måtte flytte fra gården Erikshaab efter Albfrecht Warbergs død. Der var tale om en tjenestebolig, og Otto Emil Paludan/Pallam overtog embede og bolig. 
+Skyldråd: Råd som leder ejendomsvurderingerne i en skyldkreds. 
+Herzeriet: Tysk for hjertet – og kærligheden.
+Museo Nazionale di San Marco er et kunstmuseum, der ligger i det middelalderlige dominikanske kloster dedikeret til Sankt Markus, beliggende på det nuværende Piazza San Marco i Firenze, Italien. Museet indeholder den mest omfattende samling i verden af værker af Fra Angelico, som tilbragte flere år af sit liv der som medlem af det dominikanske samfund. 
+Kilde: Wikipedia.
+Det vides ikke, hvem Målerne er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Johanne C. Larsen til Astrid W, 1903-11-08, 2415</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johanne har skrevet til Astrid den sidste aften på Erikshaab. 
+Hun skylder vist Astrid penge.
+Julie/Pans kåbe er kommet med flyttevognen. 
+Johanne tænker på sine oplevelser i Firenze. 
+Paludans stue er blevet smukt indrettet.
+Brev 2:
+Astrid skal skrive til moderen!</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dkGR</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Villa Eden
+Nervi
+Genova
+Italia
+Poststempel
+[Skrevet af ukendt:] fra Junge om Peter Bichel forlovelsen
+[På kuvertens bagside:]
+Poststempel
+[Skrevet af ukendt:] 13 Nov 1903
 [I brevet:]
-Søndag d 13-1-1889
-[...30 lines deleted...]
-Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
-----------------
-Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
-[...8 lines deleted...]
-Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
---------------
-Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
-[...67 lines deleted...]
-Jeg har fået de Handsker med Fugtighedspletterne farvet sorte for 50 Ør. jeg kom og bildte Chr. ind at det var nye for 4 Kr., desværre er de lidt for store. Tænker I lidt venlig paa mine Læderknappesko? Jeg savner dem egentlig – men det haster jo ikke sådan alligevel!</t>
+8 – 11 – 03 
+[Øverst lodret på første side har ukendt person anført et regnestykke] 
+Kæreste lille søde Disserbein!
+Endelig faar jeg sanket Energi til at skrive til dig, maatte nu Aanden ikke straks stikke af igen, men blive her og være lidt godt over mig! Tak for Dine Breve derude fra; du synes mig ikke ret at være i den rette Himmel - - hvad? Saa vidt jeg husker (jeg har ikke dit Brev her og gider ikke godt gaa ned efter det) skriver du ikke noget om, at du har faaet to Breve fra mig - et som var skrevet den sidste Erikshaabs Aften, men det har du vel. I dem begge glemte jeg at skrive, at dine Skakke–Fotografier er lagt i Fremtidens Haand; man har nemlig travlt. Man arbejder nemlig saa rent utroligt med alskens Skyldraad. Lige til 12-1 om Natten arbejder man. Den eneste Fordel derved er, at andre faar en utrol. Masse Nattesøvn i den Anledning. Saa du maa tøve! og stole paa, at der er absolut er ingen Tid til at lave Billeder hverken til dig eller nogen anden. 
+Saa er der det andet Forretningsanliggende. Min ”Skyld” til dig. Ja, der er det penible at jeg netop vilde have skrevet og spurgt dig om, hvordan det har sig, for jeg aner det ikke. Fik du ingen Penge af mig? Hvis du ikke gjorde det, er Sagen klar nok: jeg skyldte dig 12 Kr (Natkj.) + 2 Kr. (Svamp) og deraf skal jeg give Hr. Skakke de 4 for Billeder, altsaa skylder jeg dig 10. Du kan vist selv bedst huske om du fik nogen hos mig eller ikke. Skal du sende 10 Kr. til dem og giver Adr.? Da jeg ikke ved noget med Bestemthed har jeg ingen sendt.
+3de Forretn. Pans Kaabe var jo i Flyttevognen alligevel; Pakmesteren kom tilbage hertil og ham fik jeg til at tage Pe[ulæseligt] og en stor Pakke med sig til at putte ind i Flyttevognen. I maa da have funden den og givet Pan den for længe siden ? ? ?
+Pakken staar i de [ulæseligt], men du aner ikke hvor det var svært at finde det hele. Jeg havde dog for Resten været forberedt paa langt større Fadaiser end dem jeg har begaaet. – Nu har jeg fastsat min Rejse til Staden og jeg haaber, at jeg ikke skal bestemme mig om; Torsdag d. 19de fra Odense og jeg glæder mig kolossalt – ikke mindst til lille Alfred, hvem du nok gaar og finder bedre og bedre?
+Hvad mig selv angaar, saa har jeg det brillant; jeg spiller til min egen Tilfredshed – det gaar saa grinagtig let for mig i denne Tid og saa læser jeg med Lidenskab. Jeg læser Ibsen – ja, jeg studerer Ibsen kan jeg sige, slæber hele Tasker fulde af hans Bøger med hjem og læser saa de glimrende Lambek Kritikker - lige efter, det er en sand Svir, og jeg studerer Brandes: Henrik Ibsen og jeg studerer Bierfreund: Florenz. Denne sidste kunde jeg ikke staa for da jeg traf den i en Boghandel i Odense, købte den for 3 store Kroner [skrevet under sidste ord ”Kroner”] og har nu i Aften læst om Fra Giovanni – alias: Beato di Angelico – alias: Fiesole. – ham der har lavet alt det vidunderlige overjordiske i Museo di San Marco i Florenz. Du ved, at den tyske (svenske) Maler skrev til dig at du maatte endelig se S. Marco Kloster i Florenz og jeg sad og maabede og vidste ikke rigtig hvad det var; senere gik det op for mig, at det var det herlige Sted, hvor jeg gik og fik Kvalme af Begejstring og hvor Tutte og jeg maatte lade vore amerik. Misser passere, for at vi alene kunde nyde Herlighederne. Det var det vidunderligste jeg saa af Kunst i Florenz. Ogsaa Bierfreund er meget begejstret. hm! hvilket jo altsaa geraader hans Smag til Ære. Hvorledes gaar det med Herzeriet giver det stadig smaa Livstegn med Omsvøb fra sig? Skriver Målerne noget? Hvad siger lille Alfred for godt? Saa vidt jeg har forstaaet det, har han heldig overvunden mig som Skær, hvorpaa der jo maatte strandes. Han skrev lidt forblommet derom. Det er igen [ulæseligt]gaards Ord i Elsa Finnes Mund. Saa snart Haabet dør, dør ogsaa Kærligheden. Hvad? tror du ikke.
+Naa – Pallams Stue er bleven nydelig kan du tro. Hvem der ser den er begejstret og den er ogsaa ganske overordentlig smuk. Et dejligt rødt Gulvtæppe har vi fået, en smuk Messinglampe, to smukke Lysestager - Møblerne er jo dejlige. Chatollet ikke til at stå for. Nye Gardiner – samme Slags som de gamle. –
+Der sad jeg skam og faldt i Søvn. Klokken er lige ved 11, da ["da" overstreget] jeg ville oppe paa mit Værelse, der jo ser ud ganske som før, men ak hvor længe varer det før ogsaa det kommer under ”Forvandlingens Lov.” Naa, jeg er nu ikke mismodig, det er man jo ikke, naar man er i Ballonen – du husker vel Elles gamle Udtryk for, naar der var Fart i en – åndelig ment. Du er vel ikke ked af, at du skulle rejse – jeg kan ikke rigtig blive klog paa dig; et Sted skriver du, at du længes efter at komme ”ud” og et andet noget om at der endelig maa ligge Brev til dig nar du kommer til Nervi træt og sløj el. lignende - Hvad er den rette Mening (? Lad mig høre lidt nærmere om denne Sag. Jeg tror nok, at jeg p.Gr.a. Søvnighed maa sige Stop for i Aften bare jeg vidste, om du faar dette i Kbhvn. eller ej; I skrev ikke noget om, hvor længe Rejsen var udsat, saa det vidste I vel ikke. Farvel lille Dis og Lykke paa Rejsen, lad mig se, du holder Halen højt. 
+Skriv snart. Hils Hirschsps.
+Din Junge.
+Kære Dis!
+Bare to Ord Posten er der! Jeg er lige hjemkommen fra Kbhv. Du maa skrive til Mor, hvad tænker du dog paa? Hvor kan du lade hende gaa i den Pine og Uvished og for Peter er det jo stor Skam
+Skriv nu
+H[ulæseligt] T.</t>
+  </si>
+  <si>
+    <t>1904-03-02</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Aammen Jørgensen
+Augusta Mogensen
+Marie Paludan
+Erik Schaffalitzky de Muckadell
+Johanne Schroll
+- Skakke
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Erikshaab nær Sallinge på Sydfyn var godsforvalter Warbergs tjenestebollig, og her voksede Warberg-børnene op. Efter hans død måtte enken, Laura Warberg, fraflytte gården, og hun flyttede i slutningen af oktober 1903 til en fireværelses lejlighed på Sortedam Dossering 25 i København. Her boede hun og sønnen Andreas (Dede) en tid sammen. 
+Sommeren 1904 førte Johanne Warberg Larsen hus for den nye godsforvalter, Otto Emil Paludan/Pallam, på Erikshaab. Hendes lillesøster, Astrid, kom og tilbragte noget tid med dem dér, da der var fjendskab mod hende i familien, efter at hun var blevet forlovet med Alfred Goldschmidt (Astrid Warberg: Mit Livs Bog s. 61. Upublicerede erindringer; Kerteminde Egns- og Byhistoriske Arkiv).
+Familien Schroll boede på gården Lykkenssæde. 
+Det er uklart, hvilken søn der i 1904 blev født på Brobygaard. 
+Det vides ikke, hvad Otto Emil Paludan/Pallams mor hed. 
+Det vides ikke, hvem Viggo, Lisbeth, Kræstine og Hulda var. 
+"Slaa op paa Jensen": Frøken Jensens Kogebog udkom første gang 1901.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0424</t>
+  </si>
+  <si>
+    <t>Spegepølsen er umulig at skære af.
+Det er dejligt, at Astrid/Dis er på Erikshaab hos Johanne. 
+Man har holdt klubmesterskab på gården. Johanne/Junge var nødt til at høre på de gamle, som brokkede sig over alt. De fik masser af god mad.
+Det går skidt med Erik Schaffalitzky de Muckadell. Der er født en søn på Brobygaard. Paludan/Pallams mor har ikke langt igen, og når hun dør, flytter Marie nok til Erikshaab. Det vil være godt, for folk sladrer om Paludan og Johanne/Junge.
+Johanne beder om nogle mål samt opskrifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LMm3</t>
+  </si>
+  <si>
+    <t>Erikshaab 2-3-04. 
+Kære Mor! I Aften maa jeg se at faa skrevet lidt til dig, ellers bliver det aldrig af. Det var rart, at du var tilfreds med Sendingen og glad ved Blomsterne; hvis du skriver lidt snart igen skulde du lægge dit Brev i den lille Æske som jeg sendte den i, den gaar jo for et Brev, for jeg haaber da ikke du maatte betale for at faa den? og saa kan jeg sende den med Blomster igen, naar jeg skriver.
+Hermed følger Regningen paa Flæsk og Ost, som jo ikke i Pakken, men de Penge kan jeg jo faa en Gang ved Lejlighed, det haster slet ikke. 
+Spegepølsen er af Tante Visses Opskrift; den første vi tog fat paa, var i en Tarm og godt stoppet, men den vi nu har i Gang er umulig at skære af, og saa er Jeres vel ligesaadan; det er ærgerlig; de maa jo kunne være stoppet fastere, men de er jo saa egenraadige og jeg saa ukyndig paa Slagteområdet, at jeg ømmer mig lidt ved at blande mig i det. Næste Gang vi skal slagte, maa du komme over og hjælpe mig. ---
+I Gaar havde vi saa endelig Klubmesterskab, og du kan tro, jeg var glad ved Dis, ellers ved jeg ikke hvordan jeg skulde have klaret mig. Der var det sørgelige, at Fru Peja netop ikke i disse Dage er helt frisk og udeblev. Det var mig et meget haardt Slag. Dels vilde det have moret mig at have den rare Fru Peja til Gæst, dels sad jeg jo saa net i det med Damerne Degn og Aammen; de unge der jo gærne vilde ryge fik jeg op paa Skakkes Værelse, hvor der var Varme og Hygge og hvor de da heldigvis morede sig; der var Viggo, hans Kæreste, Lisbeth, Hulda, Kræstine og Dis; jeg saa jo saa langelig efter dem, da de drog af, men blev tappert paa min Post hos de gamle og hørte taalmodig paa hvor meget Haandarbejde, Døtrene havde faaet udrettet i Vinter. Fru Degn var i sit kritiske Hjørne -- - at Spegepølsen var for stærk og at den var meget for salt, kan du jo nok forstaa, og at min fine Valnøddekage ikke burde have været af den smukke ganske svagt grønlige Kulør men derimod hvid er jo ogsaa ganske indlysende. Jeg var saa dum og lidet overlegen at lade mig irritere baade af den Slags og af den anden stille Kritik som alt mødte hos hende. Jeg maatte tænke paa Fru Mogensen, der jo kan blive saa rasende paa hende. Forøvrigt fik vi en aldeles brillant Oksesteg med godt brunede Kartofler og udmærket Sauce; re [”re” overstreget] skrabet Peberrod, Aprikoskompot, Stikkelsbærgélé og Jordbær. Saa blev Tallerkner Knive og Gafler vadsket af i en aldeles vidunderlig Fart; saa koldt Bord: Sildesalat, Makaronisalat, overskårne Æg med Ansjos, Rullepølse, Spegepølse, Svejtserost Keks og fine Tvebakker. Til Kaffebordet en vellykket Bakkelse, lige bagt, saa den var varm endnu, Valnøddekage, Tvebakker Vanillekranse og brune Kager. Maa det dog ikke siges at være net? Men Gud hvor vi savnede Fru Peja! Jeg var komplet mør da de var kørt. Der var ikke den Stemning som til vore foregaaende Gilder – men det har jo heller ikke været Degnegilder.
+Med den gamle Greve er det c. det samme, dog tror jeg, man maa sige, at det gaar langsomt tilbage med ham, men nogen synderlig Forskel er der ikke, mener Pallam. Mon du ved, at de i Søndags fik en Søn paa Brobygaard og at det staar saa udmærket til der. – Med Pallams Mor ser det nok lidt sløjt ud for Tiden, hun har saa grumme faa Kræfter; jeg tænker mig næsten ikke at hun har saa grumme lang Tid tilbage – skønt man ved jo ikke – og i saa Tilfælde var da Maries Plads her; det var vist ogsaa det bedste for Pallam; jeg virker vist desværre ”depraverende” paa Pallams Nerver, hvilket vi vist kan takke Folk for, der ikke kan passe sig selv, men føler sig forpligtigede til at udtale sig om ham og mig, hvilket er meget beklageligt. -
+Vi er bedt til Middag paa Lykkenssæde d. 7ende; det morer mig ikke saa meget at skulle til Halløj netop den Dag, men det er jo naturligvis noget Pjank, vi var bedt til den 4de først, men da kunde Pallam ikke, de gør 2 Middagsgilder for hele deres Omgang. -
+Vil du ikke gøre mig den Tjeneste at maale Bredden og Højden af Tøjet paa din Kakkelovnsskærm, for at jeg kan se, hvor stort jeg skal gøre mit Kludetæppe jeg havde taget Maalene, men smidt dem bort. Og saa lige slaa op paa Jensen og se hvor meget Smør Sukker og Mel, der skal til ”Finsk Brød”, den staar mellem Smaakagerne, du behøver ikke at skrive Opskr. omstændelig. Ligeledes Vanille_kager_, hvis du gider. Jeg har faaet Fortegnelse fra Lø[ulæselig]; hvordan i al Verden skal jeg klare det, jeg som intet aner i den Retning?
+9 Pund [Symbol for pund] Ost a 16 Øre 1,44
+7 Pund [Symbol for pund] Flæsk a 53 Øre 3,71
+5,15
+Nu kun de bedste Hilsner fra os alle!
+Jeg er forfærdelig glad over at have Dis.
+Din Junge</t>
   </si>
   <si>
     <t>1904-06-14</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
@@ -2131,189 +12421,229 @@
 Så kom Junge for at ”pynte mig” – men der var jo ingen Materialer at virke med – vi fik os da en alvorlig og hyggelig Snak; så kom Ta Mis med en ganske dejlig – stor grøn Keramikvase til mig [Tegning] der kan sættes Lampe på om Vintren. Det var rasende pænt af hende – så kom Grethe – smilende og gratulerende midt i sin egen store Strid. Men hvad der ikke kom – var nat. Tøjet. Endelig – lidt pr 10 ½ ringede Trøjen – den sad glimrende – og blev almindelig rost – først ¼ før 11 – kom Frk Svenssen pustende og rystende med min Kjole – samt Lugges! Vi sendte hende da expres til Forchhammersvej – hun mødte dem undervejs – og de tog Kjolen i Barnevognen og Lugge klædte sig på i P. Skramsgade. 
 Nå – min Kjole passede udmærket (nat. manglede de halve Hægter!) og de roste også den meget.) Så gled vi alle hen til Sporvognen (Dede var inviteret med dem af Fru G – men han undskyldte sig,) hvor de andre tog Afsked; kun Junge og jeg fulgtes ad – til Kongens Nytorv; så gik Junge hen at købe en Brudegave – og jeg hen i Magasin du Nord, hvor jeg var så elegant og silkeknitrende – at alle sagde ”Frue”-!!! Nå, jeg havde nogle 
 II) Ting at købe, som skulde med på Rejsen. Så sejlede jeg op i Brudehuset - hvor Feststemningen strax slog mig imøde, så snart jeg trådte ind. 
 Magisterens og Abrahams’ var kommen – strax efter kom Junge – to af Fru Goldschmidts Søstre samt en Fætter til Alfred (og god Ven). I alt var vi 14. Så kom vi ind til det fineste og festligste Frokostbord, jeg nogen Sinde har set – et Væld af Blomster alle Vegne – de fineste slebne Krystalting – mørke grønne Rhinskvinsglas – fint sachsisk Porcelæn o s v. Vi satte os til Bords – ved Alfreds Kuvert lå en Myrtebuket – og ved min – en rigtig Myrtekrans! Jeg blev meget rørt og glad. Så sagde Alfred, at jeg skulde se indeni Servietten – han havde lige selv i sin Serviet funden et hvidt Silkelommetørklæde med Navn syet af hans Mor. I min lå et henrivende lille Kammerdugslommetørklæde – med en håndsyet Blonde om – og et fransk AG. Broderet af Svigermoder. Var det ikke rasende pænt! 
 Skønt Brudepar, som vi var, og trods al Hæder og Sindsbevægelse – var vi dog begge mægtig sultne – og deres fortræffelige ”cocher” Mad smagte storartet – vi fik en varm Ret i en Slags Butterdejstærte med Fisk i – Champignonsauce til. Dertil Rhinskvin og smukke Taler – både af Svigermor og af Ernst. Derpå et overdådigt koldt Bord – sidst Kaffe. Lugges lille Pige og Ingeborgs do Dreng – underholdt hinanden i Johannes Værelse – passet af en Kone.
 Så holdt Kareten for Døren – og vi kørte – Svigermor – Junge – Magisteren – A og jeg.
 Vi var omtrent de første, der kom ind – og vi var alene!) ingen fremmede blev viet samtidig. 
 For vores Pårørende var der naturligvis. Det var meget højtideligt – og meget smukt. 
 Så kørte vi hjem. Lad mig dog fortælle Dig, at vi kørte i en elegant Wienerlandauer (som vores hjemme.) med Galla Kusk og Heste – det kostede 4 Kroner og Kusken fik 1 Krone i Drikkepenge. Nå – denne Meddelelse er nok bedre for andre. 
 Svigermor skyndte sig først op ad Trapperne – og da vi mærkede der var noget i Gære – holdt A og jeg os lidt tilbage – og kom sidst op. I den store Dagligstue – hvor alle havde forsamlet sig - blev vi modtaget med den dejligste Musik - det var A.s Mor og Johanne, der spillede firhændig – Bryllupsmarchen af en Skærsommernatsdrøm! Herligt! Derefter sang Johanne til Accompagnement to Sange – begge af Svigermor. Den ene alvorlig – den anden (sidste) morsom. Den alvorlige var til den dejlige og gribende Melodi af Sep. Rosenfeldt: ”Åh Farvel! og vær velsignet!” Mornine har sungen den ofte:
 Du kan ikke tænke Dig, hvor smukt og højtideligt det var!
 Så kom vi ind i Spisestuen – midt på Bordet stod et mægtigt Overflødighedshorn med et lille Brudepar i Toppen – og så var der flade Glas – Champagne. – Jeg tror nok, at baade Magisterens og Junge befandt sig vel – og det var jeg jo også meget glad over at føle. 
 Ved 5 Tiden kørte vi til Nordbanen og tog (II Kl. nat.) til Helsingør – herfra lige videre ad Gribskovbanen til Helsinge – hvor vi overnattede i en fin og moderne Kro – med elektrisk Lys – smukke Lokaler o s v. Næste Morgen kørte vi i Dagvogn til Tisvilde – hvor vi blev lige til Søndag Aften. Der var ganske storartet – frisk og herligt. Vi badede i det storartede Vand. Ankom til Kjøbenhavn om Aftenen Kl c 12 – og modtoges med et pragtfuldt Fyrværkeri fra Tivoli. Muligvis var det dog mere for Grundlovsdagen end for os. 
 Vi sov på Blankensteiner den Nat; sidste Dag var vi til Frokost hos A’s Forældre; vi fik da set rigtig på Gaver og Telegrammer o s v. Vi fik c 60 Telegrammer – deraf 6 på Vers! Og en Del fik jeg jo til mit forrige Bryllup. Af en Tante fik vi én stor Sølvøsopske (vi byttede så den anden for Teskeer) af en ny en i Forretningen 12 små henrivende Kaffeskeer – i Vifteetui næsten som Dine små fra Sølvbrylluppet. Og i Penge fik vi i alt 405 Kr. Af Johanne et nydeligt broderet Stykke til en Sofapude – af Ernst et Maleri – af nogle unævnte i Odense 
 III) 12 Par fine Kaffekopper, af en Tante i Hamborg et Kaffefad af sachsisk Porcellæn, af en do en kinesisk (stor og grim) Bakke, af en do – et stort Blomsterglas af usleben Glas – af en rig Onkel en pragtfuld Vinkaraffel af ægte Krystal – af Ingeborg Abrahams et broderet Bordtæppe til vort Spisebord – af en ung Dame - en Blodbøg i Urtepotte, af en anden - en stor Philodendron, af en Ven til Alfred – Troels Lunds samlede Værker og af en Fætter – et Billede af Grethe: en Blomst i Potte af Junge – en Bog af Høffding (Etik) Desuden mange Blomster. Alt mit Sølvtøj fra d 27 Maj – samt Granathalsbåndet - blev almindelig beundret både på selve Bryllupsdagen deroppe – og siden af Gratulanterne. - . derfra gik vi hen på Kongens Nytorv, hvor vi skulde bestille Takkekort hos Åmond; da Madame bor lige ovenover – løb jeg derop mens A. besørgede Kortene. En sortkjolet Pige lukkede op – jeg knirkede en Smule med Silken og bad hende melde Fru Astrid Goldschmidt! Det var min første egentlige Fruetriumf; Madame hørtes le højt, og kom mig smilende i Møde med ét: ” Nå, er vi så vidt, Dis,” og hun gratulerede mig på det hjerteligste – og hvem sad i Sofaen? Gamle Fru Hirschsprung! nåda, hvor jeg gottede mig over at stå der og knitre som Frue – jeg – den usseligste Tjener i Kongens Gård! 
 Nå, gl. Fru Hendrik var da også Elskværdigheden og Hjærteligheden selv – så det var en yderst vellykket Visit. – Så drog vi til Porcelænsfabriken, hvor vi udtog et komplet og pragtfuld Kaffestel for de 50 Kr. fra Malmø. 
 Af Spisestellet til 12 – lod vi dem give os til 6 nu – og opbevare Resten til Efteråret. Så gik vi i Bræddehytten ved Tivoli, hvor vi spiste til Middag, da vi ingen Gas havde fået til vort Hus endnu. Der traf vi Maleren Syberg, hvem jeg strax præsenterede min Mand! og vi fik os en morsom Snak. Endelig tog vi hjem til os selv. Junge havde hængt Gardiner op for os, der lå Breve til os og det hele var uhyre festligt. Og nu er vi efterhånden kommen i den skønneste Orden. Og det er nok på Tide, at denne Meddelelse kommer af Sted; mit Brev er bleven afbrudt flere Gange af Visitter; jeg har lige nu set i Politiken det længe ventede Telegram – Hellig Olav ankommen Mandag Aften til New York – alt vel. Og nu sender jeg med så megen større Glæde mit Brev. 
 Du kan nok tænke, at vi længes forfærdelig efter Dit første Brev – hvis Du bare har været rask – så har Du nok skreven om Bord – og så kan vi snart have det. Du har nok allerede oplevet en Masse!
 Ja, jeg kan jo ikke sådan forklare Dig, hvordan vi bor, men Du får det da også at se selv til Efteråret. Kun vil jeg sige, at vi er meget begejstrede begge to – alle Møblerne passer så brillant her og ser så godt ud. Vi må jo op om Morgenen Kl godt 6 ½; Alfred skal gå ¼ i 8. Jeg følger ham da til Stationen (20 Min) – og går så op gennem Jægerborg allé og køber ind til Middag. 
 Så går jeg hjem og beskikker mit Hus og har jo så en dejlig lang Tid til hvad jeg vil – men endnu har jeg haft nok at gøre med at ”ordne” alle Steder. Og når først vi får Klaveret, skal jeg til at spille hos Ingeborg. Dog bliver det vist ikke før efter Sommerferien . vi rejser om c 14 Dage til Erikshåb, hvortil vi er inviteret af Pallam – og vi glæder os begge meget. 
 Dermed være ikke sagt, at her ikke er rart – for vi er begge nærmest begejstrede over Tilværelsen. - . Nu håber jeg Du er tilfreds med dette Brev; vil Du hilse Mornine og Elle mange Gange (jeg venter næsten et lille Brev fra dem) og Tusinde kærlige Hilsner til Dig selv fra Din Putte
 [Øverst på første side er skrevet på hovedet:]
 p.s. Alfred sender mange Hilsner!</t>
   </si>
   <si>
-    <t>1938-02-13</t>
-[...8 lines deleted...]
-    <t>Thora Cohn
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
+  </si>
+  <si>
+    <t>1905-11</t>
+  </si>
+  <si>
+    <t>Sidsel -
+Julie Brandt
+Bodild Branner
+Ellen Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Louise Brønsted
+Alfred Goldschmidt
 Drude Jørgensen
 Alhed Larsen
 Johannes Larsen
+Christine  Mackie
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt lånte formodentlig Laura Warbergs lejlighed på Sortedams Dosseringen i København, mens Laura Warberg deltog i dåbsfesten i Odense. Sidsel var pige i huset hos Laura Warberg.
+Dåbsbarnet må have været Thora og Wilhelm Branners førstefødte, Bodild, og Thoras adoptivfar, Hempel Syberg, lagde hus til festen. 
+Det vides ikke, hvem Kaufmann, Meyer, Helga og Johanne G. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0891</t>
+  </si>
+  <si>
+    <t>Dåbsfesten i Odense var vellykket. Den lille pige var yndig, og Thora/Tutte havde ny dragt på. Laura Warberg har været fire dage på Erikshaab.
+Christine Mackie er bange for kryb, og Laura ville hjælpe med at indfange dem.
+Louise/Lugge Brønsted er rejst til Småland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4KkS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i brevet:]
+Kjerteminde d. 11te
+Kære Astrid!
+Jeg blev meget betuttet over Dit Brev i Dag, for Sidsel er sikkert rejst for flere dage siden. Nøglerne er hos Madam Str[ulæseligt] Ryesgade No 1 3; Nøgle[ulæseligt] bad jeg Sidsel sætte ovenpaa Skabet i Sovekamret og der er vist Nøglen til Symaskinen. Hvis ikke, saa er der 2 Nøgler under Papiret i den 3_de_ øverste Skuffe i Chiffonnièren, den ene er til Konsolen ved Portièren og saa er den maaske i den Skuffe. Kaufmann klippede Thoras Bleer, bed ham om det; der skal ingen Baand i. Der er absolut ingen Optegnelse om Børnetøj paa Værelset elles har været, mens jeg har boet der, men Kaufmann veed jo Besked om alting; de er saa flinke. Tak for dit forrige Brev lille Putte, jeg vilde have skrevet til Dig i Morgen, i Dag hygger vi og i Gaar var jeg saa sløj og træt efter de 4 anstrængende Dage paa Erikshaab og Festen i Odense, der var meget vellykket. Der kom flere Telegrammer bl.a. fra Las og Be fra Gedser; det var jo kedeligt Du ikke fik skrevet. Pigen var henrivende i sin fine Kjole med blegrøde Baand; Thora i en ny lys [ulæseligt] som Wilhelm havde valgt afsendt, den blev syet i Odense. Fru Drude og hendes Mand, Vesterdal (Hempel Dede Syberg Faddere) [Ulæseligt] Meyer med Forlovede fra Kbh. Fra hver var der 2 smaa Naale til den lilles [ulæselig] samt et Brev fra Kusine Alhed meget sjov sat sammen. Børnene her er søde, Du skal nok få et Brev herfra en Gang til, men skriv saa fint et Brevkort om hvor Du er. Du holder vel næppe af at gaae alene der og er Sidsel ikke rejst, saa maa hun være lige ved hun skulde jo nødig ofre noget af sin Ferie. Naar Johanne G. er bortrejst saa tænker jeg mig, Du indtager hendes Plads der, men[ulæseligt] jo ligefuldt [ulæseligt] hen hos mig og [ulæseligt]. Hermed et Par Breve, da jeg mangler Tid til at skrive mere i Dag; jeg skal ned med Breve og saa stryge igen. Jeg var oppe før 7 i Morges og [ulæseligt] først; jeg ligger i Sovekamret sammen med Børnene, Myg, Fluer, Ørentviste, Edderkopper m.m. Chr. er syg af Angst for Kryb. I Aftes var hun til The hos Sybergs, jeg havde i Sinde at staae op at hjælpe hende at indfange Ørent. men saa kom hun med herind [ulæseligt]. Chr. rejser paa Fredag ned til Tutte Dagen efter til Snøde; jeg er glad for hende de Dage her. Nu gaaer Du da endelig op til Ta[ulæseligt] og giver hende Din Adr: Jeg har fortalt hende at hendes Veninde har intet Renommé som Læge, derfor tager Du en anden. Hun fandt dette i sin Orden. Hvor kedeligt at Alfreds Rejse ikke blev i August, naar Chr. og jeg er dernede! Saa yndigt vi kunde have haft det! Jeg har faaet et Par ord fra Muk fra Landeryd, hvortil de var ankommen i god Behold. Wilhelm havde saa ondt af Muk i den sidste Tid, han gav hende en hel Del Kakao og Chcolade med. Adr: er jo. Båxhult, pr. Landeryd – Småland. Hun vil være henrykt ved Breve. – De gamle Lagner Du havde liggende i et af Skabene. Du tør maaske nok ligge der, om ogsaa Sidsel er væk.- Er Pan der, kan hun jo ligge hos Dig eller Helga? Saa faaer jeg et Par Ord paa Torsdag Morgen. 
+Kærlig Hilsen! Jeg skal skrive samme Dag jeg faaer fra Dig.
+Mor. 
+Skuddene kan nok taale lidt Morgensol.
+Vild Du lade Brevene ligge hos mig?</t>
+  </si>
+  <si>
+    <t>1905-01-17</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Kikkenborg 12-13, 5300 Kerteminde, Danmark
+Erikshaab Assensvej 198 5750 Ringe</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
 Marie Larsen
-Else Larsen, Else, Andreas Larsens kone
-[...123 lines deleted...]
-Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+Marie   Larsen, Georg Larsens datter</t>
+  </si>
+  <si>
+    <t>CHristine er indlagt med tuberkulose på sanatoriet i Haslev.
+Kikkenborg er et strandområde i den nordlige del af Kerteminde.
+Erikshaab er Alhed Larsens barndomshjem.</t>
+  </si>
+  <si>
+    <t>Christine har fået en sygdom oveni tuberkulosen. Hun er i gode hænder på sanatoriet. Johannes Larsen har fået penge for nogle tryk, så han vil sende penge til Christine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yGcJ</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Mandag
+Kjæreste lille Ugle!
+Tænkte jeg ikke nok at du var syg, da der ingen Brev kom igaar det var Søndag og saa haabede jeg paa Morgendagen, men det var jo en fremmed Udskrift
+Saa skal du ogsaa prøve den Sygdom, men kan jeg nu ogsaa stole paa den Doktor at det ikke er farligt. Vær ved godt Mod kjære Barn, nu slipper Du da nogen Dage for at proppes med Mad havde jeg Penge min Skat der skulde snart En af os være hos Dig og fortælle op om os; Dagen gik nogenlunde for mig trods min Uro, der var Bal i Kluppen Las og Alhed skulde med, Agraren spiste Middag der De havde slagtet en stor Kylling fra Erikshaab der aldrig havde lagt Æg og den var saa fed, at lille Marie slet ikke kunde tage den ud for det bare Fedt
+Jeg fik den Tanke at bede Børnene herover at spise til Aften, og det blev de meget glade ved de kom ikke før 6, for jeg tænker de vilde følges med Tante Ia som hjalp Alhed. Puf sagde rigtignok at han maatte hjælpe sin Moer med Bæltet og holde paa Lommetørklædet, han havde saa rigelig sørget for sit eget ogsaa, som han lod gaa rundt til Duft, men Du skal høre hvor sød han er, han har en stor dejlig Bog med alle Verdens Dyr, den havde han taget med til Ære for Dig Farmor Nu kom de med deres Løn fra Kikkenborg raske og flinke Johannes havde faaet Aftrykkene, og vil sende Dig nogle, saa faar jeg dette Brev med der skal glæde Dig rask lille Ugle Gud give Dig Taalmodighed saa overvinder vi det med nu vil jeg haabe at Du snart skriver os til at vi kan vide hvordan det gaar, men nu skal Du se at Du faar en stor Appetit naar Du igjen faar Lov at spise hvad der bliver forlangt af Eder
+Nu fryser her og stormer Far siger vi kan vente en Snestorm det er sydost men smukt er Landskabet at se paa med de høje Søer i Krogen
+Nu skal vi spise og vil jeg overlade De andre Pladsen der er tilbage
+Lev vel mit kjære Barn og vær ved godt Houmør kjerlig Hilsen fra Faer der sidder og venter paa Mad
+Din Moder 
+D. 17-1 Kære lille Ugle! Hvor vi blev bedrøvede over at høre, at Du er syg, bare det dog ikke maa vare for længe, saa Du bliver sat altfor meget tilbage, jeg kan forstaa at det er trist for Dig at skulde ligge i Sengen, var vi blot noget nærmere saa vi kunde se til Dig, men det er jo altfor lang en Rejse; det er da en Trøst at vide at Du bliver passet og plejet ordentligt, ellers var det ikke til at holde ud
+Du spørger hvorfor vi ikke har fortalt Dig at Mor var syg, men det var hun jo da Du rejste og kom sig snart efter, siden har hun ikke været daarlig, i alt Fald ikke sengeliggende, hun kan nok have lidt ondt i Lemmerne mod daarligt Vejr, men klarer sig ellers godt. – Vi kan ikke begribe hvorfor Eckardt ikke skriver, vi har ikke hørt fra dem siden Nytaar, og Mor skrev dog til dem for en Tid siden og bad om de endelig vilde skrive naar Margrethe kom hjem. Det stormer frygteligt i Dag; Agraren kører Is til Mejeriet i dette væmmelige Vejr, men han siger at det ikke er saa slemt; Faer og jeg passer saa Køerne. Jeg er nødt til at slutte nu, for at det kan komme med 3 Toget, ellers faar Du det vist ikke i Morgen. Tusind kærlige Hilsner fra Din hengivne Marie som haaber at Du rigtig snart maa blive rask igen, send os dog bare et Par Ord saa vi kan høre hvordan det gaaer. Vi skal nok skrive igen.</t>
   </si>
   <si>
     <t>1905-04-12</t>
   </si>
   <si>
     <t>Malmø</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Johan -, Erikshaab 1905
 Alfred Goldschmidt
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie
 Otto Emil  Paludan
 - Petersen Bøgebjerg
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Harris Sawyer
 Hempel Syberg</t>
@@ -2350,1102 +12680,240 @@
 Poststempel. 
 [I brevet:]
 St Pauli Kyrkogata 19, Malmø 12te April 1905
 Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
 I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
 Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
 Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
 Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
 Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
 – Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
 II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
 Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
 Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
 II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
 Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
 -. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
 Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
 Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
 --- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
 Selv hilses Du kraftigt fra Alfred og hans Kone.
 p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
 [Skrevet på hovedet øverst side 1:]
 Det er Onkel Sybergs Fødselsdag i Dag.</t>
   </si>
   <si>
-    <t>1897-08-20</t>
-[...13 lines deleted...]
-Hans  Syberg
+    <t>1906-03-17</t>
+  </si>
+  <si>
+    <t>Alexander  Brandt
+Marie Brandt
+Louise Leth
+Christine  Mackie
+Frederik Rex
+Vilhelmine von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kongekåring: Frederik 8. (Christian Frederik Vilhelm Carl) (3. juni 1843 – 14. maj 1912) var konge af Danmark fra 1906 til 1912.
+Det vides ikke, hvem bispen og bispinde Mis var. Ej heller vides det, hvor Nissens Selskaber lå.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0453</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling takker for fødselsdagsbrevet. hun havde håbet at se Laura Warberg, men hun skulle vel deltage i begravelsen. Nicoline von Sperling var selv til kongekåringen. Hun har gæster, og de har holdt fødselsdag i tre dage. Hun har også været til træf i Nissens Selskaber, og der var hyggeligt. Bispinde Mis' slæb er blevet længere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bmiF</t>
+  </si>
+  <si>
+    <t>Sandholt 17-3 1906.
+Kære Fru Warberg! Mange Tak for Fødselsdagsbrevet. Det var saa rart at høre fra Dem, og Deres Brev var jo i Grunden helt fuldt af gode Efterretninger, og jo ikke mindst om Pusse. De maa endeligt tage ud og fortælle Moder det altsammen en Gang snart. Vi havde troet vi fik Dem at se her, og at De var blevet længere paa Erikshaab, men saa vilde De nok til Begravelsen, og rejste før det ellers havde været Meningen. Mon De saa rigtig fik noget at se. Jeg nøjedes med Kongekaaringen paa Amalienborg, men der var jeg med, og jeg vilde nu for Resten nok have været med til mere. Vi har Luise Leth og Marie og Alexander Brandt i Besøg, og jeg har holdt Fødselsdag i 3 Dage, saa nu er jeg forsviret. I Gaar var vi i Selskab med Bispens, flere Præster med Koner og Kantorens, hos Nissen’s Selskaber, og det var overmaade hyggeligt. Nissen's Selskaber er aldeles nydelige, og deres Gæster i Regelen muntre og velvillige. Bispen er den gamles Ven fra V: Hæsinge Tiden, saa det er rart at træffe sammen med ham, og Bispinde Mis er jo egentlig ogsaa, som hun altid har været, kun, at hendes Hale er blevet meget længere – jeg mener Slæbet. Tag saa en venlig Hilsen fra Alex og mig
+[Skrevet langs sidens venstre kant:]
+og hils Deres Søn og hvem ellers De 
+[Skrevet langs venstre kant på s1:]
+ser af Deres Børn. Deres hengivne Line Sperling.</t>
+  </si>
+  <si>
+    <t>1906-08-03</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+- Andresen
+Carl Andresen
+Christian  Brandstrup
+Thora  Branner
+- Mogensen, Fru
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Hans Smidth
+Henry Smith, nær Erikshaab
 Hempel Syberg
-Astrid Warberg-Goldschmidt</t>
-[...109 lines deleted...]
-Piazza Donatello 10
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Erholm ligger i Gelsted, Assens Kommune.
+Brahesborg Gods er beliggende mellem Assens og Glamsbjerg. 
+Johanne Warberg blev gift med Adolph Larsen, som var Johannes Larsens bror. 
+Det vides ikke, hvem Doktorens og Marie var. 
+Gelskov var nogle år forpagtet af Hempel Syberg (Onkel Syberg), hvorefter Mogensen-familien overtog forpagtningen.
+På Ølstedgård boede Albrecht Warbergs søster (Tante Visse) med familie.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0013</t>
+  </si>
+  <si>
+    <t>Johanne takker for brevet , og hun vil tage til Brahesborg og tale med godsforvalteren. Hun håber det bedste.
+Brylluppet er sat til 22. august. 
+Johanne kunne ikke holde ud at være på Erikshaab.
+Paludan har givet Johanne 60 kr. i bryllupsgave. 
+Tante Visse/Louise Amstrup har talt grimt om Johanne, men Andresen stoppede hende. 
+Johanne spørger, om moderen har taget hendes kogebog med fra Erikshaab. Hendes skrivebord og klaver var i god stand, men hendes bøger lå i et pulterkammer udsat for mus og regndryp. 
+Det er synd for Andreas/Dedde, at han skal slide i varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HYYW</t>
+  </si>
+  <si>
+    <t>3 Aug. 06.
 Kæreste Mor!
-Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
-[...113 lines deleted...]
-Greven kom i Gaar. Pal var paa Sandholt. Elle og jeg snakkede med ham, han var meget elskværdig. Jeg fortalte at Du boede hos Chr., han spurgte til Dit Hoved, og jeg sagde at du tog det med Ro derinde hvad Fornøjelser angik og var mest hos Chr. og de gamle i alt Fald de første Dage. Han spurgte ogsaa til mig og jeg fortalte, at jeg blev hjemme i [overstreget: Som] Vinter.</t>
+Det var rigtignok et epokegørende Brev, jeg fik fra dig! Jeg skrev øjeblikkelig en Ansøgning – d.v.s. Fuldmægtigen lavede Kladden – og fik det af Sted samme Dag; mere expedit kunde det altsaa ikke være. Men Grevinden kan jeg ikke faa fat i, da hun tager lige fra Erholm til Fanø og bliver der. Jeg tager derimod i Morgen selv over til Brahesborg for at tale med Godsforvalteren – det kan aldrig skade, mulig gavne. Hvis han saa fortæller mig, at der absolut er alt Haab udelukket for mig, så vil jeg ikke gøre Grevinden Ulejlighed, men hvis jeg kan mærke mig til, at der er Gnist af Mulighed, skriver jeg til hende og beder hende gøre noget for mig, hvis hun kan. Onkel Syberg er meget interesseret i det og mener at jeg skal bære mig saadan ad. – Jeg gør mig slet intet Haab, men vil selvfølgelig alligevel hænge i med det ud af alle Kræfter. Det var dog forfærdelig pænt af Onkel Christian at skrive til dig, vil du hilse ham, naar du ser ham og takke ham fra mig. Tænk! Hvis det skulde lykkes! Hvis jeg faar det, telegraferer jeg til dig! -------------
+Jeg kan ikke huske, om jeg skrev til dig, at vi ellers havde berammet Bryllupsfest til d. 22nde Aug., men hvis Godsforvalteren forlanger det opsat p.Gr.a. Legatet, saa opsætter vi det selvfølgelig. Men det vilde være næsten grinagtig småligt for de 14 Dage. – Jeg cyklede fra Erikshaab i Gaar ved 11 Tiden; jeg kunde ikke rigtig holde ud at være der; desværre fik ["fik" overstreget] kom jeg ikke rundt til Folk (undt. Degnens Fru Peja og Stationsforvalterens) jeg kunde bogstavelig talt ikke; Heden virkede saadan paa mig, at jeg blev daarlig det slog sig paa vore Maver, saa jeg var helt elendig – tilsidst. Men jeg er ked af at tænke paa Smidts, Doktorens og den gl. Grevinde. Da jeg sagde, at jeg vilde rejse den og den Dag, sagde Marie blot ”ja jeg vil ikke bede dig blive, Ja Otto skal jo rejse ”. Men da Pallam havde bestemt at rejse Mandag og jeg rejste Torsdagen før, lød det jo ikke hel plausibelt. Men tænk, da jeg skulde cycle, fulgte Pallam mig hen til den lille Skov og gav mig 60 Kr!! som jeg selv skulde købe Brudegave for; synes du dog ikke, det var imponerende! Jeg er forfærdelig glad ved det, sætter dem foreløbig i Sparekassen hernede og holder det hemmeligt paa visse Steder. - - Den sidste Aften var vi paa Gjelskov til Ære for mig; vi fik Rødvin og det var i det hele overmaade festligt. Jeg snakkede meget med Fru Mogensen, der talte meget smukt om dig og alt andet end venligt om Tante Visse; og hun sagde, at det var jo aldeles utilgiveligt, hvad Fru Jørgensen der havde gjort. 
+Andresen var forleden paa Ølstedgrd. hvor Tante Visse straks begyndte at snakke om mig, men Andresen stoppede Diskutionen ved at sige, at han syntes nu, jeg var en rar Pige og kunde ikke se andet, hvorpå Tante Visse tav stille. --------------------------------
+Herude befinder jeg mig saa udmærket. Onkel Syberg er saa flink og venlig imod mig og Tutte og jeg har det jo som altid storartet sammen. Kirstine er ogsaa flink og meget mere tiltalende end i Vinter. Hun giver os god Mad. - - Mon du dog havde min skrevne Kogebog med som jeg bad dig om, saa var det dog ærgerligt, at jeg ikke fik den; men ellers kan jeg jo faa den naar du til Efteraaret sender det andet. Mit Skrivebord stod godt i Spisestuen, Klaveret i Havestuen, men alle mine gode Bøger laa i en Hob paa Gulvet paa Pulterkammeret, udsat for Mus og Støv og Regndryp fra Taget!
+Hvad mener du saa om Saften skal jeg sende den, hvis Varmen vedvarer eller hvordan? Nu er der vist ikke mere for denne Gang! Jeg længes meget efter at høre, hvordan du synes, Dedde har det, om han taaler Læsning og Hede o.s.v. Jeg var gruelig ked af det for ham, da han rejste ned og skulde til at slide i den trykkende Luft. Hils ham mange Gange og kærlig Hilsen til dig selv fra Junge – og Tutte.</t>
+  </si>
+  <si>
+    <t>1906-10-02</t>
+  </si>
+  <si>
+    <t>Anne Marie Brodersen
+Marie Paludan</t>
+  </si>
+  <si>
+    <t>Warberg-familien kendte mange, der bar navnet Marie, så det vides ikke, hvem den omtalte var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0452</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling ønsker tillykke og sender en bryllupsgave. Hun beder Johanne og Frøken Sperling komme til frokost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bOOc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Johanne Larsen.
+Erikshaab.
+[I brevet:]
+Kære Johanne!
+Vi ønsker oprigtigt, at Du maa faa Lykke og alt godt i Dit Ægteskab, og som jeg har gjort til nogle af Dine Søstre, sender jeg ogsaa Dig en Brudegave, som denne Gang bestaar i 100 Kroner, for at Du selv kan skaffe Dig, hvad Du helst vil.
+I øvrigt var det fornøjeligt om Du og Frøken Paludan kom herover til Frokost på Torsdag Kl 11½, mærkelig nok træffer Du Marie.
+Mange venlige Hilsener fra Frøken Bondesen og 
+Din heng: Line Sperling.
+Sandholt, d: 2den Oktober 1906. –</t>
   </si>
   <si>
     <t>1908-09-14</t>
   </si>
   <si>
     <t>Sagasvej</t>
   </si>
   <si>
     <t>Louise Brønsted
 - C
 Alfred Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Karl Madsen
 Otto Schroll
 Viggo Schroll
 Andreas Warberg
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Laura Warberg må have haft meget husgeråd, linned mv. tilovers efter at være flyttet fra Erikshåb med mange børn og ansatte til en lejlighed i København. Hendes yngste, Frederik/Dede, er nu også flyttet hjemmefra. 
 Det vides ikke, hvem Karen var. Warberg-familien kendte mange af det navn. Hvem principalen var vides heller ikke. 
 Madsen kan være museumsdirektør Karl Madsen, men der kan også være tale om en anden.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2271</t>
   </si>
   <si>
     <t>Laura Warberg håber, at Johanne snart kan få en dygtig pige, og at de også kan ansætte en karl. Hun håber også, at Johanne og Adolph/Agraren holder fast i navnet Erik til den lille. 
 Laura W har haft gæster og fartet meget rundt.
 Madsens vil bygge to værelser til stuehuset. Han skal være opponent ved en kollegas forsvar for doktordisputatsen.
 Frederik/Dede får en lampe og en jernseng. Han har lejet to værelser. 
 Laura W fik ikke skrevet op, hvad hun sidst sendte Johanne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oqdA</t>
   </si>
   <si>
     <t>Sagasvej d:14de Sptbr. 
 Kære Johanne!
 Jeg var rigtig glad ved at faa et langt og godt Brev fra Dig i Gaar; Muk spiste til Middag her i Dag og fik det at læse; her er altid Breve at læse! Gid Du dog maa komme faa en flink Pige; det var da kedeligt, at den ”herlige” slap fra Dig. Og en Karl er det jo ogsaa udmærket, I faaer; det maa da umuligt kunde gaa foruden; et Menneske kan jo ikke slide som Agraren uden til en Tid. Hvor dejligt, hvis lille Erik nu vil til at være skikkelig! Nu vil I da kalde ham ved det kønne Navn? Hvad er der ellers ved at han hedder efter Erikshaab! Jeg vil da aldrig kalde ham andet. I Morgen Form. rejser jeg over til Alhed og bliver til Tirsdag med sidste Færge. Lille Ina har Fødselsdag paa Tirsdag. Alfred i Leipzig. Karen gled til Roskilde nu for lidt siden og saa til Torsdag. Du faaer kun et Par Ord i Aften lille Junge! Jeg har været saa grulig paa Pinde hele Dagen, i Byen og gaaet meget, af 2 Gange foruden Ærinder her omkring saa jeg er saa dødtræt, hvad sjælden hænder. I Aftes havde jeg Tante Thora C. og Fru Bes[ulæseligt] til en fin Aften; Kl. var over 11 inden de brød op; i Forgaars Aftes var jeg i Valby, jeg har fartet meget i den sidste Tid med Tante og meget andet. Nu har Madsens bestemt at bygge 2 Værelser til det gamle Stuehus og nøjes med det nogle Aar. det vil vist kun koste ca. 1500 Kr. Saa vil de kunde sidde for en meget billig Husleje og kan lægge Penge op til at bygge for senere. I Gaar var de hos mig til Frokost Kl. 11, de skulde herfra til hans Kollegas Doktordisputats, Madsen var ordinær Opponent. Først efter Jul skal han selv til det. Jeg vil vist ikke leje mit ene Værelse ud alligevel men have det til Gæsteværelse; haaber da paa Dig og lille Erik i Marts? Dede faaer min Chatollampe tilsendt. Den med blaat og saa beholder jeg hans Sofa tilba. Han faaer en Jærnseng da jeg nødig vil skille mig ved den eneste extra Seng, jeg har tilbage. – Jeg glæder mig meget til at faae mine Stuer helt i Orden naar han nu kommer d:28de og tager sine Møbler. Han har jo lejet 2 rare Værelser og skal se at finde sig et andet og mere propert Spisested. Tænk jeg har ingen Liste paa hvad Du fik sendt i den store Kuffert af Linned, men Du kan jo ikke tage Fejl, da der er Navn paa alt mit. Nogle Lagner fik Du foruden dem af hvidt, det staaer for mig at Du ikke [”ikke” overstreget] ogsaa fik Haandklæder foruden de 6 Vidskestykker, men det kan Du see. Dumt ogsaa at jeg ikke skrev op, men det giver sig jo nok. Nej, Skeer og Knive fik Du jo foræret. Nu skal Du ikke sende Pakken før paa Tirsdag da vi jo er væk til den Dag. Saa ikke mere i Aften søde Johanne!
 Kærlig Hilsen fra Mor!
 Alle 3 Damer i Aftes bad mig hilse Dig. Otto Schroll har ligget syg i Frankrig af Gigtfeber i 2 Maaneder. Paa Lykkessæde er der kommen en lille Datter. - Lisbeth er saa tilfreds i sin Plads i Holbæk
 [Skrevet lodret i venstre margen:]
 har været i Frankrig i Sommer med Principalen.</t>
   </si>
   <si>
-    <t>1894-05-07</t>
-[...11 lines deleted...]
-Jacob Lange
+    <t>1908-10</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Alhed Larsen
 Christine  Mackie
-Ellen  Sawyer
-[...259 lines deleted...]
-Jenny -, udlejer
+William Mackie
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Det brev, som Laura Warberg omtaler, findes i Kerteminde Egns- og Lokalhistoriske Arkiv: Johanne Caspersen til Laura Warberg, BB0333. Det ligger ikke i KTDK. 
-[...481 lines deleted...]
-26 Okt 03.</t>
+    <t>Johanne Christine Larsen og Adolf Larsen blev gift aug. 1906.
+Ellen Sawyer boede i Boston 1899-1911.
+Christine Mackie boede i Boston 1903-ca 1910. 
+Johanne Larsen havde fødselsdag 29/9.
+Kvindernes Køkken lå fra 1899 på Vimmelskaftet 36, København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2273</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gbwj</t>
+  </si>
+  <si>
+    <t>[Den eller de første sider af brevet mangler]
+der skal strax tages fat saa de kan flytte ind til April. Naar Du saa besøger mig sidst i Marts kan Du maaske see deres færdigt. Karen er dernede fra i Morges dels for at hjælpe at plukke Frugt, dels for at være sammen med Forældrene der. Jeg hentede i Gaar en hel Dragt som Sypigen I Birkerød havde lavet noget saa nydeligt i Stand; vendt en Klædes Nederdel og syet en Bluse af min ældgamle strikede Kjole. Nu sender jeg den sorte Bluse af Din med Dynen; d.v.s. lad mig først vide om Du vil have Dynen. Den er rigtig god. 
+Ovenpaa den travle Uge nyder jeg Ensomheden i Dag; drev i [ulæseligt ord] og læste Aviser, vældigt interessant med Alhed i Aften. Madsen mente der maatte ske noget! – Nu har jeg skrevet 12 Sider til Christine og om lidt gaar jeg hen med Brevene og spiser saa til Middag i Kvindekøkkenet her lige ved; jeg gider ikke gaa ud at lave Mad. Hvilket Vellevned Astrid bedrev hos Eder! Vildt hver Dag! Nu ikke mere søde Johanne! Jeg har skrevet paa dem i Boston at de glemte Din Fødselsdag.
+Kærlig Hilsen Fra Mor
+I Dag er Dede bedt til Glorup.
+Vil Du have 4 af de smaa graa Haandklæder I Dag knagfryser jeg, vil nødig lægge i før til November.</t>
   </si>
   <si>
     <t>1910-05-22</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Hans Jørgen -
 Line Træskomands -
 Hans Christian Caspersen
 Johanne Caspersen
 Rasmus Dalberg
 Adam Goldschmidt
 Ina  Goldschmidt
 Hanne -  -, kokkepige Erikshaab
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Johanne Schroll
 Henry Smith, nær Erikshaab
 Hempel Syberg
 - Thagensen</t>
   </si>
   <si>
     <t>På Glorup boede Albrecht Warbergs bror med familie.
@@ -3459,970 +12927,149 @@
   <si>
     <t>Valget var en skuffelse.
 Der er dejligt på Erikshaab i forårsvejr.
 Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
 Hunden Munter er blevet gammel. 
 Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0u8z</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St Pauli Kyrkogatan 19.3
 Malmø
 Skåne
 [Diverse tegninger og kradserier]
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 22de Maj – 
 Kære Astrid!
 Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
   </si>
   <si>
-    <t>Vinter 1892 eller 1893</t>
-[...371 lines deleted...]
-Niels Langkilde
+    <t> 2. jun. 1911</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DG08KFDm</t>
+  </si>
+  <si>
+    <t>1911-06-12</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Oline -
+Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Pauline L
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
-Otto Emil  Paludan
+Anna - , pige i huset hos Astrid
 Ellen  Sawyer
-- Scavenius Nielsen
-[...270 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/hf6n</t>
+Harris Sawyer
+Fritz Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg boede i 1911 i København, og brevet er sendt fra et af hendes besøg hos datteren Johanne og hendes familie i Kærbyhus, Kerteminde. Det må være Fritz Syberg, hun besøgte i Kerteminde. 
+Laura Warberg rejste i maj 1911 til Berlin, Dresden, Schweiz og Nürnberg sammen med datteren Astrid. 
+Det vides ikke, hvem der holdt sølvbryllup.
+Johanne C. Larsen var klaverlærer og en dygtig pianist. Det vides ikke, hvorfor hun skulle spille i skoven. 
+Den syge person var Harris Sawyer, som var gift med Laura Warbergs datter, Ellen. Han døde 4. juli 1911.
+Det vides ikke, hvem Hr. Peter og Erik var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0895</t>
+  </si>
+  <si>
+    <t>Det var godt, at Alfred Goldschmidt ikke modsatte sig Astrids rejse. 
+Laura Warberg er i Kerteminde, og hun har besøgt Fritz Syberg. Hun har været skuffet over, at ingen havde tid til at høre om hendes rejse, men nu har Marie Larsen og Christine Larsen fået en lang beretning. 
+Johanne spiller i skoven og må øve meget.
+Christine og Adolf Larsen tjener for tiden pænt på deres landbrug. 
+Ellen Sawyer har sendt et trist brev om mandens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fBxg</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus d: 12-6-11.
+Kære Astrid – 
+Jeg vilde ikke skrive til Dig, før jeg vidste, hvor Du var, eller sende Pakken. Alfred kunde jo godt have sat sig imod Din Rejse, - godt han ikke gjorde det og at Du nu kan være med Børnene i Fred og Ro vel ca. 4 Uger?, kunde Du ikke lade Anna passe ham og Huset en Tid alene?? saa Du kunde yderligere forlænge Dit Ophold. Dersom Anna kan føre Hus lidt økonomisk, saa koster I jo ikke mere i Birkerød end hjemme, vel endog knap saa meget. Det maa Du da en Gang sige mig lidt om. Hermed Kjolen og Din Blækstift, som laa i min lille Taske. Jeg kom godt hertil, gik Kl. ca. 7 hen til Syberg, bankede stille paa Køkkendøren, og kom ind i Spisestuen. Syberg havde været temmelig syg i en Uge, var begyndt at være oppe; han var uhyre venlig mod mig, vi snakkede en hel Del. Jeg kom her 6.20, Johanne havde ikke bemærket, at jeg vilde komme Tirsdag, de sad og spiste til Aften, Pauline var her, men rejste lidt efter. J. er saa kolossal optaget af sin Musik og af Eleven, hun har nylig faaet en ny. 
+Det har været en lille Skuffelse, at hverken hun eller Alhed nogensinde har Tid til at høre om min Rejse, men forleden Aften gik jeg ned til Christine og fortalte hende og Marie i næsten 2 Timer. De var meget interesserede. I Aftes kom de hjem fra Sølvbryllup, der var forløbet meget godt, uhyre storartet Arrangement. De holdt alle til paa Erikshaab og havde det brillant der. I Morges blev Oline – Pigen her syg ligger i Dag mindst, Dr. Hviid var her i Formiddags. Hun var skæv. Ryggen skal ind til Kbh og have Bandage. J. tænker om hun mulig i den Tid kan faae Amanda. Jeg rejser til Snøde paa Lørdag og derfra til Glorup. Det gaar godt med Musiken i Skoven, 2 Gange om Ugen 2 Timer ad Gangen. J. maa øve sig meget dertil. Lige nu var Amanda her og sagde sin Time af for Resten af denne Maaned; hun rejser paa Torsdag til Kbh. og Malmø, da hun hørte, I er i Birkerød, vilde hun tage en Dag derud; vilde skrive til Dig fra Kbh. Vi veed endnu ikke, naar Moderen kommer til her. Lille Bes leger saa udmærket med Anna og Ellen og alt Puttes Legetøj, hun sover i Puttes Seng, det Skind er jo ind under Pe[ulæseligt], var ret modfalden, da de alle rejste fra hende i Torsdags i Kbh., men var behersket og meget sød. Jeg kan slet ikke skrive til M[ulæseligt] jeg veed ingen Adr. Naar Du skriver, saa hils dem og sig Tak for Kortet. Det var dejligt, Børnene havde haft en god Pinse i Kbh; hils dem mange Gange. Fandt Du saa Brevet med deres Tegninger? Syberg havde endt sit Telegram med: Gudsfred og Velsignelse – det var bleven til Husfred og V. – i de kommende Aar!! Nete stregede det fatale Ord over! Jeg har saa mange Breve at skrive i Eftermiddag; Erik sidder her og tegner, J. inde at have Time. og andet. Barnepigen er i Skole om Eftem.; men en Søster af hende tager Bibbe, naar hun vaagner af sin 2 Timers Middagssøvn. Hun er sød det lille Pus. Det staar helt godt til for dem med Penge, hun er inde i Dag at betale Renter, 300 til Hverringe og 150 til Bonden, 75 skal sendes til Syberg. Men de har ca. 300 om Maaneden ind for Mælk nu for Tiden!!! De har 12 Køer i Sommer, har købt to. Nu Farvel lille Putte! Ja det var en herlig Tur! Jeg har lagt Plan for den næste,: Berlin, Dresden, Eisennach og Wartburg og maaske Amsterdam. – 
+De synes udmærket her om min Plan at give Muk 300 Kr. næste Sommer til den Amerika Tur; bare for Elles Skyld. Her laa et lille trist forjaget Brev, han ligger endnu, men har begyndt at spise og sove. – Hvilken Tilværelse for Elle! Jeg har aldrig Medlidenhed med ham! Hun skrev, naar de igen faar Indtægter, det har de altsaa ikke noget, der hedder for Tiden! – saa sender hun for den Ramme, men jeg skrev strax, at jeg skal nok betale det hele, saa kan hun holde det lidt til 6te Marts. – Tænk om hun kan have Muk en Maaneds Tid til næste [”næste” indsat over linjen] Sommer. Men saa en til at have i Birkerød imens?? Du???
+Ja saa Farvel da! Hils Lomme og Anna mange Gange. Hr. Peter er dejlig! Kærlige Hilsner fra Bedstemor.
+[Indsat s. 1 i venstre margen, lodret:] Blækstiften er et Ærme</t>
+  </si>
+  <si>
+    <t>1911-07-11</t>
+  </si>
+  <si>
+    <t>Jens Lund, forstander</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2262</t>
+  </si>
+  <si>
+    <t>Jens Lund beder Astrid Warberg om at komme og holde foredrag om reformdragten på Vejstrup Højskole. Hun kan overnatte på skolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/du8Z</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Godsforvalter Warberg
-[...4 lines deleted...]
-Poststempel.
+Astrid Warberg
+Erikshåb
+Højrup st.
+[Håndskrevet på kuvertens bagside af Astrid Warberg-Goldschmidt:]
+Da jeg i juli 1900 (18 år) holdt foredrag på Vejstrup højskole, udsendt af Dragtreformforeningen, som Tutte og jeg startede i 1899 (?)
 [I brevet:]
-p.t Odense – Mandag.
-[...258 lines deleted...]
-Hvad mener du saa om Saften skal jeg sende den, hvis Varmen vedvarer eller hvordan? Nu er der vist ikke mere for denne Gang! Jeg længes meget efter at høre, hvordan du synes, Dedde har det, om han taaler Læsning og Hede o.s.v. Jeg var gruelig ked af det for ham, da han rejste ned og skulde til at slide i den trykkende Luft. Hils ham mange Gange og kærlig Hilsen til dig selv fra Junge – og Tutte.</t>
+Vejstrup Højskole d. 11 Juli 1900.
+Vejstrup st.
+I henhold til brev fra Thora Syberg Odense beder jeg Dem holde foredrag for vore kvindelige elever om kvindernes dragt Onsdagen d. 18de Juli.
+De kan komme med toget til Vejstrup st kl. 3,52 efmdg. og dersom De skal rejse samme dag, går der tog fra Vejstrup st. til Svendborg kl. 7,33 aften.
+Dersom De derimod kan overnatte her, kunde jeg ønske, at De holdt Deres foredrag fra kl. 7-8 aften. Den Tid vilde passe os bedst.
+Må jeg snart se et par linjer til svar.
+Med megen agtelse
+ærb.
+Jens Lund.</t>
   </si>
   <si>
     <t>1911-08-06</t>
   </si>
   <si>
     <t>Kerteminde
 Møllebakken</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø</t>
   </si>
   <si>
     <t>Oline -
 Laurentius Allerup
 Julie Brandt
 Thora  Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Jørgen -, Erikshaab
 Adam Goldschmidt
 Ina  Goldschmidt
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
@@ -4464,388 +13111,314 @@
 Christine og Sigurd Swane har lejet deres bolig ud, mens de selv er ude at rejse. 
 Johanne og Adolphs pige i huset har sagt op. Det er de glade for.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qVOG</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmö
 Skåne
 [På kuvertens bagside:]
 Poststempel.
 [I brevet:]
 Villa Be d:6/8 – 11
 Kære Astrid!
 Det er mig en Gaade, at Du slet ikke lader høre fra Dig! Jeg har slet ikke haft Brev fra Dig siden Dit første efter Eastmans’ Død. Nu er jeg snart bange for, der er Sygdom eller andet galt paa Færde hos Eder. Du plejer jo ellers at være saa grumme expedit til at skrive. Elles Brev fik jeg med et Par Ord fra Lugge i Gaar; hun nævner intet om Dig. Jeg har nu laant 500 Kr. hos Pal og vilde have sendt dem i Dag til Billy, men saa faldt det Christine ind at han lægger Pengene ud til Elles rejse i Stedet for at sende til Christine. Det er akkurat for to Maaneder til hende. I Dag har jeg begyndt at vente Svar fra Elle paa vore første Breve, men det kommer næppe før Tirsdag. Du skal nok strax faae et Kort eller Brevet. Det bliver meget spændende at høre hvad hun tænker sig om Fremtiden: blive her eller sejle over igen. Midt i August er de 4 Uger gaaet, som hun skriver der vist vilde gaae, før de kunde rejse. Mulig hun efter det kommer før vi tænker det. Lugge skriver, at hun synes de skal absolut komme til København først og være hos dem, til L. skal paa Fødehjem. Jeg skulde være der ogsaa og der har Elle jo Adgang ogsaa til Dig og Thora, skriver Lugge - Første September rejser jeg i hvert Fald til Ta[ulæseligt]have. – Kommer Elle og Grethe der, saa har jeg tænkt at ligge om Natten i Birkerød Kro og gaae ned om Morgenen E. og G. skal have Gæstekamret vi maa jo gøre alt for at de kan have det bedst. Ligge i Stue paaa en Sofa er nu saa grulig ubekvemt, saa vil jeg hellere betale den Smule i Kroen eller maaske der er et Højskolehjem. Men derom senere. Lugge vilde skrive meget indtrængende til Elle om det. Tager hun over England, er der jo Ruten over Holland, den tog de sidste Gang altsaa Hamborg Warnemünde Gedser. – Las’s rejste alle fire i Tirsdags til Jylland, pr. Bane til Vejle, sejlede gennem Greisdalen til Jelling, saa Gravhøjene m.m. der, Drengene henrykte over alting. Cyklede i Torsdags til Brædstrup, havde telefoneret til Dede, som modtog dem flot og gæstfrit; først Svaledrikke i hans Stue; Kl. 7 flot Aftensmad paa Hotellet; saa Drengene i Seng og de andre en dejlig Tur. X Drak Kaffe sammen næste Morgen, sludrede en Times tid og cyklede en smuk Tur til Rye Kro ved Himmelbjerget; derfra videre til Viborg, mere ved jeg ikke, men vist Skagen. De bad mig om at ligge her om Natten og være her saa meget som muligt. Det er jeg ogsaa næsten hele Dagen. Johanne spiller jo saa meget, der er saa varmt af Masser af Fluer, Børnene er jo heller ikke af de letteste; her er saa roligt, køligt og hverken Børn eller Fluer. I Dag er det Bibbes Fødselsdag, hun har faaet en Smule Legetøj, ellers tager man ikke Notits af Dagen. J. er i Pavillonen at spille. Jeg har været der et Par Gange, det er jo køn Musik. Christine løser imellem af. Derimod er her en Luftgynge, som plager hele Byen med en rædsom Musik fra 4-10! Her er uhyre mange fremmede i Byen som aldrig før, alt er fuldt. Toms var saa glade ved at være 14 Dage hos Alhed, gav 3 Kr. laante af Ellen Branner havde 14 Dage paa Højskolehjem, var begejstrede for Ugen; Wilhelm en Uge. I Dag har Agraren faaet Rugen ind udmærket. Om vi nu beholder godt Vejr skal alt det [”5” skrevet i øverste venstre hjørne] andet Korn høstes paa Kraft; alt er modent og tegner brillant. De venter sig meget af Høsten Johanne spiller jo mange Penge ind. De vil bidrage 50 Kr. til Elles Rejse; jeg giver Halvparten, 250 Kr., men Las’s skulde jo nødig spændes alt for haardt for, naar de dog vil have dem hele Vinteren. Nu skal Madiens ikke koste Lugges Rejse til Amerika næste Sommer, saa vi haaber de vil give klækkeligt Tilskud – Egentlig skulde der jo have været skreven rundt om de hver især vilde bidrage til Rejsen, men vi brændte naturligvis efter at lade Elle faae et Ord hurtigst muligt, og tænk hvor hun og Grethe er bleven glade og lettede ved Udsigten til Rejsen. 
 Jørgen [oven over linien er skrevet en ulæselig forkortelse] er i Besøg hos Agraren nogle Dage, derefter kommer Pan. Det er for meget for J. med Gæster, hun er meget nervøs. Jeg er slet ingen Hjælp for hende i Aar uden med Sytøj; jeg kan ikke i den Hede tumle med noget, og Børnene er saa vanskelige. Men alt det maa Du da ikke skrive hertil om. Nu har hendes Elever Ferie undtagen Amanda og Kelnerfruen; de er begge meget flinke. En lille Ferie vil J. gærne have og ned til Ida Vette, Du veed i Faaborg, gid hun kunde faae det ordnet med Hus og Børn imens. Paa Lørdag tænker jeg at tage ned til Onkel S. og blive der ca. Maaneden ud. See saa lille Putte! Nu har Du faaet en lang Sludder! Lad mig nu see Du skriver strax. Svanes er ude at rejse en Maaned; imens boer en Broder til Allerup med Familie der og giver 100 Kr. Naar de kommer hjem, haaber jeg de kan have Erik og Agraren kan spise Middag der, saa kan Pigerne nok have Bibbe og det andet. Men jeg har endnu ikke talt noget om det! Oline har sagt op, J. og især Agraren er helt glade ved det; nu vil de prøve at faae en, der kan malke. Den lille 12 Aars Barnepige er saa flink. Oline er saa over alle Grændser bandit og kan slet ikke lave Mad; dertil svagelig. Hils og kys de søde smaa Unger fra Bedstemor. 
 [Skrevet langs kanten på s4 (fortsat sætning ved X på siden):]
 derpaa igen Svaledrik hos ham selv. De maatte ikke betale en Øre!
 [Skrevet langs kanten på s7:]
 Nu skal Lugge og Elle have Brev.</t>
   </si>
   <si>
-    <t>1914-12-28</t>
-[...8 lines deleted...]
-Peter Oluf Brønsted
+    <t>1911-12-23</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan</t>
+  </si>
+  <si>
+    <t>Mulle -
+Ina  Goldschmidt
 Grethe Jungstedt
-August Kattrup
-[...5 lines deleted...]
-Otto Knipschildt
 Alhed Larsen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Haabet" er gården Erikshaab, Warberg-søstrenes og deres brors barndomshjem ved Assens.
+Ellen Sawyer og datteren Grethe flyttede fra USA til Danmark i 1911. Det var således første gang, at Grethe holdt dansk jul. De boede den første tid hos Ellens søster, Alhed Larsen og hendes mand, Johannes Larsen. 
+Det vides ikke, hvem "han" og "det lille nummer" er, men Ellen længtes tilsyneladende efter ham.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1690</t>
+  </si>
+  <si>
+    <t>Der har været stor juletravlhed med kagebagning og madlavning som på Erikshåb i gamle dage. 
+Ellen sender en nål. Hun har ikke illustreret værket (?). Laura Warberg har sendt en pelshue, som lille Gine (Grethe) vil blive glad for. Pigen glæder sig meget til sin første danske jul. 
+Alhed og Ellen sidder og skriver julekort. Ellen har besøgt Christine, som bor så hyggeligt og selv er blevet, som hun var i gamle dage.
+Ellen har ikke hørt fra "ham" i lang tid.
+Alhed ønsker god jul Hun har sendt lidt småting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IUUd</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan
+Malmø
+Sverige
+[I brevet:]
+Kære lille Bein! Dette for at ønske jer alle en glædelig Jul – men stort mere bliver det så ikke til i Aften, - for vi er lige ved at være lidt møre af Juletravlhed. – Vi er i det til op over begge Øren, akkurat ligesom hjemme på Haabet i gamle Dage, - der er det selvsamme Sving i det, - systematisk Skriden til det, - med br. Kager, Klejner, Vaniljekranse Jødekager, Pråssekage (!) br. Mandler o.sv samt rigtig Mad i væltende Masser. Julen ligger som noget umådeligt stort forude, - man kan slet ikke tænke om bag ved det – den ligger ligesom uden for Tidsbestemmelse, aldeles ligesom i gamle Dage Bare du kom også, men det gør du jo så ikke, kan jeg forstå. – Vi afsendte igår en lille Pakke, som vi da nu håber at I faar. Nålen har været lille Mulles, og den tror jeg da nok, du bliver glad ved. – Men jeg har ellers en rasende ond Samvittighed fordi jeg ikke illustrere Værket, - jeg kunde ikke lille Dis, - jeg er så umådelig klodset til at gøre sådan noget, - og kan så dårlig lide at gøre det så skidt. Sjumse kan jo langt bedre Den har forresten gjort Lykke hvor jeg har læst den. 
+I Aften, da jeg var nede hos Mornine kom der en Pakke fra Mor, hvori den henrivende lille Pelshue befandtes. Nej hvor jeg glæder mig over at lille Gine skal have den – hun bliver h_enr_ykt over den. – for hun er ikke så glad ved Hatten, som de ellers allesammen her siger klæder hende så pænt. Men Huen bliver jo noget ganske andet. Du må nu takke Alfred så meget også, - jeg er umådelig rørt over det. – Lille Gine får nok en Masse dejlige Ting, - hun glæder sig så umådeligt det lille Fæ, - den første rigtige danske Jul, - en "dansk Jul” har jo hele hendes Barndom igennem stået for hende som Idealet af al Herlighed. – Besen og jeg sidder her i den sene Nattetime og skriver til Jul, - bevæbnede med et Fad Knas og en Snaps Solbærrom. Vi er ellers lidt møre, - d.v.s. B. da mest, - men det er jo da af den morsomme Slags Mørhed alligevel. – I Aftes dumpede vi ind hos Mornine midt i en Julebyæ rende Tur og kom til at sidde og more os ved et Bæger Banko og en Cigar. Det gør vi forresten tidt, - der er så umådelig hyggeligt hos Mornine og jeg morer mig altid sådan sammen med hende. Hun er bleven meget mere ligesom hun var hjemme på Håbet i gl. Dage. -
+Ellers er det jo i somme Dele lidt trist, - jeg har ikke hørt fra det lille Nummer i lange Tider, - men det er ligemeget Dis, - jeg er ved at træne mig til at være glad, når jeg tænker på ham, - for eksistere det gør han da og han er jo nok akkurat den jeg tog ham for, - har ikke skuffet mig med sin Personlighed og min Ven for Livstid er han jo også nok og se ham, det gør jeg jo nok igen. 
+Skriv snart. Hils de søde Små 
+ES
+[Skrevet i kanten på s1:] Glædelig Jul lille Bein for jer alle 4, jeg sendte lidt Smaating i Gaar, haa
+[Skrevet i kanten på s 2:] ber de kommer i god Stand. – Hils Alfred og Børnene og Dig selv lille Bein fra din Be</t>
+  </si>
+  <si>
+    <t>1912-04-07</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19
+Malmø</t>
+  </si>
+  <si>
+    <t>Anna Abel
+Hedevig Abel
+Helvius Abel
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Elisabeth Mackie
-Otto Emil  Paludan
 Ellen  Sawyer
-Henry Smith, nær Erikshaab
-Hempel Syberg
 Conrad Warberg
 Else Warberg
 Karen Warberg
-Minna Warberg
-[...36 lines deleted...]
-Alfred Goldschmidt
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. 
+Laura Warberg planlagde en rejse sydpå i maj 1912. En af Conrad Warbergs døtre skulle med.
+Erikshaab er den gård, hvor Warberg-familien boede, indtil Albrecht Warberg døde. 
+Det vides ikke, hvad historien om Grethe og Ina gik ud på.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2080</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ked af, at hun ikke har råd til at betale Astrids rejse, så hun kunne tage med til Schweiz, men hun får mange udgifter til flytning m.v. Laura ligger syg på Glorup, og hun bliver passet godt samt får mange besøg.
+Skal Astrid mon tage imod Grethe i Malmø?
+Johanne skal have elevkoncert.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6exN</t>
+  </si>
+  <si>
+    <t>8På kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup – Torsdag
+Kære Astrid!
+Til Lykke lille Putte! Det gl. Aar endte sig ligenok med en stor Skuffelse, jeg tager mig det meget nær for Dig, men Æren nød Du dog, at Du var dygtig nok til at kunne være kommen til Stokholm. Gid jeg dog havde Raad til at lade Dig rejse med os, men jeg tør ikke tænke derpaa, har jo store extra Udgifter i Sommer; 200 til Flyttemand, 100 gaaer der nok til at faae malet nogle Møbler og skaffe et og andet nyt. Skat er endnu ikke betalt. Vi vil jo til Schweiz og der vil gaae 30-40 udover de 200. Nu faaer jeg igen Læge at betale; jeg har ligget en Uge med en rigtig lille Aarebetændelse i mit raske Ben, der aldrig før har fejlet noget. Her er en rar og meget omhyggelig Læge, hvem jeg gik op til i Torsdags og som beordrede mig i Seng; han var her i Gaar oog sagde:” en Uge endnu![)] – et haardt Slag for mig. Men de er alle mageløse mod mig her, og naar jeg selv intet Hjem har, kunde jeg ikke være bleven daarlig noget bedre Sted, hvad den søde Tante Else selv siger. Pigen hjælper mig om Morgenen med Toilet og Bækken og reder p[ulæseligt] Seng; lille Ninna bringer mig alle Maaltider. Else er her meget, Conne en Visit hver Dag Børnene ofte. Forleden Dag Fru Abel og i Dag Datteren. Jeg læser en hel Del og har hæklet lidt. Jeg kan ikke lade være at tænke paa, om ikke mon Alhed og Christine skulde komme rejsende i Morgen. I Dag stryger A. Gardiner og saa er hun færdig med sin Rengøring Elle har travlt med at tage til Grethe, der jo rejser paa Mandag. Saa skal Du vel tage imod hende i Malmø Jeg tænker paa hvor kedeligt det var at hun gjorde lille Ina bange, mon Alfred af den Grund ikke vil. [Ulæseligt ord] lidt, hun kommer til Eder? Men Du kan jo da forbyde Grethe det; vilde være Synd om hun ikke havde Eder at komme til. Det lille Pus, kan blive svært nok for hende at skulde fra Elle alene til fremmede. Paa Lørdag er der stor Elevprøve hos Johanne, der skulde Grethe og Tutte spille firhændigt. – Det var rart Du fik Besøget paa Erikshaab men jeg vidste ikke, Du var syg der. – Hvor er det mærkeligt, at jeg ikke kan blive sikker paa Datoen for Din Fødselsdag! Jeg havde netop skreven til Alhed, at de maatte endelig alle fire huske at skrive til Dig d: 26de, men efter det slog det ned i mig, at det var d: 24de; jeg havde lige 2 Minutter til at skrive de forrige Linier om. – Saa i Aften sagde Alhed til Elle
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1912-04-18</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
 Ina  Goldschmidt
-Hanne -  -, kokkepige Erikshaab
 Adolph Larsen
-Alhed Larsen
-[...5 lines deleted...]
-Jørgen Schou
+Georg Larsen
+Ellen  Sawyer
 Hempel Syberg
-- Winther, Fru</t>
-[...57 lines deleted...]
-- Egholm
+Conrad Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup, som ligger syd for Nyborg. Laura Warberg opholdt sig hos familien der en tid i foråret 1912, hvor hun var boligløs, mens hendes nye lejlighed i København blev sat i stand. Hun planlagde en rejse sydpå med Else og Conrad Warbergs datter i maj 1912. Denne blev imidlertid udsat; blandt andet fordi Laura Warberg havde årebetændelse i det ene ben.
+Erikshaab var gården, hvor Laura Warberg og hendes familie boede frem til Albrecht Warbergs død. 
+Det vides ikke, hvem Gartnerens tykke Marie var. Heller ikke Madiens. 
+Grünes Gewölbe, (ty. 'grøn hvælving'), museum i Dresden og en del af Staatliche Kunstsammlungen Dresden. Grünes Gewölbe har navn efter det hvælvede rum i kurfyrsteslottet, hvori August 2. den Stærkes skatkammer var indrettet. De rige samlinger af bl.a. sølv- og guldsmedekunst og arbejder i andre kostbare materialer fra 1500-1700-tallet blev reddet under 2. Verdenskrig, kom som krigsbytte til Sovjetunionen, men tilbageleveredes til DDR i 1958. Fra 1974 blev kostbarhederne opbevaret i Albertinum i Dresden, før de i 2004 og 2006 atter fandt plads i det restaurerede residensslot. Kilde: Lex.dk.
+Haupitt formodes at være et hotel.
+Ellen Sawyer, Laura Warbergs datter, tog efter sin mands død hjem fra Boston til Danmark, og i 1912 rejste hun til Boston for at pakke sit indbo med henblik på at flytte permanent til Danmark. 
+Titanic var et britisk passagerskib, der på sin jomfrurejse fra Southampton, England, til New York City, USA, i april 1912 kolliderede med et isbjerg og totalforliste ca. 200 sømil sydøst for Newfoundland med tab af ca. 1.500 menneskeliv. Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2081</t>
+  </si>
+  <si>
+    <t>Alhed Larsen får vist omsider en dygtig pige i huse. I familien har de talt om hendes mange udygtige piger. 
+Laura Warberg planlægger sin rejse sydpå med Else Marie Warberg.
+Laura er "betaget" over Titanics forlis, men glæder sig over, at datteren Ellen ikke i år, hvor der er mange isbjerge, skal sejle mellem USA og Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8odw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup d: 18–4–12
+Kære Astrid!
+Jeg synes at et Mandagsbrev vil denne Gang vil komme saa nær op ad Din Fødselsdag, at jeg hellere maa skrive nu, skjøndt der intet siden er at fortælle. Vi hørte af Onkel Syberg Dagen efter, at Du var rejst ned til Erikshaab og det var jeg glad over. Jeg synes det maa have været saa yndigt for Eder der! De kan ikke lide, man ringer op herfra – Conne sige faaer de for mange Samtaler men i Forgaars Aftes var de alle ude, og saa bad jeg om at ringe op til Alhed; Tænk at hun faaer vist til Efteraaret en meget dygtig og rar og udmærket Pige fra Ølstedgaard. Vi vilde jo alle saa nødig see hende igen begynde med en ussel Pige paa 16 Aar, Gartnerens tykke Marie, som hun halvvejs havde fæstet. Vi tiggede hende alle om at lade være, Grosses og Agraren mente det var rædsomt! Du kan tro vi er glade, hvis hun nu endelig en Gang kan faae en rigtig Pige. Muk har ogsaa tidt talt om Alheds udygtige Piger. Jeg haaber de ringer mig op fra Erikshaab i Dag. - Jeg hører nok snart lidt fra Dig, havde Børnene det godt mens Du var borte? Var Du meget sløj efter Rejsen? Har Du begyndt at tage Jærn?? Gør det endelig og spis Æg; og gaae meget ud. Jeg har gaaet lange Ture hver Dag her. Vi spiller Whist om Aftenen; ellers intet oplevet. Jeg har skrevet til [ulæseligt] om at give os lidt Vejledning om Rejsen og saa beder jeg senere Madien's om at udarbejde ligesom i Fjor. Vi vil alligevel til Schweiz, 2 Dage i München, maaske en Dag i Dresden og da paa vort pæne Haupitt og se Grünes Gewölbe. Ellers til Brunnen ved Vierwald --- Søen og derfra gøre Udflugter 5-6 Dage. Marie vil saa gærne dertil vi lægger saa hver ca. 30 Kr. til Rejsen ud den sidste Uge af Maj og godt 14 Dage borte! om intet kommer i Vejen!! – Jeg er saa betaget over Titanics Forlis! Godt Elle ikke skulde sejle gennem alle de Isbjærge, der er i Aar! Saa Farvel lille Putte! Kys Ungerne og kærlige Hilsener fra
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-05-15</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Frederik Bokkenheuser
 Niels Elgaard Amstrup
-- Jensen, Frøken, Erikshaab
-[...139 lines deleted...]
-Hans Jørgen -, Kusk ved grevskabet Muckadell
+Grethe Jungstedt
+Adolph Larsen
 Andreas Larsen
+Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
-Marie Larsen
-[...3 lines deleted...]
-Otto Emil  Paludan
 Ellen  Sawyer
-Harris Sawyer
 Hempel Syberg
-Albrecht  Warberg
-[...26 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Villa "Be": Alhed Larsens kælenavn var Be, så Villa Be er hendes og Johannes Larsens hjem på Møllebakken i Kerteminde. 
+Laura Warberg havde årebetændelse i det ene ben. Hun opholdt sig Glorup hos svogeren, hos Alhed i Kerteminde og flere andre steder, mens hendes nye lejlighed i København blev sat i stand. 
+Filippine, (af fr. philippine, af ty. Vielliebchen 'lille hjertenskær'), kælenavn for de to små tvillingekerner, man kan finde i en mandel eller nød. Får man to sådanne kerner, spørger man, om der er en, der vil være med til at lege filippine. Er der det, spiser man hver én af kernerne og aftaler et tidspunkt, hvor det gælder om at være den første, der siger "filippine". Taberen må af med en lille gave. Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2083</t>
+  </si>
+  <si>
+    <t>Man har fejret Pufs fødselsdag. Der er dejligt i huset og haven på Mølleballen. 
+Laura Warberg har udsat sin rejse sydpå til september. Hendes nye lejlighed bliver nok først færdig i juni. 
+Ellen har engelskelever og tjener også penge som pige i huset. Johanne har musikprøver. 
+Puf har bygget en bil med tre hjul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OHEL</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Frøken Astrid Warberg
-[...2 lines deleted...]
-Carlsbad.
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[Der er tegnet et menneske henover adressen på kuvertens forside]
 [Kuvertens bagside:]
 Poststempel
 [I brevet:]
-Mandag d: 21de
-[...8 lines deleted...]
-Hvordan gaar det med Thoras Hals??</t>
+Villa “Be” – d: 15 – 5 – 12
+Kære Astrid!
+I Søndags Kl. 6 kom jeg hertil, var imellem to Tog hos Syberg og spiste til Middag. De havde fejret Pufs Fødselsdag i Skoven 25 til Chocolade, Kager og Leg; to af hans Skolekammerater her til Middag senere. Han fik et godt Sølvuhr af Forældrene, Kæde af Elle, Kompas af Christine, 2 Kr. af mig. Her er vidunderlig smukt ude i Haven, andre Steder kommer jeg ikke endnu, gaar 2-3 Gange om Dagen lidt i Haven. Det gaaer fremad med Benene; det lader til at Omslag om Natten hjælper paa det sidste Ben - [ulæseligt]! – Dr. Bokkenheuser kan det udmærket, om 14 Dage maa jeg lægge Bindet. Alligevel bestemte vi os den sidste Aften paa Glorup til at opsætte Rejsen til September, ogsaa for Maries Skyld, der laa i Sengen af Forkølelse og endnu var daarlig i den slemme Finger. Nu bliver jeg rolig her til efter Pinse, tager saa et Par Dage til Erikshaab og igen hertil, mulig saa midt i Juni lidt til Snøde. Før sidst i Juni er min Lejlighed næppe færdig. – Du kan tro her er nydeligt og propert allevegne inde nu og det gaaer saa godt for Elle; Jeg har overtaget Lysse og læser alt med ham 2 Timer hver Formiddag; han er virkelig flink og ivrig og meget lærenem. Han kan sagtens naae hvad han skal til næste Maj. Alhed maler det meste af Dagen. Elle har jo nu 3 Elever i Engelsk 16 Kr. om Maaneden og 20 som Pige; det er rart for hende Las slider i Haven der er kønnere end nogensinde. I Morgen er altsaa Grethe med paa Skovtur; jeg er bange Du ikke naaer at faae dette i Morgen tidlig. Jeg glæder mig til at høre fra Dig om Dagene i Morgen og i Søndags. Johanne har begyndt Musikprøver med en ny Viol[ulæseligt] fra Mesinge og en d: Violin d:; der saa forhaabentlig kan spille en Aften om Ugen i Pavillonen; Muk vil ikke mere og den væmmelige Organist kan de saa undvære. Putte gaaer jo i Skole men er ikke videre glad ved det, hun siger de slider gruligt i det! – Amstrup har sendt Tøj til to nye Kjoler til Grethe i Filipinegave, men det veed Du vel. I Dag er her første Dag ikke i Kakkelovnen. Puf har saa travlt med at lave en Bil med 3 Hjul, han er et helt Geni til den Slags! Der er ingenting mere at skrive om lille Putte; bliver der ikke videre Stof til paa Mandag faaer Du kun et Kort, skal vi sige paa Tirsdag. Vi skal vist spise til Middag hos Agrarens paa Søndag, første Gang jeg er der og tager Trapperne. – Hils Børnene ogsaa Grethe, hvis hun endnu er der. Det var et pænt Portræt Du sendte mig, Tak for det! Det var en Lykke, hvis hun slap for Utøj i det store tykke Haar. Nej saa er jo aabenbart Sletterne en Umulighed. Kærlige Hilsener fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-06-09</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Birkerød St.</t>
+  </si>
+  <si>
+    <t>Povl Bentzon
+Frederik Bokkenheuser
+Bodild Branner
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Otto Emil  Paludan
+Charlotte Rasmussen
+Ditlev Schroll
+Otto Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs datter, Louise Brønsted, boede i Birkerød med sin familie. 
+Laura Warberg var i foråret 1912 uden bolig, mens hendes nye lejlighed i København blev sat i stand. Hun opholdt sig i flere måneder hos venner og familiemedlemmer. Laura Warberg døjede med et dårligt ben, efter at hun havde haft årebetændelse. 
+Sandholt gods var i 1912 ejet af Nicoline von Sperling. Hvem Frk. B var vides ikke. Muligvis en pige i huset på Sandholt. 
+Det vides ikke, om Kaptajn Schroll er Otto Schroll. Schroll-familien boede på gården Lykkenssæde og var venner med Warberg-familien. 
+Hvem Jørgensen, der nu bor hos Karen, samt Anna B og Margrethe var vides heller ikke. 
+Laura Warberg planlagde længe en rejse sydpå med Marie Warberg. Denne blev udsat fra maj, hvor den skulle have fundet sted.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2086</t>
+  </si>
+  <si>
+    <t>Laura Warberg er hos familien i Snøde på Langeland. Før da besøgte hun Erikshaab og Sandholt. Laura har været til læge i Svendborg med sit dårlige ben. Hun rejser nu til Odense for at besøge Hempel Syberg og se Thora Branner med børn. Derfra tager hun til Kerteminde. Omkring 27. juni vil hun indlogere sig på hotel i København, og hun håber at kunne flytte ind i sin nye lejlighed 1. juli. Astrid er blevet bedt om at hjælpe. 
+Marie Warberg er stadig syg. 
+Laura glæder sig hverken til rejsen i september eller til sin nye lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sojt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+Adr: Brønsted
+Birkerød St.
+Sjælland
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde d: 9–6–12
+Kære Astrid
+Det er nok snart paa Tiden at skrive til Dig igen og saa faar jeg vel snart lidt at høre om Eder allesammen. Jeg kom hertil i Torsdags, Tante hentede mig i Aasø og vi drak hendes medbragte Kaffe i Skoven paa et yndigt stille Sted; kørte saa til og fra Kirkegaarden gennem Byen til Hotellet, besøgte en Timestid Charlotte Rasmusssen – en af mine Brudepiger - spiste Melon der, gik en lille køn Tur og var her 7½. Jeg havde overnattet i Svendborg og om Formiddagen sejlet til og fra Christiansminde og gaaet rundt derude, der var dejligt og Vejret smukt. Til Erikshaab kom jeg Søndag d:2den, havde to rare Dage der, den ene Aften var der bedt fremmede, bl.a. Kaptain Schroll og [Peia?], rigtig morsomt. Næste Dag var jeg med Paludan på Sandholt til Frokost; de havde været saa uhyre glade ved at see Eder, især var Frøken B. glad ved Dig, hvem hun ikke havde set i saa mange Aar. Derfra kørte jeg alene til Doktor Schrolls og var der hele Eftermiddagen og Aftenen. Onsdag Kl. 5 tog jeg saa til Svendborg og gik samme Aften en dejlig lille Tur uden for Byen. Første Dag her gik jeg ind til Dr. Rasmussen og spurgte ham om mit Ben, der stadig hæver i Anklen og paa Foden, er tungt og træt og hindrer mig i at gaae ret meget. Han gav mig Jod at smøre med og sagde jeg skulde igen gaae med Bind og ligge med tykt Vat om Natten. Nu er det allerede bedre og jeg maa nok følge hans Raad og gaae med det Bind et Par Maaneder, om det saa bare kan blive helt godt! Dr. Bokkenheuser havde jo sagt, jeg maatte lægge det. Jeg rejser til Odense paa Lørdag er to Dage hos Syberg; dersom Thora og Børnene er der vil jeg være en Nat paa Hotel, skal til Øjenlæge og besøge Jørgensen der nu boer hos Karen. Den sidste Ugestid i Kerteminde skal jeg have vadsket og pakket og syet et og andet. Dersom Du ikke kunde være et Par Dage hos mig, vilde jeg grue rædsomt for den Indflytning. I Dag skriver jeg om at faae flyttet ind d: 1ste Juli, haaber han kan den Dag. Jeg rejser altsaa d:27de og boer paa mit gode Missionshotel Gl. Kongensg har meldt mig til Bentzons til Middag og Aften og tager til Birkerød Dagen efter. Det glæder jeg mig meget til; saa er I vel lige paa Falderebet. Anna B. har skreven til mig, om jeg ikke vil have deres [ulæseligt] i Juli og [ulæseligt] formodentlig rejser hun og Margrethe saa paa Landet. Det har jeg sagt Ja til, da jeg efter denne Benhistorie er bange for at være alene. Marie Warberg gaaer endnu med daarlig Finger, Gud veed, hvad det bliver til! Caspersen mener, det tyder paa Benæder. Jeg glæder mig slet ikke til Rejsen i September; det er ikke som i Fjor! Jeg glæder mig heller ikke til min Lejlighed! – Nu Farvel lille Putte! Hilsener til Eder allesammen Jeg længes efter at høre hvordan lille Alhed har det!
+Bedstemor –
+Tante hilser!</t>
   </si>
   <si>
     <t>1913-05-14</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Marie Bang
 Wilhelmine Berg
 Alice Bondesen
 Christian  Brandstrup
 Eline  Brandstrup
 Alexander  Brandt
 Marie Brandt
 Martha Caroline Clement
 Ingeborg Margrethe Delcomyn
 Theodor Christoffer Delcomyn
 Anton Hinke
 Grethe Jungstedt
 Hanne Langkilde
 William Langkilde
 Adolph Larsen
 Andreas Larsen
 - Looze
 Christine  Mackie
 Marie Paludan
@@ -4871,5118 +13444,458 @@
   <si>
     <t>Det er en stor nyhed, at Laura Warberg vil flytte til Kerteminde og opgive det københavnerliv, som hun ellers holder af. Alhed Larsen håber dog, at moderen føler sig raskere og stadig tager sin medicin. 
 Byggeriet på Møllebakken er godt igang, men håndværkerne er langsomme. 
 Alhed Larsen har været til Alice/Alix Bondesens begravelse. Efter kirken spiste man middag på Ravnholt, og der blev holdt smukke taler. 
 Wilhelmine/Tante Mis er på besøg, og man har fejret Andreas/Pufs fødselsdag med mange gæster. 
 En planlagt tur til Sprogø blev opgivet på grund af vejret.
 Alhed har været på kirkegården og på Erikshaab.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/N3Iu</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:] 
 Kæreste Mor!
 Nu er det paa Tiden, jeg faar sendt Dig en lille Skrivelse med Beretning om, hvordan Tiden er gaaet for os, siden jeg saa Dig sidst – den Efterm. jeg kom til Kjtm. og Du fulgte mig paa Vej ad Valby til. Men først maa jeg da udtale mig om den store Nyhed, Johanne kom hjem med, at Du tænker paa at slaa Dig ned i Kerteminde til Efteraaret. For os alle her vilde det jo være aldeles henrivende at faa Dig herover, men jeg kan jo ikke lade være at tænke paa, at det for Dig maa være et stort Offer, Du som befinder Dig saa vel ved Københavnerlivet og faar saa meget ud af det. Og maaske Du ogsaa kommer paa andre Tanker, naar Du nu igen føler Dig raskere og stærkere. – Hvor dejligt stadig at høre, at Du befinder Dig saa vel hos Onkel Chr. og Tante Eline, vi har jo ogsaa alle ventet os saa meget af det Ophold. Men Du bliver da endelig ved at tage Din Medicin regelmæssig, selv om Du føler Dig bedre? – Jeg sidder oppe i Lysthuset og skriver, her er aldeles henrivende, Du kan nu ikke tænke Dig, hvor Haven er henrivende vi glæder os meget til at vise Dig den. Byggeriet er godt i Gang, men det gaar kun smaat fremad, det er vældig hvor saadanne Håndværkere kan drive, vi kan jo rigtig iagttage dem her fra Haven, de staar stille og ser paa det og snakker om det næsten ligesaa meget som de arbejder. – Verandadøren er ogsaa i Arbejde, men det er Hinke, saa Du kan ogs [”ogs” overstreget] nok tænke, at heller ikke det gaar med Iltogsfart. – Jeg var jo saa nede til Frøken Alix’ Begravelse, det blev jo desværre mig alene, men jeg var glad ved, at jeg kom derned, at der dog var én af Familien. Det var en smuk Begravelse, en Masse Mennesker og Bunker af Kranse. Da Kisten blev baaren ud af Funktionærer paa Ravnholt (Looze, Wulff o.s.v.) tog Frk. Sperling selv fat ved Hovedenden og bar helt ud til Graven, det saa smukt ud og ligner hende jo fuldstændig. Bagefter var vi til Middag paa Ravnholt, 27 af de nærmeste, hele Sommerkredsen fra Ravnholt, Marie Balslev, Stenbergerne, Ville Bang, Fru Alexander Brandt – f. Bredsdorff, Langkildes fra Bramstrup, Bispens unge Grevinde, (han var bortrejst) Smidt Nybøllegaard, Provstens, Palam og Marie, Fru Clement og alle Søstrene naturligvis. Frk. Sperling holdt en smuk Tale inden vi begyndte at spise, senere Frk. Elisabeth, Frk. Bang og Frk. Sp igen, meget smukke Taler, Bispen talte ogsaa, - rigtig kønt, men vi var enige om, da vi kørte hjem, at hverken Bispen eller Provsten (i Kirken) kunde maale sig med Damerne, men det var nu ogsaa ualmindelig gode og smukke Taler, Frøken Bangs meget poetisk og smukt [”t” sidst i ordet overstreget] om de lyse Minder, der blev fremhævet af denne alvorlige Stemning ligesom et Billede ofte fremhæves mest af en mørk Ramme. Jeg var meget glad nu at være med til den smukke Fest, men man savnede Frk. Alex hele Tiden, hun hørte jo til i den Grad til paa Sandholt og var altid saadan en elskværdig Værtinde. – Hvor har vi dog mange trofaste Venner dernede paa Egnen, alle skulde de have Rede paa, hvordan Du har det, og jeg fik utallige Hilsner til Dig; Frk Sperling spurgte om Din Adresse i Charlottenlund maaske har Du hørt fra den [”den” overstreget] hende. Grevinden talte jeg en Del med; hun bad mig endel hilse Dig saa meget, hun er dog et ualm. yndigt og indtagende Menneske. - - - Her kom en lille Afbrydelse, idet Tante Mis kom op igennem Haven; jeg hentede The og ristet Brød og vi har siddet og sludret en Timestid. Det er saa hyggeligt at have Ta’ Mis her hun kommer næsten daglig et lille Rend. Pufs Fødselsdag havde jeg inviteret hende til hele Dagen. Det var en livlig Dag, kan Du tro. Om Formiddagen (midt – i mens laven Mad) kom der 5 ude fra Feden (Datter og Svigersøn fra Kjm og Tandlægens) de skulde passes med Vin og Underholdning. Saa kom Middagen med Tante Mis, Elle og Grethe og Anton Hinke. Boullon med ristet Brød, Kalvesteg og Ris à l’Mande – Vin). Derefter Kl. 3 Grossererfamilien med Børn, Chokoladebord ved Valnøddetræet for Ungdommen og i Lysthuset for de Voxne. Midt i det kom Delcomyn og Oberst Rist, en storartet Mand, der længe gærne har villet hilse paa Las, og lidt efter at de var gaaet Borgmesteren og en Direktør Rist – Bror til den anden. Til Aften havde vi de [”de” indsat over linjen] samme som til Middag plus Agrarens og Allerup. Du ser det var en livlig Dag, men det gik for Resten udmærket. Puf var henrykt, jeg skulde foreløbig hilse Dig og takke Dig saa mange Gange for Bog og Brev, han var meget glad. Han har taget nogle nye Fotografier i disse Dage, som han vil sende Dig naar de er færdige (hans eget Paafund) saa skriver han lidt med det samme. De nyder begge deres Pinseferie og det dejlige Vejr. Vi vilde have været til Sprogø i Dag (efter Las’ Sager) og havde inviteret Chr og Ta’ Mis med, men da det i Morges saa ud til Regn og Torden opsatte vi det. - - - - Jeg blev ikke helt færdig med min Sydfynstur. Jeg var naturligvis inde paa Kirkegaarden havde lidt Blomster med herfra Haven, der var rent og nydeligt som altid. Jeg blev paa Erikshaab til næste Efterm. – Det blev en længere Skrivelse men nu kom Las efter mig, vi skal ud at saa Agurker, vi har lagt Masser af Ærter Bønner o.s.v. ja en hel Del er for længst kommen op - - Hils Onkel Chr. og Tante Eline mange Gange og sig vi er saa glade ved at vide Dig i deres gode Hænder. Vi høre vel snart igen lidt fra Dig, bare smaa Epistler, at vi kan høre, Du har det godt. – og skriv lidt om Din nye Plan, om Du bliver ved den, og hvornaar vi skal begynde at se os om efter noget til Dig. Det er en yndig Tanke at faa Dig hertil, men jeg kan næsten ikke rigtig tro paa det. – 
 1000 kærlige Hilsner fra Din Alhed
 14de Maj - 13</t>
   </si>
   <si>
-    <t>1879-08-23</t>
-[...3 lines deleted...]
-Johanne Christine Larsen
+    <t>1914-05-08</t>
+  </si>
+  <si>
+    <t>Axel  -
+- Dahlerup, Fru
+Christian  Houmark
+Julius Hviid
+Grethe Jungstedt
+Alhed Larsen
 Christine  Mackie
-Ellen  Sawyer
-[...4 lines deleted...]
-Johanne Christine Larsen
+Axel Muus
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik i 1914 bygget et hus på Strandvejen/i Strandgade, Kerteminde, til Laura Warberg, datteren Ellen/Elle og barnebarnet Grethe. 
+Gården Kejrup ligger nær Kerteminde. 
+Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
+Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NXeB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Store Bededag
+Kære Astrid
+Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
+– Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
+Kærlig hilsen! Mor.</t>
+  </si>
+  <si>
+    <t>1914-12-28</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+August Kattrup
+Camilla Kattrup
+Rasmus Kattrup
+Charlotte Knipschildt
+Ernst  Knipschildt
+Gustav Knipschildt
+Otto Knipschildt
+Alhed Larsen
+Johannes Larsen
 Christine  Mackie
-Hempel Syberg
-[...128 lines deleted...]
-Christine  Mackie
+Elisabeth Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
-Fanny Schaffalitzky de Muckadell
-[...58 lines deleted...]
-Fritz Syberg
+Henry Smith, nær Erikshaab
 Hempel Syberg
 Conrad Warberg
-Else Warberg</t>
-[...482 lines deleted...]
-Conrad Warberg
 Else Warberg
-Laura Warberg</t>
-[...71 lines deleted...]
-Maria von Sperling. g. Balslev
+Karen Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt fyldte 15 år 16. januar 1915. Laura Warberg blev 60 20. januar samme år. Mange af hendes gamle venner fra tiden, hvor hun boede på Erikshaab, var inviteret. 
+Det vides ikke, hvem Grethe B. var. 
+Christine Swane boede fra september 1914 og flere måneder frem hos Alhed og Johannes Larsen med sin søn, Lars. Hun var flyttet fra manden, Sigurd Swane.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3740</t>
+  </si>
+  <si>
+    <t>Laura Warberg har måttet spare på julegaverne i år pga. festerne 16. og 20. januar.
+Grethe får en masse tøj for de indsamlede penge. Laura giver hende et ur.
+Hempel Syberg er syg og kommer ikke til Lauras fest. Alle andre har sagt ja, de så de bliver 30.
+Christine Swane er flyttet til lejligheden i det hvide hus nær Alhed og Johannes Larsen.
+En kagefrøken kommer to dage, tjeneren fra hotellet og to-tre piger er hyret. Laura Warberg oplister menuen. Alhed Larsen og Ellen Sawyer dækker bord dagen før festen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bUa7</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] 1915
+[Med blæk; Laura Warbergs skrift:]
+Mandag.
+Kære lille Muk!
+Jeg vilde netop i Dag skrive til Dig! Tak for Brevet i Morges! Jeg er flov over Dine Taksigelser - mine Ydelser har jo kun været gode Ønsker! Jeg var nødt [over "nødt" er indsat "x)"] til i Aar at spare lidt til Fordel for d. 20_de_ og d. 16_de_. Jeg har købt et godt og pænt lille Uhr til 25 Kr; desuden vil jeg have dem alle samlet til Aften; i Julen lykkedes det ikke! Jeg er meget glad ved Eders 10 Kr; foruden ["foruden" indsat over linjen] en saa stor Sum, synes Elle og jeg, at Du ingenlunde maa give noget i Gave. Vi har nu 50 Kr; 25 fra Julegaverne, 7 fra Dede, 3 fra Grethe B., 5 fra Syberg. Hun kan faae baade en Ulster, en Kjole, Strømper, Galocher, alt haardt tiltrængt. Vi glæder os til Dagen. Syberg veed nok [ulæseligt ord] af, hans Penge, men det er jo pænt, hvis Du alligevel skriver og takker, han har desværre været daarlig hele Julen og er endnu saa han har definitivt sagt Nej til d. 20_de_. Paludan har endnu ikke svaret, men han er vist sikker nok; ellers har alle sagt Ja; Gloruperne, Knipschildts, Katterups, [ulæseligt ord], Smidts, [ulæseligt ord] - vi bliver 30; det er rimeligt, at Minna kommer med lille Torkil i saa Fald skal de boe alle tre i Grethes Stue; ellers Tanterne der og Dede paa Hotel. Fru Swane flytter forinden til den lille Lejlighed i det hvide Hus I/hos Las's. Alhed er dog ved at blive ked af at see sin Dagligstue som Børnekammer med et grufuldt Rod, saa nu trækker hun sig tilbage til sit lille Atelier og maler. - Vi glæder os alle vældigt til Festen; alt ryddes ud af Dagligstuen til Spisning, vi mener med al den Hjælp vi har, kan den være i Orden paa en lille halv Time bagefter ["bagefter" indsat over linjen]. Kaffen nydes ved Bordet til en Cigar. Vi skal have en dygtig Kagefrøken 2 Dage, Tjeneren fra Hotellet og 2-3 Piger til Hjælp - Grethe laver Menu Kort, - Skildpaddesuppe - Karper - Slikasparges, - Oksefilet - Kiks og Ost - Kransekage med Fyld - Is. - Las giver Champagne. Vi lejer alt Porcelæn hos Isenkræmmeren. Elle tager sig fri Dagen før, da vil hun og Elle Alhed ["Elle" overstreget; "Alhed" skrevet oven i overstregningen] dække Bord. A. taler om at bede Dig komme lidt før, men den søde Alhed skal jo altid have en Stab om sig, E og jeg mener det var Synd Du skulde være mere end højst nødvendigt fra Børnene. [Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1918-11-18</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Theodor Oppermann
+Theodor Philipsen
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
-[...1053 lines deleted...]
-Din Junge</t>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse i Italien.</t>
+  </si>
+  <si>
+    <t>Fotokopi af brevet på Kerteminde Egns- og Byhistoriske Arkiv, BB3742. Det vides ikke, hvor originalen findes.</t>
+  </si>
+  <si>
+    <t>Pengene fra forældrene må godt snart komme.
+Alhed og Johannes Larsen spiser to gange dagligt på en restaurant; blæksprutter mm. Smørrebrød ser de ikke. De går i byen og ser på paladser, kirker og museer. Om aftenen læser de på værelset. 
+Parret har besøgt Boboli-parken, Uffizierne, Pitte-galleriet mm. Alhed Larsen kender jo disse steder.
+Af et brev fra Erikshåb fremgår det, at Albrecht Warberg er mere rask end i mange år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t2Bs</t>
+  </si>
+  <si>
+    <t>Firenze 18 November 18.
+Kære Forældre!
+Vi sidder begge 2 her i en lille Skrivestue ved Posthuset, A. skriver hjem og jeg ligesaa. Vi fik Brev i Dag, Svar paa det [udenfor fotokopien] skrev samtidig med at jeg [udenfor kopi] til Jer, saa kan vi altsaa begy[nde] at vente Pengene, de maa he[lst] ikke lade vente mange Dage [paa] sig, hvis der ikke skal blive en Stansning i Bespisningen d.v.s. jeg haaber at I ha[r sendt] dem før I faar dette. Vi ha[r haft] dejligt Vejr, stille og mildt [Sol]skin, som smukt Septembervejr hjemme men i Gaar og i Dag ækelt Blæstvejr med Støv. Vi spiser i en Beværtning som be[en linje af brevet udenfor kopien] andring med det, først kogt Haj med Olje og Citron, derefter Blæksprutter i Spinat og Olje saa stegt Lam og Ost og Brød, vi drikker Rødvin til og køber en Flaske ad Gangen koster Lire 1,60 ["koster Lire 1,60" indsat over linjen] som rummer 2 Kander, den har vi saa staaende og den varer 4-5 Gange. Vi spiser der 2 Gange om Dagen, nemlig Frokost naar vi gaar ud om Morgen eller om Formiddagen Kl. ca 11, derefter gaar vi paa Musæer og i Kirker, eller tager en Tur ud i Omegnen. Kl. 6 spiser vi igen, saa gaar vi hjem og i Seng og læser lidt i en Kunstphilosophie Philipsen laante mig og 8-9 staar vi op og drikker Kaffe med et Rundstykke til som vi kommer Appelsinmarmelade paa, Smørgogbrød ser vi ikke. I Dag har vi været i Mediciernes Kapel med Michelangelo [en linje udenfor kopien] paa Uffizierne, i Gaar var vi i Pitte Galleriet og derefter i en stor Have som hører til Slottet og hedder Boboli Haven og saa gaar vi omkring i Byen og ser paa alle de dejlige gamle Paladser. Forleden var vi i Nationalmusæet Palazzo Bargello, det er der den smukke Gaard er som Oppermann sendte et Fotografi af, men der er mange Steder hvor vi ikke har været endnu og der hvor vi har været har jeg jo knapt faaet et Overblik over hvad der er endnu, Alhed kan jo bedre se paa de enkelte Ting i Ro, hun kender det jo fra før. Det var morsomt at høre fra Alheds Forældre i Dag de havde det godt allesammen og Faderen har ikke været saa rask i flere Aar. Ja det Brev som jeg skrev om der var bleven væk, fik vi [en linje udenfor kopien] efter, det var overmalet med en Mængde Adr, som det var gaaet rundt med. Jeg havde jo egentlig skreven at I ikke vilde faa Brev fra mig før jeg havde faaet Pengene, men nu faar i alligevel dette. Vi ser i det Brev fra Erikshaab at der har været Mortensaften det har vi slet ikke tænkt paa. Nu skal vi hen at have Aftensmad. Mange Hilsner til Jer allesammen fra Jeres hengivne
+Johannes Larsen.
+Mange Hilsner fra Alhed hun bliver sidst færdig.</t>
   </si>
   <si>
     <t>1920-09-15</t>
   </si>
   <si>
     <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
   </si>
   <si>
     <t>Harald Giersing
 Johanne Giersing
 Andreas Larsen
 Johannes Larsen
 Christine  Mackie
 Fritz Magnussen
 Peter Magnussen
 Per Nielsen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
 Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
 Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
   </si>
   <si>
     <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
 Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
 Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Kostskolen
 Birkerød
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Kære søde Ly!
 Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
 Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
 Onsdg 15de Sept - 20</t>
   </si>
   <si>
-    <t>1890-02-02</t>
-[...43 lines deleted...]
-Fyn Højrup Station
+    <t>1920-09-29</t>
+  </si>
+  <si>
+    <t>Valborg -
+Ellen Bøttern
+Hans Christian Engelsen
+Jørgen -, Erikshaab
+Adolph Larsen
+Johanne Christine Larsen
+Elisabeth Mackie
+Ada Tutein
+Kjeld Tutein
+Peter Tutein</t>
+  </si>
+  <si>
+    <t>Meme kan have været en kammerat på Birkerød Kostskole, hvor Johan Larsen var elev, da han modtog brevet.</t>
+  </si>
+  <si>
+    <t>Alhed sender vidnesbyrd og nøgler. 
+Jørgen fra Erikshaab har været til middag i Kerteminde. 
+Nu skal Alhed spille tennis med Ellen Bøttern.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d0BQ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
 [På kuvertens bagside:]
-Elle! Elle! Min Kam! Naar faar jeg den???
+Poststempel.
 [I brevet:]
-Kære Moder!
-[...1099 lines deleted...]
-    <t>1897-08-30</t>
+Kære søde Ly!
+Hermed Vidnesbyrdene, som Valborg glemte at lægge i Kufferten. Den blev sendt med 10 Toget i Formiddg som Express, 10 Kr!! turde ikke andet. Nøglerne følger hermed gaa strax hen med dem til Meme. Det var nok kun lige til at Du naade det i Gaar! Hvad sagde Rektor? Har Du faaet den danske Stil? Skriv snart. Jørgen fra Erikshaab har været her, kom lige efter at Du var cyklet, var hos Agrarens i Gaar og her i Dag. Vi gav ham Duesteg og Tyttebærgrød og Vin til Middag, han var meget begejstret, nu er han kørt. Jeg skal op og spille Tennis med Ellen B. nu, gid Du var med, Gud ved om vi kan spille til Jul? Hils Tuteinerne, glem ikke at takke Fru T. for den yndige Aften.
+1000 Hilsner fra Din Mor.
+Giv Putte lidt Afskedschokolade.</t>
+  </si>
+  <si>
+    <t>27. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5Ilngp06</t>
+  </si>
+  <si>
+    <t>28. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oBzJFEI7</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/HVashspr</t>
+  </si>
+  <si>
+    <t>1924-04-11</t>
+  </si>
+  <si>
+    <t>Ølstedgård, Faaborg-Midtfyn Kommune
+Drigstrup Bygade, Kerteminde</t>
   </si>
   <si>
     <t>Adolph Larsen
-Jeppe Andreas Larsen
 Johannes Larsen
-Vilhelm Larsen
-[...1504 lines deleted...]
-Knud Larsen
 Otto Emil  Paludan
-Alfred Rottbøll
-[...152 lines deleted...]
-komme den rette Feststemning over Byen. Der var jo en Del Masker og Konfettikamp men manglede den rette Glans over det. Om Aftenen den sidste Dag spiste vi sammen med Konsulens Beckett og Ring inde i Byen og gik derefter sammen ud til et Slags Marked eller saadan noget, en stor lukket Plads med Karrusel, Tombolaer, Hasardspil, Cirkus, Abekatte, o.s.v. o.s.v. hvor vi gik og havde det rigtig Sjov et Par Timer; Folk var saa grinagtige derude, de fleste i Maskeradetøj. Karussellen var det morsomste, det var storartet Syn at se Fru Pelle, den lille tykke Kugle paa en Hest ved siden af den lange magre Beckett. – Jeg ved ikke om jeg nogen Sinde har fortalt, at her er en Caffé, ”Centrale” hedder den, hvis Ejer har været et Aar i Danmark hos A Porta at lære; der holde alle danske til, og Manden, der taler lidt dansk ser frygtelig mildt til os og favoriserer os. – Næsten hver Dag ved 4 Tiden er der danske,[overstreget: d] ved den Tid lukkes Museerne og de fleste søge [tilføjet: ind] at faa sig en lille Styrkning. Jeg kommer der tit i denne Tid sammen med Ring. Der er saa isnende koldt oppe paa Museet, at det næsten er nødvendigt at gaa ind og varme sig op bagefter. Min Copi morer mig meget og jeg begynder, tror jeg, at faa lidt Bugt men den. Jeg vil vist lade være nogle Dage at gaa paa Skolen for at kunne Kile paa med fuld Kraft deroppe. – Denne Ring er en brillant én, han har været flere Gange ude at spise vor Kakkelovnsmad. Forleden var der nogle Kartofler, som han og Lud gjorde Nar af og som de paastod at kunne lave bedre. Saa blev Resultatet, at de to en Aften skulde lave et Maaltid helt paa egen Haand vist oppe hos Ring; nu skal vi se, hvordan de klare den. Lud betroede os i Dag, at Ring havde foreslaaet ham at de bare skulde købe en Høne [tilføjet: færdig] og varme den i kakkelovnen. Men det er jo Snyderi, saa nu maa vi nok passe paa med dem; Ring praler af at kunne lave Ballemælk men vi tro ikke paa det. - - I Dag er det nok Frk. Jensens Fødselsdag, vi have drukken hendes Skaal ved Aftensbordet, og d. 7ende skulle vi nok drikke ”Fader Bergs” ligesom ogsaa den 6te Elles. Det er rart med den Vin hernede, den vil jeg vist nok savne, naar jeg komme hjem.—Nu maa jeg nok begynde at ruste mig til Afslutningen; jeg kan kun skrive et Ark, da Din Veninde Mdm. Persen skal have Plads til et Billede. - - Dette Brev er nok desværre ikke saa morsomt, som jeg gærne vilde have skreven det til Din Fødselsdag, - men jeg kan ikke gøre ved det, det ligger ikke mere for mig at skrive Breve. - - Men jeg vil bede Dig om at uddele de kærligste Hilsner fra mig Kys, hvor Du synes, det kan passe, da endelig et til Dig selv fra Din Bø.</t>
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Andreas Larsen var, da brevet blev skrevet, i gartnerlære i Stige nær Odense. 
+Ølstedgaard hørte længe under grevskabet Muckadell sammen med Brobygaard, Arreskov og Gelskov. Alhed Larsens far var ansat ved dette grevskab, og familien boede i et af dets huse, Erikshaab. Louise og Niels Elgaard Amstrup boede på Ølstedgaard med deres adoptivdatter, Ellen Agnete (Nete), hvis biologiske mor var Alheds søster Christine Marie. Ølstedgaard blev solgt i 1925 og udstykket til 14 statshusmandsbrug.
+Der var folketingsvalg 11. april 1925. Larsen-familien hørte pga deres boligs beliggenhed under Drigstrup Sogn.</t>
+  </si>
+  <si>
+    <t>Det var sødt af Andreas Larsen at skrive om Ølstedgaard. Og dejligt, at han er raskere.
+Haven er blevet ordnet, og nu skal Alhed Larsen ordne huset. Hun skal til Drigstrup og stemme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L4IB</t>
+  </si>
+  <si>
+    <t>Det var sødt af dig, kæreste Gamle, at skrive det om Ølstedgaard. Men for det første kommer Præsten om Aftenen, mulig ogsaa Palams, og for det andet har jeg slaaet mig til Ro med at Du ikke tager med, jeg ser Dig jo ogsaa Lørdag aften og Søndag Morgen og forhaabentlig 2 Paaskedag og saa fremdeles. Tak for Dit lange Brev, det morer mig meget at høre om alle Slags, og dejligt er det, at Du føler Dig raskere. Hvilket henrivende Foraarsvejr, Baser har givet Haven en Afpudsning og tager nu fat paa Grøntsagerne, jeg glæder mig meget til Paaske og skal nu til at gøre Huset fint. Din Far og Skriveswane kommer Onsdag, men det sagde jeg vist i Mandags. Jeg skal love for; Du har været lige til Sengen Tirsdag Aften, Gud ved hvorlænge Lars var til Vælgermøde. – Vi skal op og stemme i Drigstrup i Efterm, jeg glæder mig til Turen i det dejlige Vejr
+Paa Gensyn Lørdag Aften
+Hilsener Mor
+Fredag 11te April - 24</t>
   </si>
   <si>
     <t>1925-06-19</t>
   </si>
   <si>
     <t>Thøger  Larsen</t>
   </si>
   <si>
     <t>Lemvig</t>
   </si>
   <si>
     <t>- Kruuse
 Andreas Larsen
 Johanne  Larsen
 Thyra Larsen
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Leo Swane</t>
   </si>
   <si>
     <t>Erikshaab var Alhed Larsen og hendes søskendes barndomshjem. Der er tale om en gård under grevskabet Muckadell. 
 Det vides ikke, hvem Lille er.</t>
   </si>
   <si>
     <t>Thøger Larsen takker for gæstfrihed og håber, at Alhed Larsen vil komme på besøg i Lemvig. Det var dejligt at se Erikshaab. Thøger Larsen glemte at betale for kaffen og sende otte kroner. Hvis det er for meget, kan Alhed bruge restbeløbet. Det var en sjov aften hos Kruuses.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fdSe</t>
   </si>
   <si>
     <t>Lemvig 19/6 1925
 Kære Alhed!
 Tusinde Tak for din Gæstfrihed og Elskværdighed mod mig nu igen efter saa kort Tids Forløb. Jeg er saa rørt og glad, at jeg savner Udtryk derfor og haaber inderligt at du vil komme til Lemvig i Sommer, saa jeg [ordet ”jeg” overstreget] vi kan faa Lejlighed til ogsaa at vise dig, hvor skønt her er. Du skal faa Lov til at bo, som du selv helst vil, enten det bliver hos os eller paa Hotel. Men du maa ikke snyde os. Hvis du tager dit Maler Kluns med, er her ogsaa meget at male. Og Tusinde Tak for Faaborgturen. Hvor var der skønt ved Erikshaab, og Huset selv. Jeg fik saadant et storartet Blik ind i jeres Barndom og Ungdom den Dag. Jeg, Torsk, glemte jo i Faaborg at betale Leo Swane den Kaffe, jeg havde inviteret paa. Nu sender jeg dig 8 Kroner. Jeg tænker, det kan omtrent passe. Vil du ikke give ham dem. Er det for lidt, snyder jeg for Resten. Er det for meget, bedes du anvende Pengene paa bedste Maade – til en Smaating til Lille f. Eks. Jeg haaber, dit Hjerte har holdt til alle Strabadserne, ogsaa til den morsomme Aften hos Kruuses, hvor du nok skejede lidt ud. Det var en skam, om du skulde revses derfor. Det klædte dig saa henrivende.
 Og nu maa du hilse Mornine mange, mange Gange, og søde Putte, og Junge, og Puf og Leo Swane, naar du ser dem. Det var herlige Dage. Vil du give Elle indlagte lille Brev. Og saa paany hjertelig Tak og de venligste Hilsner fra os begge.
 Din hengivne
 Thøger Larsen</t>
   </si>
   <si>
-    <t>1893-01-19</t>
-[...4 lines deleted...]
-Eline  Brandstrup
+    <t>1926-05-26</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Rolfsvej 17</t>
+  </si>
+  <si>
+    <t>Hareskoven</t>
+  </si>
+  <si>
+    <t>Fru Balslev
+Rigmor Balslev
 Julie Brandt
-- C
+Bodild Branner
+- Glarup
+Karen Goldschmidt
+Adolph Larsen
 Alhed Larsen
-Hans Lorentzen
+Johannes Larsen
+Lotte Lehnert
 Christine  Mackie
-Elisabeth R
-[...73 lines deleted...]
-Otto Emil  Paludan
+Elisabeth Mackie
+- Olsen, København
+- Petersen, Hareskov
 Ellen  Sawyer
-Adelheyde Syberg
-[...109 lines deleted...]
-Nicoline  von Sperling
+Janna Schou
+Sophie Walleen
+Andreas Warberg
 Laura Warberg
-Andreas Warberg, Albrechts far
-[...141 lines deleted...]
-H[ulæseligt] T.</t>
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+- Weirsøe</t>
+  </si>
+  <si>
+    <t>Thopedeaborg var navnet på det legehus, som Warberg-børnene havde i haven ved barndomshjemmet Erikshaab på Fyn. 
+Fru Goldschmidt kan være brevskriverens tidligere svigermor eller evt. Karen Goldschmidt. Det vides ikke, hvem "den lille Goldschmidtpige" er. 
+Det vides heller ikke, hvem Frk. Koch er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0992</t>
+  </si>
+  <si>
+    <t>Ingeborg Astrid forsøger i brevet at overtale sin søster, Johanne, til at forlade sin alkoholiserede mand. Hun må leje lejligheden ud og med sønnen flytte hjem til Ingeborg. Johanne kan få klaverelever. Datteren kan måske få en plads som sygeplejerske. Adolph, Johannes mand, må få et arbejde i landbruget, og Johanne kan vende tilbage til ham, når han er holdt op med at drikke. 
+Ingeborg savner sin mor. 
+For 20 kr. har Ingeborg fået bygget et træhus i en have ved Hareskoven. Det skal males rødt som i Sverige. Fru Weirsøe har givet Ingeborg lov til at dyrke jorden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iq4</t>
+  </si>
+  <si>
+    <t>[Kuvertens forside er stemplet 1926-05-27 i København og adresseret til (skrevet i hånd, af Ingeborg Astrid):] 
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde 
+[Med blyant skrevet i hånd:]
+læst 1964, 1925 26 maj. 
+Om: 1) Plan for Junge
+2) ,,Thopedeaborg” i Hareskov
+[Med kuglepen er skrevet:] 2004
+[Kuvertens bagside er stemplet 1926-05-27 i Kjerteminde og med afsenders (Dis- Ingeborg Astrid) håndskrift er skrevet:] 
+Jeg tænker på Jer d.28ende – så går I sikkert derud om Aftenen – så er jeg med – tænk på det – jeg følges med dig og er med i det alt sammen. Det er en mærkelig 28’ Maj i År – ikke?
+[med anden håndskrift står:]
+densely
+regardless = uden hensyn til
+Tribal = Stamme.
+Onsdag Aften 
+Rolfsvej 17, 4 d. 26 Maj 1925. 
+Kæreste lille Junge! 
+Dette bliver et meget betydningsfuldt og tillige et meget hemmeligt Brev – men jeg er hverken bleven gift eller har vunden i Lotteriet – hvori jeg ikke spiller – det angår idet hele taget mindre mig end dig, det jeg vil skrive om – det angår os begge – men mest dig og lille Manse. Er du nu godt spændt? 
+Tusind Tak for Brevet – som lå her, da jeg kom hjem fra Kontoret i Dag, Onsdag. Det rørte mig dybt – dels at du skrev sådan et langt Brev – og dels alt det, du skrev. Så var det jeg fik følgende Idé, som du må tænke godt over – ja, Junge, jeg kan næsten ikke udholde, at du går der og har det værre og værre – mens jeg går her og har det bedre og bedre – bryd nu du [ulæseligt ord] og følg mit Råd! Når Agraren stadig ikke kan blive bedre, så sig til ham, at ganske vist vil du ikke pure svigte ham og søge Skilsmisse – som jo mangen anden havde gjort forlængst; men på den anden Side kan du ikke længere forsvare hverken overfor Børnene eller overfor dig selv at have Tingene gående på denne Måde, der fører til det rene ingenting – bestandig ned ad Bakke trods alt det Slid og Slæb. Forsøg at få hele Lejligheden lejet ud til Oktober Flyttedag – møbleret som den er – og så kan du og Manse rejse herind til mig – I kan godt være her begge to. Så lægger vi Børnene i Sovekamret – og vi to kan ligge i Sofaen. Jeg kan jo – som hidtil – nok udrede 60 Kroner om Måneden til Husbestyrerinde; af disse Penge kan du få nogen – og derfor holde Hus for os – resten kan være for Manses Ophold. Vi kan fordele det, som du selv synes – du forstår nok dette – ikke? Manse som Nr. 4 i Familien kan jo ikke koste meget til Maden – så har du Resten til Jer selv. Så mener jeg, du kan få dit Klaver herind – og så prøver vi så småt med 1 à 2 Elever – du lirker en lille Praksis af efterhånden, mens du fører Hus for os – Nus som første Elev, jeg har dog tænkt på at koste lidt musik på hende – vi sætter Reklame op nede hos Jakobsen i Kælderen osv – osv. Til Agraren siger du, at ad Åre – når han er helt i Orden – sætter I atter Bo sammen. Dine Billeder og dit Sølvtøj deponerer du henholdsvis i Banken (Sølvtøjet / og hos Lases eller Elle – en Del kan du tage med herind. Ja – er det i Grunden ikke oplagt – er der noget at betænke sig på, kæreste lille Junge -! Du kan ikke blive ved på den måde. Manse kan jo gå i gratis Skole her – måske kunde vi få ham i den berømte Skole på LaCourvejen – det er en Kommuneskole, men en Mønsterskole med glimrende Lærere. For Bibbe finder vi nok Råd; foreløbig kan hun sikkert klare sig et Par År til hun får Alderen til et eller andet – måske en god Frøkenpigeplads herovre et Sted – måske hos Rimse eller hos Jean Balslev? Har hun ikke Lyst til Sygepleje? Putte er så henrykt For sin Virksomhed på Børnehospitalet – hvor hun jo foreløbig har fri Station og Klæder (til dels) - og om 3 Måneder får hun desuden 25 Kr pr Måned! Jeg ved dette, da jeg i går gik lige fra Kontoret og til Mornine med en hel Del Grene og Blomster, som jeg om Morgenen havde med fra Hareskoven (jeg har hver Mandag nogle med til en eller anden) – desuden købte jeg noget Chokolade til hende; hun lå i Sengen af Bronchitis og var meget sløj; jeg tror hun blev glad ved min lille Visit, eller i alt Fald ved det, jeg bragte hende; Putte kom, mens jeg var der; derved fik jeg alt det at vide – Putte var strålende glad ved sin Virksomhed og fandt det slet ikke svært. - . Og Tinge klarer jo sig selv; når jeg nu igen kommer i med Fru Goldschmidt, kunde vi måske dér få noget Tøj af og til som kunde hjælpe på Stillingen for Tinge – på den Måde kunde du også være noget for ham herinde fra. Noget må der gøres, Junge, det kan ikke blive ved at gå på den måde – som ikke fører til det mindste. Du sidder jo der og øser Vand med en Si År ud og År ind, kæreste lille Junge – og hvis det gavnede Agraren, men jeg kan ikke rigtig indse det. Tværtimod kunde jeg tænke mig, nu dette Foretagende kunde få ham til at vågne. Vi måtte jo stadig være goe ved ham – absolut ikke foretage dette Skridt i Vrede – kun med klogt Overlæg og med Hensyntagen til alle Jer andre. Jeg tænker mig, at han så kunde rejse et helt andet Sted hen og tage Plads ved Landbruget – sig selv kan han da altid underholde derved og mere vil vi jo ikke forlange af ham. Jeg vil ikke Agraren til Livs med dette Forslag, men er han ikke selv tjent bedre med, at han ikke fuldstændig tager Livet af dig og ruinerer Jeres Tilværelse? Nu må du ikke sige, at det ikke lader sig gøre – for det kan lade sig gøre, og vi må handle inden det bliver for sent. På den anden Måde har du nu forsøgt længe nok – og når vi har set, at det ikke fører til noget, så må vi ændre Kursen og forsøge noget andet – jeg tror lille søde Junge, at det er på høje Tid! 
+Jeg tror fuldt og fast, at Agraren endnu kan reddes til et Menneskeværdigt Liv, men kun ved en Naturkatastrofe – og den er givet i den Plan, jeg foreslår dig. Åh, lille Junge, om jeg kunde opnå at se dit lille trætte, bekymrede Ansigt blive forvandlet til et glad og lykkeligt! Jeg skulde nok sørge for, at du ikke blev forslidt herinde; og så har vi vort lille Fristed i Hareskoven at ty til, når Byen volder os Ubehag – min egen bedste Ven, jeg vilde gøre alt, for at du skulde komme til at befinde dig vel – ja, det tænker du jo nu slet ikke på, men for lille Manse skulde vi også nok gøre det godt og interessant – han og Nus skulde snart blive fine Venner. Du ved, hvordan mit Standpunkt er overfor Agraren – Jeg er absolut uden Vrede – kun opfyldt af Medfølelse; dét, at han ikke mere er sød imod dig – og det er han ikke! – det har forandret meget i hele Situationen; så længe han virkelig elskede dig overalt på Jorden – elskede dig i al sin Skrøbelighed, ja, så længe kunde du ikke rejse fra ham – for så havde han endnu en Mulighed for gennem sin Kærlighed til dig at kunne rette sig. Som det nu er, kan du ikke længere bevirke dette for ham – i hvert Fald ikke når I går sammen, måske snarere derigennem, at du rejser bort for en Tid, så han derved kommer til at føle, hvor meget du er og har været for ham; måske – Junge – kunde en lang Adskillelse fra dig bevirke, at han kom til at se alt – også alt dét, som han har bragt i Uorden for sig selv og Jer alle. 
+Først når man virkelig erkender sig selv – kan man blive et andet Menneske. Hvis han bliver ved med at leve i de samme Omgivelser, de samme Forhold – med de samme evige Nederlag – ja, så må han sløves og miste Evnen til sand Selverkendelse. Jeg tror – nej, jeg véd, at alt dette er rigtigt; så du ser, at min Plan går ikke alene ud på at redde dig – for i så Fald fandt den ikke din Tilslutning – jeg tilsigter at redde hele Situationen – at redde Tilværelsen for Jer alle – Agraren i beregnet – med den Ordning, jeg her har foreslået dig; men husk på – en Forestilling vil intet hjælpe, det kan ikke nytte Spor at sige til Agraren: ,,hvis du ikke retter dig osv – så rejser jeg.” Det er selve denne gennemgribende Forandring, som skal redde ham. 
+Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
+Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
+Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
+Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
+Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
+Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
+Ingen Læge er som du 
+når vort Legem går i tu
+eller Sjælen bløder - 
+Lige vel var Legemspragt
+som vor sarte Sjæledragt
+du med Omhu bøder -!
+osv. 
+Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
+Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
+(Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
+Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
+Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
+Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
+Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
+Kom så! Tusinde Hilsner fra din Dis.
+Ark 5, s.1. Venstre margin lodret. 
+Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
   </si>
   <si>
     <t>1927-04-27</t>
+  </si>
+  <si>
+    <t>Howitzvej 29 4. København</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Adolph Larsen
 Janna Schou
 Albrecht  Warberg
 Laura Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Johanne Larsen og hendes søskende voksede op på gården Erikshaab.
 Elevprøve: Johanne Larsen var klaverlærer.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0801</t>
   </si>
   <si>
     <t>Johanne Larsen mindes sin barndom og ungdom på Erikshaab med stor glæde.
 Hun håber for Astrid, at det vil gå godt i fremtiden - især med datteren Ina. 
 Adolph Larsen var syg i påsken, og familien har derved mistet indtjening. Johanne skal have elevprøve og frygter den, da eleverne ikke har lært ret meget.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9lMj</t>
@@ -9991,2417 +13904,416 @@
     <t>[På kuvertens forside:]
 Fru Astrid Warberg
 Howitzvej 29 4 t.v.
 Kjøbenhavn
 [Med andre skriveredskaber og anden skrift:]
 26 april 1927
 22-2-03.
 11-4-2000
 (Bibbe)
 [På kuvertens bagside:]
 Warberg Larsen
 Kjerteminde
 [I brevet:]
 25 April 27.
 Kæreste lille gode Dis!
 Jeg husker et af de sidste Aar jeg var paa Erikshaab var det fuldstændig Sommer da jeg laa ude i Odensebakkerne og skrev til din Fødselsdag – det var den sidste Bakke inden Ore Bankerne du ved hvor Husfolkene havde deres lille Kartoffelstykke – hvor var det egentlig langt borte at dyrke sine Kartofler! Men det var den Dag, Bøgene var begyndt at springe ud og det [var] varmt saa man kunde ligge ned og der var Fuglesang og Bisummen og Duft af Anemoner og anden Skovbundsmuld! Ved du noget saa lifligt som Duft af Muld? Naar jeg mærker det synes jeg altid jeg føler mig som Stenalderfolk!! Dette blev nok en hel lille Hymne i Prosa, som skulde føre dig tilbage til vores elskede Erikshaab! Har du nogen Sinde tænkt paa, hvor stor en Skat vi ejer derved at vi føler saa stærkt og lykkeligt, naar vi tænker paa Erikshaab med Far og Mor og hele vores bedaarende Ungdomsliv. Saa mange stakkels fattigere, der har ført en sur og glædesløs Barndom og Ungdom! Jeg tror ikke at ret mange har deres Ungdom rigere og smukkere end vi – men tænk ogsaa saadan et ”Sceneri” som Erikshaab var! Hvor meget anderledes mon det hele ikke havde formet sig, hvis vores Hjem havde ligget i en barsk ensformig Egn. Tror du ikke?
 Til Lykke, søde Dis! Gid dog at alt maa forme sig bedre og mere harmonisk for jer [”jer” indsat over linjen] i de Tider, vi gaa i Møde – først og sidst: gid det med lille Sjums maa blive godt, om jeg saa maa sige: baade hvad angaar det aandelige og det legemlige! Og lad mig saa da ogsaa ønske et godt Aar for dit lille kære Nus – hun er dig dog til megen Glæde lille Dis, det kære gode lille Nus med hele sin lille blide Facon at være paa.
 Desværre bliver det ikke til det lange fede Brev, som jeg havde besluttet. Jeg havde forbeholdt Søndag Eftermiddag med – ak – saa havde jeg ikke at rense og presse Tinges Tøj, hans Aften-Tøj og saa maatte jeg til det og det tager det meste af en Eftermiddag - - et og andet er der jo altid til at sinke en midt i saadan et Foretagende.
 For Resten er her ikke meget at fortælle om – Paasken gik saa sært trekantet synes jeg, Agraren blev for Resten syg af en Brystforkølelse med Feber som har varet til i Dag – el. rettere først i Dag er han igen kommen i Arbejde saa der gik den Uge’s Løn!
 Jeg skal have Elevprøve paa Lørdag, tænk paa mig og nedkald Himmelens Velsignelse over mig, denne Gang synes jeg slet ikke jeg har kunnet lære dem hvad de skal spille, der er nu ogsaa saa mange Begyndere imellem og de voksne skal slet ikke spille. –
 Aa søde Dis! Der er slet ingen Rolighed i mine Tanker Bibbe sidder og synger og vi staar paa Spring til at gaa ned til Sang – jeg er igen begyndt at synge med i Koret dernede.
 Og saa har jeg saadan aset i Dag – vi skal have Storvask i Morgen, der er saa meget altid at ordne til pumpe og slæbe – 
 Endnu en Gang en varm Lykønskning og kærlige Hilsner til hvem der er og dig selv fra din Junge</t>
   </si>
   <si>
-    <t>1938-02-09</t>
-[...8 lines deleted...]
-Alfred Fly
+    <t>1927-08-31</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Mogens Fjelsted
+Alhed Larsen
 Andreas Larsen
-Jens Larsen
+Johan Larsen
 Johannes Larsen
-Else Larsen, Else, Andreas Larsens kone
-[...1 lines deleted...]
-Axel  Müller
+Christine  Mackie
 Ellen  Sawyer
-Ane Talbot
-[...124 lines deleted...]
-Georg Larsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg, som var mor til Astrid Goldschmidt og Johanne Larsen, var død året før i april måned. Hun boede sine sidste år hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0767</t>
+  </si>
+  <si>
+    <t>Dis har lige fået at vide, at Alhed er død. Hun er dybt ulykkelig og prøver at trøste Junge. Tror det er bedst, at hun ikke kommer til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GsiV</t>
+  </si>
+  <si>
+    <t>Howitzvej 29 4. d. 31. aug 1927
+Kæreste søde lille Junge!
+Lige i dette Øjeblik – Kl 9 Aften – har jeg fået det at vide ved at ringe til Magisteren, som sagde, at vi har mistet vores kære søde Be – åh Junge, det er næsten ikke til at forstå!
+Flere gange oppe på Kontoret i Dag sad jeg og var lige ved at græde, fordi jeg hele Tiden så Be for mig, som hun var i vores ungdom på Erikshåb – og alt det dejlige, som dog også jeg har at mindes med Be – jeg er fuldstændig lamslået ved at tænke på det alt sammen derovre – det står helt stille for mig, når jeg tænker på det Hjem uden Be – og så kort Tid efter, at hun gik og passede Mor, Junge, hvor er det underligt! Jeg ringede nu til Hareskov, for om der mulig lå et Brev fra dig og sagde, at hvis der kom et måtte de sende Mogens Fjelsted ud til mig med det i Morgen – jeg synes at jeg må høre om det alt sammen – ingen af Jer har nogensinde udmeldt at Be led – og det gjorde hun ikke, vel? Åh, lille Junge, jeg vilde gerne være hos dig nu og trøste dig, men jeg tror ikke, det er på sin Plads at jeg kommer derover, og jeg tænker mig som sikkert, at I begraver hende i allerdybeste Stilhed ude ved Siden af Mor.
+Var I derude – og kendte hun Jer – åh, jeg må høre om det hele – og Las, hvem skal dog sige ham det? eller kan han få det at vide undervejs? med trådløst Telegram; og Junge – de får da ikke Lov til at obducere? Det kan da forhindres – det er en skrækkelig Tanke, men jeg synes der er noget med, at når de dør på et Hospital? For Guds Skyld må det forhindres.
+Åh, lille kære Junge, gid jeg dog kunde være og trøste dig lidt, min kæreste lille Junge, jeg kan føle hvor dybt fortvivlet du er, og Mornine, og Lugge og Elle, alle I som havde den Lykke at stå Be nær i alle År.
+Nu vil jeg få dette Brev afsted endnu i Aften, så du har det i Morgen tidlig – og så vil jeg give mig til at tænke alt det gode, jeg ved om Be, og alt det gode, også jeg har at tænke på.
+Farvel lille søde Junge vær nu stærk i alt dette, hvis du vil have det kommer jeg – men tror du ikke, det er bedst, at jeg ikke kommer?
+De allerkærligste Hilsner fra Din Dis.
+og Drengene! Den søde kære Puf – og Lysse, ja, gid der dog var nogen Trøst, lille søde Junge.</t>
+  </si>
+  <si>
+    <t>1927-10-21</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Adolph Larsen
+Alhed Larsen
 Johannes Larsen
-Marie Larsen
-[...87 lines deleted...]
-Otto Schroll
+Christine  Mackie
+Augusta Mogensen
+Christian Mogensen
+Janna Schou
+Jørgen Schou
 Hempel Syberg
-Nicoline  von Sperling
-[...219 lines deleted...]
-Alhed Larsen
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad problemet med Ina/Sjums gik ud på. Hvem Adam Afs. og fru Afs. er vides ikke. 
+Frøkulturen var en virksomhed i Kerteminde. Rasmussen, der arbejdede på dette sted kendes ikke. 
+Adolph/Agraren Larsen var kvartalsdranker.
+Alhed Larsen døde i sensommeren 1927.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2496</t>
+  </si>
+  <si>
+    <t>Astrid må sørge for at blive ordentlig rask. Det var godt, at hun fik Ina/Sjums igen. Astrid må passe på ikke at irritere "ham". 
+Johanne har bildt Adolph/Agraren ind, at hun ville flytte hjem til Astrid for at holde hus for hende - og altså forlade ham, hvis han ikke stoppede med at drikke. Han lovede at blive afholdsmand, hvis hun blev. Johanne accepterede dette, og hun beder Astrid skrive, at arrangementet med Johanne som hushjælp må afblæses, så Johanne kan vise Adolph dette. 
+Adolph arbejdede en tid på Frøkulturen, og derefter meldte han sig hos Andreas/Puf igen, men da Puf ikke ville have ham, begyndte han at drikke voldsomt. Johanne synes, at Andreas/Puf er hård som flint. 
+Johanne har besøgt Gamle Hanne, som var ret dårlig, Mogensens og Hempel Syberg.
+Johannes Larsen er langt nede, men han arbejder vist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5TMv</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blyant:]
+22 Okt 1927
+[Med pen:]
+Fru 
+Astrid Warberg
+Howitzvej 29
+Kjøbenhavn
+F.
+[Med blyant:]
+læst Jan 1957.
+[Med pen i brevet langs højre margen:]
+21-10-27
+[Med pen i brevet:]
+Kæreste lille Dis!
+Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
+Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
+Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
+I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
+Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
+[Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
+[Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
+  </si>
+  <si>
+    <t>ca. 10. februar 1929</t>
+  </si>
+  <si>
+    <t>Hanne -  -, kokkepige Erikshaab
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
-Ellen  Sawyer
-[...28 lines deleted...]
-Ellen Branner
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3798</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer beder indtrængende Louise Brønsted om ikke at rejse til Otto Emil Paludan/Pallams begravelse. Det fryser 20 grader, og det stormer, så der er risiko for, at isen pakker. Louise må ikke risikere at blive syg. Christine/Mornine kommer, og det kan Ellen næppe forhindre. 
+Gamle Hanne fylder 80.
+Ellen tør gæsteværelser op.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0Ss</t>
+  </si>
+  <si>
+    <t>Kære lille Lugge!
+Du maa ikke komme til Begravelsen. Det er Vanvid. Det er, - om jeg saa maa sige - at gøre Pallam en daarlig Tjeneste. Han, som vilde os det saa godt, - at tvinge ham til at gøre dig Fortræd til allersidst. For det vilde gøre dig Fortræd. Jeg synes slet ikke du har Lov til det.
+Det er meget sandsynligt at der bliver Istransport. Det kan ventes hvert Øjeblik med den Storm. Isen pakker sammen og man ved ikke hvor den pakker hen. Gør det ikke. - Det er ogsaa Vanvid af Mornine - men der er vel ikke noget at stille op. - Hvis du gavnede noget Menneske med det, saa var det noget andet. Men det gør du ikke Det er kun en Fornemmelsessag. Jeg vilde ikke sige "kun" hvis det var paa en anden Aarstid, - men det er idag det frygteligste Vejr vi har haft i flere Aar. 20 ÷ og Storm. Det er uhørt. - Og tænk hvor bittert det kommer til at gaa ud over din Flok - og os alle - lille Lugge, - om du bliver syg af det. Baade, [kommaet overstreget] Dede, Junge og jeg beder dig indtrængende om at blive hjemme. - 
+Tak for dit søde Brev. Jeg har ingen Tid at skrive nu.
+Send gl. Hanne et Telegram paa Onsdag (førstkommende) da er hun 80.
+Rasmus Nielsens Vej 7.
+Vi er allerede idag begyndt at tø begge Gæsteværelser og vil fyre hver Dag Jeg har sagt hun skal købe en Varmedunk Men kan ikke!!! Din E</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
 Wilhelm Branner
 Alhed Marie Brønsted
-Louise Brønsted
-Alfred Goldschmidt
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
 Drude Jørgensen
-Alhed Larsen
-[...1071 lines deleted...]
-[Alt andet end det første "A." er overstreget]
----------------------
-[Håndskrevet i brevet:]
-[...148 lines deleted...]
-Margrethe  Eckardt
+- Krarup, læge
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
-Jeppe Andreas Larsen
-[...235 lines deleted...]
-Andreas Larsen
+Elena Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
+Thøger  Larsen
 Christine  Mackie
 Elisabeth Mackie
-Ellen  Sawyer
-[...80 lines deleted...]
-Peter Hansen
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
 Adolph Larsen
-Georg Larsen
-[...137 lines deleted...]
-Alhed Larsen
 Andreas Larsen
-Georg Larsen
-Jeppe Andreas Larsen
+Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1929-05-25</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Peter Oluf Brønsted
+Andreas Larsen
+Gudrun Larsen
+Ingrid Larsen
+Johanne Christine Larsen
+Johannes Larsen
 Vilhelm Larsen
-Marie   Larsen, Georg Larsens datter
-[...61 lines deleted...]
-Johanne Christine Larsen
 Christine  Mackie
-Ellen  Sawyer
+Marie Paludan
+Otto Emil  Paludan
+Bendt Schaffalitzky de Muckadell
+Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Andreas Warberg
-Astrid Warberg-Goldschmidt</t>
-[...65 lines deleted...]
-Ina  Goldschmidt
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan, kaldet Pallam, overtog Albrecht Warbergs stilling som godsforvalter, da sidstnævnte døde. Paludan havde tidligere haft en enkelt stue på Erikshaab, men efter Warberg-familiens flytning overtog han hele gården. Da Paludan i 1929 døde, blev der holdt auktion over diverse ejendele på Erikshaab. Han var ugift og enlig. Paludans søster, Marie, var husholderske for ham. Derfor formuleringen "Marie-Pallamske Ting". 
+Kai P. var muligvis en af Otto Emil Paludans slægtninge - han forærede Johanne C. Larsen Trap Danmark. 
+Dr. Bemers kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3796</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, Johanne/Junge Larsen og Andreas Warberg har været til auktion på Erikshaab. Der var dejligt. Maria og Lars Christian Balslev har planer om at flytte til Erikshaab, og de talte med Bendt Schaffalitzky om denne mulighed.
+Ellen og Johanne købte en del på auktionen - også lidt til Louise Brønsted. Peter Brønsted kan få lovbøgerne. Paludans arvinger havde taget de pæneste ting.
+Martin/Manse Warberg Larsens konfirmation gik glimrende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aazS</t>
+  </si>
+  <si>
+    <t>Tirsdag 25/5-29
+Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
+Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
+Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
+De Smaasager kan du jo faa, naar du kommer.
+Skriv snart igen
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
 Adolph Larsen
-Georg Larsen
-[...37 lines deleted...]
-Bedstemor.</t>
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>De bøger og andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1936-12-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Adolph Larsen
 Carl Larsen
 Marie Larsen
 Axel  Müller
 - Overgaard
 Ellen  Sawyer
 Janna Schou
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
 Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
 Larsen-familien kendte flere, der hed Overgaard.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0577</t>
   </si>
   <si>
     <t>Johanne/Junge Larsen har bundet en krans til faderens gravsted. Hun takker for pakken.
 Johanne Larsen har været til barnedåb. Man fik en god frokost med mange snapse, og Adolf/Agraren Larsen tog ikke skade af snapsene. Bilen med Wilhelmine Bergs/Tante Misses pels ankom lige før kirkegangen.</t>
   </si>
@@ -12411,50 +14323,173 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 5/5 – 02.
 23/9 – 02
 [Skrevet med anden håndskrift:]
 Fru A. Warberg-Müller
 Bakkevej 8
 Hareskov St.
 [Med anden håndskrift:]
 20 – 3 – 2000
 [På kuvertens bagside:]
 J Warberg Larsen
 Lindøgaard Dræby St
 Fyen 
 [I brevet:] 
 Lindøgd. 18-12-36
 Jeg ejer ingen Opskr. paa hv. Pebernødd Elle har Mors skv. Kogebog. Men for sent – Stockholm. 
 Kæreste lille Dis!
 Det er lige nær Posttid, men han er sent paa det i denne Tid, jeg skriver til han er der. Har lige bundet Krans til Fars Grav og pakket samt skrevet til Marie paa Erikshaab – meget glipper for mig i Aar, men Kransen til Hillerslev Kirkegaard maa ikke glippe. 
 Tusind Tak for din Pakke. Det piner mig, at du skulde have Ulejlighed, naar du jo maa være saa langt tilbage og ingen Kræfter har. Mest – næsten – Tak for det dejlige Hynde, jeg kan sagtens montere det selv. Marcipanen er vidunderlig og Chokoladen, men altfor mange Penge igen! Og alle de Frim. Tusind Tak! Gid du dog kunde komme lidt til Kræfter, lille Dis. Godt for Konen, kys hende fra mig. Og for Nortoft – ham tror jeg dog ikke, du skal kysse fra mig. Skønt - -! 
 Vi var til Barnedaab i Lørdags, en ganske dejlig Dag helt igennem. Lille S.A. henrivende saa god i Kirken – gav sit Bifald til kende med stærke Grynt, da han advarede mod Djævelen og alt hans. Marie bar Elle stod hos [”Elle stod hos” indsat over linjen]. Flot Frokost. Af Gæster kun Overgaard Elle, Wille (!) og os. Mange og gode Snapse, som ikke skadede Agraren! 
 Tante Misses dejlige Tøj kom 1 Kvarter før Bilen hentede os til Kirke. Jeg passede Pelsen og den fik altsaa en standsmæssig Indvielse! Du kan ikke tro, hvor den er vidunderlig. Sort Søløve med Bæverbesætning. Et meget kostbart Stykke.
 Jeg naar ikke mere!
 Tak og Hilsen til Jer alle Tre
 din Junge.</t>
+  </si>
+  <si>
+    <t>1937-01-22</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro Højrup</t>
+  </si>
+  <si>
+    <t>Frihavnens Hovedkontor København</t>
+  </si>
+  <si>
+    <t>Otto Emil  Paludan
+Karen Pilegaard
+Bendt Schaffalitzky de Muckadell
+Janna Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem ingeniør Fleuron og sognefogeden var. 
+Herregården Gelskov brændte før 1917, og en ny hovedbygning blev opført (Wikipedia august 2025). 
+Oxfordbevægelsen var en kristen vækkelsesbevægelse, der opstod i 1920'erne, primært kendt for sin betoning af personlig omvendelse og fornyelse gennem fire moralske principper: Ærlighed, renhed, uselviskhed og kærlighed. Bevægelsen lagde vægt på, at enkeltpersoner skulle lade sig vejlede af Gud i deres daglige liv og søge aktivt medlemskab inden for de eksisterende kirker. Senere, i 1938, ændrede bevægelsen navn til Moralsk Oprustning og fokuserede på at bekæmpe truslen fra kommunismen gennem moralsk fornyelse (Internettet aug. 2025). 
+En alen er 627,708 mm = 62,7708 cm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Vty</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blæk på kuvertens forside:]
+4’ Brev
+modt. 23’ Jan 1937.
+Hr. Sognefoged Axel Müller
+Frihavnens Hovedkontor
+Kjøbenhavn
+Ø.
+[Med blå kuglepen:]
+14-2-03.
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup.
+[i brevet:]
+Sallinge Kro, Fredag Fm. 22 Jan 1937.
+Min egen Ven!
+Tak for Opringningen i Aftes – det var vældigt rart at høre Jeres Stemmer – og at alt stod vel til. Jeg hungrer nu meget efter Breve, jeg længes efter Jer begge to.
+I Dag skinner Solen – her er usigelig dejligt hvor end Øjet ser. Der begynder at falde Ro over Gemytterne efter de store Trafiksensationer; i går drog de tre Odensianere afsted til Odense – d v s de to unge Mennesker måtte lade Lastbilen stå Falck kunde ikke få den manøvreret med. Ingeniør Fleuron trillede derimod glad afsted i sin lille fine ultramoderne Vogn; han og jeg var om Formiddagen til Frokost hos Baron Bent Schaffalitzky, som havde telefoneret efter os. Da vi var nået lidt udenfor Sallinge mødte vi Sognefogden – han vendte strax Kanen – stoppede mig ind i en herlig Kørepels – Hr Fleuron ved Siden af – selv stod han bagpå, og så susede vi afsted – over Markerne op til Korsvejen – så var der fin Vej lige til Gjelskov; der er bygget en ganske dejlig Herregård – store dejlige og hyggelige Rum med en god Brændekakkelovn i hver Stue – åbne Døre – en suite – og smilende søde Mennesker. Baronen hentede en støvet Perikumsnaps – brygget af Pallam i 1894 – den smagte! De mente, at når en Warberg var gæst, så måtte Tidspunktet være inde til den Snaps! Og så vankede der en god Cigar - . Baronessen og jeg fandt straks sammen i en lang privat filosofisk Snak i en Sofa. Hun er Oxford, siger Gud ustandselig, som var det en Person hun var dus med. Men det lykkedes alligevel at finde en hel Del Ting, vi kunde være enige om, og hun bad mig endelig komme igen. Hun skulde til Højrup i sin Bil, vi kørte med hende op til Korsvejen; Snekasterne var bleven færdig med Vejen, så vi gik det sidste Stykke til Kroen gennem 4-5 Alen høje Snemure. 
+For lidt siden kom Sognefogden, og vi aftalte at køre ned til Karen (Pilegaard) Frandsen i Højrup ved 1Tiden – så vil han hente mig igen i Aften; vi fik os en hyggelig Passiar om gamle Dage og alle Mennesker fra den Tid. Overalt og fra alle møder man en Bølge af Sympathi så snart det spørges, at man er en Warberg. Far må have været en højt elsket Mand, når denne Følelse kan leve gennem Generationer.
+Jeg er simpelthen lykkelig over at være her. 
+I Dag kan jeg altså ikke vente Brev - men mon der dog ikke kommer et lille et fra jer begge to i Morgen, Lørdag? Søndag skal jeg til Erikshåb. Nu skal jeg ud at se en Flyver starte. Hans Maskine har ligget her fra i går.
+Tusinde kærlige Hilsner til Jer begge!
+Din egen Dis.</t>
+  </si>
+  <si>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
+Hans Lorentzen
+Karen Lorentzen
+- Nortoft
+Marie Paludan
+Otto Emil  Paludan
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
   </si>
   <si>
     <t>1937-04-22</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Adolph Hitler
 James Jeans
 Hans Kaalund
 George Lansbury
 Adolph Larsen
 Peter Munch
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Erik Warberg Larsen
 Mary Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Svensson-Sagen gik ud på. 
 Sechendorf kendes ikke.</t>
@@ -12520,756 +14555,255 @@
 Klar til Bryllup det er snart
 Nu vi tror at alt ret makker
 Kø’r og Heste trives vil
 Muligvis en Avlskarl vakker
 I ad Aare lægger til
 Og vi svinger højt vor Fane
 ønsker at det godt vil gaa
 Heldet følge Jeres Bane
 Lykke til – og saa kil paa!
 Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
 Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
 Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
 4. 
 melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
 Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
 Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
 5.
 Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
 Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
 Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
 Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
 Tusinde af alt muligt – 
 Din Junge</t>
   </si>
   <si>
-    <t>Tidligt forår 1894</t>
-[...14 lines deleted...]
-Alfred Rottbøll
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+  </si>
+  <si>
+    <t>1938-02-13</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
 Ellen  Sawyer
 Adelheyde Syberg
+Ane Talbot
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Andreas Warberg
-[...404 lines deleted...]
-Fritz Syberg
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Laura Warberg boede i 1911 i København, og brevet er sendt fra et af hendes besøg hos datteren Johanne og hendes familie i Kærbyhus, Kerteminde. Det må være Fritz Syberg, hun besøgte i Kerteminde. 
-[...60 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/OHEL</t>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-[...5 lines deleted...]
-Poststempel
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
 [I brevet:]
-Villa “Be” – d: 15 – 5 – 12
-[...166 lines deleted...]
-med Sang over Mark og Vænge,
-----------
-Bag Bøgeskoven [”en” sidst i ordet overstreget] og bag Egekrat
-[...2 lines deleted...]
-og Lys over glade Dage,
-----------
-her fandt I to Jer et Hjem fuldgjort
-[...2 lines deleted...]
-om Eder vor Sang vi synge.
-----------
-En kærlig Far og en kærlig Mor
-[...2 lines deleted...]
-og trøsted i Tider trange.
-----------
-Vor Barndomstid var kun alt for kort 
-[...2 lines deleted...]
-vi kende jo Vejen hjemad.
-----------
-Saa Tak for alt da, fra vi var smaa
-[...13 lines deleted...]
-Hilsner.</t>
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
   </si>
   <si>
     <t>1942-04-25</t>
   </si>
   <si>
     <t>Fritz -
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Rasmus Larsen
 Louise Løgstrup
 Axel  Müller
 Irene -, pige i huset på Lindøgaard
 Ellen  Sawyer
 Janna Schou
 Lasse Taaning
 Albrecht  Warberg
 Laura Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
 Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
 Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
@@ -13304,50 +14838,398 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1945-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Bodild Holstein
+Adolph Larsen
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+- Petersen, Frk.
+Janna Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne har i et andet brev fortalt Astrid, hvordan man fejrede deres fars 100årsdag på kirkegården og på gården Erikshaab. 
+Janna Schou fødte i januar 1945 datteren Pernille. 
+Bodild Holstein døde januar 1945.
+Det vides ikke, hvem Jørgen var. Larsen/Warberg-familien kendte mange af dette navn. Det samme gælder Charlotte. 
+M er formodentlig Axel Müller, og Marie kan være Marie Larsen eller Balslev. 
+Sjums/Ina Goldschmidt var i 1945 gået under jorden (formodentlig fordi hun havde jødisk far).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0637</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Astrid må mødes i tankerne i anledning af deres mors fødselsdag. Faderens blev fejret så godt på Erikshaab. Johanne har gemt en sang, som Astrid 20 år tidligere skrev til moderen. 
+Frk. Petersen har været til middag på Lindøgaard.
+Johanne beder Axel købe og sende tobak. Den hjemmedyrkede vil ikke brænde.
+Astrid skal ikke være bekymret for Jannas fødsel.
+Både Martin/Manse, Adolph/Agraren og Laura/Bibbe har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cmc7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 20’ Januar 1945 
+Mors 100 års Fødselsdag.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fred. 19de Jan. 1945
+Kæreste lille Dis!
+I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
+Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
+Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
+Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
+Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
+Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
+Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
+- - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
+Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
+[Skrevet langs venstre kant på s. 4:]
+Tak for Opskriften, den skal jeg sandelig prøve
+[Skrevet langs venstre kan på s. 1:]
+Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
+[Skrevet på hovedet nederst på s. 1:]
+Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
+[Skrevet langs højre kant på s. 1:]
+Til Lykke med Biddet! Gid det blev af! 
+[Skrevet på hovedet øverst på s. 1:]
+Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-04-10</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Bodild Branner
+Ellen Branner
+Thora  Branner
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+Marie Paludan
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Hempel Syberg
+Børge Tinesen
+Frederik Warberg
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Paludan var søster til Otto Emil Paludan og fungerede som husholderske for ham, mens han arbejdede som godsforvalter og boede på gården Erikshaab. Denne gård var tidligere beboet af Warberg-familien, og de må have efterladt noget (blandt andet breve), da de flyttede.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0641</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for den flotte pakke med tobak, sukker, breve, som hun troede var gået tabt, og materialer til børnetøj. 
+Ellen Branner gik på Frederiksberg Allé, da den Franske Skole blev bombet. 
+Louise Amstrup er død. 
+Der er mangel på cykler og tændstikker. 
+Astrid/Dis' humør bliver nok bedre, når de tre søde piger kommer til at bo i nærheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xput</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12 April 1945.
+(Onkel Sybergs Fødselsdag)
+besv. 21 April.
+heri ligeledes Brev af [”af” overstreget] modt. 26’ April
+besv. 27’ ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindegaard Dræby St. Fyen.
+Lindegaard Tirsd. Middag 10-4-1945. 
+Kære lille Dis! Det er vel nok godt gjort, at naar jeg sender Brev til dig den 3 die, saa faar jeg Brev fra dig den 9 ende, hvori du skriver: skriv snart! Det er mintro en langsommelig Postgang for Tiden. 
+Det var sandelig en righoldig Post i Gaar. Grete og hendes Broder, Børge som jeg kender godt og holder meget af, traf til at være her, vi sad ved Kaffen, da Posten kom. Først din lille meget indholdsrige Pakke, tusind Tak for det alt sammen, saavel Gaverne som det besørgede, Børge var grøn af Misundelse navnlig over den ene Pakke Tobak, som Kenderne betegnede som meget fin. Og de tilsendte Breve!! Jeg har saa tit været ked af, at de gamle Breve fra den søde Onkel Frederik var gaaet tabt; Marie Paludan (den søde i en anden Mening) gjorde mig jo den Tort at brænde en stor Papæske med Breve som stod paa Loftete, [sidste ”e” ordet overstreget] da jeg var i Amerika og jeg har troet, at alle hans var derimellem, dette ene, som jeg husker saa godt i hvert Fald Begyndelsen ,,naa saa du har mødt din første Jomfru Larsen” o.s.v. er altsaa paa en eller anden underlig maade bleven reddet fra Baalet. Tænk 50 Aar gammelt! 
+Saa var der en mægtig Pakke og da jeg saa Afsendernavnet: Bodild W. J. sagde jeg straks til Grete, at det var vist noget, hun havde Interesse i, og ganske rigtig, lutter Sager til Børnetøj af forskellig Art; hun skrev, at hun havde efter Tante Louises Død fået en hel Del efter hende, saa nu var der en Del, hun kunde undvære; det var sødt af hende og saa uhyre kærkomment. Hvilken let Død den gode Louise fik. Jeg havde hørt det fra min Svigerinde Marie; hun skrev om Ellen Branner, der var saa sløj og træt og var bleven saa ældet. Tænk, hun var gaaet i Frederiksb. Allé, da Maskinen styrtede ned over d. franske Skole, det føg om hende med Partikler af alle Slags, men da hun har svagt Hjerte, maatte hun tvinge sig til at gaa ganske langsomt til hun naaede i Sikkerhed. Hvilke rædselsfulde Oplevelser Menneskeheden dog har i disse Aar.
+Men lad mig blive færdig med den righoldige Post: endvidere var der Brev fra Tutte. De havde d. 8de Marts Bodilds Fødselsdag netop siddet og læst et [”et” indsat over linjen] Brev fra Louise og beundret en Gave fra Louise, da Johan ringede fra Kbhvn. at hun var død – laa død i sin Seng om Morgenen. Det maa have været underligt – hun var altsaa allerede død, da de fik Brev og Pakke fra hende. Tuttes Ben er da igen lidt bedre, gid det dog maa vare, det er lidt ængsteligt, at det sådan stadig bryder op.
+Vi slagter i Dag, men da vi er saa godt med og mit Ben ikke paa nogen Maade vil finde sig i Overanstrengelse for Tiden, har jeg nu efter Middag sat mig ned til dette lille Brev. Bibbe er endnu ikke kommen, vi venter hende i Morgen. Mon hun saa naaede ud til dig, hun tænkte at laane en Cycle i Birkerød, men der er vel snart ikke flere Cycler i Orden. Elle skal nok faa sin Æske Tændst. Vi tænder nu vore Piber ved Fidibussen, naar vi har Ild i Køkkenet. Er det lidt skraldt med Humøret lille Dis? Vor Herres Sol skinner dog ellers saa velsignet i denne Tid, men det kan vel ikke gøre det. Mon ikke, det skulde hjælpe lidt, naar den Tid kommer, der de 3 søde Piger bliver bosat derude, hvis du faar Fornemmelsen af en god Omgang lige ved dig. Og saa at Janna er saa lykkelig, og den lille Pige saa yndig. Og din Mønster-Have. Vi maa tage det hele med lille Dis i disse Tider; alle de Rædsler pynter ikke paa ens Velbefindende – mildest talt!
+[Indsat side 1 øverst, skrevet på hovedet:]
+Hvor er det dog nogle dejlige Cigarer, du har sendt mig, jeg har røget den ene og skal nok ryge de andre tre selv ogsaa. Og Tak for Krystal,s. det sparer saa godt paa Sukkeret. – Den Muskatnød du sendte mig i Julen er jeg saa glad ved, den pynter paa Fiskeretter. - - Hvor morsomt med alle de gamle Breve. – Kan du huske, at Fanny spåede om alle de Horder Syd fra, der vilde strømme her op og plyndre?
+[Indsat s. 1 i venstre margen:]
+Jeg sender en 5er i næste Brev, har ingen i Øjeblikket, saa kan vi al [”al” overstreget] udligne, hvis I en Gang sender lidt igen.
+[Indsat s. 1, nederst, på hovedet:]
+Sig Axel tusind Tak for Tobakken.
+[Indsat s. 2 i venstre margen:]
+Og saa kun tusinde Hilsner til dig selv lille Dis. Godt Mod! Din Junge</t>
+  </si>
+  <si>
+    <t>1946-08-04</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Lena Brita Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Anna Meyer 
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
+Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
+Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg af opkastninger. 
+Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
+Anne Marie stopper som hushjælp, og det har slået Johanne helt ud. Laura/Bibbe og Marie/Rie hjælper dog godt til. 
+Johannes gamle gigtsygdom blussede op en nat. 
+Anna Meyer m.fl. har også været på besøg. 
+Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i0jC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6 August 1946
+besv 18 Aug. 
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag 4-8-1946.
+Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
+Kære lille Dis!
+Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
+Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
+Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
+Tusind Hilsner til Jer begge.
+fra din Junge.
+Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
+[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+  </si>
+  <si>
+    <t>1946-12-19</t>
+  </si>
+  <si>
+    <t>Andreas Branner
+Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Larsen
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Albrecht  Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Følgende personer kendes ikke: Else fra Kroen, min lille Elev og Jørgen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0646</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Grete har slagtet en stor gris. Grete er meget dygtig, men Johanne har ingen kræfter. 
+Erik/Tinge har meget held med sin strandjagt, som er en indbringende hobby.
+Det var trist med Thora/Tutte. Andreas reagerede hverken da hun eller Vilhelm døde. Man må håbe, at han bare ikke kan udtrykke følelser. 
+Elle(n) skal med bil til København.
+Ved juletid tænker Johanne altid på barndommens jul på Erikshaab. 
+Grete, Erik og deres børn har været til midda hos Johanne og Adolph.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ws90</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Jul 1946.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+25-1-2002.
+12-7-2000
+26-6-
+BWP.
+[Julemærke med tekst: Jul 1946 DANMARK]
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Det samme julemærke som på forsiden]
+[I brevet:]
+[To julemærker indsat som på kuvertens for- og bagside]
+Torsdag Aft. 19de Dec. 1946.
+Kære lille Dis!
+Nu er du saa den sidste i Rækken af min Julepost, som jeg har arbejdet med i længere Tid. Aldrig har min Julekorrespondance taget mig saa lang Tid, men der er da ogsaa temmelig lange Breve imellem. 
+Nu er vi saa lige ved Julen og jeg konstaterer med Tilfredshed, at jeg er nogenlunde ”me’” – lidt Travlhed kommer der jo altid lige til sidst, hvordan man end bærer sig ad. Vi har slagtet en vældig stor Gris med meget Fedt og Flomme; Grete var her næsten hele Dagen i Gaar, og vi fik [”fik” indsat over linjen] en Masse til Side; hun er et meget dygtigt Menneske; skønt hun dog ikke har slagtet Gris ret mange Gange, saa var hun helt perfekt, det var skam hende, vi støttede os til og spurgte: hvordan nu? I Form. kom hun igen og kogte hen, 8 store Glas. Og saa er hun saa fornøjelig og glad altid, hun hører til dem, der vinder, når man lærer dem at kende. Det er dejligt. J har altid holdt meget af hende og sat hende højt.
+Nu paa den Slagtedag kunde jeg rigtig mærke at baade mine Kræfter og mine Evner er meget i aftagende, men det vilde vel ogsaa være meget sært andet med al den sygdom, jeg har haft lige siden 1938. 
+Her er ikke den Ro i Aften, som jeg havde tænkt mig. ”Else fra Kroen”, en Veninde af Huset har været her, og lille Ling, som Alhed altid kaldte Tinge, er her i Øjeblikket. Naar man snakker det ene Øjeblik og skriver det næste, saa er der ikke den fulde Andagt. Her er nok at drøfte; Manse har nu været paa Stranden hver Dag i længere Tid – de sidste 6 Dage i hvert Fald; han har haft helt godt Udbytte hver Dag, men i Aften kulminerede det, han kom med 11 Knortegaas 9 Graaænder og 4 Smaaænder, det giver ham en god Dagleje paa 55 Kr! Saa ved Siden af at det jo er hans store Passion og en udsøgt Fornøjelse er det altsaa ogsaa indbringende og det er ikke alle Fornøjelser, man kan sige det om. 
+2
+Jeg har i Eftermiddag – blandt andre – ogsaa skrevet til Bodild og Fritz, å hvor jeg syntes, det var svært. Og saa tomt ikke at have den søde Tutte at skrive Julebrev til. Det gør ondt at tænke paa deres Jul derovre. Jeg havde Brev fra Elle i Dag, hun skriver, at Andreas slet ikke reagerer paa nogen Maader paa Tuttes Død. Vi hørte det samme, da Vilhelm døde, men nu er han jo da ældre, og han havde jo da haft saa meget med Tutte at gøre. Hvordan mon dog det skal forklares. Han maa da være omkring ved 13 Aar, det har vi regnet ud, for Bibbe var jo en lille Tid hos Bodild i Hillerød, da hun gik med ham. Lad os haabe paa, at Bristen kun ligger i, at han ikke kan vise sine Følelser, men at de godt nok er der. 
+Elle rejser til Kbhvn paa Søndag og kommer bilende lige derind; en Chauffør i Kjerteminde skulde hente nogen i Kbhvn. og averterede saa i Kjertem. Avis efter Passagerer til Kbhvn. og da Elle meldte sig fik hun Plads – sammen med flere andre – altsaa - . Hun glædede sig til at bile den Tur, havde pudsigt nok aldrig bilet den før, og da hun vel næppe nogen Sinde har cyclet den, saa er den altsaa helt ny for hende, det er kunstigt, jeg synes, jeg har færdedes der saa tit.
+Har du det ikke ligesom jeg, at man hver Jul ligesom oplever hele Julen hjemme paa Erikshaab? Alle de stemningsfulde Bagedage Herrernes Terminsrejser, Juletræsklipningen lille Juleaften, naar Far kom fra Arreskov med Juletræet, selve Juleaften – og man havde om Formiddagen været med Far spaserende op til Degnen med Julegaver til Børnene; det faldt nok væk med Tiden, jeg husker det navnlig fra den Tid, da jeg var saa lille, at jeg gik med Far ”ved Haanden”. Og Julemorgen, naar Mor var gaaet i Kirke, og der var halvkoldt alle Vegne i hvert Fald der, hvor Juletræet stod; Bænken oppe fra Kontoret var undertiden flyttet hen for Døren, saa vi ikke kunde komme ind til Juletræet og negle af det, for den Gang hang der jo virkelig Godter hængt paa Juletræerne nu er det [”det” overstreget] Juletræet jo mere for ”et Syns Skyld” som Jørgen vilde have udtrykt det.
+III
+Nu er vi kommen saa vidt, at der fældes Grantræer i Haven til Juletræer baade til Tinges og til os. Næste Aar kan Lise måske være stor nok til at forstaa det og være med til at ”vise ud”. Hun var her, den Dag vi slagtede, vi havde engageret min lille Elev til at lege med hende, og det klappede udmærket; hele Familien var her til Middagsmad, den stod paa friskbagte ["e" sidst i ordet overstreget] Blodbudding, en mægtig Skude Æblegrød var kogt Dagen før; Roesirup med Fedt i – og saa ikke mere. Til Aften lavede Grete med Lynets Hast Frikadeller af den sidste Rest Medisterfars, som vi ikke havde Tarme til. Det hele var saa festligt.
+Naa, lille Dis, jeg tror, jeg maa slutte og saa i Seng. Gid I nu maa faa en herlig Juleaften med lille Nille og have det rart i Juledagene, Har Axel kun Juledagene fri? 
+Altsaa: Glædelig Jul! baade til Axel og dig og tusind Hilsner fra din Junge
+[Det samme julemærke indsat som tidligere].</t>
+  </si>
+  <si>
+    <t>1947-12-20</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Axel  Müller
+Lauritz Pedersen
+Georg Poulsen
+Janna Schou
+Lars Swane
+Rigmor Thorsen
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Hvad familien skulle i Nyborg vides ikke.
+Den lille syerske fra Strandgyden kendes ikke. Heller ikke Charles. 
+Det vides ikke, hvad Lauritz Pedersens svigerinde og hendes mand hed. Svigerinden var formodentlig Lauritz Petersens første kones søster. Det er også uklart, hvor deres fælles gård, Dalsgaard, lå.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
+  </si>
+  <si>
+    <t>Peters Ena snakker alt for meget.
+Edel er en god hjælp i huset. Man har bagt lagkagebunde til Erik Warberg Larsens barnedåb. Laura/Bibbe skal bære, og Lauritz P. stå fadder.
+Det er dejligt, at Astrid Warberg-Goldschmidts arbejdsevne er kommet tilbage, og at Axel Müller har det bedre. Godt også med kakkelovnen. 
+Maler Georg Poulsen har været på besøg for at låne billeder til Johannes Larsens 80års-fødselsdagsudstilling i Odense. Johannes Larsen er i godt humør. Han tager med til Johannes Nicolaus Brønsted/Magisterens begravelse. 
+Adolph/Agraren, Johanne/Junge og Martin/Manse Larsen skal med til Johannes Larsens 80års fødselsdagsfest. Nogle familiemedlemmer er ikke inviteret, da der ikke er plads til alle i Værkstedet. Andreas/Puf Larsen har lovet, at Johanne ikke kommer til at sidde i træk. 
+Det er svært at varme huset op. Marie Larsen kommer til jul. 
+Johanne har lavet en seng til en dukke, som Lise Warberg Larsen skal have.
+Erik skreg under hele dåbshandlingen og også bagefter ved kagebordet. 
+Laura/Bibbe og Lauritz skal holde jul for hele personalet på Dalsgaard. 
+Johanne tænker på julen på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vpPh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:}
+22 Dec. 1947.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+13-3-2007.
+21-6-2000.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St Fyen
+[I brevet:]
+[Indsat julemærke med teksten: ”Jul 1947 Danmark”.
+Lindøgaard 20-11-1947.
+Kære lille Dis!
+Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
+Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
+Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
+2.
+værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
+Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
+Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
+Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
+3.
+deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
+Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
+Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
+4.
+syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
+Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
+Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
+Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
+De kærligste Hilsner, lille Dis, fra din Junge.
+Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
   <si>
     <t>1948-06-01</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Gustav Helms
 Adolph Larsen
 Marie Larsen
 Axel  Müller
 Lauritz Pedersen
 Ellen  Sawyer
 Karen Warberg
 Marie Warberg
 Lise Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
 Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
 Det vides ikke, hvem Dr. Bech var.</t>
   </si>
@@ -13392,1659 +15274,80 @@
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
   </si>
   <si>
-    <t>1894-09-09</t>
-[...18 lines deleted...]
-Alfred Rottbøll
+    <t>1898-2-29</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Otto Emil  Paludan
 Ellen  Sawyer
-Maria von Sperling. g. Balslev</t>
-[...63 lines deleted...]
-Fritz Syberg
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>Alhed Larsen er hos forældrene på Erikshaab og er højgravid med sit første barn. 
-[...347 lines deleted...]
-Paludan 2000
------------
-95,50
-[...496 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/vjJB</t>
+    <t>Peter Hansen og Johannes Larsen har diskuteret, om de skulle stoppe med at udstille på Den frie Udstilling, fordi Gottschalk ikke blev inviteret. De har vendt sagen med Fritz Syberg, som syntes, de skulle fortsætte. 
+Duc van Tol er en type tulipaner.</t>
+  </si>
+  <si>
+    <t>Alhed er glad for, at Johannes Larsen bliver ved med at udstille på Den frie Udstilling i år også.
+Hendes far har haft slem hoste om natten.
+Familien har pæne tulipaner i stuen, men Alhed mangler sit malergrej, så hun kan ikke lave et billede af dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CFSj</t>
   </si>
   <si>
     <t>Kære Las!
-Tak for Dit Brev som Agrarmanden mødte med, da vi sad ved Aftensbordet, han vilde ikke blive, men gik strax efter om til Gelskov. – Hvad Sofaen angaar, saa maa vi vist helst bestemme os for Fjedre, selv om det varer lidt længe, men han laver dem vel nok saa hurtig han kan efter den 9ende. Snak med ham om, om det ikke helst maa være lidt stive Fjedre, og at der endelig kommer et godt Lag – jeg ved ikke hvad – ovenpaa at man ikke skal mærke de enkelte Fjedre igennem Tøjet. Bare der maa blive Tøj nok, det var nemlig en Rest, saa jeg kan ikke faa mere af samme Slags. – Hvad Tøjets Anvendelse angaar, saa synes jeg bedst om den første Tegning, den med kun Sædet af vandrette Striber [tegning] forstaar Du? det var den, Du ogsaa selv nærmest mente. – Nu holder Du mig vel lidt à jour med Flytningen? Mon det kan passe at vi kommer Onsdag? Slaa helst ikke noget i Stykker. Kunde Du ikke fylde Vuggen med Hø og deri lægge de skøre Genstande. Bryd jer ikke om Gardiner, jeg tager altsaa nogle med herfra.
-[...666 lines deleted...]
-Gajen sidder paa mit Skød, og vi ville i Forening sende Dig en lille Skrivelse. Vi ere lige komne hjem fra en Køretur i det dejlige Vejr. Vi var oppe at se til dem, de havde det bedre begge to i Dag. Gajen var lidt af Vognen. Han har været rigtig flink siden Du rejste, sov til Kl. 6 ½ i Morges. Kathrine ligger herinde om Natten. Hun kom herind lidt efter at Du var rejst i Gaar for at spørge om jeg ikke kom lidt derind om Eftermiddagen. Jeg var saa derinde at drikke Kaffe, og da vi havde drukken Kaffe, foreslog Fru Meyer, at vi skulde tage mit Tøj ud at lægge sammen, og tænk saa hjalp de mig lige til vi var helt færdige. Det var pænt af dem, alene kunde jeg have staaet i mange Timer om det. Jeg savner Dig naturligvis meget min Dreng, og glæder mig til at faa Dig hjem igen, men jeg synes alligevel, Du skal tage det lidt med Ro, nu Du er kommen derover, hvis Du morer Dig godt. Tjalfe er helt flink til at holde til her, han var hjemme [ordet overstreget] ude at spise i Formiddags, men kom igen herud ved Middagstid. Hvis Du faar Penge, saa giv Uglen til det Broderi, hun vil sy os. Hils hende og alle de andre mange Gange. 1000 Millioner Hilsner fra Din egen Alhed.</t>
+Mor har været i Odense i dag og havde en dejlig Appelsin med hjem til mig. Mens jeg spiser den, vil jeg dog skrive et par Ord til dig; jeg er ellers gaaet op for at gaa tidlig i Seng, Kl. var 2 ½, da vi kom i Seng i Aftes og vi var tidlig oppe, da Christine skulde af Sted til Sollerup før Kl. 8. – 1000 Tak for dit kære Brev i dag, jeg havde ellers forklaret mig selv, at der jo ikke kunde være Brev fra Dig, saa Du kan tro, jeg blev glad, da Palam kom med det, jeg inviterede ham og mig selv til en Angustura. – Det glæder mig, at det i alt Fald er udsat med at stikke af fra den frie, saa kan I da have Tid til at tænke ordentlig over det og snakke om det. – Nu har jeg spist min Appelsin, den smagte dejlig, jeg skriver ikke ret meget, da jeg er noget søvnig, men jeg har heller ikke oplevet ret meget i Dag, det vigtigste var Dit Brev, men det kan jeg jo ikke fortælle Dig om. Jo, jeg kan dog fortælle Dig, at jeg bliver saa forfærdelig glad ved hvert eneste Bevis jeg faar paa, at Du holder af mig; jeg ved det jo nok, men jeg bliver aldrig træt af at glæde mig over det. Men jeg holder ogsaa saa uendelig meget af Dig, jeg har tænkt paa Dig næsten hele Dagen. Du har forhaabentlig faaet et Brev fra mig i Dag, jeg fik det med Mor ned til 10 1/2 Toget, men i Morgen faar Du ingen, jeg kunde jo ikke skrive Kl. 11 ½, naar jeg skrev Kl. 10 1/2 . – Nu vil jeg sige Dig Godnat, Du er den bedste af dem alle sammen. Næste Dag. Væmmeligt Vejr med Regn og Rusk. Far har haft en væmmelig Nat med et forfærdelig slemt Hosteanfald, som næsten vilde kvæle ham. De havde ingen Opium at stille det med, men saa fandt de paa at give ham Rabarber-Hoffmann-Opiumsdraaber. Han fortalte mig det, da jeg var der inde til Morgen, og han fandt det selv umaadelig vittig. Gamle har ikke glemt mig, han følger mig i Hælene, som om han vil passe paa, at jeg ikke rejser igen. – Vores lille Dværghøne er død og paa saadan en skammelig Maade, den blev ædt af Rotterne en Nat omme i Hønsehuset. Mor er meget ked af det, hun holdt saa meget af de to smaa Dyr. – Vi har nogle smaa nydelige Tulipaner (Duc. van Tholl) nede i Stuen, jeg er ked af, at jeg har mit Malervæsen i [ulæseligt ord], ellers vilde jeg male dem. – Nu maa jeg slutte, jeg skal ned at lave Boeuf, jeg er glad ved at komme hjem til at hjælpe Mor, hun har haft det meget svært, siden Elle rejste. – Vil Du hilse Dine Forældre og P. og Klax. Jeg ser at Agraren nok vil spille Esmakker med Klax, det vilde han ikke den Aften.
+1000 Hilsner! Din A.
+29/2 – 98</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -15121,59 +15424,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M357"/>
+  <dimension ref="A1:M363"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -15208,15700 +15511,15980 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G3" s="5" t="s">
         <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>64</v>
-      </c>
-[...27 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>74</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F9" s="5" t="s">
-        <v>47</v>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="I9" s="5"/>
-      <c r="J9" s="5" t="s">
-        <v>83</v>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>47</v>
+        <v>78</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>79</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>82</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="s">
-        <v>47</v>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>99</v>
+        <v>83</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>103</v>
+        <v>72</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>86</v>
+      </c>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F12" s="5" t="s">
-        <v>47</v>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="I12" s="5"/>
-      <c r="J12" s="5" t="s">
-        <v>106</v>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>107</v>
+        <v>88</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>113</v>
+        <v>90</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>91</v>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>94</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F14" s="5" t="s">
-        <v>113</v>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>123</v>
+        <v>95</v>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>98</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>99</v>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K15" s="5" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>139</v>
+        <v>107</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>121</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>156</v>
+        <v>124</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>158</v>
+        <v>126</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>161</v>
+        <v>94</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>27</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>164</v>
+        <v>130</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>167</v>
+        <v>134</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>169</v>
+        <v>136</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>170</v>
+      <c r="F20" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>137</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>138</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>173</v>
+        <v>141</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="n">
-        <v>1892</v>
+      <c r="A21" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>128</v>
-[...12 lines deleted...]
-        <v>175</v>
+        <v>15</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>177</v>
+        <v>145</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>181</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>183</v>
+        <v>35</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>186</v>
+        <v>153</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>190</v>
+        <v>157</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>191</v>
+        <v>94</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>192</v>
+        <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>112</v>
-[...9 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>159</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>160</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>193</v>
+        <v>161</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>194</v>
+        <v>162</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>197</v>
+        <v>165</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D24" s="5" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="s">
-        <v>199</v>
+        <v>121</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>94</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>209</v>
+        <v>175</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>212</v>
+        <v>178</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>213</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>94</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="s">
-        <v>217</v>
+        <v>181</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>218</v>
+        <v>182</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>219</v>
+        <v>183</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>220</v>
+        <v>184</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>221</v>
+        <v>185</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>222</v>
+        <v>186</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>223</v>
+        <v>187</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="5" t="s">
-        <v>224</v>
+      <c r="A27" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D27" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>188</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>226</v>
-[...10 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>192</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>193</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>228</v>
+        <v>195</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...6 lines deleted...]
-        <v>229</v>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>230</v>
+        <v>196</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>231</v>
+        <v>197</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>232</v>
+        <v>198</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>233</v>
+        <v>199</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>235</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>236</v>
+        <v>202</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>240</v>
+        <v>205</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>241</v>
+        <v>206</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>242</v>
+        <v>207</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>243</v>
+        <v>208</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>244</v>
+        <v>209</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>245</v>
+        <v>94</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>111</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>246</v>
+        <v>210</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>247</v>
+        <v>211</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>248</v>
+        <v>212</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>249</v>
+        <v>213</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>250</v>
+        <v>214</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>251</v>
+        <v>215</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>252</v>
+        <v>216</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>253</v>
+        <v>217</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>254</v>
+        <v>218</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>255</v>
+        <v>219</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>256</v>
+        <v>220</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>257</v>
+        <v>221</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>258</v>
+        <v>222</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>259</v>
+        <v>223</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>260</v>
+        <v>224</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...6 lines deleted...]
-        <v>262</v>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>263</v>
+        <v>225</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>264</v>
+        <v>226</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>265</v>
-[...4 lines deleted...]
-        </is>
+        <v>227</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>228</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>266</v>
+        <v>229</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>267</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>268</v>
+        <v>231</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F33" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>269</v>
+        <v>232</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>270</v>
+        <v>233</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>271</v>
+        <v>234</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>272</v>
+        <v>235</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>273</v>
+        <v>236</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>274</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>275</v>
+        <v>238</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="I34" s="5"/>
+        <v>239</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>240</v>
+      </c>
       <c r="J34" s="5" t="s">
-        <v>193</v>
+        <v>241</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>278</v>
+        <v>243</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>279</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>280</v>
+        <v>245</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="5" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>246</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>282</v>
+        <v>247</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>283</v>
+        <v>248</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>284</v>
+        <v>249</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>285</v>
+        <v>250</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>286</v>
+        <v>251</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>287</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>288</v>
+        <v>253</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>73</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>290</v>
+        <v>254</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>293</v>
+        <v>257</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>295</v>
+        <v>259</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>296</v>
+        <v>260</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="5" t="s">
-        <v>297</v>
+        <v>129</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>298</v>
+        <v>27</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>299</v>
+        <v>261</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>300</v>
+        <v>262</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>301</v>
-[...4 lines deleted...]
-        </is>
+        <v>263</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>302</v>
+        <v>265</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>303</v>
+        <v>266</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>304</v>
+        <v>267</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>305</v>
+        <v>15</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>306</v>
+        <v>27</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>307</v>
+        <v>268</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>308</v>
+        <v>269</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>309</v>
+        <v>270</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>310</v>
+        <v>271</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>311</v>
+        <v>272</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>312</v>
+        <v>273</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>313</v>
+        <v>274</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E39" s="5" t="s">
-        <v>314</v>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>315</v>
+        <v>276</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>316</v>
+        <v>277</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>317</v>
+        <v>278</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>318</v>
+        <v>279</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>319</v>
+        <v>280</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>320</v>
+        <v>281</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>321</v>
+        <v>282</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...6 lines deleted...]
-        <v>323</v>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>324</v>
+        <v>284</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>325</v>
+        <v>285</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>326</v>
+        <v>286</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>327</v>
+        <v>287</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>328</v>
+        <v>288</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>329</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>330</v>
+        <v>290</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>331</v>
+        <v>129</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>332</v>
+        <v>27</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>333</v>
+        <v>291</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>336</v>
+        <v>294</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>337</v>
+        <v>295</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>338</v>
+        <v>296</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>339</v>
+        <v>297</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>340</v>
+        <v>15</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>341</v>
+        <v>298</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>342</v>
+        <v>299</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>343</v>
+        <v>300</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>344</v>
+        <v>301</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>345</v>
+        <v>302</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>15</v>
+        <v>283</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>305</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F43" s="5" t="s">
-        <v>349</v>
+        <v>306</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>350</v>
+        <v>307</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>352</v>
+        <v>309</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>353</v>
+        <v>310</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>354</v>
+        <v>311</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>355</v>
+        <v>312</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>356</v>
+        <v>313</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>357</v>
+        <v>27</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G44" s="5" t="s">
+        <v>314</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>358</v>
+        <v>315</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>359</v>
+        <v>316</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>360</v>
+        <v>317</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>361</v>
+        <v>318</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>362</v>
+        <v>319</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>363</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>364</v>
+        <v>321</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>35</v>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F45" s="5" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>322</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>366</v>
+        <v>323</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>367</v>
+        <v>324</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>30</v>
+        <v>325</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>368</v>
+        <v>326</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>369</v>
+        <v>327</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>370</v>
+        <v>328</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>371</v>
+        <v>329</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>25</v>
+        <v>330</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>373</v>
+        <v>283</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>374</v>
+        <v>331</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>375</v>
+        <v>332</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>376</v>
+        <v>333</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>377</v>
+        <v>334</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>379</v>
+        <v>336</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>380</v>
+        <v>337</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>161</v>
+        <v>283</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-        <v>162</v>
+        <v>15</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>384</v>
+        <v>339</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>385</v>
+        <v>340</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>386</v>
+        <v>341</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>387</v>
+        <v>342</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>388</v>
+        <v>343</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>389</v>
+        <v>345</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>390</v>
+        <v>346</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>391</v>
+        <v>347</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>392</v>
+        <v>348</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>393</v>
+        <v>349</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>394</v>
+        <v>350</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>395</v>
+        <v>351</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>396</v>
+        <v>352</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>397</v>
+        <v>344</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>399</v>
+        <v>354</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>400</v>
+        <v>355</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>401</v>
+        <v>356</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>402</v>
+        <v>357</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>403</v>
+        <v>358</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>404</v>
+        <v>359</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>405</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>406</v>
+        <v>363</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>407</v>
+        <v>364</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>408</v>
+        <v>365</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>409</v>
+        <v>366</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>410</v>
+        <v>367</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>411</v>
+        <v>368</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>412</v>
+        <v>369</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>112</v>
+        <v>370</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>414</v>
+        <v>371</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I51" s="5" t="s">
-        <v>415</v>
+        <v>372</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>40</v>
+        <v>373</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>416</v>
+        <v>374</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>417</v>
+        <v>375</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>418</v>
+        <v>376</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>419</v>
+        <v>377</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>281</v>
+        <v>378</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="s">
-        <v>420</v>
+      <c r="H52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I52" s="5" t="s">
-        <v>421</v>
+        <v>379</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>422</v>
+        <v>380</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>423</v>
+        <v>381</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>424</v>
+        <v>382</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>425</v>
+        <v>383</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>426</v>
+        <v>384</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>25</v>
+        <v>385</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>427</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F53" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>428</v>
+        <v>386</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>429</v>
+        <v>387</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>430</v>
+        <v>388</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>431</v>
+        <v>389</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>432</v>
+        <v>390</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>433</v>
+        <v>391</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>434</v>
+        <v>392</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>393</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>435</v>
+        <v>394</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>436</v>
+        <v>395</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>438</v>
+        <v>397</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>439</v>
+        <v>398</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>440</v>
+        <v>399</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>441</v>
+        <v>400</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>442</v>
+        <v>15</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>443</v>
+        <v>401</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>444</v>
+        <v>402</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>445</v>
+        <v>403</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>446</v>
+        <v>404</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>447</v>
+        <v>405</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>448</v>
+        <v>406</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>449</v>
+        <v>407</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>128</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>450</v>
+        <v>409</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>451</v>
+        <v>410</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>453</v>
+        <v>412</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>454</v>
+        <v>413</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>455</v>
+        <v>414</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>456</v>
+        <v>415</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>129</v>
+        <v>416</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>457</v>
+        <v>417</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>458</v>
+        <v>418</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>30</v>
+        <v>419</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>459</v>
+        <v>420</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>460</v>
+        <v>421</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>461</v>
+        <v>422</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>462</v>
+        <v>423</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>26</v>
+        <v>424</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>129</v>
+        <v>425</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="s">
-        <v>463</v>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>464</v>
+        <v>426</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>465</v>
+        <v>427</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>30</v>
+        <v>428</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>466</v>
+        <v>429</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>467</v>
+        <v>430</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>468</v>
+        <v>431</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>469</v>
+        <v>432</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>470</v>
+        <v>433</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>471</v>
+        <v>434</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>30</v>
+        <v>435</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>472</v>
+        <v>436</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>474</v>
+        <v>438</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>475</v>
+        <v>439</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>129</v>
+        <v>440</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>476</v>
+        <v>441</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>477</v>
+        <v>442</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>30</v>
+        <v>443</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>478</v>
+        <v>444</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>26</v>
+        <v>330</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>482</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>30</v>
+        <v>449</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>484</v>
+        <v>450</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>485</v>
+        <v>451</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>486</v>
+        <v>452</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>487</v>
+        <v>453</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>488</v>
+        <v>362</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>489</v>
+        <v>454</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>490</v>
+        <v>455</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>491</v>
+        <v>456</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>492</v>
+        <v>457</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>494</v>
+        <v>459</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>495</v>
+        <v>460</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>129</v>
+        <v>461</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-        </is>
+        <v>462</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>497</v>
+        <v>465</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>498</v>
+        <v>348</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>499</v>
+        <v>466</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>500</v>
+        <v>467</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>501</v>
+        <v>468</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>502</v>
+        <v>469</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>64</v>
+        <v>283</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>281</v>
+        <v>470</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>289</v>
+        <v>121</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>503</v>
+        <v>471</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>504</v>
+        <v>472</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>505</v>
+        <v>473</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>506</v>
+        <v>474</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>507</v>
+        <v>475</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>508</v>
+        <v>476</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>509</v>
+        <v>477</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>357</v>
+        <v>27</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>510</v>
+        <v>18</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>511</v>
+        <v>478</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>512</v>
+        <v>479</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>513</v>
+        <v>480</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>514</v>
+        <v>481</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>515</v>
+        <v>482</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>516</v>
+        <v>483</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>517</v>
+        <v>484</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>518</v>
+        <v>27</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>510</v>
+        <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>519</v>
+        <v>485</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>520</v>
+        <v>486</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>522</v>
+        <v>488</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>523</v>
+        <v>489</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>525</v>
+        <v>491</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>281</v>
+        <v>51</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>526</v>
+        <v>492</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>30</v>
+        <v>494</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>528</v>
+        <v>495</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>529</v>
+        <v>496</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>530</v>
+        <v>497</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>531</v>
+        <v>498</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E68" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="F68" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F68" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G68" s="5" t="s">
+        <v>500</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>533</v>
+        <v>501</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>534</v>
+        <v>502</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>535</v>
+        <v>348</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>536</v>
+        <v>503</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>537</v>
+        <v>504</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>538</v>
+        <v>505</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>539</v>
+        <v>506</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>507</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>540</v>
+        <v>508</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>541</v>
+        <v>509</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>542</v>
+        <v>348</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>543</v>
+        <v>510</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>544</v>
+        <v>511</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>545</v>
+        <v>512</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>546</v>
+        <v>513</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E70" s="5" t="s">
+        <v>344</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>547</v>
+        <v>371</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>548</v>
+        <v>514</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>549</v>
+        <v>515</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>550</v>
+        <v>516</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>551</v>
+        <v>517</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>552</v>
+        <v>518</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>553</v>
+        <v>519</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>554</v>
+        <v>520</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>111</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>555</v>
+        <v>521</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>556</v>
+        <v>522</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>557</v>
-[...4 lines deleted...]
-        </is>
+        <v>523</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>558</v>
+        <v>525</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>559</v>
+        <v>526</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>560</v>
+        <v>527</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>529</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>530</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>531</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>563</v>
+        <v>533</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>564</v>
+        <v>534</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>565</v>
+        <v>535</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>566</v>
+        <v>536</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>567</v>
+        <v>537</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>568</v>
+        <v>538</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>30</v>
+        <v>539</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>569</v>
+        <v>540</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>570</v>
+        <v>541</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>571</v>
+        <v>542</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>572</v>
+        <v>543</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>573</v>
+        <v>344</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>488</v>
+        <v>27</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>574</v>
+        <v>544</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>575</v>
+        <v>545</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>576</v>
+        <v>546</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>577</v>
+        <v>547</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>578</v>
+        <v>548</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>579</v>
+        <v>549</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>580</v>
+        <v>550</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>344</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>582</v>
+        <v>27</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-        <v>583</v>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I75" s="5" t="s">
-        <v>584</v>
+        <v>551</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>585</v>
+        <v>552</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>586</v>
+        <v>553</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>587</v>
+        <v>554</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>588</v>
+        <v>555</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>589</v>
+        <v>556</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>25</v>
+        <v>557</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>26</v>
-[...12 lines deleted...]
-        <v>590</v>
+        <v>35</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>591</v>
+        <v>559</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>592</v>
+        <v>560</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>30</v>
+        <v>561</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>593</v>
+        <v>562</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>594</v>
+        <v>563</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>595</v>
+        <v>564</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>596</v>
+        <v>565</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>128</v>
-[...9 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>597</v>
+        <v>567</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>598</v>
+        <v>568</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>599</v>
+        <v>569</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>600</v>
+        <v>570</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>601</v>
+        <v>571</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>602</v>
+        <v>572</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>603</v>
+        <v>573</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>606</v>
+        <v>577</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>607</v>
+        <v>578</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>608</v>
+        <v>579</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>609</v>
+        <v>580</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>610</v>
+        <v>581</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>128</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>582</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>611</v>
+        <v>583</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>612</v>
+        <v>584</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>613</v>
+        <v>585</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>614</v>
+        <v>586</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>615</v>
+        <v>587</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>616</v>
+        <v>588</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>617</v>
+        <v>589</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>314</v>
-[...9 lines deleted...]
-        </is>
+        <v>344</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>590</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>618</v>
+        <v>591</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>619</v>
+        <v>592</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>620</v>
+        <v>348</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>621</v>
+        <v>593</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>622</v>
+        <v>594</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>623</v>
+        <v>595</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>624</v>
+        <v>596</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>625</v>
+        <v>94</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>207</v>
+        <v>15</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>626</v>
+        <v>344</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>627</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>597</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>628</v>
+        <v>598</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>629</v>
+        <v>599</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>40</v>
+        <v>348</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>630</v>
+        <v>600</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>631</v>
+        <v>601</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>632</v>
+        <v>602</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>633</v>
+        <v>603</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>261</v>
+        <v>344</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-        </is>
+        <v>604</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>634</v>
+        <v>606</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>635</v>
+        <v>607</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>636</v>
+        <v>348</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>637</v>
+        <v>608</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>638</v>
+        <v>609</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>639</v>
+        <v>610</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>640</v>
+        <v>611</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>613</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>641</v>
+        <v>614</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>642</v>
+        <v>615</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>643</v>
+        <v>616</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>644</v>
+        <v>617</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>645</v>
+        <v>618</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>646</v>
+        <v>619</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>647</v>
+        <v>620</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>621</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>648</v>
+        <v>623</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>649</v>
+        <v>624</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>650</v>
+        <v>348</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>651</v>
+        <v>625</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>652</v>
+        <v>626</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>653</v>
+        <v>627</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>654</v>
+        <v>628</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>518</v>
-[...4 lines deleted...]
-        </is>
+        <v>416</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>629</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>655</v>
+        <v>630</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>656</v>
+        <v>631</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>657</v>
+        <v>632</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>658</v>
+        <v>633</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>659</v>
+        <v>634</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>660</v>
+        <v>635</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>661</v>
+        <v>636</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>662</v>
+        <v>637</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>663</v>
+        <v>638</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>664</v>
+        <v>639</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>665</v>
+        <v>640</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>666</v>
+        <v>641</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>667</v>
+        <v>642</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>668</v>
+        <v>643</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>96</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>669</v>
+        <v>644</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>670</v>
+        <v>645</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>671</v>
+        <v>646</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>672</v>
+        <v>647</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>673</v>
+        <v>648</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>674</v>
+        <v>649</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>675</v>
+        <v>650</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>16</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="s">
-        <v>677</v>
+        <v>51</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>678</v>
+        <v>651</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>679</v>
+        <v>652</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>680</v>
+        <v>653</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>681</v>
+        <v>654</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>682</v>
+        <v>655</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>683</v>
+        <v>656</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>684</v>
+        <v>657</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>685</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>660</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>686</v>
+        <v>661</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>687</v>
+        <v>662</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>688</v>
+        <v>663</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>689</v>
+        <v>664</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>690</v>
+        <v>665</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>691</v>
+        <v>666</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>692</v>
+        <v>667</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>668</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>694</v>
+        <v>669</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>695</v>
+        <v>670</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>696</v>
+        <v>663</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>697</v>
+        <v>671</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>698</v>
+        <v>672</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>699</v>
+        <v>673</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>700</v>
+        <v>674</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>128</v>
-[...7 lines deleted...]
-        <v>701</v>
+        <v>658</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>702</v>
+        <v>675</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>703</v>
+        <v>676</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>704</v>
+        <v>663</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>705</v>
+        <v>677</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>706</v>
+        <v>678</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>707</v>
+        <v>679</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>708</v>
+        <v>680</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>709</v>
-[...9 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>681</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>710</v>
+        <v>682</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>711</v>
+        <v>683</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>712</v>
+        <v>348</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>713</v>
+        <v>684</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>714</v>
+        <v>685</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>716</v>
+        <v>687</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>35</v>
+        <v>688</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F93" s="5" t="s">
-        <v>717</v>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>718</v>
+        <v>689</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>719</v>
+        <v>690</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>720</v>
+        <v>691</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>721</v>
+        <v>692</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>722</v>
+        <v>693</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>723</v>
+        <v>694</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F94" s="5" t="s">
+        <v>696</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>725</v>
+        <v>697</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>726</v>
+        <v>698</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>727</v>
+        <v>699</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>728</v>
+        <v>700</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>729</v>
+        <v>701</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>730</v>
+        <v>702</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>731</v>
+        <v>703</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>732</v>
+        <v>658</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>704</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>733</v>
+        <v>705</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>734</v>
+        <v>706</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>735</v>
+        <v>663</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>736</v>
+        <v>707</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>737</v>
+        <v>708</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>739</v>
+        <v>710</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>740</v>
+        <v>15</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>741</v>
+        <v>711</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>742</v>
+        <v>712</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>743</v>
+        <v>713</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>744</v>
+        <v>714</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>745</v>
+        <v>715</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>746</v>
+        <v>716</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>747</v>
+        <v>717</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G97" s="5" t="s">
+        <v>718</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>748</v>
+        <v>719</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>749</v>
+        <v>720</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>750</v>
+        <v>663</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>751</v>
+        <v>721</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>752</v>
+        <v>722</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>753</v>
+        <v>723</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>754</v>
+        <v>724</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>27</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>755</v>
+        <v>725</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>756</v>
+        <v>726</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>757</v>
+        <v>663</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>758</v>
+        <v>727</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>759</v>
+        <v>728</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>760</v>
+        <v>729</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>761</v>
+        <v>730</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>701</v>
+        <v>731</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>762</v>
+        <v>732</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>763</v>
+        <v>733</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>764</v>
+        <v>734</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>765</v>
+        <v>735</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>766</v>
+        <v>736</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>767</v>
+        <v>737</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>768</v>
+        <v>738</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>739</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>770</v>
+        <v>741</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>771</v>
+        <v>663</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>772</v>
+        <v>742</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>773</v>
+        <v>743</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>774</v>
+        <v>744</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>775</v>
+        <v>745</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>16</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F101" s="5" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>776</v>
+        <v>746</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>777</v>
+        <v>747</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>778</v>
+        <v>748</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>779</v>
+        <v>749</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>780</v>
+        <v>750</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>781</v>
+        <v>751</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>782</v>
+        <v>752</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>94</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G102" s="5" t="s">
+        <v>753</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>783</v>
+        <v>754</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>784</v>
+        <v>755</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>785</v>
+        <v>663</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>786</v>
+        <v>756</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>787</v>
+        <v>757</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>788</v>
+        <v>758</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>789</v>
+        <v>759</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>658</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="s">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>791</v>
+        <v>761</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>792</v>
+        <v>762</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>793</v>
+        <v>763</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>794</v>
+        <v>764</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>795</v>
+        <v>765</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>796</v>
+        <v>766</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G104" s="5" t="s">
+        <v>767</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>797</v>
+        <v>768</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>798</v>
+        <v>769</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>799</v>
+        <v>770</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>800</v>
+        <v>771</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>801</v>
+        <v>772</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>802</v>
+        <v>773</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="s">
-        <v>803</v>
+        <v>774</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>804</v>
+        <v>775</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>805</v>
+        <v>776</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>806</v>
+        <v>777</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>807</v>
+        <v>778</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>808</v>
+        <v>779</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>809</v>
+        <v>780</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>781</v>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>812</v>
+        <v>782</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>813</v>
+        <v>783</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>814</v>
+        <v>784</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>815</v>
+        <v>785</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>786</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>816</v>
-[...3 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>818</v>
+        <v>663</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>819</v>
+        <v>788</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>820</v>
+        <v>789</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>821</v>
+        <v>790</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>822</v>
+        <v>791</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>823</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>824</v>
+        <v>792</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>825</v>
+        <v>793</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>30</v>
+        <v>794</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>826</v>
+        <v>795</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>827</v>
+        <v>796</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>828</v>
+        <v>797</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>829</v>
+        <v>798</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="s">
-        <v>830</v>
+        <v>799</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>831</v>
+        <v>800</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>832</v>
+        <v>801</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>833</v>
+        <v>802</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>834</v>
+        <v>803</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>835</v>
+        <v>804</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>836</v>
+        <v>805</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-        <v>837</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>838</v>
+        <v>806</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>839</v>
+        <v>807</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>840</v>
+        <v>808</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>841</v>
+        <v>809</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>842</v>
+        <v>810</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>843</v>
+        <v>811</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>844</v>
-[...1 lines deleted...]
-      <c r="I111" s="5"/>
+        <v>812</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>813</v>
+      </c>
       <c r="J111" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>845</v>
+        <v>814</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>846</v>
+        <v>815</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>847</v>
+        <v>816</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>848</v>
+        <v>817</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="s">
-        <v>849</v>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="I112" s="5"/>
+        <v>818</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>819</v>
+      </c>
       <c r="J112" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>851</v>
+        <v>820</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>852</v>
+        <v>821</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>853</v>
+        <v>822</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>854</v>
+        <v>823</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="s">
-        <v>855</v>
+        <v>824</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>825</v>
+      </c>
+      <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>858</v>
+        <v>826</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>859</v>
+        <v>827</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>860</v>
+        <v>828</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>861</v>
+        <v>829</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="s">
-        <v>862</v>
+      <c r="H114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I114" s="5" t="s">
-        <v>863</v>
+        <v>830</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>864</v>
+        <v>831</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>865</v>
+        <v>832</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>866</v>
+        <v>833</v>
       </c>
     </row>
     <row r="115">
-      <c r="A115" s="5" t="n">
-        <v>1898</v>
+      <c r="A115" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>867</v>
+        <v>835</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>868</v>
+        <v>836</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>869</v>
+        <v>837</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>870</v>
+        <v>838</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>871</v>
+        <v>839</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>872</v>
+        <v>840</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>875</v>
+        <v>842</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>876</v>
+        <v>843</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>877</v>
+        <v>844</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>878</v>
+        <v>845</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="s">
-        <v>879</v>
+        <v>846</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>880</v>
+        <v>847</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>881</v>
+        <v>848</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>882</v>
+        <v>849</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>883</v>
+        <v>850</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>884</v>
+        <v>851</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>885</v>
+        <v>852</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>853</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>886</v>
+        <v>854</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>887</v>
+        <v>855</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>30</v>
+        <v>856</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>888</v>
+        <v>857</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>889</v>
+        <v>858</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>890</v>
+        <v>859</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>891</v>
+        <v>860</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>861</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>892</v>
+        <v>862</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>893</v>
+        <v>863</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>30</v>
+        <v>864</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>894</v>
+        <v>865</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>895</v>
+        <v>866</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>896</v>
+        <v>867</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>897</v>
+        <v>868</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>861</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>30</v>
+        <v>870</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>900</v>
+        <v>871</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>901</v>
+        <v>872</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>902</v>
+        <v>873</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>903</v>
+        <v>874</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>904</v>
+        <v>875</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>907</v>
+        <v>877</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>908</v>
+        <v>878</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>909</v>
+        <v>879</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>910</v>
+        <v>880</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>911</v>
+        <v>882</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>912</v>
+        <v>883</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>913</v>
+        <v>884</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>914</v>
+        <v>885</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>915</v>
+        <v>886</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>916</v>
+        <v>887</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>26</v>
+        <v>889</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>660</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="I123" s="5"/>
+        <v>890</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>891</v>
+      </c>
       <c r="J123" s="5" t="s">
-        <v>30</v>
+        <v>892</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>918</v>
+        <v>893</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>919</v>
+        <v>894</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>920</v>
+        <v>895</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>921</v>
+        <v>896</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G124" s="5" t="s">
+        <v>660</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="I124" s="5"/>
+        <v>897</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>898</v>
+      </c>
       <c r="J124" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>923</v>
+        <v>899</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>924</v>
+        <v>900</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>925</v>
+        <v>901</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>926</v>
+        <v>902</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>26</v>
+        <v>903</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G125" s="5" t="s">
-        <v>927</v>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I125" s="5"/>
+        <v>904</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>905</v>
+      </c>
       <c r="J125" s="5" t="s">
-        <v>30</v>
+        <v>906</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>929</v>
+        <v>907</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>930</v>
+        <v>908</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>931</v>
+        <v>909</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>932</v>
+        <v>910</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>26</v>
+        <v>912</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>129</v>
+        <v>462</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="s">
-        <v>933</v>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>935</v>
+        <v>914</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>30</v>
+        <v>915</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>936</v>
+        <v>916</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>937</v>
+        <v>917</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="5" t="s">
-        <v>939</v>
+      <c r="A127" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>940</v>
+        <v>919</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>941</v>
+        <v>920</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>942</v>
+        <v>921</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>943</v>
+        <v>922</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
     </row>
     <row r="128">
-      <c r="A128" s="5" t="s">
-        <v>945</v>
+      <c r="A128" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F128" s="5" t="s">
+        <v>924</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>946</v>
+        <v>925</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>947</v>
+        <v>926</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>30</v>
+        <v>927</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>948</v>
+        <v>928</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>949</v>
+        <v>929</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>950</v>
+        <v>930</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>951</v>
+        <v>931</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H129" s="5" t="s">
+        <v>932</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>30</v>
+        <v>934</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>953</v>
+        <v>935</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>954</v>
+        <v>936</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>955</v>
+        <v>937</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>956</v>
+        <v>938</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F130" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>957</v>
+        <v>939</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>958</v>
+        <v>940</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>30</v>
+        <v>941</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>959</v>
+        <v>942</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>962</v>
+        <v>945</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F131" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>963</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
-        <v>30</v>
+        <v>947</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>965</v>
+        <v>948</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>966</v>
+        <v>949</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>967</v>
+        <v>950</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>81</v>
+        <v>945</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F132" s="5" t="s">
+        <v>951</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>969</v>
+        <v>953</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>30</v>
+        <v>954</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>970</v>
+        <v>955</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>971</v>
+        <v>956</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>972</v>
+        <v>957</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>87</v>
+        <v>958</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>974</v>
+        <v>960</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>975</v>
+        <v>961</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>976</v>
+        <v>962</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>977</v>
+        <v>963</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>978</v>
+        <v>964</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F134" s="5" t="s">
-        <v>717</v>
+        <v>27</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>981</v>
+        <v>967</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>982</v>
+        <v>968</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>983</v>
+        <v>969</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>984</v>
+        <v>970</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>985</v>
+        <v>971</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E135" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F135" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F135" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>986</v>
-[...3 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>988</v>
+        <v>973</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>989</v>
+        <v>974</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>990</v>
+        <v>975</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>991</v>
+        <v>976</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>35</v>
+        <v>305</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>977</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>992</v>
+        <v>978</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>993</v>
+        <v>979</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>994</v>
+        <v>980</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>996</v>
+        <v>982</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G137" s="5" t="s">
-        <v>999</v>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>1002</v>
+        <v>987</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>1003</v>
+        <v>988</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>1004</v>
+        <v>989</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>1005</v>
+        <v>990</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G138" s="5" t="s">
-        <v>261</v>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>1007</v>
+        <v>992</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>1010</v>
+        <v>995</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>1011</v>
+        <v>996</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>658</v>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="s">
-        <v>1012</v>
+        <v>997</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>1014</v>
+        <v>999</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1016</v>
+        <v>1001</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1017</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1018</v>
+        <v>1003</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1019</v>
+        <v>27</v>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1020</v>
+        <v>1004</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1022</v>
+        <v>1006</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1023</v>
+        <v>1007</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1024</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1025</v>
+        <v>1009</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>1010</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1027</v>
+        <v>1011</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1028</v>
+        <v>1012</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>1029</v>
+        <v>663</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1030</v>
+        <v>1013</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1031</v>
+        <v>1014</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1032</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1033</v>
+        <v>1016</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G142" s="5" t="s">
+        <v>1017</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1034</v>
+        <v>1018</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1035</v>
+        <v>1019</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>1036</v>
+        <v>663</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1037</v>
+        <v>1020</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1039</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1040</v>
+        <v>1023</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>1041</v>
+        <v>658</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>27</v>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1042</v>
+        <v>1024</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1043</v>
+        <v>1025</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>585</v>
+        <v>663</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1044</v>
+        <v>1026</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1045</v>
+        <v>1027</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1046</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1047</v>
+        <v>1029</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>25</v>
+        <v>305</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1048</v>
+        <v>15</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="s">
-        <v>289</v>
+        <v>951</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1049</v>
+        <v>1030</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1050</v>
+        <v>1031</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>1051</v>
+        <v>1032</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1052</v>
+        <v>1033</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1053</v>
+        <v>1034</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1054</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>35</v>
-[...10 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1056</v>
+        <v>1038</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1057</v>
+        <v>1039</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>1058</v>
+        <v>663</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1059</v>
+        <v>1040</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1060</v>
+        <v>1041</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1061</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>128</v>
-[...10 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>1044</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1063</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>1065</v>
+        <v>663</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1066</v>
+        <v>1046</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1067</v>
+        <v>1047</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1068</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1069</v>
+        <v>1049</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1070</v>
+        <v>1050</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1071</v>
+        <v>1051</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>1072</v>
+        <v>663</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1073</v>
+        <v>1052</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1074</v>
+        <v>1053</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1075</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1076</v>
+        <v>1055</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="F148" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G148" s="5" t="s">
-        <v>1077</v>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1078</v>
+        <v>1056</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1079</v>
+        <v>1057</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>1080</v>
+        <v>663</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1081</v>
+        <v>1058</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1082</v>
+        <v>1059</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1083</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1084</v>
+        <v>1061</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>1085</v>
+        <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        <v>289</v>
+        <v>658</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1087</v>
+        <v>1063</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>1088</v>
+        <v>663</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1089</v>
+        <v>1064</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1090</v>
+        <v>1065</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1091</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>658</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1093</v>
+        <v>1068</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1094</v>
+        <v>1069</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1095</v>
+        <v>663</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1098</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>281</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>1074</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1100</v>
+        <v>1075</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1101</v>
+        <v>1076</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>1102</v>
+        <v>663</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1103</v>
+        <v>1077</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1104</v>
+        <v>1078</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1105</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1106</v>
+        <v>1080</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>659</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
-        <v>1109</v>
+        <v>663</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1110</v>
+        <v>1082</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1111</v>
+        <v>1083</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1112</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1113</v>
+        <v>1085</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>1114</v>
+        <v>27</v>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1115</v>
+        <v>1086</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1116</v>
+        <v>1087</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1117</v>
+        <v>1088</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1118</v>
+        <v>1089</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1120</v>
+        <v>1091</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>27</v>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H154" s="5" t="s">
+        <v>1092</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1123</v>
+        <v>1093</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>1124</v>
+        <v>663</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1125</v>
+        <v>1094</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1126</v>
+        <v>1095</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1127</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1128</v>
+        <v>1097</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1129</v>
-[...16 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G155" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>1131</v>
+        <v>663</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1132</v>
+        <v>1100</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1133</v>
+        <v>1101</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1134</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1135</v>
+        <v>1103</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1136</v>
+        <v>94</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F156" s="5" t="s">
-        <v>129</v>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1137</v>
+        <v>1104</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1138</v>
+        <v>1105</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1139</v>
+        <v>663</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1140</v>
+        <v>1106</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1141</v>
+        <v>1107</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1142</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1143</v>
+        <v>1109</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>1085</v>
+        <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="F157" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G157" s="5" t="s">
-        <v>1144</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1145</v>
+        <v>1110</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1146</v>
+        <v>1111</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>1147</v>
+        <v>663</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1148</v>
+        <v>1112</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1149</v>
+        <v>1113</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1150</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1151</v>
+        <v>1115</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>111</v>
+        <v>658</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1152</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>27</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1153</v>
-[...3 lines deleted...]
-      </c>
+        <v>1116</v>
+      </c>
+      <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>1155</v>
+        <v>663</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1156</v>
+        <v>1117</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1157</v>
+        <v>1118</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1158</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1159</v>
+        <v>1120</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>1160</v>
+        <v>27</v>
+      </c>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1161</v>
+        <v>1121</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1162</v>
+        <v>1122</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1163</v>
+        <v>1123</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1164</v>
+        <v>1124</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1165</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1166</v>
+        <v>1120</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>659</v>
+      </c>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1167</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>1169</v>
+        <v>663</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1170</v>
+        <v>1127</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1171</v>
+        <v>1128</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1172</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1173</v>
+        <v>1130</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>27</v>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1131</v>
+      </c>
+      <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>1176</v>
+        <v>663</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1177</v>
+        <v>1132</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1178</v>
+        <v>1133</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1179</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1180</v>
+        <v>1135</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>1122</v>
+        <v>27</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1181</v>
+        <v>1136</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1182</v>
+        <v>1137</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1183</v>
+        <v>663</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1184</v>
+        <v>1138</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1185</v>
+        <v>1139</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1186</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1187</v>
+        <v>1141</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G163" s="5" t="s">
+        <v>1142</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1188</v>
-[...3 lines deleted...]
-      </c>
+        <v>1143</v>
+      </c>
+      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>1190</v>
+        <v>663</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1191</v>
+        <v>1144</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1192</v>
+        <v>1145</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1193</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1194</v>
+        <v>1147</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>55</v>
-[...12 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>1149</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1195</v>
+        <v>1150</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1196</v>
+        <v>663</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1197</v>
+        <v>1151</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1198</v>
+        <v>1152</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1199</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1200</v>
+        <v>1154</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>73</v>
-[...10 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" s="5" t="s">
+        <v>1155</v>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1202</v>
+        <v>1156</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1203</v>
+        <v>1157</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1204</v>
+        <v>663</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1205</v>
+        <v>1158</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1206</v>
+        <v>1159</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1207</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1208</v>
+        <v>1161</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>1085</v>
+        <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>658</v>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="s">
-        <v>1210</v>
+        <v>660</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1211</v>
-[...1 lines deleted...]
-      <c r="I166" s="5"/>
+        <v>1162</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1163</v>
+      </c>
       <c r="J166" s="5" t="s">
-        <v>1212</v>
+        <v>663</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1213</v>
+        <v>1164</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1214</v>
+        <v>1165</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1215</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1216</v>
+        <v>1167</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>25</v>
+        <v>305</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>15</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F167" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1217</v>
+        <v>1168</v>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1218</v>
+        <v>1169</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1219</v>
+        <v>1170</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1220</v>
+        <v>1171</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1221</v>
+        <v>1172</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1222</v>
+        <v>1173</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1223</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1224</v>
+        <v>1175</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>25</v>
+        <v>1176</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>35</v>
+        <v>1177</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>55</v>
+        <v>1178</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1225</v>
+        <v>1179</v>
+      </c>
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1226</v>
+        <v>1180</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1227</v>
+        <v>1181</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>40</v>
+        <v>348</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1228</v>
+        <v>1182</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1229</v>
+        <v>1183</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1230</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1231</v>
+        <v>1185</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>25</v>
+        <v>1186</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>1232</v>
+        <v>1187</v>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1233</v>
+        <v>1188</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1234</v>
+        <v>1189</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>40</v>
+        <v>1190</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1235</v>
+        <v>1191</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1236</v>
+        <v>1192</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1237</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1238</v>
+        <v>1194</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1239</v>
+        <v>27</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>731</v>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1242</v>
+        <v>1196</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>40</v>
+        <v>1197</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1243</v>
+        <v>1198</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1244</v>
+        <v>1199</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1245</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1246</v>
+        <v>1201</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1247</v>
+        <v>731</v>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1248</v>
+        <v>1202</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1249</v>
+        <v>1203</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>40</v>
+        <v>1204</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1250</v>
+        <v>1205</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1251</v>
+        <v>1206</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1252</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1253</v>
+        <v>1201</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>1254</v>
+        <v>861</v>
       </c>
       <c r="F172" s="5" t="s">
-        <v>1122</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>1208</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1255</v>
+        <v>1209</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1256</v>
+        <v>1210</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1257</v>
+        <v>348</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1258</v>
+        <v>1211</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1259</v>
+        <v>1212</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1260</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1261</v>
+        <v>1214</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>357</v>
+        <v>1215</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>129</v>
+        <v>731</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1262</v>
-[...1 lines deleted...]
-      <c r="I173" s="5"/>
+        <v>1216</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1217</v>
+      </c>
       <c r="J173" s="5" t="s">
-        <v>1263</v>
+        <v>1218</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1264</v>
+        <v>1219</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1265</v>
+        <v>1220</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1266</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1267</v>
+        <v>1222</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>112</v>
+        <v>696</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>731</v>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1269</v>
-[...1 lines deleted...]
-      <c r="I174" s="5"/>
+        <v>1223</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1224</v>
+      </c>
       <c r="J174" s="5" t="s">
-        <v>30</v>
+        <v>1225</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1270</v>
+        <v>1226</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1271</v>
+        <v>1227</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1272</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="175">
-      <c r="A175" s="5" t="n">
-        <v>1898</v>
+      <c r="A175" s="5" t="s">
+        <v>1229</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>35</v>
+        <v>1230</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>281</v>
+        <v>1231</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>510</v>
-[...7 lines deleted...]
-        <v>1273</v>
+        <v>27</v>
+      </c>
+      <c r="G175" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1274</v>
+        <v>1232</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1275</v>
+        <v>348</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1276</v>
+        <v>1233</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1277</v>
+        <v>1234</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1278</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1279</v>
+        <v>1236</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>1237</v>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1280</v>
+        <v>658</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1281</v>
+        <v>1238</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1282</v>
+        <v>348</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1283</v>
+        <v>1239</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1284</v>
+        <v>1240</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1285</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1286</v>
+        <v>1242</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>281</v>
+        <v>1243</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1287</v>
+        <v>1244</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1288</v>
+        <v>1245</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1289</v>
+        <v>1246</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1290</v>
+        <v>1247</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1291</v>
+        <v>1248</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1292</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1293</v>
+        <v>1250</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>281</v>
+        <v>344</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>1251</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1294</v>
+        <v>1252</v>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="s">
-        <v>1295</v>
+        <v>348</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1296</v>
+        <v>1253</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1297</v>
+        <v>1254</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1298</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1293</v>
+        <v>1256</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>281</v>
+        <v>344</v>
       </c>
       <c r="F179" s="5" t="s">
-        <v>237</v>
-[...4 lines deleted...]
-        </is>
+        <v>1257</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>1258</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1299</v>
+        <v>1259</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1300</v>
+        <v>1260</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1301</v>
+        <v>348</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1302</v>
+        <v>1261</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1303</v>
+        <v>1262</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1304</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1305</v>
+        <v>1264</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1306</v>
+        <v>1265</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1307</v>
+        <v>1266</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1308</v>
+        <v>1267</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1309</v>
+        <v>1268</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1310</v>
+        <v>1269</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1311</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1312</v>
+        <v>1271</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>73</v>
+        <v>1272</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        <v>237</v>
+        <v>658</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1313</v>
+        <v>1273</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1314</v>
+        <v>1274</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1315</v>
+        <v>663</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1316</v>
+        <v>1275</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1317</v>
+        <v>1276</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1318</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1319</v>
+        <v>1278</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>658</v>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1320</v>
+        <v>1279</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1321</v>
+        <v>1280</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1322</v>
+        <v>1281</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1323</v>
+        <v>1282</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1324</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1325</v>
+        <v>1284</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F183" s="5" t="s">
-        <v>1326</v>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1327</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="I183" s="5"/>
       <c r="J183" s="5" t="s">
-        <v>1329</v>
+        <v>663</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1330</v>
+        <v>1286</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1331</v>
+        <v>1287</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1332</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>495</v>
+        <v>1289</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>1333</v>
+        <v>15</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1334</v>
+        <v>1290</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1335</v>
+        <v>1291</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>40</v>
+        <v>1292</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1336</v>
+        <v>1293</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1337</v>
+        <v>1294</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1338</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1339</v>
+        <v>1296</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1085</v>
+        <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>1340</v>
+        <v>283</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1341</v>
-[...10 lines deleted...]
-        </is>
+        <v>1297</v>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H185" s="5" t="s">
+        <v>1298</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1342</v>
+        <v>1299</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>40</v>
+        <v>1300</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1343</v>
+        <v>1301</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1344</v>
+        <v>1302</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1345</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1346</v>
+        <v>1304</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1129</v>
+        <v>659</v>
       </c>
       <c r="F186" s="5" t="s">
         <v>129</v>
       </c>
       <c r="G186" s="5" t="s">
-        <v>1347</v>
+        <v>1305</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>26</v>
+        <v>1306</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1348</v>
+        <v>1307</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1349</v>
+        <v>1308</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1350</v>
+        <v>1309</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1351</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1352</v>
+        <v>1311</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>35</v>
+        <v>889</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1353</v>
+        <v>659</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>129</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1354</v>
+        <v>1312</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1355</v>
+        <v>1313</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1356</v>
+        <v>1314</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1357</v>
+        <v>1315</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1358</v>
+        <v>1316</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1359</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1360</v>
+        <v>1318</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F188" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G188" s="5" t="s">
-        <v>1361</v>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="I188" s="5"/>
+        <v>1319</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1320</v>
+      </c>
       <c r="J188" s="5" t="s">
-        <v>40</v>
+        <v>348</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1363</v>
+        <v>1321</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1364</v>
+        <v>1322</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1365</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1366</v>
+        <v>1324</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>281</v>
+        <v>129</v>
       </c>
       <c r="F189" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1367</v>
+        <v>1325</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1368</v>
+        <v>1326</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1369</v>
+        <v>1327</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1370</v>
+        <v>1328</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1371</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1372</v>
+        <v>1330</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1373</v>
+        <v>1332</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1374</v>
+        <v>1333</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1375</v>
+        <v>1334</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1376</v>
+        <v>1335</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1377</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1378</v>
+        <v>1337</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>659</v>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1379</v>
+        <v>1338</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1380</v>
+        <v>1339</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1381</v>
+        <v>1340</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1382</v>
+        <v>1341</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1383</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1384</v>
+        <v>1343</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1385</v>
+        <v>1344</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1386</v>
+        <v>1345</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1387</v>
+        <v>1346</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1388</v>
+        <v>1347</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1389</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1390</v>
+        <v>1349</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F193" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1391</v>
+        <v>1350</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1392</v>
+        <v>1351</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1393</v>
+        <v>1352</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1394</v>
+        <v>1353</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1395</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>945</v>
+        <v>1355</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F194" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1396</v>
+        <v>1356</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1397</v>
+        <v>1357</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1398</v>
+        <v>1358</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1399</v>
+        <v>1359</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1400</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1401</v>
+        <v>1361</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F195" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1402</v>
+        <v>1362</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1403</v>
+        <v>1363</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1404</v>
+        <v>1364</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1405</v>
+        <v>1365</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1406</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1407</v>
+        <v>1367</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F196" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1408</v>
+        <v>1368</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1409</v>
+        <v>1369</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1410</v>
+        <v>1370</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1411</v>
+        <v>1371</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1412</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1413</v>
+        <v>1373</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>581</v>
+        <v>1374</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1414</v>
+        <v>1375</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1415</v>
+        <v>1376</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1416</v>
+        <v>1377</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1417</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1418</v>
+        <v>1373</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F198" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1419</v>
+        <v>1379</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1420</v>
+        <v>1380</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1421</v>
+        <v>1381</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1422</v>
+        <v>1382</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1423</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1424</v>
+        <v>1384</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>25</v>
-[...10 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>1385</v>
       </c>
       <c r="H199" s="5" t="s">
-        <v>581</v>
+        <v>1386</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1425</v>
+        <v>1387</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1426</v>
+        <v>1388</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1427</v>
+        <v>1389</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1428</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1429</v>
+        <v>1391</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>1430</v>
+        <v>659</v>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1431</v>
+        <v>1392</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1432</v>
+        <v>1393</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1433</v>
+        <v>1394</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1434</v>
+        <v>1395</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1435</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1436</v>
+        <v>1397</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F201" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1437</v>
+        <v>1398</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1438</v>
+        <v>1399</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1439</v>
+        <v>1400</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1440</v>
+        <v>1401</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1441</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1442</v>
+        <v>1403</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F202" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1443</v>
+        <v>1404</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1444</v>
+        <v>1405</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1445</v>
+        <v>1406</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1446</v>
+        <v>1407</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1447</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1448</v>
+        <v>1409</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F203" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1449</v>
+        <v>1410</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1450</v>
+        <v>1411</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1451</v>
+        <v>1412</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1452</v>
+        <v>1413</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1453</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1454</v>
+        <v>1415</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F204" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="I204" s="5"/>
+        <v>1416</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>1417</v>
+      </c>
       <c r="J204" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1455</v>
+        <v>1418</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1456</v>
+        <v>1419</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1457</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1458</v>
+        <v>1415</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>1297</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1459</v>
+        <v>1421</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1460</v>
+        <v>1422</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>30</v>
+        <v>1423</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1461</v>
+        <v>1424</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1462</v>
+        <v>1425</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1463</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>956</v>
+        <v>1427</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F206" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1459</v>
+        <v>1410</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1464</v>
+        <v>1428</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1465</v>
+        <v>1429</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1466</v>
+        <v>1430</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1467</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1468</v>
+        <v>1432</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F207" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>1433</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1469</v>
+        <v>1434</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1470</v>
+        <v>1435</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1471</v>
+        <v>1436</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1472</v>
+        <v>1437</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1473</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1474</v>
+        <v>1439</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1475</v>
+        <v>1440</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1476</v>
+        <v>1441</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1477</v>
+        <v>1442</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1478</v>
+        <v>1443</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1479</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1480</v>
+        <v>1445</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F209" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1481</v>
-[...1 lines deleted...]
-      <c r="I209" s="5"/>
+        <v>1446</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>1447</v>
+      </c>
       <c r="J209" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1482</v>
+        <v>1448</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1483</v>
+        <v>1449</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1484</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1485</v>
+        <v>1451</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F210" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1486</v>
+        <v>1452</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1487</v>
+        <v>1453</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1488</v>
+        <v>1454</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1489</v>
+        <v>1455</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1490</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1491</v>
+        <v>1457</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="s">
-        <v>1492</v>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1493</v>
+        <v>1458</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1494</v>
+        <v>1459</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1495</v>
+        <v>1460</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1496</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1497</v>
+        <v>1462</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>518</v>
+        <v>659</v>
       </c>
       <c r="F212" s="5" t="s">
-        <v>289</v>
+        <v>27</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1498</v>
-[...3 lines deleted...]
-      </c>
+        <v>1463</v>
+      </c>
+      <c r="I212" s="5"/>
       <c r="J212" s="5" t="s">
-        <v>1500</v>
+        <v>663</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1501</v>
+        <v>1464</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1502</v>
+        <v>1465</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1503</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1504</v>
+        <v>1467</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1505</v>
+        <v>658</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1506</v>
+        <v>659</v>
       </c>
       <c r="F213" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>128</v>
+        <v>1468</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1507</v>
+        <v>1469</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1508</v>
+        <v>663</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1509</v>
+        <v>1470</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1510</v>
+        <v>1471</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1511</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1512</v>
+        <v>1473</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1513</v>
+        <v>1474</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1514</v>
+        <v>1475</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1515</v>
+        <v>1476</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1516</v>
+        <v>1477</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1517</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1518</v>
+        <v>1473</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>281</v>
+        <v>659</v>
       </c>
       <c r="F215" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1519</v>
-[...1 lines deleted...]
-      <c r="I215" s="5"/>
+        <v>1468</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1479</v>
+      </c>
       <c r="J215" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1520</v>
+        <v>1480</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1521</v>
+        <v>1481</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1522</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1523</v>
+        <v>1483</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>1524</v>
+        <v>659</v>
+      </c>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1525</v>
+        <v>1484</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1526</v>
+        <v>1485</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1527</v>
+        <v>1486</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1528</v>
+        <v>1487</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1529</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1530</v>
+        <v>1489</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>1531</v>
+        <v>658</v>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1532</v>
+        <v>1490</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1533</v>
+        <v>1491</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1534</v>
+        <v>1492</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1535</v>
+        <v>1493</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1536</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1537</v>
+        <v>1495</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>161</v>
+        <v>658</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F218" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1538</v>
+        <v>1496</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1539</v>
+        <v>1497</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1540</v>
+        <v>1498</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1541</v>
+        <v>1499</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1542</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1543</v>
+        <v>1501</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F219" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1544</v>
+        <v>1502</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1545</v>
+        <v>1503</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1546</v>
+        <v>1504</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1547</v>
+        <v>1505</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1548</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1549</v>
+        <v>1507</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1550</v>
+        <v>658</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1551</v>
+        <v>659</v>
       </c>
       <c r="F220" s="5" t="s">
-        <v>510</v>
+        <v>27</v>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1552</v>
-[...3 lines deleted...]
-      </c>
+        <v>1508</v>
+      </c>
+      <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
-        <v>1554</v>
+        <v>663</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1555</v>
+        <v>1509</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1556</v>
+        <v>1510</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1557</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1558</v>
+        <v>1512</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1550</v>
+        <v>94</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>96</v>
+        <v>658</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F221" s="5" t="s">
-        <v>129</v>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1559</v>
+        <v>1513</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1560</v>
+        <v>1514</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>1561</v>
+        <v>663</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1562</v>
+        <v>1515</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1563</v>
+        <v>1516</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1564</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1565</v>
+        <v>1518</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>55</v>
+        <v>659</v>
       </c>
       <c r="F222" s="5" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>1567</v>
+        <v>27</v>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1568</v>
+        <v>1519</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1569</v>
+        <v>1520</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1570</v>
+        <v>1521</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1571</v>
+        <v>1522</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1572</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1573</v>
+        <v>1524</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>128</v>
-[...7 lines deleted...]
-        <v>573</v>
+        <v>94</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1574</v>
+        <v>1525</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1575</v>
+        <v>1526</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1576</v>
+        <v>663</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1577</v>
+        <v>1527</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1578</v>
+        <v>1528</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1579</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1580</v>
+        <v>1530</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>96</v>
+        <v>658</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>709</v>
+        <v>659</v>
       </c>
       <c r="F224" s="5" t="s">
-        <v>1581</v>
+        <v>27</v>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1582</v>
+        <v>1531</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1583</v>
+        <v>1532</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>1584</v>
+        <v>663</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1585</v>
+        <v>1533</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1586</v>
+        <v>1534</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1587</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1588</v>
+        <v>1536</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>128</v>
+        <v>658</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>55</v>
+        <v>659</v>
       </c>
       <c r="F225" s="5" t="s">
-        <v>1589</v>
+        <v>660</v>
       </c>
       <c r="G225" s="5" t="s">
-        <v>1590</v>
+        <v>1537</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1591</v>
+        <v>1538</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1592</v>
+        <v>1539</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1593</v>
+        <v>1540</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1594</v>
+        <v>1541</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1595</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1596</v>
+        <v>1536</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>1597</v>
+        <v>888</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>1598</v>
+        <v>659</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1599</v>
+        <v>1543</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1600</v>
+        <v>1544</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1601</v>
+        <v>1545</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1602</v>
+        <v>1546</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1603</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1604</v>
+        <v>1548</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1605</v>
+        <v>1549</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1606</v>
+        <v>1550</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1607</v>
+        <v>663</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1608</v>
+        <v>1551</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1609</v>
+        <v>1552</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1610</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1611</v>
+        <v>1554</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>660</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1612</v>
+        <v>1555</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1613</v>
+        <v>1556</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1614</v>
+        <v>1557</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1615</v>
+        <v>1558</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1616</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1617</v>
+        <v>1560</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>64</v>
-[...7 lines deleted...]
-        <v>1618</v>
+        <v>658</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1619</v>
+        <v>1561</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1620</v>
+        <v>1562</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>1621</v>
+        <v>663</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1622</v>
+        <v>1563</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1623</v>
+        <v>1564</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1624</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1625</v>
+        <v>1566</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1626</v>
-[...3 lines deleted...]
-      </c>
+        <v>1567</v>
+      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>30</v>
+        <v>1568</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1628</v>
+        <v>1569</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1629</v>
+        <v>1570</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1630</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1631</v>
+        <v>1566</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1632</v>
-[...5 lines deleted...]
-        </is>
+        <v>1572</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="J231" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1633</v>
+        <v>1574</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="M231" s="5"/>
+        <v>1575</v>
+      </c>
+      <c r="M231" s="5" t="s">
+        <v>1576</v>
+      </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>481</v>
+        <v>1577</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>1578</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1635</v>
-[...1 lines deleted...]
-      <c r="I232" s="5"/>
+        <v>1579</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1580</v>
+      </c>
       <c r="J232" s="5" t="s">
-        <v>30</v>
+        <v>1581</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1636</v>
+        <v>1582</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1637</v>
+        <v>1583</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1638</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1639</v>
+        <v>1577</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1181</v>
+        <v>94</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1640</v>
+        <v>27</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1641</v>
+        <v>1585</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1642</v>
+        <v>1586</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1643</v>
+        <v>663</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1644</v>
+        <v>1587</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1645</v>
+        <v>1588</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1646</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1647</v>
+        <v>1590</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>96</v>
+        <v>888</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>1648</v>
+        <v>658</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1649</v>
+        <v>1591</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1650</v>
+        <v>1592</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1651</v>
+        <v>663</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1652</v>
+        <v>1593</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1653</v>
+        <v>1594</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1654</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1655</v>
+        <v>1596</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>15</v>
+        <v>911</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="F235" s="5" t="s">
-        <v>693</v>
+        <v>1597</v>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1656</v>
+        <v>1598</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1657</v>
+        <v>1599</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1658</v>
+        <v>1600</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1659</v>
+        <v>1601</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1660</v>
+        <v>1602</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1661</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1662</v>
+        <v>1604</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>911</v>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F236" s="5" t="s">
-        <v>1663</v>
+        <v>1597</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1664</v>
+        <v>1605</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1665</v>
+        <v>1606</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1666</v>
+        <v>1607</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1667</v>
+        <v>1608</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1668</v>
+        <v>1609</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1669</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1670</v>
+        <v>1611</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>731</v>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1671</v>
+        <v>1612</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1672</v>
+        <v>1613</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>30</v>
+        <v>1614</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1673</v>
+        <v>1615</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1674</v>
+        <v>1616</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1675</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1676</v>
+        <v>1618</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F238" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1677</v>
+      <c r="F238" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1678</v>
+        <v>1619</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1679</v>
+        <v>1620</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>30</v>
+        <v>1621</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1680</v>
+        <v>1622</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1681</v>
+        <v>1623</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1682</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1683</v>
+        <v>1625</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="F239" s="5" t="s">
-        <v>281</v>
+        <v>121</v>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1684</v>
+        <v>1626</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1685</v>
+        <v>1627</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1686</v>
+        <v>1628</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1687</v>
+        <v>1629</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1688</v>
+        <v>1630</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1689</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1690</v>
+        <v>1632</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>162</v>
+        <v>1633</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1691</v>
+        <v>1634</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1692</v>
+        <v>1635</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>30</v>
+        <v>1636</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1693</v>
+        <v>1637</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1694</v>
+        <v>1638</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1695</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1696</v>
+        <v>1640</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>15</v>
+        <v>911</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1697</v>
+        <v>861</v>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1698</v>
+        <v>924</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1699</v>
+        <v>1641</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1700</v>
+        <v>1642</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1701</v>
+        <v>1643</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1702</v>
+        <v>1644</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1703</v>
+        <v>1645</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1704</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1705</v>
+        <v>1647</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>1706</v>
+        <v>1633</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="G242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1707</v>
-[...1 lines deleted...]
-      <c r="I242" s="5"/>
+        <v>1648</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1649</v>
+      </c>
       <c r="J242" s="5" t="s">
-        <v>30</v>
+        <v>1650</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1708</v>
+        <v>1651</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1709</v>
+        <v>1652</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1710</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1711</v>
+        <v>1654</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>26</v>
-[...12 lines deleted...]
-        <v>1712</v>
+        <v>911</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F243" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1713</v>
+        <v>1655</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1714</v>
+        <v>1656</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>30</v>
+        <v>1657</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1715</v>
+        <v>1658</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1716</v>
+        <v>1659</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1717</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1718</v>
+        <v>1661</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>1719</v>
+        <v>911</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>1720</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>1662</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1721</v>
+        <v>1663</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1722</v>
+        <v>1664</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1723</v>
+        <v>1665</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1724</v>
+        <v>1666</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1725</v>
+        <v>1667</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1726</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1727</v>
+        <v>1669</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>15</v>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F245" s="5" t="s">
-        <v>281</v>
+        <v>362</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1728</v>
+        <v>1670</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1729</v>
+        <v>1671</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>40</v>
+        <v>1672</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1730</v>
+        <v>1673</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1731</v>
+        <v>1674</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1732</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1733</v>
+        <v>1676</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>26</v>
+        <v>888</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>25</v>
+        <v>889</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>1019</v>
+        <v>659</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1734</v>
+        <v>1677</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1735</v>
+        <v>1678</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>30</v>
+        <v>1679</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1736</v>
+        <v>1680</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1737</v>
+        <v>1681</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1738</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1739</v>
+        <v>1683</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1740</v>
+        <v>94</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>15</v>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1742</v>
-[...1 lines deleted...]
-      <c r="I247" s="5"/>
+        <v>1684</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>1685</v>
+      </c>
       <c r="J247" s="5" t="s">
-        <v>1743</v>
+        <v>1686</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1744</v>
+        <v>1687</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1745</v>
+        <v>1688</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1746</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1747</v>
+        <v>1690</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>35</v>
+        <v>1691</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>15</v>
+        <v>889</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>1179</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1748</v>
+        <v>1692</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1749</v>
+        <v>1693</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1750</v>
+        <v>348</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1751</v>
+        <v>1694</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1752</v>
+        <v>1695</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1753</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1754</v>
+        <v>1697</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>1755</v>
+        <v>27</v>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1756</v>
+        <v>1698</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1757</v>
+        <v>1699</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>1758</v>
+        <v>663</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1759</v>
+        <v>1700</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1760</v>
+        <v>1701</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1761</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1762</v>
+        <v>1703</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1755</v>
+        <v>658</v>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1763</v>
+        <v>1704</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1764</v>
+        <v>1705</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1765</v>
+        <v>663</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1766</v>
+        <v>1706</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1767</v>
+        <v>1707</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1768</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1769</v>
+        <v>1709</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>111</v>
+        <v>888</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>73</v>
-[...7 lines deleted...]
-        <v>1770</v>
+        <v>658</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1771</v>
+        <v>1710</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1772</v>
+        <v>1711</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>1773</v>
+        <v>663</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1774</v>
+        <v>1712</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1775</v>
+        <v>1713</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1776</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1777</v>
+        <v>1715</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1297</v>
       </c>
       <c r="F252" s="5" t="s">
-        <v>740</v>
+        <v>1716</v>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1778</v>
+        <v>1717</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1779</v>
+        <v>1718</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1780</v>
+        <v>1719</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1781</v>
+        <v>1720</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1782</v>
+        <v>1721</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1783</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1784</v>
+        <v>1723</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>1785</v>
+        <v>1724</v>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1786</v>
+        <v>1725</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1787</v>
+        <v>1726</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>30</v>
+        <v>348</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1788</v>
+        <v>1727</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1789</v>
+        <v>1728</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1790</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1791</v>
+        <v>1730</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>26</v>
+        <v>888</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G254" s="5" t="s">
-        <v>1792</v>
+      <c r="G254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1793</v>
+        <v>1731</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1794</v>
+        <v>1732</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1795</v>
+        <v>1733</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1796</v>
+        <v>1734</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1797</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1798</v>
+        <v>1736</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>658</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1799</v>
-[...1 lines deleted...]
-      <c r="I255" s="5"/>
+        <v>1737</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>1738</v>
+      </c>
       <c r="J255" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1800</v>
+        <v>1739</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1801</v>
+        <v>1740</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1802</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>35</v>
+        <v>1691</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-        </is>
+        <v>889</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F256" s="5" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>1743</v>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1804</v>
+        <v>1744</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1805</v>
+        <v>1745</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1806</v>
+        <v>348</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1807</v>
+        <v>1746</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1808</v>
+        <v>1747</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1809</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1810</v>
+        <v>1749</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>96</v>
+        <v>1750</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="F257" s="5" t="s">
-        <v>1811</v>
+        <v>27</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1812</v>
+        <v>16</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1813</v>
+        <v>1752</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1814</v>
+        <v>1753</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1815</v>
+        <v>1754</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1816</v>
+        <v>1755</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1817</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1818</v>
+        <v>1757</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>96</v>
+        <v>888</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>1755</v>
+        <v>659</v>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1819</v>
+        <v>1758</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1820</v>
+        <v>1759</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1821</v>
+        <v>663</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1822</v>
+        <v>1760</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1823</v>
+        <v>1761</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1824</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1825</v>
+        <v>1763</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>64</v>
+        <v>658</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F259" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1826</v>
+        <v>1764</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1827</v>
+        <v>1765</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1828</v>
+        <v>663</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1829</v>
+        <v>1766</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1830</v>
+        <v>1767</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1831</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1832</v>
+        <v>1769</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>96</v>
+        <v>658</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>332</v>
+        <v>129</v>
       </c>
       <c r="F260" s="5" t="s">
-        <v>1755</v>
+        <v>27</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1833</v>
-[...3 lines deleted...]
-      </c>
+        <v>1770</v>
+      </c>
+      <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1835</v>
+        <v>663</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1836</v>
+        <v>1771</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1837</v>
+        <v>1772</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1838</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1839</v>
+        <v>1774</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>1841</v>
-[...9 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G261" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G261" s="5" t="s">
+        <v>1775</v>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1842</v>
-[...5 lines deleted...]
-        </is>
+        <v>1776</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J261" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1843</v>
+        <v>1778</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1844</v>
-[...1 lines deleted...]
-      <c r="M261" s="5"/>
+        <v>1779</v>
+      </c>
+      <c r="M261" s="5" t="s">
+        <v>1780</v>
+      </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1839</v>
+        <v>1781</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>1845</v>
-[...19 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G262" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1846</v>
-[...5 lines deleted...]
-        </is>
+        <v>1783</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J262" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1847</v>
+        <v>1785</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1848</v>
-[...1 lines deleted...]
-      <c r="M262" s="5"/>
+        <v>1786</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>1787</v>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1839</v>
+        <v>1788</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>1849</v>
-[...9 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1850</v>
-[...5 lines deleted...]
-        </is>
+        <v>1789</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J263" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1851</v>
+        <v>1791</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1852</v>
-[...1 lines deleted...]
-      <c r="M263" s="5"/>
+        <v>1792</v>
+      </c>
+      <c r="M263" s="5" t="s">
+        <v>1793</v>
+      </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1839</v>
+        <v>1794</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>1853</v>
-[...9 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1854</v>
-[...5 lines deleted...]
-        </is>
+        <v>1795</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1855</v>
+        <v>1797</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1856</v>
-[...1 lines deleted...]
-      <c r="M264" s="5"/>
+        <v>1798</v>
+      </c>
+      <c r="M264" s="5" t="s">
+        <v>1799</v>
+      </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1839</v>
+        <v>1800</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>658</v>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1857</v>
-[...5 lines deleted...]
-        </is>
+        <v>1801</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J265" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1858</v>
+        <v>1803</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1859</v>
-[...1 lines deleted...]
-      <c r="M265" s="5"/>
+        <v>1804</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>1805</v>
+      </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1839</v>
+        <v>1806</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>1860</v>
-[...19 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>1807</v>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1861</v>
-[...5 lines deleted...]
-        </is>
+        <v>1808</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J266" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1862</v>
+        <v>1810</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1863</v>
-[...1 lines deleted...]
-      <c r="M266" s="5"/>
+        <v>1811</v>
+      </c>
+      <c r="M266" s="5" t="s">
+        <v>1812</v>
+      </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1864</v>
+        <v>1813</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F267" s="5" t="s">
+        <v>1814</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H267" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="I267" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="J267" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1865</v>
+        <v>1818</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1866</v>
-[...1 lines deleted...]
-      <c r="M267" s="5"/>
+        <v>1819</v>
+      </c>
+      <c r="M267" s="5" t="s">
+        <v>1820</v>
+      </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1867</v>
+        <v>1821</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>911</v>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F268" s="5" t="s">
+        <v>1822</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H268" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>1825</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1868</v>
+        <v>1826</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1869</v>
-[...1 lines deleted...]
-      <c r="M268" s="5"/>
+        <v>1827</v>
+      </c>
+      <c r="M268" s="5" t="s">
+        <v>1828</v>
+      </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1839</v>
+        <v>1829</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>1840</v>
+        <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>1870</v>
-[...14 lines deleted...]
-        </is>
+        <v>888</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1871</v>
-[...5 lines deleted...]
-        </is>
+        <v>1830</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="J269" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1872</v>
+        <v>1832</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1873</v>
-[...1 lines deleted...]
-      <c r="M269" s="5"/>
+        <v>1833</v>
+      </c>
+      <c r="M269" s="5" t="s">
+        <v>1834</v>
+      </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1874</v>
+        <v>1835</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>888</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H270" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H270" s="5" t="s">
+        <v>1836</v>
       </c>
       <c r="I270" s="5"/>
-      <c r="J270" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J270" s="5" t="s">
+        <v>663</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1875</v>
+        <v>1837</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1876</v>
-[...1 lines deleted...]
-      <c r="M270" s="5"/>
+        <v>1838</v>
+      </c>
+      <c r="M270" s="5" t="s">
+        <v>1839</v>
+      </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1867</v>
+        <v>1840</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>225</v>
+        <v>1841</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H271" s="5" t="s">
+        <v>1842</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K271" s="5" t="s">
-        <v>1875</v>
+      <c r="K271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1877</v>
+        <v>1843</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1878</v>
+        <v>1844</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>1550</v>
-[...5 lines deleted...]
-        <v>1879</v>
+        <v>911</v>
+      </c>
+      <c r="D272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1880</v>
-[...5 lines deleted...]
-        <v>1882</v>
+        <v>1845</v>
+      </c>
+      <c r="I272" s="5"/>
+      <c r="J272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1883</v>
+        <v>1846</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1884</v>
-[...3 lines deleted...]
-      </c>
+        <v>1847</v>
+      </c>
+      <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1886</v>
+        <v>1848</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>1887</v>
+        <v>659</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>1814</v>
+      </c>
+      <c r="G273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1888</v>
+        <v>1849</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1889</v>
+        <v>1850</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>30</v>
+        <v>1851</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1890</v>
+        <v>1852</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1891</v>
+        <v>1853</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1892</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1893</v>
+        <v>1855</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F274" s="5" t="s">
-        <v>547</v>
+        <v>27</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1894</v>
+        <v>1856</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1895</v>
+        <v>1857</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1896</v>
+        <v>663</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1897</v>
+        <v>1858</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1898</v>
+        <v>1859</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1899</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1900</v>
+        <v>1861</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>96</v>
-[...7 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>1822</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1901</v>
+        <v>1862</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1902</v>
+        <v>1863</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1903</v>
+        <v>1864</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1904</v>
+        <v>1865</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1905</v>
+        <v>1866</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1906</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1907</v>
+        <v>1868</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>128</v>
-[...7 lines deleted...]
-        <v>488</v>
+        <v>1869</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1908</v>
+        <v>1870</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1909</v>
+        <v>1871</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1910</v>
+        <v>1872</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1911</v>
+        <v>1873</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1912</v>
+        <v>1874</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1913</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1914</v>
+        <v>1876</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>161</v>
+        <v>911</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>659</v>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>951</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1915</v>
+        <v>1877</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1916</v>
+        <v>1878</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>30</v>
+        <v>1879</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1917</v>
+        <v>1880</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1918</v>
+        <v>1881</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1919</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1920</v>
+        <v>1883</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>1550</v>
+        <v>94</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G278" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G278" s="5" t="s">
+        <v>1884</v>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1921</v>
-[...3 lines deleted...]
-      </c>
+        <v>1885</v>
+      </c>
+      <c r="I278" s="5"/>
       <c r="J278" s="5" t="s">
-        <v>1923</v>
+        <v>663</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1924</v>
+        <v>1886</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1925</v>
+        <v>1887</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1926</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1927</v>
+        <v>1889</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>381</v>
+        <v>912</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>1929</v>
+        <v>27</v>
+      </c>
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1930</v>
+        <v>1890</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1931</v>
+        <v>1891</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>40</v>
+        <v>1892</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1932</v>
+        <v>1893</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1933</v>
+        <v>1894</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1934</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1935</v>
+        <v>1896</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>731</v>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G280" s="5" t="s">
-        <v>1936</v>
+      <c r="G280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1937</v>
+        <v>1897</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1938</v>
+        <v>1898</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>30</v>
+        <v>1899</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1939</v>
+        <v>1900</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1940</v>
+        <v>1901</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1941</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1942</v>
+        <v>1903</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>26</v>
+        <v>1463</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>25</v>
+        <v>1904</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H281" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="I281" s="5"/>
       <c r="J281" s="5" t="s">
-        <v>30</v>
+        <v>1905</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1944</v>
+        <v>1906</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1945</v>
+        <v>1907</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1946</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1947</v>
+        <v>1909</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>26</v>
+        <v>1463</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>25</v>
+        <v>1904</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1948</v>
+        <v>1910</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>30</v>
+        <v>1905</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1949</v>
+        <v>1911</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1950</v>
+        <v>1912</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1951</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1952</v>
+        <v>1914</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>1953</v>
+        <v>1215</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="G283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1954</v>
+        <v>1916</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1955</v>
+        <v>1917</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1956</v>
+        <v>1918</v>
+      </c>
+      <c r="K283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1957</v>
+        <v>1919</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1958</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1959</v>
+        <v>1921</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>25</v>
+        <v>888</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>26</v>
-[...12 lines deleted...]
-        <v>1960</v>
+        <v>889</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1961</v>
-[...1 lines deleted...]
-      <c r="I284" s="5"/>
+        <v>1922</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>1923</v>
+      </c>
       <c r="J284" s="5" t="s">
-        <v>30</v>
+        <v>348</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1962</v>
+        <v>1924</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1963</v>
+        <v>1925</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1964</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1965</v>
+        <v>1927</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G285" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G285" s="5" t="s">
+        <v>1928</v>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1966</v>
+        <v>1929</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1967</v>
+        <v>1930</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>40</v>
+        <v>663</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1968</v>
+        <v>1931</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1969</v>
+        <v>1932</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1970</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1971</v>
+        <v>1934</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>1972</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G286" s="5" t="s">
+        <v>1215</v>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1974</v>
+        <v>1935</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1975</v>
+        <v>1936</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>1976</v>
+        <v>663</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1977</v>
+        <v>1937</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1978</v>
+        <v>1938</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1979</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1980</v>
+        <v>1940</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>26</v>
+        <v>1941</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>1981</v>
+        <v>1942</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="I287" s="5"/>
+        <v>1943</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1944</v>
+      </c>
       <c r="J287" s="5" t="s">
-        <v>30</v>
+        <v>1945</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1983</v>
+        <v>1946</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1984</v>
+        <v>1947</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1985</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1986</v>
+        <v>1949</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>112</v>
+        <v>659</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G288" s="5" t="s">
+        <v>1950</v>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1987</v>
+        <v>1951</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1988</v>
+        <v>1952</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1989</v>
+        <v>1953</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1990</v>
+        <v>1954</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1991</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1992</v>
+        <v>1956</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G289" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1993</v>
-[...1 lines deleted...]
-      <c r="I289" s="5"/>
+        <v>1958</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>1959</v>
+      </c>
       <c r="J289" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1994</v>
+        <v>1960</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1995</v>
+        <v>1961</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1996</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1997</v>
+        <v>1963</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1950</v>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1998</v>
+        <v>1964</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1999</v>
+        <v>1965</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>2000</v>
+        <v>663</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>2001</v>
+        <v>1966</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>2002</v>
+        <v>1967</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>2003</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>2004</v>
+        <v>1969</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>161</v>
+        <v>1941</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>1970</v>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>2006</v>
+        <v>1972</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>2007</v>
+        <v>1973</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>2008</v>
+        <v>1974</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>2009</v>
+        <v>1975</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>2010</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>2011</v>
+        <v>1977</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>2012</v>
+        <v>1941</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-        <v>281</v>
+        <v>15</v>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>2013</v>
+        <v>1978</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>2014</v>
+        <v>1979</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>40</v>
+        <v>1980</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>2015</v>
+        <v>1981</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>2016</v>
+        <v>1982</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>2017</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>2018</v>
+        <v>1984</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>2019</v>
+        <v>1985</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>15</v>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>2021</v>
+        <v>1986</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>2022</v>
+        <v>1987</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>2023</v>
+        <v>1988</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>2024</v>
+        <v>1989</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>2025</v>
+        <v>1990</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>2026</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>2027</v>
+        <v>1992</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1550</v>
+        <v>1993</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>1551</v>
+        <v>1994</v>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>2028</v>
+        <v>1995</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>2029</v>
+        <v>1996</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>2030</v>
+        <v>1997</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>2031</v>
+        <v>1998</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>2032</v>
+        <v>1999</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>2033</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>2034</v>
+        <v>2001</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>35</v>
+        <v>2002</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="5" t="s">
-        <v>1972</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>2003</v>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>2035</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I295" s="5"/>
       <c r="J295" s="5" t="s">
-        <v>2037</v>
+        <v>2005</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>2038</v>
+        <v>2006</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2039</v>
+        <v>2007</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2040</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2041</v>
+        <v>2009</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>15</v>
+        <v>911</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>332</v>
+        <v>27</v>
       </c>
       <c r="F296" s="5" t="s">
-        <v>217</v>
+        <v>2010</v>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2042</v>
+        <v>2011</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2043</v>
+        <v>2012</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2044</v>
+        <v>2013</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2045</v>
+        <v>2014</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2046</v>
+        <v>2015</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2047</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2048</v>
+        <v>2017</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>96</v>
+        <v>537</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>2018</v>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>2049</v>
+        <v>2019</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>2050</v>
+        <v>2020</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>2051</v>
+        <v>2021</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2052</v>
+        <v>2022</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2053</v>
+        <v>2023</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2054</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2055</v>
+        <v>2025</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>911</v>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2056</v>
+        <v>2026</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2057</v>
+        <v>2027</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>2058</v>
+        <v>2028</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2059</v>
+        <v>2029</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2060</v>
+        <v>2030</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2061</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2062</v>
+        <v>2032</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G299" s="5" t="s">
-        <v>162</v>
+        <v>2033</v>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2063</v>
+        <v>2034</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2064</v>
+        <v>2035</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2065</v>
+        <v>2036</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2066</v>
+        <v>2037</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2067</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2068</v>
+        <v>2039</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>112</v>
+        <v>2040</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2069</v>
+        <v>2041</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>2070</v>
+        <v>2042</v>
       </c>
       <c r="J300" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2071</v>
+        <v>2043</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2072</v>
+        <v>2044</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2073</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2074</v>
+        <v>2046</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>26</v>
+        <v>658</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G301" s="5" t="s">
-        <v>162</v>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2075</v>
+        <v>2047</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>2076</v>
+        <v>2048</v>
       </c>
       <c r="J301" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2077</v>
+        <v>2049</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2078</v>
+        <v>2050</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2079</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2080</v>
+        <v>2052</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>161</v>
+        <v>94</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>2081</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>658</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G302" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G302" s="5" t="s">
+        <v>2053</v>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2082</v>
+        <v>2054</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2083</v>
+        <v>2055</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>2084</v>
+        <v>663</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2085</v>
+        <v>2056</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2086</v>
+        <v>2057</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2087</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2088</v>
+        <v>2059</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F303" s="5" t="s">
+        <v>2060</v>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2089</v>
+        <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>2090</v>
+        <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>30</v>
+        <v>2063</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2091</v>
+        <v>2064</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2092</v>
+        <v>2065</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2093</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2094</v>
+        <v>2067</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>2068</v>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2095</v>
+        <v>2069</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>2096</v>
+        <v>2070</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>30</v>
+        <v>2071</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2097</v>
+        <v>2072</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2098</v>
+        <v>2073</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2099</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1418</v>
+        <v>2075</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>658</v>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2100</v>
+        <v>2076</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>2101</v>
+        <v>2077</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>2102</v>
+        <v>663</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2103</v>
+        <v>2078</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2104</v>
+        <v>2079</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2105</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2106</v>
+        <v>2081</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>25</v>
+        <v>658</v>
       </c>
       <c r="E306" s="5" t="s">
-        <v>281</v>
-[...7 lines deleted...]
-        <v>2107</v>
+        <v>27</v>
+      </c>
+      <c r="F306" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2108</v>
+        <v>2082</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2109</v>
+        <v>2083</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2110</v>
+        <v>2084</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2111</v>
+        <v>2085</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2112</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2113</v>
+        <v>2087</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>2114</v>
+        <v>103</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>35</v>
+        <v>911</v>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F307" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F307" s="5" t="s">
+        <v>2088</v>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2115</v>
+        <v>2089</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2116</v>
+        <v>2090</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>2117</v>
+        <v>2091</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2118</v>
+        <v>2092</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2119</v>
+        <v>2093</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2120</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2121</v>
+        <v>2095</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="5" t="s">
-        <v>2122</v>
+        <v>27</v>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2123</v>
+        <v>2096</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2124</v>
+        <v>2097</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>2125</v>
+        <v>2098</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2126</v>
+        <v>2099</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2127</v>
+        <v>2100</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2128</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2129</v>
+        <v>2102</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>35</v>
+        <v>911</v>
       </c>
       <c r="D309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>676</v>
+        <v>2103</v>
       </c>
       <c r="F309" s="5" t="s">
-        <v>1973</v>
+        <v>2104</v>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2130</v>
+        <v>2105</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2131</v>
+        <v>2106</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>2132</v>
+        <v>2107</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2133</v>
+        <v>2108</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2134</v>
+        <v>2109</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2135</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2136</v>
+        <v>2111</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>35</v>
+        <v>911</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>2112</v>
       </c>
       <c r="F310" s="5" t="s">
-        <v>532</v>
+        <v>2113</v>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2137</v>
+        <v>2114</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2138</v>
+        <v>2115</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>2139</v>
-[...4 lines deleted...]
-        </is>
+        <v>2116</v>
+      </c>
+      <c r="K310" s="5" t="s">
+        <v>2117</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2140</v>
+        <v>2118</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2141</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>128</v>
+        <v>911</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>2143</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>659</v>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2144</v>
+        <v>2121</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2145</v>
+        <v>2122</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>2146</v>
+        <v>2123</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2147</v>
+        <v>2124</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2148</v>
+        <v>2125</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2149</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2150</v>
+        <v>2127</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>96</v>
+        <v>888</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>25</v>
+        <v>889</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>405</v>
+        <v>659</v>
       </c>
       <c r="F312" s="5" t="s">
-        <v>2151</v>
-[...4 lines deleted...]
-        </is>
+        <v>2128</v>
+      </c>
+      <c r="G312" s="5" t="s">
+        <v>2129</v>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2152</v>
+        <v>2130</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2153</v>
+        <v>2131</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2154</v>
+        <v>348</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2155</v>
+        <v>2132</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2156</v>
+        <v>2133</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2157</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2158</v>
+        <v>2135</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>96</v>
+        <v>911</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>332</v>
+        <v>2136</v>
       </c>
       <c r="F313" s="5" t="s">
-        <v>1755</v>
+        <v>2137</v>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2159</v>
+        <v>2138</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>2160</v>
+        <v>2139</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>2161</v>
+        <v>2140</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2162</v>
+        <v>2141</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2163</v>
+        <v>2142</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2164</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2165</v>
+        <v>2144</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>96</v>
+        <v>1941</v>
       </c>
       <c r="D314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>2166</v>
+        <v>1942</v>
+      </c>
+      <c r="F314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2167</v>
+        <v>2145</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2168</v>
+        <v>2146</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>2169</v>
+        <v>2147</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2170</v>
+        <v>2148</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2171</v>
+        <v>2149</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2172</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2173</v>
+        <v>2151</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>128</v>
-[...8 lines deleted...]
-        <v>2175</v>
+        <v>15</v>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2176</v>
+        <v>2152</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2177</v>
+        <v>2153</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>40</v>
+        <v>2154</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2178</v>
+        <v>2155</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2179</v>
+        <v>2156</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2180</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2181</v>
+        <v>2158</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>25</v>
+        <v>1941</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F316" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2182</v>
+      <c r="F316" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2183</v>
+        <v>2159</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2184</v>
+        <v>2160</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>30</v>
+        <v>2161</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2185</v>
+        <v>2162</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2186</v>
+        <v>2163</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2187</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2188</v>
+        <v>2165</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>283</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>2166</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>2189</v>
+        <v>2167</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>2190</v>
+        <v>2168</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>30</v>
+        <v>2169</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2191</v>
+        <v>2170</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2192</v>
+        <v>2171</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2193</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2194</v>
+        <v>2173</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>26</v>
+        <v>283</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2195</v>
+        <v>2174</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2196</v>
+        <v>2175</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2197</v>
+        <v>2176</v>
+      </c>
+      <c r="K318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2198</v>
+        <v>2177</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2199</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2200</v>
+        <v>2179</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>112</v>
-[...7 lines deleted...]
-        <v>2201</v>
+        <v>27</v>
+      </c>
+      <c r="F319" s="5" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2202</v>
+        <v>2181</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2203</v>
+        <v>2182</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>30</v>
+        <v>2183</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2204</v>
+        <v>2184</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2205</v>
+        <v>2185</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2206</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2207</v>
+        <v>2187</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>658</v>
+      </c>
+      <c r="D320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I320" s="5"/>
+      <c r="J320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2210</v>
+        <v>2188</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2211</v>
-[...3 lines deleted...]
-      </c>
+        <v>2189</v>
+      </c>
+      <c r="M320" s="5"/>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2213</v>
+        <v>2190</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>112</v>
+        <v>2191</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>2214</v>
+        <v>2192</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>2215</v>
+        <v>2193</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>30</v>
+        <v>2194</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2216</v>
+        <v>2195</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2217</v>
+        <v>2196</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2218</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2219</v>
+        <v>2198</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>26</v>
+        <v>2199</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F322" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2220</v>
-[...3 lines deleted...]
-      </c>
+        <v>2200</v>
+      </c>
+      <c r="I322" s="5"/>
       <c r="J322" s="5" t="s">
-        <v>30</v>
+        <v>2201</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2222</v>
+        <v>2202</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2223</v>
+        <v>2203</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2224</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2225</v>
+        <v>2205</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>2207</v>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2226</v>
+        <v>2208</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2227</v>
+        <v>2209</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>30</v>
+        <v>2210</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2228</v>
+        <v>2211</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2229</v>
+        <v>2212</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2230</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2231</v>
+        <v>2214</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F324" s="5" t="s">
+        <v>2215</v>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2232</v>
+        <v>2216</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>2233</v>
+        <v>2217</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>30</v>
+        <v>2218</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2234</v>
+        <v>2219</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2235</v>
+        <v>2220</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2236</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>160</v>
+        <v>2222</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>2223</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2237</v>
+        <v>2225</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2238</v>
+        <v>2226</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>30</v>
+        <v>2227</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2239</v>
+        <v>2228</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2240</v>
+        <v>2229</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2241</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2242</v>
+        <v>2231</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>2223</v>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>2180</v>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2243</v>
+        <v>2232</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2244</v>
+        <v>2233</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>30</v>
+        <v>2234</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2245</v>
+        <v>2235</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2246</v>
+        <v>2236</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2247</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2248</v>
+        <v>2238</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>2206</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2249</v>
+        <v>2239</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2250</v>
+        <v>2240</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>30</v>
+        <v>2241</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2251</v>
+        <v>2242</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2252</v>
+        <v>2243</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2253</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2254</v>
+        <v>2245</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>25</v>
+        <v>911</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>2246</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>2247</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2255</v>
+        <v>2248</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>2256</v>
+        <v>2249</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>30</v>
+        <v>2250</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2257</v>
+        <v>2251</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2258</v>
+        <v>2252</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2259</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
+        <v>2255</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>2256</v>
+      </c>
+      <c r="J329" s="5" t="s">
+        <v>2257</v>
+      </c>
+      <c r="K329" s="5" t="s">
+        <v>2258</v>
+      </c>
+      <c r="L329" s="6" t="s">
+        <v>2259</v>
+      </c>
+      <c r="M329" s="5" t="s">
         <v>2260</v>
-      </c>
-[...38 lines deleted...]
-        <v>2266</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2267</v>
+        <v>2261</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F330" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F330" s="5" t="s">
+        <v>2180</v>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2268</v>
+        <v>2262</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2270</v>
+        <v>2264</v>
+      </c>
+      <c r="K330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2271</v>
+        <v>2265</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2272</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>2269</v>
+      </c>
+      <c r="J331" s="5" t="s">
+        <v>2270</v>
+      </c>
+      <c r="K331" s="5" t="s">
+        <v>2271</v>
+      </c>
+      <c r="L331" s="6" t="s">
+        <v>2272</v>
+      </c>
+      <c r="M331" s="5" t="s">
         <v>2273</v>
-      </c>
-[...40 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H332" s="5" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>2277</v>
+      </c>
+      <c r="K332" s="5" t="s">
+        <v>2278</v>
+      </c>
+      <c r="L332" s="6" t="s">
         <v>2279</v>
       </c>
-      <c r="B332" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H332" s="5" t="s">
+      <c r="M332" s="5" t="s">
         <v>2280</v>
-      </c>
-[...13 lines deleted...]
-        <v>2284</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I333" s="5" t="s">
         <v>2285</v>
       </c>
-      <c r="B333" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H333" s="5" t="s">
+      <c r="J333" s="5" t="s">
         <v>2286</v>
       </c>
-      <c r="I333" s="5" t="s">
+      <c r="K333" s="5" t="s">
         <v>2287</v>
       </c>
-      <c r="J333" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K333" s="5" t="s">
+      <c r="L333" s="6" t="s">
         <v>2288</v>
       </c>
-      <c r="L333" s="6" t="s">
+      <c r="M333" s="5" t="s">
         <v>2289</v>
-      </c>
-[...1 lines deleted...]
-        <v>2290</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
         <v>2291</v>
       </c>
-      <c r="B334" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E334" s="5" t="s">
+      <c r="I334" s="5" t="s">
         <v>2292</v>
       </c>
-      <c r="F334" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G334" s="5" t="s">
+      <c r="J334" s="5" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K334" s="5" t="s">
         <v>2293</v>
       </c>
-      <c r="H334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>2294</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="M334" s="5" t="s">
         <v>2295</v>
-      </c>
-[...10 lines deleted...]
-        <v>2299</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2300</v>
+        <v>2296</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>658</v>
+      </c>
+      <c r="D335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F335" s="5" t="s">
-        <v>340</v>
+      <c r="F335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H335" s="5" t="s">
-[...6 lines deleted...]
-        <v>2303</v>
+      <c r="H335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I335" s="5"/>
+      <c r="J335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2304</v>
+        <v>2297</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2305</v>
-[...3 lines deleted...]
-      </c>
+        <v>2298</v>
+      </c>
+      <c r="M335" s="5"/>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2307</v>
+        <v>2299</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>658</v>
+      </c>
+      <c r="D336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H336" s="5" t="s">
-[...6 lines deleted...]
-        <v>2310</v>
+      <c r="H336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I336" s="5"/>
+      <c r="J336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2311</v>
+        <v>2300</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2312</v>
-[...3 lines deleted...]
-      </c>
+        <v>2301</v>
+      </c>
+      <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2314</v>
+        <v>2299</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>2316</v>
+        <v>658</v>
+      </c>
+      <c r="D337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="s">
-[...6 lines deleted...]
-        <v>2319</v>
+      <c r="H337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I337" s="5"/>
+      <c r="J337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2320</v>
+        <v>2297</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2321</v>
-[...3 lines deleted...]
-      </c>
+        <v>2302</v>
+      </c>
+      <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2323</v>
+        <v>2303</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>26</v>
+        <v>1410</v>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="s">
-        <v>162</v>
+        <v>2304</v>
       </c>
       <c r="H338" s="5" t="s">
-        <v>2324</v>
+        <v>2305</v>
       </c>
       <c r="I338" s="5" t="s">
-        <v>2325</v>
+        <v>2306</v>
       </c>
       <c r="J338" s="5" t="s">
-        <v>30</v>
+        <v>348</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2326</v>
+        <v>2307</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2327</v>
+        <v>2308</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2328</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2329</v>
+        <v>2310</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>25</v>
+        <v>2311</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>2312</v>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2330</v>
+        <v>2313</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2331</v>
+        <v>2314</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>30</v>
+        <v>663</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2332</v>
+        <v>2315</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2333</v>
+        <v>2316</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2334</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2335</v>
+        <v>2318</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>2012</v>
+        <v>911</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>381</v>
+        <v>103</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>112</v>
+        <v>2319</v>
       </c>
       <c r="F340" s="5" t="s">
-        <v>281</v>
+        <v>1822</v>
       </c>
       <c r="G340" s="5" t="s">
-        <v>2336</v>
+        <v>2320</v>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2337</v>
+        <v>2321</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2338</v>
+        <v>2322</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>40</v>
+        <v>2323</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2339</v>
+        <v>2324</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2340</v>
+        <v>2325</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2341</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2342</v>
+        <v>2327</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>25</v>
+        <v>283</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>2328</v>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2343</v>
+        <v>2329</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>2344</v>
+        <v>2330</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>30</v>
+        <v>2331</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2345</v>
+        <v>2332</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2346</v>
+        <v>2333</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2347</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2348</v>
+        <v>2335</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>35</v>
+        <v>911</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2349</v>
+        <v>2336</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2350</v>
+        <v>2337</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2351</v>
+        <v>2338</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2352</v>
+        <v>2339</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2353</v>
+        <v>2340</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2354</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2355</v>
+        <v>2342</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F343" s="5" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>2356</v>
+        <v>2328</v>
+      </c>
+      <c r="G343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2357</v>
+        <v>2343</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2358</v>
+        <v>2344</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>30</v>
+        <v>2345</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2359</v>
+        <v>2346</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2360</v>
+        <v>2347</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2361</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2362</v>
+        <v>2349</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>25</v>
+        <v>305</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>26</v>
+        <v>1869</v>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G344" s="5" t="s">
-        <v>2363</v>
+      <c r="G344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2364</v>
-[...3 lines deleted...]
-      </c>
+        <v>2350</v>
+      </c>
+      <c r="I344" s="5"/>
       <c r="J344" s="5" t="s">
-        <v>30</v>
+        <v>2351</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2366</v>
+        <v>2352</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2367</v>
+        <v>2353</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2368</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2369</v>
+        <v>2355</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>96</v>
+        <v>305</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1755</v>
+        <v>1869</v>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2370</v>
+        <v>2356</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2371</v>
+        <v>2357</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2372</v>
+        <v>2358</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2373</v>
+        <v>2359</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2374</v>
+        <v>2360</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2375</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2376</v>
+        <v>2362</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>25</v>
+        <v>305</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>35</v>
+        <v>1869</v>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2377</v>
+        <v>2363</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2378</v>
+        <v>2364</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2379</v>
+        <v>2365</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2380</v>
+        <v>2366</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2381</v>
+        <v>2367</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2382</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2383</v>
+        <v>2369</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>25</v>
+        <v>305</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2384</v>
+        <v>1869</v>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2385</v>
+        <v>2370</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2386</v>
+        <v>2371</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2387</v>
+        <v>2372</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2388</v>
+        <v>2373</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2389</v>
+        <v>2374</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2390</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2391</v>
+        <v>2376</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2392</v>
+        <v>1869</v>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2393</v>
+        <v>2377</v>
       </c>
       <c r="I348" s="5" t="s">
-        <v>2394</v>
+        <v>2378</v>
       </c>
       <c r="J348" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2395</v>
+        <v>2379</v>
+      </c>
+      <c r="K348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2396</v>
+        <v>2380</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>2397</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2398</v>
+        <v>2382</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>581</v>
-[...12 lines deleted...]
-        <v>2399</v>
+        <v>911</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2400</v>
+        <v>2385</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>2401</v>
+        <v>2386</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>40</v>
+        <v>2387</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2402</v>
+        <v>2388</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2403</v>
+        <v>2389</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2404</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2405</v>
+        <v>2391</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>111</v>
+        <v>911</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>15</v>
+        <v>2392</v>
       </c>
       <c r="E350" s="5" t="s">
-        <v>332</v>
+        <v>2393</v>
       </c>
       <c r="F350" s="5" t="s">
-        <v>1755</v>
+        <v>2394</v>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2406</v>
+        <v>2395</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>2407</v>
+        <v>2396</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>2408</v>
-[...2 lines deleted...]
-        <v>2409</v>
+        <v>2397</v>
+      </c>
+      <c r="K350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2410</v>
+        <v>2398</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2411</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2412</v>
+        <v>2400</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>26</v>
+        <v>911</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>25</v>
+        <v>2392</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-        </is>
+        <v>2401</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>2384</v>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2413</v>
+        <v>2402</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2414</v>
+        <v>2403</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>30</v>
+        <v>2404</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2415</v>
+        <v>2405</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2416</v>
+        <v>2406</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2417</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2418</v>
+        <v>2408</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F352" s="5" t="s">
+        <v>2384</v>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2419</v>
-[...1 lines deleted...]
-      <c r="I352" s="5"/>
+        <v>2409</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2410</v>
+      </c>
       <c r="J352" s="5" t="s">
-        <v>30</v>
+        <v>2411</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2420</v>
+        <v>2412</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2421</v>
+        <v>2413</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2422</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2423</v>
+        <v>2415</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>35</v>
+        <v>911</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>2383</v>
+      </c>
+      <c r="F353" s="5" t="s">
+        <v>2416</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2424</v>
+        <v>2417</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2425</v>
+        <v>2418</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2426</v>
+        <v>2419</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2427</v>
+        <v>2420</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2428</v>
+        <v>2421</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2429</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="G354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H354" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K354" s="5" t="s">
+        <v>2428</v>
+      </c>
+      <c r="L354" s="6" t="s">
+        <v>2429</v>
+      </c>
+      <c r="M354" s="5" t="s">
         <v>2430</v>
-      </c>
-[...36 lines deleted...]
-        <v>2434</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>2434</v>
+      </c>
+      <c r="J355" s="5" t="s">
         <v>2435</v>
       </c>
-      <c r="B355" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2436</v>
       </c>
-      <c r="D355" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2437</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="M355" s="5" t="s">
         <v>2438</v>
-      </c>
-[...10 lines deleted...]
-        <v>2442</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F356" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H356" s="5" t="s">
+        <v>2440</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>2442</v>
+      </c>
+      <c r="K356" s="5" t="s">
         <v>2443</v>
       </c>
-      <c r="B356" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H356" s="5" t="s">
+      <c r="L356" s="6" t="s">
         <v>2444</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="M356" s="5" t="s">
         <v>2445</v>
-      </c>
-[...10 lines deleted...]
-        <v>2448</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H357" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>2448</v>
+      </c>
+      <c r="J357" s="5" t="s">
         <v>2449</v>
       </c>
-      <c r="B357" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H357" s="5" t="s">
+      <c r="K357" s="5" t="s">
         <v>2450</v>
       </c>
-      <c r="I357" s="5" t="s">
+      <c r="L357" s="6" t="s">
         <v>2451</v>
       </c>
-      <c r="J357" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K357" s="5" t="s">
+      <c r="M357" s="5" t="s">
         <v>2452</v>
       </c>
-      <c r="L357" s="6" t="s">
+    </row>
+    <row r="358">
+      <c r="A358" s="5" t="s">
         <v>2453</v>
       </c>
-      <c r="M357" s="5" t="s">
+      <c r="B358" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H358" s="5" t="s">
         <v>2454</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K358" s="5" t="s">
+        <v>2457</v>
+      </c>
+      <c r="L358" s="6" t="s">
+        <v>2458</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>2463</v>
+      </c>
+      <c r="K359" s="5" t="s">
+        <v>2464</v>
+      </c>
+      <c r="L359" s="6" t="s">
+        <v>2465</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="5" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F360" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>2469</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="K360" s="5" t="s">
+        <v>2471</v>
+      </c>
+      <c r="L360" s="6" t="s">
+        <v>2472</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="5" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H361" s="5" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>2476</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>2477</v>
+      </c>
+      <c r="K361" s="5" t="s">
+        <v>2478</v>
+      </c>
+      <c r="L361" s="6" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M361" s="5" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F362" s="5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>2483</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>2484</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>2485</v>
+      </c>
+      <c r="K362" s="5" t="s">
+        <v>2486</v>
+      </c>
+      <c r="L362" s="6" t="s">
+        <v>2487</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G363" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H363" s="5" t="s">
+        <v>2490</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K363" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="L363" s="6" t="s">
+        <v>2493</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>2494</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -31219,44 +31802,50 @@
     <hyperlink ref="M333" r:id="rId338"/>
     <hyperlink ref="M334" r:id="rId339"/>
     <hyperlink ref="M335" r:id="rId340"/>
     <hyperlink ref="M336" r:id="rId341"/>
     <hyperlink ref="M337" r:id="rId342"/>
     <hyperlink ref="M338" r:id="rId343"/>
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
+    <hyperlink ref="M358" r:id="rId363"/>
+    <hyperlink ref="M359" r:id="rId364"/>
+    <hyperlink ref="M360" r:id="rId365"/>
+    <hyperlink ref="M361" r:id="rId366"/>
+    <hyperlink ref="M362" r:id="rId367"/>
+    <hyperlink ref="M363" r:id="rId368"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>