--- v1 (2025-11-23)
+++ v2 (2026-01-11)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4051" uniqueCount="2495" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4093" uniqueCount="2525" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -10832,51 +10832,51 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-04-25</t>
   </si>
   <si>
     <t>Andreis -
 Carl -
 Thora  Branner
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne  Larsen
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 Albrecht  Warberg
@@ -11572,50 +11572,88 @@
 Otto Emil  Paludan
 Ellen  Sawyer
 Albrecht  Warberg
 Andreas Warberg, Albrechts far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Asta Krohn/Bergh, f. Heyman, var i huset hos familien Warberg i sine unge dage.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2672</t>
   </si>
   <si>
     <t>Det gør Asta Bergh ondt, at Albrecht Warberg er død. Hun holdt meget af ham og tænker tilbage på, når han kaldte hende Frk. Ast. Asta Bergh var på klinikken for at besøge Albrecht Warberg, men han var kørt til operation. Hun ved, at Albrecht må være dybt savnet i familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gMgE</t>
   </si>
   <si>
     <t>7/10 1902
 Kære Fru Warberg!
 Jeg véd De har faaet en Hilsen fra mig gennem Berta; men jeg trænger alligevel til selv at sige Dem, hvor inderlig ondt det Dødsfald har gjort mig. Jeg kunde saa grumme godt lide Deres Mand. - Desværre fik jeg ikke set ham hverken i Fjor eller i Aar - da jeg en Dag vilde besøge ham, da han nu var herinde, fik jeg at vide, at han lige var kommen paa Kliniken for at opereres - det er ved den Slags Lejligheder, at man fortryder sit Sløseri - jeg havde saa gærne set ham og talt med ham en sidste Gang. - - Hans "Fru Ast" klinger ofte for mine Ører, men oftere endnu "Naa, Frk. Ast", - - naar jeg - det kunde hænde - lidt mellemfornøjet kom ned til Middagsbordet - han hængte gærne i med én paa sin rare, bundelskværdige Maade - og - det hjalp altid. - Jeg føler, hvad det vil sige i "Erikshaab" uden ham - det kan man bedre føle, naar man har boet hos Dem og véd hvad "Faderen" var for hver enkelt Medlem af Familien.
 De maa endelig, kære Fru Warberg, hilse dem alle, ogsaa Herr Paludan, paa det hjærteligste og selv tage mod en varm Hilsen fra
 Deres altid hengivne
 Asta Bergh</t>
+  </si>
+  <si>
+    <t>1902-10-09</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Dagmar Scheel
+Jørgen Scheel
+Lili Scheel
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dagmar og Jørgen Scheels datter, Eleonora Lili Scheel, var i 1902 i huset hos familien Warberg. Albrecht Warberg døde, mens Lili opholdt sig på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3836</t>
+  </si>
+  <si>
+    <t>Jørgen Scheel udtrykker sin dybeste deltagelse over Albrecht Warbergs død, og han takker for både den elskværdige modtagelse og for, at Laura Warberg er så god mod hans datter, Lili. Scheel sender 20 kr., og han vil sende flere penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QtzX</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d 9/10 02
+Frue!
+Maa jeg først tillade mig for Dem at udtale min dybeste og inderligste Deltagelse i den store Sorg der har ramt Dem Frue og Deres Familie. Med Taknemmelighed og Glæde mindes jeg den Elskværdiged der blev mig udvist under mit Ophold i deres elskværdige Hjem. Maa jeg takke Dem fordi De er saa god mod Lili, hun er saa glad ved at være hos Dem og min Hustru og jeg ere i lige Maade meget glade over at vor Datter er i saa gode Hænder -
+Jeg vedlægger ærbødigst 20 Kr og skal senere tillade mig at sende flere Penge.
+Maa jeg bede Dem Frue hilse min kjære Lili og deres Familie. -
+Vær forvisset om min dybeste Højagtelse
+Deres ærbødige
+J. Scheel</t>
   </si>
   <si>
     <t>1902-10-10</t>
   </si>
   <si>
     <t>Charlotte Knipschildt</t>
   </si>
   <si>
     <t>Lerchenborg pr. Kalundborg</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Ernst  Knipschildt
 Gustav Knipschildt
 Otto Knipschildt
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
@@ -12078,50 +12116,111 @@
   </si>
   <si>
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
   </si>
   <si>
     <t>1903-07-27</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 - Flagstad
 Adolph Larsen
 Christine  Mackie
 William Mackie
 - Skakke
 Vagn Thomsen
 Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
   </si>
   <si>
@@ -14004,50 +14103,158 @@
   </si>
   <si>
     <t>[På kuvertens forside med blyant:]
 22 Okt 1927
 [Med pen:]
 Fru 
 Astrid Warberg
 Howitzvej 29
 Kjøbenhavn
 F.
 [Med blyant:]
 læst Jan 1957.
 [Med pen i brevet langs højre margen:]
 21-10-27
 [Med pen i brevet:]
 Kæreste lille Dis!
 Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
 Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
 Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
 I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
 Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
 [Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
 [Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
   </si>
   <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
     <t>ca. 10. februar 1929</t>
   </si>
   <si>
     <t>Hanne -  -, kokkepige Erikshaab
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Andreas Warberg</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3798</t>
   </si>
   <si>
     <t>Ellen Sawyer beder indtrængende Louise Brønsted om ikke at rejse til Otto Emil Paludan/Pallams begravelse. Det fryser 20 grader, og det stormer, så der er risiko for, at isen pakker. Louise må ikke risikere at blive syg. Christine/Mornine kommer, og det kan Ellen næppe forhindre. 
 Gamle Hanne fylder 80.
 Ellen tør gæsteværelser op.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/o0Ss</t>
   </si>
   <si>
     <t>Kære lille Lugge!
 Du maa ikke komme til Begravelsen. Det er Vanvid. Det er, - om jeg saa maa sige - at gøre Pallam en daarlig Tjeneste. Han, som vilde os det saa godt, - at tvinge ham til at gøre dig Fortræd til allersidst. For det vilde gøre dig Fortræd. Jeg synes slet ikke du har Lov til det.
 Det er meget sandsynligt at der bliver Istransport. Det kan ventes hvert Øjeblik med den Storm. Isen pakker sammen og man ved ikke hvor den pakker hen. Gør det ikke. - Det er ogsaa Vanvid af Mornine - men der er vel ikke noget at stille op. - Hvis du gavnede noget Menneske med det, saa var det noget andet. Men det gør du ikke Det er kun en Fornemmelsessag. Jeg vilde ikke sige "kun" hvis det var paa en anden Aarstid, - men det er idag det frygteligste Vejr vi har haft i flere Aar. 20 ÷ og Storm. Det er uhørt. - Og tænk hvor bittert det kommer til at gaa ud over din Flok - og os alle - lille Lugge, - om du bliver syg af det. Baade, [kommaet overstreget] Dede, Junge og jeg beder dig indtrængende om at blive hjemme. - 
 Tak for dit søde Brev. Jeg har ingen Tid at skrive nu.
@@ -14117,76 +14324,77 @@
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -14243,55 +14451,61 @@
   <si>
     <t>Tirsdag 25/5-29
 Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
 Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
 Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
 De Smaasager kan du jo faa, naar du kommer.
 Skriv snart igen
 1000 Hilsner
 E</t>
   </si>
   <si>
     <t>1929-10-06</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen</t>
   </si>
   <si>
-    <t>De bøger og andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
 Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jjs2</t>
   </si>
   <si>
     <t>6/10 - 29
 Til Magsen
 Kæreste Lugge!
 Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
 Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
 Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
 Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
 Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1936-12-18</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
@@ -15424,59 +15638,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M363"/>
+  <dimension ref="A1:M367"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -28330,3161 +28544,3345 @@
         <v>1986</v>
       </c>
       <c r="I293" s="5" t="s">
         <v>1987</v>
       </c>
       <c r="J293" s="5" t="s">
         <v>1988</v>
       </c>
       <c r="K293" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="L293" s="6" t="s">
         <v>1990</v>
       </c>
       <c r="M293" s="5" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
         <v>1992</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C294" s="5" t="s">
-        <v>1993</v>
+      <c r="C294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H294" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I294" s="5" t="s">
         <v>1994</v>
       </c>
-      <c r="F294" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H294" s="5" t="s">
+      <c r="J294" s="5" t="s">
         <v>1995</v>
       </c>
-      <c r="I294" s="5" t="s">
+      <c r="K294" s="5" t="s">
         <v>1996</v>
       </c>
-      <c r="J294" s="5" t="s">
+      <c r="L294" s="6" t="s">
         <v>1997</v>
       </c>
-      <c r="K294" s="5" t="s">
+      <c r="M294" s="5" t="s">
         <v>1998</v>
-      </c>
-[...4 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I295" s="5" t="s">
         <v>2003</v>
       </c>
-      <c r="F295" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H295" s="5" t="s">
+      <c r="J295" s="5" t="s">
         <v>2004</v>
       </c>
-      <c r="I295" s="5"/>
-      <c r="J295" s="5" t="s">
+      <c r="K295" s="5" t="s">
         <v>2005</v>
       </c>
-      <c r="K295" s="5" t="s">
+      <c r="L295" s="6" t="s">
         <v>2006</v>
       </c>
-      <c r="L295" s="6" t="s">
+      <c r="M295" s="5" t="s">
         <v>2007</v>
-      </c>
-[...1 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C296" s="5" t="s">
         <v>2009</v>
       </c>
-      <c r="B296" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C296" s="5" t="s">
+      <c r="D296" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D296" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E296" s="5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="F296" s="5" t="s">
         <v>2010</v>
+      </c>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
         <v>2011</v>
       </c>
-      <c r="I296" s="5" t="s">
+      <c r="I296" s="5"/>
+      <c r="J296" s="5" t="s">
         <v>2012</v>
       </c>
-      <c r="J296" s="5" t="s">
+      <c r="K296" s="5" t="s">
         <v>2013</v>
       </c>
-      <c r="K296" s="5" t="s">
+      <c r="L296" s="6" t="s">
         <v>2014</v>
       </c>
-      <c r="L296" s="6" t="s">
+      <c r="M296" s="5" t="s">
         <v>2015</v>
-      </c>
-[...1 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F297" s="5" t="s">
         <v>2017</v>
       </c>
-      <c r="B297" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E297" s="5" t="s">
+      <c r="G297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H297" s="5" t="s">
         <v>2018</v>
       </c>
-      <c r="F297" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H297" s="5" t="s">
+      <c r="I297" s="5" t="s">
         <v>2019</v>
       </c>
-      <c r="I297" s="5" t="s">
+      <c r="J297" s="5" t="s">
         <v>2020</v>
       </c>
-      <c r="J297" s="5" t="s">
+      <c r="K297" s="5" t="s">
         <v>2021</v>
       </c>
-      <c r="K297" s="5" t="s">
+      <c r="L297" s="6" t="s">
         <v>2022</v>
       </c>
-      <c r="L297" s="6" t="s">
+      <c r="M297" s="5" t="s">
         <v>2023</v>
-      </c>
-[...1 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="5" t="s">
         <v>2025</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
         <v>2026</v>
       </c>
       <c r="I298" s="5" t="s">
         <v>2027</v>
       </c>
       <c r="J298" s="5" t="s">
         <v>2028</v>
       </c>
       <c r="K298" s="5" t="s">
         <v>2029</v>
       </c>
       <c r="L298" s="6" t="s">
         <v>2030</v>
       </c>
       <c r="M298" s="5" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
         <v>2032</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>658</v>
+        <v>911</v>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F299" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G299" s="5" t="s">
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H299" s="5" t="s">
         <v>2033</v>
       </c>
-      <c r="H299" s="5" t="s">
+      <c r="I299" s="5" t="s">
         <v>2034</v>
       </c>
-      <c r="I299" s="5" t="s">
+      <c r="J299" s="5" t="s">
         <v>2035</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="K299" s="5" t="s">
         <v>2036</v>
       </c>
       <c r="L299" s="6" t="s">
         <v>2037</v>
       </c>
       <c r="M299" s="5" t="s">
         <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
         <v>2039</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D300" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="D300" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="5" t="s">
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G300" s="5" t="s">
         <v>2040</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H300" s="5" t="s">
         <v>2041</v>
       </c>
       <c r="I300" s="5" t="s">
         <v>2042</v>
       </c>
       <c r="J300" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K300" s="5" t="s">
         <v>2043</v>
       </c>
       <c r="L300" s="6" t="s">
         <v>2044</v>
       </c>
       <c r="M300" s="5" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
         <v>2046</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D301" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>129</v>
+        <v>2047</v>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="J301" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D302" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D302" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E302" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G302" s="5" t="s">
-        <v>2053</v>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H302" s="5" t="s">
         <v>2054</v>
       </c>
       <c r="I302" s="5" t="s">
         <v>2055</v>
       </c>
       <c r="J302" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K302" s="5" t="s">
         <v>2056</v>
       </c>
       <c r="L302" s="6" t="s">
         <v>2057</v>
       </c>
       <c r="M302" s="5" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
         <v>2059</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F303" s="5" t="s">
+      <c r="F303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G303" s="5" t="s">
         <v>2060</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K303" s="5" t="s">
         <v>2063</v>
       </c>
-      <c r="K303" s="5" t="s">
+      <c r="L303" s="6" t="s">
         <v>2064</v>
       </c>
-      <c r="L303" s="6" t="s">
+      <c r="M303" s="5" t="s">
         <v>2065</v>
-      </c>
-[...1 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F304" s="5" t="s">
         <v>2067</v>
       </c>
-      <c r="B304" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F304" s="5" t="s">
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H304" s="5" t="s">
         <v>2068</v>
       </c>
-      <c r="G304" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H304" s="5" t="s">
+      <c r="I304" s="5" t="s">
         <v>2069</v>
       </c>
-      <c r="I304" s="5" t="s">
+      <c r="J304" s="5" t="s">
         <v>2070</v>
       </c>
-      <c r="J304" s="5" t="s">
+      <c r="K304" s="5" t="s">
         <v>2071</v>
       </c>
-      <c r="K304" s="5" t="s">
+      <c r="L304" s="6" t="s">
         <v>2072</v>
       </c>
-      <c r="L304" s="6" t="s">
+      <c r="M304" s="5" t="s">
         <v>2073</v>
-      </c>
-[...1 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="5" t="s">
         <v>2075</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
         <v>2076</v>
       </c>
       <c r="I305" s="5" t="s">
         <v>2077</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>663</v>
+        <v>2078</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>94</v>
+        <v>911</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>658</v>
+        <v>283</v>
       </c>
       <c r="E306" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F306" s="5" t="s">
-        <v>129</v>
+        <v>2083</v>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>663</v>
+        <v>2086</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>911</v>
+        <v>658</v>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F307" s="5" t="s">
-        <v>2088</v>
+      <c r="F307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>2091</v>
+        <v>663</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E308" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F308" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F308" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>2098</v>
+        <v>663</v>
       </c>
       <c r="K308" s="5" t="s">
         <v>2099</v>
       </c>
       <c r="L308" s="6" t="s">
         <v>2100</v>
       </c>
       <c r="M308" s="5" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
         <v>2102</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D309" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="D309" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="5" t="s">
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F309" s="5" t="s">
         <v>2103</v>
       </c>
-      <c r="F309" s="5" t="s">
+      <c r="G309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H309" s="5" t="s">
         <v>2104</v>
       </c>
-      <c r="G309" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H309" s="5" t="s">
+      <c r="I309" s="5" t="s">
         <v>2105</v>
       </c>
-      <c r="I309" s="5" t="s">
+      <c r="J309" s="5" t="s">
         <v>2106</v>
       </c>
-      <c r="J309" s="5" t="s">
+      <c r="K309" s="5" t="s">
         <v>2107</v>
       </c>
-      <c r="K309" s="5" t="s">
+      <c r="L309" s="6" t="s">
         <v>2108</v>
       </c>
-      <c r="L309" s="6" t="s">
+      <c r="M309" s="5" t="s">
         <v>2109</v>
-      </c>
-[...1 lines deleted...]
-        <v>2110</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
         <v>2111</v>
       </c>
-      <c r="B310" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E310" s="5" t="s">
+      <c r="I310" s="5" t="s">
         <v>2112</v>
       </c>
-      <c r="F310" s="5" t="s">
+      <c r="J310" s="5" t="s">
         <v>2113</v>
       </c>
-      <c r="G310" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H310" s="5" t="s">
+      <c r="K310" s="5" t="s">
         <v>2114</v>
       </c>
-      <c r="I310" s="5" t="s">
+      <c r="L310" s="6" t="s">
         <v>2115</v>
       </c>
-      <c r="J310" s="5" t="s">
+      <c r="M310" s="5" t="s">
         <v>2116</v>
-      </c>
-[...7 lines deleted...]
-        <v>2119</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>2119</v>
+      </c>
+      <c r="G311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H311" s="5" t="s">
         <v>2120</v>
       </c>
-      <c r="B311" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H311" s="5" t="s">
+      <c r="I311" s="5" t="s">
         <v>2121</v>
       </c>
-      <c r="I311" s="5" t="s">
+      <c r="J311" s="5" t="s">
         <v>2122</v>
       </c>
-      <c r="J311" s="5" t="s">
+      <c r="K311" s="5" t="s">
         <v>2123</v>
       </c>
-      <c r="K311" s="5" t="s">
+      <c r="L311" s="6" t="s">
         <v>2124</v>
       </c>
-      <c r="L311" s="6" t="s">
+      <c r="M311" s="5" t="s">
         <v>2125</v>
-      </c>
-[...1 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E312" s="5" t="s">
         <v>2127</v>
-      </c>
-[...10 lines deleted...]
-        <v>659</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>2128</v>
       </c>
-      <c r="G312" s="5" t="s">
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H312" s="5" t="s">
         <v>2129</v>
       </c>
-      <c r="H312" s="5" t="s">
+      <c r="I312" s="5" t="s">
         <v>2130</v>
       </c>
-      <c r="I312" s="5" t="s">
+      <c r="J312" s="5" t="s">
         <v>2131</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>2132</v>
       </c>
       <c r="L312" s="6" t="s">
         <v>2133</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
         <v>2135</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D313" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="D313" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E313" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H313" s="5" t="s">
         <v>2136</v>
       </c>
-      <c r="F313" s="5" t="s">
+      <c r="I313" s="5" t="s">
         <v>2137</v>
       </c>
-      <c r="G313" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H313" s="5" t="s">
+      <c r="J313" s="5" t="s">
         <v>2138</v>
       </c>
-      <c r="I313" s="5" t="s">
+      <c r="K313" s="5" t="s">
         <v>2139</v>
       </c>
-      <c r="J313" s="5" t="s">
+      <c r="L313" s="6" t="s">
         <v>2140</v>
       </c>
-      <c r="K313" s="5" t="s">
+      <c r="M313" s="5" t="s">
         <v>2141</v>
-      </c>
-[...4 lines deleted...]
-        <v>2143</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="G314" s="5" t="s">
         <v>2144</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H314" s="5" t="s">
         <v>2145</v>
       </c>
       <c r="I314" s="5" t="s">
         <v>2146</v>
       </c>
       <c r="J314" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K314" s="5" t="s">
         <v>2147</v>
       </c>
-      <c r="K314" s="5" t="s">
+      <c r="L314" s="6" t="s">
         <v>2148</v>
       </c>
-      <c r="L314" s="6" t="s">
+      <c r="M314" s="5" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E315" s="5" t="s">
         <v>2151</v>
       </c>
-      <c r="B315" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F315" s="5" t="s">
+        <v>2152</v>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>1941</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>103</v>
-[...7 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D317" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D317" s="5" t="s">
-[...3 lines deleted...]
-        <v>2166</v>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>2168</v>
       </c>
       <c r="J317" s="5" t="s">
         <v>2169</v>
       </c>
       <c r="K317" s="5" t="s">
         <v>2170</v>
       </c>
       <c r="L317" s="6" t="s">
         <v>2171</v>
       </c>
       <c r="M317" s="5" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
         <v>2173</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>15</v>
+        <v>1941</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F318" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
         <v>2174</v>
       </c>
       <c r="I318" s="5" t="s">
         <v>2175</v>
       </c>
       <c r="J318" s="5" t="s">
         <v>2176</v>
       </c>
-      <c r="K318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K318" s="5" t="s">
+        <v>2177</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>911</v>
+        <v>283</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2180</v>
+        <v>2181</v>
+      </c>
+      <c r="F319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>2188</v>
+      <c r="H320" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J320" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="K320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2189</v>
-[...1 lines deleted...]
-      <c r="M320" s="5"/>
+        <v>2192</v>
+      </c>
+      <c r="M320" s="5" t="s">
+        <v>2193</v>
+      </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D321" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>2191</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F321" s="5" t="s">
+        <v>2195</v>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>2199</v>
-[...2 lines deleted...]
-        <v>911</v>
+        <v>658</v>
+      </c>
+      <c r="D322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F322" s="5" t="s">
-        <v>362</v>
+      <c r="F322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="s">
-        <v>2200</v>
+      <c r="H322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I322" s="5"/>
-      <c r="J322" s="5" t="s">
-        <v>2201</v>
+      <c r="J322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2203</v>
-[...1 lines deleted...]
-      <c r="M322" s="5" t="s">
         <v>2204</v>
       </c>
+      <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
         <v>2205</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E323" s="5" t="s">
         <v>2206</v>
       </c>
-      <c r="F323" s="5" t="s">
+      <c r="F323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H323" s="5" t="s">
         <v>2207</v>
       </c>
-      <c r="G323" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H323" s="5" t="s">
+      <c r="I323" s="5" t="s">
         <v>2208</v>
       </c>
-      <c r="I323" s="5" t="s">
+      <c r="J323" s="5" t="s">
         <v>2209</v>
       </c>
-      <c r="J323" s="5" t="s">
+      <c r="K323" s="5" t="s">
         <v>2210</v>
       </c>
-      <c r="K323" s="5" t="s">
+      <c r="L323" s="6" t="s">
         <v>2211</v>
       </c>
-      <c r="L323" s="6" t="s">
+      <c r="M323" s="5" t="s">
         <v>2212</v>
-      </c>
-[...1 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C324" s="5" t="s">
         <v>2214</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H324" s="5" t="s">
         <v>2215</v>
       </c>
-      <c r="G324" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H324" s="5" t="s">
+      <c r="I324" s="5"/>
+      <c r="J324" s="5" t="s">
         <v>2216</v>
       </c>
-      <c r="I324" s="5" t="s">
+      <c r="K324" s="5" t="s">
         <v>2217</v>
       </c>
-      <c r="J324" s="5" t="s">
+      <c r="L324" s="6" t="s">
         <v>2218</v>
       </c>
-      <c r="K324" s="5" t="s">
+      <c r="M324" s="5" t="s">
         <v>2219</v>
-      </c>
-[...4 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E325" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
         <v>2223</v>
       </c>
-      <c r="F325" s="5" t="s">
+      <c r="I325" s="5" t="s">
         <v>2224</v>
       </c>
-      <c r="G325" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H325" s="5" t="s">
+      <c r="J325" s="5" t="s">
         <v>2225</v>
       </c>
-      <c r="I325" s="5" t="s">
+      <c r="K325" s="5" t="s">
         <v>2226</v>
       </c>
-      <c r="J325" s="5" t="s">
+      <c r="L325" s="6" t="s">
         <v>2227</v>
       </c>
-      <c r="K325" s="5" t="s">
+      <c r="M325" s="5" t="s">
         <v>2228</v>
-      </c>
-[...4 lines deleted...]
-        <v>2230</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2231</v>
+        <v>2229</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="D326" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="E326" s="5" t="s">
-        <v>2223</v>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F326" s="5" t="s">
-        <v>2180</v>
+        <v>2230</v>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I326" s="5" t="s">
         <v>2232</v>
       </c>
-      <c r="I326" s="5" t="s">
+      <c r="J326" s="5" t="s">
         <v>2233</v>
       </c>
-      <c r="J326" s="5" t="s">
+      <c r="K326" s="5" t="s">
         <v>2234</v>
       </c>
-      <c r="K326" s="5" t="s">
+      <c r="L326" s="6" t="s">
         <v>2235</v>
       </c>
-      <c r="L326" s="6" t="s">
+      <c r="M326" s="5" t="s">
         <v>2236</v>
-      </c>
-[...1 lines deleted...]
-        <v>2237</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2238</v>
+        <v>2237</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D327" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>2206</v>
+        <v>2238</v>
       </c>
       <c r="F327" s="5" t="s">
-        <v>2224</v>
+        <v>2239</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>2246</v>
+        <v>2238</v>
       </c>
       <c r="F328" s="5" t="s">
+        <v>2195</v>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="s">
         <v>2247</v>
       </c>
-      <c r="G328" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H328" s="5" t="s">
+      <c r="I328" s="5" t="s">
         <v>2248</v>
       </c>
-      <c r="I328" s="5" t="s">
+      <c r="J328" s="5" t="s">
         <v>2249</v>
       </c>
-      <c r="J328" s="5" t="s">
+      <c r="K328" s="5" t="s">
         <v>2250</v>
       </c>
-      <c r="K328" s="5" t="s">
+      <c r="L328" s="6" t="s">
         <v>2251</v>
       </c>
-      <c r="L328" s="6" t="s">
+      <c r="M328" s="5" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F329" s="5" t="s">
+        <v>2239</v>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
         <v>2254</v>
       </c>
-      <c r="B329" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H329" s="5" t="s">
+      <c r="I329" s="5" t="s">
         <v>2255</v>
       </c>
-      <c r="I329" s="5" t="s">
+      <c r="J329" s="5" t="s">
         <v>2256</v>
       </c>
-      <c r="J329" s="5" t="s">
+      <c r="K329" s="5" t="s">
         <v>2257</v>
       </c>
-      <c r="K329" s="5" t="s">
+      <c r="L329" s="6" t="s">
         <v>2258</v>
       </c>
-      <c r="L329" s="6" t="s">
+      <c r="M329" s="5" t="s">
         <v>2259</v>
-      </c>
-[...1 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D330" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="E330" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E330" s="5" t="s">
+        <v>2261</v>
       </c>
       <c r="F330" s="5" t="s">
-        <v>2180</v>
+        <v>2262</v>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>2264</v>
-[...4 lines deleted...]
-        </is>
+        <v>2265</v>
+      </c>
+      <c r="K330" s="5" t="s">
+        <v>2266</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D331" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D331" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1177</v>
-[...7 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>2195</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-        <v>2278</v>
+        <v>2279</v>
+      </c>
+      <c r="K332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>2282</v>
-[...4 lines deleted...]
-      <c r="F333" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
         <v>2283</v>
       </c>
-      <c r="G333" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H333" s="5" t="s">
+      <c r="I333" s="5" t="s">
         <v>2284</v>
       </c>
-      <c r="I333" s="5" t="s">
+      <c r="J333" s="5" t="s">
         <v>2285</v>
       </c>
-      <c r="J333" s="5" t="s">
+      <c r="K333" s="5" t="s">
         <v>2286</v>
       </c>
-      <c r="K333" s="5" t="s">
+      <c r="L333" s="6" t="s">
         <v>2287</v>
       </c>
-      <c r="L333" s="6" t="s">
+      <c r="M333" s="5" t="s">
         <v>2288</v>
-      </c>
-[...1 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
         <v>2290</v>
       </c>
-      <c r="B334" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H334" s="5" t="s">
+      <c r="I334" s="5" t="s">
         <v>2291</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="J334" s="5" t="s">
         <v>2292</v>
-      </c>
-[...1 lines deleted...]
-        <v>2286</v>
       </c>
       <c r="K334" s="5" t="s">
         <v>2293</v>
       </c>
       <c r="L334" s="6" t="s">
         <v>2294</v>
       </c>
       <c r="M334" s="5" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
         <v>2296</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F335" s="5" t="s">
+        <v>2298</v>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H335" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H335" s="5" t="s">
+        <v>2299</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>2300</v>
+      </c>
+      <c r="J335" s="5" t="s">
+        <v>2301</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2297</v>
+        <v>2302</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2298</v>
-[...1 lines deleted...]
-      <c r="M335" s="5"/>
+        <v>2303</v>
+      </c>
+      <c r="M335" s="5" t="s">
+        <v>2304</v>
+      </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>1410</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F336" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F336" s="5" t="s">
+        <v>2298</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H336" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H336" s="5" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>2307</v>
+      </c>
+      <c r="J336" s="5" t="s">
+        <v>2301</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2300</v>
+        <v>2308</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2301</v>
-[...1 lines deleted...]
-      <c r="M336" s="5"/>
+        <v>2309</v>
+      </c>
+      <c r="M336" s="5" t="s">
+        <v>2310</v>
+      </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2299</v>
+        <v>2311</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>1841</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2297</v>
+        <v>2312</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1410</v>
+        <v>658</v>
+      </c>
+      <c r="D338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G338" s="5" t="s">
-[...9 lines deleted...]
-        <v>348</v>
+      <c r="G338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I338" s="5"/>
+      <c r="J338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2308</v>
-[...3 lines deleted...]
-      </c>
+        <v>2316</v>
+      </c>
+      <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>14</v>
+        <v>1841</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>2311</v>
-[...4 lines deleted...]
-      <c r="E339" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I339" s="5"/>
+      <c r="J339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K339" s="5" t="s">
         <v>2312</v>
       </c>
-      <c r="F339" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="L339" s="6" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="M339" s="5" t="s">
         <v>2317</v>
       </c>
+      <c r="M339" s="5"/>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
         <v>2318</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>911</v>
+        <v>94</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E340" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G340" s="5" t="s">
         <v>2319</v>
       </c>
-      <c r="F340" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G340" s="5" t="s">
+      <c r="H340" s="5" t="s">
         <v>2320</v>
       </c>
-      <c r="H340" s="5" t="s">
+      <c r="I340" s="5" t="s">
         <v>2321</v>
       </c>
-      <c r="I340" s="5" t="s">
+      <c r="J340" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K340" s="5" t="s">
         <v>2322</v>
       </c>
-      <c r="J340" s="5" t="s">
+      <c r="L340" s="6" t="s">
         <v>2323</v>
       </c>
-      <c r="K340" s="5" t="s">
+      <c r="M340" s="5" t="s">
         <v>2324</v>
-      </c>
-[...4 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E341" s="5" t="s">
         <v>2327</v>
       </c>
-      <c r="B341" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F341" s="5" t="s">
+      <c r="F341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H341" s="5" t="s">
         <v>2328</v>
       </c>
-      <c r="G341" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H341" s="5" t="s">
+      <c r="I341" s="5" t="s">
         <v>2329</v>
       </c>
-      <c r="I341" s="5" t="s">
+      <c r="J341" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K341" s="5" t="s">
         <v>2330</v>
       </c>
-      <c r="J341" s="5" t="s">
+      <c r="L341" s="6" t="s">
         <v>2331</v>
       </c>
-      <c r="K341" s="5" t="s">
+      <c r="M341" s="5" t="s">
         <v>2332</v>
-      </c>
-[...4 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2335</v>
+        <v>2333</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>911</v>
       </c>
       <c r="D342" s="5" t="s">
         <v>103</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>129</v>
+        <v>2334</v>
       </c>
       <c r="F342" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>1822</v>
+      </c>
+      <c r="G342" s="5" t="s">
+        <v>2335</v>
       </c>
       <c r="H342" s="5" t="s">
         <v>2336</v>
       </c>
       <c r="I342" s="5" t="s">
         <v>2337</v>
       </c>
       <c r="J342" s="5" t="s">
         <v>2338</v>
       </c>
       <c r="K342" s="5" t="s">
         <v>2339</v>
       </c>
       <c r="L342" s="6" t="s">
         <v>2340</v>
       </c>
       <c r="M342" s="5" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
         <v>2342</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>103</v>
+        <v>283</v>
       </c>
       <c r="D343" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="E343" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E343" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="F343" s="5" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>305</v>
+        <v>911</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>1869</v>
-[...9 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F344" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2350</v>
-[...1 lines deleted...]
-      <c r="I344" s="5"/>
+        <v>2351</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>2352</v>
+      </c>
       <c r="J344" s="5" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>305</v>
+        <v>103</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>1869</v>
+        <v>911</v>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F345" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F345" s="5" t="s">
+        <v>2343</v>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D346" s="5" t="s">
         <v>1869</v>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D347" s="5" t="s">
         <v>1869</v>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D348" s="5" t="s">
         <v>1869</v>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2377</v>
-[...3 lines deleted...]
-      </c>
+        <v>2379</v>
+      </c>
+      <c r="I348" s="5"/>
       <c r="J348" s="5" t="s">
-        <v>2379</v>
-[...4 lines deleted...]
-        </is>
+        <v>2380</v>
+      </c>
+      <c r="K348" s="5" t="s">
+        <v>2381</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>2384</v>
+        <v>1869</v>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
         <v>2385</v>
       </c>
       <c r="I349" s="5" t="s">
         <v>2386</v>
       </c>
       <c r="J349" s="5" t="s">
         <v>2387</v>
       </c>
       <c r="K349" s="5" t="s">
         <v>2388</v>
       </c>
       <c r="L349" s="6" t="s">
         <v>2389</v>
       </c>
       <c r="M349" s="5" t="s">
         <v>2390</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
         <v>2391</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>911</v>
+        <v>305</v>
       </c>
       <c r="D350" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="s">
         <v>2392</v>
       </c>
-      <c r="E350" s="5" t="s">
+      <c r="I350" s="5" t="s">
         <v>2393</v>
       </c>
-      <c r="F350" s="5" t="s">
+      <c r="J350" s="5" t="s">
         <v>2394</v>
       </c>
-      <c r="G350" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H350" s="5" t="s">
+      <c r="K350" s="5" t="s">
         <v>2395</v>
       </c>
-      <c r="I350" s="5" t="s">
+      <c r="L350" s="6" t="s">
         <v>2396</v>
       </c>
-      <c r="J350" s="5" t="s">
+      <c r="M350" s="5" t="s">
         <v>2397</v>
-      </c>
-[...9 lines deleted...]
-        <v>2399</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H351" s="5" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I351" s="5" t="s">
         <v>2400</v>
       </c>
-      <c r="B351" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E351" s="5" t="s">
+      <c r="J351" s="5" t="s">
         <v>2401</v>
       </c>
-      <c r="F351" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H351" s="5" t="s">
+      <c r="K351" s="5" t="s">
         <v>2402</v>
       </c>
-      <c r="I351" s="5" t="s">
+      <c r="L351" s="6" t="s">
         <v>2403</v>
       </c>
-      <c r="J351" s="5" t="s">
+      <c r="M351" s="5" t="s">
         <v>2404</v>
-      </c>
-[...7 lines deleted...]
-        <v>2407</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H352" s="5" t="s">
+        <v>2406</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2407</v>
+      </c>
+      <c r="J352" s="5" t="s">
         <v>2408</v>
       </c>
-      <c r="B352" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H352" s="5" t="s">
+      <c r="K352" s="5" t="s">
         <v>2409</v>
       </c>
-      <c r="I352" s="5" t="s">
+      <c r="L352" s="6" t="s">
         <v>2410</v>
       </c>
-      <c r="J352" s="5" t="s">
+      <c r="M352" s="5" t="s">
         <v>2411</v>
-      </c>
-[...7 lines deleted...]
-        <v>2414</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2415</v>
+        <v>2412</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F353" s="5" t="s">
+        <v>2414</v>
+      </c>
+      <c r="G353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H353" s="5" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I353" s="5" t="s">
         <v>2416</v>
       </c>
-      <c r="G353" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H353" s="5" t="s">
+      <c r="J353" s="5" t="s">
         <v>2417</v>
       </c>
-      <c r="I353" s="5" t="s">
+      <c r="K353" s="5" t="s">
         <v>2418</v>
       </c>
-      <c r="J353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2419</v>
       </c>
-      <c r="K353" s="5" t="s">
+      <c r="M353" s="5" t="s">
         <v>2420</v>
-      </c>
-[...4 lines deleted...]
-        <v>2422</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>911</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>103</v>
+        <v>2422</v>
       </c>
       <c r="E354" s="5" t="s">
+        <v>2423</v>
+      </c>
+      <c r="F354" s="5" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2383</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
         <v>2425</v>
       </c>
       <c r="I354" s="5" t="s">
         <v>2426</v>
       </c>
       <c r="J354" s="5" t="s">
         <v>2427</v>
       </c>
-      <c r="K354" s="5" t="s">
+      <c r="K354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L354" s="6" t="s">
         <v>2428</v>
       </c>
-      <c r="L354" s="6" t="s">
+      <c r="M354" s="5" t="s">
         <v>2429</v>
-      </c>
-[...1 lines deleted...]
-        <v>2430</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>2422</v>
+      </c>
+      <c r="E355" s="5" t="s">
         <v>2431</v>
       </c>
-      <c r="B355" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F355" s="5" t="s">
+        <v>2414</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
         <v>2432</v>
       </c>
-      <c r="G355" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H355" s="5" t="s">
+      <c r="I355" s="5" t="s">
         <v>2433</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="J355" s="5" t="s">
         <v>2434</v>
       </c>
-      <c r="J355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2435</v>
       </c>
-      <c r="K355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2436</v>
       </c>
-      <c r="L355" s="6" t="s">
+      <c r="M355" s="5" t="s">
         <v>2437</v>
-      </c>
-[...1 lines deleted...]
-        <v>2438</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2439</v>
+        <v>2438</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D356" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F356" s="5" t="s">
-        <v>2432</v>
+        <v>2414</v>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I356" s="5" t="s">
         <v>2440</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="J356" s="5" t="s">
         <v>2441</v>
       </c>
-      <c r="J356" s="5" t="s">
+      <c r="K356" s="5" t="s">
         <v>2442</v>
       </c>
-      <c r="K356" s="5" t="s">
+      <c r="L356" s="6" t="s">
         <v>2443</v>
       </c>
-      <c r="L356" s="6" t="s">
+      <c r="M356" s="5" t="s">
         <v>2444</v>
-      </c>
-[...1 lines deleted...]
-        <v>2445</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2446</v>
+        <v>2445</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F357" s="5" t="s">
-        <v>2432</v>
+        <v>2446</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
         <v>2447</v>
       </c>
       <c r="I357" s="5" t="s">
         <v>2448</v>
       </c>
       <c r="J357" s="5" t="s">
         <v>2449</v>
       </c>
       <c r="K357" s="5" t="s">
         <v>2450</v>
       </c>
       <c r="L357" s="6" t="s">
         <v>2451</v>
       </c>
       <c r="M357" s="5" t="s">
         <v>2452</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
         <v>2453</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D358" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D358" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E358" s="5" t="s">
-        <v>2383</v>
+        <v>2454</v>
       </c>
       <c r="F358" s="5" t="s">
-        <v>2432</v>
+        <v>2413</v>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="D359" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E359" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F359" s="5" t="s">
-        <v>2432</v>
+        <v>2462</v>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="J359" s="5" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D360" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F360" s="5" t="s">
-        <v>2432</v>
+        <v>2462</v>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="I360" s="5" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="J360" s="5" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D361" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E361" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F361" s="5" t="s">
-        <v>2432</v>
+        <v>2462</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="I361" s="5" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="J361" s="5" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="F362" s="5" t="s">
-        <v>2482</v>
+        <v>2462</v>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="G363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H363" s="5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>2493</v>
+      </c>
+      <c r="K363" s="5" t="s">
+        <v>2494</v>
+      </c>
+      <c r="L363" s="6" t="s">
+        <v>2495</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="5" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F364" s="5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H364" s="5" t="s">
+        <v>2498</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>2500</v>
+      </c>
+      <c r="K364" s="5" t="s">
+        <v>2501</v>
+      </c>
+      <c r="L364" s="6" t="s">
+        <v>2502</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="5" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="G365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H365" s="5" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>2507</v>
+      </c>
+      <c r="K365" s="5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L365" s="6" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="5" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E366" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H366" s="5" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K366" s="5" t="s">
+        <v>2516</v>
+      </c>
+      <c r="L366" s="6" t="s">
+        <v>2517</v>
+      </c>
+      <c r="M366" s="5" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="5" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C367" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D363" s="5" t="s">
+      <c r="D367" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E363" s="5" t="s">
+      <c r="E367" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="F363" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G363" s="5" t="s">
+      <c r="F367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G367" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="H363" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J363" s="5" t="s">
+      <c r="H367" s="5" t="s">
+        <v>2520</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>2521</v>
+      </c>
+      <c r="J367" s="5" t="s">
         <v>663</v>
       </c>
-      <c r="K363" s="5" t="s">
-[...6 lines deleted...]
-        <v>2494</v>
+      <c r="K367" s="5" t="s">
+        <v>2522</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>2523</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>2524</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -31808,44 +32206,48 @@
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
     <hyperlink ref="M359" r:id="rId364"/>
     <hyperlink ref="M360" r:id="rId365"/>
     <hyperlink ref="M361" r:id="rId366"/>
     <hyperlink ref="M362" r:id="rId367"/>
     <hyperlink ref="M363" r:id="rId368"/>
+    <hyperlink ref="M364" r:id="rId369"/>
+    <hyperlink ref="M365" r:id="rId370"/>
+    <hyperlink ref="M366" r:id="rId371"/>
+    <hyperlink ref="M367" r:id="rId372"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>