--- v2 (2026-01-11)
+++ v3 (2026-02-28)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4093" uniqueCount="2525" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4216" uniqueCount="2610" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1560,50 +1560,108 @@
     <t>https://fynboerne.ktdk.dk/d/cnLh</t>
   </si>
   <si>
     <t>[Med sort blæk på kuvertens forside:]
 Frøken Alhed Warberg
 Vesterbrogade No 12 o. G.
 København V.
 [Med rødt blæk på kuvertens forside:]
 No 4
 [Med blyant på kuvertens forside:]
 Christnes breve om
 (Mornine)
 fødslen lille Nete
 blev adopteret af
 tante Visse
 [I brevet; med blå farveblyant:]
 Aarhus Jan. 1892
 [I brevet; med sort blæk:]
 Kæreste Alhed!
 Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
 Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
 Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
 Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
   </si>
   <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
+  </si>
+  <si>
     <t>1892-09-17</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Thorvald Balslev
 Clement Caspersen
 Johanne Caspersen
 Olga Caspersen
 Niels Elgaard Amstrup
 - Jensen, Frøken, Erikshaab
 Rasmus Knudsen
 Alhed Larsen
 Johanne Christine Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Hans Smidth
 Hempel Syberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
 Anders -, Ølstedgaard</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Frk. E og Signe var. 
@@ -2200,50 +2258,96 @@
 Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
   </si>
   <si>
     <t>Thorvald sender fødselsdagshilsen og -gave. 
 Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
 Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cfam</t>
   </si>
   <si>
     <t>29 – 9 – 93. Junges fødselsdag.
 Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
 Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
 Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
 På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
 Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
 [øverst på sidste side] 
 30-9.
 E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
   </si>
   <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
+  </si>
+  <si>
     <t>1893-10-29</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Thorvald Balslev
 Carl Berthelsen
 Ove Berthelsen
 Agnes Berthelsen, Nislevgaard
 Leonard Holst
 - Jensen, Frøken, Erikshaab
 - Kiær, Klintebjerg
 Alhed Larsen
 Christine  Mackie
 - Poulsen, Frøken
 Ellen  Sawyer
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
   </si>
   <si>
     <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
 Johanne har selv tænkt over, at Thorvald og hun har forskellig holdning til religion - som moderen er inde på. Men har Johannes forældre ikke også det, uden at det har skadet deres samliv? Ja, Thorvald skal være præst, men i den nye generation er kvinden ligestillet med manden. Et par på egnen måtte bryde forlovelsen, fordi den ene var grundtvigianer og den andre indremissionsk, og det var Johanne vred over. Hvorfor er moderen dog bange for, at Johanne ikke vil være trofast? Fritænkning fører ikke til "vederstyggeligheder". Hvis Thorvald og hun ikke længere holder af hinanden, hæver de forlovelsen. Johanne hader i øvrigt mennesker, som bliver "for forlovede". Thorvald har sendt et godt brev, hvori han kommenterer spørgsmålet om forskellig opfattelse af religion. 
 Der skulle have været gæster - Kiær og en engelsktalende pige, som Johanne skulle samtale med, men de meldte afbud. 
@@ -2621,105 +2725,98 @@
   </si>
   <si>
     <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mI0O</t>
   </si>
   <si>
     <t>Fortrykt på kortets forside:
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 Håndskrevet på kortets forside:
 Signora Laura Warberg
 Erikshaab - Højrup Station
 Danimarca Fyn
 Håndskrevet på kortets bagside:
 Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
   </si>
   <si>
     <t>1894-05-07</t>
   </si>
   <si>
-    <t>Nislevgaard</t>
-[...1 lines deleted...]
-  <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
   </si>
   <si>
     <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
 Fru Berthelsen er skrap overfor Johanne. 
 Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
 Christine skal være klaverlærer i Odense.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8OV5</t>
   </si>
   <si>
     <t>Nislevgård Mandag den 7nde Maj 1894
 NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
 Kære Be. 
 Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
 Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
 Dette stred imod hans Begreber om en vis og kærlig Gud.
 Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
 Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
 Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
 Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
 [Resten af siden mangler]
 Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
 [Brevet er uafsluttet]</t>
   </si>
   <si>
     <t>1894-05-25</t>
-  </si>
-[...2 lines deleted...]
-Laura Warberg</t>
   </si>
   <si>
     <t>Firenze
 Bello sguardo</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 - Ingemann Petersen
 Christine  Mackie
 Alfred Rottbøll
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien februar 1894 til april 1895.
 Hendes forældre fejrede sølvbryllup 28. maj 1894. 
 Haabet er Erikshaab; Warberg-familiens hjem.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2147</t>
   </si>
   <si>
     <t>Alhed Larsen håber at få en rapport om sølvbrylluppet og måske fotografier og stenograferede taler. Hun sender nogle fotografier, som Rottbøll har taget. Et af hende selv på værelset, et af Ludvig Brandstrup og hende og to af bygningen (Det Danske Konsulat) med flaget hejst. På sølvbryllupsdagen vil Rottbølls og Alhed være festklædt og tage et fotografi, mens Rottbøll holder tale.
 Alhed spørger, hvad forældrene synes om det maleri, som hun har sendt. Det var svært at få det færdigt, fordi vejret er skrækkeligt. Hun er færdig med et blomsterbillede og et af pelargonier, som hun har givet gartneren. Nu vil hun male et motiv fra en allé med et rosenanlæg. Hun og Ludvig Brandstrup har været derude at tegne. Alhed er kommet i godt arbejdshumør nu. Hun skulle vænne sig til alt det nye. 
 Der er mange ildfluer, og Alhed overvejede at sende en æskefuld hjem. 
@@ -4112,63 +4209,63 @@
     <t>Alhed Warberg brugte ordet "interesse" under Johannes Larsens sidste besøg hos hende, og han synes, det er et ækelt ord.
 Larsen vil gerne sende Alhed Warberg nogle bøger, men hun må svare på, om hun vil have det.
 Johannes Larsen havde rygvind på den sidste tur hjem fra Alhed, men hunden peb meget undervejs.
 Larsen har travlt med hundedressur, Teknisk Skole, andejagt og akvareller. Han og andre Zahrtmann-elever åbner udstilling 1. december. 
 Karl Madsen m.fl. har sat en bortlodning til fordel for Syberg i gang. Det er en hemmelighed, men den vil nok skaffe Syberg 1500 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QZR3</t>
   </si>
   <si>
     <t>Kjerteminde 17/11 1895.
 Kære Alhed!
 Af et Brev, jeg i Gaar fik fra Syberg, ser jeg at De er syg endnu, og jeg vil derfor ikke nægte mig den Fornøjelse at skrive til Dem, selv om De muligvis ikke kan k[ulæseligt]nogen ”Interesse” at jeg gør det. Jeg ved ikke om De husker at De benyttede det Ord ”Interesse” sidste Gang jeg besøgte Dem. Det var lige før jeg skulde ned at spise og jeg blev gal og vilde have skældt Dem ud hvis De havde været alene da jeg kom derop igjen, men da De ikke var det, holdt jeg min Mund. Synes De ikke at det er et ækelt fedtet Ord, det har formodentlig latinsk eller fransk Oprindelse, det ved jeg ikke, men det burde efter min Mening være hebræisk og saavidt muligt kun benyttes af Jøder. Det gør mig ondt at De stadig er syg og jeg vilde være glad, hvis jeg maatte bidrage til at underholde Dem, ved f. Ex. at sende Dem Caldecots Billedbøger eller Karl Madsens ny Bog om Lundby hvis De ikke har set den, det er en rar Bog med mange gode Billeder i. Men hvordan skal jeg faa at vide om jeg maa sende dem naar De ikke vil skrive til mig før til min Fødselsdag? Vil De ikke nok gøre en Undtagelse nu da det er et Svar? Jeg vil med det samme takke Dem og Deres Familie for de Gange jeg har været paa Erikshaab i Sommer, vil De hilse. Sidste Gang kom jeg hertil omtrent en Time tidligere end jeg havde beregnet, nemlig 10 M. over 11, men jeg havde jo ogsaa Vinden paa Ryggen hele Vejen. Hunden var ikke saa glad ved Touren især under et Par Regnbyger vi fik, han løb og peb og vilde ind i næsten alle de Huse vi kom forbi. Jeg dresserer lidt paa ham hver Dag og han er nu saa dygtig at han kan apportere. Jeg er svært optaget for Tiden, jeg dresserer Hund og gaar paa Andetræk hver Aften og paa teknisk 3 Aftener om Ugen [ordet ”Ugen” indsat over linjen] og tegner eller maler Aqaurel i al min Fritid. Vi skal altsaa alligevel have en Udstilling, som skal aabnes 1 December og vare til Midten af næste Maaned, den kommer vist til at bestaa af bar gamle Billeder, i hvert Tilfælde for vi ældre Elevers vedkommende. Peter er ved at faa bygget sig en Kano som skal være færdig til Jul, den bliver vist bygget i Nærheden af Svanninge, for Baronen er sat til at passe paa at den bliver lavet efter Tegningen. Jeg vil slutte med at fortælle Dem en Hemmelighed, men De skal ske en Ulykke hvis De fortæller det: Peter skriver at Karl Madsen og Vilhelm Hansen har foranstaltet en Bortlodning, til Fordel for Syberg, af en hel Del Billeder af berømte Kunstnere og der forventes et Udbytte af mindst 1500 Kr som han skal have inden Jul, som en Overraskelse.
 God Bedring!
 Ærb. Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1895-12-25</t>
   </si>
   <si>
     <t>Harald Balslev
 Berta Brandstrup
 Julie Brandt
@@ -4544,68 +4641,69 @@
 Hr. Godsforvalter Warberg
 cand.jur.
 Gothersgade 129 - ⁴
 København K.
 + Poststempel
 [På kuvertens bagside;]
 Poststempel
 [I brevet:]
 Erikshaab – Onsdag d:26de.
 Kæreste Abba!
 Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
 Vil Du nu hilse Mis og især min Pelle saa meget. 
 Kærlig Hilsen fra Din Smaa.
 Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
 [Indlagt seddel:]
 Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
   </si>
   <si>
     <t>1896-08-28</t>
   </si>
   <si>
     <t>København
 Sverige</t>
   </si>
   <si>
-    <t>Adis -
-Johanne Christine Brandstrup
+    <t>Johanne Christine Brandstrup
 Johanne Christine Larsen
 Marie Larsen
 Albrecht  Warberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>"Bedstemor" må være Laura Warbergs stedmor, Johanne Christine Brandstrup (1820-1898), f. Fenger, altså Alheds (sted)mormor. Albrecht Warbergs mor var født i 1801, så det er næppe hende, der er på køretur i 1896.
 "Onkel og Tante", som omtales kan være Conrad Warberg og Tante Else - Conrad var Albrecht Warbergs bror. Dette par boede dog ret langt fra Erikshaab, syd for Nyborg. Der var næppe tale om Adelheyde og Hempel Syberg - Mimmi var Albrecht Warbergs søster. Disse plejede at blive kaldt Onkel Hempel og Tante Mimmi. Desuden døde Adelheyde i 1896 af en svulst i hjernen.
-Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht.</t>
+Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht. 
+Adis var et af Astrid Warberg-Goldschmidts mange kælenavne.</t>
   </si>
   <si>
     <t>Alhed, hendes bedstemor m.fl. har været på besøg hos Onkel og Tante (se kommentarfeltet).
-Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Dede deltager. Årsager er uklar.</t>
+Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Andreas/Dede deltager. Årsagen er uklar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/I7sJ</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg opdager til min store Forbavselse, at det er meget over 8 Dage, siden jeg sidst skrev til Dem. Derfor sætter jeg mig til at skrive i dag, skønt det er den ”store Vaskedag”. Kl. er over 6 og jeg er lige bleven færdig i Køkkenet, hvor jeg har virket i over 12 Timer og saa er jeg endda ikke bleven træt. (Godt gjort! ikke?) Det er sandt, jeg vil for Resten ikke mere prale for Dem, selv om jeg har aldrig saa god Grund til det for jeg kunde tydelig se at De havde siddet og grinet, da De i deres forrige Brev spurgte om jeg nu kunde svømme 100 Tag. Maa jeg spørge, om De virkelig ikke synes, at det var en hurtig Fremgang paa godt 8 Dage, naar jeg i Begyndelsen kun nkunde nogle faa Tag? – For de siger da vel ikke ligesom min Onkel derovre, at naar man først kan svømme, saa kan man ligesaa længe det skal være! Hvor kan dog nogen Mennesker sige saadan noget Snak, i saa Tilfælde vilde jo aldrig nogen Mennesker drukne! Den Dag, jeg havde haft de 47 Tag, det var kun én Dag, var det med Opbebydelsen af alle mine Kræfter, og da jeg var færdig, sank jeg sjakmat ned paa Bunden. Maa jeg spørge, om jeg kunde have svømmet længere? Og jeg kan dog svømme, 47 Tag er da et temmelig langt Stykke. - - - Tak for Resten for Deres lange Brev, jeg fik det, da jeg var nede paa Stationen og sad et Kvarter paa Vognen og ventede paa Mor, der skulde komme med Toget. Jeg kører Dara i denne Tid (Far er i København) og det er frygtelig sjov. Den gaar meget sikrere paa sine Ben i Aar end i Fjor. Den bliver rørt ikke saa lidt i alt Fald i Forhold til hvad den plejer at blive. Vi har endogsaa dristet os til at køre ud med den i Regnvejr (Apropos om Forsigtighed: Ved de at vores Flag kun maa komme op i blikstille og Solskin!) Forleden, da Mor ikke var hjemme, besluttede Johanne, Adis og jeg at køre ud paa en Lystetur over til en Onkel og Tante hvor Haven er god for Øjeblikket. Vi inviterede min Bedstemor med, og hun var meget rørt over sine elskværdige Børnebørn; men ved De, hvorfor vi gjorde det? For det første for at faa Kaffebordet lidt bedre (min Tante er nemlig noget nærig og regner ikke os for noget) og for det andet for at have en til at beskæftige min Tante, mens vi andre afsøgte Haven. Begge Dele lykkedes fortrinligt; vi opnaaede Chokolade og havde udmærket Fred i de gule Blommer, mens min stakkels gamle Bedstemor blev travet rundt i Haven til hun var ganske træt. - - Det er et øsende regnvejr i disse dage, jeg gad vide om De ogsaa i Sverige har ”regnfulde Augustdage”. Hvor længe bliver De der endnu? men De maa da endelig ikke tage derfra uden i stille og godt Vejr, hvis De skal sejle hjem, saa maa De da hellere blive der lidt længere ikke sandt? – Bare vi kunde faa en køn September, og i det hele taget et kønt Efteraar, det kan være en dejlig Tid, hvis Vejret er sikkeligt. – Jeg har for Resten ikke oplevet noget videre siden jeg sidst skrev; jo i Gaar overværede jeg Vaskekonernes Mellemmad, og Samtalen drejede sig hele Tiden om buldne Fingre. De havde oplevet utrolige Ting paa det Omraade, en havde i Anledning af en saadan Finger siddet i 14 Døgn paa en Stol ved en Kakkelovn uden at være af Klæ’erne. ”Men den sidste Dag ku jeg heller ikke sidde længere, saa maatte jeg rokke hen i Seng”. Kan de forstaa hvorfor hun ikke havde gjort det noget før? – Og alt det, der dog kan flyde ud af saadan en Finger! det er forfærdelig at høre om. - - - Nu er det et Par Dage, siden jeg begyndte paa dette Brev, men paa Grund af Travlhed har det ikke lykkedes mig at faa det sluttet af og af Sted endnu. Marie vilde jeg ogsaa have skreven til denne Gang, men det naar jeg vist ikke. – I Morgen er der Høstgilde paa Gelskov, og vi skal for første Gang i vores Liv ikke med. Det er helt underlig; der har vi ellers moret os mangen en Gang. Det har været en stor Festdag for os lige fra vi var smaa og der er en egen Stemning, der hedder Høst[ordet udenfor fotokopi]stemning, som altid fulgte med den Dag; lige fra om Morgenen, naar vi gik over Markerne over for at hjælpe at smøre Mad. Og det var altid klart Septembervejr med Solskin og let Taage og meget dug og Spindelvæv i Græsset. – Men [udenfor kopi] om Aftenen var naturligvis det morsomste. Nu er det hele jo anderledes deromme, men det bliver underligt ikke at være med i Morgen. Kun Dede agter at gaa med, han vil dog nok om at smage paa Punschen. - - -
 Nu maa jeg slutte. Jeg længes ellers snart grundig efter Dem, lille Las. Men jeg maa nøjes med at sende Dem 1000 Hilsner fra Deres A.
 Erikshaab 28/8 – 96 – Fredag.</t>
   </si>
   <si>
     <t>1896-09-02</t>
   </si>
   <si>
     <t>Johanne Christine Brandstrup
 Louise Brønsted
 Leonard Holmstrøm
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Nicoline  von Sperling
 Andreas Warberg</t>
   </si>
@@ -4742,61 +4840,62 @@
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
   </si>
   <si>
     <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
 Alhed har tabt en stor gryde med hyldebærsaft.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
   </si>
   <si>
     <t>Kære Las!
 Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
 Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
 Erikshaab 5de Okt. - 96</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-11-27</t>
   </si>
   <si>
     <t>I P Jacobsen
 Johanne Christine Larsen
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
@@ -6025,50 +6124,95 @@
 - von Rosen
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
 Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
   </si>
   <si>
     <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
 Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
 Alheds far er syg, og han kommanderer med lægen. 
 Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ui56</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
 Alhed.
 5te Marts - 98
 [Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
   </si>
   <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Læreranstalten</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Thora C
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Louise Brønsted, f. Warberg, var under uddannelse som cand. polyt. i København. 
+Den lille pige er Wilhelmine Bergs datter, Daisy, som netop blev født 4. marts 1898. Pigens mor var Laura Warbergs søster. 
+Bedstemor var Johanne Brandstrup. Hun boede den sidste tid af sit liv hos Thora Caspersen og døde senere i 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1374</t>
+  </si>
+  <si>
+    <t>En lille pige (Daisy) er blevet født. Hun er velskabt, og alt gik godt og nemt. 
+Det er trist, at Albrecht Warberg (Far) har haft det så dårligt. Sygdommen har taget meget på Bedstemor (Johanne Brandstrup).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gKby</t>
+  </si>
+  <si>
+    <t>[Fortrykt logo og:]
+KORRESPONDANCE-KORT.
+Til
+[Håndskrevet i adressefeltet:]
+Fru L. Warberg
+Erikshaab
+pr. Højrup
+Fyn. 
+[Håndskrevet i tekstfeltet]
+Læreanstalten d5te
+Kære Mor. Blot et Par Ord for at meddele jer, at vi i Gaar fik en lille Pige. Alt er gaaet over al Forventning godt; det hele varede kun fra 9 til 12 ½ altsaa ikke engang 4 Timer, ret rar ikke, særlig slemt, og Ungen er hel hun har det ogsaa godt [”hun har det ogsaa godt" indsat over linjen] og velskabt. Her er naturligvis almindelig Henrykkelse og Forbavselse over det gode Resultat; man siger, at hun kan takke alle sine Smerter i den sidste Tid for, at det er gaaet saa godt! Tak for det sidste Brev, tænk, at Far har været saa daarlig, men det er da godt, at det er bedre. Jeg var ude hos Bedstemoder i Gaar at meddele hende det gl. Budskab; det er forfærdeligt, hvor Sygdommen har taget på hende, - hun er kommen til at se saa meget ældre ud og har ikke mange Kræfter; men det er jo bedre og hun er oppe et Par Timer daglig. Thora C. er næsten helt rask. Hilsner fra alle til alle. Din heng. Mug.</t>
+  </si>
+  <si>
     <t>1898-03-07</t>
   </si>
   <si>
     <t>Gelskov
 Glorup
 Odense</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Niels Elgaard Amstrup
 H. Junker
 Hempel Syberg
 Albrecht  Warberg
 Conrad Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den trykte tekst øverst på brevpapiret side 1: Albrecht Warberg blev af nogle af godsets ansatte kaldt Fader Berg. 
 Hempel og Mimi Syberg flyttede i marts 1898 fra Gelskov, da han ophørte med at være forpagter dér for i stedet at kaste sig over organisationsarbejde hvad angår mejeridrift.</t>
   </si>
   <si>
     <t>Alheds far er ved at blive rask, og man har indkaldt gæster fra Ølstedgaard (Nete Amstrup) og Gelskov (Hempel Syberg). 
 Familien har været til middag på Gelskov, hvorfra familien skal flytte 8 dage senere.
@@ -7654,50 +7798,107 @@
     <t>Alhed Larsen er syg og opholder sig i sit barndomshjem Erikshåb. Johannes Larsen arbejder for Joakim Skovgaard i København (se brev 1899-02-09 fra Johannes Larsen til Alhed)
 Lemming Vith er muligvis Emil Vett.
 Det er uvist, hvem "han" er. Ladevika er en kvinde, som bor i Kerteminde.
 Det er uvist hvilket stort billede, der er tale om.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen skal til at indrette deres første hjem sammen i Kerteminde. Johannes Larsens far skal finde en anden lejlighed til dem, da en mand fra Faaborg har fået deres. Han skal lave cementmursten.
 Johannes tegninger er i Kerteminde. Kan han ikke få solgt det store billede på auktion?
 Johannes Larsens forældre prøver at finde en plads på en gård til hans bror Adolph.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZmYj</t>
   </si>
   <si>
     <t>Kjerteminde den 9/2 99
 Kjære Johannes
 Det gjør mig ondt at høre Alhed er syg – fortæl mig dog hurtig hvordan hun har det, jeg tænker daglig paa hende ogsaa; men jeg har ikke villet skrive til hende for hun har vel nok at gjøre med at skrive til dig jeg vil ogsaa være glad ved at faa en Hilsen fra dig og du har ogsaa været daarlig, Gud give dig dog Helbred og Fortjæneste min egen Ven. Der er saameget jeg vil tale med dig om – her er nu foreløbig dine Tegninger da de ikke laa i Mappen troede jeg du havde ladet dem blive i Kjøbenhavn, har han ikke engang seet dem? Naa nu er de her; og saa Lykke og Velsignelse til faa et godt hyggeligt fornuftig indrettet Hjem
 Plesner kommer saa ikke herover - Nu du er i Byen lille Johannes kan du saa ikke faa Rede paa det store Maleri, jeg har forespurgt mig flere Gange hos Eckardts om det ikke kunde anbringes paa en af Udstillingerne vi seer saa ofte store Billeder solgte baade hos Lemming Vith og Klejs eller om det kunde anbringes paa en Aktion tal med ham om det det er saa underlig for mig at jeg aldrig faar Svar
 Ja du kan tro vi tænker paa en Plads til Agraren vi seer efter i Avisen daglig, nu var her en idag paa Lindved – Fyn skal det være siger Faer; der er en Bestyrer, der stod ikke noget om at de maatte komme i Familien, han er maaske ikke gift men de 2 Elever skulde have Værelse sammen og deres Mad derop Løn [overstregning] 175 aarlig de skulde undervises i Roedyrkning og Brugen af alle nye Maskiner Regnskabsføring – oh Johannes ingen kan ønske ham mere en god Plads end jeg gjør – Gud give og Held at finde det beder jeg dog saa meget om – 
 I andre Sønner er kommen paa gode Steder saa finder vi nok en Plads til ham
 Nu skal jeg spørge fra Faer hvornaar I mene at komme her til Byen, for nu skal du høre det bliver alligevel ikke den Lejlighed ved Mejers at I faar her Andresen kom forleden og spurgte Faer om der kunde faaes et [ulæseligt ord] Rum og en Lejlighed til Sommer han saa paa Pladsen og rejste saa ned til Faaborg for at tale med Manden, han kom tilbage og meldte at det er en Mand der laver Cementtagsten der skal saa bygges en Skorsten til og saa skulde han give 300 om Aaret saa den lille Have ved Mejer og Pladsen bag ved; Ladevika ved nok at I skulde have havt hendes – men nu faar vi se at ordne det naar vi hører om naar I vil komme
 Nu er det saa mørkt at jeg maa sige Farvel Johannes husk jeg er din Gudmoder og Fastelavn Søndag er din Daabsdag tag dine Søskende med hør enten Hoff eller Jungersen
 Din Moder</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
     <t>1899-03-26</t>
   </si>
   <si>
     <t>Alhed Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Nicolaus Lützhøft
 Elisabeth Storm
 Fritz Syberg</t>
   </si>
   <si>
     <t>Lützhöft bliver i brevet stavet som Lütshofft.
 Alhed Larsen er gravid og føder sit første barn "Puf" d.12.5 på Erikshaab, hvor hendes forældre bor.
 Fritz Syberg udstillede 26 billeder. Solgte på ferniseringsdagen "Interiør" til vinhandler Bestle for 175 kr. I Politiken stod der: "Aldrig har Syberg stået bedre." (Bente Scavenius: Den frie Udstilling i 100 år s. 66-68)</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg udstiller på Den Frie. Syberg har solgt for 850 kr.
 Alhed er gravid og skal til sine forældre på Erikshaab for at føde der.</t>
   </si>
   <si>
@@ -7777,50 +7978,101 @@
     <t>- Ast
 Berta Brandstrup
 Christian  Brandstrup
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Marie Oppermann
 Theodor Oppermann
 Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene, fordi hun skal føde parrets første barn.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Den frie Udstilling og hos Oppermann. Dagen efter skal han til Brandstrup. Larsen har solgt en akvarel til Fritz Syberg (Baronen).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SfVS</t>
   </si>
   <si>
     <t>Kæreste Alhed!
 Du faar kun et Par Ord nu da Kl. er saamange at jeg kun lige kan naa at faa det af Sted i Aften. Jeg har været paa den fri Udstilling i Formiddags med Uglen og Baronens og derefter i zoologisk Have og saa hos Oppermanns med Baronens. I Morgen skal vi til frokost hos Brandstrup og til Middag hos Oppermann sidste Sted skal Lysse og Mutter med. Jeg har solgt en Aquarel til Baronen for 100 Kr. Jeg skal hilse fra Fru Ast som vi traf i zoologisk Have. Jeg tænker meget paa Dig og er forfærdelig forelsket i Dig. Mange Hilsner Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-04-21</t>
   </si>
   <si>
     <t>Ullerslev
 Flødstrup
 Kerteminde Havn</t>
   </si>
   <si>
     <t>Carl Becher 
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed er hos forældrene på Erikshaab, fordi hun skal føde.
 Feden: I.A. Larsen (Johannes Larsens far) ejede en grund på Feden i Kerteminde med bl.a. skibsværft og arbejderboliger.
 "Motivet fra Vinduet": Billedet Sommer, solskin og blæst gengiver udsigten fra Johannes Larsens vindue i købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsen voksede op.</t>
   </si>
   <si>
     <t>Johannes Larsen har været hos Alhed (hos hendes forældre) og fik kørelejlighed fra Ullerslev. Han er rørt over, at hun havde pakket hans kuffert.
 I.A. Larsen har solgt noget af sin grund på Feden til kommunen.
@@ -8078,50 +8330,99 @@
 Jupiter Mogensen
 Christine Swane
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er på Erikshaab hos forældrene for at føde. Parrets første søn blev født 12. maj 1899.
 Gala Peter er et chokolademærke.</t>
   </si>
   <si>
     <t>Alhed har ikke malet. Hun vil lige se på tapetet på billedet.
 Hun og Dis har gået tur i skoven og været på Gelskov os se Jupiter (må være nyfødt søn af Mogensen-parret).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YgRf</t>
   </si>
   <si>
     <t>Min egen Dreng!
 Tak for Dit Brev i Dag! Jeg fik det sammen med 3 Pakker ”Gala Peter” inde fra Berta. Er det ikke forfærdelig sødt af hende? Jeg har allerede spist mange Stykker af det, det smager henrivende. Jeg har slet ikke malet i dag, jeg vilde gærne lade det staa en Dagstid for at se rigtig paa det Tapet, hvad der er at gøre ved det. Sikken et dejligt Vejr, vi har haft i Dag. Jeg har været tidlig oppe og med Dis oppe i Skoven, der er rigtignok aldeles henrivende for Tiden. Du skulde se, hvor den lille tykke Mis kan klatre i Trær, ikke ved at gaa paa Grenene, men rigtig som i en Klatrestang. Vi var lidt ude paa Gelskov og saa paa unge Jupiter, han er jo meget sød, men jeg vilde nok ønske, at vores lille Ven blev lidt kønnere navnlig hans Hud er slet ikke køn. – Jeg var i Gaar Eftermiddags ude en lang Tur, helt derude hvor vi var med Mogensen den Gang og ad Brinken hjem igennem hans Vintersæd. Fader og Palam gaar og har travlt med at saa Gyvel i disse Dage, Hestene ere komne paa Græs, alting er saa foraarsagtigt og dejligt, blot jeg var sammen med min egen Frajtermand, det er den eneste Mangel. – Dede kom lige nu hjem fra Odense cyclende paa Dis’s Cycle. – Du skrev jo først i Dag om at jeg skulde skrive til Grossereren, det var jo for sent, men jeg haaber Du overbragte ham min Hilsen. – Hils dem alle sammen mange Gange, jeg haaber Uglen maler noget kønt! 1000 Hilsner af de allerkærligste til Dig min egen Ven! Jeg elsker Dig og tænker forfærdelig meget paa Dig! Din egen Alhed.
 10ende Maj – 1899.</t>
   </si>
   <si>
     <t>1899-05-11</t>
   </si>
   <si>
+    <t>Wilhelmine Berg
+Johanne  Brandstrup
+- Jensen, Frøken, Erikshaab
+Asta Krohn
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år i et hus sammen med hans forældre, hans søstre og flere uidentificerede familiemedlemmer. Det vides ikke, hvad Harris Sawyers mor hed. 
+Alhed Larsen fik ikke en pige. Hun fødte en dreng 12. maj 1899.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1520</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer håber, at Alhed Larsen får en pige.
+Harris Sawyer er rejst til Milwaukee, hvor han skal indføre mælkesyre på et bryggeri. Det var en skuffelse, at Ellen ikke kunne komme med. Harris har besøgt Frederik Brandstrup og hans familie i Chicago. Datteren ligner Alhed/B og Johanne/Junge. Når Harris er væk, føler Ellen sig ikke hjemme. Hans familie er søde, men hun har det, som var hun en gæst. Harris troede på forhånd, at det skulle være hans og Ellens hjem, men de andre er for mange, og de dominerer.
+Ellen og Harris har besøgt nogle andre familiemedlemmer. Hun fik blomster, og flere personer sang, spillede og læste historier på dialekt.
+Ellen og Harris har fået en karaffel og en frugtskål.
+Ellen har broderet en bordløber til sin mor som tak for hjælpen med kasserne. Harris har syet et par hvide tråde.
+Ellen har været på biblioteket og i en fin gade med mange velklædte mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwuv</t>
+  </si>
+  <si>
+    <t>Maj 11-99
+Kære Moder
+Jeg er meget angergiven over at jeg har ladet en Brevdag skyde over. Der havde været så megen Uro og Travlhed at jeg kun kunde skrive et Gadskebrev og så vilde jeg hellere vente et Par Dage. – 
+Vil du takke Frk. Jensen så meget for hendes Brev. Bare hun nu må komme sig helt for Hosten og Influenzaen. Alheds lille Pige kommer da ikke til at lide Mangel på Velyndere når hun kommer. – Det vilde være underligt, hvis det blev en Dreng, - det må vi da ikke håbe. Når du får dette Brev er det måske overstået.
+Jeg er Enke i denne Tid. Harris rejste i Fredags til Milwaukee, en lille By i Nærheden af Chicago, hvor han skulde indføre Mælkesyre på et stort Bryggeri, et af de største i Amerika. Han venter sig rigtig gode Forretninger af det, men jeg er ikke Mand for at klare hvordan det egentlig hænger sammen. Det var jo en lille Skuffelse, at jeg ikke kunde komme med, men han bliver kun borte c. 8 Dage og de ere snart gåede. Han skriver hver Dag og har det godt. Han var dårlig da han rejste, et af sine Mavetilfælde men Luftforandringen har gjort ham godt. Tænk han har besøgt Onkel Frederik og syntes så godt om dem alle. Onkel Fr. lod til at være meget glad over at se ham og få en Passiar med ham alt hjemme. E. skriver at Børnene er så søde. Mary Kirstine er en ægte Brandstrup, - hun ligner [”n” i "ligner" indsat over linien] Junge, B og mig men mest B. Drengen er allerkæreste. Når han kommer hjem skal jeg forklare meget mere om dem og skrive derom. – 
+Det er skrækkelig trist når East er væk og jeg føler rigtig hvor lidt hjemme jeg i Grunden føler mig i hele denne Familjere'lighed, som jo slet ikke kommer mig ved i Grunden. De ere udsøgt rare imod mig og lader mig passe mig selv så meget jeg vil, men jeg føler mig som Gæst her og det er jo i Længden trættende, selv om man bliver behandlet med udsøgt Gæstfrihed. Harris mente da han flyttede herind at det skulde være vores Hjem og de andre som boede hos os, men han er begyndt at indse, at han gjorde en Bommert der. – De er for mange om os og det er fuldstændig deres Aand der er den herskende. Jeg har længe været ked af det hele Arrangement og det har længe ulmet i East. Forleden mig straks ”cousin Elle” og jeg følte mig hele Dagen som mellem andre borgerlige Mennesker. Vi gik fra det ene Hus til det andet og blev hædret og underholdt på det kraftigste. ”Cousin Ed” havde en stor Have og gav mig så mange Blomster som vi kunde slæbe hjem, Violer, Æblegrene, en stor Magnoliablomst og en dejlig Cactus. De fleste af dem spiller el synger, om Aftenen samledes de alle med deres Koner i det Hus, som vi oprindeligt besøgte og spillede og sang, èn læste Historier i Bondedialekt og alle morede sig fortræffeligt. 
+Det var næsten på Landet derude og meget smukt. 
+Jeg var helt begejstret over at se Køer græsse og rigtige Pløjemarker. 
+Vi har fået to Presenter siden jeg skrev sidst, - en Vandkaraffel af tykt slebet Glas og en dito Frugtskål. Jeg ved ikke rigtig hvad man kalder sådan den Slags hjemme. Det er sådan noget som det lille Glas du en Gang fik af Bedstemoder el – det lille Glas Asta gav mig da hun rejste. Vores Frugtskål er det tykkeste og tungeste jeg nogensinde har set i den Branche.- 
+Det kunde more mig ved Lejlighed at få at vide om Mr. Pray er kommen til at bo hos Tante Mis og om han skikker sig vel! 
+Er Pakken kommet sikkert derover med Guldfingerbøl og det hele. Bordløberen er til dig til Gengæld for at den Styr du har haft med mine Kasser. – Jeg syede den i sådan en Fart at den vist ikke kan stå for en kritisk Prøve, og der en Stilk og nogle Pletter som jeg ikke nåede. Den Plet, hvor som ["hvor" overstreget; ”som” indsat over linien] der er syt en hvid Tråd over, har Eastman syt. Han tiggede hele Tiden, mens jeg syede den, om han måtte have den, - det egoistiske Asen, men jeg var stærk! 
+Jeg har været i Byen idag og inde på det store offentlige Bibliotek efter Bøger. Jeg spadserede ned gennem Boilston St., en af de fine Gader. Det er aldeles imponerende hvad man der ser af Elegance og fine Klæder. Man kan ikke gøre sig nogen Forestilling om det der er èn Raslen af Silke og en Dunst af Parfume, og Hattene – Bjærge af Blomster og Tull. -
+Her er meget smukt nu. Her er Tusinder af blomstrende Frugttræer, Syrenerne og Kastanjerne ere næsten udsprungne, - smukt er her, det kan ikke nægtes. 
+Nu kun Hilsen til alle, mest til dig fra Pelle. 
+[Skrevet langs venstre margen s. 7; lodret:]
+Helen beder, om du ikke vil sende en gammel Avis, ligegyldig hvilken ved Lejlighed – der er én som samler udenlandske Blade.</t>
+  </si>
+  <si>
     <t>Victor Bøttern
 Carl Meyer
 Ulrik Plesner</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun skal føde.
 Karl Meyer har købt akvareller hos Plesner: Johannes Larsen betalte arkitekt Plesner for tegninger til villaen på Møllebakken i Kerteminde med akvareller. Det er muligvis derfor, at Meyer har kunnet købe akvareller hos Plesner.
 "saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion": Der har tidligere været tale om at holde auktion over Larsens billeder hos Winkel &amp;amp; Magnussen. 
 Billedet af åkandebuketten: Johannes Larsen har fortalt billedets nuværende ejers morfar, at Alheds brudebuket bestod af åkander, og at han efter brylluppet malede et billede af buketten.</t>
   </si>
   <si>
     <t>Johannes Larsen maler på Morgenbilledet. Solen forsvandt, da han skulle male på pæretræet, og kodriverne var visne, så han måtte plukke nye til billedet af buketten. Larsen maler også på et motiv fra gaden, men et stort kastanietræ, der optræder midt i billedet, er blevet fældet.
 Johannes Larsen vil være "slave af pæretræet", så længe det blomstrer.
 Han har fået 200 kr. i betaling for akvareller fra en overretssagfører Karl Meyer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YqJo</t>
   </si>
   <si>
     <t>Kjerteminde 11. Maj 1899.
 Kæreste Alhed!
 Maa jeg allerførst takke Dig for Dine Breve i Gaar og i Dag, jeg skrev jo ikke i Gaar i Anledning af at det er Helligdag i Dag. Jeg fik arbejdet ganske godt i Gaar nemlig paa de tre Billeder, om Aftenen var vi til Gilde hos Grossereren med 2 varme Retter og koldt Bord og Rødvin og Madeira og bag efter fik de andre Kaffe og jeg Toddy, i Morges fik jeg malet en hel Masse paa Morgenbilledet derimod snød Solen mig akkurat de 3 Timer jeg skulde male paa Pæretræet og Kodriverne var visne saa jeg maatte have en ny Buket i og de skal først staa og rette sig til i Morgen inden jeg kan begynde og saa maa jeg male det hele om den Del af Buketten som jeg har malet færdig er nemlig kønnere paa den ny Buket. I Eftermiddag har jeg været med ude at vande Kør og flytte dem hen i en anden Mark og i Aften har jeg ogsaa været med ude at flytte og er en Del træt nu. Jeg har længe syntes at det Motiv ned paa Gaden saa saa underligt bart ud i Aar men jeg har troet at det var fordi Træerne endnu ikke vare rigtig udsprungne, men saa opdager jeg i Dag til min store Ærgrelse at der er fældet et meget smukt Kastanietræ lige midt i Billedet, det mest fremragende Træ i hele Motivet. I Gaar sprang Skoven ud her, og i Dag har jeg set de første Bysvaler og de første Terner, saa nu maa vi vel faa Sommer, det har været dejligt Vejr i dag og i Gaar. Pæretræet er nu halvt udsprunget, det bliver dejligt, men alligevel er jeg somme Tider ved at blive gal paa det naar jeg tænker paa at nu er jeg Slave af det saalænge det staar i Blomst eller ogsaa maa Billedet udsættes i 2 Aar og det maa det maaske nok alligevel hvis Vejret ikke bliver meget naadigt, det er ogsaa lige haardt nok at skulde være lige oplagt paa samme korte Tid hver Dag. Jeg har det ogsaa lige haardt nok i disse Dage med 4 Billeder, men jeg naar ogsaa sjældent at komme i Lav med mere end de 3 af Gangen, det med Kodriverne driller mig næsten mest fordi jeg maa sidde inde i det dejlige Vejr, det er vist nok fordi jeg ikke har faaet bestilt noget i Eftermiddag at jeg sidder og bliver saa gal paa mine Billeder. Det er sandt jeg glemmer nok noget af det vigtigste, i Gaar da jeg sad her og malede blev jeg overrasket af Postbudet som kom med et Pengebrev fra Overretssagfører Karl Meyer, som indeholdt 200 Kr for 2 Aquareller, som han havde købt hos Plesner, saa det lader jo til at gaa helt godt med dem, det nu 5 til 100 Kr. og Aakanderne, saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion. Nu kan jeg ikke skrive mere for de sidder her og snakker i Munden paa hinanden og det er mørkt. Godnat mange Hilsner Din
 Johannes Larsen.</t>
   </si>
   <si>
@@ -8401,50 +8702,99 @@
   </si>
   <si>
     <t>Kjerteminde 22 Maj 1899.
 Kæreste Alhed!
 Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>1899-05-28</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun har født sit første barn 12. maj.</t>
   </si>
   <si>
     <t>Alhed har travlt og vil bare skrive god pinse samt dejligt, at Larsen kan male på Morgenbilledet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PrWr</t>
   </si>
   <si>
     <t>Kære lille Las!
 Du faar kun to Linjer for at ønske Dig en glædelig Pinse! Jeg har rasende travlt i Dag har Du vist kunnet male paa Dit Morgenbillede, jeg tror, det var Solskin! - -
 1000 kærlige Hilsner i Morgen skal jeg nok skrive mere!
 Din egen Alhed.
 28-5</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-05-30</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg (Baronen) har lejet bolig til Larsen-familien.
 Johannes Larsen maler på billedet af guldregnen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WXTV</t>
   </si>
   <si>
     <t>Kjerteminde 30 Maj [noget af papiret mangler]
 Kæreste Alhed!
 Tak for Dit meget lille Brev. Dette bliver og lille, da jeg skal have skrevet 4-5 inden jeg skal ned at male og jeg skal strax og er kun færdig med et. Baronen skriver at han har lejet til os hos Præstegaardsforpagteren hvor han selv har boet [noget af papiret mangler] Det er flinke Folk og [de] rykker ud af Deres [noget af papiret mangler] kommer, nej det [noget af papiret mangler] for meget. Du kan se det selv her er det. Mange Hilsner til jer begge Din Johannes.
 Guldregnen gik det godt med i Dag igen</t>
   </si>
   <si>
     <t>1899-05-31</t>
   </si>
   <si>
     <t>Andreas Larsen
@@ -9975,50 +10325,90 @@
   <si>
     <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
+  </si>
+  <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
   </si>
   <si>
     <t>1900-03-06</t>
   </si>
   <si>
     <t>I A Larsensvej Kerteminde</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen
 Vilhelm Larsen
 Marie Oppermann
 Ellen  Sawyer
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
 Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
 Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
   </si>
   <si>
     <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
   </si>
   <si>
@@ -10897,53 +11287,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mHn3</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frøken Astrid Warberg
 Kærbyhus
 Kjerteminde
 [På kuvertens bagside:]
 Poststempel
 [I brevet]
 Erikshaab d:25de April 
 Kæreste lille Putte!
 Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
 Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
 Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
 Hils saa mange Gange og sig Tak for sidst!
 Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
 Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
   </si>
   <si>
     <t>1901-05-10</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Christine  Mackie
 Otto Emil  Paludan
 Robert Schumann
 Andreas Warberg
 Astrid Warberg-Goldschmidt
 Emil Aarestrup</t>
   </si>
   <si>
     <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
 Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
   </si>
   <si>
     <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
 Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
 Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
   </si>
@@ -11191,83 +11578,125 @@
     <t>Fritz skriver til Anna, at han er færdig med to akvareller og snart kunne blive færdig med den tredje, hvis der kom en klar solskinsdag. Han arbejder på en aftentegning af Marie og Uglen. Marie kommer på besøg nogle dage i oktober. Den følgende dag er der en tilføjelse til brevet - nu er Fritz snart færdig med sine billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7e7n</t>
   </si>
   <si>
     <t>Kjerteminde 4/10 1901
 Kære Høns
 Nu er jeg færdig med to Aquareller og kunde også nemt blive færdig med den tredje dersom vi blot få en klar Solskinsdag.
 Jeg har taget fat på en Aftentegning ved Lampelys af Marie og Uglen. Motivet er morsomt men skulde egentlig helst males. Marie kommer ned og besøger os en Gang i Oktober hvad Du vel intet har imod. Hun skulde til Erikshåb fortalte hun og så bad jeg hende ned til os i nogle Dage.
 Her er Soldater og Indkvartering i disse Dage så her er meget travlt.
 Det er ikke sikkert at jeg trækker den ud til på Onsdag, men nu ser vi. Kys Børnene og mange Hilsener fra Din hengivne
 Fritz
 Søndag
 Kære Høns!
 Jeg skrev dette Brev i Lørdags men fik det ikke af Sted.
 Nu er jeg snart færdig med mine Billeder, det under Pæretræet fik jeg gjort noget ved i Dag, men det er ikke helt færdig endnu.
 Det ude fra Verringe venter jeg stadig på Solskin til, men Aftenbilledet og de andre to er færdige.
 Jeg længes efter Jer allesammen.
 Kys de små [Fostre] fra mig. Mange Hilsener fra Din hengivne Fritz.</t>
   </si>
   <si>
     <t>1901-10-14</t>
   </si>
   <si>
-    <t>Fyn
-[...2 lines deleted...]
-  <si>
     <t>- Allerup, lærer
 Otto Emil  Paludan
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
 Kaptajnen var lærer ved Astrids uddannelsessted. 
 Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bXkl</t>
   </si>
   <si>
     <t>[Fortrykt på brevkortets adresseside:]
 BREV-KORT
 (Paa denne Side skrives kun Adressen.)
 Til
 [Håndskrevet på kortets adresseside:]
 [Med blyant:] 1901
 [Med blæk:]
 Fru Laura Warberg
 Erikshåb
 Højrup
 [[Håndskrevet på kortets tekstside:]
 Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
 Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>1901-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Emil Brandstrup
+Johannes Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Holm, overpostmesteren, kammeraten og skolebestyreren kendes ikke. 
+”Ligtornen”: I begyndelsen af 1900-tallet var ”Ligtornen” et populært øgenavn for en restaurant i Industriforeningen (senere Industrirådet) ved Rådhuspladsen i København – restauranten lukkede i 1934 (Internettet, febr. 2026). 
+Munter var en hund på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1498</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg beder moderen sende lommetørklæder og underbukser. 
+Andreas har købt et spritapparat og noget cacao. Han har syet røde opslag på sin uniform og fandt i den sammenhæng ud af at bruge fingerbøl. Og han har besøgt Johannes Larsen/Las' udstilling. 
+Forleden besøgte Andreas sin morbror Emil Brandstrup, som bliver forfremmet til postmester.
+Andreas vil gerne have nogle elever at læse med. Han har tid tilovers, og han vil desuden gerne tjene lidt penge. I øvrigt bliver han ikke mæt ved måltiderne, da de andre spiser meget lidt, og han er den sidste, der får. 
+Tobaksbordet er kommet fra Odense, men Andreas får ikke et tæppe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aFaC</t>
+  </si>
+  <si>
+    <t>I
+København d. 27. Oct. 1901.
+Kære Mor!
+Først Tak for Tøjet, som jeg haaber snart maa blive efterfulgt af noget mere, blandt ander Lommetørklæder og Underbuxer, som jeg vist kan faa god Brug for til Skytteøvelserne længere henne i Tiden, naar Vejret bliver koldere. Allerede nu er det ikke særligt varmt Kl 6 om Morgenen og i Betragtning heraf samlede jeg forleden Dag al den Energi, som findes i mig og gik hen til en Issenkrænmer og købte et Spritapparat. Et saadant har været det staaende Samtaleemne mellem Holm og mig nu en hel Maaned, idet han hver Gang, han har set mig, har benyttet Lejligheden til at skælde mig Huden fuld paa Grund af dets ”Ikkeanskaffelser”, mendens jeg derimod, med al den Skarpsindighed, Juraen har skænket mig, søgte at bevise ham, at man ikke maa give efter for sine Lyster. Men i Fredags faldt jeg som sagt for Fristelsen og for at gøre Skridtet helt ud, købte jeg tillige nogen Sprit til Uhyret samt et Fjerdingspund Cacao, og jeg maa indrømme, at mine Skrupler over at svigte mine Principper temmelig let bleve reducerede til et Minimum, da jeg Lørdag Morgen sad ved en Kop dampende Kop Cacao i Stedet for den frygtelige The. 
+Hvis du ”en passant” føler dig fristet til at sende mig noget Cacao samtidig med Underb - , vil det selvfølgelig ikke blive sendt tilbage. I Aftes havde jeg et meget haardt Arbejde, idet jeg syede nye røde 
+II.
+Opslag paa min Uniform, hvilket jeg, naar jeg selv skal sige det, gjorde noget fikst, rigtig nok ogsaa med Opofrelse af mine Fingre, der blev fuldstændigt gennemhullede af Naalen, da jeg først paa et temmeligt sent Stadium af Arbejdet opdagede, at et Fingerbøl med Held kunde benyttes, hvilket dog sinkede lidt, da jeg for hver Gang, jeg skulde tager ["tager" overstreget] trække Naalen ud, maatte tage Fingerbøllet af og anbringe det paa Bordet, for saa igen at sætte den paa igen, naar Naalen skulde ud. Jeg var i Gaar oppe paa Las’s Udstilling; det var temmelig mange for at se paa dem, blandt andre en lille tyk Mand, der gav sin Ledsager i Kommission at købe ikke saa faa Stykker paa Tirsdag. Jeg sneg mig hele Tiden omkring for at høre de forskelliges Mening, der for det meste var meget anerkendende især om det Stykke hjemme fra Broen, hvor jeg staar i min Baad og fisker. Jeg følte mig naturligvis meget smigret. Las selv traf jeg deroppe men talte kun et Øjeblik med ham, da han havde meget travlt, men han lovede at komme herop til os en af Dagene. - - - Forleden Aften var jeg ude hos Onkel Emil for at høre om hans Ferie; han inviterede mig med [”med” anført oven over Linien] i ”Ligtornen”, hvor vi spiste til Aften; han havde samme Dag været oppe hos Overpostmestren, der havde sagt ham, at hans Embede vilde blive forstørret til Foraaret og hans selv blive Postmester af anden Grad, hvorover han selvfølgelig var meget glad. Tillige var hans Forkølelse omtrent forbi, og i den dobbelte Anledning gratulerede 
+III
+jeg naturligvis strax ”Altusius Theofilus Machiavelli Saturninus Brækbønne Brandstrup” Jeg er for Tiden optaget af en stor Idé om at faa nogle Fyre at læse med, da jeg daglig har mindst en á to Timer ledige, og den synes virkelig at skulle krones med Held. En af mine Kammerater har den ["den" overstreget] nemlig faaet den samme Tanke, og da han kender en Skolebestyrer, som maaske kunde skaffe ham nogle Timer, lovede han ogsaa at lægge et godt Ord ind for mig. Det kunde dog maaske i heldigste Fald løbe op til c. 25 Kr. om Maaneden og jeg imødeser med stor Spænding Udfaldet ikke blot for Fortjenestens Skyld, men ogsaa fordi det er rart at faa noget at bestille. Det frygteligste i min Tilværelse i det hele tager er de Timer, hvor jeg er færdig med at studere, men paa den anden Side ikke hverken har Morskabsbøger eller Tid for Spisetiderne til at gaa i Foreningen el. lign. - - Jeg har lige været en lille Afstikker henne hos en Konditor og indtaget en lille Forsyning Kager, og det skønt jeg om et Kvarter skal spise til Aften; jeg er nemlig besjælet af en glubende Appetit, men da jeg ved Maaltiderne faar sidst og da de andre kun spiser meget lidt og da jeg ikke gerne vil blive siddende efter at de andre har rejst sig, bliver jeg sjælden helt mæt skønt jeg hænger i som en Hest i den Tid, der forundes mig. Men trods alt er (”er” indsat over linjen] jeg sikkert taget 
+IV
+ikke saa faa Pund paa. Forleden fik jeg mit Tobaksbord fra Odense, men derimod ikke mit Tæppe, som jeg nok kunde have ønsket. Det lader nemlig til, at jeg overhovedet ikke faar det, Ta Mis har talt om, skønt jeg flere Gange har omtalt det. - - Jeg havde tænkt paa, at sende Munter et Kødben her i Brevet, men da det vist vilde være lidt upraktisk, vil du nok faa ham det givet paa en lidt nemmere Maade. - - -
+Det er da rart, at Far har det saa godt. 
+Mange Hilsner til alle fra D. 
+NB. Glem endelig ikke Tobakken; jeg kan ikke finde Manden, hvor jeg kan faa den Slags, og hvis saa var, maatte jeg købe 5 Kr ad Gangen.</t>
   </si>
   <si>
     <t>1901-12-16</t>
   </si>
   <si>
     <t>Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Sophie Meyer
 Johan  Norden
 Fritz Syberg</t>
   </si>
   <si>
     <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
 Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
 Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
   </si>
   <si>
     <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UgIn</t>
   </si>
@@ -12356,50 +12785,111 @@
 Nervi
 Genova
 Italia
 Poststempel
 [Skrevet af ukendt:] fra Junge om Peter Bichel forlovelsen
 [På kuvertens bagside:]
 Poststempel
 [Skrevet af ukendt:] 13 Nov 1903
 [I brevet:]
 8 – 11 – 03 
 [Øverst lodret på første side har ukendt person anført et regnestykke] 
 Kæreste lille søde Disserbein!
 Endelig faar jeg sanket Energi til at skrive til dig, maatte nu Aanden ikke straks stikke af igen, men blive her og være lidt godt over mig! Tak for Dine Breve derude fra; du synes mig ikke ret at være i den rette Himmel - - hvad? Saa vidt jeg husker (jeg har ikke dit Brev her og gider ikke godt gaa ned efter det) skriver du ikke noget om, at du har faaet to Breve fra mig - et som var skrevet den sidste Erikshaabs Aften, men det har du vel. I dem begge glemte jeg at skrive, at dine Skakke–Fotografier er lagt i Fremtidens Haand; man har nemlig travlt. Man arbejder nemlig saa rent utroligt med alskens Skyldraad. Lige til 12-1 om Natten arbejder man. Den eneste Fordel derved er, at andre faar en utrol. Masse Nattesøvn i den Anledning. Saa du maa tøve! og stole paa, at der er absolut er ingen Tid til at lave Billeder hverken til dig eller nogen anden. 
 Saa er der det andet Forretningsanliggende. Min ”Skyld” til dig. Ja, der er det penible at jeg netop vilde have skrevet og spurgt dig om, hvordan det har sig, for jeg aner det ikke. Fik du ingen Penge af mig? Hvis du ikke gjorde det, er Sagen klar nok: jeg skyldte dig 12 Kr (Natkj.) + 2 Kr. (Svamp) og deraf skal jeg give Hr. Skakke de 4 for Billeder, altsaa skylder jeg dig 10. Du kan vist selv bedst huske om du fik nogen hos mig eller ikke. Skal du sende 10 Kr. til dem og giver Adr.? Da jeg ikke ved noget med Bestemthed har jeg ingen sendt.
 3de Forretn. Pans Kaabe var jo i Flyttevognen alligevel; Pakmesteren kom tilbage hertil og ham fik jeg til at tage Pe[ulæseligt] og en stor Pakke med sig til at putte ind i Flyttevognen. I maa da have funden den og givet Pan den for længe siden ? ? ?
 Pakken staar i de [ulæseligt], men du aner ikke hvor det var svært at finde det hele. Jeg havde dog for Resten været forberedt paa langt større Fadaiser end dem jeg har begaaet. – Nu har jeg fastsat min Rejse til Staden og jeg haaber, at jeg ikke skal bestemme mig om; Torsdag d. 19de fra Odense og jeg glæder mig kolossalt – ikke mindst til lille Alfred, hvem du nok gaar og finder bedre og bedre?
 Hvad mig selv angaar, saa har jeg det brillant; jeg spiller til min egen Tilfredshed – det gaar saa grinagtig let for mig i denne Tid og saa læser jeg med Lidenskab. Jeg læser Ibsen – ja, jeg studerer Ibsen kan jeg sige, slæber hele Tasker fulde af hans Bøger med hjem og læser saa de glimrende Lambek Kritikker - lige efter, det er en sand Svir, og jeg studerer Brandes: Henrik Ibsen og jeg studerer Bierfreund: Florenz. Denne sidste kunde jeg ikke staa for da jeg traf den i en Boghandel i Odense, købte den for 3 store Kroner [skrevet under sidste ord ”Kroner”] og har nu i Aften læst om Fra Giovanni – alias: Beato di Angelico – alias: Fiesole. – ham der har lavet alt det vidunderlige overjordiske i Museo di San Marco i Florenz. Du ved, at den tyske (svenske) Maler skrev til dig at du maatte endelig se S. Marco Kloster i Florenz og jeg sad og maabede og vidste ikke rigtig hvad det var; senere gik det op for mig, at det var det herlige Sted, hvor jeg gik og fik Kvalme af Begejstring og hvor Tutte og jeg maatte lade vore amerik. Misser passere, for at vi alene kunde nyde Herlighederne. Det var det vidunderligste jeg saa af Kunst i Florenz. Ogsaa Bierfreund er meget begejstret. hm! hvilket jo altsaa geraader hans Smag til Ære. Hvorledes gaar det med Herzeriet giver det stadig smaa Livstegn med Omsvøb fra sig? Skriver Målerne noget? Hvad siger lille Alfred for godt? Saa vidt jeg har forstaaet det, har han heldig overvunden mig som Skær, hvorpaa der jo maatte strandes. Han skrev lidt forblommet derom. Det er igen [ulæseligt]gaards Ord i Elsa Finnes Mund. Saa snart Haabet dør, dør ogsaa Kærligheden. Hvad? tror du ikke.
 Naa – Pallams Stue er bleven nydelig kan du tro. Hvem der ser den er begejstret og den er ogsaa ganske overordentlig smuk. Et dejligt rødt Gulvtæppe har vi fået, en smuk Messinglampe, to smukke Lysestager - Møblerne er jo dejlige. Chatollet ikke til at stå for. Nye Gardiner – samme Slags som de gamle. –
 Der sad jeg skam og faldt i Søvn. Klokken er lige ved 11, da ["da" overstreget] jeg ville oppe paa mit Værelse, der jo ser ud ganske som før, men ak hvor længe varer det før ogsaa det kommer under ”Forvandlingens Lov.” Naa, jeg er nu ikke mismodig, det er man jo ikke, naar man er i Ballonen – du husker vel Elles gamle Udtryk for, naar der var Fart i en – åndelig ment. Du er vel ikke ked af, at du skulle rejse – jeg kan ikke rigtig blive klog paa dig; et Sted skriver du, at du længes efter at komme ”ud” og et andet noget om at der endelig maa ligge Brev til dig nar du kommer til Nervi træt og sløj el. lignende - Hvad er den rette Mening (? Lad mig høre lidt nærmere om denne Sag. Jeg tror nok, at jeg p.Gr.a. Søvnighed maa sige Stop for i Aften bare jeg vidste, om du faar dette i Kbhvn. eller ej; I skrev ikke noget om, hvor længe Rejsen var udsat, saa det vidste I vel ikke. Farvel lille Dis og Lykke paa Rejsen, lad mig se, du holder Halen højt. 
 Skriv snart. Hils Hirschsps.
 Din Junge.
 Kære Dis!
 Bare to Ord Posten er der! Jeg er lige hjemkommen fra Kbhv. Du maa skrive til Mor, hvad tænker du dog paa? Hvor kan du lade hende gaa i den Pine og Uvished og for Peter er det jo stor Skam
 Skriv nu
 H[ulæseligt] T.</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1904-03-02</t>
   </si>
   <si>
     <t>Louise Amstrup
 Aammen Jørgensen
 Augusta Mogensen
 Marie Paludan
 Erik Schaffalitzky de Muckadell
 Johanne Schroll
 - Skakke
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Erikshaab nær Sallinge på Sydfyn var godsforvalter Warbergs tjenestebollig, og her voksede Warberg-børnene op. Efter hans død måtte enken, Laura Warberg, fraflytte gården, og hun flyttede i slutningen af oktober 1903 til en fireværelses lejlighed på Sortedam Dossering 25 i København. Her boede hun og sønnen Andreas (Dede) en tid sammen. 
 Sommeren 1904 førte Johanne Warberg Larsen hus for den nye godsforvalter, Otto Emil Paludan/Pallam, på Erikshaab. Hendes lillesøster, Astrid, kom og tilbragte noget tid med dem dér, da der var fjendskab mod hende i familien, efter at hun var blevet forlovet med Alfred Goldschmidt (Astrid Warberg: Mit Livs Bog s. 61. Upublicerede erindringer; Kerteminde Egns- og Byhistoriske Arkiv).
 Familien Schroll boede på gården Lykkenssæde. 
 Det er uklart, hvilken søn der i 1904 blev født på Brobygaard. 
 Det vides ikke, hvad Otto Emil Paludan/Pallams mor hed. 
 Det vides ikke, hvem Viggo, Lisbeth, Kræstine og Hulda var. 
 "Slaa op paa Jensen": Frøken Jensens Kogebog udkom første gang 1901.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0424</t>
@@ -14901,50 +15391,146 @@
 Fru Johanne Warberg Larsen
 Lindøgaard
 pr. Dræby
 [Skrevet på kuvertens forside med kuglepen:]
 20-5-03
 [På kuvertens bagside:]
 A Warberg
 Sallinge Kro
 [I brevet:]
 Sallinge Kro, Søndag d 13’ Februar 1938
 Kæreste søde Junge!
 Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
 De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
 Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
 2)
 måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
 Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
 Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
 Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
 Ja, du kan tro, at det var en Aften. 
 Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
 I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
 Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
 Og at Vejen bliver lavet – og Lånet trækker op – 
 Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1939-03-18</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Louise Brønsted
 Thora Cohn
 Aksel Dydensborg
 Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Otto Emil  Paludan
 Ellen  Sawyer
 Adelheyde Syberg
 Ane Talbot
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Laura Warberg Petersen</t>
@@ -15638,59 +16224,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKby" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aFaC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M367"/>
+  <dimension ref="A1:M378"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -17155,14734 +17741,15225 @@
       </c>
       <c r="I33" s="5" t="s">
         <v>233</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>234</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>235</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>236</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>238</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>242</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...8 lines deleted...]
-        <v>18</v>
+      <c r="E36" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>275</v>
+        <v>94</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>246</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>305</v>
-[...7 lines deleted...]
-        <v>306</v>
+        <v>15</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>316</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>317</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E45" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>325</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>330</v>
+        <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>283</v>
+        <v>35</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F46" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>283</v>
+        <v>341</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>294</v>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>342</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>343</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>345</v>
+        <v>349</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E49" s="5" t="s">
-        <v>344</v>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>364</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>363</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>372</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>27</v>
+        <v>381</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H52" s="5" t="s">
+        <v>382</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>385</v>
+        <v>94</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-        <v>386</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>393</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-        <v>394</v>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>94</v>
+        <v>404</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F55" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>408</v>
+        <v>412</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>15</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>424</v>
+        <v>15</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>425</v>
-[...9 lines deleted...]
-        </is>
+        <v>363</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E59" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>15</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H61" s="5" t="s">
+        <v>450</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>457</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>461</v>
-[...8 lines deleted...]
-        <v>464</v>
+        <v>363</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5" t="s">
         <v>465</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>348</v>
+        <v>466</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>283</v>
+        <v>15</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>470</v>
+        <v>363</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>121</v>
+        <v>381</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>471</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>472</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>473</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>474</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>475</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>477</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="5" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>480</v>
+        <v>367</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>27</v>
+        <v>487</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>18</v>
+        <v>121</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>18</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>348</v>
+        <v>504</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>344</v>
+        <v>27</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>51</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>348</v>
+        <v>511</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>344</v>
+        <v>516</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>516</v>
+        <v>367</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>523</v>
+        <v>367</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>528</v>
+        <v>363</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>390</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>371</v>
+        <v>121</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>344</v>
+        <v>545</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>546</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>557</v>
+        <v>94</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>558</v>
+        <v>363</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>305</v>
+        <v>15</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>566</v>
+        <v>363</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>371</v>
+        <v>27</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>567</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5" t="s">
         <v>568</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>569</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>570</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>571</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>573</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>94</v>
+        <v>574</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>381</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="I78" s="5"/>
+      <c r="I78" s="5" t="s">
+        <v>577</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>15</v>
+        <v>316</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>344</v>
+        <v>583</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>390</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>344</v>
+        <v>591</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>348</v>
+        <v>594</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>348</v>
+        <v>602</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>604</v>
+        <v>27</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>612</v>
+        <v>363</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>616</v>
+        <v>367</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>617</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>618</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>620</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="F84" s="5" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>622</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>623</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>624</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>625</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>626</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>628</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>416</v>
+        <v>629</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>629</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>630</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E86" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>639</v>
+        <v>367</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>94</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>349</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F88" s="5" t="s">
-        <v>51</v>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>15</v>
+      </c>
+      <c r="D89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E89" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
-        <v>660</v>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>661</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>662</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>664</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>665</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>667</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-      <c r="G90" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="H90" s="5" t="s">
+      <c r="I90" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="I90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>671</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>672</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>674</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G91" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F92" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G92" s="5" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>688</v>
+        <v>94</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E94" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>696</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>698</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>699</v>
+        <v>367</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>658</v>
+        <v>705</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>15</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="s">
-        <v>704</v>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>663</v>
+        <v>708</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F96" s="5" t="s">
+        <v>713</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>663</v>
+        <v>730</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F99" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>735</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>734</v>
+        <v>680</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="s">
-        <v>739</v>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E101" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>658</v>
+        <v>16</v>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>760</v>
+      <c r="F103" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>663</v>
+        <v>765</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G106" s="5" t="s">
+        <v>784</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>785</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>786</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>792</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>793</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>305</v>
+        <v>675</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>792</v>
-[...3 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>794</v>
+        <v>680</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>800</v>
-[...3 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>659</v>
+        <v>121</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>663</v>
+        <v>811</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G111" s="5" t="s">
+        <v>816</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="s">
-        <v>824</v>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="I113" s="5"/>
+        <v>829</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>830</v>
+      </c>
       <c r="J113" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H114" s="5" t="s">
+        <v>835</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G115" s="5" t="s">
+        <v>841</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>842</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H116" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I116" s="5"/>
+      <c r="H116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>847</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>846</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D118" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="5" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>676</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>856</v>
+        <v>680</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D119" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D119" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="5" t="s">
-        <v>861</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G119" s="5" t="s">
+        <v>863</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>864</v>
+        <v>680</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="I120" s="5"/>
+        <v>871</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>872</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>659</v>
+        <v>878</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G121" s="5" t="s">
-        <v>875</v>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>879</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>880</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>663</v>
+        <v>881</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        <v>881</v>
+        <v>878</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
-        <v>663</v>
+        <v>887</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>888</v>
+        <v>675</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>889</v>
+        <v>94</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>660</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>892</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>892</v>
+        <v>680</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="s">
-        <v>660</v>
+        <v>898</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>912</v>
+        <v>94</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>462</v>
+        <v>676</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G126" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>915</v>
+        <v>680</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L126" s="6" t="s">
         <v>917</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="5" t="n">
+      <c r="A127" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="5" t="n">
         <v>1898</v>
-      </c>
-[...86 lines deleted...]
-        <v>931</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D129" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="5" t="n">
+        <v>1898</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E129" s="5" t="inlineStr">
-[...40 lines deleted...]
-      </c>
       <c r="D130" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F130" s="5" t="s">
-        <v>27</v>
+        <v>941</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D131" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D131" s="5" t="s">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="I131" s="5"/>
+        <v>949</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>950</v>
+      </c>
       <c r="J131" s="5" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D132" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>951</v>
+        <v>27</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>959</v>
-[...3 lines deleted...]
-      </c>
+        <v>963</v>
+      </c>
+      <c r="I133" s="5"/>
       <c r="J133" s="5" t="s">
-        <v>663</v>
+        <v>964</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F134" s="5" t="s">
-        <v>27</v>
+        <v>968</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>676</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="I135" s="5"/>
+        <v>976</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>977</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>977</v>
+        <v>129</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D137" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D137" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>989</v>
+      </c>
+      <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>994</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>663</v>
+        <v>997</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G139" s="5" t="s">
-        <v>997</v>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D140" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D140" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E142" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-        <v>1017</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>94</v>
+        <v>1026</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1027</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>1028</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>663</v>
+        <v>1031</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G144" s="5" t="s">
+        <v>1036</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>1032</v>
+        <v>680</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="s">
-        <v>1044</v>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="I146" s="5"/>
+        <v>1050</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>1051</v>
+      </c>
       <c r="J146" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>658</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>968</v>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>663</v>
+        <v>1058</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>675</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G148" s="5" t="s">
+        <v>1063</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G149" s="5" t="s">
+        <v>1070</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1062</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D151" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D151" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E151" s="5" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="s">
-        <v>1074</v>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="I152" s="5"/>
+        <v>1088</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>1089</v>
+      </c>
       <c r="J152" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1086</v>
+        <v>1094</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1087</v>
+        <v>1095</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E154" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G154" s="5" t="s">
+        <v>1100</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="s">
-        <v>1098</v>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F157" s="5" t="s">
-        <v>129</v>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D158" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E158" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G158" s="5" t="s">
+        <v>1124</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1117</v>
+        <v>1126</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1118</v>
+        <v>1127</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F160" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1126</v>
-[...1 lines deleted...]
-      <c r="I160" s="5"/>
+        <v>1136</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>1137</v>
+      </c>
       <c r="J160" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F162" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D163" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D163" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="s">
-        <v>1142</v>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1145</v>
+        <v>1154</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1147</v>
+        <v>1156</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="s">
-        <v>1148</v>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1149</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D165" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D165" s="5" t="s">
-[...13 lines deleted...]
-        <v>1155</v>
+      <c r="E165" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="s">
-        <v>660</v>
+        <v>1168</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1162</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>1174</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1171</v>
+        <v>680</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>1176</v>
+        <v>94</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>1177</v>
-[...10 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>1186</v>
+        <v>94</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>675</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G169" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H169" s="5" t="s">
         <v>1188</v>
       </c>
       <c r="I169" s="5" t="s">
         <v>1189</v>
       </c>
       <c r="J169" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K169" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="K169" s="5" t="s">
+      <c r="L169" s="6" t="s">
         <v>1191</v>
       </c>
-      <c r="L169" s="6" t="s">
+      <c r="M169" s="5" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F170" s="5" t="s">
         <v>1194</v>
-      </c>
-[...13 lines deleted...]
-        <v>731</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
         <v>1195</v>
       </c>
       <c r="I170" s="5" t="s">
         <v>1196</v>
       </c>
       <c r="J170" s="5" t="s">
         <v>1197</v>
       </c>
       <c r="K170" s="5" t="s">
         <v>1198</v>
       </c>
       <c r="L170" s="6" t="s">
         <v>1199</v>
       </c>
       <c r="M170" s="5" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
         <v>1201</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>15</v>
+        <v>1202</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>16</v>
+        <v>1203</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>27</v>
+        <v>1204</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>731</v>
+        <v>1205</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1204</v>
+        <v>367</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1201</v>
+        <v>1211</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>94</v>
+        <v>1212</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>861</v>
-[...5 lines deleted...]
-        <v>1208</v>
+        <v>1213</v>
+      </c>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>348</v>
+        <v>1216</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>1215</v>
+        <v>27</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>696</v>
+        <v>27</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>1230</v>
+        <v>94</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1231</v>
+        <v>878</v>
       </c>
       <c r="F175" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G175" s="5" t="s">
-        <v>1231</v>
-[...4 lines deleted...]
-        </is>
+        <v>1234</v>
+      </c>
+      <c r="H175" s="5" t="s">
+        <v>1235</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>378</v>
+        <v>1241</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1237</v>
+        <v>748</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>658</v>
+        <v>1242</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>348</v>
+        <v>1244</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1243</v>
+        <v>713</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>27</v>
+        <v>748</v>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>94</v>
+        <v>1256</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>344</v>
+        <v>1257</v>
       </c>
       <c r="F178" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>1251</v>
-[...4 lines deleted...]
-      <c r="I178" s="5"/>
+        <v>1257</v>
+      </c>
+      <c r="H178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1258</v>
+      </c>
       <c r="J178" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="F179" s="5" t="s">
-        <v>1257</v>
+        <v>27</v>
       </c>
       <c r="G179" s="5" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1259</v>
+        <v>675</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E180" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>1272</v>
+        <v>94</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>363</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G181" s="5" t="s">
+        <v>1277</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1273</v>
-[...3 lines deleted...]
-      </c>
+        <v>1278</v>
+      </c>
+      <c r="I181" s="5"/>
       <c r="J181" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="F182" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>1284</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1285</v>
-[...1 lines deleted...]
-      <c r="I183" s="5"/>
+        <v>1291</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1292</v>
+      </c>
       <c r="J183" s="5" t="s">
-        <v>663</v>
+        <v>1293</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>103</v>
+        <v>1298</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1292</v>
+        <v>680</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>283</v>
+        <v>94</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1297</v>
+        <v>675</v>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1300</v>
+        <v>680</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>888</v>
+        <v>94</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>658</v>
-[...8 lines deleted...]
-        <v>1305</v>
+        <v>675</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1306</v>
-[...3 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>888</v>
+        <v>103</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>889</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>103</v>
+        <v>294</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>129</v>
+        <v>1323</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>348</v>
+        <v>1326</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>658</v>
+        <v>905</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E189" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F189" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F189" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G189" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>659</v>
+        <v>1338</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="s">
-        <v>1331</v>
+      <c r="G190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>663</v>
+        <v>1341</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>658</v>
+        <v>905</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>94</v>
+        <v>906</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>663</v>
+        <v>1348</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1340</v>
+        <v>1349</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1342</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D192" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D192" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E192" s="5" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1344</v>
+        <v>1353</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1346</v>
+        <v>1355</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D193" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>659</v>
+        <v>129</v>
       </c>
       <c r="F193" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1352</v>
+        <v>1361</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1365</v>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>663</v>
+        <v>1368</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1358</v>
+        <v>1369</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D195" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G195" s="5" t="s">
+        <v>1373</v>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D196" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>676</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E197" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F198" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D199" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D199" s="5" t="s">
-[...13 lines deleted...]
-        <v>1385</v>
+      <c r="E199" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D200" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F201" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="F202" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1410</v>
+        <v>1421</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1411</v>
+        <v>1422</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1413</v>
+        <v>1424</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>94</v>
-[...10 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>1427</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1415</v>
+        <v>1433</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E205" s="5" t="s">
-        <v>1297</v>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1422</v>
+        <v>1435</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1423</v>
+        <v>1436</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1426</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>676</v>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1410</v>
+        <v>1440</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F207" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G207" s="5" t="s">
-        <v>1433</v>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1436</v>
+        <v>1448</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>27</v>
+        <v>1323</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H211" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>663</v>
+        <v>1471</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F212" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1463</v>
-[...1 lines deleted...]
-      <c r="I212" s="5"/>
+        <v>1458</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1476</v>
+      </c>
       <c r="J212" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1464</v>
+        <v>1477</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1465</v>
+        <v>1478</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1466</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1467</v>
+        <v>1480</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F213" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G213" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G213" s="5" t="s">
+        <v>1481</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1473</v>
+        <v>1487</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D214" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D214" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E214" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F214" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F214" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1478</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1473</v>
+        <v>1493</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1479</v>
+        <v>1495</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1480</v>
+        <v>1496</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1481</v>
+        <v>1497</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1482</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1483</v>
+        <v>1499</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D216" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1485</v>
+        <v>1501</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1486</v>
+        <v>1502</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1487</v>
+        <v>1503</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1488</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1489</v>
+        <v>1505</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H217" s="5" t="s">
-        <v>1490</v>
+      <c r="H217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1491</v>
+        <v>1506</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1492</v>
+        <v>1507</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1493</v>
+        <v>1508</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1495</v>
+        <v>1505</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1510</v>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1496</v>
+        <v>1511</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1497</v>
+        <v>1512</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>663</v>
+        <v>1513</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1501</v>
+        <v>1517</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D219" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F219" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1502</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="I219" s="5"/>
       <c r="J219" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1504</v>
+        <v>1519</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1505</v>
+        <v>1520</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1506</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1507</v>
+        <v>1522</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F220" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1508</v>
-[...1 lines deleted...]
-      <c r="I220" s="5"/>
+        <v>1523</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1524</v>
+      </c>
       <c r="J220" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1509</v>
+        <v>1525</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1510</v>
+        <v>1526</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1511</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1512</v>
+        <v>1528</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1513</v>
+        <v>1529</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1514</v>
+        <v>1530</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1516</v>
+        <v>1532</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1517</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1518</v>
+        <v>1528</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D222" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F222" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1520</v>
+        <v>1534</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1521</v>
+        <v>1535</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1523</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1524</v>
+        <v>1538</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1525</v>
+        <v>1539</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1526</v>
+        <v>1540</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1527</v>
+        <v>1541</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1529</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1530</v>
+        <v>1544</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1531</v>
+        <v>1545</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1532</v>
+        <v>1546</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1533</v>
+        <v>1547</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1534</v>
+        <v>1548</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1535</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1536</v>
+        <v>1550</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>888</v>
+        <v>675</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F225" s="5" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>1537</v>
+        <v>27</v>
+      </c>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1539</v>
+        <v>1552</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1540</v>
+        <v>1553</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1541</v>
+        <v>1554</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1542</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1536</v>
+        <v>1556</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>888</v>
+        <v>675</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1546</v>
+        <v>1560</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1547</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D227" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D227" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E227" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F227" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1549</v>
-[...3 lines deleted...]
-      </c>
+        <v>1563</v>
+      </c>
+      <c r="I227" s="5"/>
       <c r="J227" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1552</v>
+        <v>1565</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1553</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1554</v>
+        <v>1567</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>675</v>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1555</v>
+        <v>1568</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1556</v>
+        <v>1569</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1557</v>
+        <v>1570</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D229" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D229" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F229" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F229" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>911</v>
-[...7 lines deleted...]
-        <v>362</v>
+        <v>94</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1567</v>
-[...1 lines deleted...]
-      <c r="I230" s="5"/>
+        <v>1580</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>1581</v>
+      </c>
       <c r="J230" s="5" t="s">
-        <v>1568</v>
+        <v>680</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1566</v>
+        <v>1585</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D231" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D231" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F231" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F231" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1572</v>
+        <v>1586</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1573</v>
+        <v>1587</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1574</v>
+        <v>1588</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1575</v>
+        <v>1589</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1576</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1577</v>
+        <v>1591</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>305</v>
+        <v>905</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1578</v>
+        <v>676</v>
       </c>
       <c r="F232" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>677</v>
+      </c>
+      <c r="G232" s="5" t="s">
+        <v>1592</v>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1579</v>
+        <v>1593</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1580</v>
+        <v>1594</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1581</v>
+        <v>680</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1582</v>
+        <v>1595</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1583</v>
+        <v>1596</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1577</v>
+        <v>1591</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>94</v>
+        <v>905</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1587</v>
+        <v>1600</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>888</v>
+        <v>94</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>675</v>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1595</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1596</v>
+        <v>1609</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>911</v>
+        <v>94</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1597</v>
+        <v>677</v>
+      </c>
+      <c r="F235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1600</v>
+        <v>680</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>911</v>
-[...7 lines deleted...]
-        <v>1597</v>
+        <v>675</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1605</v>
+        <v>1616</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1606</v>
+        <v>1617</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1607</v>
+        <v>680</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>16</v>
+        <v>928</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="s">
-        <v>731</v>
+        <v>381</v>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1612</v>
-[...3 lines deleted...]
-      </c>
+        <v>1622</v>
+      </c>
+      <c r="I237" s="5"/>
       <c r="J237" s="5" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1617</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>731</v>
+        <v>675</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1621</v>
+        <v>680</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D239" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D239" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239" s="5" t="s">
-        <v>129</v>
+        <v>1633</v>
       </c>
       <c r="F239" s="5" t="s">
-        <v>121</v>
+        <v>381</v>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
         <v>1632</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1633</v>
+        <v>27</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>1636</v>
+        <v>680</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>15</v>
+        <v>905</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>924</v>
+        <v>676</v>
+      </c>
+      <c r="F241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1643</v>
+        <v>680</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>1633</v>
+        <v>27</v>
       </c>
       <c r="F242" s="5" t="s">
-        <v>924</v>
+        <v>1652</v>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>928</v>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F243" s="5" t="s">
-        <v>121</v>
+        <v>1652</v>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>911</v>
+        <v>15</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>16</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="s">
-        <v>1662</v>
+        <v>748</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F245" s="5" t="s">
-        <v>362</v>
+        <v>748</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>888</v>
+        <v>15</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>889</v>
+        <v>35</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>659</v>
+        <v>129</v>
       </c>
       <c r="F246" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1688</v>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1691</v>
+        <v>15</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>889</v>
+        <v>928</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>1179</v>
+        <v>878</v>
       </c>
       <c r="F248" s="5" t="s">
-        <v>129</v>
+        <v>941</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>348</v>
+        <v>1698</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>658</v>
+        <v>928</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1688</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>941</v>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>663</v>
+        <v>1705</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>663</v>
+        <v>1712</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>888</v>
+        <v>928</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>1717</v>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>663</v>
+        <v>1720</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1297</v>
+        <v>15</v>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="s">
-        <v>1716</v>
+        <v>381</v>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>94</v>
+        <v>905</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>16</v>
+        <v>906</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F253" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1724</v>
+        <v>129</v>
+      </c>
+      <c r="G253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>348</v>
+        <v>1734</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>888</v>
+        <v>94</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>15</v>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>663</v>
+        <v>1741</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1734</v>
+        <v>1743</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1735</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>94</v>
+        <v>1746</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>906</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1742</v>
+        <v>1752</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1691</v>
+        <v>94</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>889</v>
+        <v>675</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>1743</v>
+        <v>27</v>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1748</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1749</v>
+        <v>1758</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1750</v>
+        <v>94</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>16</v>
+        <v>1759</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1753</v>
+        <v>680</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1754</v>
+        <v>1761</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1756</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1757</v>
+        <v>1764</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1759</v>
+        <v>1766</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1760</v>
+        <v>1767</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1761</v>
+        <v>1768</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1762</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>659</v>
+        <v>1323</v>
       </c>
       <c r="F259" s="5" t="s">
-        <v>27</v>
+        <v>1771</v>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>663</v>
+        <v>1774</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>658</v>
+        <v>928</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F260" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1770</v>
-[...1 lines deleted...]
-      <c r="I260" s="5"/>
+        <v>1779</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>1780</v>
+      </c>
       <c r="J260" s="5" t="s">
-        <v>663</v>
+        <v>1781</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1771</v>
+        <v>1782</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1772</v>
+        <v>1783</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1773</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1774</v>
+        <v>1785</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G261" s="5" t="s">
-        <v>1775</v>
+        <v>1786</v>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1776</v>
+        <v>1787</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1777</v>
+        <v>1788</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1778</v>
+        <v>1789</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>658</v>
+        <v>905</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>1782</v>
+        <v>676</v>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1785</v>
+        <v>1795</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1786</v>
+        <v>1796</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1787</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>675</v>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>94</v>
+        <v>1746</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>658</v>
+        <v>906</v>
       </c>
       <c r="E264" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>1805</v>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1795</v>
+        <v>1806</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1796</v>
+        <v>1807</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1797</v>
+        <v>1808</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1798</v>
+        <v>1809</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1800</v>
+        <v>1811</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>94</v>
+        <v>1812</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1801</v>
+        <v>16</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>663</v>
+        <v>1815</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>658</v>
+        <v>905</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>1807</v>
+        <v>676</v>
+      </c>
+      <c r="F266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>305</v>
+        <v>675</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F267" s="5" t="s">
-        <v>1814</v>
+        <v>27</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1815</v>
+        <v>1826</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1816</v>
+        <v>1827</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1817</v>
+        <v>680</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1818</v>
+        <v>1828</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1819</v>
+        <v>1829</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>911</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F268" s="5" t="s">
-        <v>1822</v>
+        <v>27</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1823</v>
-[...3 lines deleted...]
-      </c>
+        <v>1832</v>
+      </c>
+      <c r="I268" s="5"/>
       <c r="J268" s="5" t="s">
-        <v>1825</v>
+        <v>680</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1828</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>888</v>
+        <v>675</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G269" s="5" t="s">
+        <v>1837</v>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1835</v>
+        <v>1843</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>888</v>
+        <v>675</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F270" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>1844</v>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1836</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1845</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1846</v>
+      </c>
       <c r="J270" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1839</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1840</v>
+        <v>1850</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>911</v>
-[...9 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1842</v>
-[...10 lines deleted...]
-        </is>
+        <v>1851</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J271" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K271" s="5" t="s">
+        <v>1853</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1843</v>
-[...1 lines deleted...]
-      <c r="M271" s="5"/>
+        <v>1854</v>
+      </c>
+      <c r="M271" s="5" t="s">
+        <v>1855</v>
+      </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>911</v>
-[...9 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1845</v>
-[...5 lines deleted...]
-        </is>
+        <v>1857</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>680</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1846</v>
+        <v>1859</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1847</v>
-[...1 lines deleted...]
-      <c r="M272" s="5"/>
+        <v>1860</v>
+      </c>
+      <c r="M272" s="5" t="s">
+        <v>1861</v>
+      </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1848</v>
+        <v>1862</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>911</v>
+        <v>94</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>1814</v>
+        <v>675</v>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1849</v>
+        <v>1863</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1850</v>
+        <v>1864</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1851</v>
+        <v>680</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1852</v>
+        <v>1865</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1853</v>
+        <v>1866</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1854</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1855</v>
+        <v>1868</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D274" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G274" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G274" s="5" t="s">
+        <v>1869</v>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1856</v>
+        <v>1870</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1857</v>
+        <v>1871</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1858</v>
+        <v>1872</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1859</v>
+        <v>1873</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1860</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1861</v>
+        <v>1875</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D275" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D275" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="s">
-        <v>1822</v>
+        <v>1876</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1862</v>
+        <v>1877</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1863</v>
+        <v>1878</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1864</v>
+        <v>1879</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1865</v>
+        <v>1880</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1866</v>
+        <v>1881</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1867</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1868</v>
+        <v>1883</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1869</v>
-[...7 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F276" s="5" t="s">
+        <v>1884</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1871</v>
+        <v>1886</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1872</v>
+        <v>1887</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1873</v>
+        <v>1888</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1874</v>
+        <v>1889</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1876</v>
+        <v>1891</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>103</v>
+        <v>675</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F277" s="5" t="s">
-        <v>951</v>
+        <v>27</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1877</v>
+        <v>1892</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1878</v>
+        <v>1893</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1879</v>
+        <v>680</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1880</v>
+        <v>1894</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1882</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1883</v>
+        <v>1897</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>94</v>
+        <v>905</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G278" s="5" t="s">
-        <v>1884</v>
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1885</v>
+        <v>1898</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1887</v>
+        <v>1900</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1888</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1889</v>
+        <v>1902</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>928</v>
+      </c>
+      <c r="D279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1890</v>
-[...8 lines deleted...]
-        <v>1893</v>
+        <v>1904</v>
+      </c>
+      <c r="I279" s="5"/>
+      <c r="J279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1894</v>
-[...3 lines deleted...]
-      </c>
+        <v>1905</v>
+      </c>
+      <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1896</v>
+        <v>1906</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>731</v>
+        <v>928</v>
+      </c>
+      <c r="D280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1897</v>
-[...5 lines deleted...]
-        <v>1899</v>
+        <v>1907</v>
+      </c>
+      <c r="I280" s="5"/>
+      <c r="J280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1901</v>
-[...3 lines deleted...]
-      </c>
+        <v>1909</v>
+      </c>
+      <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1463</v>
+        <v>928</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1904</v>
+        <v>294</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F281" s="5" t="s">
+        <v>1876</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="I281" s="5"/>
+        <v>1911</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1912</v>
+      </c>
       <c r="J281" s="5" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>1463</v>
+        <v>675</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1904</v>
+        <v>94</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="I282" s="5"/>
+        <v>1918</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>1919</v>
+      </c>
       <c r="J282" s="5" t="s">
-        <v>1905</v>
+        <v>680</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1911</v>
+        <v>1920</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1913</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>911</v>
+        <v>15</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1215</v>
+        <v>928</v>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F283" s="5" t="s">
-        <v>1915</v>
+        <v>1884</v>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1918</v>
-[...4 lines deleted...]
-        </is>
+        <v>1926</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>1927</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>888</v>
+        <v>103</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>889</v>
+        <v>1026</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>348</v>
+        <v>1933</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1927</v>
+        <v>1937</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>94</v>
+        <v>928</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        <v>1928</v>
+        <v>676</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="G285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>663</v>
+        <v>1940</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1931</v>
+        <v>1941</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1932</v>
+        <v>1942</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1933</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="s">
-        <v>1215</v>
+        <v>1945</v>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1935</v>
-[...3 lines deleted...]
-      </c>
+        <v>1946</v>
+      </c>
+      <c r="I286" s="5"/>
       <c r="J286" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1937</v>
+        <v>1947</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1938</v>
+        <v>1948</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1939</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1940</v>
+        <v>1950</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1941</v>
+        <v>15</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>16</v>
+        <v>929</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>1942</v>
-[...2 lines deleted...]
-        <v>924</v>
+        <v>27</v>
+      </c>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>658</v>
+        <v>928</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>659</v>
+        <v>748</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G288" s="5" t="s">
-        <v>1950</v>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1951</v>
+        <v>1958</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1952</v>
+        <v>1959</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>663</v>
+        <v>1960</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>94</v>
+        <v>1518</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>658</v>
+        <v>1965</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G289" s="5" t="s">
-        <v>1957</v>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1958</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
-        <v>663</v>
+        <v>1966</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1960</v>
+        <v>1967</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1961</v>
+        <v>1968</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>94</v>
+        <v>1518</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>658</v>
+        <v>1965</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1950</v>
+        <v>676</v>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1964</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="I290" s="5"/>
       <c r="J290" s="5" t="s">
-        <v>663</v>
+        <v>1966</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>1941</v>
+        <v>928</v>
       </c>
       <c r="D291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>1970</v>
-[...4 lines deleted...]
-        </is>
+        <v>1241</v>
+      </c>
+      <c r="F291" s="5" t="s">
+        <v>1028</v>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>1973</v>
-[...2 lines deleted...]
-        <v>1974</v>
+        <v>1978</v>
+      </c>
+      <c r="K291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1941</v>
+        <v>1982</v>
       </c>
       <c r="D292" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E292" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E292" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1985</v>
+        <v>905</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>906</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>1988</v>
+        <v>367</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C294" s="5" t="s">
+        <v>94</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G294" s="5" t="s">
+        <v>1996</v>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>1995</v>
+        <v>680</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>2000</v>
+        <v>94</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E295" s="5" t="s">
-        <v>2001</v>
+        <v>27</v>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G295" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G295" s="5" t="s">
+        <v>1241</v>
       </c>
       <c r="H295" s="5" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>2004</v>
+        <v>680</v>
       </c>
       <c r="K295" s="5" t="s">
         <v>2005</v>
       </c>
       <c r="L295" s="6" t="s">
         <v>2006</v>
       </c>
       <c r="M295" s="5" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
         <v>2008</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>2009</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>2010</v>
       </c>
-      <c r="F296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F296" s="5" t="s">
+        <v>941</v>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
         <v>2011</v>
       </c>
-      <c r="I296" s="5"/>
+      <c r="I296" s="5" t="s">
+        <v>2012</v>
+      </c>
       <c r="J296" s="5" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>911</v>
+        <v>94</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G297" s="5" t="s">
+        <v>2018</v>
       </c>
       <c r="H297" s="5" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>2020</v>
+        <v>680</v>
       </c>
       <c r="K297" s="5" t="s">
         <v>2021</v>
       </c>
       <c r="L297" s="6" t="s">
         <v>2022</v>
       </c>
       <c r="M297" s="5" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
         <v>2024</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>537</v>
+        <v>94</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E298" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G298" s="5" t="s">
         <v>2025</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H298" s="5" t="s">
         <v>2026</v>
       </c>
       <c r="I298" s="5" t="s">
         <v>2027</v>
       </c>
       <c r="J298" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K298" s="5" t="s">
         <v>2028</v>
       </c>
-      <c r="K298" s="5" t="s">
+      <c r="L298" s="6" t="s">
         <v>2029</v>
       </c>
-      <c r="L298" s="6" t="s">
+      <c r="M298" s="5" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>2018</v>
+      </c>
+      <c r="G299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H299" s="5" t="s">
         <v>2032</v>
       </c>
-      <c r="B299" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H299" s="5" t="s">
+      <c r="I299" s="5" t="s">
         <v>2033</v>
       </c>
-      <c r="I299" s="5" t="s">
+      <c r="J299" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K299" s="5" t="s">
         <v>2034</v>
       </c>
-      <c r="J299" s="5" t="s">
+      <c r="L299" s="6" t="s">
         <v>2035</v>
       </c>
-      <c r="K299" s="5" t="s">
+      <c r="M299" s="5" t="s">
         <v>2036</v>
-      </c>
-[...4 lines deleted...]
-        <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H300" s="5" t="s">
         <v>2039</v>
       </c>
-      <c r="B300" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G300" s="5" t="s">
+      <c r="I300" s="5" t="s">
         <v>2040</v>
       </c>
-      <c r="H300" s="5" t="s">
+      <c r="J300" s="5" t="s">
         <v>2041</v>
       </c>
-      <c r="I300" s="5" t="s">
+      <c r="K300" s="5" t="s">
         <v>2042</v>
       </c>
-      <c r="J300" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K300" s="5" t="s">
+      <c r="L300" s="6" t="s">
         <v>2043</v>
       </c>
-      <c r="L300" s="6" t="s">
+      <c r="M300" s="5" t="s">
         <v>2044</v>
-      </c>
-[...1 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H301" s="5" t="s">
         <v>2046</v>
       </c>
-      <c r="B301" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E301" s="5" t="s">
+      <c r="I301" s="5" t="s">
         <v>2047</v>
       </c>
-      <c r="F301" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H301" s="5" t="s">
+      <c r="J301" s="5" t="s">
         <v>2048</v>
       </c>
-      <c r="I301" s="5" t="s">
+      <c r="K301" s="5" t="s">
         <v>2049</v>
       </c>
-      <c r="J301" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K301" s="5" t="s">
+      <c r="L301" s="6" t="s">
         <v>2050</v>
       </c>
-      <c r="L301" s="6" t="s">
+      <c r="M301" s="5" t="s">
         <v>2051</v>
-      </c>
-[...1 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C302" s="5" t="s">
         <v>2053</v>
       </c>
-      <c r="B302" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D302" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
         <v>2054</v>
       </c>
       <c r="I302" s="5" t="s">
         <v>2055</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>663</v>
+        <v>2056</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C303" s="5" t="s">
-        <v>94</v>
+      <c r="C303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D303" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G303" s="5" t="s">
-        <v>2060</v>
+      <c r="G303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>663</v>
+        <v>2063</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>103</v>
+        <v>2068</v>
       </c>
       <c r="D304" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E304" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2067</v>
+      <c r="E304" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>305</v>
+        <v>2077</v>
       </c>
       <c r="D305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>2079</v>
+      </c>
+      <c r="I305" s="5"/>
       <c r="J305" s="5" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>911</v>
+        <v>15</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>283</v>
+        <v>928</v>
       </c>
       <c r="E306" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F306" s="5" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>94</v>
+        <v>554</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>2093</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>663</v>
+        <v>2096</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>658</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>928</v>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>663</v>
+        <v>2103</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F309" s="5" t="s">
-        <v>2103</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>2108</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>2106</v>
+        <v>680</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>103</v>
+        <v>675</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>27</v>
+        <v>2115</v>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2112</v>
+        <v>2117</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>2113</v>
+        <v>680</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>2119</v>
+        <v>129</v>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>2122</v>
+        <v>680</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>911</v>
+        <v>94</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-      <c r="F312" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G312" s="5" t="s">
         <v>2128</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H312" s="5" t="s">
         <v>2129</v>
       </c>
       <c r="I312" s="5" t="s">
         <v>2130</v>
       </c>
       <c r="J312" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K312" s="5" t="s">
         <v>2131</v>
       </c>
-      <c r="K312" s="5" t="s">
+      <c r="L312" s="6" t="s">
         <v>2132</v>
       </c>
-      <c r="L312" s="6" t="s">
+      <c r="M312" s="5" t="s">
         <v>2133</v>
-      </c>
-[...1 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F313" s="5" t="s">
         <v>2135</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
         <v>2136</v>
       </c>
       <c r="I313" s="5" t="s">
         <v>2137</v>
       </c>
       <c r="J313" s="5" t="s">
         <v>2138</v>
       </c>
       <c r="K313" s="5" t="s">
         <v>2139</v>
       </c>
       <c r="L313" s="6" t="s">
         <v>2140</v>
       </c>
       <c r="M313" s="5" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
         <v>2142</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>888</v>
+        <v>316</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>889</v>
+        <v>15</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="F314" s="5" t="s">
         <v>2143</v>
       </c>
-      <c r="G314" s="5" t="s">
+      <c r="F314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H314" s="5" t="s">
         <v>2144</v>
       </c>
-      <c r="H314" s="5" t="s">
+      <c r="I314" s="5" t="s">
         <v>2145</v>
       </c>
-      <c r="I314" s="5" t="s">
+      <c r="J314" s="5" t="s">
         <v>2146</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="K314" s="5" t="s">
         <v>2147</v>
       </c>
       <c r="L314" s="6" t="s">
         <v>2148</v>
       </c>
       <c r="M314" s="5" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
         <v>2150</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>103</v>
+        <v>294</v>
       </c>
       <c r="E315" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F315" s="5" t="s">
         <v>2151</v>
       </c>
-      <c r="F315" s="5" t="s">
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H315" s="5" t="s">
         <v>2152</v>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H315" s="5" t="s">
+      <c r="I315" s="5" t="s">
         <v>2153</v>
       </c>
-      <c r="I315" s="5" t="s">
+      <c r="J315" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="J315" s="5" t="s">
+      <c r="K315" s="5" t="s">
         <v>2155</v>
       </c>
-      <c r="K315" s="5" t="s">
+      <c r="L315" s="6" t="s">
         <v>2156</v>
       </c>
-      <c r="L315" s="6" t="s">
+      <c r="M315" s="5" t="s">
         <v>2157</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H316" s="5" t="s">
         <v>2159</v>
       </c>
-      <c r="B316" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H316" s="5" t="s">
+      <c r="I316" s="5" t="s">
         <v>2160</v>
       </c>
-      <c r="I316" s="5" t="s">
+      <c r="J316" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K316" s="5" t="s">
         <v>2161</v>
       </c>
-      <c r="J316" s="5" t="s">
+      <c r="L316" s="6" t="s">
         <v>2162</v>
       </c>
-      <c r="K316" s="5" t="s">
+      <c r="M316" s="5" t="s">
         <v>2163</v>
-      </c>
-[...4 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H317" s="5" t="s">
+        <v>2165</v>
+      </c>
+      <c r="I317" s="5" t="s">
         <v>2166</v>
       </c>
-      <c r="B317" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H317" s="5" t="s">
+      <c r="J317" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K317" s="5" t="s">
         <v>2167</v>
       </c>
-      <c r="I317" s="5" t="s">
+      <c r="L317" s="6" t="s">
         <v>2168</v>
       </c>
-      <c r="J317" s="5" t="s">
+      <c r="M317" s="5" t="s">
         <v>2169</v>
-      </c>
-[...7 lines deleted...]
-        <v>2172</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H318" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I318" s="5" t="s">
         <v>2173</v>
       </c>
-      <c r="B318" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H318" s="5" t="s">
+      <c r="J318" s="5" t="s">
         <v>2174</v>
       </c>
-      <c r="I318" s="5" t="s">
+      <c r="K318" s="5" t="s">
         <v>2175</v>
       </c>
-      <c r="J318" s="5" t="s">
+      <c r="L318" s="6" t="s">
         <v>2176</v>
       </c>
-      <c r="K318" s="5" t="s">
+      <c r="M318" s="5" t="s">
         <v>2177</v>
-      </c>
-[...4 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H319" s="5" t="s">
         <v>2180</v>
       </c>
-      <c r="B319" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E319" s="5" t="s">
+      <c r="I319" s="5" t="s">
         <v>2181</v>
       </c>
-      <c r="F319" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H319" s="5" t="s">
+      <c r="J319" s="5" t="s">
         <v>2182</v>
       </c>
-      <c r="I319" s="5" t="s">
+      <c r="K319" s="5" t="s">
         <v>2183</v>
       </c>
-      <c r="J319" s="5" t="s">
+      <c r="L319" s="6" t="s">
         <v>2184</v>
       </c>
-      <c r="K319" s="5" t="s">
+      <c r="M319" s="5" t="s">
         <v>2185</v>
-      </c>
-[...4 lines deleted...]
-        <v>2187</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H320" s="5" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I320" s="5" t="s">
         <v>2188</v>
       </c>
-      <c r="B320" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H320" s="5" t="s">
+      <c r="J320" s="5" t="s">
         <v>2189</v>
       </c>
-      <c r="I320" s="5" t="s">
+      <c r="K320" s="5" t="s">
         <v>2190</v>
       </c>
-      <c r="J320" s="5" t="s">
+      <c r="L320" s="6" t="s">
         <v>2191</v>
       </c>
-      <c r="K320" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L320" s="6" t="s">
+      <c r="M320" s="5" t="s">
         <v>2192</v>
-      </c>
-[...1 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="5" t="s">
         <v>2194</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F321" s="5" t="s">
         <v>2195</v>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
         <v>2196</v>
       </c>
       <c r="I321" s="5" t="s">
         <v>2197</v>
       </c>
       <c r="J321" s="5" t="s">
         <v>2198</v>
       </c>
       <c r="K321" s="5" t="s">
         <v>2199</v>
       </c>
       <c r="L321" s="6" t="s">
         <v>2200</v>
       </c>
       <c r="M321" s="5" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
         <v>2202</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F322" s="5" t="s">
+        <v>2204</v>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H322" s="5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>2207</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2203</v>
+        <v>2208</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2204</v>
-[...1 lines deleted...]
-      <c r="M322" s="5"/>
+        <v>2209</v>
+      </c>
+      <c r="M322" s="5" t="s">
+        <v>2210</v>
+      </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>2206</v>
+        <v>676</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2207</v>
+        <v>2212</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2208</v>
+        <v>2213</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>2209</v>
+        <v>2214</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2210</v>
+        <v>2215</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>2214</v>
+        <v>905</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>911</v>
-[...4 lines deleted...]
-        </is>
+        <v>906</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F324" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>2219</v>
+      </c>
+      <c r="G324" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2215</v>
-[...1 lines deleted...]
-      <c r="I324" s="5"/>
+        <v>2221</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>2222</v>
+      </c>
       <c r="J324" s="5" t="s">
-        <v>2216</v>
+        <v>367</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>15</v>
+        <v>928</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>911</v>
+        <v>103</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>2221</v>
+        <v>2227</v>
       </c>
       <c r="F325" s="5" t="s">
-        <v>2222</v>
+        <v>2228</v>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2223</v>
+        <v>2229</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>305</v>
+        <v>2009</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>911</v>
-[...7 lines deleted...]
-        <v>2230</v>
+        <v>15</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2235</v>
+        <v>2240</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2236</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2237</v>
+        <v>2242</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D327" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D327" s="5" t="s">
-[...6 lines deleted...]
-        <v>2239</v>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>15</v>
+        <v>2009</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>2238</v>
+        <v>103</v>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F328" s="5" t="s">
-        <v>2195</v>
+        <v>27</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>911</v>
+        <v>294</v>
       </c>
       <c r="E329" s="5" t="s">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>2239</v>
+        <v>2257</v>
+      </c>
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>2262</v>
+        <v>294</v>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-        <v>2266</v>
+        <v>2267</v>
+      </c>
+      <c r="K330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F331" s="5" t="s">
+        <v>2271</v>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="B332" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>911</v>
+        <v>675</v>
+      </c>
+      <c r="D332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F332" s="5" t="s">
-        <v>2195</v>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H332" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J332" s="5" t="s">
+      <c r="H332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I332" s="5"/>
+      <c r="J332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K332" s="5" t="s">
         <v>2279</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L332" s="6" t="s">
         <v>2280</v>
       </c>
-      <c r="M332" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M332" s="5"/>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>1869</v>
-[...4 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>2282</v>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
         <v>2283</v>
       </c>
       <c r="I333" s="5" t="s">
         <v>2284</v>
       </c>
       <c r="J333" s="5" t="s">
         <v>2285</v>
       </c>
       <c r="K333" s="5" t="s">
         <v>2286</v>
       </c>
       <c r="L333" s="6" t="s">
         <v>2287</v>
       </c>
       <c r="M333" s="5" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
         <v>2289</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>658</v>
+        <v>2290</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1177</v>
-[...7 lines deleted...]
-        </is>
+        <v>928</v>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2290</v>
-[...1 lines deleted...]
-      <c r="I334" s="5" t="s">
         <v>2291</v>
       </c>
+      <c r="I334" s="5"/>
       <c r="J334" s="5" t="s">
         <v>2292</v>
       </c>
       <c r="K334" s="5" t="s">
         <v>2293</v>
       </c>
       <c r="L334" s="6" t="s">
         <v>2294</v>
       </c>
       <c r="M334" s="5" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
         <v>2296</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D335" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E335" s="5" t="s">
         <v>2297</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F335" s="5" t="s">
         <v>2298</v>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
         <v>2299</v>
       </c>
       <c r="I335" s="5" t="s">
         <v>2300</v>
       </c>
       <c r="J335" s="5" t="s">
         <v>2301</v>
       </c>
       <c r="K335" s="5" t="s">
         <v>2302</v>
       </c>
       <c r="L335" s="6" t="s">
         <v>2303</v>
       </c>
       <c r="M335" s="5" t="s">
         <v>2304</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
         <v>2305</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>1410</v>
+        <v>928</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>2301</v>
+        <v>2309</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F337" s="5" t="s">
+        <v>2315</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>2316</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>2317</v>
+      </c>
+      <c r="J337" s="5" t="s">
+        <v>2318</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2313</v>
-[...1 lines deleted...]
-      <c r="M337" s="5"/>
+        <v>2320</v>
+      </c>
+      <c r="M337" s="5" t="s">
+        <v>2321</v>
+      </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E338" s="5" t="s">
         <v>2314</v>
       </c>
-      <c r="B338" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F338" s="5" t="s">
+        <v>2271</v>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>2324</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>2325</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2315</v>
+        <v>2326</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="M338" s="5"/>
+        <v>2327</v>
+      </c>
+      <c r="M338" s="5" t="s">
+        <v>2328</v>
+      </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2314</v>
+        <v>2329</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>1841</v>
+        <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>2315</v>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H339" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H339" s="5" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>2331</v>
+      </c>
+      <c r="J339" s="5" t="s">
+        <v>2332</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2312</v>
+        <v>2333</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2317</v>
-[...1 lines deleted...]
-      <c r="M339" s="5"/>
+        <v>2334</v>
+      </c>
+      <c r="M339" s="5" t="s">
+        <v>2335</v>
+      </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2318</v>
+        <v>2336</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>1410</v>
-[...12 lines deleted...]
-        <v>2319</v>
+        <v>928</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>2337</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="G340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2320</v>
+        <v>2339</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>348</v>
+        <v>2341</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2322</v>
+        <v>2342</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2323</v>
+        <v>2343</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2324</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2325</v>
+        <v>2345</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>2326</v>
+        <v>94</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>2327</v>
+        <v>15</v>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2328</v>
+        <v>2346</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>2329</v>
+        <v>2347</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>663</v>
+        <v>2348</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2330</v>
+        <v>2349</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2331</v>
+        <v>2350</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2332</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2333</v>
+        <v>2352</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>911</v>
+        <v>15</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>2334</v>
+        <v>928</v>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F342" s="5" t="s">
-        <v>1822</v>
-[...2 lines deleted...]
-        <v>2335</v>
+        <v>2271</v>
+      </c>
+      <c r="G342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2336</v>
+        <v>2353</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2337</v>
+        <v>2354</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2338</v>
-[...2 lines deleted...]
-        <v>2339</v>
+        <v>2355</v>
+      </c>
+      <c r="K342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2340</v>
+        <v>2356</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>283</v>
+        <v>15</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>2343</v>
+        <v>1026</v>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2344</v>
+        <v>2359</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2345</v>
+        <v>2360</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>2346</v>
+        <v>2361</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2347</v>
+        <v>2362</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2348</v>
+        <v>2363</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2349</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2350</v>
+        <v>2365</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>103</v>
+        <v>1203</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>363</v>
+      </c>
+      <c r="F344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2351</v>
+        <v>2366</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2352</v>
+        <v>2367</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>2353</v>
+        <v>2368</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2354</v>
+        <v>2369</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2355</v>
+        <v>2370</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2356</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2357</v>
+        <v>2372</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>911</v>
-[...4 lines deleted...]
-        </is>
+        <v>2373</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F345" s="5" t="s">
-        <v>2343</v>
+        <v>2374</v>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2358</v>
+        <v>2375</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2359</v>
+        <v>2376</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2360</v>
+        <v>2377</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2361</v>
+        <v>2378</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2362</v>
+        <v>2379</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2363</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2364</v>
+        <v>2381</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>1869</v>
+        <v>1458</v>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F346" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F346" s="5" t="s">
+        <v>2374</v>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2365</v>
+        <v>2382</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2366</v>
+        <v>2383</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2368</v>
+        <v>2384</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2369</v>
+        <v>2385</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2370</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2371</v>
+        <v>2387</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1869</v>
+        <v>675</v>
+      </c>
+      <c r="D347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H347" s="5" t="s">
-[...6 lines deleted...]
-        <v>2374</v>
+      <c r="H347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I347" s="5"/>
+      <c r="J347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2375</v>
+        <v>2388</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2376</v>
-[...3 lines deleted...]
-      </c>
+        <v>2389</v>
+      </c>
+      <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2378</v>
+        <v>2390</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1869</v>
+        <v>675</v>
+      </c>
+      <c r="D348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H348" s="5" t="s">
-        <v>2379</v>
+      <c r="H348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I348" s="5"/>
-      <c r="J348" s="5" t="s">
-        <v>2380</v>
+      <c r="J348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2381</v>
+        <v>2391</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2382</v>
-[...3 lines deleted...]
-      </c>
+        <v>2392</v>
+      </c>
+      <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>14</v>
+        <v>1903</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1869</v>
+        <v>675</v>
+      </c>
+      <c r="D349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H349" s="5" t="s">
-[...6 lines deleted...]
-        <v>2387</v>
+      <c r="H349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I349" s="5"/>
+      <c r="J349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K349" s="5" t="s">
         <v>2388</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2389</v>
-[...3 lines deleted...]
-      </c>
+        <v>2393</v>
+      </c>
+      <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2391</v>
+        <v>2394</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>1869</v>
+        <v>1458</v>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G350" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G350" s="5" t="s">
+        <v>2395</v>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>2394</v>
+        <v>367</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2397</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2398</v>
+        <v>2401</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>305</v>
+        <v>2402</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>1869</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>2403</v>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2400</v>
+        <v>2405</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>2401</v>
+        <v>680</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>305</v>
+        <v>928</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>1869</v>
-[...14 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F352" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G352" s="5" t="s">
+        <v>2411</v>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2406</v>
+        <v>2412</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2407</v>
+        <v>2413</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>2408</v>
+        <v>2414</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2409</v>
+        <v>2415</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2410</v>
+        <v>2416</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2411</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2412</v>
+        <v>2418</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>103</v>
+        <v>294</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>2413</v>
+        <v>676</v>
       </c>
       <c r="F353" s="5" t="s">
-        <v>2414</v>
+        <v>2419</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2416</v>
+        <v>2421</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2417</v>
+        <v>2422</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2418</v>
+        <v>2423</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2419</v>
+        <v>2424</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2420</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2421</v>
+        <v>2426</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>2422</v>
+        <v>103</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>2423</v>
+        <v>129</v>
       </c>
       <c r="F354" s="5" t="s">
-        <v>2424</v>
+        <v>676</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="I354" s="5" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>2427</v>
-[...4 lines deleted...]
-        </is>
+        <v>2429</v>
+      </c>
+      <c r="K354" s="5" t="s">
+        <v>2430</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>2429</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>911</v>
+        <v>103</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-        <v>2431</v>
+        <v>928</v>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F355" s="5" t="s">
-        <v>2414</v>
+        <v>2419</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>2414</v>
+        <v>1026</v>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="I356" s="5" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="J356" s="5" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>911</v>
-[...5 lines deleted...]
-        <v>2446</v>
+        <v>1026</v>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="I357" s="5" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>911</v>
+        <v>316</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>2413</v>
+        <v>1026</v>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
         <v>2455</v>
       </c>
-      <c r="I358" s="5" t="s">
+      <c r="I358" s="5"/>
+      <c r="J358" s="5" t="s">
         <v>2456</v>
       </c>
-      <c r="J358" s="5" t="s">
+      <c r="K358" s="5" t="s">
         <v>2457</v>
       </c>
-      <c r="K358" s="5" t="s">
+      <c r="L358" s="6" t="s">
         <v>2458</v>
       </c>
-      <c r="L358" s="6" t="s">
+      <c r="M358" s="5" t="s">
         <v>2459</v>
-      </c>
-[...1 lines deleted...]
-        <v>2460</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H359" s="5" t="s">
         <v>2461</v>
       </c>
-      <c r="B359" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F359" s="5" t="s">
+      <c r="I359" s="5" t="s">
         <v>2462</v>
       </c>
-      <c r="G359" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H359" s="5" t="s">
+      <c r="J359" s="5" t="s">
         <v>2463</v>
       </c>
-      <c r="I359" s="5" t="s">
+      <c r="K359" s="5" t="s">
         <v>2464</v>
       </c>
-      <c r="J359" s="5" t="s">
+      <c r="L359" s="6" t="s">
         <v>2465</v>
       </c>
-      <c r="K359" s="5" t="s">
+      <c r="M359" s="5" t="s">
         <v>2466</v>
-      </c>
-[...4 lines deleted...]
-        <v>2468</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I360" s="5" t="s">
         <v>2469</v>
       </c>
-      <c r="B360" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H360" s="5" t="s">
+      <c r="J360" s="5" t="s">
         <v>2470</v>
       </c>
-      <c r="I360" s="5" t="s">
+      <c r="K360" s="5" t="s">
         <v>2471</v>
       </c>
-      <c r="J360" s="5" t="s">
+      <c r="L360" s="6" t="s">
         <v>2472</v>
       </c>
-      <c r="K360" s="5" t="s">
+      <c r="M360" s="5" t="s">
         <v>2473</v>
-      </c>
-[...4 lines deleted...]
-        <v>2475</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H361" s="5" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I361" s="5" t="s">
         <v>2476</v>
       </c>
-      <c r="B361" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H361" s="5" t="s">
+      <c r="J361" s="5" t="s">
         <v>2477</v>
       </c>
-      <c r="I361" s="5" t="s">
+      <c r="K361" s="5" t="s">
         <v>2478</v>
       </c>
-      <c r="J361" s="5" t="s">
+      <c r="L361" s="6" t="s">
         <v>2479</v>
       </c>
-      <c r="K361" s="5" t="s">
+      <c r="M361" s="5" t="s">
         <v>2480</v>
-      </c>
-[...4 lines deleted...]
-        <v>2482</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I362" s="5" t="s">
         <v>2483</v>
       </c>
-      <c r="B362" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H362" s="5" t="s">
+      <c r="J362" s="5" t="s">
         <v>2484</v>
       </c>
-      <c r="I362" s="5" t="s">
+      <c r="K362" s="5" t="s">
         <v>2485</v>
       </c>
-      <c r="J362" s="5" t="s">
+      <c r="L362" s="6" t="s">
         <v>2486</v>
       </c>
-      <c r="K362" s="5" t="s">
+      <c r="M362" s="5" t="s">
         <v>2487</v>
-      </c>
-[...4 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F363" s="5" t="s">
         <v>2490</v>
-      </c>
-[...13 lines deleted...]
-        <v>2462</v>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
         <v>2491</v>
       </c>
       <c r="I363" s="5" t="s">
         <v>2492</v>
       </c>
       <c r="J363" s="5" t="s">
         <v>2493</v>
       </c>
       <c r="K363" s="5" t="s">
         <v>2494</v>
       </c>
       <c r="L363" s="6" t="s">
         <v>2495</v>
       </c>
       <c r="M363" s="5" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
         <v>2497</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>103</v>
+        <v>928</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>911</v>
+        <v>2498</v>
       </c>
       <c r="E364" s="5" t="s">
-        <v>2413</v>
+        <v>2499</v>
       </c>
       <c r="F364" s="5" t="s">
-        <v>2462</v>
+        <v>2500</v>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>2500</v>
-[...2 lines deleted...]
-        <v>2501</v>
+        <v>2503</v>
+      </c>
+      <c r="K364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>103</v>
+        <v>928</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>911</v>
+        <v>2498</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>2413</v>
+        <v>2507</v>
       </c>
       <c r="F365" s="5" t="s">
-        <v>2462</v>
+        <v>2490</v>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>2506</v>
+        <v>2509</v>
       </c>
       <c r="J365" s="5" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="E366" s="5" t="s">
-        <v>2413</v>
+        <v>2489</v>
       </c>
       <c r="F366" s="5" t="s">
-        <v>2512</v>
+        <v>2490</v>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="J366" s="5" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>2522</v>
+      </c>
+      <c r="G367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H367" s="5" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J367" s="5" t="s">
+        <v>2525</v>
+      </c>
+      <c r="K367" s="5" t="s">
+        <v>2526</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>2527</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="5" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>2530</v>
+      </c>
+      <c r="F368" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="G368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H368" s="5" t="s">
+        <v>2531</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>2532</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K368" s="5" t="s">
+        <v>2534</v>
+      </c>
+      <c r="L368" s="6" t="s">
+        <v>2535</v>
+      </c>
+      <c r="M368" s="5" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="5" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>2538</v>
+      </c>
+      <c r="F369" s="5" t="s">
+        <v>2539</v>
+      </c>
+      <c r="G369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H369" s="5" t="s">
+        <v>2540</v>
+      </c>
+      <c r="I369" s="5" t="s">
+        <v>2541</v>
+      </c>
+      <c r="J369" s="5" t="s">
+        <v>2542</v>
+      </c>
+      <c r="K369" s="5" t="s">
+        <v>2543</v>
+      </c>
+      <c r="L369" s="6" t="s">
+        <v>2544</v>
+      </c>
+      <c r="M369" s="5" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="5" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F370" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H370" s="5" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>2550</v>
+      </c>
+      <c r="K370" s="5" t="s">
+        <v>2551</v>
+      </c>
+      <c r="L370" s="6" t="s">
+        <v>2552</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H371" s="5" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>2556</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>2557</v>
+      </c>
+      <c r="K371" s="5" t="s">
+        <v>2558</v>
+      </c>
+      <c r="L371" s="6" t="s">
+        <v>2559</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="5" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H372" s="5" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I372" s="5" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J372" s="5" t="s">
+        <v>2564</v>
+      </c>
+      <c r="K372" s="5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="L372" s="6" t="s">
+        <v>2566</v>
+      </c>
+      <c r="M372" s="5" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="5" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G373" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H373" s="5" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>2570</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K373" s="5" t="s">
+        <v>2572</v>
+      </c>
+      <c r="L373" s="6" t="s">
+        <v>2573</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="5" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H374" s="5" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>2577</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>2578</v>
+      </c>
+      <c r="K374" s="5" t="s">
+        <v>2579</v>
+      </c>
+      <c r="L374" s="6" t="s">
+        <v>2580</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="5" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H375" s="5" t="s">
+        <v>2583</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="J375" s="5" t="s">
+        <v>2585</v>
+      </c>
+      <c r="K375" s="5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="L375" s="6" t="s">
+        <v>2587</v>
+      </c>
+      <c r="M375" s="5" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F376" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H376" s="5" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>2591</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="K376" s="5" t="s">
+        <v>2593</v>
+      </c>
+      <c r="L376" s="6" t="s">
+        <v>2594</v>
+      </c>
+      <c r="M376" s="5" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="5" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>2597</v>
+      </c>
+      <c r="G377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H377" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>2599</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>2600</v>
+      </c>
+      <c r="K377" s="5" t="s">
+        <v>2601</v>
+      </c>
+      <c r="L377" s="6" t="s">
+        <v>2602</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="5" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C378" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D367" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G367" s="5" t="s">
+      <c r="D378" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F378" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G378" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="H367" s="5" t="s">
-[...15 lines deleted...]
-        <v>2524</v>
+      <c r="H378" s="5" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K378" s="5" t="s">
+        <v>2607</v>
+      </c>
+      <c r="L378" s="6" t="s">
+        <v>2608</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>2609</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -32210,44 +33287,55 @@
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
     <hyperlink ref="M359" r:id="rId364"/>
     <hyperlink ref="M360" r:id="rId365"/>
     <hyperlink ref="M361" r:id="rId366"/>
     <hyperlink ref="M362" r:id="rId367"/>
     <hyperlink ref="M363" r:id="rId368"/>
     <hyperlink ref="M364" r:id="rId369"/>
     <hyperlink ref="M365" r:id="rId370"/>
     <hyperlink ref="M366" r:id="rId371"/>
     <hyperlink ref="M367" r:id="rId372"/>
+    <hyperlink ref="M368" r:id="rId373"/>
+    <hyperlink ref="M369" r:id="rId374"/>
+    <hyperlink ref="M370" r:id="rId375"/>
+    <hyperlink ref="M371" r:id="rId376"/>
+    <hyperlink ref="M372" r:id="rId377"/>
+    <hyperlink ref="M373" r:id="rId378"/>
+    <hyperlink ref="M374" r:id="rId379"/>
+    <hyperlink ref="M375" r:id="rId380"/>
+    <hyperlink ref="M376" r:id="rId381"/>
+    <hyperlink ref="M377" r:id="rId382"/>
+    <hyperlink ref="M378" r:id="rId383"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>