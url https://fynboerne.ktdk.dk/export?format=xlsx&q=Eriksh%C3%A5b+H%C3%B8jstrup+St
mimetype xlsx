--- v0 (2025-11-22)
+++ v1 (2026-01-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1104" uniqueCount="741" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1114" uniqueCount="749" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4480,50 +4480,103 @@
 Johan Larsen byggede i sommeren 1920 en båd.</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
     <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
 Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
 Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Kostskolen
 Birkerød
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Kære søde Ly!
 Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
 Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
 Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
   </si>
   <si>
     <t>1937-01-22</t>
   </si>
   <si>
     <t>Axel  Müller</t>
   </si>
   <si>
     <t>Sallinge Kro Højrup</t>
   </si>
   <si>
     <t>Frihavnens Hovedkontor København</t>
   </si>
   <si>
     <t>Otto Emil  Paludan
 Karen Pilegaard
 Bendt Schaffalitzky de Muckadell
 Janna Schou
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem ingeniør Fleuron og sognefogeden var. 
 Herregården Gelskov brændte før 1917, og en ny hovedbygning blev opført (Wikipedia august 2025). 
 Oxfordbevægelsen var en kristen vækkelsesbevægelse, der opstod i 1920'erne, primært kendt for sin betoning af personlig omvendelse og fornyelse gennem fire moralske principper: Ærlighed, renhed, uselviskhed og kærlighed. Bevægelsen lagde vægt på, at enkeltpersoner skulle lade sig vejlede af Gud i deres daglige liv og søge aktivt medlemskab inden for de eksisterende kirker. Senere, i 1938, ændrede bevægelsen navn til Moralsk Oprustning og fokuserede på at bekæmpe truslen fra kommunismen gennem moralsk fornyelse (Internettet aug. 2025). 
 En alen er 627,708 mm = 62,7708 cm.</t>
@@ -4794,59 +4847,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M101"/>
+  <dimension ref="A1:M102"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9156,171 +9209,218 @@
       </c>
       <c r="I98" s="5" t="s">
         <v>709</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>710</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>711</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>712</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>714</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>471</v>
+        <v>249</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="E99" s="5" t="s">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>716</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="I99" s="5" t="s">
         <v>717</v>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H99" s="5" t="s">
+      <c r="J99" s="5" t="s">
         <v>718</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="K99" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="J99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>720</v>
       </c>
-      <c r="K99" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L99" s="6" t="s">
+      <c r="M99" s="5" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>471</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>724</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>725</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>726</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>727</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="K100" s="5" t="s">
+      <c r="K100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L100" s="6" t="s">
         <v>729</v>
       </c>
-      <c r="L100" s="6" t="s">
+      <c r="M100" s="5" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C102" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="D101" s="5" t="s">
+      <c r="D102" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="E101" s="5" t="s">
-[...26 lines deleted...]
-        <v>740</v>
+      <c r="E102" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>748</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9382,44 +9482,45 @@
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
+    <hyperlink ref="M102" r:id="rId107"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>