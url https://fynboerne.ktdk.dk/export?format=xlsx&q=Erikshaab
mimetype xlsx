--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4004" uniqueCount="2462" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4054" uniqueCount="2496" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -6169,68 +6169,68 @@
 Otto Emil  Paludan
 - Petersen Gelskov
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det er uklart, hvilket erhverv "Fors. Petersen" havde på Gelskov. Hempel Syberg med familie boede i 1898 på denne herregård.
 Banko er en punch.</t>
   </si>
   <si>
     <t>Alhed Warberg m.fl. har været på besøg hos Fors. Petersen på Gelskov og drukket Banko (punch). 
 Alhed kan ikke rejse til København, da hendes far er syg, men hun kommer til Kerteminde en af de nærmeste dage.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ux5y</t>
   </si>
   <si>
     <t>Kære Las!
 Et lille Hastværksbrev skal Du alligevel have, jeg har stjaalen mig bort fra Strygningen et Øjeblik. – Jeg kom uventet til et lille Sold i Aftes, Christine kom jo nemlig, og saa kom hun i Tanker om at hun skyldte Fors. Petersen paa Gelskov en Flaske Banko fra for 5 [tallet overstreget] 7 Aar siden, og at den maatte betales nu, hvis den overhovedet skulde betales. Vi fik sendt Bud efter en Fl. Banko og Kl. 9 ½ gik Christine, Tutte, Palam og jeg derom og sad saa ovre i Petersens Stue og soldede til Kl. 11; det var ellers noget rædsom Banko vi dømte det alle til at være simpel Punselsextrakt. – Det var ellers helt morsomt, - Senere paa Dagen: Mor og jeg har i Formiddag talt om, at jeg ikke kan rejse fra hende til København, da Far ikke er helt rask endnu og der bliver saa meget her i næste Uge. Elle har slaaet sig til Ro i København, vi ventede kun hun blev der 8 Dage, hun havde sagt, hun vilde være hjemme til Fars Fødselsdag. – Men saa er der Kerteminde! Mor synes ikke jeg skal narre Dig igen og her er ikke saa meget at gøre i de Dage. Skulde jeg komme fra Lørdag til Tirsdag?? – Du kan skrive, hvordan Du og Dit Billede har det, om Du synes jeg skal komme. – I Hast er dette skreven, 1000 kærlige Hilsner fra Din A.
 9ende Marts</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
@@ -10929,50 +10929,97 @@
 Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
 Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
 Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mHn3</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frøken Astrid Warberg
 Kærbyhus
 Kjerteminde
 [På kuvertens bagside:]
 Poststempel
 [I brevet]
 Erikshaab d:25de April 
 Kæreste lille Putte!
 Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
 Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
 Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
 Hils saa mange Gange og sig Tak for sidst!
 Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
 Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
   </si>
   <si>
+    <t>1901-05-10</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christine  Mackie
+Otto Emil  Paludan
+Robert Schumann
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Emil Aarestrup</t>
+  </si>
+  <si>
+    <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
+Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
+Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
+Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
+  </si>
+  <si>
+    <t>10 Maj 1901
+Erikshaab
+Kæreste Lugge!
+Der gik Dis med Blækket, saa kan du nok kigge langt efter et Blækbrev!
+Ikke desto mindre ønskes du hermed til Lykke!
+Men, ak Lugge; det er ikke som i Fjor - - med alle de Presenter, som jeg i det mindste vil erindre til min Dødsdag.
+De to af de 6 Kr. paa Kuponen er fra Pallam, Her er koldt som ved Nordpolen!
+Har monstro Pan faaet sendt nogle Æg fra mig, sig hende, at jeg venter Kvittering i Form af Brev.
+Tænk, Elna har sendt mig alle Aarestrups Digte, imponerende! Vær god mod hende, hvis I ser hende. Lugge! En Bøn! Hvis du kommer ud til Lut og Berta, faa saa et sort Schuman-Sanghefte med og før det hertil pr. Kuffert. [I venstre margen ud for ordene fra "Lugge!" til "Kuffert" er tegnet en bølgelinie, og udfor denne er skrevet:] mærk!
+Det er nok i Aften Stor Bedeaften, Dis og jeg og Dedde har været en vidunderlig Månetur ude paa Mosen ved Odensebakken.
+Det er godt at komme hjem! vi glæder os til dig! Mornines Humør var over al Forventning; man stiller sig let imødekommende til min Amerikaplan.
+I Gaar havde jeg Brev fra Viggo - - jeg sank i Jorden af Skam.
+Dynger af Fødselsdagshilsner fra din Junge. Hils Grete grundigt og kærligt.</t>
+  </si>
+  <si>
     <t>1901-06-27</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Albert Carl Emil Mohr
 Christine Swane
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
 Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
 Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
 Splide: Spalte, kløve, sønderrive (ordnet.dk). 
 Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
 Uglen: Christine Swane. 
 Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
   </si>
   <si>
     <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
 Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
@@ -13475,53 +13522,50 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NXeB</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Store Bededag
 Kære Astrid
 Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
 – Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
 Kærlig hilsen! Mor.</t>
   </si>
   <si>
     <t>1914-12-28</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 August Kattrup
 Camilla Kattrup
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 Otto Knipschildt
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Henry Smith, nær Erikshaab
 Hempel Syberg
 Conrad Warberg
 Else Warberg
 Karen Warberg
 Minna Warberg
 Torkild Warberg</t>
@@ -13993,50 +14037,275 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/5TMv</t>
   </si>
   <si>
     <t>[På kuvertens forside med blyant:]
 22 Okt 1927
 [Med pen:]
 Fru 
 Astrid Warberg
 Howitzvej 29
 Kjøbenhavn
 F.
 [Med blyant:]
 læst Jan 1957.
 [Med pen i brevet langs højre margen:]
 21-10-27
 [Med pen i brevet:]
 Kæreste lille Dis!
 Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
 Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
 Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
 I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
 Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
 [Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
 [Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
+  </si>
+  <si>
+    <t>ca. 10. februar 1929</t>
+  </si>
+  <si>
+    <t>Hanne -  -, kokkepige Erikshaab
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3798</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer beder indtrængende Louise Brønsted om ikke at rejse til Otto Emil Paludan/Pallams begravelse. Det fryser 20 grader, og det stormer, så der er risiko for, at isen pakker. Louise må ikke risikere at blive syg. Christine/Mornine kommer, og det kan Ellen næppe forhindre. 
+Gamle Hanne fylder 80.
+Ellen tør gæsteværelser op.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0Ss</t>
+  </si>
+  <si>
+    <t>Kære lille Lugge!
+Du maa ikke komme til Begravelsen. Det er Vanvid. Det er, - om jeg saa maa sige - at gøre Pallam en daarlig Tjeneste. Han, som vilde os det saa godt, - at tvinge ham til at gøre dig Fortræd til allersidst. For det vilde gøre dig Fortræd. Jeg synes slet ikke du har Lov til det.
+Det er meget sandsynligt at der bliver Istransport. Det kan ventes hvert Øjeblik med den Storm. Isen pakker sammen og man ved ikke hvor den pakker hen. Gør det ikke. - Det er ogsaa Vanvid af Mornine - men der er vel ikke noget at stille op. - Hvis du gavnede noget Menneske med det, saa var det noget andet. Men det gør du ikke Det er kun en Fornemmelsessag. Jeg vilde ikke sige "kun" hvis det var paa en anden Aarstid, - men det er idag det frygteligste Vejr vi har haft i flere Aar. 20 ÷ og Storm. Det er uhørt. - Og tænk hvor bittert det kommer til at gaa ud over din Flok - og os alle - lille Lugge, - om du bliver syg af det. Baade, [kommaet overstreget] Dede, Junge og jeg beder dig indtrængende om at blive hjemme. - 
+Tak for dit søde Brev. Jeg har ingen Tid at skrive nu.
+Send gl. Hanne et Telegram paa Onsdag (førstkommende) da er hun 80.
+Rasmus Nielsens Vej 7.
+Vi er allerede idag begyndt at tø begge Gæsteværelser og vil fyre hver Dag Jeg har sagt hun skal købe en Varmedunk Men kan ikke!!! Din E</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1929-05-25</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Peter Oluf Brønsted
+Andreas Larsen
+Gudrun Larsen
+Ingrid Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Bendt Schaffalitzky de Muckadell
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Andreas Warberg
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan, kaldet Pallam, overtog Albrecht Warbergs stilling som godsforvalter, da sidstnævnte døde. Paludan havde tidligere haft en enkelt stue på Erikshaab, men efter Warberg-familiens flytning overtog han hele gården. Da Paludan i 1929 døde, blev der holdt auktion over diverse ejendele på Erikshaab. Han var ugift og enlig. Paludans søster, Marie, var husholderske for ham. Derfor formuleringen "Marie-Pallamske Ting". 
+Kai P. var muligvis en af Otto Emil Paludans slægtninge - han forærede Johanne C. Larsen Trap Danmark. 
+Dr. Bemers kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3796</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, Johanne/Junge Larsen og Andreas Warberg har været til auktion på Erikshaab. Der var dejligt. Maria og Lars Christian Balslev har planer om at flytte til Erikshaab, og de talte med Bendt Schaffalitzky om denne mulighed.
+Ellen og Johanne købte en del på auktionen - også lidt til Louise Brønsted. Peter Brønsted kan få lovbøgerne. Paludans arvinger havde taget de pæneste ting.
+Martin/Manse Warberg Larsens konfirmation gik glimrende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aazS</t>
+  </si>
+  <si>
+    <t>Tirsdag 25/5-29
+Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
+Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
+Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
+De Smaasager kan du jo faa, naar du kommer.
+Skriv snart igen
+1000 Hilsner
+E</t>
   </si>
   <si>
     <t>1936-12-18</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Adolph Larsen
 Carl Larsen
 Marie Larsen
 Axel  Müller
 - Overgaard
 Ellen  Sawyer
 Janna Schou
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
 Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
@@ -15156,59 +15425,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M358"/>
+  <dimension ref="A1:M363"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -27316,749 +27585,747 @@
       </c>
       <c r="I276" s="5" t="s">
         <v>1870</v>
       </c>
       <c r="J276" s="5" t="s">
         <v>1871</v>
       </c>
       <c r="K276" s="5" t="s">
         <v>1872</v>
       </c>
       <c r="L276" s="6" t="s">
         <v>1873</v>
       </c>
       <c r="M276" s="5" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
         <v>1875</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>103</v>
+        <v>1876</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>958</v>
+        <v>27</v>
+      </c>
+      <c r="F277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>94</v>
+        <v>937</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        <v>1883</v>
+        <v>659</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H278" s="5" t="s">
         <v>1884</v>
       </c>
-      <c r="I278" s="5"/>
+      <c r="I278" s="5" t="s">
+        <v>1885</v>
+      </c>
       <c r="J278" s="5" t="s">
-        <v>663</v>
+        <v>1886</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>938</v>
+        <v>658</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G279" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G279" s="5" t="s">
+        <v>1891</v>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1889</v>
-[...3 lines deleted...]
-      </c>
+        <v>1892</v>
+      </c>
+      <c r="I279" s="5"/>
       <c r="J279" s="5" t="s">
-        <v>1891</v>
+        <v>663</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>937</v>
+        <v>15</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>103</v>
+        <v>938</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>731</v>
+        <v>27</v>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1470</v>
+        <v>937</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1903</v>
+        <v>103</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>659</v>
+        <v>731</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="I281" s="5"/>
+        <v>1904</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1905</v>
+      </c>
       <c r="J281" s="5" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>1470</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
       <c r="E282" s="5" t="s">
         <v>659</v>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1909</v>
+        <v>658</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>937</v>
+        <v>1470</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>15</v>
+        <v>1911</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>1222</v>
-[...2 lines deleted...]
-        <v>1914</v>
+        <v>659</v>
+      </c>
+      <c r="F283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1915</v>
-[...3 lines deleted...]
-      </c>
+        <v>1917</v>
+      </c>
+      <c r="I283" s="5"/>
       <c r="J283" s="5" t="s">
-        <v>1917</v>
-[...4 lines deleted...]
-        </is>
+        <v>1912</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>1918</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>895</v>
+        <v>937</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>896</v>
+        <v>15</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>659</v>
+        <v>1222</v>
       </c>
       <c r="F284" s="5" t="s">
-        <v>129</v>
+        <v>1922</v>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>1923</v>
+        <v>1925</v>
+      </c>
+      <c r="K284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>94</v>
+        <v>895</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>658</v>
+        <v>896</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        <v>1927</v>
+        <v>659</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>663</v>
+        <v>348</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D286" s="5" t="s">
         <v>658</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="s">
-        <v>1222</v>
+        <v>1935</v>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="J286" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1940</v>
+        <v>94</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>16</v>
+        <v>658</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>1941</v>
-[...7 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G287" s="5" t="s">
+        <v>1222</v>
       </c>
       <c r="H287" s="5" t="s">
         <v>1942</v>
       </c>
       <c r="I287" s="5" t="s">
         <v>1943</v>
       </c>
       <c r="J287" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K287" s="5" t="s">
         <v>1944</v>
       </c>
-      <c r="K287" s="5" t="s">
+      <c r="L287" s="6" t="s">
         <v>1945</v>
       </c>
-      <c r="L287" s="6" t="s">
+      <c r="M287" s="5" t="s">
         <v>1946</v>
-      </c>
-[...1 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C288" s="5" t="s">
         <v>1948</v>
       </c>
-      <c r="B288" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D288" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>659</v>
-[...6 lines deleted...]
-      <c r="G288" s="5" t="s">
         <v>1949</v>
+      </c>
+      <c r="F288" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H288" s="5" t="s">
         <v>1950</v>
       </c>
       <c r="I288" s="5" t="s">
         <v>1951</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>663</v>
+        <v>1952</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D289" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D289" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E289" s="5" t="s">
-        <v>27</v>
+        <v>659</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="J289" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D290" s="5" t="s">
         <v>658</v>
       </c>
       <c r="E290" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F290" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G290" s="5" t="s">
+        <v>1964</v>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="J290" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>1940</v>
+        <v>94</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>1969</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F291" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>1972</v>
+        <v>663</v>
       </c>
       <c r="K291" s="5" t="s">
         <v>1973</v>
       </c>
       <c r="L291" s="6" t="s">
         <v>1974</v>
       </c>
       <c r="M291" s="5" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
         <v>1976</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="D292" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E292" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E292" s="5" t="s">
+        <v>1977</v>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1984</v>
+        <v>1948</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
         <v>1985</v>
       </c>
       <c r="I293" s="5" t="s">
         <v>1986</v>
       </c>
@@ -28066,2920 +28333,3153 @@
         <v>1987</v>
       </c>
       <c r="K293" s="5" t="s">
         <v>1988</v>
       </c>
       <c r="L293" s="6" t="s">
         <v>1989</v>
       </c>
       <c r="M293" s="5" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
         <v>1991</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>1992</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E294" s="5" t="s">
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H294" s="5" t="s">
         <v>1993</v>
       </c>
-      <c r="F294" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H294" s="5" t="s">
+      <c r="I294" s="5" t="s">
         <v>1994</v>
       </c>
-      <c r="I294" s="5" t="s">
+      <c r="J294" s="5" t="s">
         <v>1995</v>
       </c>
-      <c r="J294" s="5" t="s">
+      <c r="K294" s="5" t="s">
         <v>1996</v>
       </c>
-      <c r="K294" s="5" t="s">
+      <c r="L294" s="6" t="s">
         <v>1997</v>
       </c>
-      <c r="L294" s="6" t="s">
+      <c r="M294" s="5" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C295" s="5" t="s">
         <v>2000</v>
-      </c>
-[...4 lines deleted...]
-        <v>2001</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
         <v>2002</v>
       </c>
-      <c r="F295" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H295" s="5" t="s">
+      <c r="I295" s="5" t="s">
         <v>2003</v>
       </c>
-      <c r="I295" s="5"/>
       <c r="J295" s="5" t="s">
         <v>2004</v>
       </c>
       <c r="K295" s="5" t="s">
         <v>2005</v>
       </c>
       <c r="L295" s="6" t="s">
         <v>2006</v>
       </c>
       <c r="M295" s="5" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
         <v>2008</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D296" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D296" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E296" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>2010</v>
+      </c>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I296" s="5" t="s">
         <v>2011</v>
       </c>
+      <c r="I296" s="5"/>
       <c r="J296" s="5" t="s">
         <v>2012</v>
       </c>
       <c r="K296" s="5" t="s">
         <v>2013</v>
       </c>
       <c r="L296" s="6" t="s">
         <v>2014</v>
       </c>
       <c r="M296" s="5" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
         <v>2016</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>537</v>
+        <v>15</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>15</v>
+        <v>937</v>
       </c>
       <c r="E297" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F297" s="5" t="s">
         <v>2017</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
         <v>2018</v>
       </c>
       <c r="I297" s="5" t="s">
         <v>2019</v>
       </c>
       <c r="J297" s="5" t="s">
         <v>2020</v>
       </c>
       <c r="K297" s="5" t="s">
         <v>2021</v>
       </c>
       <c r="L297" s="6" t="s">
         <v>2022</v>
       </c>
       <c r="M297" s="5" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
         <v>2024</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="D298" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D298" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E298" s="5" t="s">
+        <v>2025</v>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>658</v>
+        <v>937</v>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F299" s="5" t="s">
-[...3 lines deleted...]
-        <v>2032</v>
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H299" s="5" t="s">
         <v>2033</v>
       </c>
       <c r="I299" s="5" t="s">
         <v>2034</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>663</v>
+        <v>2035</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D300" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="D300" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G300" s="5" t="s">
+        <v>2040</v>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="J300" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D301" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>129</v>
+        <v>2047</v>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="J301" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D302" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D302" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E302" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G302" s="5" t="s">
-        <v>2052</v>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="J302" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F303" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G303" s="5" t="s">
+        <v>2060</v>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>2062</v>
+        <v>663</v>
       </c>
       <c r="K303" s="5" t="s">
         <v>2063</v>
       </c>
       <c r="L303" s="6" t="s">
         <v>2064</v>
       </c>
       <c r="M303" s="5" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
         <v>2066</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F304" s="5" t="s">
         <v>2067</v>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
         <v>2068</v>
       </c>
       <c r="I304" s="5" t="s">
         <v>2069</v>
       </c>
       <c r="J304" s="5" t="s">
         <v>2070</v>
       </c>
       <c r="K304" s="5" t="s">
         <v>2071</v>
       </c>
       <c r="L304" s="6" t="s">
         <v>2072</v>
       </c>
       <c r="M304" s="5" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
         <v>2074</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>94</v>
+        <v>937</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>283</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F305" s="5" t="s">
+        <v>2075</v>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>663</v>
+        <v>2078</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D306" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E306" s="5" t="s">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="J306" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F307" s="5" t="s">
-        <v>2087</v>
+        <v>129</v>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>2090</v>
+        <v>663</v>
       </c>
       <c r="K307" s="5" t="s">
         <v>2091</v>
       </c>
       <c r="L307" s="6" t="s">
         <v>2092</v>
       </c>
       <c r="M307" s="5" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
         <v>2094</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        </is>
+        <v>937</v>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F308" s="5" t="s">
+        <v>2095</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
       <c r="D309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>2102</v>
-[...1 lines deleted...]
-      <c r="F309" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H309" s="5" t="s">
         <v>2103</v>
       </c>
-      <c r="G309" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H309" s="5" t="s">
+      <c r="I309" s="5" t="s">
         <v>2104</v>
       </c>
-      <c r="I309" s="5" t="s">
+      <c r="J309" s="5" t="s">
         <v>2105</v>
       </c>
-      <c r="J309" s="5" t="s">
+      <c r="K309" s="5" t="s">
         <v>2106</v>
       </c>
-      <c r="K309" s="5" t="s">
+      <c r="L309" s="6" t="s">
         <v>2107</v>
       </c>
-      <c r="L309" s="6" t="s">
+      <c r="M309" s="5" t="s">
         <v>2108</v>
-      </c>
-[...1 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2110</v>
+        <v>2109</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>937</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E310" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F310" s="5" t="s">
         <v>2111</v>
       </c>
-      <c r="F310" s="5" t="s">
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
         <v>2112</v>
       </c>
-      <c r="G310" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H310" s="5" t="s">
+      <c r="I310" s="5" t="s">
         <v>2113</v>
       </c>
-      <c r="I310" s="5" t="s">
+      <c r="J310" s="5" t="s">
         <v>2114</v>
       </c>
-      <c r="J310" s="5" t="s">
+      <c r="K310" s="5" t="s">
         <v>2115</v>
       </c>
-      <c r="K310" s="5" t="s">
+      <c r="L310" s="6" t="s">
         <v>2116</v>
       </c>
-      <c r="L310" s="6" t="s">
+      <c r="M310" s="5" t="s">
         <v>2117</v>
-      </c>
-[...1 lines deleted...]
-        <v>2118</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E311" s="5" t="s">
         <v>2119</v>
       </c>
-      <c r="B311" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F311" s="5" t="s">
+        <v>2120</v>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>896</v>
+        <v>937</v>
       </c>
       <c r="E312" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="F312" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G312" s="5" t="s">
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H312" s="5" t="s">
         <v>2128</v>
       </c>
-      <c r="H312" s="5" t="s">
+      <c r="I312" s="5" t="s">
         <v>2129</v>
       </c>
-      <c r="I312" s="5" t="s">
+      <c r="J312" s="5" t="s">
         <v>2130</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="L312" s="6" t="s">
         <v>2132</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
         <v>2134</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>937</v>
+        <v>895</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>103</v>
+        <v>896</v>
       </c>
       <c r="E313" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F313" s="5" t="s">
         <v>2135</v>
       </c>
-      <c r="F313" s="5" t="s">
+      <c r="G313" s="5" t="s">
         <v>2136</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H313" s="5" t="s">
         <v>2137</v>
       </c>
       <c r="I313" s="5" t="s">
         <v>2138</v>
       </c>
       <c r="J313" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K313" s="5" t="s">
         <v>2139</v>
       </c>
-      <c r="K313" s="5" t="s">
+      <c r="L313" s="6" t="s">
         <v>2140</v>
       </c>
-      <c r="L313" s="6" t="s">
+      <c r="M313" s="5" t="s">
         <v>2141</v>
-      </c>
-[...1 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E314" s="5" t="s">
         <v>2143</v>
       </c>
-      <c r="B314" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F314" s="5" t="s">
+        <v>2144</v>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>103</v>
+        <v>1948</v>
       </c>
       <c r="D315" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E315" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E315" s="5" t="s">
+        <v>1949</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>1940</v>
+        <v>103</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F316" s="5" t="s">
-        <v>27</v>
+      <c r="F316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>15</v>
+        <v>1948</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>283</v>
-[...7 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>2166</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="J317" s="5" t="s">
         <v>2168</v>
       </c>
       <c r="K317" s="5" t="s">
         <v>2169</v>
       </c>
       <c r="L317" s="6" t="s">
         <v>2170</v>
       </c>
       <c r="M317" s="5" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
         <v>2172</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D318" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="E318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E318" s="5" t="s">
+        <v>2173</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>2175</v>
-[...4 lines deleted...]
-        </is>
+        <v>2176</v>
+      </c>
+      <c r="K318" s="5" t="s">
+        <v>2177</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>2179</v>
+        <v>283</v>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>2182</v>
-[...1 lines deleted...]
-      <c r="K319" s="5" t="s">
         <v>2183</v>
+      </c>
+      <c r="K319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L319" s="6" t="s">
         <v>2184</v>
       </c>
       <c r="M319" s="5" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
         <v>2186</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F320" s="5" t="s">
+        <v>2187</v>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H320" s="5" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="J320" s="5" t="s">
+        <v>2190</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2188</v>
-[...1 lines deleted...]
-      <c r="M320" s="5"/>
+        <v>2192</v>
+      </c>
+      <c r="M320" s="5" t="s">
+        <v>2193</v>
+      </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2189</v>
+        <v>2194</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>14</v>
+        <v>1848</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>2190</v>
+        <v>658</v>
+      </c>
+      <c r="D321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="s">
-[...6 lines deleted...]
-        <v>2193</v>
+      <c r="H321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I321" s="5"/>
+      <c r="J321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2195</v>
-[...1 lines deleted...]
-      <c r="M321" s="5" t="s">
         <v>2196</v>
       </c>
+      <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
         <v>2197</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>2198</v>
+        <v>15</v>
       </c>
       <c r="D322" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E322" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>362</v>
+      <c r="E322" s="5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
         <v>2199</v>
       </c>
-      <c r="I322" s="5"/>
+      <c r="I322" s="5" t="s">
+        <v>2200</v>
+      </c>
       <c r="J322" s="5" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>15</v>
+        <v>2206</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E323" s="5" t="s">
-        <v>2205</v>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F323" s="5" t="s">
-        <v>2206</v>
+        <v>362</v>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
         <v>2207</v>
       </c>
-      <c r="I323" s="5" t="s">
+      <c r="I323" s="5"/>
+      <c r="J323" s="5" t="s">
         <v>2208</v>
       </c>
-      <c r="J323" s="5" t="s">
+      <c r="K323" s="5" t="s">
         <v>2209</v>
       </c>
-      <c r="K323" s="5" t="s">
+      <c r="L323" s="6" t="s">
         <v>2210</v>
       </c>
-      <c r="L323" s="6" t="s">
+      <c r="M323" s="5" t="s">
         <v>2211</v>
-      </c>
-[...1 lines deleted...]
-        <v>2212</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2213</v>
+        <v>2212</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>305</v>
+        <v>15</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E324" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E324" s="5" t="s">
+        <v>2213</v>
       </c>
       <c r="F324" s="5" t="s">
         <v>2214</v>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
         <v>2215</v>
       </c>
       <c r="I324" s="5" t="s">
         <v>2216</v>
       </c>
       <c r="J324" s="5" t="s">
         <v>2217</v>
       </c>
       <c r="K324" s="5" t="s">
         <v>2218</v>
       </c>
       <c r="L324" s="6" t="s">
         <v>2219</v>
       </c>
       <c r="M324" s="5" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
         <v>2221</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E325" s="5" t="s">
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F325" s="5" t="s">
         <v>2222</v>
       </c>
-      <c r="F325" s="5" t="s">
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
         <v>2223</v>
       </c>
-      <c r="G325" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H325" s="5" t="s">
+      <c r="I325" s="5" t="s">
         <v>2224</v>
       </c>
-      <c r="I325" s="5" t="s">
+      <c r="J325" s="5" t="s">
         <v>2225</v>
       </c>
-      <c r="J325" s="5" t="s">
+      <c r="K325" s="5" t="s">
         <v>2226</v>
       </c>
-      <c r="K325" s="5" t="s">
+      <c r="L325" s="6" t="s">
         <v>2227</v>
       </c>
-      <c r="L325" s="6" t="s">
+      <c r="M325" s="5" t="s">
         <v>2228</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D326" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="F326" s="5" t="s">
-        <v>2179</v>
+        <v>2231</v>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D327" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>2205</v>
+        <v>2230</v>
       </c>
       <c r="F327" s="5" t="s">
-        <v>2223</v>
+        <v>2187</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>2245</v>
+        <v>2213</v>
       </c>
       <c r="F328" s="5" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="s">
         <v>2246</v>
       </c>
-      <c r="G328" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H328" s="5" t="s">
+      <c r="I328" s="5" t="s">
         <v>2247</v>
       </c>
-      <c r="I328" s="5" t="s">
+      <c r="J328" s="5" t="s">
         <v>2248</v>
       </c>
-      <c r="J328" s="5" t="s">
+      <c r="K328" s="5" t="s">
         <v>2249</v>
       </c>
-      <c r="K328" s="5" t="s">
+      <c r="L328" s="6" t="s">
         <v>2250</v>
       </c>
-      <c r="L328" s="6" t="s">
+      <c r="M328" s="5" t="s">
         <v>2251</v>
-      </c>
-[...1 lines deleted...]
-        <v>2252</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E329" s="5" t="s">
         <v>2253</v>
       </c>
-      <c r="B329" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F329" s="5" t="s">
+        <v>2254</v>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D330" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D330" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F330" s="5" t="s">
-        <v>2179</v>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>2263</v>
-[...4 lines deleted...]
-        </is>
+        <v>2264</v>
+      </c>
+      <c r="K330" s="5" t="s">
+        <v>2265</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>2267</v>
+        <v>937</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F331" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F331" s="5" t="s">
+        <v>2187</v>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>2270</v>
-[...1 lines deleted...]
-      <c r="K331" s="5" t="s">
         <v>2271</v>
+      </c>
+      <c r="K331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L331" s="6" t="s">
         <v>2272</v>
       </c>
       <c r="M331" s="5" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
         <v>2274</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>1876</v>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
         <v>2275</v>
       </c>
       <c r="I332" s="5" t="s">
         <v>2276</v>
       </c>
       <c r="J332" s="5" t="s">
         <v>2277</v>
       </c>
       <c r="K332" s="5" t="s">
         <v>2278</v>
       </c>
       <c r="L332" s="6" t="s">
         <v>2279</v>
       </c>
       <c r="M332" s="5" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
         <v>2281</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>94</v>
+        <v>658</v>
       </c>
       <c r="D333" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
         <v>2282</v>
       </c>
-      <c r="E333" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F333" s="5" t="s">
+      <c r="I333" s="5" t="s">
         <v>2283</v>
       </c>
-      <c r="G333" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H333" s="5" t="s">
+      <c r="J333" s="5" t="s">
         <v>2284</v>
       </c>
-      <c r="I333" s="5" t="s">
+      <c r="K333" s="5" t="s">
         <v>2285</v>
       </c>
-      <c r="J333" s="5" t="s">
+      <c r="L333" s="6" t="s">
         <v>2286</v>
       </c>
-      <c r="K333" s="5" t="s">
+      <c r="M333" s="5" t="s">
         <v>2287</v>
-      </c>
-[...4 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1417</v>
-[...4 lines deleted...]
-        </is>
+        <v>2289</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F334" s="5" t="s">
-        <v>2283</v>
+        <v>2290</v>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
         <v>2291</v>
       </c>
       <c r="I334" s="5" t="s">
         <v>2292</v>
       </c>
       <c r="J334" s="5" t="s">
-        <v>2286</v>
+        <v>2293</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>1417</v>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F335" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F335" s="5" t="s">
+        <v>2290</v>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H335" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H335" s="5" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J335" s="5" t="s">
+        <v>2293</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2298</v>
-[...1 lines deleted...]
-      <c r="M335" s="5"/>
+        <v>2301</v>
+      </c>
+      <c r="M335" s="5" t="s">
+        <v>2302</v>
+      </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>1848</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I336" s="5"/>
       <c r="J336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>1848</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2297</v>
+        <v>2307</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>14</v>
+        <v>1848</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1417</v>
+        <v>658</v>
+      </c>
+      <c r="D338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G338" s="5" t="s">
+      <c r="G338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I338" s="5"/>
+      <c r="J338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K338" s="5" t="s">
         <v>2304</v>
       </c>
-      <c r="H338" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L338" s="6" t="s">
-        <v>2308</v>
-[...1 lines deleted...]
-      <c r="M338" s="5" t="s">
         <v>2309</v>
       </c>
+      <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
         <v>2310</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G339" s="5" t="s">
         <v>2311</v>
       </c>
-      <c r="D339" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E339" s="5" t="s">
+      <c r="H339" s="5" t="s">
         <v>2312</v>
       </c>
-      <c r="F339" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H339" s="5" t="s">
+      <c r="I339" s="5" t="s">
         <v>2313</v>
       </c>
-      <c r="I339" s="5" t="s">
+      <c r="J339" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K339" s="5" t="s">
         <v>2314</v>
       </c>
-      <c r="J339" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K339" s="5" t="s">
+      <c r="L339" s="6" t="s">
         <v>2315</v>
       </c>
-      <c r="L339" s="6" t="s">
+      <c r="M339" s="5" t="s">
         <v>2316</v>
-      </c>
-[...1 lines deleted...]
-        <v>2317</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C340" s="5" t="s">
         <v>2318</v>
       </c>
-      <c r="B340" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D340" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="E340" s="5" t="s">
         <v>2319</v>
       </c>
-      <c r="F340" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G340" s="5" t="s">
+      <c r="F340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H340" s="5" t="s">
         <v>2320</v>
       </c>
-      <c r="H340" s="5" t="s">
+      <c r="I340" s="5" t="s">
         <v>2321</v>
       </c>
-      <c r="I340" s="5" t="s">
+      <c r="J340" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K340" s="5" t="s">
         <v>2322</v>
       </c>
-      <c r="J340" s="5" t="s">
+      <c r="L340" s="6" t="s">
         <v>2323</v>
       </c>
-      <c r="K340" s="5" t="s">
+      <c r="M340" s="5" t="s">
         <v>2324</v>
-      </c>
-[...4 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G341" s="5" t="s">
         <v>2327</v>
       </c>
-      <c r="B341" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F341" s="5" t="s">
+      <c r="H341" s="5" t="s">
         <v>2328</v>
       </c>
-      <c r="G341" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H341" s="5" t="s">
+      <c r="I341" s="5" t="s">
         <v>2329</v>
       </c>
-      <c r="I341" s="5" t="s">
+      <c r="J341" s="5" t="s">
         <v>2330</v>
       </c>
-      <c r="J341" s="5" t="s">
+      <c r="K341" s="5" t="s">
         <v>2331</v>
       </c>
-      <c r="K341" s="5" t="s">
+      <c r="L341" s="6" t="s">
         <v>2332</v>
       </c>
-      <c r="L341" s="6" t="s">
+      <c r="M341" s="5" t="s">
         <v>2333</v>
-      </c>
-[...1 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F342" s="5" t="s">
         <v>2335</v>
-      </c>
-[...13 lines deleted...]
-        <v>659</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
         <v>2336</v>
       </c>
       <c r="I342" s="5" t="s">
         <v>2337</v>
       </c>
       <c r="J342" s="5" t="s">
         <v>2338</v>
       </c>
       <c r="K342" s="5" t="s">
         <v>2339</v>
       </c>
       <c r="L342" s="6" t="s">
         <v>2340</v>
       </c>
       <c r="M342" s="5" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
         <v>2342</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D343" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D343" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E343" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F343" s="5" t="s">
-        <v>2328</v>
+        <v>659</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
         <v>2343</v>
       </c>
       <c r="I343" s="5" t="s">
         <v>2344</v>
       </c>
       <c r="J343" s="5" t="s">
         <v>2345</v>
       </c>
       <c r="K343" s="5" t="s">
         <v>2346</v>
       </c>
       <c r="L343" s="6" t="s">
         <v>2347</v>
       </c>
       <c r="M343" s="5" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
         <v>2349</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D344" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E344" s="5" t="s">
+      <c r="E344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F344" s="5" t="s">
+        <v>2335</v>
+      </c>
+      <c r="G344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H344" s="5" t="s">
         <v>2350</v>
       </c>
-      <c r="F344" s="5" t="s">
+      <c r="I344" s="5" t="s">
         <v>2351</v>
       </c>
-      <c r="G344" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H344" s="5" t="s">
+      <c r="J344" s="5" t="s">
         <v>2352</v>
       </c>
-      <c r="I344" s="5" t="s">
+      <c r="K344" s="5" t="s">
         <v>2353</v>
       </c>
-      <c r="J344" s="5" t="s">
+      <c r="L344" s="6" t="s">
         <v>2354</v>
       </c>
-      <c r="K344" s="5" t="s">
+      <c r="M344" s="5" t="s">
         <v>2355</v>
-      </c>
-[...4 lines deleted...]
-        <v>2357</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H345" s="5" t="s">
+        <v>2357</v>
+      </c>
+      <c r="I345" s="5"/>
+      <c r="J345" s="5" t="s">
         <v>2358</v>
       </c>
-      <c r="B345" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D345" s="5" t="s">
+      <c r="K345" s="5" t="s">
         <v>2359</v>
       </c>
-      <c r="E345" s="5" t="s">
+      <c r="L345" s="6" t="s">
         <v>2360</v>
       </c>
-      <c r="F345" s="5" t="s">
+      <c r="M345" s="5" t="s">
         <v>2361</v>
-      </c>
-[...23 lines deleted...]
-        <v>2366</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H346" s="5" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>2364</v>
+      </c>
+      <c r="J346" s="5" t="s">
+        <v>2365</v>
+      </c>
+      <c r="K346" s="5" t="s">
+        <v>2366</v>
+      </c>
+      <c r="L346" s="6" t="s">
         <v>2367</v>
       </c>
-      <c r="B346" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E346" s="5" t="s">
+      <c r="M346" s="5" t="s">
         <v>2368</v>
-      </c>
-[...24 lines deleted...]
-        <v>2374</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D347" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H347" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="I347" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="J347" s="5" t="s">
+        <v>2372</v>
+      </c>
+      <c r="K347" s="5" t="s">
+        <v>2373</v>
+      </c>
+      <c r="L347" s="6" t="s">
+        <v>2374</v>
+      </c>
+      <c r="M347" s="5" t="s">
         <v>2375</v>
-      </c>
-[...36 lines deleted...]
-        <v>2381</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H348" s="5" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>2378</v>
+      </c>
+      <c r="J348" s="5" t="s">
+        <v>2379</v>
+      </c>
+      <c r="K348" s="5" t="s">
+        <v>2380</v>
+      </c>
+      <c r="L348" s="6" t="s">
+        <v>2381</v>
+      </c>
+      <c r="M348" s="5" t="s">
         <v>2382</v>
-      </c>
-[...36 lines deleted...]
-        <v>2389</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>2385</v>
+      </c>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H349" s="5" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>2387</v>
+      </c>
+      <c r="J349" s="5" t="s">
+        <v>2388</v>
+      </c>
+      <c r="K349" s="5" t="s">
+        <v>2389</v>
+      </c>
+      <c r="L349" s="6" t="s">
         <v>2390</v>
       </c>
-      <c r="B349" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E349" s="5" t="s">
+      <c r="M349" s="5" t="s">
         <v>2391</v>
-      </c>
-[...24 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F350" s="5" t="s">
+        <v>2395</v>
+      </c>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I350" s="5" t="s">
+        <v>2397</v>
+      </c>
+      <c r="J350" s="5" t="s">
         <v>2398</v>
       </c>
-      <c r="B350" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F350" s="5" t="s">
+      <c r="K350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L350" s="6" t="s">
         <v>2399</v>
       </c>
-      <c r="G350" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H350" s="5" t="s">
+      <c r="M350" s="5" t="s">
         <v>2400</v>
-      </c>
-[...13 lines deleted...]
-        <v>2405</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>2385</v>
+      </c>
+      <c r="G351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H351" s="5" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>2404</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="K351" s="5" t="s">
         <v>2406</v>
       </c>
-      <c r="B351" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H351" s="5" t="s">
+      <c r="L351" s="6" t="s">
         <v>2407</v>
       </c>
-      <c r="I351" s="5" t="s">
+      <c r="M351" s="5" t="s">
         <v>2408</v>
-      </c>
-[...10 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D352" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="F352" s="5" t="s">
-        <v>2399</v>
+        <v>2385</v>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
+        <v>2410</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>2412</v>
+      </c>
+      <c r="K352" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="L352" s="6" t="s">
         <v>2414</v>
       </c>
-      <c r="I352" s="5" t="s">
+      <c r="M352" s="5" t="s">
         <v>2415</v>
-      </c>
-[...10 lines deleted...]
-        <v>2419</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="F353" s="5" t="s">
-        <v>2399</v>
+        <v>2417</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
+        <v>2418</v>
+      </c>
+      <c r="I353" s="5" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J353" s="5" t="s">
+        <v>2420</v>
+      </c>
+      <c r="K353" s="5" t="s">
         <v>2421</v>
       </c>
-      <c r="I353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2422</v>
       </c>
-      <c r="J353" s="5" t="s">
+      <c r="M353" s="5" t="s">
         <v>2423</v>
-      </c>
-[...7 lines deleted...]
-        <v>2426</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H354" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="I354" s="5" t="s">
         <v>2427</v>
       </c>
-      <c r="B354" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H354" s="5" t="s">
+      <c r="J354" s="5" t="s">
         <v>2428</v>
       </c>
-      <c r="I354" s="5" t="s">
+      <c r="K354" s="5" t="s">
         <v>2429</v>
       </c>
-      <c r="J354" s="5" t="s">
+      <c r="L354" s="6" t="s">
         <v>2430</v>
       </c>
-      <c r="K354" s="5" t="s">
+      <c r="M354" s="5" t="s">
         <v>2431</v>
-      </c>
-[...4 lines deleted...]
-        <v>2433</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D355" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E355" s="5" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="F355" s="5" t="s">
-        <v>2399</v>
+        <v>2433</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
+        <v>2434</v>
+      </c>
+      <c r="I355" s="5" t="s">
         <v>2435</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="J355" s="5" t="s">
         <v>2436</v>
       </c>
-      <c r="J355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2437</v>
       </c>
-      <c r="K355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2438</v>
       </c>
-      <c r="L355" s="6" t="s">
+      <c r="M355" s="5" t="s">
         <v>2439</v>
-      </c>
-[...1 lines deleted...]
-        <v>2440</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2441</v>
+        <v>2440</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D356" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="F356" s="5" t="s">
-        <v>2399</v>
+        <v>2433</v>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I356" s="5" t="s">
         <v>2442</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="J356" s="5" t="s">
         <v>2443</v>
       </c>
-      <c r="J356" s="5" t="s">
+      <c r="K356" s="5" t="s">
         <v>2444</v>
       </c>
-      <c r="K356" s="5" t="s">
+      <c r="L356" s="6" t="s">
         <v>2445</v>
       </c>
-      <c r="L356" s="6" t="s">
+      <c r="M356" s="5" t="s">
         <v>2446</v>
-      </c>
-[...1 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="F357" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H357" s="5" t="s">
+        <v>2448</v>
+      </c>
+      <c r="I357" s="5" t="s">
         <v>2449</v>
       </c>
-      <c r="G357" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H357" s="5" t="s">
+      <c r="J357" s="5" t="s">
         <v>2450</v>
       </c>
-      <c r="I357" s="5" t="s">
+      <c r="K357" s="5" t="s">
         <v>2451</v>
       </c>
-      <c r="J357" s="5" t="s">
+      <c r="L357" s="6" t="s">
         <v>2452</v>
       </c>
-      <c r="K357" s="5" t="s">
+      <c r="M357" s="5" t="s">
         <v>2453</v>
-      </c>
-[...4 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H358" s="5" t="s">
+        <v>2455</v>
+      </c>
+      <c r="I358" s="5" t="s">
         <v>2456</v>
       </c>
-      <c r="B358" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C358" s="5" t="s">
+      <c r="J358" s="5" t="s">
+        <v>2457</v>
+      </c>
+      <c r="K358" s="5" t="s">
+        <v>2458</v>
+      </c>
+      <c r="L358" s="6" t="s">
+        <v>2459</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>2464</v>
+      </c>
+      <c r="K359" s="5" t="s">
+        <v>2465</v>
+      </c>
+      <c r="L359" s="6" t="s">
+        <v>2466</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F360" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>2471</v>
+      </c>
+      <c r="K360" s="5" t="s">
+        <v>2472</v>
+      </c>
+      <c r="L360" s="6" t="s">
+        <v>2473</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="5" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H361" s="5" t="s">
+        <v>2476</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>2477</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>2478</v>
+      </c>
+      <c r="K361" s="5" t="s">
+        <v>2479</v>
+      </c>
+      <c r="L361" s="6" t="s">
+        <v>2480</v>
+      </c>
+      <c r="M361" s="5" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F362" s="5" t="s">
+        <v>2483</v>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>2485</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>2486</v>
+      </c>
+      <c r="K362" s="5" t="s">
+        <v>2487</v>
+      </c>
+      <c r="L362" s="6" t="s">
+        <v>2488</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="5" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D358" s="5" t="s">
+      <c r="D363" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E358" s="5" t="s">
+      <c r="E363" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="F358" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G358" s="5" t="s">
+      <c r="F363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G363" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="H358" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J358" s="5" t="s">
+      <c r="H363" s="5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J363" s="5" t="s">
         <v>663</v>
       </c>
-      <c r="K358" s="5" t="s">
-[...6 lines deleted...]
-        <v>2461</v>
+      <c r="K363" s="5" t="s">
+        <v>2493</v>
+      </c>
+      <c r="L363" s="6" t="s">
+        <v>2494</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>2495</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -31298,44 +31798,49 @@
     <hyperlink ref="M334" r:id="rId339"/>
     <hyperlink ref="M335" r:id="rId340"/>
     <hyperlink ref="M336" r:id="rId341"/>
     <hyperlink ref="M337" r:id="rId342"/>
     <hyperlink ref="M338" r:id="rId343"/>
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
+    <hyperlink ref="M359" r:id="rId364"/>
+    <hyperlink ref="M360" r:id="rId365"/>
+    <hyperlink ref="M361" r:id="rId366"/>
+    <hyperlink ref="M362" r:id="rId367"/>
+    <hyperlink ref="M363" r:id="rId368"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>