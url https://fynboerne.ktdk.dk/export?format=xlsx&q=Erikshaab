--- v1 (2025-11-21)
+++ v2 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4054" uniqueCount="2496" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4063" uniqueCount="2502" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -14262,50 +14262,84 @@
   <si>
     <t>Otto Emil Paludan, kaldet Pallam, overtog Albrecht Warbergs stilling som godsforvalter, da sidstnævnte døde. Paludan havde tidligere haft en enkelt stue på Erikshaab, men efter Warberg-familiens flytning overtog han hele gården. Da Paludan i 1929 døde, blev der holdt auktion over diverse ejendele på Erikshaab. Han var ugift og enlig. Paludans søster, Marie, var husholderske for ham. Derfor formuleringen "Marie-Pallamske Ting". 
 Kai P. var muligvis en af Otto Emil Paludans slægtninge - han forærede Johanne C. Larsen Trap Danmark. 
 Dr. Bemers kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3796</t>
   </si>
   <si>
     <t>Ellen Sawyer, Johanne/Junge Larsen og Andreas Warberg har været til auktion på Erikshaab. Der var dejligt. Maria og Lars Christian Balslev har planer om at flytte til Erikshaab, og de talte med Bendt Schaffalitzky om denne mulighed.
 Ellen og Johanne købte en del på auktionen - også lidt til Louise Brønsted. Peter Brønsted kan få lovbøgerne. Paludans arvinger havde taget de pæneste ting.
 Martin/Manse Warberg Larsens konfirmation gik glimrende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aazS</t>
   </si>
   <si>
     <t>Tirsdag 25/5-29
 Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
 Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
 Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
 De Smaasager kan du jo faa, naar du kommer.
 Skriv snart igen
 1000 Hilsner
 E</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>De bøger og andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1936-12-18</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Adolph Larsen
 Carl Larsen
 Marie Larsen
 Axel  Müller
 - Overgaard
 Ellen  Sawyer
 Janna Schou
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
 Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
@@ -15425,59 +15459,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M363"/>
+  <dimension ref="A1:M364"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -30799,687 +30833,736 @@
       </c>
       <c r="I348" s="5" t="s">
         <v>2378</v>
       </c>
       <c r="J348" s="5" t="s">
         <v>2379</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>2380</v>
       </c>
       <c r="L348" s="6" t="s">
         <v>2381</v>
       </c>
       <c r="M348" s="5" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
         <v>2383</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="E349" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H349" s="5" t="s">
         <v>2384</v>
       </c>
-      <c r="F349" s="5" t="s">
+      <c r="I349" s="5" t="s">
         <v>2385</v>
       </c>
-      <c r="G349" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H349" s="5" t="s">
+      <c r="J349" s="5" t="s">
         <v>2386</v>
       </c>
-      <c r="I349" s="5" t="s">
+      <c r="K349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L349" s="6" t="s">
         <v>2387</v>
       </c>
-      <c r="J349" s="5" t="s">
+      <c r="M349" s="5" t="s">
         <v>2388</v>
-      </c>
-[...7 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F350" s="5" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="s">
         <v>2392</v>
       </c>
-      <c r="B350" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D350" s="5" t="s">
+      <c r="I350" s="5" t="s">
         <v>2393</v>
       </c>
-      <c r="E350" s="5" t="s">
+      <c r="J350" s="5" t="s">
         <v>2394</v>
       </c>
-      <c r="F350" s="5" t="s">
+      <c r="K350" s="5" t="s">
         <v>2395</v>
       </c>
-      <c r="G350" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H350" s="5" t="s">
+      <c r="L350" s="6" t="s">
         <v>2396</v>
       </c>
-      <c r="I350" s="5" t="s">
+      <c r="M350" s="5" t="s">
         <v>2397</v>
-      </c>
-[...12 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2401</v>
+        <v>2398</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>937</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
       <c r="E351" s="5" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H351" s="5" t="s">
         <v>2402</v>
       </c>
-      <c r="F351" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H351" s="5" t="s">
+      <c r="I351" s="5" t="s">
         <v>2403</v>
       </c>
-      <c r="I351" s="5" t="s">
+      <c r="J351" s="5" t="s">
         <v>2404</v>
       </c>
-      <c r="J351" s="5" t="s">
+      <c r="K351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L351" s="6" t="s">
         <v>2405</v>
       </c>
-      <c r="K351" s="5" t="s">
+      <c r="M351" s="5" t="s">
         <v>2406</v>
-      </c>
-[...4 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F352" s="5" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H352" s="5" t="s">
         <v>2409</v>
       </c>
-      <c r="B352" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H352" s="5" t="s">
+      <c r="I352" s="5" t="s">
         <v>2410</v>
       </c>
-      <c r="I352" s="5" t="s">
+      <c r="J352" s="5" t="s">
         <v>2411</v>
       </c>
-      <c r="J352" s="5" t="s">
+      <c r="K352" s="5" t="s">
         <v>2412</v>
       </c>
-      <c r="K352" s="5" t="s">
+      <c r="L352" s="6" t="s">
         <v>2413</v>
       </c>
-      <c r="L352" s="6" t="s">
+      <c r="M352" s="5" t="s">
         <v>2414</v>
-      </c>
-[...1 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2416</v>
+        <v>2415</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F353" s="5" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H353" s="5" t="s">
+        <v>2416</v>
+      </c>
+      <c r="I353" s="5" t="s">
         <v>2417</v>
       </c>
-      <c r="G353" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H353" s="5" t="s">
+      <c r="J353" s="5" t="s">
         <v>2418</v>
       </c>
-      <c r="I353" s="5" t="s">
+      <c r="K353" s="5" t="s">
         <v>2419</v>
       </c>
-      <c r="J353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2420</v>
       </c>
-      <c r="K353" s="5" t="s">
+      <c r="M353" s="5" t="s">
         <v>2421</v>
-      </c>
-[...4 lines deleted...]
-        <v>2423</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H354" s="5" t="s">
         <v>2424</v>
       </c>
-      <c r="B354" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E354" s="5" t="s">
+      <c r="I354" s="5" t="s">
         <v>2425</v>
       </c>
-      <c r="F354" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H354" s="5" t="s">
+      <c r="J354" s="5" t="s">
         <v>2426</v>
       </c>
-      <c r="I354" s="5" t="s">
+      <c r="K354" s="5" t="s">
         <v>2427</v>
       </c>
-      <c r="J354" s="5" t="s">
+      <c r="L354" s="6" t="s">
         <v>2428</v>
       </c>
-      <c r="K354" s="5" t="s">
+      <c r="M354" s="5" t="s">
         <v>2429</v>
-      </c>
-[...4 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>2431</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>2390</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
         <v>2432</v>
       </c>
-      <c r="B355" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F355" s="5" t="s">
+      <c r="I355" s="5" t="s">
         <v>2433</v>
       </c>
-      <c r="G355" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H355" s="5" t="s">
+      <c r="J355" s="5" t="s">
         <v>2434</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2435</v>
       </c>
-      <c r="J355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2436</v>
       </c>
-      <c r="K355" s="5" t="s">
+      <c r="M355" s="5" t="s">
         <v>2437</v>
-      </c>
-[...4 lines deleted...]
-        <v>2439</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D356" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F356" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
+        <v>2440</v>
+      </c>
+      <c r="I356" s="5" t="s">
         <v>2441</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="J356" s="5" t="s">
         <v>2442</v>
       </c>
-      <c r="J356" s="5" t="s">
+      <c r="K356" s="5" t="s">
         <v>2443</v>
       </c>
-      <c r="K356" s="5" t="s">
+      <c r="L356" s="6" t="s">
         <v>2444</v>
       </c>
-      <c r="L356" s="6" t="s">
+      <c r="M356" s="5" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2446</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2447</v>
+        <v>2446</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F357" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I357" s="5" t="s">
         <v>2448</v>
       </c>
-      <c r="I357" s="5" t="s">
+      <c r="J357" s="5" t="s">
         <v>2449</v>
       </c>
-      <c r="J357" s="5" t="s">
+      <c r="K357" s="5" t="s">
         <v>2450</v>
       </c>
-      <c r="K357" s="5" t="s">
+      <c r="L357" s="6" t="s">
         <v>2451</v>
       </c>
-      <c r="L357" s="6" t="s">
+      <c r="M357" s="5" t="s">
         <v>2452</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2454</v>
+        <v>2453</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D358" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E358" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F358" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I358" s="5" t="s">
         <v>2455</v>
       </c>
-      <c r="I358" s="5" t="s">
+      <c r="J358" s="5" t="s">
         <v>2456</v>
       </c>
-      <c r="J358" s="5" t="s">
+      <c r="K358" s="5" t="s">
         <v>2457</v>
       </c>
-      <c r="K358" s="5" t="s">
+      <c r="L358" s="6" t="s">
         <v>2458</v>
       </c>
-      <c r="L358" s="6" t="s">
+      <c r="M358" s="5" t="s">
         <v>2459</v>
-      </c>
-[...1 lines deleted...]
-        <v>2460</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2461</v>
+        <v>2460</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="D359" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E359" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F359" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="I359" s="5" t="s">
         <v>2462</v>
       </c>
-      <c r="I359" s="5" t="s">
+      <c r="J359" s="5" t="s">
         <v>2463</v>
       </c>
-      <c r="J359" s="5" t="s">
+      <c r="K359" s="5" t="s">
         <v>2464</v>
       </c>
-      <c r="K359" s="5" t="s">
+      <c r="L359" s="6" t="s">
         <v>2465</v>
       </c>
-      <c r="L359" s="6" t="s">
+      <c r="M359" s="5" t="s">
         <v>2466</v>
-      </c>
-[...1 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2468</v>
+        <v>2467</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>103</v>
+        <v>283</v>
       </c>
       <c r="D360" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F360" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I360" s="5" t="s">
         <v>2469</v>
       </c>
-      <c r="I360" s="5" t="s">
+      <c r="J360" s="5" t="s">
         <v>2470</v>
       </c>
-      <c r="J360" s="5" t="s">
+      <c r="K360" s="5" t="s">
         <v>2471</v>
       </c>
-      <c r="K360" s="5" t="s">
+      <c r="L360" s="6" t="s">
         <v>2472</v>
       </c>
-      <c r="L360" s="6" t="s">
+      <c r="M360" s="5" t="s">
         <v>2473</v>
-      </c>
-[...1 lines deleted...]
-        <v>2474</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2475</v>
+        <v>2474</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D361" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E361" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F361" s="5" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I361" s="5" t="s">
         <v>2476</v>
       </c>
-      <c r="I361" s="5" t="s">
+      <c r="J361" s="5" t="s">
         <v>2477</v>
       </c>
-      <c r="J361" s="5" t="s">
+      <c r="K361" s="5" t="s">
         <v>2478</v>
       </c>
-      <c r="K361" s="5" t="s">
+      <c r="L361" s="6" t="s">
         <v>2479</v>
       </c>
-      <c r="L361" s="6" t="s">
+      <c r="M361" s="5" t="s">
         <v>2480</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="F362" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I362" s="5" t="s">
         <v>2483</v>
       </c>
-      <c r="G362" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H362" s="5" t="s">
+      <c r="J362" s="5" t="s">
         <v>2484</v>
       </c>
-      <c r="I362" s="5" t="s">
+      <c r="K362" s="5" t="s">
         <v>2485</v>
       </c>
-      <c r="J362" s="5" t="s">
+      <c r="L362" s="6" t="s">
         <v>2486</v>
       </c>
-      <c r="K362" s="5" t="s">
+      <c r="M362" s="5" t="s">
         <v>2487</v>
-      </c>
-[...4 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="G363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H363" s="5" t="s">
         <v>2490</v>
       </c>
-      <c r="B363" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H363" s="5" t="s">
+      <c r="I363" s="5" t="s">
         <v>2491</v>
       </c>
-      <c r="I363" s="5" t="s">
+      <c r="J363" s="5" t="s">
         <v>2492</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="K363" s="5" t="s">
         <v>2493</v>
       </c>
       <c r="L363" s="6" t="s">
         <v>2494</v>
       </c>
       <c r="M363" s="5" t="s">
         <v>2495</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G364" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H364" s="5" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>2498</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K364" s="5" t="s">
+        <v>2499</v>
+      </c>
+      <c r="L364" s="6" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>2501</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -31803,44 +31886,45 @@
     <hyperlink ref="M339" r:id="rId344"/>
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
     <hyperlink ref="M359" r:id="rId364"/>
     <hyperlink ref="M360" r:id="rId365"/>
     <hyperlink ref="M361" r:id="rId366"/>
     <hyperlink ref="M362" r:id="rId367"/>
     <hyperlink ref="M363" r:id="rId368"/>
+    <hyperlink ref="M364" r:id="rId369"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>