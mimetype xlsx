--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4063" uniqueCount="2502" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4094" uniqueCount="2524" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -10867,51 +10867,51 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-04-25</t>
   </si>
   <si>
     <t>Andreis -
 Carl -
 Thora  Branner
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne  Larsen
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 Albrecht  Warberg
@@ -11607,50 +11607,88 @@
 Otto Emil  Paludan
 Ellen  Sawyer
 Albrecht  Warberg
 Andreas Warberg, Albrechts far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Asta Krohn/Bergh, f. Heyman, var i huset hos familien Warberg i sine unge dage.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2672</t>
   </si>
   <si>
     <t>Det gør Asta Bergh ondt, at Albrecht Warberg er død. Hun holdt meget af ham og tænker tilbage på, når han kaldte hende Frk. Ast. Asta Bergh var på klinikken for at besøge Albrecht Warberg, men han var kørt til operation. Hun ved, at Albrecht må være dybt savnet i familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gMgE</t>
   </si>
   <si>
     <t>7/10 1902
 Kære Fru Warberg!
 Jeg véd De har faaet en Hilsen fra mig gennem Berta; men jeg trænger alligevel til selv at sige Dem, hvor inderlig ondt det Dødsfald har gjort mig. Jeg kunde saa grumme godt lide Deres Mand. - Desværre fik jeg ikke set ham hverken i Fjor eller i Aar - da jeg en Dag vilde besøge ham, da han nu var herinde, fik jeg at vide, at han lige var kommen paa Kliniken for at opereres - det er ved den Slags Lejligheder, at man fortryder sit Sløseri - jeg havde saa gærne set ham og talt med ham en sidste Gang. - - Hans "Fru Ast" klinger ofte for mine Ører, men oftere endnu "Naa, Frk. Ast", - - naar jeg - det kunde hænde - lidt mellemfornøjet kom ned til Middagsbordet - han hængte gærne i med én paa sin rare, bundelskværdige Maade - og - det hjalp altid. - Jeg føler, hvad det vil sige i "Erikshaab" uden ham - det kan man bedre føle, naar man har boet hos Dem og véd hvad "Faderen" var for hver enkelt Medlem af Familien.
 De maa endelig, kære Fru Warberg, hilse dem alle, ogsaa Herr Paludan, paa det hjærteligste og selv tage mod en varm Hilsen fra
 Deres altid hengivne
 Asta Bergh</t>
+  </si>
+  <si>
+    <t>1902-10-09</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Dagmar Scheel
+Jørgen Scheel
+Lili Scheel
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dagmar og Jørgen Scheels datter, Eleonora Lili Scheel, var i 1902 i huset hos familien Warberg. Albrecht Warberg døde, mens Lili opholdt sig på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3836</t>
+  </si>
+  <si>
+    <t>Jørgen Scheel udtrykker sin dybeste deltagelse over Albrecht Warbergs død, og han takker for både den elskværdige modtagelse og for, at Laura Warberg er så god mod hans datter, Lili. Scheel sender 20 kr., og han vil sende flere penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QtzX</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d 9/10 02
+Frue!
+Maa jeg først tillade mig for Dem at udtale min dybeste og inderligste Deltagelse i den store Sorg der har ramt Dem Frue og Deres Familie. Med Taknemmelighed og Glæde mindes jeg den Elskværdiged der blev mig udvist under mit Ophold i deres elskværdige Hjem. Maa jeg takke Dem fordi De er saa god mod Lili, hun er saa glad ved at være hos Dem og min Hustru og jeg ere i lige Maade meget glade over at vor Datter er i saa gode Hænder -
+Jeg vedlægger ærbødigst 20 Kr og skal senere tillade mig at sende flere Penge.
+Maa jeg bede Dem Frue hilse min kjære Lili og deres Familie. -
+Vær forvisset om min dybeste Højagtelse
+Deres ærbødige
+J. Scheel</t>
   </si>
   <si>
     <t>1902-10-10</t>
   </si>
   <si>
     <t>Charlotte Knipschildt</t>
   </si>
   <si>
     <t>Lerchenborg pr. Kalundborg</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Ernst  Knipschildt
 Gustav Knipschildt
 Otto Knipschildt
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
@@ -14039,50 +14077,158 @@
   </si>
   <si>
     <t>[På kuvertens forside med blyant:]
 22 Okt 1927
 [Med pen:]
 Fru 
 Astrid Warberg
 Howitzvej 29
 Kjøbenhavn
 F.
 [Med blyant:]
 læst Jan 1957.
 [Med pen i brevet langs højre margen:]
 21-10-27
 [Med pen i brevet:]
 Kæreste lille Dis!
 Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
 Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
 Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
 I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
 Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
 [Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
 [Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
   </si>
   <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
     <t>ca. 10. februar 1929</t>
   </si>
   <si>
     <t>Hanne -  -, kokkepige Erikshaab
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Andreas Warberg</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3798</t>
   </si>
   <si>
     <t>Ellen Sawyer beder indtrængende Louise Brønsted om ikke at rejse til Otto Emil Paludan/Pallams begravelse. Det fryser 20 grader, og det stormer, så der er risiko for, at isen pakker. Louise må ikke risikere at blive syg. Christine/Mornine kommer, og det kan Ellen næppe forhindre. 
 Gamle Hanne fylder 80.
 Ellen tør gæsteværelser op.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/o0Ss</t>
   </si>
   <si>
     <t>Kære lille Lugge!
 Du maa ikke komme til Begravelsen. Det er Vanvid. Det er, - om jeg saa maa sige - at gøre Pallam en daarlig Tjeneste. Han, som vilde os det saa godt, - at tvinge ham til at gøre dig Fortræd til allersidst. For det vilde gøre dig Fortræd. Jeg synes slet ikke du har Lov til det.
 Det er meget sandsynligt at der bliver Istransport. Det kan ventes hvert Øjeblik med den Storm. Isen pakker sammen og man ved ikke hvor den pakker hen. Gør det ikke. - Det er ogsaa Vanvid af Mornine - men der er vel ikke noget at stille op. - Hvis du gavnede noget Menneske med det, saa var det noget andet. Men det gør du ikke Det er kun en Fornemmelsessag. Jeg vilde ikke sige "kun" hvis det var paa en anden Aarstid, - men det er idag det frygteligste Vejr vi har haft i flere Aar. 20 ÷ og Storm. Det er uhørt. - Og tænk hvor bittert det kommer til at gaa ud over din Flok - og os alle - lille Lugge, - om du bliver syg af det. Baade, [kommaet overstreget] Dede, Junge og jeg beder dig indtrængende om at blive hjemme. - 
 Tak for dit søde Brev. Jeg har ingen Tid at skrive nu.
@@ -14152,76 +14298,77 @@
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -14278,55 +14425,61 @@
   <si>
     <t>Tirsdag 25/5-29
 Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
 Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
 Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
 De Smaasager kan du jo faa, naar du kommer.
 Skriv snart igen
 1000 Hilsner
 E</t>
   </si>
   <si>
     <t>1929-10-06</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen</t>
   </si>
   <si>
-    <t>De bøger og andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
 Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jjs2</t>
   </si>
   <si>
     <t>6/10 - 29
 Til Magsen
 Kæreste Lugge!
 Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
 Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
 Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
 Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
 Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1936-12-18</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
@@ -15459,59 +15612,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M364"/>
+  <dimension ref="A1:M367"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -28408,3161 +28561,3300 @@
         <v>1993</v>
       </c>
       <c r="I294" s="5" t="s">
         <v>1994</v>
       </c>
       <c r="J294" s="5" t="s">
         <v>1995</v>
       </c>
       <c r="K294" s="5" t="s">
         <v>1996</v>
       </c>
       <c r="L294" s="6" t="s">
         <v>1997</v>
       </c>
       <c r="M294" s="5" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
         <v>1999</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C295" s="5" t="s">
-        <v>2000</v>
+      <c r="C295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I295" s="5" t="s">
         <v>2001</v>
       </c>
-      <c r="F295" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H295" s="5" t="s">
+      <c r="J295" s="5" t="s">
         <v>2002</v>
       </c>
-      <c r="I295" s="5" t="s">
+      <c r="K295" s="5" t="s">
         <v>2003</v>
       </c>
-      <c r="J295" s="5" t="s">
+      <c r="L295" s="6" t="s">
         <v>2004</v>
       </c>
-      <c r="K295" s="5" t="s">
+      <c r="M295" s="5" t="s">
         <v>2005</v>
-      </c>
-[...4 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="D296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E296" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H296" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I296" s="5" t="s">
         <v>2010</v>
       </c>
-      <c r="F296" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H296" s="5" t="s">
+      <c r="J296" s="5" t="s">
         <v>2011</v>
       </c>
-      <c r="I296" s="5"/>
-      <c r="J296" s="5" t="s">
+      <c r="K296" s="5" t="s">
         <v>2012</v>
       </c>
-      <c r="K296" s="5" t="s">
+      <c r="L296" s="6" t="s">
         <v>2013</v>
       </c>
-      <c r="L296" s="6" t="s">
+      <c r="M296" s="5" t="s">
         <v>2014</v>
-      </c>
-[...1 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C297" s="5" t="s">
         <v>2016</v>
       </c>
-      <c r="B297" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C297" s="5" t="s">
+      <c r="D297" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D297" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E297" s="5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="F297" s="5" t="s">
         <v>2017</v>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
         <v>2018</v>
       </c>
-      <c r="I297" s="5" t="s">
+      <c r="I297" s="5"/>
+      <c r="J297" s="5" t="s">
         <v>2019</v>
       </c>
-      <c r="J297" s="5" t="s">
+      <c r="K297" s="5" t="s">
         <v>2020</v>
       </c>
-      <c r="K297" s="5" t="s">
+      <c r="L297" s="6" t="s">
         <v>2021</v>
       </c>
-      <c r="L297" s="6" t="s">
+      <c r="M297" s="5" t="s">
         <v>2022</v>
-      </c>
-[...1 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F298" s="5" t="s">
         <v>2024</v>
       </c>
-      <c r="B298" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E298" s="5" t="s">
+      <c r="G298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H298" s="5" t="s">
         <v>2025</v>
       </c>
-      <c r="F298" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H298" s="5" t="s">
+      <c r="I298" s="5" t="s">
         <v>2026</v>
       </c>
-      <c r="I298" s="5" t="s">
+      <c r="J298" s="5" t="s">
         <v>2027</v>
       </c>
-      <c r="J298" s="5" t="s">
+      <c r="K298" s="5" t="s">
         <v>2028</v>
       </c>
-      <c r="K298" s="5" t="s">
+      <c r="L298" s="6" t="s">
         <v>2029</v>
       </c>
-      <c r="L298" s="6" t="s">
+      <c r="M298" s="5" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="5" t="s">
         <v>2032</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
         <v>2033</v>
       </c>
       <c r="I299" s="5" t="s">
         <v>2034</v>
       </c>
       <c r="J299" s="5" t="s">
         <v>2035</v>
       </c>
       <c r="K299" s="5" t="s">
         <v>2036</v>
       </c>
       <c r="L299" s="6" t="s">
         <v>2037</v>
       </c>
       <c r="M299" s="5" t="s">
         <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
         <v>2039</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>658</v>
+        <v>937</v>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F300" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G300" s="5" t="s">
+      <c r="F300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H300" s="5" t="s">
         <v>2040</v>
       </c>
-      <c r="H300" s="5" t="s">
+      <c r="I300" s="5" t="s">
         <v>2041</v>
       </c>
-      <c r="I300" s="5" t="s">
+      <c r="J300" s="5" t="s">
         <v>2042</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="K300" s="5" t="s">
         <v>2043</v>
       </c>
       <c r="L300" s="6" t="s">
         <v>2044</v>
       </c>
       <c r="M300" s="5" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
         <v>2046</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D301" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="D301" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="5" t="s">
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G301" s="5" t="s">
         <v>2047</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H301" s="5" t="s">
         <v>2048</v>
       </c>
       <c r="I301" s="5" t="s">
         <v>2049</v>
       </c>
       <c r="J301" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K301" s="5" t="s">
         <v>2050</v>
       </c>
       <c r="L301" s="6" t="s">
         <v>2051</v>
       </c>
       <c r="M301" s="5" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
         <v>2053</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D302" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>129</v>
+        <v>2054</v>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="J302" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D303" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D303" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E303" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G303" s="5" t="s">
-        <v>2060</v>
+      <c r="G303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K303" s="5" t="s">
         <v>2063</v>
       </c>
       <c r="L303" s="6" t="s">
         <v>2064</v>
       </c>
       <c r="M303" s="5" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
         <v>2066</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F304" s="5" t="s">
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G304" s="5" t="s">
         <v>2067</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H304" s="5" t="s">
         <v>2068</v>
       </c>
       <c r="I304" s="5" t="s">
         <v>2069</v>
       </c>
       <c r="J304" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K304" s="5" t="s">
         <v>2070</v>
       </c>
-      <c r="K304" s="5" t="s">
+      <c r="L304" s="6" t="s">
         <v>2071</v>
       </c>
-      <c r="L304" s="6" t="s">
+      <c r="M304" s="5" t="s">
         <v>2072</v>
-      </c>
-[...1 lines deleted...]
-        <v>2073</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F305" s="5" t="s">
         <v>2074</v>
       </c>
-      <c r="B305" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F305" s="5" t="s">
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H305" s="5" t="s">
         <v>2075</v>
       </c>
-      <c r="G305" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H305" s="5" t="s">
+      <c r="I305" s="5" t="s">
         <v>2076</v>
       </c>
-      <c r="I305" s="5" t="s">
+      <c r="J305" s="5" t="s">
         <v>2077</v>
       </c>
-      <c r="J305" s="5" t="s">
+      <c r="K305" s="5" t="s">
         <v>2078</v>
       </c>
-      <c r="K305" s="5" t="s">
+      <c r="L305" s="6" t="s">
         <v>2079</v>
       </c>
-      <c r="L305" s="6" t="s">
+      <c r="M305" s="5" t="s">
         <v>2080</v>
-      </c>
-[...1 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F306" s="5" t="s">
         <v>2082</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
         <v>2083</v>
       </c>
       <c r="I306" s="5" t="s">
         <v>2084</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>663</v>
+        <v>2085</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D307" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E307" s="5" t="s">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="J307" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F308" s="5" t="s">
-        <v>2095</v>
+        <v>129</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
         <v>2096</v>
       </c>
       <c r="I308" s="5" t="s">
         <v>2097</v>
       </c>
       <c r="J308" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K308" s="5" t="s">
         <v>2098</v>
       </c>
-      <c r="K308" s="5" t="s">
+      <c r="L308" s="6" t="s">
         <v>2099</v>
       </c>
-      <c r="L308" s="6" t="s">
+      <c r="M308" s="5" t="s">
         <v>2100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2102</v>
+        <v>2101</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        </is>
+        <v>937</v>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F309" s="5" t="s">
+        <v>2102</v>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
         <v>2103</v>
       </c>
       <c r="I309" s="5" t="s">
         <v>2104</v>
       </c>
       <c r="J309" s="5" t="s">
         <v>2105</v>
       </c>
       <c r="K309" s="5" t="s">
         <v>2106</v>
       </c>
       <c r="L309" s="6" t="s">
         <v>2107</v>
       </c>
       <c r="M309" s="5" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
         <v>2109</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
       <c r="D310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
         <v>2110</v>
       </c>
-      <c r="F310" s="5" t="s">
+      <c r="I310" s="5" t="s">
         <v>2111</v>
       </c>
-      <c r="G310" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H310" s="5" t="s">
+      <c r="J310" s="5" t="s">
         <v>2112</v>
       </c>
-      <c r="I310" s="5" t="s">
+      <c r="K310" s="5" t="s">
         <v>2113</v>
       </c>
-      <c r="J310" s="5" t="s">
+      <c r="L310" s="6" t="s">
         <v>2114</v>
       </c>
-      <c r="K310" s="5" t="s">
+      <c r="M310" s="5" t="s">
         <v>2115</v>
-      </c>
-[...4 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2118</v>
+        <v>2116</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>937</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E311" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="G311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H311" s="5" t="s">
         <v>2119</v>
       </c>
-      <c r="F311" s="5" t="s">
+      <c r="I311" s="5" t="s">
         <v>2120</v>
       </c>
-      <c r="G311" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H311" s="5" t="s">
+      <c r="J311" s="5" t="s">
         <v>2121</v>
       </c>
-      <c r="I311" s="5" t="s">
+      <c r="K311" s="5" t="s">
         <v>2122</v>
       </c>
-      <c r="J311" s="5" t="s">
+      <c r="L311" s="6" t="s">
         <v>2123</v>
       </c>
-      <c r="K311" s="5" t="s">
+      <c r="M311" s="5" t="s">
         <v>2124</v>
-      </c>
-[...4 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F312" s="5" t="s">
         <v>2127</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
         <v>2128</v>
       </c>
       <c r="I312" s="5" t="s">
         <v>2129</v>
       </c>
       <c r="J312" s="5" t="s">
         <v>2130</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="L312" s="6" t="s">
         <v>2132</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
         <v>2134</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>896</v>
+        <v>937</v>
       </c>
       <c r="E313" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="F313" s="5" t="s">
+      <c r="F313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H313" s="5" t="s">
         <v>2135</v>
       </c>
-      <c r="G313" s="5" t="s">
+      <c r="I313" s="5" t="s">
         <v>2136</v>
       </c>
-      <c r="H313" s="5" t="s">
+      <c r="J313" s="5" t="s">
         <v>2137</v>
       </c>
-      <c r="I313" s="5" t="s">
+      <c r="K313" s="5" t="s">
         <v>2138</v>
       </c>
-      <c r="J313" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K313" s="5" t="s">
+      <c r="L313" s="6" t="s">
         <v>2139</v>
       </c>
-      <c r="L313" s="6" t="s">
+      <c r="M313" s="5" t="s">
         <v>2140</v>
-      </c>
-[...1 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F314" s="5" t="s">
         <v>2142</v>
       </c>
-      <c r="B314" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E314" s="5" t="s">
+      <c r="G314" s="5" t="s">
         <v>2143</v>
       </c>
-      <c r="F314" s="5" t="s">
+      <c r="H314" s="5" t="s">
         <v>2144</v>
       </c>
-      <c r="G314" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H314" s="5" t="s">
+      <c r="I314" s="5" t="s">
         <v>2145</v>
       </c>
-      <c r="I314" s="5" t="s">
+      <c r="J314" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K314" s="5" t="s">
         <v>2146</v>
       </c>
-      <c r="J314" s="5" t="s">
+      <c r="L314" s="6" t="s">
         <v>2147</v>
       </c>
-      <c r="K314" s="5" t="s">
+      <c r="M314" s="5" t="s">
         <v>2148</v>
-      </c>
-[...4 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F315" s="5" t="s">
         <v>2151</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
         <v>2152</v>
       </c>
       <c r="I315" s="5" t="s">
         <v>2153</v>
       </c>
       <c r="J315" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="K315" s="5" t="s">
         <v>2155</v>
       </c>
       <c r="L315" s="6" t="s">
         <v>2156</v>
       </c>
       <c r="M315" s="5" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
         <v>2158</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>103</v>
+        <v>1948</v>
       </c>
       <c r="D316" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E316" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E316" s="5" t="s">
+        <v>1949</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
         <v>2159</v>
       </c>
       <c r="I316" s="5" t="s">
         <v>2160</v>
       </c>
       <c r="J316" s="5" t="s">
         <v>2161</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>2162</v>
       </c>
       <c r="L316" s="6" t="s">
         <v>2163</v>
       </c>
       <c r="M316" s="5" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
         <v>2165</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>1948</v>
+        <v>103</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F317" s="5" t="s">
-        <v>27</v>
+      <c r="F317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>2166</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="J317" s="5" t="s">
         <v>2168</v>
       </c>
       <c r="K317" s="5" t="s">
         <v>2169</v>
       </c>
       <c r="L317" s="6" t="s">
         <v>2170</v>
       </c>
       <c r="M317" s="5" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
         <v>2172</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>15</v>
+        <v>1948</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="E318" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H318" s="5" t="s">
         <v>2173</v>
       </c>
-      <c r="F318" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H318" s="5" t="s">
+      <c r="I318" s="5" t="s">
         <v>2174</v>
       </c>
-      <c r="I318" s="5" t="s">
+      <c r="J318" s="5" t="s">
         <v>2175</v>
       </c>
-      <c r="J318" s="5" t="s">
+      <c r="K318" s="5" t="s">
         <v>2176</v>
       </c>
-      <c r="K318" s="5" t="s">
+      <c r="L318" s="6" t="s">
         <v>2177</v>
       </c>
-      <c r="L318" s="6" t="s">
+      <c r="M318" s="5" t="s">
         <v>2178</v>
-      </c>
-[...1 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D319" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="E319" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E319" s="5" t="s">
+        <v>2180</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
         <v>2181</v>
       </c>
       <c r="I319" s="5" t="s">
         <v>2182</v>
       </c>
       <c r="J319" s="5" t="s">
         <v>2183</v>
       </c>
-      <c r="K319" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K319" s="5" t="s">
+        <v>2184</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>2187</v>
+        <v>283</v>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
         <v>2188</v>
       </c>
       <c r="I320" s="5" t="s">
         <v>2189</v>
       </c>
       <c r="J320" s="5" t="s">
         <v>2190</v>
       </c>
-      <c r="K320" s="5" t="s">
+      <c r="K320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L320" s="6" t="s">
         <v>2191</v>
       </c>
-      <c r="L320" s="6" t="s">
+      <c r="M320" s="5" t="s">
         <v>2192</v>
-      </c>
-[...1 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F321" s="5" t="s">
         <v>2194</v>
       </c>
-      <c r="B321" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H321" s="5" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>2196</v>
+      </c>
+      <c r="J321" s="5" t="s">
+        <v>2197</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2196</v>
-[...1 lines deleted...]
-      <c r="M321" s="5"/>
+        <v>2199</v>
+      </c>
+      <c r="M321" s="5" t="s">
+        <v>2200</v>
+      </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>14</v>
+        <v>1848</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>2198</v>
+        <v>658</v>
+      </c>
+      <c r="D322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="s">
-[...6 lines deleted...]
-        <v>2201</v>
+      <c r="H322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I322" s="5"/>
+      <c r="J322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K322" s="5" t="s">
         <v>2202</v>
       </c>
       <c r="L322" s="6" t="s">
         <v>2203</v>
       </c>
-      <c r="M322" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2205</v>
+        <v>2204</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>2206</v>
+        <v>15</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E323" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>362</v>
+      <c r="E323" s="5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I323" s="5" t="s">
         <v>2207</v>
       </c>
-      <c r="I323" s="5"/>
       <c r="J323" s="5" t="s">
         <v>2208</v>
       </c>
       <c r="K323" s="5" t="s">
         <v>2209</v>
       </c>
       <c r="L323" s="6" t="s">
         <v>2210</v>
       </c>
       <c r="M323" s="5" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
         <v>2212</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>15</v>
+        <v>2213</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E324" s="5" t="s">
-        <v>2213</v>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F324" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H324" s="5" t="s">
         <v>2214</v>
       </c>
-      <c r="G324" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H324" s="5" t="s">
+      <c r="I324" s="5"/>
+      <c r="J324" s="5" t="s">
         <v>2215</v>
       </c>
-      <c r="I324" s="5" t="s">
+      <c r="K324" s="5" t="s">
         <v>2216</v>
       </c>
-      <c r="J324" s="5" t="s">
+      <c r="L324" s="6" t="s">
         <v>2217</v>
       </c>
-      <c r="K324" s="5" t="s">
+      <c r="M324" s="5" t="s">
         <v>2218</v>
-      </c>
-[...4 lines deleted...]
-        <v>2220</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2221</v>
+        <v>2219</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>305</v>
+        <v>15</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E325" s="5" t="s">
+        <v>2220</v>
       </c>
       <c r="F325" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
         <v>2222</v>
       </c>
-      <c r="G325" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H325" s="5" t="s">
+      <c r="I325" s="5" t="s">
         <v>2223</v>
       </c>
-      <c r="I325" s="5" t="s">
+      <c r="J325" s="5" t="s">
         <v>2224</v>
       </c>
-      <c r="J325" s="5" t="s">
+      <c r="K325" s="5" t="s">
         <v>2225</v>
       </c>
-      <c r="K325" s="5" t="s">
+      <c r="L325" s="6" t="s">
         <v>2226</v>
       </c>
-      <c r="L325" s="6" t="s">
+      <c r="M325" s="5" t="s">
         <v>2227</v>
-      </c>
-[...1 lines deleted...]
-        <v>2228</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2229</v>
+        <v>2228</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="D326" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="E326" s="5" t="s">
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H326" s="5" t="s">
         <v>2230</v>
       </c>
-      <c r="F326" s="5" t="s">
+      <c r="I326" s="5" t="s">
         <v>2231</v>
       </c>
-      <c r="G326" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H326" s="5" t="s">
+      <c r="J326" s="5" t="s">
         <v>2232</v>
       </c>
-      <c r="I326" s="5" t="s">
+      <c r="K326" s="5" t="s">
         <v>2233</v>
       </c>
-      <c r="J326" s="5" t="s">
+      <c r="L326" s="6" t="s">
         <v>2234</v>
       </c>
-      <c r="K326" s="5" t="s">
+      <c r="M326" s="5" t="s">
         <v>2235</v>
-      </c>
-[...4 lines deleted...]
-        <v>2237</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2238</v>
+        <v>2236</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D327" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>2230</v>
+        <v>2237</v>
       </c>
       <c r="F327" s="5" t="s">
-        <v>2187</v>
+        <v>2238</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
         <v>2239</v>
       </c>
       <c r="I327" s="5" t="s">
         <v>2240</v>
       </c>
       <c r="J327" s="5" t="s">
         <v>2241</v>
       </c>
       <c r="K327" s="5" t="s">
         <v>2242</v>
       </c>
       <c r="L327" s="6" t="s">
         <v>2243</v>
       </c>
       <c r="M327" s="5" t="s">
         <v>2244</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
         <v>2245</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>2213</v>
+        <v>2237</v>
       </c>
       <c r="F328" s="5" t="s">
-        <v>2231</v>
+        <v>2194</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
         <v>2246</v>
       </c>
       <c r="I328" s="5" t="s">
         <v>2247</v>
       </c>
       <c r="J328" s="5" t="s">
         <v>2248</v>
       </c>
       <c r="K328" s="5" t="s">
         <v>2249</v>
       </c>
       <c r="L328" s="6" t="s">
         <v>2250</v>
       </c>
       <c r="M328" s="5" t="s">
         <v>2251</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
         <v>2252</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D329" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E329" s="5" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F329" s="5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
         <v>2253</v>
       </c>
-      <c r="F329" s="5" t="s">
+      <c r="I329" s="5" t="s">
         <v>2254</v>
       </c>
-      <c r="G329" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H329" s="5" t="s">
+      <c r="J329" s="5" t="s">
         <v>2255</v>
       </c>
-      <c r="I329" s="5" t="s">
+      <c r="K329" s="5" t="s">
         <v>2256</v>
       </c>
-      <c r="J329" s="5" t="s">
+      <c r="L329" s="6" t="s">
         <v>2257</v>
       </c>
-      <c r="K329" s="5" t="s">
+      <c r="M329" s="5" t="s">
         <v>2258</v>
-      </c>
-[...4 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>2260</v>
+      </c>
+      <c r="F330" s="5" t="s">
         <v>2261</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
         <v>2262</v>
       </c>
       <c r="I330" s="5" t="s">
         <v>2263</v>
       </c>
       <c r="J330" s="5" t="s">
         <v>2264</v>
       </c>
       <c r="K330" s="5" t="s">
         <v>2265</v>
       </c>
       <c r="L330" s="6" t="s">
         <v>2266</v>
       </c>
       <c r="M330" s="5" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
         <v>2268</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D331" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D331" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F331" s="5" t="s">
-        <v>2187</v>
+      <c r="F331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
         <v>2269</v>
       </c>
       <c r="I331" s="5" t="s">
         <v>2270</v>
       </c>
       <c r="J331" s="5" t="s">
         <v>2271</v>
       </c>
-      <c r="K331" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K331" s="5" t="s">
+        <v>2272</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1876</v>
+        <v>937</v>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F332" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F332" s="5" t="s">
+        <v>2194</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>2277</v>
-[...1 lines deleted...]
-      <c r="K332" s="5" t="s">
         <v>2278</v>
+      </c>
+      <c r="K332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L332" s="6" t="s">
         <v>2279</v>
       </c>
       <c r="M332" s="5" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
         <v>2281</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>1876</v>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
         <v>2282</v>
       </c>
       <c r="I333" s="5" t="s">
         <v>2283</v>
       </c>
       <c r="J333" s="5" t="s">
         <v>2284</v>
       </c>
       <c r="K333" s="5" t="s">
         <v>2285</v>
       </c>
       <c r="L333" s="6" t="s">
         <v>2286</v>
       </c>
       <c r="M333" s="5" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
         <v>2288</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>94</v>
+        <v>658</v>
       </c>
       <c r="D334" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
         <v>2289</v>
       </c>
-      <c r="E334" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F334" s="5" t="s">
+      <c r="I334" s="5" t="s">
         <v>2290</v>
       </c>
-      <c r="G334" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H334" s="5" t="s">
+      <c r="J334" s="5" t="s">
         <v>2291</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="K334" s="5" t="s">
         <v>2292</v>
       </c>
-      <c r="J334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>2293</v>
       </c>
-      <c r="K334" s="5" t="s">
+      <c r="M334" s="5" t="s">
         <v>2294</v>
-      </c>
-[...4 lines deleted...]
-        <v>2296</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2297</v>
+        <v>2295</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>1417</v>
-[...4 lines deleted...]
-        </is>
+        <v>2296</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F335" s="5" t="s">
-        <v>2290</v>
+        <v>2297</v>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
         <v>2298</v>
       </c>
       <c r="I335" s="5" t="s">
         <v>2299</v>
       </c>
       <c r="J335" s="5" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>1417</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F336" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F336" s="5" t="s">
+        <v>2297</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H336" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H336" s="5" t="s">
+        <v>2305</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>2306</v>
+      </c>
+      <c r="J336" s="5" t="s">
+        <v>2300</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2305</v>
-[...1 lines deleted...]
-      <c r="M336" s="5"/>
+        <v>2308</v>
+      </c>
+      <c r="M336" s="5" t="s">
+        <v>2309</v>
+      </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>1848</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2307</v>
+        <v>2311</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2308</v>
+        <v>2312</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>1848</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>658</v>
       </c>
       <c r="D338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I338" s="5"/>
       <c r="J338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>14</v>
+        <v>1848</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1417</v>
+        <v>658</v>
+      </c>
+      <c r="D339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G339" s="5" t="s">
+      <c r="G339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I339" s="5"/>
+      <c r="J339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K339" s="5" t="s">
         <v>2311</v>
       </c>
-      <c r="H339" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L339" s="6" t="s">
-        <v>2315</v>
-[...1 lines deleted...]
-      <c r="M339" s="5" t="s">
         <v>2316</v>
       </c>
+      <c r="M339" s="5"/>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
         <v>2317</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G340" s="5" t="s">
         <v>2318</v>
       </c>
-      <c r="D340" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="5" t="s">
+      <c r="H340" s="5" t="s">
         <v>2319</v>
       </c>
-      <c r="F340" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H340" s="5" t="s">
+      <c r="I340" s="5" t="s">
         <v>2320</v>
       </c>
-      <c r="I340" s="5" t="s">
+      <c r="J340" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K340" s="5" t="s">
         <v>2321</v>
       </c>
-      <c r="J340" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K340" s="5" t="s">
+      <c r="L340" s="6" t="s">
         <v>2322</v>
       </c>
-      <c r="L340" s="6" t="s">
+      <c r="M340" s="5" t="s">
         <v>2323</v>
-      </c>
-[...1 lines deleted...]
-        <v>2324</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C341" s="5" t="s">
         <v>2325</v>
       </c>
-      <c r="B341" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D341" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="E341" s="5" t="s">
         <v>2326</v>
       </c>
-      <c r="F341" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G341" s="5" t="s">
+      <c r="F341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H341" s="5" t="s">
         <v>2327</v>
       </c>
-      <c r="H341" s="5" t="s">
+      <c r="I341" s="5" t="s">
         <v>2328</v>
       </c>
-      <c r="I341" s="5" t="s">
+      <c r="J341" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="K341" s="5" t="s">
         <v>2329</v>
       </c>
-      <c r="J341" s="5" t="s">
+      <c r="L341" s="6" t="s">
         <v>2330</v>
       </c>
-      <c r="K341" s="5" t="s">
+      <c r="M341" s="5" t="s">
         <v>2331</v>
-      </c>
-[...4 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G342" s="5" t="s">
         <v>2334</v>
       </c>
-      <c r="B342" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F342" s="5" t="s">
+      <c r="H342" s="5" t="s">
         <v>2335</v>
       </c>
-      <c r="G342" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H342" s="5" t="s">
+      <c r="I342" s="5" t="s">
         <v>2336</v>
       </c>
-      <c r="I342" s="5" t="s">
+      <c r="J342" s="5" t="s">
         <v>2337</v>
       </c>
-      <c r="J342" s="5" t="s">
+      <c r="K342" s="5" t="s">
         <v>2338</v>
       </c>
-      <c r="K342" s="5" t="s">
+      <c r="L342" s="6" t="s">
         <v>2339</v>
       </c>
-      <c r="L342" s="6" t="s">
+      <c r="M342" s="5" t="s">
         <v>2340</v>
-      </c>
-[...1 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="F343" s="5" t="s">
         <v>2342</v>
-      </c>
-[...13 lines deleted...]
-        <v>659</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
         <v>2343</v>
       </c>
       <c r="I343" s="5" t="s">
         <v>2344</v>
       </c>
       <c r="J343" s="5" t="s">
         <v>2345</v>
       </c>
       <c r="K343" s="5" t="s">
         <v>2346</v>
       </c>
       <c r="L343" s="6" t="s">
         <v>2347</v>
       </c>
       <c r="M343" s="5" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
         <v>2349</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D344" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D344" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E344" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F344" s="5" t="s">
-        <v>2335</v>
+        <v>659</v>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
         <v>2350</v>
       </c>
       <c r="I344" s="5" t="s">
         <v>2351</v>
       </c>
       <c r="J344" s="5" t="s">
         <v>2352</v>
       </c>
       <c r="K344" s="5" t="s">
         <v>2353</v>
       </c>
       <c r="L344" s="6" t="s">
         <v>2354</v>
       </c>
       <c r="M344" s="5" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
         <v>2356</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>305</v>
+        <v>103</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>1876</v>
+        <v>937</v>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F345" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F345" s="5" t="s">
+        <v>2342</v>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
         <v>2357</v>
       </c>
-      <c r="I345" s="5"/>
+      <c r="I345" s="5" t="s">
+        <v>2358</v>
+      </c>
       <c r="J345" s="5" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D346" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D347" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D348" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="I348" s="5" t="s">
         <v>2378</v>
       </c>
+      <c r="I348" s="5"/>
       <c r="J348" s="5" t="s">
         <v>2379</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>2380</v>
       </c>
       <c r="L348" s="6" t="s">
         <v>2381</v>
       </c>
       <c r="M348" s="5" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
         <v>2383</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>305</v>
       </c>
       <c r="D349" s="5" t="s">
         <v>1876</v>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
         <v>2384</v>
       </c>
       <c r="I349" s="5" t="s">
         <v>2385</v>
       </c>
       <c r="J349" s="5" t="s">
         <v>2386</v>
       </c>
-      <c r="K349" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K349" s="5" t="s">
+        <v>2387</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-      <c r="F350" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="s">
         <v>2391</v>
       </c>
-      <c r="G350" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H350" s="5" t="s">
+      <c r="I350" s="5" t="s">
         <v>2392</v>
       </c>
-      <c r="I350" s="5" t="s">
+      <c r="J350" s="5" t="s">
         <v>2393</v>
       </c>
-      <c r="J350" s="5" t="s">
+      <c r="K350" s="5" t="s">
         <v>2394</v>
       </c>
-      <c r="K350" s="5" t="s">
+      <c r="L350" s="6" t="s">
         <v>2395</v>
       </c>
-      <c r="L350" s="6" t="s">
+      <c r="M350" s="5" t="s">
         <v>2396</v>
-      </c>
-[...1 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H351" s="5" t="s">
         <v>2398</v>
       </c>
-      <c r="B351" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D351" s="5" t="s">
+      <c r="I351" s="5" t="s">
         <v>2399</v>
       </c>
-      <c r="E351" s="5" t="s">
+      <c r="J351" s="5" t="s">
         <v>2400</v>
       </c>
-      <c r="F351" s="5" t="s">
+      <c r="K351" s="5" t="s">
         <v>2401</v>
       </c>
-      <c r="G351" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H351" s="5" t="s">
+      <c r="L351" s="6" t="s">
         <v>2402</v>
       </c>
-      <c r="I351" s="5" t="s">
+      <c r="M351" s="5" t="s">
         <v>2403</v>
-      </c>
-[...12 lines deleted...]
-        <v>2406</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H352" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2406</v>
+      </c>
+      <c r="J352" s="5" t="s">
         <v>2407</v>
       </c>
-      <c r="B352" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E352" s="5" t="s">
+      <c r="K352" s="5" t="s">
         <v>2408</v>
       </c>
-      <c r="F352" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H352" s="5" t="s">
+      <c r="L352" s="6" t="s">
         <v>2409</v>
       </c>
-      <c r="I352" s="5" t="s">
+      <c r="M352" s="5" t="s">
         <v>2410</v>
-      </c>
-[...10 lines deleted...]
-        <v>2414</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F353" s="5" t="s">
-        <v>2391</v>
+        <v>2413</v>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
+        <v>2414</v>
+      </c>
+      <c r="I353" s="5" t="s">
+        <v>2415</v>
+      </c>
+      <c r="J353" s="5" t="s">
         <v>2416</v>
       </c>
-      <c r="I353" s="5" t="s">
+      <c r="K353" s="5" t="s">
         <v>2417</v>
       </c>
-      <c r="J353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2418</v>
       </c>
-      <c r="K353" s="5" t="s">
+      <c r="M353" s="5" t="s">
         <v>2419</v>
-      </c>
-[...4 lines deleted...]
-        <v>2421</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E354" s="5" t="s">
         <v>2422</v>
-      </c>
-[...10 lines deleted...]
-        <v>2390</v>
       </c>
       <c r="F354" s="5" t="s">
         <v>2423</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
         <v>2424</v>
       </c>
       <c r="I354" s="5" t="s">
         <v>2425</v>
       </c>
       <c r="J354" s="5" t="s">
         <v>2426</v>
       </c>
-      <c r="K354" s="5" t="s">
+      <c r="K354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L354" s="6" t="s">
         <v>2427</v>
       </c>
-      <c r="L354" s="6" t="s">
+      <c r="M354" s="5" t="s">
         <v>2428</v>
-      </c>
-[...1 lines deleted...]
-        <v>2429</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2430</v>
+        <v>2429</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>937</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>103</v>
+        <v>2421</v>
       </c>
       <c r="E355" s="5" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H355" s="5" t="s">
         <v>2431</v>
       </c>
-      <c r="F355" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H355" s="5" t="s">
+      <c r="I355" s="5" t="s">
         <v>2432</v>
       </c>
-      <c r="I355" s="5" t="s">
+      <c r="J355" s="5" t="s">
         <v>2433</v>
       </c>
-      <c r="J355" s="5" t="s">
+      <c r="K355" s="5" t="s">
         <v>2434</v>
       </c>
-      <c r="K355" s="5" t="s">
+      <c r="L355" s="6" t="s">
         <v>2435</v>
       </c>
-      <c r="L355" s="6" t="s">
+      <c r="M355" s="5" t="s">
         <v>2436</v>
-      </c>
-[...1 lines deleted...]
-        <v>2437</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2438</v>
+        <v>2437</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D356" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F356" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="G356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H356" s="5" t="s">
+        <v>2438</v>
+      </c>
+      <c r="I356" s="5" t="s">
         <v>2439</v>
       </c>
-      <c r="G356" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H356" s="5" t="s">
+      <c r="J356" s="5" t="s">
         <v>2440</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="K356" s="5" t="s">
         <v>2441</v>
       </c>
-      <c r="J356" s="5" t="s">
+      <c r="L356" s="6" t="s">
         <v>2442</v>
       </c>
-      <c r="K356" s="5" t="s">
+      <c r="M356" s="5" t="s">
         <v>2443</v>
-      </c>
-[...4 lines deleted...]
-        <v>2445</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F357" s="5" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I357" s="5" t="s">
         <v>2447</v>
       </c>
-      <c r="I357" s="5" t="s">
+      <c r="J357" s="5" t="s">
         <v>2448</v>
       </c>
-      <c r="J357" s="5" t="s">
+      <c r="K357" s="5" t="s">
         <v>2449</v>
       </c>
-      <c r="K357" s="5" t="s">
+      <c r="L357" s="6" t="s">
         <v>2450</v>
       </c>
-      <c r="L357" s="6" t="s">
+      <c r="M357" s="5" t="s">
         <v>2451</v>
-      </c>
-[...1 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E358" s="5" t="s">
         <v>2453</v>
       </c>
-      <c r="B358" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F358" s="5" t="s">
-        <v>2439</v>
+        <v>2412</v>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
         <v>2454</v>
       </c>
       <c r="I358" s="5" t="s">
         <v>2455</v>
       </c>
       <c r="J358" s="5" t="s">
         <v>2456</v>
       </c>
       <c r="K358" s="5" t="s">
         <v>2457</v>
       </c>
       <c r="L358" s="6" t="s">
         <v>2458</v>
       </c>
       <c r="M358" s="5" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
         <v>2460</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D359" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E359" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F359" s="5" t="s">
-        <v>2439</v>
+        <v>2461</v>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="J359" s="5" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="D360" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F360" s="5" t="s">
-        <v>2439</v>
+        <v>2461</v>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="I360" s="5" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="J360" s="5" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D361" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E361" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F361" s="5" t="s">
-        <v>2439</v>
+        <v>2461</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="I361" s="5" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="J361" s="5" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F362" s="5" t="s">
-        <v>2439</v>
+        <v>2461</v>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>103</v>
+        <v>283</v>
       </c>
       <c r="D363" s="5" t="s">
         <v>937</v>
       </c>
       <c r="E363" s="5" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="F363" s="5" t="s">
-        <v>2489</v>
+        <v>2461</v>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
         <v>2490</v>
       </c>
       <c r="I363" s="5" t="s">
         <v>2491</v>
       </c>
       <c r="J363" s="5" t="s">
         <v>2492</v>
       </c>
       <c r="K363" s="5" t="s">
         <v>2493</v>
       </c>
       <c r="L363" s="6" t="s">
         <v>2494</v>
       </c>
       <c r="M363" s="5" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
         <v>2496</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>658</v>
+        <v>937</v>
       </c>
       <c r="E364" s="5" t="s">
-        <v>462</v>
-[...7 lines deleted...]
-        <v>43</v>
+        <v>2412</v>
+      </c>
+      <c r="F364" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H364" s="5" t="s">
         <v>2497</v>
       </c>
       <c r="I364" s="5" t="s">
         <v>2498</v>
       </c>
       <c r="J364" s="5" t="s">
+        <v>2499</v>
+      </c>
+      <c r="K364" s="5" t="s">
+        <v>2500</v>
+      </c>
+      <c r="L364" s="6" t="s">
+        <v>2501</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="5" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="G365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H365" s="5" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>2505</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K365" s="5" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L365" s="6" t="s">
+        <v>2508</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="5" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E366" s="5" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>2511</v>
+      </c>
+      <c r="G366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H366" s="5" t="s">
+        <v>2512</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>2513</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>2514</v>
+      </c>
+      <c r="K366" s="5" t="s">
+        <v>2515</v>
+      </c>
+      <c r="L366" s="6" t="s">
+        <v>2516</v>
+      </c>
+      <c r="M366" s="5" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="5" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G367" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H367" s="5" t="s">
+        <v>2519</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>2520</v>
+      </c>
+      <c r="J367" s="5" t="s">
         <v>663</v>
       </c>
-      <c r="K364" s="5" t="s">
-[...6 lines deleted...]
-        <v>2501</v>
+      <c r="K367" s="5" t="s">
+        <v>2521</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>2522</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>2523</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -31887,44 +32179,47 @@
     <hyperlink ref="M340" r:id="rId345"/>
     <hyperlink ref="M341" r:id="rId346"/>
     <hyperlink ref="M342" r:id="rId347"/>
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
     <hyperlink ref="M359" r:id="rId364"/>
     <hyperlink ref="M360" r:id="rId365"/>
     <hyperlink ref="M361" r:id="rId366"/>
     <hyperlink ref="M362" r:id="rId367"/>
     <hyperlink ref="M363" r:id="rId368"/>
     <hyperlink ref="M364" r:id="rId369"/>
+    <hyperlink ref="M365" r:id="rId370"/>
+    <hyperlink ref="M366" r:id="rId371"/>
+    <hyperlink ref="M367" r:id="rId372"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>