--- v3 (2026-01-07)
+++ v4 (2026-02-27)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4094" uniqueCount="2524" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4228" uniqueCount="2617" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1560,50 +1560,108 @@
     <t>https://fynboerne.ktdk.dk/d/cnLh</t>
   </si>
   <si>
     <t>[Med sort blæk på kuvertens forside:]
 Frøken Alhed Warberg
 Vesterbrogade No 12 o. G.
 København V.
 [Med rødt blæk på kuvertens forside:]
 No 4
 [Med blyant på kuvertens forside:]
 Christnes breve om
 (Mornine)
 fødslen lille Nete
 blev adopteret af
 tante Visse
 [I brevet; med blå farveblyant:]
 Aarhus Jan. 1892
 [I brevet; med sort blæk:]
 Kæreste Alhed!
 Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
 Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
 Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
 Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
   </si>
   <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
+  </si>
+  <si>
     <t>1892-09-17</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Thorvald Balslev
 Clement Caspersen
 Johanne Caspersen
 Olga Caspersen
 Niels Elgaard Amstrup
 - Jensen, Frøken, Erikshaab
 Rasmus Knudsen
 Alhed Larsen
 Johanne Christine Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Hans Smidth
 Hempel Syberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
 Anders -, Ølstedgaard</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Frk. E og Signe var. 
@@ -2200,50 +2258,96 @@
 Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
   </si>
   <si>
     <t>Thorvald sender fødselsdagshilsen og -gave. 
 Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
 Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cfam</t>
   </si>
   <si>
     <t>29 – 9 – 93. Junges fødselsdag.
 Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
 Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
 Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
 På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
 Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
 [øverst på sidste side] 
 30-9.
 E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
   </si>
   <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
+  </si>
+  <si>
     <t>1893-10-29</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Thorvald Balslev
 Carl Berthelsen
 Ove Berthelsen
 Agnes Berthelsen, Nislevgaard
 Leonard Holst
 - Jensen, Frøken, Erikshaab
 - Kiær, Klintebjerg
 Alhed Larsen
 Christine  Mackie
 - Poulsen, Frøken
 Ellen  Sawyer
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
   </si>
   <si>
     <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
 Johanne har selv tænkt over, at Thorvald og hun har forskellig holdning til religion - som moderen er inde på. Men har Johannes forældre ikke også det, uden at det har skadet deres samliv? Ja, Thorvald skal være præst, men i den nye generation er kvinden ligestillet med manden. Et par på egnen måtte bryde forlovelsen, fordi den ene var grundtvigianer og den andre indremissionsk, og det var Johanne vred over. Hvorfor er moderen dog bange for, at Johanne ikke vil være trofast? Fritænkning fører ikke til "vederstyggeligheder". Hvis Thorvald og hun ikke længere holder af hinanden, hæver de forlovelsen. Johanne hader i øvrigt mennesker, som bliver "for forlovede". Thorvald har sendt et godt brev, hvori han kommenterer spørgsmålet om forskellig opfattelse af religion. 
 Der skulle have været gæster - Kiær og en engelsktalende pige, som Johanne skulle samtale med, men de meldte afbud. 
@@ -2621,105 +2725,98 @@
   </si>
   <si>
     <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mI0O</t>
   </si>
   <si>
     <t>Fortrykt på kortets forside:
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 Håndskrevet på kortets forside:
 Signora Laura Warberg
 Erikshaab - Højrup Station
 Danimarca Fyn
 Håndskrevet på kortets bagside:
 Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
   </si>
   <si>
     <t>1894-05-07</t>
   </si>
   <si>
-    <t>Nislevgaard</t>
-[...1 lines deleted...]
-  <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
   </si>
   <si>
     <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
 Fru Berthelsen er skrap overfor Johanne. 
 Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
 Christine skal være klaverlærer i Odense.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8OV5</t>
   </si>
   <si>
     <t>Nislevgård Mandag den 7nde Maj 1894
 NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
 Kære Be. 
 Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
 Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
 Dette stred imod hans Begreber om en vis og kærlig Gud.
 Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
 Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
 Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
 Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
 [Resten af siden mangler]
 Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
 [Brevet er uafsluttet]</t>
   </si>
   <si>
     <t>1894-05-25</t>
-  </si>
-[...2 lines deleted...]
-Laura Warberg</t>
   </si>
   <si>
     <t>Firenze
 Bello sguardo</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 - Ingemann Petersen
 Christine  Mackie
 Alfred Rottbøll
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien februar 1894 til april 1895.
 Hendes forældre fejrede sølvbryllup 28. maj 1894. 
 Haabet er Erikshaab; Warberg-familiens hjem.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2147</t>
   </si>
   <si>
     <t>Alhed Larsen håber at få en rapport om sølvbrylluppet og måske fotografier og stenograferede taler. Hun sender nogle fotografier, som Rottbøll har taget. Et af hende selv på værelset, et af Ludvig Brandstrup og hende og to af bygningen (Det Danske Konsulat) med flaget hejst. På sølvbryllupsdagen vil Rottbølls og Alhed være festklædt og tage et fotografi, mens Rottbøll holder tale.
 Alhed spørger, hvad forældrene synes om det maleri, som hun har sendt. Det var svært at få det færdigt, fordi vejret er skrækkeligt. Hun er færdig med et blomsterbillede og et af pelargonier, som hun har givet gartneren. Nu vil hun male et motiv fra en allé med et rosenanlæg. Hun og Ludvig Brandstrup har været derude at tegne. Alhed er kommet i godt arbejdshumør nu. Hun skulle vænne sig til alt det nye. 
 Der er mange ildfluer, og Alhed overvejede at sende en æskefuld hjem. 
@@ -4112,63 +4209,63 @@
     <t>Alhed Warberg brugte ordet "interesse" under Johannes Larsens sidste besøg hos hende, og han synes, det er et ækelt ord.
 Larsen vil gerne sende Alhed Warberg nogle bøger, men hun må svare på, om hun vil have det.
 Johannes Larsen havde rygvind på den sidste tur hjem fra Alhed, men hunden peb meget undervejs.
 Larsen har travlt med hundedressur, Teknisk Skole, andejagt og akvareller. Han og andre Zahrtmann-elever åbner udstilling 1. december. 
 Karl Madsen m.fl. har sat en bortlodning til fordel for Syberg i gang. Det er en hemmelighed, men den vil nok skaffe Syberg 1500 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QZR3</t>
   </si>
   <si>
     <t>Kjerteminde 17/11 1895.
 Kære Alhed!
 Af et Brev, jeg i Gaar fik fra Syberg, ser jeg at De er syg endnu, og jeg vil derfor ikke nægte mig den Fornøjelse at skrive til Dem, selv om De muligvis ikke kan k[ulæseligt]nogen ”Interesse” at jeg gør det. Jeg ved ikke om De husker at De benyttede det Ord ”Interesse” sidste Gang jeg besøgte Dem. Det var lige før jeg skulde ned at spise og jeg blev gal og vilde have skældt Dem ud hvis De havde været alene da jeg kom derop igjen, men da De ikke var det, holdt jeg min Mund. Synes De ikke at det er et ækelt fedtet Ord, det har formodentlig latinsk eller fransk Oprindelse, det ved jeg ikke, men det burde efter min Mening være hebræisk og saavidt muligt kun benyttes af Jøder. Det gør mig ondt at De stadig er syg og jeg vilde være glad, hvis jeg maatte bidrage til at underholde Dem, ved f. Ex. at sende Dem Caldecots Billedbøger eller Karl Madsens ny Bog om Lundby hvis De ikke har set den, det er en rar Bog med mange gode Billeder i. Men hvordan skal jeg faa at vide om jeg maa sende dem naar De ikke vil skrive til mig før til min Fødselsdag? Vil De ikke nok gøre en Undtagelse nu da det er et Svar? Jeg vil med det samme takke Dem og Deres Familie for de Gange jeg har været paa Erikshaab i Sommer, vil De hilse. Sidste Gang kom jeg hertil omtrent en Time tidligere end jeg havde beregnet, nemlig 10 M. over 11, men jeg havde jo ogsaa Vinden paa Ryggen hele Vejen. Hunden var ikke saa glad ved Touren især under et Par Regnbyger vi fik, han løb og peb og vilde ind i næsten alle de Huse vi kom forbi. Jeg dresserer lidt paa ham hver Dag og han er nu saa dygtig at han kan apportere. Jeg er svært optaget for Tiden, jeg dresserer Hund og gaar paa Andetræk hver Aften og paa teknisk 3 Aftener om Ugen [ordet ”Ugen” indsat over linjen] og tegner eller maler Aqaurel i al min Fritid. Vi skal altsaa alligevel have en Udstilling, som skal aabnes 1 December og vare til Midten af næste Maaned, den kommer vist til at bestaa af bar gamle Billeder, i hvert Tilfælde for vi ældre Elevers vedkommende. Peter er ved at faa bygget sig en Kano som skal være færdig til Jul, den bliver vist bygget i Nærheden af Svanninge, for Baronen er sat til at passe paa at den bliver lavet efter Tegningen. Jeg vil slutte med at fortælle Dem en Hemmelighed, men De skal ske en Ulykke hvis De fortæller det: Peter skriver at Karl Madsen og Vilhelm Hansen har foranstaltet en Bortlodning, til Fordel for Syberg, af en hel Del Billeder af berømte Kunstnere og der forventes et Udbytte af mindst 1500 Kr som han skal have inden Jul, som en Overraskelse.
 God Bedring!
 Ærb. Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1895-12-25</t>
   </si>
   <si>
     <t>Harald Balslev
 Berta Brandstrup
 Julie Brandt
@@ -4544,68 +4641,69 @@
 Hr. Godsforvalter Warberg
 cand.jur.
 Gothersgade 129 - ⁴
 København K.
 + Poststempel
 [På kuvertens bagside;]
 Poststempel
 [I brevet:]
 Erikshaab – Onsdag d:26de.
 Kæreste Abba!
 Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
 Vil Du nu hilse Mis og især min Pelle saa meget. 
 Kærlig Hilsen fra Din Smaa.
 Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
 [Indlagt seddel:]
 Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
   </si>
   <si>
     <t>1896-08-28</t>
   </si>
   <si>
     <t>København
 Sverige</t>
   </si>
   <si>
-    <t>Adis -
-Johanne Christine Brandstrup
+    <t>Johanne Christine Brandstrup
 Johanne Christine Larsen
 Marie Larsen
 Albrecht  Warberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>"Bedstemor" må være Laura Warbergs stedmor, Johanne Christine Brandstrup (1820-1898), f. Fenger, altså Alheds (sted)mormor. Albrecht Warbergs mor var født i 1801, så det er næppe hende, der er på køretur i 1896.
 "Onkel og Tante", som omtales kan være Conrad Warberg og Tante Else - Conrad var Albrecht Warbergs bror. Dette par boede dog ret langt fra Erikshaab, syd for Nyborg. Der var næppe tale om Adelheyde og Hempel Syberg - Mimmi var Albrecht Warbergs søster. Disse plejede at blive kaldt Onkel Hempel og Tante Mimmi. Desuden døde Adelheyde i 1896 af en svulst i hjernen.
-Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht.</t>
+Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht. 
+Adis var et af Astrid Warberg-Goldschmidts mange kælenavne.</t>
   </si>
   <si>
     <t>Alhed, hendes bedstemor m.fl. har været på besøg hos Onkel og Tante (se kommentarfeltet).
-Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Dede deltager. Årsager er uklar.</t>
+Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Andreas/Dede deltager. Årsagen er uklar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/I7sJ</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg opdager til min store Forbavselse, at det er meget over 8 Dage, siden jeg sidst skrev til Dem. Derfor sætter jeg mig til at skrive i dag, skønt det er den ”store Vaskedag”. Kl. er over 6 og jeg er lige bleven færdig i Køkkenet, hvor jeg har virket i over 12 Timer og saa er jeg endda ikke bleven træt. (Godt gjort! ikke?) Det er sandt, jeg vil for Resten ikke mere prale for Dem, selv om jeg har aldrig saa god Grund til det for jeg kunde tydelig se at De havde siddet og grinet, da De i deres forrige Brev spurgte om jeg nu kunde svømme 100 Tag. Maa jeg spørge, om De virkelig ikke synes, at det var en hurtig Fremgang paa godt 8 Dage, naar jeg i Begyndelsen kun nkunde nogle faa Tag? – For de siger da vel ikke ligesom min Onkel derovre, at naar man først kan svømme, saa kan man ligesaa længe det skal være! Hvor kan dog nogen Mennesker sige saadan noget Snak, i saa Tilfælde vilde jo aldrig nogen Mennesker drukne! Den Dag, jeg havde haft de 47 Tag, det var kun én Dag, var det med Opbebydelsen af alle mine Kræfter, og da jeg var færdig, sank jeg sjakmat ned paa Bunden. Maa jeg spørge, om jeg kunde have svømmet længere? Og jeg kan dog svømme, 47 Tag er da et temmelig langt Stykke. - - - Tak for Resten for Deres lange Brev, jeg fik det, da jeg var nede paa Stationen og sad et Kvarter paa Vognen og ventede paa Mor, der skulde komme med Toget. Jeg kører Dara i denne Tid (Far er i København) og det er frygtelig sjov. Den gaar meget sikrere paa sine Ben i Aar end i Fjor. Den bliver rørt ikke saa lidt i alt Fald i Forhold til hvad den plejer at blive. Vi har endogsaa dristet os til at køre ud med den i Regnvejr (Apropos om Forsigtighed: Ved de at vores Flag kun maa komme op i blikstille og Solskin!) Forleden, da Mor ikke var hjemme, besluttede Johanne, Adis og jeg at køre ud paa en Lystetur over til en Onkel og Tante hvor Haven er god for Øjeblikket. Vi inviterede min Bedstemor med, og hun var meget rørt over sine elskværdige Børnebørn; men ved De, hvorfor vi gjorde det? For det første for at faa Kaffebordet lidt bedre (min Tante er nemlig noget nærig og regner ikke os for noget) og for det andet for at have en til at beskæftige min Tante, mens vi andre afsøgte Haven. Begge Dele lykkedes fortrinligt; vi opnaaede Chokolade og havde udmærket Fred i de gule Blommer, mens min stakkels gamle Bedstemor blev travet rundt i Haven til hun var ganske træt. - - Det er et øsende regnvejr i disse dage, jeg gad vide om De ogsaa i Sverige har ”regnfulde Augustdage”. Hvor længe bliver De der endnu? men De maa da endelig ikke tage derfra uden i stille og godt Vejr, hvis De skal sejle hjem, saa maa De da hellere blive der lidt længere ikke sandt? – Bare vi kunde faa en køn September, og i det hele taget et kønt Efteraar, det kan være en dejlig Tid, hvis Vejret er sikkeligt. – Jeg har for Resten ikke oplevet noget videre siden jeg sidst skrev; jo i Gaar overværede jeg Vaskekonernes Mellemmad, og Samtalen drejede sig hele Tiden om buldne Fingre. De havde oplevet utrolige Ting paa det Omraade, en havde i Anledning af en saadan Finger siddet i 14 Døgn paa en Stol ved en Kakkelovn uden at være af Klæ’erne. ”Men den sidste Dag ku jeg heller ikke sidde længere, saa maatte jeg rokke hen i Seng”. Kan de forstaa hvorfor hun ikke havde gjort det noget før? – Og alt det, der dog kan flyde ud af saadan en Finger! det er forfærdelig at høre om. - - - Nu er det et Par Dage, siden jeg begyndte paa dette Brev, men paa Grund af Travlhed har det ikke lykkedes mig at faa det sluttet af og af Sted endnu. Marie vilde jeg ogsaa have skreven til denne Gang, men det naar jeg vist ikke. – I Morgen er der Høstgilde paa Gelskov, og vi skal for første Gang i vores Liv ikke med. Det er helt underlig; der har vi ellers moret os mangen en Gang. Det har været en stor Festdag for os lige fra vi var smaa og der er en egen Stemning, der hedder Høst[ordet udenfor fotokopi]stemning, som altid fulgte med den Dag; lige fra om Morgenen, naar vi gik over Markerne over for at hjælpe at smøre Mad. Og det var altid klart Septembervejr med Solskin og let Taage og meget dug og Spindelvæv i Græsset. – Men [udenfor kopi] om Aftenen var naturligvis det morsomste. Nu er det hele jo anderledes deromme, men det bliver underligt ikke at være med i Morgen. Kun Dede agter at gaa med, han vil dog nok om at smage paa Punschen. - - -
 Nu maa jeg slutte. Jeg længes ellers snart grundig efter Dem, lille Las. Men jeg maa nøjes med at sende Dem 1000 Hilsner fra Deres A.
 Erikshaab 28/8 – 96 – Fredag.</t>
   </si>
   <si>
     <t>1896-09-02</t>
   </si>
   <si>
     <t>Johanne Christine Brandstrup
 Louise Brønsted
 Leonard Holmstrøm
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Nicoline  von Sperling
 Andreas Warberg</t>
   </si>
@@ -4777,61 +4875,62 @@
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
   </si>
   <si>
     <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
 Alhed har tabt en stor gryde med hyldebærsaft.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
   </si>
   <si>
     <t>Kære Las!
 Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
 Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
 Erikshaab 5de Okt. - 96</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-11-27</t>
   </si>
   <si>
     <t>I P Jacobsen
 Johanne Christine Larsen
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
@@ -6060,50 +6159,95 @@
 - von Rosen
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
 Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
   </si>
   <si>
     <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
 Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
 Alheds far er syg, og han kommanderer med lægen. 
 Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ui56</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
 Alhed.
 5te Marts - 98
 [Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
   </si>
   <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Læreranstalten</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Thora C
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Louise Brønsted, f. Warberg, var under uddannelse som cand. polyt. i København. 
+Den lille pige er Wilhelmine Bergs datter, Daisy, som netop blev født 4. marts 1898. Pigens mor var Laura Warbergs søster. 
+Bedstemor var Johanne Brandstrup. Hun boede den sidste tid af sit liv hos Thora Caspersen og døde senere i 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1374</t>
+  </si>
+  <si>
+    <t>En lille pige (Daisy) er blevet født. Hun er velskabt, og alt gik godt og nemt. 
+Det er trist, at Albrecht Warberg (Far) har haft det så dårligt. Sygdommen har taget meget på Bedstemor (Johanne Brandstrup).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gKby</t>
+  </si>
+  <si>
+    <t>[Fortrykt logo og:]
+KORRESPONDANCE-KORT.
+Til
+[Håndskrevet i adressefeltet:]
+Fru L. Warberg
+Erikshaab
+pr. Højrup
+Fyn. 
+[Håndskrevet i tekstfeltet]
+Læreanstalten d5te
+Kære Mor. Blot et Par Ord for at meddele jer, at vi i Gaar fik en lille Pige. Alt er gaaet over al Forventning godt; det hele varede kun fra 9 til 12 ½ altsaa ikke engang 4 Timer, ret rar ikke, særlig slemt, og Ungen er hel hun har det ogsaa godt [”hun har det ogsaa godt" indsat over linjen] og velskabt. Her er naturligvis almindelig Henrykkelse og Forbavselse over det gode Resultat; man siger, at hun kan takke alle sine Smerter i den sidste Tid for, at det er gaaet saa godt! Tak for det sidste Brev, tænk, at Far har været saa daarlig, men det er da godt, at det er bedre. Jeg var ude hos Bedstemoder i Gaar at meddele hende det gl. Budskab; det er forfærdeligt, hvor Sygdommen har taget på hende, - hun er kommen til at se saa meget ældre ud og har ikke mange Kræfter; men det er jo bedre og hun er oppe et Par Timer daglig. Thora C. er næsten helt rask. Hilsner fra alle til alle. Din heng. Mug.</t>
+  </si>
+  <si>
     <t>1898-03-07</t>
   </si>
   <si>
     <t>Gelskov
 Glorup
 Odense</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Niels Elgaard Amstrup
 H. Junker
 Hempel Syberg
 Albrecht  Warberg
 Conrad Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den trykte tekst øverst på brevpapiret side 1: Albrecht Warberg blev af nogle af godsets ansatte kaldt Fader Berg. 
 Hempel og Mimi Syberg flyttede i marts 1898 fra Gelskov, da han ophørte med at være forpagter dér for i stedet at kaste sig over organisationsarbejde hvad angår mejeridrift.</t>
   </si>
   <si>
     <t>Alheds far er ved at blive rask, og man har indkaldt gæster fra Ølstedgaard (Nete Amstrup) og Gelskov (Hempel Syberg). 
 Familien har været til middag på Gelskov, hvorfra familien skal flytte 8 dage senere.
@@ -7689,50 +7833,107 @@
     <t>Alhed Larsen er syg og opholder sig i sit barndomshjem Erikshåb. Johannes Larsen arbejder for Joakim Skovgaard i København (se brev 1899-02-09 fra Johannes Larsen til Alhed)
 Lemming Vith er muligvis Emil Vett.
 Det er uvist, hvem "han" er. Ladevika er en kvinde, som bor i Kerteminde.
 Det er uvist hvilket stort billede, der er tale om.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen skal til at indrette deres første hjem sammen i Kerteminde. Johannes Larsens far skal finde en anden lejlighed til dem, da en mand fra Faaborg har fået deres. Han skal lave cementmursten.
 Johannes tegninger er i Kerteminde. Kan han ikke få solgt det store billede på auktion?
 Johannes Larsens forældre prøver at finde en plads på en gård til hans bror Adolph.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZmYj</t>
   </si>
   <si>
     <t>Kjerteminde den 9/2 99
 Kjære Johannes
 Det gjør mig ondt at høre Alhed er syg – fortæl mig dog hurtig hvordan hun har det, jeg tænker daglig paa hende ogsaa; men jeg har ikke villet skrive til hende for hun har vel nok at gjøre med at skrive til dig jeg vil ogsaa være glad ved at faa en Hilsen fra dig og du har ogsaa været daarlig, Gud give dig dog Helbred og Fortjæneste min egen Ven. Der er saameget jeg vil tale med dig om – her er nu foreløbig dine Tegninger da de ikke laa i Mappen troede jeg du havde ladet dem blive i Kjøbenhavn, har han ikke engang seet dem? Naa nu er de her; og saa Lykke og Velsignelse til faa et godt hyggeligt fornuftig indrettet Hjem
 Plesner kommer saa ikke herover - Nu du er i Byen lille Johannes kan du saa ikke faa Rede paa det store Maleri, jeg har forespurgt mig flere Gange hos Eckardts om det ikke kunde anbringes paa en af Udstillingerne vi seer saa ofte store Billeder solgte baade hos Lemming Vith og Klejs eller om det kunde anbringes paa en Aktion tal med ham om det det er saa underlig for mig at jeg aldrig faar Svar
 Ja du kan tro vi tænker paa en Plads til Agraren vi seer efter i Avisen daglig, nu var her en idag paa Lindved – Fyn skal det være siger Faer; der er en Bestyrer, der stod ikke noget om at de maatte komme i Familien, han er maaske ikke gift men de 2 Elever skulde have Værelse sammen og deres Mad derop Løn [overstregning] 175 aarlig de skulde undervises i Roedyrkning og Brugen af alle nye Maskiner Regnskabsføring – oh Johannes ingen kan ønske ham mere en god Plads end jeg gjør – Gud give og Held at finde det beder jeg dog saa meget om – 
 I andre Sønner er kommen paa gode Steder saa finder vi nok en Plads til ham
 Nu skal jeg spørge fra Faer hvornaar I mene at komme her til Byen, for nu skal du høre det bliver alligevel ikke den Lejlighed ved Mejers at I faar her Andresen kom forleden og spurgte Faer om der kunde faaes et [ulæseligt ord] Rum og en Lejlighed til Sommer han saa paa Pladsen og rejste saa ned til Faaborg for at tale med Manden, han kom tilbage og meldte at det er en Mand der laver Cementtagsten der skal saa bygges en Skorsten til og saa skulde han give 300 om Aaret saa den lille Have ved Mejer og Pladsen bag ved; Ladevika ved nok at I skulde have havt hendes – men nu faar vi se at ordne det naar vi hører om naar I vil komme
 Nu er det saa mørkt at jeg maa sige Farvel Johannes husk jeg er din Gudmoder og Fastelavn Søndag er din Daabsdag tag dine Søskende med hør enten Hoff eller Jungersen
 Din Moder</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
     <t>1899-03-26</t>
   </si>
   <si>
     <t>Alhed Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Nicolaus Lützhøft
 Elisabeth Storm
 Fritz Syberg</t>
   </si>
   <si>
     <t>Lützhöft bliver i brevet stavet som Lütshofft.
 Alhed Larsen er gravid og føder sit første barn "Puf" d.12.5 på Erikshaab, hvor hendes forældre bor.
 Fritz Syberg udstillede 26 billeder. Solgte på ferniseringsdagen "Interiør" til vinhandler Bestle for 175 kr. I Politiken stod der: "Aldrig har Syberg stået bedre." (Bente Scavenius: Den frie Udstilling i 100 år s. 66-68)</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg udstiller på Den Frie. Syberg har solgt for 850 kr.
 Alhed er gravid og skal til sine forældre på Erikshaab for at føde der.</t>
   </si>
   <si>
@@ -7812,50 +8013,101 @@
     <t>- Ast
 Berta Brandstrup
 Christian  Brandstrup
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Marie Oppermann
 Theodor Oppermann
 Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene, fordi hun skal føde parrets første barn.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Den frie Udstilling og hos Oppermann. Dagen efter skal han til Brandstrup. Larsen har solgt en akvarel til Fritz Syberg (Baronen).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SfVS</t>
   </si>
   <si>
     <t>Kæreste Alhed!
 Du faar kun et Par Ord nu da Kl. er saamange at jeg kun lige kan naa at faa det af Sted i Aften. Jeg har været paa den fri Udstilling i Formiddags med Uglen og Baronens og derefter i zoologisk Have og saa hos Oppermanns med Baronens. I Morgen skal vi til frokost hos Brandstrup og til Middag hos Oppermann sidste Sted skal Lysse og Mutter med. Jeg har solgt en Aquarel til Baronen for 100 Kr. Jeg skal hilse fra Fru Ast som vi traf i zoologisk Have. Jeg tænker meget paa Dig og er forfærdelig forelsket i Dig. Mange Hilsner Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-04-21</t>
   </si>
   <si>
     <t>Ullerslev
 Flødstrup
 Kerteminde Havn</t>
   </si>
   <si>
     <t>Carl Becher 
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed er hos forældrene på Erikshaab, fordi hun skal føde.
 Feden: I.A. Larsen (Johannes Larsens far) ejede en grund på Feden i Kerteminde med bl.a. skibsværft og arbejderboliger.
 "Motivet fra Vinduet": Billedet Sommer, solskin og blæst gengiver udsigten fra Johannes Larsens vindue i købmandsgården, Langegade 50, Kerteminde, hvor Johannes Larsen voksede op.</t>
   </si>
   <si>
     <t>Johannes Larsen har været hos Alhed (hos hendes forældre) og fik kørelejlighed fra Ullerslev. Han er rørt over, at hun havde pakket hans kuffert.
 I.A. Larsen har solgt noget af sin grund på Feden til kommunen.
@@ -8113,50 +8365,99 @@
 Jupiter Mogensen
 Christine Swane
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er på Erikshaab hos forældrene for at føde. Parrets første søn blev født 12. maj 1899.
 Gala Peter er et chokolademærke.</t>
   </si>
   <si>
     <t>Alhed har ikke malet. Hun vil lige se på tapetet på billedet.
 Hun og Dis har gået tur i skoven og været på Gelskov os se Jupiter (må være nyfødt søn af Mogensen-parret).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YgRf</t>
   </si>
   <si>
     <t>Min egen Dreng!
 Tak for Dit Brev i Dag! Jeg fik det sammen med 3 Pakker ”Gala Peter” inde fra Berta. Er det ikke forfærdelig sødt af hende? Jeg har allerede spist mange Stykker af det, det smager henrivende. Jeg har slet ikke malet i dag, jeg vilde gærne lade det staa en Dagstid for at se rigtig paa det Tapet, hvad der er at gøre ved det. Sikken et dejligt Vejr, vi har haft i Dag. Jeg har været tidlig oppe og med Dis oppe i Skoven, der er rigtignok aldeles henrivende for Tiden. Du skulde se, hvor den lille tykke Mis kan klatre i Trær, ikke ved at gaa paa Grenene, men rigtig som i en Klatrestang. Vi var lidt ude paa Gelskov og saa paa unge Jupiter, han er jo meget sød, men jeg vilde nok ønske, at vores lille Ven blev lidt kønnere navnlig hans Hud er slet ikke køn. – Jeg var i Gaar Eftermiddags ude en lang Tur, helt derude hvor vi var med Mogensen den Gang og ad Brinken hjem igennem hans Vintersæd. Fader og Palam gaar og har travlt med at saa Gyvel i disse Dage, Hestene ere komne paa Græs, alting er saa foraarsagtigt og dejligt, blot jeg var sammen med min egen Frajtermand, det er den eneste Mangel. – Dede kom lige nu hjem fra Odense cyclende paa Dis’s Cycle. – Du skrev jo først i Dag om at jeg skulde skrive til Grossereren, det var jo for sent, men jeg haaber Du overbragte ham min Hilsen. – Hils dem alle sammen mange Gange, jeg haaber Uglen maler noget kønt! 1000 Hilsner af de allerkærligste til Dig min egen Ven! Jeg elsker Dig og tænker forfærdelig meget paa Dig! Din egen Alhed.
 10ende Maj – 1899.</t>
   </si>
   <si>
     <t>1899-05-11</t>
   </si>
   <si>
+    <t>Wilhelmine Berg
+Johanne  Brandstrup
+- Jensen, Frøken, Erikshaab
+Asta Krohn
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år i et hus sammen med hans forældre, hans søstre og flere uidentificerede familiemedlemmer. Det vides ikke, hvad Harris Sawyers mor hed. 
+Alhed Larsen fik ikke en pige. Hun fødte en dreng 12. maj 1899.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1520</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer håber, at Alhed Larsen får en pige.
+Harris Sawyer er rejst til Milwaukee, hvor han skal indføre mælkesyre på et bryggeri. Det var en skuffelse, at Ellen ikke kunne komme med. Harris har besøgt Frederik Brandstrup og hans familie i Chicago. Datteren ligner Alhed/B og Johanne/Junge. Når Harris er væk, føler Ellen sig ikke hjemme. Hans familie er søde, men hun har det, som var hun en gæst. Harris troede på forhånd, at det skulle være hans og Ellens hjem, men de andre er for mange, og de dominerer.
+Ellen og Harris har besøgt nogle andre familiemedlemmer. Hun fik blomster, og flere personer sang, spillede og læste historier på dialekt.
+Ellen og Harris har fået en karaffel og en frugtskål.
+Ellen har broderet en bordløber til sin mor som tak for hjælpen med kasserne. Harris har syet et par hvide tråde.
+Ellen har været på biblioteket og i en fin gade med mange velklædte mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwuv</t>
+  </si>
+  <si>
+    <t>Maj 11-99
+Kære Moder
+Jeg er meget angergiven over at jeg har ladet en Brevdag skyde over. Der havde været så megen Uro og Travlhed at jeg kun kunde skrive et Gadskebrev og så vilde jeg hellere vente et Par Dage. – 
+Vil du takke Frk. Jensen så meget for hendes Brev. Bare hun nu må komme sig helt for Hosten og Influenzaen. Alheds lille Pige kommer da ikke til at lide Mangel på Velyndere når hun kommer. – Det vilde være underligt, hvis det blev en Dreng, - det må vi da ikke håbe. Når du får dette Brev er det måske overstået.
+Jeg er Enke i denne Tid. Harris rejste i Fredags til Milwaukee, en lille By i Nærheden af Chicago, hvor han skulde indføre Mælkesyre på et stort Bryggeri, et af de største i Amerika. Han venter sig rigtig gode Forretninger af det, men jeg er ikke Mand for at klare hvordan det egentlig hænger sammen. Det var jo en lille Skuffelse, at jeg ikke kunde komme med, men han bliver kun borte c. 8 Dage og de ere snart gåede. Han skriver hver Dag og har det godt. Han var dårlig da han rejste, et af sine Mavetilfælde men Luftforandringen har gjort ham godt. Tænk han har besøgt Onkel Frederik og syntes så godt om dem alle. Onkel Fr. lod til at være meget glad over at se ham og få en Passiar med ham alt hjemme. E. skriver at Børnene er så søde. Mary Kirstine er en ægte Brandstrup, - hun ligner [”n” i "ligner" indsat over linien] Junge, B og mig men mest B. Drengen er allerkæreste. Når han kommer hjem skal jeg forklare meget mere om dem og skrive derom. – 
+Det er skrækkelig trist når East er væk og jeg føler rigtig hvor lidt hjemme jeg i Grunden føler mig i hele denne Familjere'lighed, som jo slet ikke kommer mig ved i Grunden. De ere udsøgt rare imod mig og lader mig passe mig selv så meget jeg vil, men jeg føler mig som Gæst her og det er jo i Længden trættende, selv om man bliver behandlet med udsøgt Gæstfrihed. Harris mente da han flyttede herind at det skulde være vores Hjem og de andre som boede hos os, men han er begyndt at indse, at han gjorde en Bommert der. – De er for mange om os og det er fuldstændig deres Aand der er den herskende. Jeg har længe været ked af det hele Arrangement og det har længe ulmet i East. Forleden mig straks ”cousin Elle” og jeg følte mig hele Dagen som mellem andre borgerlige Mennesker. Vi gik fra det ene Hus til det andet og blev hædret og underholdt på det kraftigste. ”Cousin Ed” havde en stor Have og gav mig så mange Blomster som vi kunde slæbe hjem, Violer, Æblegrene, en stor Magnoliablomst og en dejlig Cactus. De fleste af dem spiller el synger, om Aftenen samledes de alle med deres Koner i det Hus, som vi oprindeligt besøgte og spillede og sang, èn læste Historier i Bondedialekt og alle morede sig fortræffeligt. 
+Det var næsten på Landet derude og meget smukt. 
+Jeg var helt begejstret over at se Køer græsse og rigtige Pløjemarker. 
+Vi har fået to Presenter siden jeg skrev sidst, - en Vandkaraffel af tykt slebet Glas og en dito Frugtskål. Jeg ved ikke rigtig hvad man kalder sådan den Slags hjemme. Det er sådan noget som det lille Glas du en Gang fik af Bedstemoder el – det lille Glas Asta gav mig da hun rejste. Vores Frugtskål er det tykkeste og tungeste jeg nogensinde har set i den Branche.- 
+Det kunde more mig ved Lejlighed at få at vide om Mr. Pray er kommen til at bo hos Tante Mis og om han skikker sig vel! 
+Er Pakken kommet sikkert derover med Guldfingerbøl og det hele. Bordløberen er til dig til Gengæld for at den Styr du har haft med mine Kasser. – Jeg syede den i sådan en Fart at den vist ikke kan stå for en kritisk Prøve, og der en Stilk og nogle Pletter som jeg ikke nåede. Den Plet, hvor som ["hvor" overstreget; ”som” indsat over linien] der er syt en hvid Tråd over, har Eastman syt. Han tiggede hele Tiden, mens jeg syede den, om han måtte have den, - det egoistiske Asen, men jeg var stærk! 
+Jeg har været i Byen idag og inde på det store offentlige Bibliotek efter Bøger. Jeg spadserede ned gennem Boilston St., en af de fine Gader. Det er aldeles imponerende hvad man der ser af Elegance og fine Klæder. Man kan ikke gøre sig nogen Forestilling om det der er èn Raslen af Silke og en Dunst af Parfume, og Hattene – Bjærge af Blomster og Tull. -
+Her er meget smukt nu. Her er Tusinder af blomstrende Frugttræer, Syrenerne og Kastanjerne ere næsten udsprungne, - smukt er her, det kan ikke nægtes. 
+Nu kun Hilsen til alle, mest til dig fra Pelle. 
+[Skrevet langs venstre margen s. 7; lodret:]
+Helen beder, om du ikke vil sende en gammel Avis, ligegyldig hvilken ved Lejlighed – der er én som samler udenlandske Blade.</t>
+  </si>
+  <si>
     <t>Victor Bøttern
 Carl Meyer
 Ulrik Plesner</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun skal føde.
 Karl Meyer har købt akvareller hos Plesner: Johannes Larsen betalte arkitekt Plesner for tegninger til villaen på Møllebakken i Kerteminde med akvareller. Det er muligvis derfor, at Meyer har kunnet købe akvareller hos Plesner.
 "saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion": Der har tidligere været tale om at holde auktion over Larsens billeder hos Winkel &amp;amp; Magnussen. 
 Billedet af åkandebuketten: Johannes Larsen har fortalt billedets nuværende ejers morfar, at Alheds brudebuket bestod af åkander, og at han efter brylluppet malede et billede af buketten.</t>
   </si>
   <si>
     <t>Johannes Larsen maler på Morgenbilledet. Solen forsvandt, da han skulle male på pæretræet, og kodriverne var visne, så han måtte plukke nye til billedet af buketten. Larsen maler også på et motiv fra gaden, men et stort kastanietræ, der optræder midt i billedet, er blevet fældet.
 Johannes Larsen vil være "slave af pæretræet", så længe det blomstrer.
 Han har fået 200 kr. i betaling for akvareller fra en overretssagfører Karl Meyer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YqJo</t>
   </si>
   <si>
     <t>Kjerteminde 11. Maj 1899.
 Kæreste Alhed!
 Maa jeg allerførst takke Dig for Dine Breve i Gaar og i Dag, jeg skrev jo ikke i Gaar i Anledning af at det er Helligdag i Dag. Jeg fik arbejdet ganske godt i Gaar nemlig paa de tre Billeder, om Aftenen var vi til Gilde hos Grossereren med 2 varme Retter og koldt Bord og Rødvin og Madeira og bag efter fik de andre Kaffe og jeg Toddy, i Morges fik jeg malet en hel Masse paa Morgenbilledet derimod snød Solen mig akkurat de 3 Timer jeg skulde male paa Pæretræet og Kodriverne var visne saa jeg maatte have en ny Buket i og de skal først staa og rette sig til i Morgen inden jeg kan begynde og saa maa jeg male det hele om den Del af Buketten som jeg har malet færdig er nemlig kønnere paa den ny Buket. I Eftermiddag har jeg været med ude at vande Kør og flytte dem hen i en anden Mark og i Aften har jeg ogsaa været med ude at flytte og er en Del træt nu. Jeg har længe syntes at det Motiv ned paa Gaden saa saa underligt bart ud i Aar men jeg har troet at det var fordi Træerne endnu ikke vare rigtig udsprungne, men saa opdager jeg i Dag til min store Ærgrelse at der er fældet et meget smukt Kastanietræ lige midt i Billedet, det mest fremragende Træ i hele Motivet. I Gaar sprang Skoven ud her, og i Dag har jeg set de første Bysvaler og de første Terner, saa nu maa vi vel faa Sommer, det har været dejligt Vejr i dag og i Gaar. Pæretræet er nu halvt udsprunget, det bliver dejligt, men alligevel er jeg somme Tider ved at blive gal paa det naar jeg tænker paa at nu er jeg Slave af det saalænge det staar i Blomst eller ogsaa maa Billedet udsættes i 2 Aar og det maa det maaske nok alligevel hvis Vejret ikke bliver meget naadigt, det er ogsaa lige haardt nok at skulde være lige oplagt paa samme korte Tid hver Dag. Jeg har det ogsaa lige haardt nok i disse Dage med 4 Billeder, men jeg naar ogsaa sjældent at komme i Lav med mere end de 3 af Gangen, det med Kodriverne driller mig næsten mest fordi jeg maa sidde inde i det dejlige Vejr, det er vist nok fordi jeg ikke har faaet bestilt noget i Eftermiddag at jeg sidder og bliver saa gal paa mine Billeder. Det er sandt jeg glemmer nok noget af det vigtigste, i Gaar da jeg sad her og malede blev jeg overrasket af Postbudet som kom med et Pengebrev fra Overretssagfører Karl Meyer, som indeholdt 200 Kr for 2 Aquareller, som han havde købt hos Plesner, saa det lader jo til at gaa helt godt med dem, det nu 5 til 100 Kr. og Aakanderne, saa meget kunde jeg maaske ikke have faaet for alle Aquarellerne paa Auktion. Nu kan jeg ikke skrive mere for de sidder her og snakker i Munden paa hinanden og det er mørkt. Godnat mange Hilsner Din
 Johannes Larsen.</t>
   </si>
   <si>
@@ -8436,50 +8737,99 @@
   </si>
   <si>
     <t>Kjerteminde 22 Maj 1899.
 Kæreste Alhed!
 Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>1899-05-28</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun har født sit første barn 12. maj.</t>
   </si>
   <si>
     <t>Alhed har travlt og vil bare skrive god pinse samt dejligt, at Larsen kan male på Morgenbilledet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PrWr</t>
   </si>
   <si>
     <t>Kære lille Las!
 Du faar kun to Linjer for at ønske Dig en glædelig Pinse! Jeg har rasende travlt i Dag har Du vist kunnet male paa Dit Morgenbillede, jeg tror, det var Solskin! - -
 1000 kærlige Hilsner i Morgen skal jeg nok skrive mere!
 Din egen Alhed.
 28-5</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-05-30</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg (Baronen) har lejet bolig til Larsen-familien.
 Johannes Larsen maler på billedet af guldregnen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WXTV</t>
   </si>
   <si>
     <t>Kjerteminde 30 Maj [noget af papiret mangler]
 Kæreste Alhed!
 Tak for Dit meget lille Brev. Dette bliver og lille, da jeg skal have skrevet 4-5 inden jeg skal ned at male og jeg skal strax og er kun færdig med et. Baronen skriver at han har lejet til os hos Præstegaardsforpagteren hvor han selv har boet [noget af papiret mangler] Det er flinke Folk og [de] rykker ud af Deres [noget af papiret mangler] kommer, nej det [noget af papiret mangler] for meget. Du kan se det selv her er det. Mange Hilsner til jer begge Din Johannes.
 Guldregnen gik det godt med i Dag igen</t>
   </si>
   <si>
     <t>1899-05-31</t>
   </si>
   <si>
     <t>Andreas Larsen
@@ -10010,50 +10360,90 @@
   <si>
     <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
+  </si>
+  <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
   </si>
   <si>
     <t>1900-03-06</t>
   </si>
   <si>
     <t>I A Larsensvej Kerteminde</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen
 Vilhelm Larsen
 Marie Oppermann
 Ellen  Sawyer
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
 Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
 Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
   </si>
   <si>
     <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
   </si>
   <si>
@@ -10932,53 +11322,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mHn3</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frøken Astrid Warberg
 Kærbyhus
 Kjerteminde
 [På kuvertens bagside:]
 Poststempel
 [I brevet]
 Erikshaab d:25de April 
 Kæreste lille Putte!
 Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
 Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
 Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
 Hils saa mange Gange og sig Tak for sidst!
 Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
 Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
   </si>
   <si>
     <t>1901-05-10</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Christine  Mackie
 Otto Emil  Paludan
 Robert Schumann
 Andreas Warberg
 Astrid Warberg-Goldschmidt
 Emil Aarestrup</t>
   </si>
   <si>
     <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
 Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
   </si>
   <si>
     <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
 Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
 Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
   </si>
@@ -11226,83 +11613,125 @@
     <t>Fritz skriver til Anna, at han er færdig med to akvareller og snart kunne blive færdig med den tredje, hvis der kom en klar solskinsdag. Han arbejder på en aftentegning af Marie og Uglen. Marie kommer på besøg nogle dage i oktober. Den følgende dag er der en tilføjelse til brevet - nu er Fritz snart færdig med sine billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7e7n</t>
   </si>
   <si>
     <t>Kjerteminde 4/10 1901
 Kære Høns
 Nu er jeg færdig med to Aquareller og kunde også nemt blive færdig med den tredje dersom vi blot få en klar Solskinsdag.
 Jeg har taget fat på en Aftentegning ved Lampelys af Marie og Uglen. Motivet er morsomt men skulde egentlig helst males. Marie kommer ned og besøger os en Gang i Oktober hvad Du vel intet har imod. Hun skulde til Erikshåb fortalte hun og så bad jeg hende ned til os i nogle Dage.
 Her er Soldater og Indkvartering i disse Dage så her er meget travlt.
 Det er ikke sikkert at jeg trækker den ud til på Onsdag, men nu ser vi. Kys Børnene og mange Hilsener fra Din hengivne
 Fritz
 Søndag
 Kære Høns!
 Jeg skrev dette Brev i Lørdags men fik det ikke af Sted.
 Nu er jeg snart færdig med mine Billeder, det under Pæretræet fik jeg gjort noget ved i Dag, men det er ikke helt færdig endnu.
 Det ude fra Verringe venter jeg stadig på Solskin til, men Aftenbilledet og de andre to er færdige.
 Jeg længes efter Jer allesammen.
 Kys de små [Fostre] fra mig. Mange Hilsener fra Din hengivne Fritz.</t>
   </si>
   <si>
     <t>1901-10-14</t>
   </si>
   <si>
-    <t>Fyn
-[...2 lines deleted...]
-  <si>
     <t>- Allerup, lærer
 Otto Emil  Paludan
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
 Kaptajnen var lærer ved Astrids uddannelsessted. 
 Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bXkl</t>
   </si>
   <si>
     <t>[Fortrykt på brevkortets adresseside:]
 BREV-KORT
 (Paa denne Side skrives kun Adressen.)
 Til
 [Håndskrevet på kortets adresseside:]
 [Med blyant:] 1901
 [Med blæk:]
 Fru Laura Warberg
 Erikshåb
 Højrup
 [[Håndskrevet på kortets tekstside:]
 Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
 Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>1901-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Emil Brandstrup
+Johannes Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Holm, overpostmesteren, kammeraten og skolebestyreren kendes ikke. 
+”Ligtornen”: I begyndelsen af 1900-tallet var ”Ligtornen” et populært øgenavn for en restaurant i Industriforeningen (senere Industrirådet) ved Rådhuspladsen i København – restauranten lukkede i 1934 (Internettet, febr. 2026). 
+Munter var en hund på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1498</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg beder moderen sende lommetørklæder og underbukser. 
+Andreas har købt et spritapparat og noget cacao. Han har syet røde opslag på sin uniform og fandt i den sammenhæng ud af at bruge fingerbøl. Og han har besøgt Johannes Larsen/Las' udstilling. 
+Forleden besøgte Andreas sin morbror Emil Brandstrup, som bliver forfremmet til postmester.
+Andreas vil gerne have nogle elever at læse med. Han har tid tilovers, og han vil desuden gerne tjene lidt penge. I øvrigt bliver han ikke mæt ved måltiderne, da de andre spiser meget lidt, og han er den sidste, der får. 
+Tobaksbordet er kommet fra Odense, men Andreas får ikke et tæppe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aFaC</t>
+  </si>
+  <si>
+    <t>I
+København d. 27. Oct. 1901.
+Kære Mor!
+Først Tak for Tøjet, som jeg haaber snart maa blive efterfulgt af noget mere, blandt ander Lommetørklæder og Underbuxer, som jeg vist kan faa god Brug for til Skytteøvelserne længere henne i Tiden, naar Vejret bliver koldere. Allerede nu er det ikke særligt varmt Kl 6 om Morgenen og i Betragtning heraf samlede jeg forleden Dag al den Energi, som findes i mig og gik hen til en Issenkrænmer og købte et Spritapparat. Et saadant har været det staaende Samtaleemne mellem Holm og mig nu en hel Maaned, idet han hver Gang, han har set mig, har benyttet Lejligheden til at skælde mig Huden fuld paa Grund af dets ”Ikkeanskaffelser”, mendens jeg derimod, med al den Skarpsindighed, Juraen har skænket mig, søgte at bevise ham, at man ikke maa give efter for sine Lyster. Men i Fredags faldt jeg som sagt for Fristelsen og for at gøre Skridtet helt ud, købte jeg tillige nogen Sprit til Uhyret samt et Fjerdingspund Cacao, og jeg maa indrømme, at mine Skrupler over at svigte mine Principper temmelig let bleve reducerede til et Minimum, da jeg Lørdag Morgen sad ved en Kop dampende Kop Cacao i Stedet for den frygtelige The. 
+Hvis du ”en passant” føler dig fristet til at sende mig noget Cacao samtidig med Underb - , vil det selvfølgelig ikke blive sendt tilbage. I Aftes havde jeg et meget haardt Arbejde, idet jeg syede nye røde 
+II.
+Opslag paa min Uniform, hvilket jeg, naar jeg selv skal sige det, gjorde noget fikst, rigtig nok ogsaa med Opofrelse af mine Fingre, der blev fuldstændigt gennemhullede af Naalen, da jeg først paa et temmeligt sent Stadium af Arbejdet opdagede, at et Fingerbøl med Held kunde benyttes, hvilket dog sinkede lidt, da jeg for hver Gang, jeg skulde tager ["tager" overstreget] trække Naalen ud, maatte tage Fingerbøllet af og anbringe det paa Bordet, for saa igen at sætte den paa igen, naar Naalen skulde ud. Jeg var i Gaar oppe paa Las’s Udstilling; det var temmelig mange for at se paa dem, blandt andre en lille tyk Mand, der gav sin Ledsager i Kommission at købe ikke saa faa Stykker paa Tirsdag. Jeg sneg mig hele Tiden omkring for at høre de forskelliges Mening, der for det meste var meget anerkendende især om det Stykke hjemme fra Broen, hvor jeg staar i min Baad og fisker. Jeg følte mig naturligvis meget smigret. Las selv traf jeg deroppe men talte kun et Øjeblik med ham, da han havde meget travlt, men han lovede at komme herop til os en af Dagene. - - - Forleden Aften var jeg ude hos Onkel Emil for at høre om hans Ferie; han inviterede mig med [”med” anført oven over Linien] i ”Ligtornen”, hvor vi spiste til Aften; han havde samme Dag været oppe hos Overpostmestren, der havde sagt ham, at hans Embede vilde blive forstørret til Foraaret og hans selv blive Postmester af anden Grad, hvorover han selvfølgelig var meget glad. Tillige var hans Forkølelse omtrent forbi, og i den dobbelte Anledning gratulerede 
+III
+jeg naturligvis strax ”Altusius Theofilus Machiavelli Saturninus Brækbønne Brandstrup” Jeg er for Tiden optaget af en stor Idé om at faa nogle Fyre at læse med, da jeg daglig har mindst en á to Timer ledige, og den synes virkelig at skulle krones med Held. En af mine Kammerater har den ["den" overstreget] nemlig faaet den samme Tanke, og da han kender en Skolebestyrer, som maaske kunde skaffe ham nogle Timer, lovede han ogsaa at lægge et godt Ord ind for mig. Det kunde dog maaske i heldigste Fald løbe op til c. 25 Kr. om Maaneden og jeg imødeser med stor Spænding Udfaldet ikke blot for Fortjenestens Skyld, men ogsaa fordi det er rart at faa noget at bestille. Det frygteligste i min Tilværelse i det hele tager er de Timer, hvor jeg er færdig med at studere, men paa den anden Side ikke hverken har Morskabsbøger eller Tid for Spisetiderne til at gaa i Foreningen el. lign. - - Jeg har lige været en lille Afstikker henne hos en Konditor og indtaget en lille Forsyning Kager, og det skønt jeg om et Kvarter skal spise til Aften; jeg er nemlig besjælet af en glubende Appetit, men da jeg ved Maaltiderne faar sidst og da de andre kun spiser meget lidt og da jeg ikke gerne vil blive siddende efter at de andre har rejst sig, bliver jeg sjælden helt mæt skønt jeg hænger i som en Hest i den Tid, der forundes mig. Men trods alt er (”er” indsat over linjen] jeg sikkert taget 
+IV
+ikke saa faa Pund paa. Forleden fik jeg mit Tobaksbord fra Odense, men derimod ikke mit Tæppe, som jeg nok kunde have ønsket. Det lader nemlig til, at jeg overhovedet ikke faar det, Ta Mis har talt om, skønt jeg flere Gange har omtalt det. - - Jeg havde tænkt paa, at sende Munter et Kødben her i Brevet, men da det vist vilde være lidt upraktisk, vil du nok faa ham det givet paa en lidt nemmere Maade. - - -
+Det er da rart, at Far har det saa godt. 
+Mange Hilsner til alle fra D. 
+NB. Glem endelig ikke Tobakken; jeg kan ikke finde Manden, hvor jeg kan faa den Slags, og hvis saa var, maatte jeg købe 5 Kr ad Gangen.</t>
   </si>
   <si>
     <t>1901-12-16</t>
   </si>
   <si>
     <t>Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Sophie Meyer
 Johan  Norden
 Fritz Syberg</t>
   </si>
   <si>
     <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
 Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
 Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
   </si>
   <si>
     <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UgIn</t>
   </si>
@@ -12151,50 +12580,111 @@
   </si>
   <si>
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
   </si>
   <si>
     <t>1903-07-27</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 - Flagstad
 Adolph Larsen
 Christine  Mackie
 William Mackie
 - Skakke
 Vagn Thomsen
 Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
   </si>
   <si>
@@ -12330,50 +12820,111 @@
 Nervi
 Genova
 Italia
 Poststempel
 [Skrevet af ukendt:] fra Junge om Peter Bichel forlovelsen
 [På kuvertens bagside:]
 Poststempel
 [Skrevet af ukendt:] 13 Nov 1903
 [I brevet:]
 8 – 11 – 03 
 [Øverst lodret på første side har ukendt person anført et regnestykke] 
 Kæreste lille søde Disserbein!
 Endelig faar jeg sanket Energi til at skrive til dig, maatte nu Aanden ikke straks stikke af igen, men blive her og være lidt godt over mig! Tak for Dine Breve derude fra; du synes mig ikke ret at være i den rette Himmel - - hvad? Saa vidt jeg husker (jeg har ikke dit Brev her og gider ikke godt gaa ned efter det) skriver du ikke noget om, at du har faaet to Breve fra mig - et som var skrevet den sidste Erikshaabs Aften, men det har du vel. I dem begge glemte jeg at skrive, at dine Skakke–Fotografier er lagt i Fremtidens Haand; man har nemlig travlt. Man arbejder nemlig saa rent utroligt med alskens Skyldraad. Lige til 12-1 om Natten arbejder man. Den eneste Fordel derved er, at andre faar en utrol. Masse Nattesøvn i den Anledning. Saa du maa tøve! og stole paa, at der er absolut er ingen Tid til at lave Billeder hverken til dig eller nogen anden. 
 Saa er der det andet Forretningsanliggende. Min ”Skyld” til dig. Ja, der er det penible at jeg netop vilde have skrevet og spurgt dig om, hvordan det har sig, for jeg aner det ikke. Fik du ingen Penge af mig? Hvis du ikke gjorde det, er Sagen klar nok: jeg skyldte dig 12 Kr (Natkj.) + 2 Kr. (Svamp) og deraf skal jeg give Hr. Skakke de 4 for Billeder, altsaa skylder jeg dig 10. Du kan vist selv bedst huske om du fik nogen hos mig eller ikke. Skal du sende 10 Kr. til dem og giver Adr.? Da jeg ikke ved noget med Bestemthed har jeg ingen sendt.
 3de Forretn. Pans Kaabe var jo i Flyttevognen alligevel; Pakmesteren kom tilbage hertil og ham fik jeg til at tage Pe[ulæseligt] og en stor Pakke med sig til at putte ind i Flyttevognen. I maa da have funden den og givet Pan den for længe siden ? ? ?
 Pakken staar i de [ulæseligt], men du aner ikke hvor det var svært at finde det hele. Jeg havde dog for Resten været forberedt paa langt større Fadaiser end dem jeg har begaaet. – Nu har jeg fastsat min Rejse til Staden og jeg haaber, at jeg ikke skal bestemme mig om; Torsdag d. 19de fra Odense og jeg glæder mig kolossalt – ikke mindst til lille Alfred, hvem du nok gaar og finder bedre og bedre?
 Hvad mig selv angaar, saa har jeg det brillant; jeg spiller til min egen Tilfredshed – det gaar saa grinagtig let for mig i denne Tid og saa læser jeg med Lidenskab. Jeg læser Ibsen – ja, jeg studerer Ibsen kan jeg sige, slæber hele Tasker fulde af hans Bøger med hjem og læser saa de glimrende Lambek Kritikker - lige efter, det er en sand Svir, og jeg studerer Brandes: Henrik Ibsen og jeg studerer Bierfreund: Florenz. Denne sidste kunde jeg ikke staa for da jeg traf den i en Boghandel i Odense, købte den for 3 store Kroner [skrevet under sidste ord ”Kroner”] og har nu i Aften læst om Fra Giovanni – alias: Beato di Angelico – alias: Fiesole. – ham der har lavet alt det vidunderlige overjordiske i Museo di San Marco i Florenz. Du ved, at den tyske (svenske) Maler skrev til dig at du maatte endelig se S. Marco Kloster i Florenz og jeg sad og maabede og vidste ikke rigtig hvad det var; senere gik det op for mig, at det var det herlige Sted, hvor jeg gik og fik Kvalme af Begejstring og hvor Tutte og jeg maatte lade vore amerik. Misser passere, for at vi alene kunde nyde Herlighederne. Det var det vidunderligste jeg saa af Kunst i Florenz. Ogsaa Bierfreund er meget begejstret. hm! hvilket jo altsaa geraader hans Smag til Ære. Hvorledes gaar det med Herzeriet giver det stadig smaa Livstegn med Omsvøb fra sig? Skriver Målerne noget? Hvad siger lille Alfred for godt? Saa vidt jeg har forstaaet det, har han heldig overvunden mig som Skær, hvorpaa der jo maatte strandes. Han skrev lidt forblommet derom. Det er igen [ulæseligt]gaards Ord i Elsa Finnes Mund. Saa snart Haabet dør, dør ogsaa Kærligheden. Hvad? tror du ikke.
 Naa – Pallams Stue er bleven nydelig kan du tro. Hvem der ser den er begejstret og den er ogsaa ganske overordentlig smuk. Et dejligt rødt Gulvtæppe har vi fået, en smuk Messinglampe, to smukke Lysestager - Møblerne er jo dejlige. Chatollet ikke til at stå for. Nye Gardiner – samme Slags som de gamle. –
 Der sad jeg skam og faldt i Søvn. Klokken er lige ved 11, da ["da" overstreget] jeg ville oppe paa mit Værelse, der jo ser ud ganske som før, men ak hvor længe varer det før ogsaa det kommer under ”Forvandlingens Lov.” Naa, jeg er nu ikke mismodig, det er man jo ikke, naar man er i Ballonen – du husker vel Elles gamle Udtryk for, naar der var Fart i en – åndelig ment. Du er vel ikke ked af, at du skulle rejse – jeg kan ikke rigtig blive klog paa dig; et Sted skriver du, at du længes efter at komme ”ud” og et andet noget om at der endelig maa ligge Brev til dig nar du kommer til Nervi træt og sløj el. lignende - Hvad er den rette Mening (? Lad mig høre lidt nærmere om denne Sag. Jeg tror nok, at jeg p.Gr.a. Søvnighed maa sige Stop for i Aften bare jeg vidste, om du faar dette i Kbhvn. eller ej; I skrev ikke noget om, hvor længe Rejsen var udsat, saa det vidste I vel ikke. Farvel lille Dis og Lykke paa Rejsen, lad mig se, du holder Halen højt. 
 Skriv snart. Hils Hirschsps.
 Din Junge.
 Kære Dis!
 Bare to Ord Posten er der! Jeg er lige hjemkommen fra Kbhv. Du maa skrive til Mor, hvad tænker du dog paa? Hvor kan du lade hende gaa i den Pine og Uvished og for Peter er det jo stor Skam
 Skriv nu
 H[ulæseligt] T.</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1904-03-02</t>
   </si>
   <si>
     <t>Louise Amstrup
 Aammen Jørgensen
 Augusta Mogensen
 Marie Paludan
 Erik Schaffalitzky de Muckadell
 Johanne Schroll
 - Skakke
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Erikshaab nær Sallinge på Sydfyn var godsforvalter Warbergs tjenestebollig, og her voksede Warberg-børnene op. Efter hans død måtte enken, Laura Warberg, fraflytte gården, og hun flyttede i slutningen af oktober 1903 til en fireværelses lejlighed på Sortedam Dossering 25 i København. Her boede hun og sønnen Andreas (Dede) en tid sammen. 
 Sommeren 1904 førte Johanne Warberg Larsen hus for den nye godsforvalter, Otto Emil Paludan/Pallam, på Erikshaab. Hendes lillesøster, Astrid, kom og tilbragte noget tid med dem dér, da der var fjendskab mod hende i familien, efter at hun var blevet forlovet med Alfred Goldschmidt (Astrid Warberg: Mit Livs Bog s. 61. Upublicerede erindringer; Kerteminde Egns- og Byhistoriske Arkiv).
 Familien Schroll boede på gården Lykkenssæde. 
 Det er uklart, hvilken søn der i 1904 blev født på Brobygaard. 
 Det vides ikke, hvad Otto Emil Paludan/Pallams mor hed. 
 Det vides ikke, hvem Viggo, Lisbeth, Kræstine og Hulda var. 
 "Slaa op paa Jensen": Frøken Jensens Kogebog udkom første gang 1901.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0424</t>
@@ -14875,50 +15426,146 @@
 Fru Johanne Warberg Larsen
 Lindøgaard
 pr. Dræby
 [Skrevet på kuvertens forside med kuglepen:]
 20-5-03
 [På kuvertens bagside:]
 A Warberg
 Sallinge Kro
 [I brevet:]
 Sallinge Kro, Søndag d 13’ Februar 1938
 Kæreste søde Junge!
 Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
 De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
 Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
 2)
 måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
 Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
 Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
 Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
 Ja, du kan tro, at det var en Aften. 
 Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
 I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
 Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
 Og at Vejen bliver lavet – og Lånet trækker op – 
 Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1939-03-18</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Louise Brønsted
 Thora Cohn
 Aksel Dydensborg
 Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Otto Emil  Paludan
 Ellen  Sawyer
 Adelheyde Syberg
 Ane Talbot
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Laura Warberg Petersen</t>
@@ -15612,59 +16259,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8vt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/69Hb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RS0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKby" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUT5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TTtD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kkc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v2Iw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zxCT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYH4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68On" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YgRf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gERy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5Qy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qn6u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EQqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PrWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/two8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfjV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hmuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KemZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RRbW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tio1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FmR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aFaC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n7bN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5dND" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bmiF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOOc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DG08KFDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Ilngp06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBzJFEI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HVashspr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0Ss" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CFSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M367"/>
+  <dimension ref="A1:M379"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -17129,14732 +17776,15268 @@
       </c>
       <c r="I33" s="5" t="s">
         <v>233</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>234</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>235</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>236</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>238</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>242</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>16</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...8 lines deleted...]
-        <v>18</v>
+      <c r="E36" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>275</v>
+        <v>94</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>246</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>305</v>
-[...7 lines deleted...]
-        <v>306</v>
+        <v>15</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>316</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>317</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E45" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>322</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>325</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>330</v>
+        <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>283</v>
+        <v>35</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F46" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>283</v>
+        <v>341</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>294</v>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>342</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>343</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>345</v>
+        <v>349</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E49" s="5" t="s">
-        <v>344</v>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>364</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>363</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>372</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>27</v>
+        <v>381</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H52" s="5" t="s">
+        <v>382</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>385</v>
+        <v>94</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-        <v>386</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>393</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-        <v>394</v>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>94</v>
+        <v>404</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F55" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>408</v>
+        <v>412</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>15</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>424</v>
+        <v>15</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>425</v>
-[...9 lines deleted...]
-        </is>
+        <v>363</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E59" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>15</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H61" s="5" t="s">
+        <v>450</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>457</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>341</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>461</v>
-[...8 lines deleted...]
-        <v>464</v>
+        <v>363</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5" t="s">
         <v>465</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>348</v>
+        <v>466</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>283</v>
+        <v>15</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>470</v>
+        <v>363</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>121</v>
+        <v>381</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>471</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>472</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>473</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>474</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>475</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>477</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="5" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>480</v>
+        <v>367</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>27</v>
+        <v>487</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>18</v>
+        <v>121</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>18</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>348</v>
+        <v>504</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>344</v>
+        <v>27</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>51</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>348</v>
+        <v>511</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>344</v>
+        <v>516</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>516</v>
+        <v>367</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>523</v>
+        <v>367</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>528</v>
+        <v>363</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>390</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>371</v>
+        <v>121</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>344</v>
+        <v>545</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>546</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>557</v>
+        <v>94</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>558</v>
+        <v>363</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>305</v>
+        <v>15</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>566</v>
+        <v>363</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>371</v>
+        <v>27</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>567</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5" t="s">
         <v>568</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>569</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>570</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>571</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>573</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>94</v>
+        <v>574</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>381</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="I78" s="5"/>
+      <c r="I78" s="5" t="s">
+        <v>577</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>15</v>
+        <v>316</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>344</v>
+        <v>583</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>390</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>344</v>
+        <v>591</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>348</v>
+        <v>594</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>348</v>
+        <v>602</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>604</v>
+        <v>27</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>612</v>
+        <v>363</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>616</v>
+        <v>367</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>617</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>618</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>620</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="F84" s="5" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>622</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>623</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>624</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>625</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>626</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>628</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>416</v>
+        <v>629</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>629</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>630</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E86" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>639</v>
+        <v>367</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>94</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>349</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F88" s="5" t="s">
-        <v>51</v>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>15</v>
+      </c>
+      <c r="D89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E89" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
-        <v>660</v>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>661</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>662</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>663</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>664</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>665</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>667</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-      <c r="G90" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="H90" s="5" t="s">
+      <c r="I90" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="I90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>671</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>672</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>674</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G91" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F92" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G92" s="5" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>688</v>
+        <v>94</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E94" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>696</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>698</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>699</v>
+        <v>367</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>658</v>
+        <v>705</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>15</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="s">
-        <v>704</v>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>663</v>
+        <v>708</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F96" s="5" t="s">
+        <v>713</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>663</v>
+        <v>730</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F99" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>735</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>734</v>
+        <v>680</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="s">
-        <v>739</v>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E101" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>658</v>
+        <v>16</v>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>760</v>
+      <c r="F103" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>663</v>
+        <v>765</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D106" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D106" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G107" s="5" t="s">
+        <v>791</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>792</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>793</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="I108" s="5"/>
+        <v>799</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>800</v>
+      </c>
       <c r="J108" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>305</v>
+        <v>675</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>805</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>801</v>
+        <v>680</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>811</v>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>659</v>
+        <v>121</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>663</v>
+        <v>818</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G112" s="5" t="s">
+        <v>823</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G114" s="5" t="s">
-        <v>831</v>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>832</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>836</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>837</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H115" s="5" t="s">
+        <v>842</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G116" s="5" t="s">
+        <v>848</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>842</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H117" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I117" s="5"/>
+      <c r="H117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>854</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
-        <v>853</v>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D119" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D119" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="5" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>676</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>861</v>
-[...3 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>863</v>
+        <v>680</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D120" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D120" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="5" t="s">
-        <v>868</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>870</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>871</v>
+        <v>680</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>27</v>
+        <v>390</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>878</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>879</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>659</v>
+        <v>885</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G122" s="5" t="s">
-        <v>882</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="I122" s="5"/>
+        <v>886</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>663</v>
+        <v>888</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        <v>888</v>
+        <v>885</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>663</v>
+        <v>894</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>895</v>
+        <v>675</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>896</v>
+        <v>94</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>660</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>899</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>899</v>
+        <v>680</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="s">
-        <v>660</v>
+        <v>905</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="5" t="n">
-        <v>1898</v>
+      <c r="A127" s="5" t="s">
+        <v>920</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D127" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G127" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>94</v>
+        <v>912</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>27</v>
+        <v>927</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="n">
         <v>1898</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>27</v>
+      </c>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>932</v>
+        <v>680</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>937</v>
+        <v>94</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>938</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="5" t="s">
-        <v>945</v>
+      <c r="A131" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F131" s="5" t="s">
-        <v>27</v>
+        <v>946</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>15</v>
+        <v>954</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>16</v>
+        <v>955</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>479</v>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>953</v>
-[...1 lines deleted...]
-      <c r="I132" s="5"/>
+        <v>956</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>957</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D133" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>958</v>
+        <v>27</v>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>663</v>
+        <v>971</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>27</v>
+        <v>975</v>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>676</v>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>979</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>983</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>984</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>984</v>
+        <v>129</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D138" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D138" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="I138" s="5"/>
       <c r="J138" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>1001</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>663</v>
+        <v>1004</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="s">
-        <v>1004</v>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D141" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D141" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G143" s="5" t="s">
-        <v>1024</v>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>94</v>
+        <v>1033</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1034</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>663</v>
+        <v>1038</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>1043</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>1039</v>
+        <v>680</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="s">
-        <v>1051</v>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1052</v>
-[...1 lines deleted...]
-      <c r="I147" s="5"/>
+        <v>1057</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>1058</v>
+      </c>
       <c r="J147" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>658</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>975</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>663</v>
+        <v>1065</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>675</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G149" s="5" t="s">
+        <v>1070</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G150" s="5" t="s">
+        <v>1077</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>1078</v>
+      </c>
+      <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D152" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D152" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E152" s="5" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="s">
-        <v>1081</v>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="I153" s="5"/>
+        <v>1095</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>1096</v>
+      </c>
       <c r="J153" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1089</v>
+        <v>1097</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1091</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1092</v>
+        <v>1100</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G155" s="5" t="s">
+        <v>1107</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D156" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
-        <v>1105</v>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F158" s="5" t="s">
-        <v>129</v>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D159" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G159" s="5" t="s">
+        <v>1131</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1127</v>
+        <v>1142</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1133</v>
-[...1 lines deleted...]
-      <c r="I161" s="5"/>
+        <v>1143</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>1144</v>
+      </c>
       <c r="J161" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F163" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1145</v>
+        <v>1156</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D164" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="s">
-        <v>1149</v>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E165" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="s">
-        <v>1155</v>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1156</v>
-[...3 lines deleted...]
-      </c>
+        <v>1164</v>
+      </c>
+      <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D166" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...13 lines deleted...]
-        <v>1162</v>
+      <c r="E166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="s">
-        <v>660</v>
+        <v>1175</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1169</v>
-[...3 lines deleted...]
-      </c>
+        <v>1176</v>
+      </c>
+      <c r="I167" s="5"/>
       <c r="J167" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1178</v>
+        <v>680</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>1183</v>
+        <v>94</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>1184</v>
-[...10 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>1188</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1193</v>
+        <v>94</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>675</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G170" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H170" s="5" t="s">
         <v>1195</v>
       </c>
       <c r="I170" s="5" t="s">
         <v>1196</v>
       </c>
       <c r="J170" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K170" s="5" t="s">
         <v>1197</v>
       </c>
-      <c r="K170" s="5" t="s">
+      <c r="L170" s="6" t="s">
         <v>1198</v>
       </c>
-      <c r="L170" s="6" t="s">
+      <c r="M170" s="5" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F171" s="5" t="s">
         <v>1201</v>
-      </c>
-[...13 lines deleted...]
-        <v>731</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
         <v>1202</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>1203</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>1204</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1205</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1206</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1208</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>15</v>
+        <v>1209</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>16</v>
+        <v>1210</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>27</v>
+        <v>1211</v>
       </c>
       <c r="F172" s="5" t="s">
-        <v>731</v>
+        <v>1212</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1211</v>
+        <v>367</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>94</v>
+        <v>1219</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>868</v>
-[...5 lines deleted...]
-        <v>1215</v>
+        <v>1220</v>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>348</v>
+        <v>1223</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1222</v>
+        <v>27</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>696</v>
+        <v>27</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>1237</v>
+        <v>94</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1238</v>
+        <v>885</v>
       </c>
       <c r="F176" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>1238</v>
-[...4 lines deleted...]
-        </is>
+        <v>1241</v>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>1242</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>378</v>
+        <v>1248</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>748</v>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>658</v>
+        <v>1249</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>348</v>
+        <v>1251</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>1250</v>
+        <v>713</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>27</v>
+        <v>748</v>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>94</v>
+        <v>1263</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>344</v>
+        <v>1264</v>
       </c>
       <c r="F179" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G179" s="5" t="s">
-        <v>1258</v>
-[...4 lines deleted...]
-      <c r="I179" s="5"/>
+        <v>1264</v>
+      </c>
+      <c r="H179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1265</v>
+      </c>
       <c r="J179" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>344</v>
+        <v>397</v>
       </c>
       <c r="F180" s="5" t="s">
-        <v>1264</v>
+        <v>27</v>
       </c>
       <c r="G180" s="5" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1266</v>
+        <v>675</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E181" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>1279</v>
+        <v>94</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>363</v>
+      </c>
+      <c r="F182" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>1284</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1280</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="I182" s="5"/>
       <c r="J182" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="G183" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="I184" s="5"/>
+        <v>1298</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>1299</v>
+      </c>
       <c r="J184" s="5" t="s">
-        <v>663</v>
+        <v>1300</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>103</v>
+        <v>1305</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1297</v>
+        <v>1306</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1298</v>
+        <v>1307</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1299</v>
+        <v>680</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>283</v>
+        <v>94</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1304</v>
+        <v>675</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1307</v>
+        <v>680</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>895</v>
+        <v>94</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>658</v>
-[...8 lines deleted...]
-        <v>1312</v>
+        <v>675</v>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1313</v>
-[...3 lines deleted...]
-      </c>
+        <v>1318</v>
+      </c>
+      <c r="I187" s="5"/>
       <c r="J187" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>895</v>
+        <v>103</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>896</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>103</v>
+        <v>294</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>129</v>
+        <v>1330</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>348</v>
+        <v>1333</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>658</v>
+        <v>912</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E190" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F190" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="F190" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G190" s="5" t="s">
+        <v>1338</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>659</v>
+        <v>1345</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G191" s="5" t="s">
-        <v>1338</v>
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>663</v>
+        <v>1348</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>658</v>
+        <v>912</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>94</v>
+        <v>913</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>663</v>
+        <v>1355</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D193" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E193" s="5" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1352</v>
+        <v>1361</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1356</v>
+        <v>1365</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D194" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>659</v>
+        <v>129</v>
       </c>
       <c r="F194" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1360</v>
+        <v>1369</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1361</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1372</v>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>663</v>
+        <v>1375</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1366</v>
+        <v>1377</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1367</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D196" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>1380</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>676</v>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E198" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1380</v>
+        <v>1398</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D199" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1386</v>
+        <v>1399</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1387</v>
+        <v>1400</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1388</v>
+        <v>1401</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1389</v>
+        <v>1402</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1390</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1391</v>
+        <v>1404</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D200" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D200" s="5" t="s">
-[...13 lines deleted...]
-        <v>1392</v>
+      <c r="E200" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1396</v>
+        <v>1408</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1397</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="F203" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F204" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1419</v>
+        <v>1430</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1422</v>
+        <v>1433</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>94</v>
-[...10 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>1434</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1422</v>
+        <v>1440</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E206" s="5" t="s">
-        <v>1304</v>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>676</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1417</v>
+        <v>1447</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G208" s="5" t="s">
-        <v>1440</v>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1441</v>
+        <v>1453</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1454</v>
+        <v>1466</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1455</v>
+        <v>1467</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1456</v>
+        <v>1468</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F211" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>27</v>
+        <v>1330</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H212" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H212" s="5" t="s">
+        <v>1476</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>663</v>
+        <v>1478</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1466</v>
+        <v>1479</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1467</v>
+        <v>1480</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1469</v>
+        <v>1482</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F213" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1470</v>
-[...1 lines deleted...]
-      <c r="I213" s="5"/>
+        <v>1465</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1483</v>
+      </c>
       <c r="J213" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1471</v>
+        <v>1484</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1472</v>
+        <v>1485</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1473</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F214" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G214" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G214" s="5" t="s">
+        <v>1488</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1478</v>
+        <v>1492</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D215" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D215" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E215" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F215" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F215" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1481</v>
+        <v>1495</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1482</v>
+        <v>1496</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1483</v>
+        <v>1497</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1484</v>
+        <v>1498</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1485</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1480</v>
+        <v>1500</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1475</v>
+        <v>1501</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1486</v>
+        <v>1502</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1487</v>
+        <v>1503</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1488</v>
+        <v>1504</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1489</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1490</v>
+        <v>1506</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1491</v>
+        <v>1507</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1492</v>
+        <v>1508</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1493</v>
+        <v>1509</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1494</v>
+        <v>1510</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H218" s="5" t="s">
-        <v>1497</v>
+      <c r="H218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1499</v>
+        <v>1514</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1500</v>
+        <v>1515</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1501</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>658</v>
+        <v>316</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1517</v>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1503</v>
+        <v>1518</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1504</v>
+        <v>1519</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>663</v>
+        <v>1520</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1507</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1508</v>
+        <v>1524</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F220" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1509</v>
-[...3 lines deleted...]
-      </c>
+        <v>1525</v>
+      </c>
+      <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1511</v>
+        <v>1526</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1512</v>
+        <v>1527</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1513</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1514</v>
+        <v>1529</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F221" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1515</v>
-[...1 lines deleted...]
-      <c r="I221" s="5"/>
+        <v>1530</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1531</v>
+      </c>
       <c r="J221" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1516</v>
+        <v>1532</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1517</v>
+        <v>1533</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1518</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1519</v>
+        <v>1535</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1520</v>
+        <v>1536</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1521</v>
+        <v>1537</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1522</v>
+        <v>1538</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1523</v>
+        <v>1539</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1524</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F223" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1527</v>
+        <v>1541</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1529</v>
+        <v>1543</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1530</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1531</v>
+        <v>1545</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D224" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1532</v>
+        <v>1546</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1533</v>
+        <v>1547</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1534</v>
+        <v>1548</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1535</v>
+        <v>1549</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1536</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1537</v>
+        <v>1551</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1541</v>
+        <v>1555</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1542</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>895</v>
+        <v>675</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1546</v>
+        <v>1560</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1547</v>
+        <v>1561</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1543</v>
+        <v>1563</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>895</v>
+        <v>675</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F227" s="5" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>1549</v>
+        <v>27</v>
+      </c>
+      <c r="G227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1550</v>
+        <v>1564</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1551</v>
+        <v>1565</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1554</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D228" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D228" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E228" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1556</v>
-[...3 lines deleted...]
-      </c>
+        <v>1570</v>
+      </c>
+      <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>675</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D230" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D230" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F230" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F230" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D231" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D231" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1574</v>
+        <v>1587</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1576</v>
+        <v>1589</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1577</v>
+        <v>1590</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1573</v>
+        <v>1592</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F232" s="5" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1579</v>
-[...1 lines deleted...]
-      <c r="I232" s="5"/>
+        <v>1593</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1594</v>
+      </c>
       <c r="J232" s="5" t="s">
-        <v>1580</v>
+        <v>680</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1581</v>
+        <v>1595</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>94</v>
+        <v>912</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1586</v>
+        <v>1600</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>305</v>
+        <v>912</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1590</v>
+        <v>676</v>
       </c>
       <c r="F234" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>677</v>
+      </c>
+      <c r="G234" s="5" t="s">
+        <v>1604</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1592</v>
+        <v>1606</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1593</v>
+        <v>680</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1595</v>
+        <v>1608</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1596</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1597</v>
+        <v>1610</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>895</v>
+        <v>94</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>675</v>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1598</v>
+        <v>1611</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1599</v>
+        <v>1612</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1600</v>
+        <v>1613</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1601</v>
+        <v>1614</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1603</v>
+        <v>1616</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>16</v>
+        <v>675</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>937</v>
+        <v>94</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1604</v>
+        <v>677</v>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1607</v>
+        <v>680</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1608</v>
+        <v>1619</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>937</v>
-[...7 lines deleted...]
-        <v>1604</v>
+        <v>675</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1614</v>
+        <v>680</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1615</v>
+        <v>1625</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1616</v>
+        <v>1626</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1618</v>
+        <v>1628</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>731</v>
+        <v>675</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1621</v>
+        <v>680</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>16</v>
+        <v>954</v>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F239" s="5" t="s">
-        <v>731</v>
+        <v>381</v>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1626</v>
-[...3 lines deleted...]
-      </c>
+        <v>1634</v>
+      </c>
+      <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>35</v>
+        <v>675</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>27</v>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>1635</v>
+        <v>680</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
         <v>1639</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D241" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D241" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241" s="5" t="s">
-        <v>1640</v>
-[...4 lines deleted...]
-        </is>
+        <v>1645</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>15</v>
+        <v>912</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>937</v>
+        <v>675</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>676</v>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1650</v>
+        <v>680</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1640</v>
+        <v>27</v>
       </c>
       <c r="F243" s="5" t="s">
-        <v>929</v>
+        <v>1659</v>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>954</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="s">
-        <v>121</v>
+        <v>1659</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>937</v>
+        <v>15</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>16</v>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F245" s="5" t="s">
-        <v>1669</v>
+        <v>748</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="s">
-        <v>362</v>
+        <v>748</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>896</v>
+        <v>35</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>659</v>
+        <v>129</v>
       </c>
       <c r="F247" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>1695</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>1698</v>
+        <v>15</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>896</v>
+        <v>954</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>1186</v>
+        <v>885</v>
       </c>
       <c r="F249" s="5" t="s">
-        <v>129</v>
+        <v>946</v>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>348</v>
+        <v>1705</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>658</v>
+        <v>954</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1695</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>946</v>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>663</v>
+        <v>1712</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>663</v>
+        <v>1719</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>895</v>
+        <v>954</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>1724</v>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>663</v>
+        <v>1727</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1304</v>
+        <v>15</v>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F253" s="5" t="s">
-        <v>1723</v>
+        <v>381</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>94</v>
+        <v>912</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>16</v>
+        <v>913</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F254" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1731</v>
+        <v>129</v>
+      </c>
+      <c r="G254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>348</v>
+        <v>1741</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>895</v>
+        <v>94</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>15</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>663</v>
+        <v>1748</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1742</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1743</v>
+        <v>1752</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>94</v>
+        <v>1753</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>913</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1744</v>
+        <v>1754</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1745</v>
+        <v>1755</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1746</v>
+        <v>1756</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1747</v>
+        <v>1757</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1748</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1698</v>
+        <v>94</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>896</v>
+        <v>675</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>1750</v>
+        <v>27</v>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>1757</v>
+        <v>94</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>675</v>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>16</v>
+        <v>1766</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1760</v>
+        <v>680</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1761</v>
+        <v>1768</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1762</v>
+        <v>1769</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1765</v>
+        <v>1772</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>659</v>
+        <v>1330</v>
       </c>
       <c r="F260" s="5" t="s">
-        <v>27</v>
+        <v>1778</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>663</v>
+        <v>1781</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>658</v>
+        <v>954</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="F261" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1777</v>
-[...1 lines deleted...]
-      <c r="I261" s="5"/>
+        <v>1786</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1787</v>
+      </c>
       <c r="J261" s="5" t="s">
-        <v>663</v>
+        <v>1788</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1778</v>
+        <v>1789</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G262" s="5" t="s">
-        <v>1782</v>
+        <v>1793</v>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1783</v>
+        <v>1794</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1784</v>
+        <v>1795</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1785</v>
+        <v>1796</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1786</v>
+        <v>1797</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1787</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1788</v>
+        <v>1799</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>658</v>
+        <v>912</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>1789</v>
+        <v>676</v>
+      </c>
+      <c r="F263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>675</v>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>94</v>
+        <v>1753</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>658</v>
+        <v>913</v>
       </c>
       <c r="E265" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G265" s="5" t="s">
+        <v>1812</v>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1802</v>
+        <v>1813</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>663</v>
+        <v>367</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1806</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1807</v>
+        <v>1818</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>94</v>
+        <v>1819</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1808</v>
+        <v>16</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>663</v>
+        <v>1822</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1811</v>
+        <v>1824</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>658</v>
+        <v>912</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>94</v>
+        <v>675</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>1814</v>
+        <v>676</v>
+      </c>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1819</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1820</v>
+        <v>1832</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>305</v>
+        <v>675</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F268" s="5" t="s">
-        <v>1821</v>
+        <v>27</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1822</v>
+        <v>1833</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1824</v>
+        <v>680</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1825</v>
+        <v>1835</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1826</v>
+        <v>1836</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1827</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1828</v>
+        <v>1838</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F269" s="5" t="s">
-        <v>1829</v>
+        <v>27</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1830</v>
-[...3 lines deleted...]
-      </c>
+        <v>1839</v>
+      </c>
+      <c r="I269" s="5"/>
       <c r="J269" s="5" t="s">
-        <v>1832</v>
+        <v>680</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1833</v>
+        <v>1840</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1834</v>
+        <v>1841</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1836</v>
+        <v>1843</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>895</v>
+        <v>675</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>659</v>
-[...7 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>1844</v>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
       <c r="I270" s="5" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>895</v>
+        <v>675</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>658</v>
+        <v>94</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>659</v>
-[...9 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G271" s="5" t="s">
+        <v>1851</v>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1843</v>
-[...1 lines deleted...]
-      <c r="I271" s="5"/>
+        <v>1852</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>1853</v>
+      </c>
       <c r="J271" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1844</v>
+        <v>1854</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1845</v>
+        <v>1855</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1846</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1847</v>
+        <v>1857</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>937</v>
-[...9 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1849</v>
-[...5 lines deleted...]
-        </is>
+        <v>1858</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>680</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1850</v>
+        <v>1860</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1851</v>
-[...1 lines deleted...]
-      <c r="M272" s="5"/>
+        <v>1861</v>
+      </c>
+      <c r="M272" s="5" t="s">
+        <v>1862</v>
+      </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>937</v>
-[...9 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1853</v>
-[...10 lines deleted...]
-        </is>
+        <v>1864</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J273" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K273" s="5" t="s">
+        <v>1866</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1854</v>
-[...1 lines deleted...]
-      <c r="M273" s="5"/>
+        <v>1867</v>
+      </c>
+      <c r="M273" s="5" t="s">
+        <v>1868</v>
+      </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1855</v>
+        <v>1869</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>937</v>
+        <v>94</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        <v>1821</v>
+        <v>675</v>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1856</v>
+        <v>1870</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1857</v>
+        <v>1871</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1858</v>
+        <v>680</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1859</v>
+        <v>1872</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1860</v>
+        <v>1873</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1861</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1862</v>
+        <v>1875</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="D275" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G275" s="5" t="s">
+        <v>1876</v>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1863</v>
+        <v>1877</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1864</v>
+        <v>1878</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1865</v>
+        <v>1879</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1866</v>
+        <v>1880</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1867</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1868</v>
+        <v>1882</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D276" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D276" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="s">
-        <v>1829</v>
+        <v>1883</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1869</v>
+        <v>1884</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1871</v>
+        <v>1886</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1872</v>
+        <v>1887</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1873</v>
+        <v>1888</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1874</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1876</v>
-[...7 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>1891</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1877</v>
+        <v>1892</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1878</v>
+        <v>1893</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1879</v>
+        <v>1894</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1880</v>
+        <v>1895</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1881</v>
+        <v>1896</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1883</v>
+        <v>1898</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>937</v>
+        <v>912</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>103</v>
+        <v>675</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="F278" s="5" t="s">
-        <v>958</v>
+        <v>27</v>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1885</v>
+        <v>1900</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1886</v>
+        <v>680</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1890</v>
+        <v>1904</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>94</v>
+        <v>912</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G279" s="5" t="s">
-        <v>1891</v>
+      <c r="G279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1892</v>
+        <v>1905</v>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1893</v>
+        <v>1906</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1894</v>
+        <v>1907</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1895</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1896</v>
+        <v>1909</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>954</v>
+      </c>
+      <c r="D280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1897</v>
-[...5 lines deleted...]
-        <v>1899</v>
+        <v>1911</v>
+      </c>
+      <c r="I280" s="5"/>
+      <c r="J280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1901</v>
-[...3 lines deleted...]
-      </c>
+        <v>1913</v>
+      </c>
+      <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>731</v>
+        <v>954</v>
+      </c>
+      <c r="D281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1904</v>
-[...8 lines deleted...]
-        <v>1907</v>
+        <v>1915</v>
+      </c>
+      <c r="I281" s="5"/>
+      <c r="J281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1908</v>
-[...3 lines deleted...]
-      </c>
+        <v>1916</v>
+      </c>
+      <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>1470</v>
+        <v>954</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1911</v>
+        <v>294</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>1883</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="I282" s="5"/>
+        <v>1918</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>1919</v>
+      </c>
       <c r="J282" s="5" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1470</v>
+        <v>675</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1911</v>
+        <v>94</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>659</v>
-[...4 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1917</v>
-[...1 lines deleted...]
-      <c r="I283" s="5"/>
+        <v>1925</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>1926</v>
+      </c>
       <c r="J283" s="5" t="s">
-        <v>1912</v>
+        <v>680</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>937</v>
+        <v>15</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1222</v>
+        <v>954</v>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F284" s="5" t="s">
-        <v>1922</v>
+        <v>1891</v>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1925</v>
-[...4 lines deleted...]
-        </is>
+        <v>1933</v>
+      </c>
+      <c r="K284" s="5" t="s">
+        <v>1934</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1926</v>
+        <v>1935</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1927</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>895</v>
+        <v>103</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>896</v>
+        <v>1033</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>27</v>
+      </c>
+      <c r="F285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>348</v>
+        <v>1940</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1931</v>
+        <v>1941</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1932</v>
+        <v>1942</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1933</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1934</v>
+        <v>1944</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>94</v>
+        <v>954</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>658</v>
+        <v>103</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        <v>1935</v>
+        <v>676</v>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="G286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1936</v>
+        <v>1945</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>663</v>
+        <v>1947</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1938</v>
+        <v>1948</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1939</v>
+        <v>1949</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1940</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="E287" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="s">
-        <v>1222</v>
+        <v>1952</v>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1942</v>
-[...3 lines deleted...]
-      </c>
+        <v>1953</v>
+      </c>
+      <c r="I287" s="5"/>
       <c r="J287" s="5" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1944</v>
+        <v>1954</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1945</v>
+        <v>1955</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1946</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1947</v>
+        <v>1957</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>1948</v>
+        <v>15</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>16</v>
+        <v>955</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>1949</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>27</v>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>658</v>
+        <v>954</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>659</v>
+        <v>748</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G289" s="5" t="s">
-        <v>1957</v>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1958</v>
+        <v>1965</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>1959</v>
+        <v>1966</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>663</v>
+        <v>1967</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>94</v>
+        <v>1525</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>658</v>
+        <v>1972</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>27</v>
+        <v>676</v>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G290" s="5" t="s">
-        <v>1964</v>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1965</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="I290" s="5"/>
       <c r="J290" s="5" t="s">
-        <v>663</v>
+        <v>1973</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1968</v>
+        <v>1975</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1969</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1970</v>
+        <v>1977</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>94</v>
+        <v>1525</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>658</v>
+        <v>1972</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1957</v>
+        <v>676</v>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
-        <v>663</v>
+        <v>1973</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>14</v>
+        <v>379</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1948</v>
+        <v>954</v>
       </c>
       <c r="D292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>1977</v>
-[...4 lines deleted...]
-        </is>
+        <v>1248</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1980</v>
-[...2 lines deleted...]
-        <v>1981</v>
+        <v>1985</v>
+      </c>
+      <c r="K292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1948</v>
+        <v>1989</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E293" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E293" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1992</v>
+        <v>912</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>913</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F294" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>1995</v>
+        <v>367</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C295" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C295" s="5" t="s">
+        <v>94</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E295" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G295" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G295" s="5" t="s">
+        <v>2003</v>
       </c>
       <c r="H295" s="5" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>2002</v>
+        <v>680</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>2007</v>
+        <v>94</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>2008</v>
+        <v>27</v>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G296" s="5" t="s">
+        <v>1248</v>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2011</v>
+        <v>680</v>
       </c>
       <c r="K296" s="5" t="s">
         <v>2012</v>
       </c>
       <c r="L296" s="6" t="s">
         <v>2013</v>
       </c>
       <c r="M296" s="5" t="s">
         <v>2014</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
         <v>2015</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>2016</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E297" s="5" t="s">
         <v>2017</v>
       </c>
-      <c r="F297" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F297" s="5" t="s">
+        <v>946</v>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
         <v>2018</v>
       </c>
-      <c r="I297" s="5"/>
+      <c r="I297" s="5" t="s">
+        <v>2019</v>
+      </c>
       <c r="J297" s="5" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>937</v>
+        <v>94</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-        </is>
+        <v>676</v>
+      </c>
+      <c r="F298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G298" s="5" t="s">
+        <v>2025</v>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>2027</v>
+        <v>680</v>
       </c>
       <c r="K298" s="5" t="s">
         <v>2028</v>
       </c>
       <c r="L298" s="6" t="s">
         <v>2029</v>
       </c>
       <c r="M298" s="5" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
         <v>2031</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>537</v>
+        <v>94</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E299" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G299" s="5" t="s">
         <v>2032</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H299" s="5" t="s">
         <v>2033</v>
       </c>
       <c r="I299" s="5" t="s">
         <v>2034</v>
       </c>
       <c r="J299" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K299" s="5" t="s">
         <v>2035</v>
       </c>
-      <c r="K299" s="5" t="s">
+      <c r="L299" s="6" t="s">
         <v>2036</v>
       </c>
-      <c r="L299" s="6" t="s">
+      <c r="M299" s="5" t="s">
         <v>2037</v>
-      </c>
-[...1 lines deleted...]
-        <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="G300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H300" s="5" t="s">
         <v>2039</v>
       </c>
-      <c r="B300" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H300" s="5" t="s">
+      <c r="I300" s="5" t="s">
         <v>2040</v>
       </c>
-      <c r="I300" s="5" t="s">
+      <c r="J300" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K300" s="5" t="s">
         <v>2041</v>
       </c>
-      <c r="J300" s="5" t="s">
+      <c r="L300" s="6" t="s">
         <v>2042</v>
       </c>
-      <c r="K300" s="5" t="s">
+      <c r="M300" s="5" t="s">
         <v>2043</v>
-      </c>
-[...4 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H301" s="5" t="s">
         <v>2046</v>
       </c>
-      <c r="B301" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G301" s="5" t="s">
+      <c r="I301" s="5" t="s">
         <v>2047</v>
       </c>
-      <c r="H301" s="5" t="s">
+      <c r="J301" s="5" t="s">
         <v>2048</v>
       </c>
-      <c r="I301" s="5" t="s">
+      <c r="K301" s="5" t="s">
         <v>2049</v>
       </c>
-      <c r="J301" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K301" s="5" t="s">
+      <c r="L301" s="6" t="s">
         <v>2050</v>
       </c>
-      <c r="L301" s="6" t="s">
+      <c r="M301" s="5" t="s">
         <v>2051</v>
-      </c>
-[...1 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H302" s="5" t="s">
         <v>2053</v>
       </c>
-      <c r="B302" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E302" s="5" t="s">
+      <c r="I302" s="5" t="s">
         <v>2054</v>
       </c>
-      <c r="F302" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H302" s="5" t="s">
+      <c r="J302" s="5" t="s">
         <v>2055</v>
       </c>
-      <c r="I302" s="5" t="s">
+      <c r="K302" s="5" t="s">
         <v>2056</v>
       </c>
-      <c r="J302" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K302" s="5" t="s">
+      <c r="L302" s="6" t="s">
         <v>2057</v>
       </c>
-      <c r="L302" s="6" t="s">
+      <c r="M302" s="5" t="s">
         <v>2058</v>
-      </c>
-[...1 lines deleted...]
-        <v>2059</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C303" s="5" t="s">
         <v>2060</v>
       </c>
-      <c r="B303" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D303" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>15</v>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
         <v>2061</v>
       </c>
       <c r="I303" s="5" t="s">
         <v>2062</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>663</v>
+        <v>2063</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C304" s="5" t="s">
-        <v>94</v>
+      <c r="C304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D304" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>129</v>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G304" s="5" t="s">
-        <v>2067</v>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H304" s="5" t="s">
         <v>2068</v>
       </c>
       <c r="I304" s="5" t="s">
         <v>2069</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>663</v>
+        <v>2070</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>103</v>
+        <v>2075</v>
       </c>
       <c r="D305" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E305" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2074</v>
+      <c r="E305" s="5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>937</v>
+        <v>2084</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>283</v>
+        <v>15</v>
       </c>
       <c r="E306" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2082</v>
+        <v>2085</v>
+      </c>
+      <c r="F306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2083</v>
-[...3 lines deleted...]
-      </c>
+        <v>2086</v>
+      </c>
+      <c r="I306" s="5"/>
       <c r="J306" s="5" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F307" s="5" t="s">
+        <v>2092</v>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>663</v>
+        <v>2095</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>94</v>
+        <v>554</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E308" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>2100</v>
+      </c>
+      <c r="F308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2096</v>
+        <v>2101</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2097</v>
+        <v>2102</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>663</v>
+        <v>2103</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F309" s="5" t="s">
-        <v>2102</v>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>675</v>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G310" s="5" t="s">
+        <v>2115</v>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>2112</v>
+        <v>680</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2113</v>
+        <v>2118</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2114</v>
+        <v>2119</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2115</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2116</v>
+        <v>2121</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>937</v>
+        <v>675</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>2117</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>2122</v>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>2121</v>
+        <v>680</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>937</v>
+        <v>675</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>2126</v>
-[...2 lines deleted...]
-        <v>2127</v>
+        <v>129</v>
+      </c>
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2130</v>
+        <v>680</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="L312" s="6" t="s">
         <v>2132</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
         <v>2134</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>675</v>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G313" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G313" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>2137</v>
+        <v>680</v>
       </c>
       <c r="K313" s="5" t="s">
         <v>2138</v>
       </c>
       <c r="L313" s="6" t="s">
         <v>2139</v>
       </c>
       <c r="M313" s="5" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
         <v>2141</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>895</v>
+        <v>103</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>15</v>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="s">
         <v>2142</v>
       </c>
-      <c r="G314" s="5" t="s">
+      <c r="G314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H314" s="5" t="s">
         <v>2143</v>
       </c>
-      <c r="H314" s="5" t="s">
+      <c r="I314" s="5" t="s">
         <v>2144</v>
       </c>
-      <c r="I314" s="5" t="s">
+      <c r="J314" s="5" t="s">
         <v>2145</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="K314" s="5" t="s">
         <v>2146</v>
       </c>
       <c r="L314" s="6" t="s">
         <v>2147</v>
       </c>
       <c r="M314" s="5" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
         <v>2149</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>937</v>
+        <v>316</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="E315" s="5" t="s">
         <v>2150</v>
       </c>
-      <c r="F315" s="5" t="s">
+      <c r="F315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H315" s="5" t="s">
         <v>2151</v>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H315" s="5" t="s">
+      <c r="I315" s="5" t="s">
         <v>2152</v>
       </c>
-      <c r="I315" s="5" t="s">
+      <c r="J315" s="5" t="s">
         <v>2153</v>
       </c>
-      <c r="J315" s="5" t="s">
+      <c r="K315" s="5" t="s">
         <v>2154</v>
       </c>
-      <c r="K315" s="5" t="s">
+      <c r="L315" s="6" t="s">
         <v>2155</v>
       </c>
-      <c r="L315" s="6" t="s">
+      <c r="M315" s="5" t="s">
         <v>2156</v>
-      </c>
-[...1 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F316" s="5" t="s">
         <v>2158</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
         <v>2159</v>
       </c>
       <c r="I316" s="5" t="s">
         <v>2160</v>
       </c>
       <c r="J316" s="5" t="s">
         <v>2161</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>2162</v>
       </c>
       <c r="L316" s="6" t="s">
         <v>2163</v>
       </c>
       <c r="M316" s="5" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
         <v>2165</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>15</v>
+        <v>675</v>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>2166</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="J317" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K317" s="5" t="s">
         <v>2168</v>
       </c>
-      <c r="K317" s="5" t="s">
+      <c r="L317" s="6" t="s">
         <v>2169</v>
       </c>
-      <c r="L317" s="6" t="s">
+      <c r="M317" s="5" t="s">
         <v>2170</v>
-      </c>
-[...1 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="G318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H318" s="5" t="s">
         <v>2172</v>
       </c>
-      <c r="B318" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H318" s="5" t="s">
+      <c r="I318" s="5" t="s">
         <v>2173</v>
       </c>
-      <c r="I318" s="5" t="s">
+      <c r="J318" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K318" s="5" t="s">
         <v>2174</v>
       </c>
-      <c r="J318" s="5" t="s">
+      <c r="L318" s="6" t="s">
         <v>2175</v>
       </c>
-      <c r="K318" s="5" t="s">
+      <c r="M318" s="5" t="s">
         <v>2176</v>
-      </c>
-[...4 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F319" s="5" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H319" s="5" t="s">
         <v>2179</v>
       </c>
-      <c r="B319" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E319" s="5" t="s">
+      <c r="I319" s="5" t="s">
         <v>2180</v>
       </c>
-      <c r="F319" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H319" s="5" t="s">
+      <c r="J319" s="5" t="s">
         <v>2181</v>
       </c>
-      <c r="I319" s="5" t="s">
+      <c r="K319" s="5" t="s">
         <v>2182</v>
       </c>
-      <c r="J319" s="5" t="s">
+      <c r="L319" s="6" t="s">
         <v>2183</v>
       </c>
-      <c r="K319" s="5" t="s">
+      <c r="M319" s="5" t="s">
         <v>2184</v>
-      </c>
-[...4 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H320" s="5" t="s">
         <v>2187</v>
       </c>
-      <c r="B320" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H320" s="5" t="s">
+      <c r="I320" s="5" t="s">
         <v>2188</v>
       </c>
-      <c r="I320" s="5" t="s">
+      <c r="J320" s="5" t="s">
         <v>2189</v>
       </c>
-      <c r="J320" s="5" t="s">
+      <c r="K320" s="5" t="s">
         <v>2190</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L320" s="6" t="s">
         <v>2191</v>
       </c>
       <c r="M320" s="5" t="s">
         <v>2192</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
         <v>2193</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D321" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
       <c r="E321" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F321" s="5" t="s">
+      <c r="F321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H321" s="5" t="s">
         <v>2194</v>
       </c>
-      <c r="G321" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H321" s="5" t="s">
+      <c r="I321" s="5" t="s">
         <v>2195</v>
       </c>
-      <c r="I321" s="5" t="s">
+      <c r="J321" s="5" t="s">
         <v>2196</v>
       </c>
-      <c r="J321" s="5" t="s">
+      <c r="K321" s="5" t="s">
         <v>2197</v>
       </c>
-      <c r="K321" s="5" t="s">
+      <c r="L321" s="6" t="s">
         <v>2198</v>
       </c>
-      <c r="L321" s="6" t="s">
+      <c r="M321" s="5" t="s">
         <v>2199</v>
-      </c>
-[...1 lines deleted...]
-        <v>2200</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="B322" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F322" s="5" t="s">
+        <v>2202</v>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H322" s="5" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>2204</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>2205</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2203</v>
-[...1 lines deleted...]
-      <c r="M322" s="5"/>
+        <v>2207</v>
+      </c>
+      <c r="M322" s="5" t="s">
+        <v>2208</v>
+      </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2204</v>
+        <v>2209</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>15</v>
+        <v>954</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>2205</v>
-[...4 lines deleted...]
-        </is>
+        <v>2210</v>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>2211</v>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>2213</v>
+        <v>15</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>937</v>
-[...7 lines deleted...]
-        <v>362</v>
+        <v>954</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="F324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2214</v>
-[...1 lines deleted...]
-      <c r="I324" s="5"/>
+        <v>2219</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>2220</v>
+      </c>
       <c r="J324" s="5" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>15</v>
+        <v>912</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>937</v>
+        <v>913</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>2220</v>
+        <v>676</v>
       </c>
       <c r="F325" s="5" t="s">
-        <v>2221</v>
-[...4 lines deleted...]
-        </is>
+        <v>2226</v>
+      </c>
+      <c r="G325" s="5" t="s">
+        <v>2227</v>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2222</v>
+        <v>2228</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2223</v>
+        <v>2229</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>2224</v>
+        <v>367</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>305</v>
+        <v>954</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>2234</v>
       </c>
       <c r="F326" s="5" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D327" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D327" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E327" s="5" t="s">
-        <v>2237</v>
-[...2 lines deleted...]
-        <v>2238</v>
+        <v>2017</v>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2239</v>
+        <v>2243</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D328" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D328" s="5" t="s">
-[...6 lines deleted...]
-        <v>2194</v>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="I328" s="5" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="J328" s="5" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2249</v>
+        <v>2253</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>15</v>
+        <v>2016</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>2220</v>
+        <v>103</v>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F329" s="5" t="s">
-        <v>2238</v>
+        <v>27</v>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="I329" s="5" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="J329" s="5" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>937</v>
+        <v>294</v>
       </c>
       <c r="E330" s="5" t="s">
-        <v>2260</v>
-[...2 lines deleted...]
-        <v>2261</v>
+        <v>2264</v>
+      </c>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>15</v>
+        <v>294</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>2271</v>
-[...2 lines deleted...]
-        <v>2272</v>
+        <v>2274</v>
+      </c>
+      <c r="K331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-        </is>
+        <v>954</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F332" s="5" t="s">
-        <v>2194</v>
+        <v>2278</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>2278</v>
-[...4 lines deleted...]
-        </is>
+        <v>2281</v>
+      </c>
+      <c r="K332" s="5" t="s">
+        <v>2282</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1876</v>
+        <v>675</v>
+      </c>
+      <c r="D333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H333" s="5" t="s">
-[...6 lines deleted...]
-        <v>2284</v>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I333" s="5"/>
+      <c r="J333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2286</v>
-[...1 lines deleted...]
-      <c r="M333" s="5" t="s">
         <v>2287</v>
       </c>
+      <c r="M333" s="5"/>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
         <v>2288</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1184</v>
+        <v>954</v>
       </c>
       <c r="E334" s="5" t="s">
-        <v>344</v>
+        <v>2289</v>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="I334" s="5" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="J334" s="5" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>94</v>
+        <v>2297</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>2296</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>954</v>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F335" s="5" t="s">
-        <v>2297</v>
+        <v>381</v>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
         <v>2298</v>
       </c>
-      <c r="I335" s="5" t="s">
+      <c r="I335" s="5"/>
+      <c r="J335" s="5" t="s">
         <v>2299</v>
       </c>
-      <c r="J335" s="5" t="s">
+      <c r="K335" s="5" t="s">
         <v>2300</v>
       </c>
-      <c r="K335" s="5" t="s">
+      <c r="L335" s="6" t="s">
         <v>2301</v>
       </c>
-      <c r="L335" s="6" t="s">
+      <c r="M335" s="5" t="s">
         <v>2302</v>
-      </c>
-[...1 lines deleted...]
-        <v>2303</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E336" s="5" t="s">
         <v>2304</v>
       </c>
-      <c r="B336" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F336" s="5" t="s">
-        <v>2297</v>
+        <v>2305</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>2300</v>
+        <v>2308</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>658</v>
-[...4 lines deleted...]
-        </is>
+        <v>316</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>954</v>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F337" s="5" t="s">
+        <v>2313</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J337" s="5" t="s">
+        <v>2316</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2312</v>
-[...1 lines deleted...]
-      <c r="M337" s="5"/>
+        <v>2318</v>
+      </c>
+      <c r="M337" s="5" t="s">
+        <v>2319</v>
+      </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>2322</v>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>2324</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>2325</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2314</v>
+        <v>2326</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2315</v>
-[...1 lines deleted...]
-      <c r="M338" s="5"/>
+        <v>2327</v>
+      </c>
+      <c r="M338" s="5" t="s">
+        <v>2328</v>
+      </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2313</v>
+        <v>2329</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>1848</v>
+        <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>658</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>2278</v>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H339" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H339" s="5" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>2331</v>
+      </c>
+      <c r="J339" s="5" t="s">
+        <v>2332</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2311</v>
+        <v>2333</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="M339" s="5"/>
+        <v>2334</v>
+      </c>
+      <c r="M339" s="5" t="s">
+        <v>2335</v>
+      </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2317</v>
+        <v>2336</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>1417</v>
-[...12 lines deleted...]
-        <v>2318</v>
+        <v>954</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>2304</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>2322</v>
+      </c>
+      <c r="G340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2319</v>
+        <v>2337</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2320</v>
+        <v>2338</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>348</v>
+        <v>2339</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2322</v>
+        <v>2341</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2323</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2324</v>
+        <v>2343</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>2325</v>
+        <v>15</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>94</v>
+        <v>954</v>
       </c>
       <c r="E341" s="5" t="s">
-        <v>2326</v>
-[...4 lines deleted...]
-        </is>
+        <v>2344</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>2345</v>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2327</v>
+        <v>2346</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>2328</v>
+        <v>2347</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>663</v>
+        <v>2348</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2329</v>
+        <v>2349</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2330</v>
+        <v>2350</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2331</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2332</v>
+        <v>2352</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>937</v>
+        <v>94</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>2334</v>
+        <v>15</v>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2336</v>
+        <v>2354</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2337</v>
+        <v>2355</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2338</v>
+        <v>2356</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2339</v>
+        <v>2357</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2340</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2341</v>
+        <v>2359</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>283</v>
+        <v>15</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>954</v>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F343" s="5" t="s">
-        <v>2342</v>
+        <v>2278</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2343</v>
+        <v>2360</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>2344</v>
+        <v>2361</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>2345</v>
-[...2 lines deleted...]
-        <v>2346</v>
+        <v>2362</v>
+      </c>
+      <c r="K343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2347</v>
+        <v>2363</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2348</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2349</v>
+        <v>2365</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>937</v>
+        <v>15</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>659</v>
+        <v>1033</v>
+      </c>
+      <c r="E344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F344" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2350</v>
+        <v>2366</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2351</v>
+        <v>2367</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>2352</v>
+        <v>2368</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2353</v>
+        <v>2369</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2354</v>
+        <v>2370</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2355</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2356</v>
+        <v>2372</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>103</v>
+        <v>675</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>937</v>
-[...7 lines deleted...]
-        <v>2342</v>
+        <v>1210</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="F345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2357</v>
+        <v>2373</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2358</v>
+        <v>2374</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2359</v>
+        <v>2375</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2360</v>
+        <v>2376</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2361</v>
+        <v>2377</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2362</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2363</v>
+        <v>2379</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>1876</v>
-[...9 lines deleted...]
-        </is>
+        <v>2380</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F346" s="5" t="s">
+        <v>2381</v>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2364</v>
+        <v>2382</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>2365</v>
+        <v>2383</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>2366</v>
+        <v>2384</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2367</v>
+        <v>2385</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2368</v>
+        <v>2386</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2369</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2370</v>
+        <v>2388</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>1876</v>
+        <v>1465</v>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F347" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F347" s="5" t="s">
+        <v>2381</v>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2371</v>
+        <v>2389</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2372</v>
+        <v>2390</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2375</v>
+        <v>2392</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2376</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2377</v>
+        <v>2394</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1876</v>
+        <v>675</v>
+      </c>
+      <c r="D348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H348" s="5" t="s">
-        <v>2378</v>
+      <c r="H348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I348" s="5"/>
-      <c r="J348" s="5" t="s">
-        <v>2379</v>
+      <c r="J348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2380</v>
+        <v>2395</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2381</v>
-[...3 lines deleted...]
-      </c>
+        <v>2396</v>
+      </c>
+      <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2383</v>
+        <v>2397</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1876</v>
+        <v>675</v>
+      </c>
+      <c r="D349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H349" s="5" t="s">
-[...6 lines deleted...]
-        <v>2386</v>
+      <c r="H349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I349" s="5"/>
+      <c r="J349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2388</v>
-[...3 lines deleted...]
-      </c>
+        <v>2399</v>
+      </c>
+      <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2390</v>
+        <v>2397</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>14</v>
+        <v>1910</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>1876</v>
+        <v>675</v>
+      </c>
+      <c r="D350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H350" s="5" t="s">
-[...6 lines deleted...]
-        <v>2393</v>
+      <c r="H350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I350" s="5"/>
+      <c r="J350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2395</v>
-[...3 lines deleted...]
-      </c>
+        <v>2400</v>
+      </c>
+      <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>305</v>
+        <v>94</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>1876</v>
+        <v>1465</v>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G351" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G351" s="5" t="s">
+        <v>2402</v>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>2400</v>
+        <v>367</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>305</v>
+        <v>2409</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>1876</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>2410</v>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2406</v>
+        <v>2412</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>2407</v>
+        <v>680</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2409</v>
+        <v>2414</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2410</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2411</v>
+        <v>2416</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D353" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D353" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E353" s="5" t="s">
-        <v>2412</v>
+        <v>2417</v>
       </c>
       <c r="F353" s="5" t="s">
-        <v>2413</v>
-[...4 lines deleted...]
-        </is>
+        <v>1891</v>
+      </c>
+      <c r="G353" s="5" t="s">
+        <v>2418</v>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2414</v>
+        <v>2419</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2416</v>
+        <v>2421</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2417</v>
+        <v>2422</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2418</v>
+        <v>2423</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2419</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2420</v>
+        <v>2425</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>937</v>
+        <v>294</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>2421</v>
+        <v>954</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>2422</v>
+        <v>676</v>
       </c>
       <c r="F354" s="5" t="s">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="I354" s="5" t="s">
-        <v>2425</v>
+        <v>2428</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>2426</v>
-[...4 lines deleted...]
-        </is>
+        <v>2429</v>
+      </c>
+      <c r="K354" s="5" t="s">
+        <v>2430</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>2421</v>
+        <v>103</v>
       </c>
       <c r="E355" s="5" t="s">
-        <v>2430</v>
+        <v>129</v>
       </c>
       <c r="F355" s="5" t="s">
-        <v>2413</v>
+        <v>676</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>2432</v>
+        <v>2435</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2436</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2437</v>
+        <v>2440</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>2412</v>
+        <v>954</v>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F356" s="5" t="s">
-        <v>2413</v>
+        <v>2426</v>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2438</v>
+        <v>2441</v>
       </c>
       <c r="I356" s="5" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
       <c r="J356" s="5" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2444</v>
+        <v>2447</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>2445</v>
+        <v>1033</v>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="I357" s="5" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>937</v>
+        <v>316</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>2412</v>
+        <v>1033</v>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>937</v>
-[...5 lines deleted...]
-        <v>2461</v>
+        <v>1033</v>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
         <v>2462</v>
       </c>
-      <c r="I359" s="5" t="s">
+      <c r="I359" s="5"/>
+      <c r="J359" s="5" t="s">
         <v>2463</v>
       </c>
-      <c r="J359" s="5" t="s">
+      <c r="K359" s="5" t="s">
         <v>2464</v>
       </c>
-      <c r="K359" s="5" t="s">
+      <c r="L359" s="6" t="s">
         <v>2465</v>
       </c>
-      <c r="L359" s="6" t="s">
+      <c r="M359" s="5" t="s">
         <v>2466</v>
-      </c>
-[...1 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H360" s="5" t="s">
         <v>2468</v>
       </c>
-      <c r="B360" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H360" s="5" t="s">
+      <c r="I360" s="5" t="s">
         <v>2469</v>
       </c>
-      <c r="I360" s="5" t="s">
+      <c r="J360" s="5" t="s">
         <v>2470</v>
       </c>
-      <c r="J360" s="5" t="s">
+      <c r="K360" s="5" t="s">
         <v>2471</v>
       </c>
-      <c r="K360" s="5" t="s">
+      <c r="L360" s="6" t="s">
         <v>2472</v>
       </c>
-      <c r="L360" s="6" t="s">
+      <c r="M360" s="5" t="s">
         <v>2473</v>
-      </c>
-[...1 lines deleted...]
-        <v>2474</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H361" s="5" t="s">
         <v>2475</v>
       </c>
-      <c r="B361" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H361" s="5" t="s">
+      <c r="I361" s="5" t="s">
         <v>2476</v>
       </c>
-      <c r="I361" s="5" t="s">
+      <c r="J361" s="5" t="s">
         <v>2477</v>
       </c>
-      <c r="J361" s="5" t="s">
+      <c r="K361" s="5" t="s">
         <v>2478</v>
       </c>
-      <c r="K361" s="5" t="s">
+      <c r="L361" s="6" t="s">
         <v>2479</v>
       </c>
-      <c r="L361" s="6" t="s">
+      <c r="M361" s="5" t="s">
         <v>2480</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
         <v>2482</v>
       </c>
-      <c r="B362" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H362" s="5" t="s">
+      <c r="I362" s="5" t="s">
         <v>2483</v>
       </c>
-      <c r="I362" s="5" t="s">
+      <c r="J362" s="5" t="s">
         <v>2484</v>
       </c>
-      <c r="J362" s="5" t="s">
+      <c r="K362" s="5" t="s">
         <v>2485</v>
       </c>
-      <c r="K362" s="5" t="s">
+      <c r="L362" s="6" t="s">
         <v>2486</v>
       </c>
-      <c r="L362" s="6" t="s">
+      <c r="M362" s="5" t="s">
         <v>2487</v>
-      </c>
-[...1 lines deleted...]
-        <v>2488</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H363" s="5" t="s">
         <v>2489</v>
       </c>
-      <c r="B363" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H363" s="5" t="s">
+      <c r="I363" s="5" t="s">
         <v>2490</v>
       </c>
-      <c r="I363" s="5" t="s">
+      <c r="J363" s="5" t="s">
         <v>2491</v>
       </c>
-      <c r="J363" s="5" t="s">
+      <c r="K363" s="5" t="s">
         <v>2492</v>
       </c>
-      <c r="K363" s="5" t="s">
+      <c r="L363" s="6" t="s">
         <v>2493</v>
       </c>
-      <c r="L363" s="6" t="s">
+      <c r="M363" s="5" t="s">
         <v>2494</v>
-      </c>
-[...1 lines deleted...]
-        <v>2495</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="E364" s="5" t="s">
-        <v>2412</v>
+        <v>2496</v>
       </c>
       <c r="F364" s="5" t="s">
-        <v>2461</v>
+        <v>2497</v>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>103</v>
+        <v>954</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>937</v>
+        <v>2505</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>2412</v>
+        <v>2506</v>
       </c>
       <c r="F365" s="5" t="s">
-        <v>2461</v>
+        <v>2507</v>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="J365" s="5" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>2507</v>
+        <v>2510</v>
+      </c>
+      <c r="K365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>103</v>
+        <v>954</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>937</v>
+        <v>2505</v>
       </c>
       <c r="E366" s="5" t="s">
-        <v>2412</v>
+        <v>2514</v>
       </c>
       <c r="F366" s="5" t="s">
-        <v>2511</v>
+        <v>2497</v>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2512</v>
+        <v>2515</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>2513</v>
+        <v>2516</v>
       </c>
       <c r="J366" s="5" t="s">
-        <v>2514</v>
+        <v>2517</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2515</v>
+        <v>2518</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>2497</v>
+      </c>
+      <c r="G367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H367" s="5" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>2523</v>
+      </c>
+      <c r="J367" s="5" t="s">
+        <v>2524</v>
+      </c>
+      <c r="K367" s="5" t="s">
+        <v>2525</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>2526</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="5" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F368" s="5" t="s">
+        <v>2529</v>
+      </c>
+      <c r="G368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H368" s="5" t="s">
+        <v>2530</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>2531</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>2532</v>
+      </c>
+      <c r="K368" s="5" t="s">
+        <v>2533</v>
+      </c>
+      <c r="L368" s="6" t="s">
+        <v>2534</v>
+      </c>
+      <c r="M368" s="5" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="5" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F369" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="G369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H369" s="5" t="s">
+        <v>2538</v>
+      </c>
+      <c r="I369" s="5" t="s">
+        <v>2539</v>
+      </c>
+      <c r="J369" s="5" t="s">
+        <v>2540</v>
+      </c>
+      <c r="K369" s="5" t="s">
+        <v>2541</v>
+      </c>
+      <c r="L369" s="6" t="s">
+        <v>2542</v>
+      </c>
+      <c r="M369" s="5" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="5" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>2545</v>
+      </c>
+      <c r="F370" s="5" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H370" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2548</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="K370" s="5" t="s">
+        <v>2550</v>
+      </c>
+      <c r="L370" s="6" t="s">
+        <v>2551</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="5" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H371" s="5" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>2556</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>2557</v>
+      </c>
+      <c r="K371" s="5" t="s">
+        <v>2558</v>
+      </c>
+      <c r="L371" s="6" t="s">
+        <v>2559</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="5" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H372" s="5" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I372" s="5" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J372" s="5" t="s">
+        <v>2564</v>
+      </c>
+      <c r="K372" s="5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="L372" s="6" t="s">
+        <v>2566</v>
+      </c>
+      <c r="M372" s="5" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="5" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G373" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H373" s="5" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>2570</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K373" s="5" t="s">
+        <v>2572</v>
+      </c>
+      <c r="L373" s="6" t="s">
+        <v>2573</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="5" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H374" s="5" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>2577</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>2578</v>
+      </c>
+      <c r="K374" s="5" t="s">
+        <v>2579</v>
+      </c>
+      <c r="L374" s="6" t="s">
+        <v>2580</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="5" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H375" s="5" t="s">
+        <v>2583</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="J375" s="5" t="s">
+        <v>2585</v>
+      </c>
+      <c r="K375" s="5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="L375" s="6" t="s">
+        <v>2587</v>
+      </c>
+      <c r="M375" s="5" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F376" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H376" s="5" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>2591</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="K376" s="5" t="s">
+        <v>2593</v>
+      </c>
+      <c r="L376" s="6" t="s">
+        <v>2594</v>
+      </c>
+      <c r="M376" s="5" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="5" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H377" s="5" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>2599</v>
+      </c>
+      <c r="K377" s="5" t="s">
+        <v>2600</v>
+      </c>
+      <c r="L377" s="6" t="s">
+        <v>2601</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="5" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F378" s="5" t="s">
+        <v>2604</v>
+      </c>
+      <c r="G378" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H378" s="5" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K378" s="5" t="s">
+        <v>2608</v>
+      </c>
+      <c r="L378" s="6" t="s">
+        <v>2609</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="5" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C379" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D367" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G367" s="5" t="s">
+      <c r="D379" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G379" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="H367" s="5" t="s">
-[...15 lines deleted...]
-        <v>2523</v>
+      <c r="H379" s="5" t="s">
+        <v>2612</v>
+      </c>
+      <c r="I379" s="5" t="s">
+        <v>2613</v>
+      </c>
+      <c r="J379" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K379" s="5" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L379" s="6" t="s">
+        <v>2615</v>
+      </c>
+      <c r="M379" s="5" t="s">
+        <v>2616</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -32182,44 +33365,56 @@
     <hyperlink ref="M343" r:id="rId348"/>
     <hyperlink ref="M344" r:id="rId349"/>
     <hyperlink ref="M345" r:id="rId350"/>
     <hyperlink ref="M346" r:id="rId351"/>
     <hyperlink ref="M347" r:id="rId352"/>
     <hyperlink ref="M348" r:id="rId353"/>
     <hyperlink ref="M349" r:id="rId354"/>
     <hyperlink ref="M350" r:id="rId355"/>
     <hyperlink ref="M351" r:id="rId356"/>
     <hyperlink ref="M352" r:id="rId357"/>
     <hyperlink ref="M353" r:id="rId358"/>
     <hyperlink ref="M354" r:id="rId359"/>
     <hyperlink ref="M355" r:id="rId360"/>
     <hyperlink ref="M356" r:id="rId361"/>
     <hyperlink ref="M357" r:id="rId362"/>
     <hyperlink ref="M358" r:id="rId363"/>
     <hyperlink ref="M359" r:id="rId364"/>
     <hyperlink ref="M360" r:id="rId365"/>
     <hyperlink ref="M361" r:id="rId366"/>
     <hyperlink ref="M362" r:id="rId367"/>
     <hyperlink ref="M363" r:id="rId368"/>
     <hyperlink ref="M364" r:id="rId369"/>
     <hyperlink ref="M365" r:id="rId370"/>
     <hyperlink ref="M366" r:id="rId371"/>
     <hyperlink ref="M367" r:id="rId372"/>
+    <hyperlink ref="M368" r:id="rId373"/>
+    <hyperlink ref="M369" r:id="rId374"/>
+    <hyperlink ref="M370" r:id="rId375"/>
+    <hyperlink ref="M371" r:id="rId376"/>
+    <hyperlink ref="M372" r:id="rId377"/>
+    <hyperlink ref="M373" r:id="rId378"/>
+    <hyperlink ref="M374" r:id="rId379"/>
+    <hyperlink ref="M375" r:id="rId380"/>
+    <hyperlink ref="M376" r:id="rId381"/>
+    <hyperlink ref="M377" r:id="rId382"/>
+    <hyperlink ref="M378" r:id="rId383"/>
+    <hyperlink ref="M379" r:id="rId384"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>