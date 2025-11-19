--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -44,869 +44,301 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1898-06-27</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Fyen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+- Svendsen, frøken</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skulle på bryllupsrejse.
+Munter var Warberg-familiens hund</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1734</t>
+  </si>
+  <si>
+    <t>Det er godt for Alheds helbred, at hun skal rejse.
+Tante Mis er syg, og lægen tror, at det er en byld, der kræver operation.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0vEv</t>
+  </si>
+  <si>
+    <t>d. 24/6 98
+Kære Moder!
+Tak for Brevet med de glædelige Nyheder ang. B. Det er jo svært morsomt med den Rejse for dem. Det er glimrende for B’s Helbred. 
+Det vil [”vil” overstreget; ”er” indsat over ordet] er såmænd Grund nok med Mis’ Sygdom at opgive Selskabet. Der er ganske vist ingen øjeblikkelig Fare, men det kan der jo hurtigt komme. Dr. er temmelig betænkelig tror jeg. Han mener Byld og måske Operation. Hun ligger mat hen med en Del Smerter, nyder kun Vin, Sodavand og Mælk. – Det bliver rimeligvis langvarigt, og i så Fald må de jo have Sygeplejeske. – 
+Jeg kan nok gå herfra en hel Del, - der er i Grunden ikke megen Pasning, - så nu går jeg til Frk. Svendsen og klemmer hende. 
+Man hører megen Ros over Lugge?. – Skriv snart igen. Hlsen til alle også Munter -</t>
+  </si>
+  <si>
     <t>1894-02-11</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Fluelen</t>
   </si>
   <si>
     <t>Erikshaab Højrup Station Fyen</t>
   </si>
   <si>
     <t>Alhed Larsen rejste med sine to morbrødre til Italien februar 1894. Hun blev i Italien i et år.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2215</t>
   </si>
   <si>
     <t>Alhed Larsen rejser ned gennem Europa og oplever skøn natur, ser Alperne mv. Alt sammen er herligt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pD6O</t>
   </si>
   <si>
     <t>[Fortrykt på postkortets forside:]
 Postkarte.
 Carte postale. – Cartolina postale.
 [Håndskreven på postkortets forside:]
 Fru Laura Warberg
 Erikshaab Højrup St
 Fyen
 Dänemark
 [Fortrykt på postkortet:]
 Souvenir [Håndskrevet over fotografierne:] 
 gem endelig dette for Billedernes Skyld.
 [Fortrykt under og over fotografierne:]
 LUZERN DER RIGI BRUNNEN TELLSKAPELLE AXENSTRASSE
 [På kortet:]
 Lørdag Aften. Turen fra Frankfurt am Main var dejlig – gennem Rhindale med grønne Sletter fulde af Frugttrær, smaa Vandløb o.sv. paa begge Sider Schwarzwald. Naade Luzern i Aftes ta ind paa et henrivende lille Schweizerhotel. Det var imponerende i Morges at se Alperne paa den anden Side af Vierwaldstättersøen. Denne har vi sejlet op af i Dag, stod af i Brunnen [to krydser indsat over ordet, og lignende to krydser indsat under fotografiet fra Brunnen øverst på kortet], spadserede 1 3/4 Mil, vældige Bjærge paa den ene Side, paa den anden Side den dejlige Sø. Medf. Billeder give et svagt Begreb om alt det herlige, jeg har set i Dag. I Morgen tidlig over St. Gotthard
 [Skrevet lodret i højre margen:]
 1000 Hilsner
 [Skrevet lodret i venstre margen:] x herligt! [et X indsat på fotografiet fra Axenstrasse]</t>
   </si>
   <si>
-    <t>1894-02-18</t>
-[...46 lines deleted...]
-    <t>1894-08-08</t>
+    <t>1894-09-26</t>
   </si>
   <si>
     <t>Firenze</t>
-  </si>
-[...88 lines deleted...]
-    <t>1894-09-26</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Teresina Bacci
 Vittoria Bacci
 - Maltesen</t>
   </si>
   <si>
     <t>Alhed Larsen var under sit ophold i Firenze i begyndelse af 1890erne meget knyttet til famailien Bacci. 
 Det vides ikke, hvem Pip var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2178</t>
   </si>
   <si>
     <t>Alhed savner at få brev fra sin mor. 
 Fru Bacci kommer hjem i dag. Hr. Bacci og søsteren har været glade for Alheds husførelse.
 Moltesen har inviteret Alhed med til Fiesole. Hun kan næsten ikke huske at tale dansk.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PSJg</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 [Håndskrevet på kortets forside:]
 lla egregia Signore
 Signora Laura Warberg - Erikshaab
 Højrup St
 Fyen
 Danimarca
 [Håndskrevet på kortets bagside:]
 26 - Sept 1894
 Kæreste Mor!
 Jeg har ikke Tid at skrive i disse Dage til Eder, det vrimler med Fødselsdage, og at jeg har meget travlt vil Du kune forstaa af mit Kort til Pip. - Men jeg har i adskillige Dage ventet fra Dig; Du lovede at skrive saa snart Du kom hjem og ikke en Gang i Søndags fik jeg Brev; jeg længes meget efter Brev, navnlig da Du skrev at det var daarligt med Dit Ben. Skulde et Brev være gaaet tabt? - - I Dag kommer Fru B. hjem, jeg har i Dag faaet Brev fra hende, hvoraf jeg kan forstaa, at Manden og Søsteren har skreven meget anerkendende om min Husbestyrelse; det er jo rart, hvis jeg har kunnet hjælpe lidt, da de ere saa mageløse mod mig. - Den Moltesen kom kom forleden Form. er her for nogle Dage, inviterede mig paa en Tur til Fiesole i Morgen, højst grinagtig at tale dansk, kludrede ligefrem lidt i det strax og begyndte at tale italiensk. Pakker meget velkommen, mine Strømper vare paa Gravens Rand. - Mange kærlige Hilsner Din Alhed. Vældigt Tordenknald i dette Øjeblik</t>
   </si>
   <si>
-    <t>1894-10-09</t>
-[...51 lines deleted...]
-  <si>
     <t>1894-11-28</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
 Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
   </si>
   <si>
     <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uqv3</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 [Håndskrevet på kortets forside:]
 A Signora L. Warberg 
 Erikshaab – Højrup 
 Danimarca Fyen
 (Håndskrevet på postkortets bagside:]
 Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
   </si>
   <si>
-    <t>1894-12</t>
-[...116 lines deleted...]
-  <si>
     <t>1895-02-01</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Rom</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Johannes Magdahl Nielsen</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
   </si>
   <si>
     <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/knH1</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
 94
 A
 [Håndskrevet på kortets forside:]
 lla Signorina Elle Warberg
 Erikshaab - Højstrup St.
 Fühnen
 Danimarca Fyen
 [Håndskrevet på kortets bagside:]
 Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
-  </si>
-[...41 lines deleted...]
-Søndag Eftermiddag</t>
   </si>
   <si>
     <t>1897-8</t>
   </si>
   <si>
     <t>Sverige</t>
   </si>
   <si>
     <t>Marie Schou
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
   </si>
   <si>
     <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREFKORT.
 (DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
 Till
 (Bostad,)
 om den kan uppgifvas:
 (Adressort:)
 [Håndskrevet på kortets adresseside:]
 Fru Laura Warberg
 Erikshaab - Højrup
 Danmark Fyen
 [Håndskrevet på kortets bagside:]
 Lørdag Form.
 Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
   </si>
   <si>
-    <t>marts eller april 1898</t>
-[...203 lines deleted...]
-    <t>1899-10-22</t>
+    <t>1900-01-08</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
-    <t>Louise Amstrup
-[...49 lines deleted...]
-    <t>1900-01-08</t>
+    <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Højrup St. Fyen
 Erikshaab</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Fru Emma Hirschsprung
 Ida -, klaverlærer
 Grethe -, København
 Christine  Mackie
 - Rosendal
 Cornelius Steffensen
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
 Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
 Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
   </si>
@@ -918,103 +350,261 @@
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
   </si>
   <si>
-    <t>1900-11-16</t>
-[...6 lines deleted...]
-    <t>Grethe Jungstedt
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
 Alhed Larsen
-Christine  Mackie
-[...19 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/V9FF</t>
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Laura Warberg
+Frøken Astrid Warberg
 Erikshaab
-Højrup
+pr. Højrup
 Fyen
 Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1894-10-09</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Maltesen
+Alfred Rottbøll
+- Rottbøll, Fru
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
+Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
+Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
+Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2154</t>
+  </si>
+  <si>
+    <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
+Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
+En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
+Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tGg</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Alla stimma
+Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
 [I brevet:]
-Kære Mor.
-[...12 lines deleted...]
-Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
+Torsdag d. 9ende
+Kæreste Mor! -
+Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
+Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
+Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
+Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
+  </si>
+  <si>
+    <t>1894-08-24</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Italien
+Rufina</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er med familien Bacci på deres landsted i Rufina nær Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2141</t>
+  </si>
+  <si>
+    <t>Alhed synes, det er sjovt slet ikke at tale dansk. Hun er blevet meget solbrændt i Rufina. Alhed har været på en lang tur i bjergene. De bader i en bæk og spiser og drikker godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vlso</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+Signorina Johanne Warberg
+Erikshaab Højrup
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kære Johanne. Havde Du ikke glemt at lægge noget af Brevet i Konvoluten? Der var kun et Ark fra Dig, ingen Slutning og afbrudt lige midt i noget. Jeg tænker mig at det er Roen Elle, der har lagt det i Konvolut. - Ellers var jeg vældig glad ved det, det laa til mig svært tilpas, da jeg kom hjem fra Firenze efter at have afleveret Lud. Det er højst grinagtig ikke at tale et Muk dansk, kun sagde jeg i Morges til Fru B. idet jeg vågnede op: hvad er Klokken? Her er dejligt. Jeg er bleven mere brun i disse Dage end i hele den øvrige Sommer, fordi Luften er saa god. I Gaar var jeg alene en meget lang Tur oppe paa Bjærget og fandt yndige nye Veje. - Vi bader i en lille Bæk. Vi spiser vældig og drikker som Svampe. - Skriv snart igen. 1000 Hilsner. Tak for Brevet Alhed. 
+[Skrevet lodret langs kortets venstre margen:]
+Fredag</t>
+  </si>
+  <si>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -1068,110 +658,127 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1901-06-27</t>
-[...34 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Her
-[...19 lines deleted...]
-Din Dis</t>
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
   </si>
   <si>
     <t>1904-12-06</t>
   </si>
   <si>
     <t>København Ø
 Rosenvej 2</t>
   </si>
   <si>
     <t>Mass.
 Brookline</t>
   </si>
   <si>
     <t>Ellen Beck
 Jørgen -, Erikshaab
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Johannes V. Jensen
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johan Larsen
@@ -1218,50 +825,443 @@
 [På kuvertens bagside:] 
 A Goldschmidt
 Rosenvej 2 III
 Kjøbenhavn Ø.
 Denmark
 [Poststempel]
 [I brevet:]
 Rosenvej 2, 3 Kbh Ø.
 Tirsdag Aften 6te Dec 1904. 
 Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
 Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
 Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
 Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
 Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
 Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
 Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
 Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
 2)
 Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
 Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
 Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
 Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
 Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
 Tusind kærlige Hilsner til Eder begge to - og allesammen
 Dis.</t>
+  </si>
+  <si>
+    <t>1900-11-16</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshåb</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og hendes familie boede i Boston. De drev et kemisk laboratorium.
+Alhed Larsen havde smerter i forbindelse med sin anden graviditet, og lillesøsteren, Astrid/Disser, var pige i huset hos hende.
+Lille Lise er formodentlig en dukke.
+Det vides ikke, hvad Harris' bedstemor hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1750</t>
+  </si>
+  <si>
+    <t>Harry er rejst til Washington for at holde foredrag ved et Agrikultur-møde. Han kan godt lide at rejse. Harrys mave har det godt, og han har god appetit. Han har lånt en del penge til apparater. Ellen passer smørsyrerne og arbejder meget, så de kan få råd til at rejse hjem om sommeren. Hun takker for bogen, som lille Grethe sidder længe og kigger i.
+Ellen er bekymret for Alhed. Hvis det bliver farligt, må moderen sende telegram, og Ellen vil så være hjemme i løbet af en uge. Det er også hårdt for Astrid, som må knokle, selvom hun hellere vil sine litterære sysler. 
+Grethe er sund og rask; hun rejser sig ved møblerne, siger ord og har syv tænder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9FF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup
+Fyen
+Danmark
+[I brevet:]
+Kære Mor.
+Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
+Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
+Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
+Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
+Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
+Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
+Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
+Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
+Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
+[Skrevet lodret langs venstre margen på s. 6:]
+Skriv snart igen. Elle
+[Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
+Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
+  </si>
+  <si>
+    <t>marts eller april 1898</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Kampmann
+Johanne Kampmann
+Ellen  Sawyer
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
+Johannes Larsen udstillede på Den Frie 1898.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
+Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CdkH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+Fyen Højrup Station
+Kære Mor!
+I Gaar var jeg ude hos Bedstemor og kom ind hos hende. Hun er temmelig forandret, synes jeg; ser saa mat og daarlig ud, men i Gaar Formiddags X [tilføjet nederst på side 1:] x da jeg var der [tilføjelse slut] havde hun det vist eller ganske godt -, hun er fuldstændig aandelig rarsk [”r” midt i ordet overstreget] og spurgte til Eder allesammen. 
+I Dag var jeg nede hos Berta og Lud for at spørge til hende; i Gaar Eftermiddags havde det været meget daarlig med Opkastninger og Besvimelse, men i Dag var det igen bedre. – Jeg kommer ikke til at vaage derude alligevel, da de have faaet en Kone, Fru Winther havde anbefalet. – Du tænker naturligvis paa Konfirmationen, men der er vist ingen Mennesker, der kan have nogen bestemt Mening om hvorlænge det kan trække ud, Tale om Helbredelse er der vist absolut ikke. Jeg længes meget efter at høre et Par Ord fra Dig, ogsaa om, hvad Du mener om Elles Udeblivelse. Kan Du ikke helt udsætte den Vask til efter Paaske, saa ere vi jo begge hjemme; Du maa da endelig ikke gaa og overanstrænge dig til Konfirmationen og Paasken, naar vi alle ere hjemme. – Las kommer i Morgen, hans Billeder hænger så kønt paa Udstillingen – Jeg haaber, Far passer paa i dette kolde ækle Væjr [”Væjr” overstreget] Vejr, at han ikke faar Tilbagefald.
+1000 Hilsener til Alle.
+[Skrevet på tværs øverst på s1:] Kampmanns er saa voldsom søde imod mig. I Aftes skulde vi have en lille 3 Mands L’Hombre. De ere jo noget misfornøjede med, at jeg bliver saa kort.
+Din A.</t>
+  </si>
+  <si>
+    <t>1894-12-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2144</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sin nye adresse.
+Hun håber, at forældrene har modtaget malerierne. Hun vil helst vente med at forære billederne væk, til hun kommer hjem, og kun til sine allernærmeste. Alhed ser på malerierne på en anden måde, end forældrene gør. 
+Sender moderen mon lidt brune kager og pebernødder til jul?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zcSP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kæreste Mor! - Jeg vil hermed meddele, at min Adresse for Fremtiden vil være: Piazza Donatello 10 Tereno Firenze. - Jeg flyttede herned i Forgaars og befinder mig forfærdelig godt ved det, jeg faar det vist storartet sammen med dem og haaber ikke at skulle ligge dem til Besvær. - - Jeg haaber I have modtaget Malerierne, for Resten vilde jeg nu helst vente med at give et, til jeg kommer hjem; jeg maler maaske en Kopi af et eller andet godt gammelt Billede paa Gallerierne som det vilde være være ["være" overstreget] morsommere at give. At forære sine egne Billeder bort undt. til sine allernærmeste, - naa ja, jeg vil nødig sige imod det naar I synes det, men jeg er ikke rigtig stemt for det; er maaske lidt sær paa det Omraade, men tænk paa, det er mine Ting saa jeg kan ikke se paa dem paa den samme Maade som I andre. - Tak for Pakken udmærket, men Skoene snød Du mig nok for. - Tror Du, Du sender mig lidt til Jul som jeg skrev om?? Brune Kager &amp;amp; Pebernødder kunne vist holde sig brillant. - Bare vi var vel over den Jul. - 1000 Hilsner - A.
+[Skrevet lodret i venstre margen:] 12te December - Onsdag</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets adresseside:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1894-02-18</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var med sine onkler, Ludvig og Emil Brandstrup, i Italien 1893-1894. Af andre breve fremgår det, at Ludvig Brandstrup pjattede med at kalde sig Petersen, Jensen og lignende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2110</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skriver, at Alhed Larsen er blevet fuld efter en spadseretur i bjergene og en god middag, og at hun trænger til formaninger hjemmefra. Alhed Larsen fortsætter med at fortælle, at onklerne bilder hende alt muligt ind, såsom at man laver møbler af pebernøddetræ. Emil Brandstrup skriver, at Alhed har fået vin i benene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L6Sx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+93
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Illustrissimo &amp;amp; Pregiatissimo Signore
+Signore Alberto Cristoforo Warberg
+Erikshaab pr Højrup Station
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+17/2 Alberg degliamici. Rapallo. Riva Lidevante. Italia 
+Kjære Berg! Desværre maa jeg klage paa dit Barn som er fuldt; det ler saa det er lige ved at kvæles af Balles Vittigheder nu da vi sidde her efter en daglang Spadseretour over nogle af Italiens skjønneste Bjærge og efter en Middag med Suppe, Kalvesteg Frugt og Vin. Du maa snart sende os et Brev. Imorgen rejse hun, dit vanslægtede Barn som trænger til Formaninger fra Hjemmet og jeg til Florens efterladende Balle i Nervi, et herligt Badested syd for Genova 3 Timers Vej herfra. din Ludvig Petersen. [Det følgende med Alhed Larsens skrift:] Kære Berg! De Onkler er ligeved at ødelægge mig, de søger at gøre mig fuldstændig fjollet ved at bilde mig de frygteligste Ting ind, f. Ex, at de i de fattigste Egne kun har Raad til at hænge en Bommesiklokke, stivet af med Tøndebaand, op i Kirketaarnene, samt at Møblerne af og til er lavet af Pebernøddetræ o.s.v. - - Langt Brev følger. [Det følgende skrevet med en anden skrift:] Kjære Justitsraad! Det er en Sorg for mig at meddele Dig at Din Datter har faaet Vin i Benene [Skrevet på tværs oveni det allerede skrevne:] Hvis Aarsag en Recept udbedes Min Hilsen sender Din E.B.</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1894-08-08</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Sylow</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1893 til april 1894.
+Det kan ikke afgøres, om Onkel C er Carl eller Christian Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2151</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er rask nu, men hun tager det med ro, så længe det er så varmt.
+Hun og Ludvig Brandstrup har et par gange spist sammen med arkitekt Sylow, som Ludvig har gået i skole med.
+Det er makaroniens dag, og man pynter butikkerne med makaroni i alle former.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St.
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
+[Skrevet lodret i venstre margen:]
+Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
+  </si>
+  <si>
+    <t>1894-12-22</t>
+  </si>
+  <si>
+    <t>Gudrun Andersen</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Torkildstrup</t>
+  </si>
+  <si>
+    <t>Marie Bredsdorff
+Thomas Bredsdorff</t>
+  </si>
+  <si>
+    <t>Christine Mackie var i 1894-1895 forlovet med Thomas Bredsdorff. De to blev ikke gift.
+Det vides ikke, hvad Thomas Bredsdorffs afdøde søster hed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2653</t>
+  </si>
+  <si>
+    <t>Kort 1: Afsenderen glæder sig til, at Christine kommer til Torkildstrup 1. juledag.
+Kort 2: Gudrun ser frem til at vise Christine julestuen. Gudruns mor har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTQ9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuverten:]
+Frøken Christine Warberg
+Erikshaab
+Højerup St
+Fyen
+[Håndskrevet på kort 1:]
+Torkildstruphjemmet 22/12 1894.
+Lille kjære Christine!
+Til Juleaften ville vi da ogsaa være med omkring Juletræet paa Erikshaab at ønske Dig en rigtig glædelig Julefest, med Din Tomas ved Siden dennegang Nu glæder vi os til at see Dig 1_ste_ Juledag, eller rettere, Aften, og have nogle gode Dage sammen under Juletræets Skygge. Tak, fordi ogsaa Du var med at smykke min dyrebare Søster Louise med Blomster Krandsen - ja her er det et stort Savn at Louise er gaaet bort fra sine søde Smaapiger [indsat i venstre margen; på højkant:] og os Sødskende hun var saameget for. Hils Alle Dine Kjære Kjærligt
+[Kort nr. 2:]
+Torkildstrup Julen 1894.
+Kære lille Christine!
+Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1338,51 +1338,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1422,1017 +1422,1017 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="s">
-        <v>28</v>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F4" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>110</v>
+        <v>77</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I13" s="5"/>
-      <c r="J13" s="5" t="s">
-[...3 lines deleted...]
-        <v>113</v>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="M13" s="5" t="s">
         <v>115</v>
       </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>126</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="5" t="s">
-        <v>132</v>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="5" t="s">
-        <v>149</v>
+        <v>35</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="5" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E19" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>159</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="I19" s="5" t="s">
         <v>160</v>
       </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
         <v>161</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>162</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>163</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>165</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="B22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="C22" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>184</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="L22" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="M22" s="5"/>
+      <c r="M22" s="5" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>187</v>
+        <v>35</v>
       </c>
       <c r="F23" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="I23" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" s="5" t="s">
-        <v>158</v>
+        <v>196</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>197</v>
+        <v>118</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>198</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>199</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>200</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>201</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>202</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>203</v>
       </c>
     </row>