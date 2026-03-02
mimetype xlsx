--- v1 (2025-11-19)
+++ v2 (2026-03-02)
@@ -5,340 +5,908 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="204" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-06-27</t>
-[...5 lines deleted...]
-    <t>Ellen  Sawyer</t>
+    <t>1894-02-11</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
-  </si>
-[...38 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Fluelen</t>
   </si>
   <si>
     <t>Erikshaab Højrup Station Fyen</t>
   </si>
   <si>
     <t>Alhed Larsen rejste med sine to morbrødre til Italien februar 1894. Hun blev i Italien i et år.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2215</t>
   </si>
   <si>
     <t>Alhed Larsen rejser ned gennem Europa og oplever skøn natur, ser Alperne mv. Alt sammen er herligt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pD6O</t>
   </si>
   <si>
     <t>[Fortrykt på postkortets forside:]
 Postkarte.
 Carte postale. – Cartolina postale.
 [Håndskreven på postkortets forside:]
 Fru Laura Warberg
 Erikshaab Højrup St
 Fyen
 Dänemark
 [Fortrykt på postkortet:]
 Souvenir [Håndskrevet over fotografierne:] 
 gem endelig dette for Billedernes Skyld.
 [Fortrykt under og over fotografierne:]
 LUZERN DER RIGI BRUNNEN TELLSKAPELLE AXENSTRASSE
 [På kortet:]
 Lørdag Aften. Turen fra Frankfurt am Main var dejlig – gennem Rhindale med grønne Sletter fulde af Frugttrær, smaa Vandløb o.sv. paa begge Sider Schwarzwald. Naade Luzern i Aftes ta ind paa et henrivende lille Schweizerhotel. Det var imponerende i Morges at se Alperne paa den anden Side af Vierwaldstättersøen. Denne har vi sejlet op af i Dag, stod af i Brunnen [to krydser indsat over ordet, og lignende to krydser indsat under fotografiet fra Brunnen øverst på kortet], spadserede 1 3/4 Mil, vældige Bjærge paa den ene Side, paa den anden Side den dejlige Sø. Medf. Billeder give et svagt Begreb om alt det herlige, jeg har set i Dag. I Morgen tidlig over St. Gotthard
 [Skrevet lodret i højre margen:]
 1000 Hilsner
 [Skrevet lodret i venstre margen:] x herligt! [et X indsat på fotografiet fra Axenstrasse]</t>
   </si>
   <si>
+    <t>1894-02-18</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var med sine onkler, Ludvig og Emil Brandstrup, i Italien 1893-1894. Af andre breve fremgår det, at Ludvig Brandstrup pjattede med at kalde sig Petersen, Jensen og lignende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2110</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skriver, at Alhed Larsen er blevet fuld efter en spadseretur i bjergene og en god middag, og at hun trænger til formaninger hjemmefra. Alhed Larsen fortsætter med at fortælle, at onklerne bilder hende alt muligt ind, såsom at man laver møbler af pebernøddetræ. Emil Brandstrup skriver, at Alhed har fået vin i benene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L6Sx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+93
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Illustrissimo &amp;amp; Pregiatissimo Signore
+Signore Alberto Cristoforo Warberg
+Erikshaab pr Højrup Station
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+17/2 Alberg degliamici. Rapallo. Riva Lidevante. Italia 
+Kjære Berg! Desværre maa jeg klage paa dit Barn som er fuldt; det ler saa det er lige ved at kvæles af Balles Vittigheder nu da vi sidde her efter en daglang Spadseretour over nogle af Italiens skjønneste Bjærge og efter en Middag med Suppe, Kalvesteg Frugt og Vin. Du maa snart sende os et Brev. Imorgen rejse hun, dit vanslægtede Barn som trænger til Formaninger fra Hjemmet og jeg til Florens efterladende Balle i Nervi, et herligt Badested syd for Genova 3 Timers Vej herfra. din Ludvig Petersen. [Det følgende med Alhed Larsens skrift:] Kære Berg! De Onkler er ligeved at ødelægge mig, de søger at gøre mig fuldstændig fjollet ved at bilde mig de frygteligste Ting ind, f. Ex, at de i de fattigste Egne kun har Raad til at hænge en Bommesiklokke, stivet af med Tøndebaand, op i Kirketaarnene, samt at Møblerne af og til er lavet af Pebernøddetræ o.s.v. - - Langt Brev følger. [Det følgende skrevet med en anden skrift:] Kjære Justitsraad! Det er en Sorg for mig at meddele Dig at Din Datter har faaet Vin i Benene [Skrevet på tværs oveni det allerede skrevne:] Hvis Aarsag en Recept udbedes Min Hilsen sender Din E.B.</t>
+  </si>
+  <si>
+    <t>1894-08-08</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Sylow</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1893 til april 1894.
+Det kan ikke afgøres, om Onkel C er Carl eller Christian Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2151</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er rask nu, men hun tager det med ro, så længe det er så varmt.
+Hun og Ludvig Brandstrup har et par gange spist sammen med arkitekt Sylow, som Ludvig har gået i skole med.
+Det er makaroniens dag, og man pynter butikkerne med makaroni i alle former.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St.
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
+[Skrevet lodret i venstre margen:]
+Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
+  </si>
+  <si>
+    <t>1894-08-24</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Italien
+Rufina</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er med familien Bacci på deres landsted i Rufina nær Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2141</t>
+  </si>
+  <si>
+    <t>Alhed synes, det er sjovt slet ikke at tale dansk. Hun er blevet meget solbrændt i Rufina. Alhed har været på en lang tur i bjergene. De bader i en bæk og spiser og drikker godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vlso</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+Signorina Johanne Warberg
+Erikshaab Højrup
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kære Johanne. Havde Du ikke glemt at lægge noget af Brevet i Konvoluten? Der var kun et Ark fra Dig, ingen Slutning og afbrudt lige midt i noget. Jeg tænker mig at det er Roen Elle, der har lagt det i Konvolut. - Ellers var jeg vældig glad ved det, det laa til mig svært tilpas, da jeg kom hjem fra Firenze efter at have afleveret Lud. Det er højst grinagtig ikke at tale et Muk dansk, kun sagde jeg i Morges til Fru B. idet jeg vågnede op: hvad er Klokken? Her er dejligt. Jeg er bleven mere brun i disse Dage end i hele den øvrige Sommer, fordi Luften er saa god. I Gaar var jeg alene en meget lang Tur oppe paa Bjærget og fandt yndige nye Veje. - Vi bader i en lille Bæk. Vi spiser vældig og drikker som Svampe. - Skriv snart igen. 1000 Hilsner. Tak for Brevet Alhed. 
+[Skrevet lodret langs kortets venstre margen:]
+Fredag</t>
+  </si>
+  <si>
     <t>1894-09-26</t>
-  </si>
-[...1 lines deleted...]
-    <t>Firenze</t>
   </si>
   <si>
     <t>Adolfo Bacci
 Teresina Bacci
 Vittoria Bacci
 - Maltesen</t>
   </si>
   <si>
     <t>Alhed Larsen var under sit ophold i Firenze i begyndelse af 1890erne meget knyttet til famailien Bacci. 
 Det vides ikke, hvem Pip var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2178</t>
   </si>
   <si>
     <t>Alhed savner at få brev fra sin mor. 
 Fru Bacci kommer hjem i dag. Hr. Bacci og søsteren har været glade for Alheds husførelse.
 Moltesen har inviteret Alhed med til Fiesole. Hun kan næsten ikke huske at tale dansk.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PSJg</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 [Håndskrevet på kortets forside:]
 lla egregia Signore
 Signora Laura Warberg - Erikshaab
 Højrup St
 Fyen
 Danimarca
 [Håndskrevet på kortets bagside:]
 26 - Sept 1894
 Kæreste Mor!
 Jeg har ikke Tid at skrive i disse Dage til Eder, det vrimler med Fødselsdage, og at jeg har meget travlt vil Du kune forstaa af mit Kort til Pip. - Men jeg har i adskillige Dage ventet fra Dig; Du lovede at skrive saa snart Du kom hjem og ikke en Gang i Søndags fik jeg Brev; jeg længes meget efter Brev, navnlig da Du skrev at det var daarligt med Dit Ben. Skulde et Brev være gaaet tabt? - - I Dag kommer Fru B. hjem, jeg har i Dag faaet Brev fra hende, hvoraf jeg kan forstaa, at Manden og Søsteren har skreven meget anerkendende om min Husbestyrelse; det er jo rart, hvis jeg har kunnet hjælpe lidt, da de ere saa mageløse mod mig. - Den Moltesen kom kom forleden Form. er her for nogle Dage, inviterede mig paa en Tur til Fiesole i Morgen, højst grinagtig at tale dansk, kludrede ligefrem lidt i det strax og begyndte at tale italiensk. Pakker meget velkommen, mine Strømper vare paa Gravens Rand. - Mange kærlige Hilsner Din Alhed. Vældigt Tordenknald i dette Øjeblik</t>
   </si>
   <si>
+    <t>1894-10-09</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Maltesen
+Alfred Rottbøll
+- Rottbøll, Fru
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
+Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
+Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
+Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2154</t>
+  </si>
+  <si>
+    <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
+Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
+En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
+Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tGg</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Alla stimma
+Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[I brevet:]
+Torsdag d. 9ende
+Kæreste Mor! -
+Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
+Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
+Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
+Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
+  </si>
+  <si>
     <t>1894-11-28</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
 Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
   </si>
   <si>
     <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uqv3</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
 93
 A
 [Håndskrevet på kortets forside:]
 A Signora L. Warberg 
 Erikshaab – Højrup 
 Danimarca Fyen
 (Håndskrevet på postkortets bagside:]
 Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
   </si>
   <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1894-12-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2144</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sin nye adresse.
+Hun håber, at forældrene har modtaget malerierne. Hun vil helst vente med at forære billederne væk, til hun kommer hjem, og kun til sine allernærmeste. Alhed ser på malerierne på en anden måde, end forældrene gør. 
+Sender moderen mon lidt brune kager og pebernødder til jul?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zcSP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kæreste Mor! - Jeg vil hermed meddele, at min Adresse for Fremtiden vil være: Piazza Donatello 10 Tereno Firenze. - Jeg flyttede herned i Forgaars og befinder mig forfærdelig godt ved det, jeg faar det vist storartet sammen med dem og haaber ikke at skulle ligge dem til Besvær. - - Jeg haaber I have modtaget Malerierne, for Resten vilde jeg nu helst vente med at give et, til jeg kommer hjem; jeg maler maaske en Kopi af et eller andet godt gammelt Billede paa Gallerierne som det vilde være være ["være" overstreget] morsommere at give. At forære sine egne Billeder bort undt. til sine allernærmeste, - naa ja, jeg vil nødig sige imod det naar I synes det, men jeg er ikke rigtig stemt for det; er maaske lidt sær paa det Omraade, men tænk paa, det er mine Ting saa jeg kan ikke se paa dem paa den samme Maade som I andre. - Tak for Pakken udmærket, men Skoene snød Du mig nok for. - Tror Du, Du sender mig lidt til Jul som jeg skrev om?? Brune Kager &amp;amp; Pebernødder kunne vist holde sig brillant. - Bare vi var vel over den Jul. - 1000 Hilsner - A.
+[Skrevet lodret i venstre margen:] 12te December - Onsdag</t>
+  </si>
+  <si>
+    <t>1894-12-22</t>
+  </si>
+  <si>
+    <t>Gudrun Andersen</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Torkildstrup</t>
+  </si>
+  <si>
+    <t>Marie Bredsdorff
+Thomas Bredsdorff</t>
+  </si>
+  <si>
+    <t>Christine Mackie var i 1894-1895 forlovet med Thomas Bredsdorff. De to blev ikke gift.
+Det vides ikke, hvad Thomas Bredsdorffs afdøde søster hed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2653</t>
+  </si>
+  <si>
+    <t>Kort 1: Afsenderen glæder sig til, at Christine kommer til Torkildstrup 1. juledag.
+Kort 2: Gudrun ser frem til at vise Christine julestuen. Gudruns mor har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTQ9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuverten:]
+Frøken Christine Warberg
+Erikshaab
+Højerup St
+Fyen
+[Håndskrevet på kort 1:]
+Torkildstruphjemmet 22/12 1894.
+Lille kjære Christine!
+Til Juleaften ville vi da ogsaa være med omkring Juletræet paa Erikshaab at ønske Dig en rigtig glædelig Julefest, med Din Tomas ved Siden dennegang Nu glæder vi os til at see Dig 1_ste_ Juledag, eller rettere, Aften, og have nogle gode Dage sammen under Juletræets Skygge. Tak, fordi ogsaa Du var med at smykke min dyrebare Søster Louise med Blomster Krandsen - ja her er det et stort Savn at Louise er gaaet bort fra sine søde Smaapiger [indsat i venstre margen; på højkant:] og os Sødskende hun var saameget for. Hils Alle Dine Kjære Kjærligt
+[Kort nr. 2:]
+Torkildstrup Julen 1894.
+Kære lille Christine!
+Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
+  </si>
+  <si>
     <t>1895-02-01</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Rom</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Johannes Magdahl Nielsen</t>
   </si>
   <si>
     <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
   </si>
   <si>
     <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/knH1</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 CARTOLINA POSTALE ITALIANA
 (CARTE POSTALE D'ITALIE).
 NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
 94
 A
 [Håndskrevet på kortets forside:]
 lla Signorina Elle Warberg
 Erikshaab - Højstrup St.
 Fühnen
 Danimarca Fyen
 [Håndskrevet på kortets bagside:]
 Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets adresseside:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
   </si>
   <si>
     <t>1897-8</t>
   </si>
   <si>
     <t>Sverige</t>
   </si>
   <si>
     <t>Marie Schou
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
   </si>
   <si>
     <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREFKORT.
 (DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
 Till
 (Bostad,)
 om den kan uppgifvas:
 (Adressort:)
 [Håndskrevet på kortets adresseside:]
 Fru Laura Warberg
 Erikshaab - Højrup
 Danmark Fyen
 [Håndskrevet på kortets bagside:]
 Lørdag Form.
 Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
   </si>
   <si>
+    <t>marts eller april 1898</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Kampmann
+Johanne Kampmann
+Ellen  Sawyer
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
+Johannes Larsen udstillede på Den Frie 1898.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
+Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CdkH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+Fyen Højrup Station
+Kære Mor!
+I Gaar var jeg ude hos Bedstemor og kom ind hos hende. Hun er temmelig forandret, synes jeg; ser saa mat og daarlig ud, men i Gaar Formiddags X [tilføjet nederst på side 1:] x da jeg var der [tilføjelse slut] havde hun det vist eller ganske godt -, hun er fuldstændig aandelig rarsk [”r” midt i ordet overstreget] og spurgte til Eder allesammen. 
+I Dag var jeg nede hos Berta og Lud for at spørge til hende; i Gaar Eftermiddags havde det været meget daarlig med Opkastninger og Besvimelse, men i Dag var det igen bedre. – Jeg kommer ikke til at vaage derude alligevel, da de have faaet en Kone, Fru Winther havde anbefalet. – Du tænker naturligvis paa Konfirmationen, men der er vist ingen Mennesker, der kan have nogen bestemt Mening om hvorlænge det kan trække ud, Tale om Helbredelse er der vist absolut ikke. Jeg længes meget efter at høre et Par Ord fra Dig, ogsaa om, hvad Du mener om Elles Udeblivelse. Kan Du ikke helt udsætte den Vask til efter Paaske, saa ere vi jo begge hjemme; Du maa da endelig ikke gaa og overanstrænge dig til Konfirmationen og Paasken, naar vi alle ere hjemme. – Las kommer i Morgen, hans Billeder hænger så kønt paa Udstillingen – Jeg haaber, Far passer paa i dette kolde ækle Væjr [”Væjr” overstreget] Vejr, at han ikke faar Tilbagefald.
+1000 Hilsener til Alle.
+[Skrevet på tværs øverst på s1:] Kampmanns er saa voldsom søde imod mig. I Aftes skulde vi have en lille 3 Mands L’Hombre. De ere jo noget misfornøjede med, at jeg bliver saa kort.
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
+  </si>
+  <si>
+    <t>1898-06-27</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Fyen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+- Svendsen, frøken</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skulle på bryllupsrejse.
+Munter var Warberg-familiens hund</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1734</t>
+  </si>
+  <si>
+    <t>Det er godt for Alheds helbred, at hun skal rejse.
+Tante Mis er syg, og lægen tror, at det er en byld, der kræver operation.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0vEv</t>
+  </si>
+  <si>
+    <t>d. 24/6 98
+Kære Moder!
+Tak for Brevet med de glædelige Nyheder ang. B. Det er jo svært morsomt med den Rejse for dem. Det er glimrende for B’s Helbred. 
+Det vil [”vil” overstreget; ”er” indsat over ordet] er såmænd Grund nok med Mis’ Sygdom at opgive Selskabet. Der er ganske vist ingen øjeblikkelig Fare, men det kan der jo hurtigt komme. Dr. er temmelig betænkelig tror jeg. Han mener Byld og måske Operation. Hun ligger mat hen med en Del Smerter, nyder kun Vin, Sodavand og Mælk. – Det bliver rimeligvis langvarigt, og i så Fald må de jo have Sygeplejeske. – 
+Jeg kan nok gå herfra en hel Del, - der er i Grunden ikke megen Pasning, - så nu går jeg til Frk. Svendsen og klemmer hende. 
+Man hører megen Ros over Lugge?. – Skriv snart igen. Hlsen til alle også Munter -</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
     <t>1900-01-08</t>
-  </si>
-[...4 lines deleted...]
-    <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Højrup St. Fyen
 Erikshaab</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Fru Emma Hirschsprung
 Ida -, klaverlærer
 Grethe -, København
 Christine  Mackie
 - Rosendal
 Cornelius Steffensen
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
 Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
 Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
   </si>
@@ -350,261 +918,103 @@
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
   </si>
   <si>
-    <t>1899-09-08</t>
-[...14 lines deleted...]
-- Jensen, Erikshaab
+    <t>1900-11-16</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshåb</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
 Alhed Larsen
-Andreas Larsen
-[...17 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og hendes familie boede i Boston. De drev et kemisk laboratorium.
+Alhed Larsen havde smerter i forbindelse med sin anden graviditet, og lillesøsteren, Astrid/Disser, var pige i huset hos hende.
+Lille Lise er formodentlig en dukke.
+Det vides ikke, hvad Harris' bedstemor hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1750</t>
+  </si>
+  <si>
+    <t>Harry er rejst til Washington for at holde foredrag ved et Agrikultur-møde. Han kan godt lide at rejse. Harrys mave har det godt, og han har god appetit. Han har lånt en del penge til apparater. Ellen passer smørsyrerne og arbejder meget, så de kan få råd til at rejse hjem om sommeren. Hun takker for bogen, som lille Grethe sidder længe og kigger i.
+Ellen er bekymret for Alhed. Hvis det bliver farligt, må moderen sende telegram, og Ellen vil så være hjemme i løbet af en uge. Det er også hårdt for Astrid, som må knokle, selvom hun hellere vil sine litterære sysler. 
+Grethe er sund og rask; hun rejser sig ved møblerne, siger ord og har syv tænder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9FF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Frøken Astrid Warberg
+Fru Laura Warberg
 Erikshaab
-pr. Højrup
+Højrup
 Fyen
 Danmark
-[Håndskrevet med anden skrift på kuvertens forside:]
-[...54 lines deleted...]
-Danimarca
 [I brevet:]
-Torsdag d. 9ende
-[...108 lines deleted...]
-Din Dis</t>
+Kære Mor.
+Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
+Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
+Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
+Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
+Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
+Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
+Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
+Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
+Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
+[Skrevet lodret langs venstre margen på s. 6:]
+Skriv snart igen. Elle
+[Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
+Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -658,127 +1068,110 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1898-02-25</t>
-[...46 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Laura Warberg
-[...24 lines deleted...]
-(En elendig Pen, som næsten ikke kan drives frem)</t>
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
   </si>
   <si>
     <t>1904-12-06</t>
   </si>
   <si>
     <t>København Ø
 Rosenvej 2</t>
   </si>
   <si>
     <t>Mass.
 Brookline</t>
   </si>
   <si>
     <t>Ellen Beck
 Jørgen -, Erikshaab
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Johannes V. Jensen
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johan Larsen
@@ -825,443 +1218,50 @@
 [På kuvertens bagside:] 
 A Goldschmidt
 Rosenvej 2 III
 Kjøbenhavn Ø.
 Denmark
 [Poststempel]
 [I brevet:]
 Rosenvej 2, 3 Kbh Ø.
 Tirsdag Aften 6te Dec 1904. 
 Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
 Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
 Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
 Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
 Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
 Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
 Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
 Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
 2)
 Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
 Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
 Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
 Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
 Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
 Tusind kærlige Hilsner til Eder begge to - og allesammen
 Dis.</t>
-  </si>
-[...391 lines deleted...]
-Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1338,51 +1338,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1422,1017 +1422,1017 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-        <v>18</v>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>28</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="E9" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="E9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="F9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>81</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>87</v>
-      </c>
-[...21 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="E12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="F12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="B13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="I13" s="5"/>
-[...10 lines deleted...]
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E16" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="F16" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J17" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F18" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H18" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>26</v>
+        <v>158</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E19" s="5" t="s">
-        <v>158</v>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="G19" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
         <v>161</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>162</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>163</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>165</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="5" t="s">
-        <v>35</v>
+        <v>166</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>173</v>
+        <v>99</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="s">
-        <v>143</v>
+        <v>175</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>183</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>148</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F22" s="5" t="s">
-        <v>118</v>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>181</v>
-[...7 lines deleted...]
-      <c r="K22" s="5" t="s">
         <v>184</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L22" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="M22" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E23" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="5" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>195</v>
+        <v>148</v>
       </c>
       <c r="D24" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="E24" s="5" t="s">
+      <c r="F24" s="5" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>198</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>199</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>200</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>201</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>202</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>203</v>
       </c>
     </row>