--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -860,68 +860,68 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/lpjo</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Postvæsenets logo 
 KORRESPONDANCE-KORT.
 Til 
 [Håndskrift:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 [s1:]
 Torsdag d: 3de
 Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
 Din Smaa.</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -