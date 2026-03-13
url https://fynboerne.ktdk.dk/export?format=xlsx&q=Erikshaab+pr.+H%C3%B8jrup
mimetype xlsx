--- v1 (2025-11-18)
+++ v2 (2026-03-13)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="268" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="278" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -314,51 +314,51 @@
 Henrik Havemann
 - Jensen, Frøken, Erikshaab
 Alhed Larsen
 Johanne Christine Larsen
 Mogens Lindhardt
 Otto Emil  Paludan
 Emilie -, pige i huset på Erikshaab
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Petrea Schmidt, g. Brandstrup
 Adelheyde Syberg
 Hempel Syberg</t>
   </si>
   <si>
     <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
 Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
 Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
 Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
 Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
 Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
   </si>
   <si>
-    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+    <t>Laura Warberg havde en dejlig fødselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
 Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
 Christines anonyme brev til præsten var en sjov idé.
 Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
 Lauras ben er dårligt. 
 Johanne/Junge har været syg og hjemme fra Sollerup.
 En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
 Petrea har fået fjernet et bryst og lider.
 Laura Warberg når kun at skrive hver 14. dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VVAE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Christine Warberg
 Vestergade 58
 Aarhus.
 [Håndskrevet i brevet:]
 Erikshaab d. 22-1-92.
 Kjæreste Basse!
 Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
 Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
 Mange Hilsener Mor.
 Lørdag Middag!
 Min søde Basse!
@@ -852,50 +852,98 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
   </si>
   <si>
     <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
 Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lpjo</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Postvæsenets logo 
 KORRESPONDANCE-KORT.
 Til 
 [Håndskrift:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 [s1:]
 Torsdag d: 3de
 Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
 Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-03-05</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Læreranstalten</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Thora C
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Louise Brønsted, f. Warberg, var under uddannelse som cand. polyt. i København. 
+Den lille pige er Wilhelmine Bergs datter, Daisy, som netop blev født 4. marts 1898. Pigens mor var Laura Warbergs søster. 
+Bedstemor var Johanne Brandstrup. Hun boede den sidste tid af sit liv hos Thora Caspersen og døde senere i 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1374</t>
+  </si>
+  <si>
+    <t>En lille pige (Daisy) er blevet født. Hun er velskabt, og alt gik godt og nemt. 
+Det er trist, at Albrecht Warberg (Far) har haft det så dårligt. Sygdommen har taget meget på Bedstemor (Johanne Brandstrup).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gKby</t>
+  </si>
+  <si>
+    <t>[Fortrykt logo og:]
+KORRESPONDANCE-KORT.
+Til
+[Håndskrevet i adressefeltet:]
+Fru L. Warberg
+Erikshaab
+pr. Højrup
+Fyn. 
+[Håndskrevet i tekstfeltet]
+Læreanstalten d5te
+Kære Mor. Blot et Par Ord for at meddele jer, at vi i Gaar fik en lille Pige. Alt er gaaet over al Forventning godt; det hele varede kun fra 9 til 12 ½ altsaa ikke engang 4 Timer, ret rar ikke, særlig slemt, og Ungen er hel hun har det ogsaa godt [”hun har det ogsaa godt" indsat over linjen] og velskabt. Her er naturligvis almindelig Henrykkelse og Forbavselse over det gode Resultat; man siger, at hun kan takke alle sine Smerter i den sidste Tid for, at det er gaaet saa godt! Tak for det sidste Brev, tænk, at Far har været saa daarlig, men det er da godt, at det er bedre. Jeg var ude hos Bedstemoder i Gaar at meddele hende det gl. Budskab; det er forfærdeligt, hvor Sygdommen har taget på hende, - hun er kommen til at se saa meget ældre ud og har ikke mange Kræfter; men det er jo bedre og hun er oppe et Par Timer daglig. Thora C. er næsten helt rask. Hilsner fra alle til alle. Din heng. Mug.</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Tanus -
 Louise Brønsted
 Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
@@ -1329,51 +1377,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-06-27</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
@@ -1762,59 +1810,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKby" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M36"/>
+  <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2742,730 +2790,774 @@
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>143</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
         <v>144</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>145</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>146</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>149</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E22" s="5" t="s">
+        <v>150</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>35</v>
+        <v>159</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E23" s="5" t="s">
-        <v>157</v>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="s">
-        <v>57</v>
+        <v>136</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>97</v>
+        <v>167</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>57</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E25" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>176</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="I25" s="5"/>
+        <v>177</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>178</v>
+      </c>
       <c r="J25" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>184</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>174</v>
+        <v>56</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>189</v>
+        <v>47</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>128</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>212</v>
+        <v>45</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>46</v>
+        <v>215</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>220</v>
+        <v>44</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>174</v>
-[...14 lines deleted...]
-        </is>
+        <v>222</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>221</v>
-[...10 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="M31" s="5"/>
+        <v>227</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>44</v>
+        <v>230</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>174</v>
-[...8 lines deleted...]
-        <v>136</v>
+        <v>184</v>
+      </c>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>226</v>
-[...8 lines deleted...]
-        <v>229</v>
+        <v>231</v>
+      </c>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-        </is>
+        <v>235</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>241</v>
+        <v>184</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>46</v>
+        <v>234</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>243</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>174</v>
+        <v>251</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>250</v>
+        <v>46</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>252</v>
+        <v>128</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>253</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>254</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>255</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>256</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>257</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>224</v>
+        <v>184</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>174</v>
+        <v>260</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>267</v>
+        <v>268</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
+    <hyperlink ref="M37" r:id="rId42"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>