--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -44,494 +44,389 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1891-19</t>
-[...2 lines deleted...]
-    <t>Brev</t>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>København</t>
-  </si>
-[...168 lines deleted...]
-    <t>1898-02-03</t>
   </si>
   <si>
     <t>Erikshaab pr. Højrup St.</t>
   </si>
   <si>
     <t>Jens Theodor Berg
 Wilhelmine Berg
 Johanne  Brandstrup
 Louise Brønsted</t>
   </si>
   <si>
     <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
   </si>
   <si>
     <t>Laura Warberg kom frem uden søsyge. 
 Louise skal til eksamen i kemi.
 Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
 Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P2tE</t>
   </si>
   <si>
     <t>[Fortrykt: Postvæsenets logo] 
 KORRESPONDANCE-KORT.
 Til 
 [Håndskrevet:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 [s1:]
 Torsdag d: 3de
 Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
 Din Smaa.</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
+    <t>Brev</t>
+  </si>
+  <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
 Vi længes så meget efter at høre om Far. Det foruroliger os så meget, at Dr. ikke mener han bliver rask til d. 3dje. Er det ikke Bronchitis? Vil du ikke nok skrive lidt udførligt om det! Jeg gik i Aftes ned i Pensionatet og tilbragte Aftenen meget hyggeligt med Junge og Lugge. Ta'nus har det udmærket.
 Så hører jeg din Mening snarest. Hilsen, særlig til Far - Pelle</t>
   </si>
   <si>
-    <t>1898-11-03</t>
-[...5 lines deleted...]
-    <t>Johanne  Larsen
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
 Johannes Larsen
-- Lassen, Fru
-[...110 lines deleted...]
-Kærlig Hilsen Mor.</t>
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
   <si>
     <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
   </si>
   <si>
     <t>- Bendtsen, Frøken
 Berta Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Louise Brønsted
 Katrine -, Erikshaab
 Alhed Larsen
 Augusta Mogensen
 Jupiter Mogensen
 Henning Schroll
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
   </si>
   <si>
     <t>Det er godt, at Christine venter et år med at tage til Askov.
 Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
 Laura har haft en god rejse og tager den følgende dag videre til Sverige.
 Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NBP7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Erikshaab
 pr. Højrup St.
 Fyn
 [Fortrykt på brevpapiret:]
 A.C. Warberg,
 Godsforvalter,
 Erikshaab pr. Højrup St.
 [Håndskrevet i brevet:]
 Søndag Formiddag paa Fars Værelse
 Kære lille Putte!
 Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
 Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
 Mor.</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -585,110 +480,283 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1901-06-27</t>
-[...34 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Vestergade 58 Aarhus</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup
+Lauritz  Brandstrup
+Johanne Caspersen
+Poul Caspersen
+Henrik Havemann
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Johanne Christine Larsen
+Mogens Lindhardt
+Otto Emil  Paludan
+Emilie -, pige i huset på Erikshaab
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Petrea Schmidt, g. Brandstrup
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
+Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
+Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
+Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
+Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
+Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
+Christines anonyme brev til præsten var en sjov idé.
+Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
+Lauras ben er dårligt. 
+Johanne/Junge har været syg og hjemme fra Sollerup.
+En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
+Petrea har fået fjernet et bryst og lider.
+Laura Warberg når kun at skrive hver 14. dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Her
-[...2 lines deleted...]
-Højrup St
+Frøken Christine Warberg
+Vestergade 58
+Aarhus.
 [Håndskrevet i brevet:]
-Kerteminde Opland 27-6-01
-[...14 lines deleted...]
-Din Dis</t>
+Erikshaab d. 22-1-92.
+Kjæreste Basse!
+Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
+Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
+Mange Hilsener Mor.
+Lørdag Middag!
+Min søde Basse!
+Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
+- Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
+Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
+I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
+  </si>
+  <si>
+    <t>1899-07-17</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg til Astrid Warberg, 1899-07-17, 2438</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil gerne hentes ved toget tirsdag. Thora og Louise kommer torsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sFGy</t>
+  </si>
+  <si>
+    <t>[Kuvert forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup.
+[I brevet:]
+Mandag
+Kære Putte!
+Du kan troe, jeg blev glad for Dit gode Brev! Jeg vil gerne hentes ved Iltoget i Morgen (Tirsdag) men Thora og Muk kommer ikke før Torsdag, da Thora skal prøve Kjole Onsdag Aften. 
+Dejligt at se Thorvald! I skal ikke vente med at spise efter mig, hvis f. Ex. Pigerne skal sætte Tøj i Blød.
+Kærlig Hilsen Mor.</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
   </si>
   <si>
     <t>1901-09-28</t>
   </si>
   <si>
     <t>Gothersgade 129 København K</t>
   </si>
   <si>
     <t>Elna -
 Elna Borch
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Adolph Larsen
 Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
   </si>
   <si>
@@ -770,118 +838,50 @@
 [Skrevet med blæk:]
 Hr
 Sognefoged Axel Müller
 Bakkevej 8 
 Hareskov
 [Skrevet på kuvertens bagside:]
 Afs.
 A Warberg Müller
 Sallinge Kro
 Højrup
 [I brevet:]
 Sal[lin]ge Krou, Mandag 25 Jan. 37.
 Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
 Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
 Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
 II
 Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
 Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
 Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
 Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
 En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
 I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
 Kærlige Hilsner til Nusset og dig! Din egen Dis
 [Skrevet på langs på sidste sides venstre kant:]
 Frimærkerne er på retur!</t>
-  </si>
-[...66 lines deleted...]
-X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -958,51 +958,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1077,581 +1077,581 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="D4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>66</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>37</v>
-[...10 lines deleted...]
-      <c r="G8" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="I8" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>81</v>
-      </c>
-[...11 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>35</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>95</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="L11" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="M11" s="5"/>
+      <c r="M11" s="5" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>98</v>
+        <v>15</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>101</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>104</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>98</v>
+        <v>15</v>
       </c>
       <c r="E13" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F13" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="F14" s="5" t="s">
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>125</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>126</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>127</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>128</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>129</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L15" s="6" t="s">