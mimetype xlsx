--- v1 (2025-11-18)
+++ v2 (2026-01-09)
@@ -44,107 +44,274 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Vestergade 58 Aarhus</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup
+Lauritz  Brandstrup
+Johanne Caspersen
+Poul Caspersen
+Henrik Havemann
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Johanne Christine Larsen
+Mogens Lindhardt
+Otto Emil  Paludan
+Emilie -, pige i huset på Erikshaab
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Petrea Schmidt, g. Brandstrup
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
+Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
+Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
+Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
+Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
+Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
+Christines anonyme brev til præsten var en sjov idé.
+Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
+Lauras ben er dårligt. 
+Johanne/Junge har været syg og hjemme fra Sollerup.
+En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
+Petrea har fået fjernet et bryst og lider.
+Laura Warberg når kun at skrive hver 14. dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Christine Warberg
+Vestergade 58
+Aarhus.
+[Håndskrevet i brevet:]
+Erikshaab d. 22-1-92.
+Kjæreste Basse!
+Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
+Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
+Mange Hilsener Mor.
+Lørdag Middag!
+Min søde Basse!
+Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
+- Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
+Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
+I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
     <t>1898-02-03</t>
-  </si>
-[...10 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Erikshaab pr. Højrup St.</t>
   </si>
   <si>
     <t>Jens Theodor Berg
 Wilhelmine Berg
 Johanne  Brandstrup
 Louise Brønsted</t>
   </si>
   <si>
     <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
   </si>
   <si>
     <t>Laura Warberg kom frem uden søsyge. 
 Louise skal til eksamen i kemi.
 Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
 Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P2tE</t>
   </si>
   <si>
     <t>[Fortrykt: Postvæsenets logo] 
 KORRESPONDANCE-KORT.
 Til 
 [Håndskrevet:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 [s1:]
 Torsdag d: 3de
 Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
 Din Smaa.</t>
   </si>
   <si>
     <t>1898-03-15</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Tanus -
 Louise Brønsted
 Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
     <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
@@ -153,280 +320,218 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
 Vi længes så meget efter at høre om Far. Det foruroliger os så meget, at Dr. ikke mener han bliver rask til d. 3dje. Er det ikke Bronchitis? Vil du ikke nok skrive lidt udførligt om det! Jeg gik i Aftes ned i Pensionatet og tilbragte Aftenen meget hyggeligt med Junge og Lugge. Ta'nus har det udmærket.
 Så hører jeg din Mening snarest. Hilsen, særlig til Far - Pelle</t>
   </si>
   <si>
-    <t>1901-06-27</t>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1899-07-17</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
-[...123 lines deleted...]
-X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg til Astrid Warberg, 1899-07-17, 2438</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil gerne hentes ved toget tirsdag. Thora og Louise kommer torsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sFGy</t>
+  </si>
+  <si>
+    <t>[Kuvert forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup.
+[I brevet:]
+Mandag
+Kære Putte!
+Du kan troe, jeg blev glad for Dit gode Brev! Jeg vil gerne hentes ved Iltoget i Morgen (Tirsdag) men Thora og Muk kommer ikke før Torsdag, da Thora skal prøve Kjole Onsdag Aften. 
+Dejligt at se Thorvald! I skal ikke vente med at spise efter mig, hvis f. Ex. Pigerne skal sætte Tøj i Blød.
+Kærlig Hilsen Mor.</t>
   </si>
   <si>
     <t>1899-09-03</t>
-  </si>
-[...4 lines deleted...]
-    <t>Erikshaab Højrup Station</t>
   </si>
   <si>
     <t>- Bendtsen, Frøken
 Berta Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Louise Brønsted
 Katrine -, Erikshaab
 Alhed Larsen
 Augusta Mogensen
 Jupiter Mogensen
 Henning Schroll
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
   </si>
   <si>
     <t>Det er godt, at Christine venter et år med at tage til Askov.
 Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
 Laura har haft en god rejse og tager den følgende dag videre til Sverige.
 Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NBP7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Erikshaab
 pr. Højrup St.
 Fyn
 [Fortrykt på brevpapiret:]
 A.C. Warberg,
 Godsforvalter,
 Erikshaab pr. Højrup St.
 [Håndskrevet i brevet:]
 Søndag Formiddag paa Fars Værelse
 Kære lille Putte!
 Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
 Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
 Mor.</t>
-  </si>
-[...43 lines deleted...]
-Undskyld H[ulæseligt] Skriften.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -480,283 +585,110 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1892-01-22</t>
-[...48 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Frøken Christine Warberg
-[...1 lines deleted...]
-Aarhus.
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
 [Håndskrevet i brevet:]
-Erikshaab d. 22-1-92.
-[...174 lines deleted...]
-Fredag – 18</t>
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
   </si>
   <si>
     <t>1901-09-28</t>
   </si>
   <si>
     <t>Gothersgade 129 København K</t>
   </si>
   <si>
     <t>Elna -
 Elna Borch
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Adolph Larsen
 Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
   </si>
   <si>
@@ -838,50 +770,118 @@
 [Skrevet med blæk:]
 Hr
 Sognefoged Axel Müller
 Bakkevej 8 
 Hareskov
 [Skrevet på kuvertens bagside:]
 Afs.
 A Warberg Müller
 Sallinge Kro
 Højrup
 [I brevet:]
 Sal[lin]ge Krou, Mandag 25 Jan. 37.
 Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
 Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
 Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
 II
 Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
 Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
 Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
 Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
 En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
 I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
 Kærlige Hilsner til Nusset og dig! Din egen Dis
 [Skrevet på langs på sidste sides venstre kant:]
 Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -958,51 +958,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1077,581 +1077,581 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="E3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="F3" s="5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>66</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...20 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>71</v>
-[...10 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>76</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>79</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="I10" s="5"/>
+        <v>87</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>88</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>79</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>92</v>
-[...7 lines deleted...]
-      <c r="K11" s="5" t="s">
         <v>95</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L11" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="M11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>101</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>104</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="F13" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="G13" s="5" t="s">
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="H13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" s="5" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F14" s="5" t="s">
+        <v>117</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>124</v>
+        <v>79</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>125</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>126</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>127</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>128</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>129</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L15" s="6" t="s">