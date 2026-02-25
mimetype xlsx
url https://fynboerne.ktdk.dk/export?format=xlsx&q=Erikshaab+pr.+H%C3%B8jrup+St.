--- v2 (2026-01-09)
+++ v3 (2026-02-25)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="133" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>