--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -5,2063 +5,6260 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5044" uniqueCount="2711" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1915-05-15</t>
+    <t>Foto</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fotosamling, Fritz og Anna Syberg</t>
+  </si>
+  <si>
+    <t>Portrætfoto af Anna Syberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fqgA</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
-    <t>Else Jensen
-[...3 lines deleted...]
-    <t>Faaborg Museum</t>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Peter Geni
+Sven Joen -
+Otto Bache
+P.L. Brønner
+Peter Hansen
+Nicolaus Lützhøft
+P. Nansen</t>
+  </si>
+  <si>
+    <t>NB! Skanning af de midterste sider mangler - de bliver tilføjet senere.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz Sybergs arkiv</t>
+  </si>
+  <si>
+    <t>Anna skriver til Fritz Syberg, at hun netop er komme hjem fra Sebjerget med masser af forårsblomster. Vejret har været så godt, hun ønsker ofte, at Fritz kunne være der. Anna beklager sig over "bladsmørerne" og drømmer om, at de havde så mange penge, at det ikke var nødvendigt at sælge billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mpiN</t>
+  </si>
+  <si>
+    <t>3. udateret.
+[Tilføjet øverst med blyant: 3 Faaborg]
+Kæreste Dreng
+Jeg er nylig kommen hjem fra Sebjerg med Masser af dejlige Foraarsblomster, som nu staar og pynter alle Vegne, jeg ærgrer mig over, at Du ikke er her og kan nyde Synet; her er ogsaa Krokos fra Haven. Jeg har forresten daglig ærgret mig over, at Du i denne Tid har været borte, Vejret har været saa straalende, alt er saa kønt og jeg har haft meget Fritid (Sven Jøen og Peter Geni har nemlig været paa Landet) vi kunde have haft det saa hyggeligt. Ham vil kalder Taames kom nu, han sidder og nyder en Kop Kaffe, naar den er forsvunden skal den lille Haans og jeg med ham ud og se Brønners Dekorationsarbejde i Gaaeis Villa.
+Jeg synes, det er løjerlig at P. Nansen ikke skriver et Muk om Dig, han kan da umulig lægge Mærke til Peters Kornmark uden at se Dit, det maa da være den rene Chikane, hvor de Bladsmørere dog er nogle Lus alle til Hobe, men skidt, de gode Billeder holder sig dog i Længden oppe alligevel, bare Du kunde faa det solgt; hvor det er harmeligt at høre, at Galleriet giver 8000 for Baches Skilderi. Lützhøft var heller ikke nævnt, hvad udstiller han? Er Du ikke glad ved, at I hænger samlede? Bare vi dog havde saa mange Penge, at vi lige kunde hugge os igennem uden at Du behøvede at sælge det vilde være storartet Sjov, saa kunde vi blæse hele Rakket et Stykke; jeg vil til at spille i Lotteriet, i Morgen gaar jeg om og køber en Seddel, jeg vinder nok den store Gevinst og saa sikken et Leben.
+Farvel Kæreste, godeste, bedsteste Dreng, skriv snart til mig igen, men skriv Faaborg tydelig, det sidste Brev havde været paa Tuborg først.
+Min kærligste Hilsen
+Dit Høns .</t>
+  </si>
+  <si>
+    <t>Harald Bing</t>
+  </si>
+  <si>
+    <t>Anna skriver, at hun håber "Bing" snart beslutter sig. Det drejer sig sandsynligvis om Harald Bing, der på dette tidspunkt var leder af porcelænsfabrikken Bing og Grøndahl og man kan formode, at Anna har søgt arbejde her. Senere får hun arbejde på Den kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Anna glæder sig over en positiv bemærkning maleren Richardt Bergh åbenbart har gjort om Fritz. Hun lover snart at sende noget en madkurv. Hun venter på, at Bing skal beslutte sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGWt</t>
+  </si>
+  <si>
+    <t>[Anført for oven med blyant: 1 Faaborg ca 1891]
+Min kære, kære Dreng! Tak for Dit Brev, det glædede mig at læse Richardt Berghs Bemærkning om Dig, det er da en Trøst i al Elendigheden, at de Malere, der er noget ved, synes godt om Dine Billeder, der kommer vel en Tid, da der kommer Penge ogsaa. Det er saa trist for mig at tænke paa, at Du har det saa forbandet sløjt, hvis jeg var hos Dig og kunde dele Din Skæbne, saa vilde jeg ikke tage mig det saa nær, tror jeg, jeg gaar hele Dagen med en sort Samvittighed over al denne "Fraadseri og Drukkenskab," som jeg svælger i. Paa Tirsdag sender jeg en solid Madkurv med Flæsk, det kan jeg bedst undvære, jeg kan ikke faa den af Sted før, begrundet paa Helligdagene. Jeg ærgrer mig over, at jeg ikke for længe Siden har sendt én af Sted. 
+Kære Dreng, hvad skal jeg skrive til Bing, jeg har gjort fortvivlede Forsøg i Retning af et Brev, men de bliver saa daarne, saa daarne, saa daarne; da Du har talt med ham, kan Du saa ikke bedre "sætte et sammen," hvis Du vilde være saa elskværdig, kan Du derved spare mig mange Kvaler, skriv med det samme hans Adresse. Mester betragter min Københavnsrejse som fuldstændig opgivet, hvilket selvfølgelig tager Modet fra mig og gør mig melanktraurig; gid den Skurk til Bing dog snart kunde bestemme sig. 
+Min egen kære kære Dreng jeg længes mere og mere efter Dig for hver Dag der går, bare det dog ikke skal var altfor længe inden vi ses. Farvel min kære bedste Ven. Dit tovlige 
+T.</t>
+  </si>
+  <si>
+    <t>Anna forestiller sig Fritz i selskab med Skovgaards og glæder sig over, at Fritz fortæller hende om billederne. Hun ønsker, at han kunne få solgt nogle billeder. Hun savner ham og længes efter ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0gXG</t>
+  </si>
+  <si>
+    <t>[påført med blyant: 2 (Faaborg)]
+Lørdag Aften
+Min kæreste Dreng.
+Nu sidder Du altsaa hos Skovgaards; det kunde være vældig Sjov, om jeg kunde blive hekset derover et Øjeblik, saa vilde jeg gemme mig bag et eller andet og staa og lure jer af, jeg kunde især godt lide, at se Dig saadan en Aften; naar Du skriver fortæl mig saa lidt om den, hvis der har været noget "viere ve" den. Det er saa morsomt at læse Dine Breve, jeg er saa glad ved, at Du fortæller mig om Billederne, hvor Zarthmann maa være en storartet morsom Fyr, "Evahistorien" har frydet mig meget. Bare Du dog kunde sælge nogle Billeder, det vilde være saa herligt, ogsaa for mit Vedkommende, derfor tør jeg næsten ikke tro paa, at det bliver til noget; tænk, om vi kunde have det som i Himmerig en 8 Dages Tid. Kære D. nu har du været en hel Maaned borte, jeg er snart Fortvivlelsen nær, bare vi en dag faar hinanden at se inden ret længe. 
+De sidste 4 Aftener har jeg siddet muttersene her i Huset; den lille Haans er paa Trolleborg, Stren i Mode ?? Marie Pie paa Farten, saa har jeg siddet og længtes efter Dig og ønsket Du var her, saa skulde jeg have været saa sød imod Dig. Jeg har begyndt at rode Nissens fjollede Bibliothek igennem, læser for Tiden "Antigonos"; det er morsomt igen at faa fat paa en Bog. Kære Dreng, jeg maa af Sted med Brevet, inden det bliver for sent, jeg vilde gerne have, at Du skulde faa det i Morgen.
+Farvel min allerbedste, kæreste, eneste Ven. Dit lille, daarne
+T.</t>
+  </si>
+  <si>
+    <t>Harald Bing
+Franziska  Erichsen
+Syrak Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Den Bing, Anna nævner, er formentlig Harald Bing fra porcelænsfabrikken Bing og Grøndahl, hvor hun håber at få ansættelse.
+Mester er Annas far, malermester Peter Syrak Hansen. Når han og personalet er på landet hver dag, er det formentlig for at arbejde bl.a. med dekorationsmaleri på områdets herregårde.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
+  </si>
+  <si>
+    <t>Anna Syberg foreslår, at hun tager til København og præsenterer sig for Bing i håb om, at han derved ville føle sig forpligtet til at antage hende. Hvis Fritz er enig heri, skal det helst være mens Annas søster Marie er hjemme, da Anna anser det for umuligt, at hendes far, Mester, kan undvære en til at føre husholdningen. Anna mener at Fritz's forslag om at står for et feriekursus er en god idé, men er ked af, at det er nødvendigt at han tjener penge ved noget, han ikke har lyst til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GsQP</t>
+  </si>
+  <si>
+    <t>[øverst tilføjet med blyant: 4 Faaborg]
+Min kære kære Dreng
+Du ved ikke, hvor Dit Brev har glædet mig, jeg følte ved hver Linie hvor uendelig meget Du holder af mig; jeg glæder mig ogsaa ved Udsigten til snart igen at faa Dig at se, Tror Du ikke det vilde være det klogeste, om jeg rejste over og præsenterede mig for Bing, han vilde maaske saa føle sig lidt forpligtet til at antage mig. Hvis Du synes dette, da skulde det helst være, mens Marie Pige er her altsaa de 5 sidste Dage i Maj. Jeg kan nemlig indse, at det er en komplet Umulighed for Mester at undvære et Menneske her i denne Tid er han og hele Personalet paa Landet hver Dag, rejser med 9 Toget, kommer kl. 8, Huset skal altsaa lukkes imens, de skal selv rode med Mad Morgen og Aften, det gaar jo ikke i 9 Dage, jeg vil derfor, naar jeg rejser, sige til ham, at hvis han opdager, at Huset behøver et kvindeligt Væsen, kan han maaske faa Franziska. Jeg skulde altsaa rejse herfra paa Tirsdag, selv om dine Pengesager ikke er i Orden til den Tid, kunde jeg saa ikke komme alligevel, jeg tager en Madkurv med, og vi kan jo have det hyggeligt inden Døre? Dette maa Du svare mig paa straks, da jeg i Tilfælde af, at jeg bliver borte vil have mine Sager pakkede, saadan at Du kan expedere dem, naar Du kommer - din Plan med Hensyn til Feriekursuset tror jeg er god, kun gør det mig ondt, at Du for min Skyld skal give Dig af med noget, som Du ikke har Lyst til og som jo vil stjæle en Del Tid fra Dine Billeder paa den anden Side vil de maaske hindre økonomiske Bekymringer, især hvis Bing svigter mig, derved er jo mine Udsigter til at kunne tjene Penge gaaede i Vasken. - Kære kære Dreng, hvor jeg glæder mig til at se Dig, nu skriver Du nok straks, om Du synes, jeg skal komme Farvel min egen, elskede Ven
+Dit lille Høns.</t>
+  </si>
+  <si>
+    <t>1891-04-28</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver ganske kort til Fritz, at hun kommer i morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qoTY</t>
+  </si>
+  <si>
+    <t>Kære Dreng
+Jeg kommer i Morgen, Søndag. Glæder mig kolossalt!
+Farvel saalænge
+Din Trut</t>
+  </si>
+  <si>
+    <t>påske 1892</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Syrak Hansen
+Marie Schou
+Leonora Christine Ulfeldt
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna forklarer, at hun ikke har skrevet i et stykke tid pga travlhed, og nu er hun blevet frygtelig forkølet. Syrak har bedt hende skrive, at hvis Fritz har lyst til at komme til Sandholt eller Brendegaard efter Påske, så skal forpagterboligerne males. Anna har sagt, at det Fritz nok skal i gang med sit havebillede, men at det må han i øvrigt selv finde ud af. Anna har læst Leonora Christines Jammersminde og synes at hun derved endnu bedre forstår Zahrtmanns billeder af hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JKWb</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant: 8]
+Faaborg, Skærtorsdag.
+Kæreste daarne Dreng, Du gaar vel og venter Brev hver Dag og er vred paa mig, fordi der intet kommer jeg har haft travlt osv. Som Følge af al denne Travlhed, er jeg nu saa forkølet, at jeg nærmest ligner et rigtig fordrukkent Individ, min Næse er højrød og hoven, min Mund ligesaa, og Schlim og Schnot og Dævelskav strømmer ud i store Masser, saa jeg takker Himlen at Du er forskaanet for min Nærværelse i disse Dage. - Hvor det dog er kedeligt for Dig, hvis du intet sælger , det maa gøre et slemt Indhug i Din Tid, dersom Du nu skal til at male, som Smører, nu er det jo snart Tiden, at Du skulde have fat paa Dit Havebilede, jeg vil da ikke haabe, at Du bliver nødt til at opgive det for i Aar af den Grund. Syrak har bedt mig skrive, at hvis Du har Lyst til at komme til Sandholt eller Brendegaard, kan du komme der efter Paaske, Forpagterboligerne skal males; Mester vil gerne have Dig til at smøre, men det maa Du nu selv bestemme jeg sagde til Mester, at Du gjorde det vist ikke for Du skulde have fat paa Dit Havebillede. Jeg længes forfærdelig efter igen at se Dig, jeg har været saa trist i disse Dage, jeg ved ikke selv af hvad Grund, men jeg haaber, at det forsvinder saasnart vi ses - Jeg har i Dag læst i "Leonora Christines Jammers Minde" som interresserer mig umaadelig, hvor er det storartet at læse et saa djærvt og kraftigt Sprog, og hvilket Menneske har hun ikke været; efter at have læst det, kan jeg endnu bedre forstaa Zahrtmanns Billeder af hende, jeg synes, de skildrer hende ypperlig. --Kære, gode Dreng skriv snart igen, Tak for det sidst Brev, jeg længes al Tid saa snart jeg har sendt et af Sted. Marie Pie venter paa dette, jeg tør ikke selv gaa ud. Farvel min kære kære Dreng. Dit T. 
+Hils Franziska og Marie</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Første del af brevet mangler, men Anne fortæller om et nyt arbejde, som Marie har fået i stedet for arbejdet i Rigsdagen. Anna spørger til, hvordan det går med Peters billeder og om han har haft held med casein farverne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mZpT</t>
+  </si>
+  <si>
+    <t>[ Tilføjet øverst med blyant -- Anna til Fritz. Det lader til at første side af brevet mangler]. 
+Vinteren skal være der fra 11 til 8 med 1½ Times Middag, det er jo en noget lang Arbejdstid, men der er vist morsom at være, Marie er da meget ked af, at hun ikke kan være baade der og i Rigsdagen. Løn 40 Kr. --- Skriv snart og fortæl mig, hvordan det gaar for Dig, har Du faaet begyndt at male og begynder Du at forsone Dig med Fyn igen? Fortæl mig om Peters Billeder er gode, han han havt Held med sine Caseinfarver. ---
+Farvel min kære gode Dreng, du skal snart faa Brev igen.
+Et kyst fra Dit
+Høns
+Du fik vist mine Sko med, vil Du ikke give dem ind til Skomager Jørgensen og vede ham sætte nyt Overlæder og Saaler paa og sende mig dem snarest, da Bunden er ved at gaa af mine andre. Vil Du endvidere være saa sød at skælde Post ud fra mig 
+[På bagsiden]:
+Kjære Syberg
+har De noget, som De vil have udstillet i Jylland? svar mig meget snart. 
+[Henover dette har Anna skrevet]: Dette er meget gammelt
+[Og nedenunder]: Undskyld, at jeg skriver paa saadanne underlige Lapper.</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Peter Hansen
+- Rudbeck
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Anna synes, det er en storartet idé at købe en båd og kommer med forskellige forslag til, hvor de måske kan erhverve en. Marie skal til eksamen på lørdag og håber at få en plads i Rigsdagen (som stenograf).Anna har bestemt sig for at blive på fabrikken indtil videre. Hun vil gerne bruge nogle måneder på at tage sangtimer, hvis der kan blive råd til det. Franziskas lille datter Marie er syg, måske er det alvorligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Skij</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant foroven: 9]
+Torsdag aften.
+Kære D!
+Det er en storartet Idé den med Baaden, jeg har i Dag ikke tænkt paa andet end vore fremtidige Fisketure, de skal rigtig friske os op, saa at vi aldrig gaar og bliver gnavne og kedelige, og det kan jo blive en hel Indtægtskilde for os, naar vi bliver rigtig drevne, maa vi kunne fange saa meget, at vi kan sælge til Mesterhuset; det bliver grin. Mon Du ikke kan faa Rasmus Degns den store at købe, Peter kunde have faaet den for 80 Kr, tror jeg, men da han den Gang ikke havde saa mange Penge, købte Slup Johan den; det kan jo være at Slup Johan vil sælge den igen, men nu bliver den vist ikke saa billig, da han har sat nye Sejl paa. Det kan jo forresten hænde, at Din Onkel Lars kan skaffe os en. Rasmus Degns var saa dejlig indrettet, men egner sig maaske ikke til Fiskerbaad, - Bare vi dog havde Pengene, jeg har indrettet alt saa henrivende, men mangler Pengene, bare vi havde dem, vi behøver vist forresten ikke saa overvættes mange, vore Luftkasteller er heldigvis ikke saa kostbare - Marie gaar og er forfærdelig spændt paa Enden, hun skal jo op til Examen paa Lørdag, hvis hun faar en Plads i Rigsdagen, saa gifter de sig, fortalte hun mig i Forgaars, de kan jo ogsaa lige saa godt gifte sig nu som senere de faar sandsynligvis aldrig flere Penge. -Jeg har bestemt mig til at blive paa Fabriken, da jeg jo ikke kan være bekendt at forlade Sus efter et Par Maaneders Forløb. Hvis vi faar Raad til det, vil jeg rasende gerne synge et Par Maaneder hos Fru Levinsohn, inden vi rejser herfra, jeg kan mærke, at jeg trænger til et Omgang til. Frk Jessen har en dejlig Stemme, hun har begyndt at synge hos Fru Keller, der er meget henrykt over hende og har spaaet hende, at hun nok kan drive det videre end til Dagligstuesangerinde. Hun var her forleden Aften sammen med Fru Rudbek, vi havde det meget gemytligt og bestemte at faa sammen hen og høre Anna Petterson i næste Uge, Jeg maa altsaa lægge noget til side af min Ugeløn paa Lørdag tilat solde op, jeg havde bestemt at sende Dig 5 Kr. men kan nu af den Grund kun sende Dig 3 - næste Lørdag haaber jeg at kunde undvære nogle flere. Jeg skal sende Dit Billede paa Søndag, Franziskas lille Marie ser saa daarlig ud, Franziska er bange for, at hun er bleven smittet af Tante Karen, hun siger, at hun har alle Symptomer paa Brystsyge, hun vil hen paa Kliniken og have hende undersøgt. Jeg tor egentlig ikke, at Franziska vilde blive saa forfærdelig bedrøvet, om hun mistede hende, jeg blev meget forfærdet ved Tanken om at hun kunne være bleven smittet, men Franziska sagde, at det var jo baade "godt og ondt!" Farvel kære Dreng, send mig snart igen en Skrivelse, det er saa trøstende at faa Brev fra Dig. Et Kys fra Dit T.</t>
+  </si>
+  <si>
+    <t>1892-07-27</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Syrak Hansen
+Alhed Larsen
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Anna har været på "Bernina". Hun ønsker at være sammen med Fritz og tænker på ham hele dagen under arbejdet på Den kongelige Porcelænsfabrik. Hun har stadig nogle penge tilbage og glæder sig til at få udbetalt løn på fabrikken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IIhi</t>
+  </si>
+  <si>
+    <t>[Nummer tilføjet med blyant: 6]
+Kæreste Dreng
+Jeg sender Dig paa dette Papir en privat Hilsen og et Kys i Anledning af Dagen imorgen, siden skal vi paa et andet have udfærdiget en pragtfuld Adresse med Tilbehør. Jeg gør et lille Sold paa Bernina; Meme : Chokolade, Kaffe, Kager. Skov er indbudt, nærmest fordi at vores Kvindelighed ikke tillod os at gaa alene i Bernina. Jeg vilde nok saa gerne være hos Dig kære Dreng, vi kunde da højtideligholde Dagen oppe i den lille "Dagligstue" i Bankerne Jeg har i denne Tid tænkt meget paa hine Dage, hine vidunderlige Dage. Jeg tænker paa Dig Dagen lang naar jeg sidder ude paa Fabriken, jeg kan nemlig godt have mine Tanker alle andre Steder end ved Arbejdet; dette er ikke overdrevent indviklet, en af de første Dage tænker jeg at faa fat i det rigtige Postelin, vi har hidtil malet Prøver paa gamle Skaar; den gamle Øvemaler er meget glad ved mig, klapper mig paa Skulderen og Haaret; "Brænderen" koketterer med mig saa det staar efter, forresten bilder hele Fabriken sig ind at jeg er 15 Aar og Alhed 16. Tiden gaar for mig med rivende Hast, meget hurtigere end hjemme - Marie var henne hos Hoff i Gaar, han bad, om Du vilde kvittere for Beløbet, vi kunde da afhente det, naar vi lystede. Kære Dreng, for Tiden trænge vi ikke til Penge, Kaagge har faaet fra Mester og jeg har c. 30 Kr tilbage, desværre er en Tikroner bleven borte for mig (den jeg fik fra Kaagge) men jeg haaber endnu paa at kunne finde den, desuden vil jeg vist snart kunne faa Penge paa Fabriken, jeg sender Dig altsaa alle Pengene hvis jeg senere faar Brug for nogle skal jeg nok benytte mig af dem. Det var kønt af Dig at hjælpe Knolden, vi havde førend vi fik P.s Brev regnet ud at det vilde gaa saadan. Hvad mon Knolden egentlig har bedreven, jeg studerer undertiden i "Københavns Mulkter". Jeg saa forleden at en Mand var bleven dømt til at betale 40 Kr. for at uddele 6 Lussinger til ligesaa mange Folk, saa Knolden maa da have slaaet dem halvt ihjel; jeg vil haabe at han er Dig taknemlig. - Fra Kaage og Franziska skal jeg bede Dig gøre dem den kolossale Tjeneste at sende Moders Maskine, helst i denne Uge. Kan du ikke skrue Benene fast i Bunden af en lille kasse og saa dermed Basta, den staar ved Klaveret. Farvel kære kære Dreng. Tænk i Morgen paa
+Dit lille Høns
+[skrevet på hovedet øverst på brevets første side]:
+Send straks Hoffs Papir tilbage, Kaagge brænder efter at komme derhen igen, hun er formodentlig bleven forelsket i ham.</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz- og Anna Sybergs brevarkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender Anna sit foreløbige jagtudbytte og diverse hilsner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/c1Qb</t>
+  </si>
+  <si>
+    <t>Svanninge Præstegård
+Kære lille Høns!
+Hermed sender jeg Dig mit foreløbige Jagtudbytte. Kender Du ikke Dyret, da er det en Bekkasin, (vist en dobbelt). Solsorten har jeg selv spist da Forpagterkonen uden jeg vidste det havde lavet den til en Aften.
+Når man går ud fra at Urhøns smager af Blåbær og Lyng, så er det meget karakteriserende at sige om Solsorter at de smager af Hyldebær og Kirsebær – søde – . Skriv mig til hvordan at Bekkasinen smager. Du er naturligvis ikke forpligtet til at spise den med Indmaden skøndt det jo hør og bør sig. Det er en Skam der ikke er flere af den Slags Dyr derude det er voldsom Sjov at nedlægge dem. Jeg har ikke Tid at skrive mere denne Gang. Med mange Hilsener Dit dåme D. Hils Franziska og sig at hun ikke må være fornærmet fordi hun ikke får Brev – hun skal nok få snart, men jeg gider Gudhjælpemig ikke skrive i disse Dage. Ha’et godt mit lille T.
+Dit dåme D.</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz sender Anna sit foreløbige jagtudbytte. Det er en bekkasin - solsorten har han selv spist. Hvis urhøns smager af blåbær og lyng, så smager solsorter af hyldebær og kirsebær - søde. Anna må gerne skrive, hvordan bekkasinen smager. Det er en skam, der ikke er flere af den slags, det var sjovt at nedlægge dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Lhc</t>
+  </si>
+  <si>
+    <t>[Angivet med blyant: u/d. 1893]
+Svanninge Præstegård
+Kære lille Høns!
+Hermed sender jeg Dig mit foreløbige Jagtudbytte. Kender Du ikke Dyret, da er det en Bekkasin, (vist en dobbelt). Solsorten har jeg selv spist da Forpagterkonen uden jeg vidste det havde lavet den til en Aften.
+Når man går ud fra at Urhøns smager af Blåbær og Lyng, så er det meget karakteriserende at sige om Solsorter at de smager af Hyldebær og Kirsebær – søde – . Skriv mig til hvordan at Bekkasinen smager. Du er naturligvis ikke forpligtet til at spise den med Indmaden skøndt det jo hør og bør sig. Det er en Skam der ikke er flere af den Slags Dyr derude det er voldsom Sjov at nedlægge dem. Jeg har ikke Tid at skrive mere denne Gang. Med mange Hilsener Dit dåme D. Hils Franziska og sig at hun ikke må være fornærmet fordi hun ikke får Brev – hun skal nok få snart, men jeg gider Gudhjælpemig ikke skrive i disse Dage. Ha’et godt mit lille T.
+Dit dåme D.</t>
+  </si>
+  <si>
+    <t>1893-07-27</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frøknerne Larsen, Dagmar og Knold er.</t>
+  </si>
+  <si>
+    <t>Frøkenerne Larsen kommer ikke før mandag. Fritz havde tænkt at tage dampskibet til København den følgende dag, men er ikke rask nok til at rejse før på tirsdag. Han ankommer altså onsdag aften. Håber, at Anna skriver snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X9Fv</t>
+  </si>
+  <si>
+    <t>[Øverst angivet med blyant, antagelig oplysninger fra kasseret kuvert: Til Frøken Anna Hansen. Kong Georgsvej 36 27.7.1893]
+Fåborg Fredag
+Kære lille T!
+Det er vist noget Vrøvl jeg skrev til Dig i mit forrige Brev; hvert Fald kommer Frøknerne Larsen ikke før Mandag. Jeg gik her til Fåborg for at skrive til Dig at jeg vilde stikke af til København med Dampskibet i Morgen, men kan nok mærke jeg ikke er rask nok til at gøre Rejsen før på Tirsdag. Jeg kommer altså Onsdag Aften med Dampskibet. Desværre kan jeg ikke få at vide bestemt hvad det hedder, men det lægger an ved Kvæstusbroen og hedder vist enten Saxo, Fiona eller Horsens. Jeg kunde nok have Lyst at stikke med Toget for Nemheds Skyld, men kan så ikke få mine Syle til at strække til. Mange Hilsener.
+Skriver Du ikke snart lille T. Du er vel ikke også blevet syg. Jeg skal have skrevet en Lap til Lützhøft så Du får ikke mer denne Gang.
+Hilsen fra Knold og Dagmar der var her nu. Farvel lille gode T. Din dåme D.
+[På bagsiden: blyantsskitser af blomster]</t>
+  </si>
+  <si>
+    <t>1896-08-17</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Sverige
+Höljeryd</t>
+  </si>
+  <si>
+    <t>Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johs. Larsen fortæller, hvordan dagligdagen forløber under opholdet på Höljeryd i Sverie. Jagt, spisning, middagssøvn mm.
+Peter Hansen er kommet på besøg på Höljeryd. Johs. Larsen fortæller om en jagttur med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hdlm</t>
+  </si>
+  <si>
+    <t>Höljeryd 17 August 1896.
+Kæreste Alhed!
+I Dag tror jeg at jeg kan faa Lejlighed til at skrive et ordentligt Brev til Dem, det sidste maatte jeg jo stoppe midt i det. Vognen efter Peter skulde af Sted. Det er for Resten ikke med min gode Vilje at jeg sætter mig til at fylde dette Ark, men det regner og ser desværre ikke ud til at vilde holde op for det Første. Det regnede ogsaa i Tirsdags da Peter skulde hentes, ellers har vi haft dejligt klart Vejr hele Tiden. Vi havde ventet at Peter skulde komme omtrent Kl. 8 da Toget nemlig kommer Kl. 6 og havde Aftensmaden færdig og Ild i Kakkelovnen i Anledning af det han var vaad, der kom imidlertid ingen Vogn og vi sad og ventede med Maden og fyrede i Kakkelovnen til Kl. var henved 10 saa spiste vi og fyrede videre og lyttede til vi endelig hørte Vognen Kl. 11 og jeg gik saa ud med Aquavit Flasken og skænkede Peter og Kusken en Snaps. Vi fik saa Forklaringen, Peter var ikke naaet at skifte Tog i Halmstad og maatte saa vente og tage med et senere Tog, som imidlertid ikke gik længere end til Stationen før Landeryd, men da han havde været saa fornuftig at telegrafere til Vognen fra Höljeryd, havde Kusken sendt en Mand med en Dressine eller Trobi eller hvad saadan et Apparat hedder ned til Rissared, det er den Station hvor til Peter kom og den holdt og ventede paa ham og da han selv maate hjælpe til at drive den frem holdt han jo nogenlunde Varmen. Dagen efter var det dejligt Vejr og vi gik strax paa Jagt og fik hver en Graaand og næste dag fik jeg en Bekkasin og Peter en Krikand. Nu tror jeg at jeg vil fortælle Dem hvordan vi tilbringer Dagen hidtil har det nemlig været omtrent ens og det bliver det vel igjen naar vi bare faar godt Vejr. Om Morgenen staar vi op Kl. 6-7 og spiser saa Frokost og gaar paa Jagt Kl. 8 ½ - 9. Kl. ca 12 kommer vi hjem og gaar i Vandet og vasker Hundeneog vore Strømper og Sko og hænger dem op og tørre, dog ikke Hundene. Saa spiser vi til Middag hidtil Ænder, Bekkasiner og Snepper og Fisk eller Kalvesteg, Eftermad hver anden Dag Tyttebærrødgrød og Fløde og Blaabær og Fløde. Saa drikker vi Kaffe og derefter klæder jeg mig af og gaar i Seng og læser i Rigsdagstidende for Peter hvorefter jeg hviler mig. Peter siger jeg sover men det er Bagtalelse, og Peter læser det stenograferede igjennem. Kl. 3 ½ gaar vi saa paa Jagt igjen og saa den samme Historie med Fodtøj og Hunde og Omklædning og Mad og saa i Seng igjen. I Gaar gik Harejagten ind og om Morgenen var Peter og jeg ude paa Harejagt med Inspektøren, som haren støver, men da det var daarligt Vejr, det regnede omtrent hele Tiden – kunde vi ingen Harer faa op og maatte gaa hjem med uforrettet Sag. Om Eftermiddagen var det Opholdsvejr og vi gik ud med Jansen og traf paa en hel Del Vildt men fik kun en Tjur og 2 Urhøns det er i Grunden ækelt at gaa paa Hønsejagt naar man ikke er ene eller højst 2. Jeg blev saa nervøs at jeg ikke turde skyde og først til sidst skød jeg de 3 ovennævnte Fugle. Jeg har glædet mig meget til i Dag fordi jeg saa skulde med Tjalfe alene og Peter med Jansen, men nu er det jo ikke Vejr til det. I Fredags havde jeg en slem Ærgrelse med Jansen, jeg har taget den med for Peters Skyld, og for at jeg kunde gaa alene med Tjalfe, som i Grunden overtræffer mine Forventninger og opfører sig aldeles nydeligt, og saa vilde det Bæst, Jansen, ikke gaa med Peter skønt jeg skældte den ud og ogsaa en Gang gav den en Rap med Pisken, saa endte det med at den satte sig ned og vilde ikke flytte sig af Stedet, vi lod den saa sidde og da vi kom hjem var den kommen, men det var i Torsdag i Fredag var Peter efter [ulæseligt ord] yderst venlig i mod den og jeg sagde ingen Ting til den, før senere hen paa Formiddagen, da jeg havde stillet mig op ved en Sø og vilde have at Peter skulde lade den gaa ud i nogle Siv for at drive nogle Ænder op, da den ikke gjorde Tegn til at røre sig raabte jeg allé, og saa forsvandt den og den Dag kom den ikke hjem før efter at vi vare i Seng, sa kom den heldigvis, for jeg troede aldrig jeg havde faaet den at se mere. Jeg talte med en Mand Dagen efter som havde mødt paa Vejen til Höljeryd, saa jeg tænker den vilde have været hjem, men er kommen for sent til Toget. Nu efter at Peter har været alene ude med den et Par Gange gaar det helt godt. Nu ser det lysere ud i Vejret bare det vilde klare saa jeg kunde komme af Sted ud til Tjurer og Urhøns. De skriver at jeg vist er en frygtelig Despot – Tak for det Brev som jeg fik i Lørdags – jeg er lige det modsatte hvad jeg skal tillade mig at bevise med et Ex. fra i Dag. Da det havde regnet i Nat og var vaadt i Morges blev vi enige om at nøjes med en Tur i Dag og saa blive hjemme og spise Havregrød Kl. 11 inden vi gik ud da det imidlertid regnede for stærkt Kl 11 1/2 til at der foreløbig kunde være tale om at gaa, fik jeg Peter, for jeg turde ikke, til at gaa ud og sige at de godt kunde holde op med at lave Havregrød og begynde paa Middagsmaden, men De maa ikke tro der blev taget Spor af Notits af det, vi fik vor Havregrød Kl. 11 og Blaabær oven paa og nu sidder jeg her og Solen er lige begyndt at skinne, men nu kommer der en Byge til desværre. Jeg kan ikke forstaa at De ikke kan læse hvad jeg skriver, den Sejlmagers Kone hed Tagea, tror jeg nok. Forleden Dag fangede jeg en Drossel som har en daarlig Vinge den gaar her paa Gulvet og spiser Blaabær og laver et voldsomt Svineri, saa Enden bliver vist at jeg maa smide den ud. MH.t. at male er jeg nu naaet saa vidt at jeg har faaet lavet 2 Tegnebrædter og Marie har spændt Papir paa. Hvorlænge bliver De paa Langeland? Kan De svømme 100 Tag? 
+Jeg skal hilse fra Peter som sidder her og skriver sin Stenografi og fra Marie som er i Køkkenet og lægger Deig til Rug og Hvedebrød. Mange Hilsener fra Deres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-09-13</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Peder Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede, når han malede på Fyns Hoved, ofte hos landmand Peder Nielsen og dennes familie i Nordskov. Det var Peder Nielsens far, Niels Hansen, der sad model til billedet, som på grund af den iøjnefaldende baggrund kaldes Tapetmanden. 
+Maleren Peter Hansen gik til eksamen i stenografi for at kunne supplere sine indtægter ved at fungere som rigsdagsstenograf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen tegner to urhøns og en skovdue. Det skal gå hurtigt, inden de rådner.
+Larsen skal den følgende dag til Nordskov og give Peder Nielsen, hvis far var model til maleriet Tapetmanden, en akvarel med udkast til maleriet. Det er Peder Nielsens fødselsdag.
+Larsen vil, når han får sine sko fra skomageren, gå ned til Alhed Warberg på besøg.
+Peter Hansen var ikke i avisen nævnt som en af dem, der bestod stenografieksamen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AMtx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og saa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og saa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta[pet]manden” det er nem[lig] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekulere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Ullerslev</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Karl Schou
+Marie Schou
+- Skytte Knudsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Marie og Karl Schou, Syberg m.fl. har netop været på et ophold på Larsen-familiens gård Höljeryd i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde urhøns og en skovdue med fra Sverige, og han tegner nu i en fart, inden de rådner. Han kænges efter at komme i marken med Tjalfe. 
+Larsen skal til Nordskov og give en mand en akvarelkopi af Tapetmanden. Billedet er færdigt.
+Johannes Larsen kommer snart til fods til erikshaab. Han ville ønske, at han havde en cykel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Smqw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og sa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og sa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta [noget af papiret mangler] manden” det er nem [noget af papiret mangler] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekluere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-12-01</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Julie Brandt
+Peter Hansen
+Adolph Larsen
+Jens Rasmussen
+Marie Schou
+Peter Sus</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har lånt en alk, som han tegner.
+Peter Hansen har fået "mine Tulipaner fra Brandt" - der må være tale om et billede af tulipaner.
+Peter Hansen maler portræt af Fru Neckelmann, og han vikarierer for Marie Schou (som rigsdagsstenograf).
+Johs. Larsen maler på billedet På andetræk. 
+Johs. Larsen er glad for, at Alhed ser fremtiden i møde med glæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/19SI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Dec. 1896.
+Kæreste Alhed!
+Da jeg for Øjeblikket har et Stykke Papir som skal tørre inden jeg kan tegne paa det vil jeg benytte Lejligheden til at skrive et Par Ord til Dem. Jeg har ogsaa en Alk som hænger og tørrer ved Kakkelovnen og det er den jeg skal tegne jeg har lige været nede hos Chr. Andersen og laant den, han var nemlig ude i Gaar men fik et magert Udbytte kun en Graaand foruden Alken, hvorimod han overraskede mig sidst han var ude, det var da jeg sidst skrev, med at komme hjem med 11 Ænder. Jeg har ikke været med ham ude endnu. Det var ellers meget længe De trak det ud inden De skrev til mig eller rettere sendte Brevet for jeg ser jo at De begyndte om Torsdagen, men jeg var begyndt at længes temmelig stærkt da jeg drømte at jeg fik 2 Breve, som jeg strax saa var fra Dem og fra Peter Sus og det sidste indeholdt en Regning paa 7 Kr 6 Øre og saa i Lørdags var der ganske rigtigt 2 Breve, men det ene var fra Peter. Han havde faaet mine Tulipaner fra Brandt, men han kunde ikke blive klog paa om de havde været solgt eller hvordan det hang sammen, men Brandt havde da maattet hente dem ude paa Ørstedsvej. Peter maler et portræt af Fru Neckelmann i Casein og naar han er færdig med at vikariere for Marie vil han til Faaborg og trykke tapeter, og han foreslaar mig at lave Tegning til nogle, hvad jeg gerne vilde hvis jeg bare kunde, men jeg vil prøve paa det. Han beder mig hilse Dem naar jeg ser Dem. Forleden Dag fik vi en Vognladning Kraturer hjem fra Sverige, 4 Stude 1 Ko 1 Tyr og 2 unge Heste. Den ene af de sidste er et dejligt dejligt Dyr som jeg glæder mig meget til at komme ud at køre med. I Søndags og i Gaar fik jeg malet en hel Del paa mit Andetræksbillede med Agraren saa jeg nu er kommen temmelig godt i Gang med det, og i Dag skal jeg altsaa til at tegne ovennævnte Alk. De kan tro at det glæder mig at læse om den Glæde hvormed De ser Fremtiden i møde, jeg kan ikke tro andet end at min er endnu større og De kan være sikker paa at det ikke skal lykkes Dem at opnaa det mindste med Deres Advarsler. Det er et dejligt Vejr i Dag, det er næsten Synd at sidde inde. Jeg vil nu slutte for denne Gang med mine bedste Hilsner til min egen kæreste Alhed.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-12-20</t>
+  </si>
+  <si>
+    <t>Ellen Johansen
+Marie Larsen
+Christian Møller, maler
+Karl Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har malet på en akvarel af sin far i kontoret. Det er en bryllupsgave til hans bror. Han nåede ikke at blive færdig til brylluppet, fordi han skulle på jagt.
+Han har skudt en musvåge, som han tegner. Og Larsen har fået en måge af Maler Møller.
+Peter Hansen maler et billede af en jæger.
+Christine skal bo hos Johansens en tid og hjælpe datteren, Ellen, om morgenen, men ellers have fri resten af dagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FJgd</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Dec. 1896.
+Kæreste Alhed!
+Synes de ikke det er uforskammet at jeg ikke har skrevet til Dem før? Jeg er lige ved at synes det selv, men vil ikke destomindre køre op med alle de Undskyldninger jeg i Øjeblikket kan finde paa. Jeg vil begynde med at fortælle at da jeg kom til Ullerslev i Tirsdags Aftes var der ikke det mindste Sne og det havde aldeles ikke sne[e]t her paa Egnen. Næste Dag begyndte jeg at male tegne paa den Bryllupsgave til min Broder, som jeg vist har fortalt Dem om, det er en Aquarel efter det store ufuldførte billede med Fader i Kontoret skønt jeg har slidt saa voldsomt med det at jeg har drevet det til at tegne paa det ved Lys om Aftenen naaede jeg dog ikke at blive færdig med det, da der nemlig Torsdag Morgen var den nydeligste Sporsne man kunde ønske sig og jeg maatte altsaa ud paa Jagt. Ude i Marken traf jeg Maler Møller og vi gik saa i Forening efter en Hare, der imidlertid narrede os, og gik ind paa en Mark hvor vi ikke maatte komme. Jeg maatte saa gaa hjem da jeg skulde til Begravelse Kl. 11 ½, og da jeg var kommen omtrent ind til Byen skød jeg en Musvaage, som jeg ikke kunde lade være med at tegne saasnart Begravelsen var overstaaet, da Øjnene jo hurtigt tørrer ind paa saadan en død Fugl. Den blev jeg først færdig med Fredag Middag og da Brylluppet jo var i Gaar, Lørdag, kan De jo nok tænke at jeg ikke naaede at blive færdig, men jeg tænker at jeg naar det i Eftermiddag. I Dag fik jeg nemlig en smuk stor Maage af Maler Møller og Musvaagen skal jeg ogsaa have tegnet nogle Gange endnu. Jeg kom fra Bryllup i Aftes Kl. 12 og det var for Resten ikke nær saa kedeligt som jeg havde tænkt mig. Marie kom i Onsdags. I Gaar fik jeg Brev fra Peter, som nok er forfærdelig flittig, han har fundet en Sømand paa Gaden som er en fortræffelig Model og han maler ham som Jæger paa et stort Billede med Caseïn. Jeg ser at jeg er komen helt væk fra Undskyldninger, men jeg haaber at De af det foregaaende har faaet et levende Indtryk af hvor optaget jeg har været siden vi skiltes i Odense. Jeg tænker mig at de ogsaa skriver i Dag og glæder mig til at faa Brevet fra Dem i Morgen. Marie havde besøgt Schous i Kjøbenhavn, de var meget kede af det for den lille Dreng var meget syg af Mavepine, men da Peter ikke skriver noget antager jeg at det ikke er saa slemt. Marie var ogsaa hos Johansen og jeg tror nu det er bestemt at Christine skal der over hun skal nok hjælpe Ellen om Morgenen men ellers skal de have fri hele Dagen, saa det er jo udmærket for hende. I Anledning af Brylluppet var jeg ikke i teknisk Skole i Aftes, saa jeg ved ikke rigtig om [jeg] har Juleferie nu eller om jeg skal derom paa Tirsdag Aften og jeg ved heller ikke hvor længe den varer. Jeg er ellers meget spændt paa om det saa bliver Dem der kommer her, eller om jeg bliver nødt til at komme ned til Dem igjen. Jeg vil nu slutte og sende mine aller kærligste Hilsner til Dem fra
+Deres hengivne
+Johannes Larsen
+Kommentar:
+Tegningen af musvågen, som JL omtaler:
+Johannes Larsen: Musvåge. 17-18/12 1896. Rørpen og akvarel. 360 x 570 mm. Faaborg Museum.
+Gengivet i EP: JL s. 65</t>
+  </si>
+  <si>
+    <t>1897-01-27</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Agnes Slott-Møller
+Harald Slott-Møller
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Christine skal bo hos Anna og Fritz Syberg i Svanninge for at lære af Fritz Syberg og hjælpe til i huset.
+Maleren Th. Philipsen købte på udstilling Johs. Larsens Evighedsblomster og hævede endda prisen på det selv til 200 kr. "Fordi jeg fandt Billedet saa godt, og fordi jeg ville skaffe Dem en større Indtægt." 
+Johs. Larsen havde tre oliemalerier og ti akvareller med på udstillingen i Stockholm. Det var hans første udstilling i udlandet. 
+Om begge sager se Erland Porsmose: Johannes Larsen. Menneske, kunstner og naturiagttager. Gyldendal 1999 s. 62 og 63.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har fået brev fra Zahrtmann om udstillingen i Stockholm.
+Hans billeder er sendt afsted til Kunstforeningen. 
+Christine Larsen er endnu ikke rejst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zsHc</t>
+  </si>
+  <si>
+    <t>Kjerteminde 27 Jan 1897.
+Kæreste Alhed!
+Da jeg nu er kommen [i] Gang med at skrive ligger 6 – seks færdi[ge For]retningsbreve og Kl. [noget af papiret mangler] kan jeg ikke nægte [mig den] Fornøjelse ogsaa at [skrive] et Par Ord til Dig [noget af papiret mangler] reste. Jeg er nu kommen i Gang med ”Lopperne” men blev afbrudt i Morges ved at faa Brev fra Zahrtmann angaaende Stockholmer Udstillingen, som han skulde have Svar paa strax. Komitéen d.e. Z, Sko[noget af papiret mangler] og Slott Møller ønsker [at] faa ”Aprilaften” det er Aftenbilledet med Poplerne [noget af papiret mangler] hedsblomsterne og [noget af papiret mangler] Portræt, samt hvis [noget af papiret mangler]et Værelse til Teg[noget af papiret mangler], 4 Aquareller. Det [er et] meget godt Udvalg [af] mine Billeder, synes [jeg]. Bugten her er nu [noget af papiret mangler] fuld af Is og det [er] dejligt Vejr, bare vi nu ikke maa faa Tøvejr, og gid jeg snart var færdig med det Skidt jeg mener Lopperne.
+Det er vist længe siden at jeg har faaet Brev fra dig, ja det sidste [noget af papiret mangler] gyndt i Lørdags for [noget af papiret mangler] siden ser jeg at Uglen er endnu ikke rejst, men hun har svært i med at gøre [noget af papiret mangler] Tøj færdigt, saa hun [kan] komme af Sted. [noget af papiret mangler] og Maries Fødselsdage er der længe til endnu [det] er henholdsvis den 29 Maj og den 5 [Juni] Grundlovsdagen. [noget af papiret mangler] vist fortalt Dig at [mine] Billeder er sendt over til Kunstforeningen. Udstillingen skal aabnes i Morgen. Saa nu ved jeg ikke mere end at nu skal jeg ned til Middagsmaden og saa til at slide i Lopperne i Eftermiddag. Mange [noget af papiret mangler] af de allerbedste Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-02-01</t>
+  </si>
+  <si>
+    <t>Viggo Johansen
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har fået "lopperne" afsted (hvad er?) og sendt akvarellerne til Kunstforeningen. Oppermann roser fuglebillederne og kalder landskaberne overfladiske. 
+Larsen tegner en spidsandrik.
+Han har drømt om Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nHKT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Februar 1897.
+Kæreste Alhed!
+I Anledning af at jeg i Dag har faaet Lopperne sendt af Sted skal du have et lille Brev. Jeg har hængt forfærdeligt i med dem i den sidste Tid, bare de nu maa kunde benyttes. Du tvivler paa om jeg fik Aquarellerne [noget af papiret mangler] over i god Tid, det [noget af papiret mangler] jg og som Bevis vil [jeg bede] Dig læse Fru Johansens Brev, det var hende som hængte dem op. Jeg har ogsaa faaet Brev fra Oppermann som roser Fuglene for kraft og Finhed og Friskhed og skælder Landskaberne ud for Overfladiskhed, samt inviterer mig til Middag hos sig paa Onsdag, hvad der imidlertid ikke bliver noget af da jeg først rejser derover paa Søndag sammen med Uglen. Jeg har faaet saadan en nydelig Spidsandrik som jeg nu har taget fat paa i i Eftermiddag. Du skriver [at du] drømmer om [noget af papiret mangler] det gør jeg ogsaa [noget af papiret mangler] jeg vilde netop [have for]talt dig i mit forrige Brev at jeg havde drømt, at jeg var ude at spadsere med Dig og det var om Sommeren og Du var rød i Ansigtet og det klædte Dig saa smukt, den Dag jeg havde drømt det var det ogsaa ligesom jeg lige havde været sammen med Dig. Tænk nu har jeg ikke været ude at gaa eller været paa Jagt eller i det hele taget udenfor en Dør fraregnet naar jeg gaar paa Skolen [noget af papiret mangler]el Uge og nu i Dag [noget af papiret mangler] lige nær, naar jeg [noget af papiret mangler] ser ned skal vi spise [noget af papiret mangler] gider jeg ikke gaa [noget af papiret mangler] bagefter. Jeg skulde ellers have været til Broløkke i Dag, det skulde jeg for Resten have været hver Gang jeg ikke er paa teknisk Skole lige fra før Jul, men jeg snyder stadig og glæder mig over at være hjemme om Aftenen, men nu paa Torsdag maa jeg derop.
+Jansen har faaet 6 gulbrogede Hvalpe som Tjalfe er Fader til der lever 3 af dem. Saa nu vil jeg holde op for denne Gang, da Du jo nu faar 2 Breve at læse, det ene [noget af papiret mangler] jo bøde paa det [andet]
+Mange Hilsner til min egen Kæreste fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-02-06</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl  Hartmann
+Vilhelm Larsen
+Theodor Oppermann
+Ruben</t>
+  </si>
+  <si>
+    <t>Gækkenavnet optræder først i 1800-tallet, og da kaldes blomsten for sommergæk. Efterhånden begyndte navnet vintergæk at vinde frem. Til stor fortrydelse for visse. Bl.a. konferensråd Adlof Drewsen, der absolut mente, at navnet "sommergæk" måtte være det rigtige. 
+Et falsk og upoetisk flag
+I februar 1862 sendte han et brev og en potte med vintergækker til H.C.Andersen. Drewsen havde engang fortalt H.C. Andersen om sin kamp mod det "falske og upoetiske Flag", (navnet vintergæk) som blomsten måtte trækkes med. Andersen havde så lovet, at han ville skrive et eventyr med titlen "sommergæk", for derigennem at slå det "rigtige" navn fast én gang for alle. Eventyret blev også skrevet, men den sidste del af det - hvor vintergækken selv udtrykker ønske om at kaldes sommergæk - blev strøget da eventyret blev genoptrykt i 1866.
+Og folk blev ved med at kalde den for vintergæk, til trods for hvad H.C.Andersen mente... 
+Historie-online.dk</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har fået brev fra Theodor Philipsen efter at have sendt ham "lopperne".
+Hartmanns anmeldelse af udstillingen i Kunstforeningen omtales.
+Larsen har lavet to billeder af vildænder og en akvarel til Frk. Ruben.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aOZS</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Februar 1897.
+Kæreste Alhed!
+[er rig]tignok bleven flink [til at] skrive, derfor skal Du [ha]ve et lille Brev in[den jeg re]jser i Nat. Jeg kan [noget af papiret mangler] ikke huske hvornaar [noget af papiret mangler] skrev til Dig saa jeg [ved ikke] om jeg har fortalt Dag at jeg har faaet et Par Breve fra Philipsen i Anledning af at jeg sendte Lopperne til ham, han var meget glad ved dem og ved min Udstilling i Kunstforeningen. Du spørger om hvad det er for [noget af papiret mangler]kaber Oppermann [noget af papiret mangler] det kunde Du læse i Nationaltidende fra i Gaar eller i Forgaars, hvor gamle Hartmann med synlig Glæde konsta [noget af papiret mangler] Mangel paa [noget af papiret mangler] samtidig indr[ømmer at] jeg er en ret flit[tig] Mand. Samme [noget af papiret mangler] Brandstrup også [noget af papiret mangler] Omgang. Jeg er [noget af papiret mangler] jeg skal rejse og [noget af papiret mangler] ske, jeg var vel hjemme igjen, her er saa dejlig mange kønne Vildænder nu, men forhaabentlig bliver Vinteren nok ved nogen Tid, nu har den jo taget ordentlig fat, for min Skyld maa den gerne vare til [noget af papiret mangler] i Marts. Jeg var ellers lige ved at blive forkølet i Gaar Agraren hentede mig ned [noget af papiret mangler] Mand der vilde købe [noget af papiret mangler] Jansen har nemlig [noget af papiret mangler] Jeg stod ude [noget af papiret mangler] med bart Hoved [noget af papiret mangler] Overtøj i over en halv [noget af papiret mangler] det lykkedes mig [noget af papiret mangler] det Bæst til at give 20 [noget af papiret mangler]. I Gaar og i Dag har jeg lavet 2 Vildænder og den Aquarel til Frk Ruben, som jeg skal have med derover. Jeg haaber at jeg kan blive færdig til at komme her paa Onsdag, længere end til Torsdag vil jeg ikke være der [noget af papiret mangler] ak for den nydelige Sommergæk det er den første jeg har set i Aar. Hvis I ikke havde al den Forkølelse dernede [noget af papiret mangler] have spurgt Dem [noget af papiret mangler] hvornaar jeg sku [noget af papiret mangler] hen til Ullerslev [noget af papiret mangler] lille Kasse for a [noget af papiret mangler] Dig, jeg er pær [noget af papiret mangler] jeg er hjemme igjen [noget af papiret mangler] er for Resten ikke nær saa koldt som nede hos Jer det har vist kun frosset 10-11 Gr. naar det er værst. Nu vil jeg sige Farvel for denne Gang, min Kæreste. Mange kærlige Hilsner fra din Hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Johanne Giersing
+Peter Hansen
+Hinné
+Peter Klokker
+Kristian Kongstad
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Anna Syberg (Hønset) var, før hun blev gift, ansat ved Den Kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Christine Swane har mødt Anna Syberg i Kbh.
+Johs. Larsen har været med Peter Klokker og Chr. Andersen på jagt. De fik fem ænder, og de tre har han tegnet.
+Johs. Larsen skal male fire akvareller til Stockholm-udstillingen.
+Han fik ikke den levende and, som han fortalte om i sidste brev.
+Kongstad Rasmussens beder på sin svogers vegne om at låne en akvarel med tage til en udstilling i Dresden. 
+Johs. Larsen har ladet den norske bogfinke flyve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyRp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Febr. 1897.
+Kæreste Alhed!
+Jeg havde saa [noget af papiret mangler] glædet mig til [et Brev] i Dag, men jeg fik [in]gen. Efter denne [noget af papiret mangler] Indledning [vil jeg] udtale Haabet om snart at faa et, og saa gaa over til at tale om noget andet. Der var et langt Brev fra Uglen i Dag. Hun havde været hos Schous en Aften og hos Peter en anden, sammen med hele Rapsen er det ikke saadan Du kalder det? Hønset spadserede forbi dem paa Gaden med sine 2 Børn og mødte saa en Dame fra Porcelænsfabrikken, som brød ud i [noget af papiret mangler] over de dejlige [noget af papiret mangler] og tilsidst sagde: du en dejlig”, hvortil [noget af papiret mangler] : ”Hold Kæft”. Forleden Dag var jeg med Chr Andersen og en der heder Peter Klokker ude at skyde hele Dagen. Vi sejlede om Morgenen Kl. 7 ½ om kom først hjem om Aftenen Kl. 7. Det var en dejlig Tur men vi fik kun 5 Ænder til Deling. De 3 har jeg haft at tegne efter og i Dag spiste vi dem. Jeg skal jo saa have 4 Aquareller til Stockholm og jeg skal male dem inden den 15 i næste Maaned [noget af papiret mangler] var ude i dag for at [noget af papiret mangler] mig den Graaand [noget af papiret mangler] talte om sidst [noget af papiret mangler] var desværre gaa [noget af papiret mangler] Vej. Jeg har haft Brev fra Kongstad Rasmussen som paa sin Svoger Hinnés Vegne bad om de maatte faa den store Aquarel med Tagene, det samme Motiv, som Oljemaleriet, til en Udstilling i Dresden, som Hinné nok er Kommisær for, og den skal nu sendes derned. Jeg var nede i Haven i Dag, al Sneen er borte nu, og Gækkerne er lige ved at springe ud [noget af papiret mangler] moder at den [noget af papiret mangler] har staaet inde [noget af papiret mangler] er ved at [noget af papiret mangler] op alle sam[noget af papiret mangler] Kejserkronerne kende jeg endnu ikke noget til. Fuglen som jeg har fortalt Dig om har jeg ladet flyve ud i dag, det Svin, den var blevet helt fed nu. Nu vil jeg slutte med mange af de allerkærligste Hilsner, og ydmyge Bønner om at høre snart fra min Kæreste 
+[noget af papiret mangler] Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-07-04</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Søren Lund
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver skitser til billedet Sommerdag på Brinken/Fire piger på Lundsgårds Klint. På dette billede ses Alhed, Marie og Christine Larsen samt Johanne Warberg. Gengivet i Ernst Mentze: Johannes Larsen s. 81. Skitse til billedet i Mentze s. 80. Johannes Larsen beretter selv om maleriet i Mentze s. 88. 
+Indsat i databasen skitser til det færdige maleri, da foto af maleriet ikke haves.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal have Christine (søsteren) med op til Klinten for at tegne en skitse, inden han begynder på det store billede. Alheds søster, Johanne, må også snart komme. Billedet kan evt. stå i Truntehuset. 
+Hunden Tjalfe har en stor knude og huller i hovedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Or10</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Juli 1897.
+[noget af papiret mangler]gen Kæreste!
+[noget af papiret mangler] Dit Brev som jeg fik [noget af papiret mangler] jeg har malet et Skitse-[noget af papiret mangler]ingen og den fra [noget af papiret mangler] Aften skal jeg have [noget af papiret mangler] Christine med op i Klinten for at tegne en Tegning til inden jeg begynder paa det store Billede. Tjalfe kom op paa Formiddagen med en stor Knude og et Par Huller oven i Hovedet. Vi har haft travlt med at give Hø op i disse Dage. Marie og Christine har været med [noget af papiret mangler] hver Dag og i Gaar Eftermiddag var jeg ogsaa ude at hjælpe til. Peter kom her i Forgaars fra Kl. [noget af papiret mangler] og rejste i Gaar til [noget af papiret mangler] Søren Lund var he[noget af papiret mangler] Aftes paa Visit ha[noget af papiret mangler] i Dag til Sønder[noget af papiret mangler] Det forbavser m[noget af papiret mangler] kom hjem med [noget af papiret mangler] i hel Tilstand det havde jeg ikke ventet. Jeg vilde ønske at jeg snart skulde have Dig at se igen, for jeg længes efter Dig, men jeg maa vel have Johanne herned først, for jeg mener at hun sagde at det skulde være inden 14 Dage. Jeg tror jeg vil slæbe Læ[noget af papiret mangler] i Klinten saa snart jeg faar en Blændramme til det og [begy]ned at male paa [noget af papiret mangler] Forgrunden, og ellers [noget af papiret mangler] staa i Truntehuset [noget af papiret mangler]t. Vil Du ikke skrive [noget af papiret mangler]art, for jeg længes [noget af papiret mangler] efter Dig og jeg hol[der] meget af Dig. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen
+Jeg [skal] hilse fra Fader og Moder og Marie og Christine</t>
+  </si>
+  <si>
+    <t>1897-07-26</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Carl Høyrup
+Adolph Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
+Jansen var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>I.A. Larsen har af skipperen fået at vide, at de først kan sejle sidst på ugen. 
+Johannes Larsen har malet på Marie og Christine (Uglen) på Klintebilledet. Der går en dejlig hættemågeunge under sofaen, og Larsen fodrer den med regnorme.
+Larsen har skudt en stor kat hos Rasmus Pedersen. Den tog kyllingerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DuLn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1897.
+Min egen Kæreste!
+Tusind Tak for Dit Brev som jeg fik i Gaar. Jeg tror ikke at vi kommer af Sted før sidst i Ugen, jeg hørte før at Fader spurgte Skipperen om hvornaar han troede at han kunde blive sejlklar og han svarede at der vilde altid gaa et Par Dage endnu, Resultatet er altsaa at de ved det ikke. Du skal nok faa Brev saa snart der foreligger noget bestemt derom. Fredag og Lørdag havde jeg rimeligt godt Vejr til mit Billede og den første Aften fik jeg malet en Del paa Marie og Uglen og den anden paa Træerne og Kragekloen. Her gaar saadan en dejlig Hættemaageunge inde under Sofaen. Agraren kom med den i Formiddags. Den fejler lidt i den ene Vinge, men den kan nok komme sig, den har lige spist et Par Regnorme som jeg satte ind til den. I Gaar Eftermiddags var vi paa Besøg paa Scheelenborg, og spiste en Masse Stikkelsbær i Haven før vi skulde ind at spise til Aften saa det gik jo lidt ud over Appetitten. I Aften tænker jeg at det bliver Vejr til at komme i Klinten. I Middags skød jeg en stor graa Kat oppe hos Rasmus Petersen. Da vi kom og skulde i Vandet fortalte Konen at der lige havde været en Kat og haft fat i en af Kyllingerne og at den sad oppe ved Hegnet ind til Højrups Have. Rasmus rendte saa ind efter Bøsse og Patroner og jeg listede mig saa derop efter men Katten forsvandt ind bag Hegnet, heldigvis havde jeg ”Jansen” med og sendte hende ind efter den og et Øjeblik efter kom Fyren ganske rigtigt og blev skudt og begravet med det samme af Rasmus som havde en Spade ved Haanden, og var synlig oplivet over at den ikke skulde spise Kyllinger mere. Jeg har lige skrevet til Baronen og Peter og Marie har skrevet til Baronen og Hønset. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-07-29</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Christine Swane
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Man er på vej til Larsen-familiens ejendomme i Sverige.</t>
+  </si>
+  <si>
+    <t>Skipperen mener, at de er sejlklar lørdag (til Sverige). 
+Larsen har malet på Klintebilledet i godt vejr, men resultatet var ikke godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k3YM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 Juli 1897.
+Min egen Kæreste!
+Du faar kun et lille Brev fra mig i Dag, da jeg haaber snart at faa Dig at se. Skipperen mener nemlig at kunde være sejlklar paa Lørdag, og naar Du i Morgen faar dette Brev er det jo Fredag. Det var maaske det heldigste [at Du] kom Fredag Aften [noget af papiret mangler]a jeg formoder at Du [noget af papiret mangler]n blive færdig med [ret ko]rt Varsel og Fader [noget af papiret mangler] det er tids nok at Du [noget af papiret mangler]er Lørdag, vil Du vel nok benytte Dig af denne forlængede Frist. Uglen stak nu Ho[vedet] ind ad Døren og b[ad mig] hilse fra hende. Jeg antager at hun formoder at jeg skriver til Dig. Vi havde udmærket Vejr til Klintebilledet i Aftes, men jeg synes ikke rigtigt at Udbyttet svarede dertil. Vil Du hilse Dine Forældre og Søskende og Palludan. Mange Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-11-21</t>
+  </si>
+  <si>
+    <t>Svanninge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Christian Møller, maler
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
+Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
+"Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
+Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
+Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
+Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
+Billedet fra Taarbystranden (På andetræk) er færdigt, og Larsen er begyndt at tegne Christian Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y6TP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Novbr. 1897.
+Min egen Kæreste!
+Tak for Dit Brev i gaar. Jeg fik det om Morgenen og tog det med ud i Marken, hvor jeg opholdt mig næsten hele Dagen, jeg var kun hjemme for at spise til Middag. Jeg tog det frem for at læse det ude i Marken da jeg havde spist Frokost, men da det blæste saa stærkt og jeg saa der var Violer i maatte jeg putte det i Konvolutten igen og vente til jeg kom hjem med at læse det. Efter at jeg i Tirsdags og Onsdags Aftes havde været saa uheldig ude paa Taarbystranden, at skyde en And hver Aften uden at faa nogen af dem, var [jeg] i Torsdags saa heldig at sætte en Rekord for Andetræksjagten derude, ved at skyde 3 dejlige fede Ænder i 2 Skud, og faa dem alle 3. Næste Dag blev jeg imidlertid overgaaet af Maler Møller, han skød nemlig 3 Raadyr, de 2 sidste af et Skud. Der var den Dag Jagt paa Hverringe og der var jaget en hel Del Dyr herover, det var helt morsomt at se dem ude i Marken, Fader og Chr. Andersen var ogsaa derude, men der var ingen andre end Møller der var saa heldig at faa nogen. I Gaar var vi, d.v.s. Chr. Andersen og Møller og jeg derude hele Dagen som Du vil have set i Begyndelsen af Brevet men der var ingen Dyr i Gaar. Chr. A og jeg var paa Andetræk bagefter, men saa ingen Ænder, derimod kom der en Flok Graagæs lige hen over Hovedet paa mig, men de var lidt for højt, jeg prøvede dog alligevel med begge Løbene men, uden Resultat, Chr. A. skød ogsaa skønt han var endnu længere borte. Det glæder mig meget at Du ikke faar den Plads alligevel. Det var kedeligt at Du ikke kom paa Tirsdag, det var nemlig Meningen at de 3 Ænder skulde have været gemt til den Dag, jeg kan huske at Du syntes at de tørre Ællinger ovre i Sverige smagte bedre en[d] Urhønsene, saa jeg kunde nok lide at Du skulde have smagt dem naar de er fede, nu maa jeg nøjes med at fortælle Dig at de smagte udmærket vi spiste dem nemlig til Middag i Anledning af at Agraren er hjemme. Det er udmærket Vejr i Dag, naar jeg bliver færdig med dette Brev skal Agraren og jeg ud paa Andetræk. Klaks er nede paa Ditlefslyst eller i Svanninge, men det fortalte jeg vist sidst. Der har været Brev i Gaar fra Marie og Christine som begge har det godt, Marie er glad ved at være derovre og synes godt om Folkene hun er hos. Jeg synes at det er et meget kønt Selvportræt Du har lavet, hvis det klæder Dig ligesaa godt som det ser ud til paa Tegningen synes jeg det er en udmærket Maade at sætte Haaret paa. Jeg tror at Billedet fra Taarbystranden er færdigt nu, og det er ganske heldigt da Vandet nu begynder at stige saa meget derude at jeg snart ikke kan komme derud mere. Chr. Andersen har jeg begyndt at lave nogle Tegninger med Pen efter ham, men blev saa afbrudt i Forgaars af den Dyrejagt jeg saa og skulde lige til at begynde paa en Tegning til da Georg kom og meldte at Fader havde set 4 Dyr derude. Nu maa jeg slutte for at faa Brevet med 4 Posten. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-15</t>
+  </si>
+  <si>
+    <t>Nibe</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>En skipper fra Nibe er på besøg med henblik på at købe et af I.A. Larsens skibe (Johannes Larsens far var bl.a. skibsreder).
+Det går godt med maleriet af Chr. Andersen.
+Johannes Larsen har fået lavet en ramme til et billede med roser, og Peter Hansen vil forgylde den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4pEK</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Februar 1898.
+Min egen Kæreste!
+Jeg sidder her hos Chr. Andersen og skriver dette. Der er en Mand hjemme som vil købe et af Skibene og de sidder og snakker om det saa jeg ikke kunde komme til at skrive hjemme. [Noget af papiret mangler] da jeg kom her ned sad Chr. A. og skrev saa jeg mente [Noget af papiret mangler] at jeg passende kunde gøre det samme. Bare det kunde blive til noget med den Handel. Manden en Skipper fra Nibe kom i Gaar, det er en stor og gammel Bayer, med et forfærdelig Snakketøj, Munden stod ikke paa ham fra han kom til vi gik i Seng. Jeg maa nok til at skynde mig for Pigen staar og vil paa at gaa over med Brevene. Det gaar godt med Maleriet. Tak for Dit Brev i Morges. Jeg har nu faaet lavet en Ramme til Roserne og Peter vil forgylde den. Han synes godt om Roserne. Mange kærlige Hilsner fra Din Kæreste. Du maa undskylde at der ikke kommer mere denne Gang 
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-02-19</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen
+Anders  Kragh</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har redet på en hest for at agere model for Peter Hansen, som maler en plakat med en kentaur.
+Peter Hansen er ved at forgylde rammen til Larsens billede med roser, og Larsen har fået lister til ramme til Chr. Andersen lader patroner.
+Larsen har fået penge fra Teknisk Skole og betalt sin gæld. Han henter Alhed i Ullerslev den næstkommende lørdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TXi3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 19 Februar 1898.
+Min egen Kæreste.
+Tak for Dine Breve i Gaar Eftermiddag og nu til Formiddag, Du ved ikke hvor glad jeg bliver ved dem. Jeg kom sent op i Dag og var ude i Marken og ride rundt paa Bolm til Fordel for Peter, han laver nemlig noget med en Centaur, det er Plakater men det er maaske en Hemmelighed. Det var ellers rart at faa lidt Varme i Kroppen og jeg malede saa rart oven paa Turen. Nu efter Middag har jeg været henne hos Kragh og faaet 50 Kr. og været ude omkring i Byen og betalt min Gæld. Peter er ved at forgylde Rammen til Roserne og jeg har nu faaet Listerne til Chr. Andersens Ramme, jeg tænker at Du kan faa det at se i Rammen medens Du er her. Vil Du bare lade være at skrive saadan noget Sludder om at Du skulde forstyrre mig og lade være at komme af den Grund, jeg tror Du er gal. Det er aldeles nødvendigt at Du kommer, der er ikke mere end 8 Dage til nu, jeg henter Dig i Ullerslev paa Lørdag, ikke sandt. Du maa ikke blive ked af at der ikke er mere denne Gang, jeg er bleven forsinket af at rende i Byen og Kl. er nu 2 og jeg maa ned til mit Arbejde. Kan Du se at jeg lader mig ikke forstyrre. Mange kærlige Hilsner til min egen Kæreste fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-03-06</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Maren -
+Christian Andersen
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Søren Lund
+Rasmus Petersen, Gartner
+Henrik  Pontoppidan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Christine bor hos Sybergs i Svanninge og følger Sybergs tegnetimer på Teknisk Skole i Faaborg.
+Fritz Syberg ejede i mange år Johannes Larsens maleri af valmuer. Da Kerteminde Museum (senere Østfyns Museer) blev oprettet, skænkede Fritz Syberg billedet til samlingen dette sted.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på billedet af Christian Andersen. Christine Larsen (senere Swane) kan evt. bede Søren Lund om at hjælpe sig. 
+Larsen beder Christine om at spørge Fritz Syberg (Baronen), om han vil låne ham valmuerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MaOJ</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 6 marts 1898
+Kjæreste lille Dinemor!
+Du har jo rigtignok lige faaet et Brev fra mig, men du er vel ikke ked af der kommer et igjen.
+Tak tusinde Gange fordi der var et i dag, I er rigtignok nogle søde Piger til at huske vor Søndagsglæde Gud ske Lov for Eder – 
+Johannes maler flittig paa Christian Andersen og jeg troer han faar et godt Billede af ham
+Klokken er bleven saa mange at jeg maa nok skynde mig for Marie vil ogsaa gjerne have et lille Ord inden jeg rejser – og det bliver i denne Uge -, hun Marie har meget travlt de har lige vasket stor Vask og skal slagte en Tyr men saa lærer hun jo at bestille noget og ogsaa hvordan der skal laves og bruges – men Hovedsagen er dog for mig at hun er kommen til Mennesker hun synes om.
+Adolph sidder og læser en Bog af Pontoppidan vistnok hans første Arbejde den hedder ”Kirkeskuden” vi har alle læst den, Faer med
+Hvor det glæder mig at du er saa langt fremme med dine Arbejder, ja det kan vistnok at Johannes er derovre det kan vi jo selv ordne naar du helst vil have ham ellers kunde du vel mest faa en af de unge Malere eller Søren Lund, men det skal nok klare sig det er af Smaatingene
+Marens Kjæreste skal rejse i morgen han skal med ”Najaden” af Faaborg og vil ikke komme hjem før han har tjent sig 200 Kr men det behøver heller ikke at vare længe naar han faar 46 kr om Maaneden, nu gik de i Kirke og saa vil jeg ikke se hende mere i dag
+Det var hun glad for – saa I Aften kan du se både Vilhelm og Agraren hjælpe mig at dække bord – det skal blive Kommers – 
+Vinteren holdt sit Indtog igaar med frost og Blæst og i dag sner det maaske vi nu skal have Kulde en Tid – 
+Rasmus Petersen sagde det er en god Dæmper paa alle disse der vil lægge Kartofler allerede jeg var ogsaa lige ved at mene det var Foraar - blot vi maa faa godt Vejr til vores Rejse – Maaneskin er det – og det er jeg glad for
+Hils den lille søde Dreng fra mig hvor det dog glæder mig at høre om saadanne smaa opvakte Børn, Oppe hos Georg har de opdaget at Drengen er musikalsk han sidder opmærksom og lytter naar Julius blæser Cornet eller Jørgine spiller Ghitar han seer ogsaa med Fornøjelse paa Blæksprutten Marie kjører med ham hjem hos Forældrene og han sover saa dejlig ovenpaa saadan en Tour
+Det er bedre med Alheds Fader han maa vist komme op i denne Uge – hun skal til Kjøbenhavn igjen om en lille Tid.
+Hvor jeg glæder mig til Paasken og til at se dig være det gjør du dig ingen Ide om kan du blive færdig til Paasken med hvad du skal dernede eller du skal derned igjen Din Moder
+Skriv snart Uglen. Hils baronens Mange Hilsner fra din Broder Adolph
+Mange Hilsner til Dig og hele Baronfamilien fra Klaks
+Kjerteminde 6 Marts 1898
+Kære Christine!
+Vil Du spørge Baronen om han saa vil laane mig de Valmuer, og om han i bekræftende Fald vil sende dem saa betids, at jeg kan naa at faa lavet Ramme til dem. Dette maa Du svare mig paa omgaaende da anmeldelsen skal indsendes senest Onsdag. Hils alle fra mig. Mange kærlige Hilsner til dig selv fra Din hengivne 
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-05-04</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Lars Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsens akvarel af kejserkronerne, 1898, blev udstillet hos Winkel &amp;amp; Magnussen 1906 og igen samme sted 1939, hvor det blev solgt for 75 kr. Køber ukendt.</t>
+  </si>
+  <si>
+    <t>De tidlige tulipaner springer ud. Johannes Larsen maler en fluesnapper og tegner kejserkroner som udkast til en akvarel. Akvarellen af havnen i Kerteminde (tidligere omtalt) blev pæn.
+Gottschalk, Peter Hansen og Fritz Syberg (Baronen) har haft salg på Den Frie Udstilling. Philipsen har skrevet, at Peter Hansen arbejder på billedet Legende børn på Christianshavns Vold.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pdj3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Maj 1898.
+Min egen Kæreste!
+Tak for Dit Brev, som jeg [al]ligevel fik i Morges, da jeg [noget af papiret mangler] nogle Aftener havde hen[tet] Post og faaet Brev havde jeg faaet den Opfattelse at de Breve jeg fik om Morgenen vare komne om Aftenen men det slaar altsaa ikke til hver Gang. Det var et dejligt Vejr i Morges efter den milde Regn i Aftes og i Nat. Da jeg kom ned i Haven vare alle Plænerne lysegrønne af Græsset som var kommet og i Gaar var der ikke Spor at se, og 4 af de tidlige Tulipaner som i Gaar havde næsten grønne knopper vare ved at aabne sig og i Dag ere de helt udsprungne. [noget af papiret mangler]middags sad jeg oppe [paa] mit Værelse og malede efter Fluesnapperen og i Eftermiddag har jeg siddet nede i Haven og tegnet Kejserkroner, jeg blev afbrudt af en Tordenbyge, men det varede ikke ret længe saa skinnede Solen og jeg kunde gaa derned igen. Jeg vil lave en Aquarel af dem og hvis vi faar Solskin i Morgen saa jeg kan tegne dem færdig [om] Formiddagen og male om Eftermiddagen tænker jeg at jeg kan faa det meste gjort. Det blev en hel køn Aquarel af Havnen, som jeg jo blev færdig med i Gaar. Jeg ser i Pol[itiken] at Gottschalk har solgt en [noget af papiret mangler] og Peter sin Aquarel for 200 Kr. og Baronen 2 til 200 Kr Stk. til Lars Larsen. Peter bestiller noget, Philipsen skrev forleden at han maler et Billede med legende Børn paa Christianshavns Vold og han kan faa saa mange Modeller han vil for 10 Øre Stykket. Det har lynet og tordnet her i Aften. Naar Du faar dette Brev er det Torsdag, saa [er] der kun en Dag til jeg kommer det er ikke ret længe, bare jeg nu kan faa Kejserkronerne færdige, men det haaber [jeg] at jeg gør, jeg skal hænge [vold]somt i, i Morgen. Du kan være vis paa at jeg glæder mig til paa Lørdag. Jeg ved ikke rigtig om jeg skal tage med Dagvogne eller hvordan men jeg finder vel ud af det. Mange Hilsner fra Din Kæreste som længes meget efter Dig. Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-01-30</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Alfred Eckardt
+Peter Hansen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Frederik Lützhøft
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København for at arbejde for Joakim Skovgaards på dennes forarbejder til kalkmalerier i Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alhed har sendt erantis i et brev. Johannes Larsen har grunderet en plade, som han skal kopiere Eva over på. Han har hentet sit billede af faderen og hunden Bob. Tidsskriftet Vagten har skrevet, at de gerne vil bringe flere af Larsens fugletegninger, men uden honorar. Dr. Lützhøft vil købe en akvarel. Larsen håber så at kunne betale sin gæld til Fru Bacci. Han håber ikke, at Alhed har opgivet at komme til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3hHU</t>
+  </si>
+  <si>
+    <t>[Købe]nhavn 30 Jan. 1899.
+Kære lille Alhed!
+Tak for Dine 2 Breve i dag især for det sidste, med de smukke Blomster, de 2 Eranthis saa saa smukke ud paa Papiret, men jeg kunde alligevel ikke lade være med at tage dem ud og sætte dem i [Vand] og nu ere de helt ud[sprungn]e igen. Jeg har ikke [noget af papiret mangler] bestilt andet i Dag [end g]runderet en Plade med Kalk og Casein, som jeg skal copiere Eva paa, i Morgen tidlig begynder jeg, jo det er sandt jeg har faaet hentet mit Billede [af] Fader og Bob og faaet det i Pleje hos min Fætter Alfred hvor Uglen bor. Jeg fik i Dag Brev fra det nye Tidsskrift Vagten, som gerne vilde have flere Fugletegninger af mig, men ikke honorerede dem, derimod skrev de at det var en Selvfølge at de blev ved at være min Ejendom. Du klager over at jeg ikke har skrevet, [eller] rettere at Du ikke har [hørt] fra mig i 3 Dage, men [jeg skrev] jo dog til Dig i Lørdag[noget af papiret mangler] Efter at jeg havde [noget af papiret mangler] kom Dr. Lützhøfft her, han fortalte at han kunde saa godt lide den Aquarel fra Fyns Hoved som hænger her [og spu]rgte om jeg ikke havde en han kunde faa for en billig Penge, jeg har jo en der ligner den og skrev strax efter den for at han kan faa den at se og nu haaber jeg at jeg kan faa den afsat for en 30 Kr.s Penge saa at vi kan faa sendt de Penge til Fru Bacci, som begynder at trykke mig. Det er jo skidt at Arbejdet saa [noget af papiret mangler] holdt op, bare det nu [ikke] skal vare for længe med [de] Kopieringshistorier, for [nu er] der jo ikke saa forfærdelig længe til Peters rejser og til den Tid skulde jeg jo gerne begynde at tjene noget igen, og saa skulde Du vel ogsaa helst være herovre. Du skriver ikke en Smu[le om] at komme mere, Du har da vel ikke opgivet det? Jeg længes efter Dig. I Gaar var jeg ude hos min Fætter, saa med Uglen og Klaks ude omkring lange Linie og henne at spise til Middag i store Kongensgade og derfra gik de paa Concert og jeg ud til Schous. Jeg er alene hjemme nu og begynder at fryse saa jeg tror snart [jeg vil] i Seng d.v.s. jeg vil for[noget af papiret mangler] om jeg ikke skulde skr[noget af papiret mangler] med det samme jeg [noget af papiret mangler] God Nat min egen K[æreste] Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-02-09</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Karl Jensen
+Otto Emil  Paludan
+Joakim  Skovgaard
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejder for Joakim Skovgaard i København. De laver forarbejder til kalkmalerier i Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alheds rejse til København er blevet udsat, da hun er syg.
+Johannes Larsen kan ikke blive klog på Joakim Skovgaard og på, hvor meget arbejde han har til ham. Han vil gerne lave nogle store fuglebilleder til udstillingen (på Den Frie). Han og Alhed kan ikke leve af Skovgaard-lønnen hele sommeren, så der må gøres noget.
+Peter Hansen og familie er endnu ikke rejst, og Elise Hansen er misfornøjet med det. Peter Hansen har vist mest lyst til at blive hjemme og male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dtRN</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Torsdag 9/2 [noget af papiret mangler]
+Min egen kæreste Ven!
+Tak for Brevet, det var da godt jeg fik det, saa at jeg ikke skulde gaa og vente forgæves efter Dig ude paa Banegaarden for saa var Skuffelsen jo bleven en hel Del større. Jeg var egentlig slet ikke saa ked af at Du ikke kom, da jeg havde læst Brevene for det havde da været meget værre hvis Du var kommen syg her over, og jeg saa skulde gaa og arbejde hele Dagen, og tænke paa at Du sad alene og var daarlig jeg tør næsten ikke [noget af papiret mangler] til at komme paa Tirs[dag] hvor meget jeg end længes efter Dig. Ja hvis Du kunde komme herover for de Par Dage og saa rejse igen. Jeg ved hverken ud eller ind, for jeg har ingen Ide om hvor meget Arbejde Skovgaard egentlig har til mig, jeg kan ikke blive klog paa ham, i Forgaars mente han ikke at der var mere end til en Dag eller 2, og at han saa først fik Brug for mig naar vi skulde til Viborg. Jeg havde saa bestemt mig til at tegne et Par Dage i zoologisk Have [og saa] rejse til Kjerteminde [med] saa mange Billeder til Udstillingen, som [jeg kun]de overkomme, men s[aa] dukkede der pludselig en hel Del op og nu kan jeg ikke overse hvor meget der er eller hvorlænge jeg kan være om det, men jeg har en Mistanke om at det nok ikke er saa overvældende meget som han tror. Jeg har nu faaet Lyst til at lave nogle store Fuglebilleder til Udstillingen og jeg tror jeg vil kunde sælge noget i den Retning hvis jeg faar det lavet. Saa meget er da vist at det der kan blive tilovers fra Arbejdet hos Skovgaard kan vi ikke leve af i Sommer, saa der m[aa] jo gøres noget i and[re Retn]inger. Jeg længes meget [efter] at tale med Dig, saa hvis Du bliver forfærdelig rask til paa Tirsdag, men jeg ser dette Brev er aldeles forfejlet, det var nemlig min Hensigt paa det kraftigste at raade Dig til at blive hvor Du er. Vil Du hilse Din Moder og takke for Brevet, vil Du ogsaa hilse Din Fader og Paludan. Jeg var hos Karl Jensen i Aftes sammen med Peters, de ved endnu ikke noget bestemt, men Fru P. er temmelig misfornøjet med at det trækker ud, Peter vilde vist helst blive hjemme og male paa Voldbilledet. [noget af papiret mangler] kærlige Hilsner fra
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-02-18</t>
+  </si>
+  <si>
+    <t>Niels  Dorph</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet et brev til Anna Syberg på bagsiden af dette. Se brev fra Fritz Syberg til Anna Syberg fra den 22. marts 1899.</t>
+  </si>
+  <si>
+    <t>N.V. Dorph skriver angående muligheden for at få bragt en gengivelse af et af Fritz Sybergs værker fra Forårsudstillingen 1899 i aprilnummeret af "Kunst".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2UkI</t>
+  </si>
+  <si>
+    <t>Kunst. Redaktionen.
+København, den 18 Feb 99
+Herr Fritz Syberg!
+Saafremt De kunde ønske en Gjengivelse af et af Deres Arbejder paaForaars-Udstillingen 1899 optaget i den Oversigt, som ”KUNST” vil bringe i sit Aprilnummer, bedes De snarest tilsende Undertegnede et Fotografi, eller – helst – en Tegning (Brudstykke, Forarbejde e.l.), som naturligvis vil blive retourneret med Tak efter Benyttelsen.
+Ærbødigst
+N.V. Dorph.</t>
+  </si>
+  <si>
+    <t>1899-03-20</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Johanne Giersing
+Jørgen Hansen
+Anders Madsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at det er blevet vinter. Dagen forinden var han og Tuk med Jørgen Hansen ude at sejle. Ved Dyreborg blev de overfaldet af en snebyge med hård blæst og måtte krybe i læ og så vende hjem. Tuk sov gennem det hele og er i dg ude at køre med slæde. Besse går ud med ham men kommer straks tilbage og fryser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Vzls</t>
+  </si>
+  <si>
+    <t>Svanninge 20 Marts 1899
+Kære Høns
+Vi har fået Vinter her, hvordan er Klimatet hos Jer? I Går var vi ude at sejle, Jørgen Hansen, Tuk og jeg. Vi kom kun til Dyreborg, så blev vi overfaldet af en Snebyge med hård Blæst og måtte krybe i Læ ved Anders Madsens Bro. Efter at vi havde ventet en Times Tid, hvori Vejret tog til stak vi hjem igen. Tuk sad hyllet i min Kavaj, Islænderen og den store Skindpels og fald i Søvn og sov fra hele Historien. 
+I Dag er han ude og kører med Slæde, Vinden og Forårsluften har snart farvet ham til Indianer Besse går ud med ham en Gang imellem, men kommer straks hylende tilbage og fryser.
+Tak for Brevet og Farveladen, Børnene står allerede og smører løs af alle Kræfter. Du skriver ikke noget om om Oppermann får solgt nogen Akvareller? Mange Hilsener fra Din Fritz
+Hils Fransiska og Marie.</t>
+  </si>
+  <si>
+    <t>1899-03-22</t>
+  </si>
+  <si>
+    <t>Niels  Dorph
+Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Børnene er begejstrede for de gaver, Anna har sendt. De maler billeder til Anna, men har lidt tabt interessen. Fritz er ved at lave et skib til Hans. Det er blevet vinter med frost og snestorm. Fritz er blevet skidt tilpas, men glæder sig over, at Anna tog afsted inden, da hun vel ikke var rejst ellers. Børnene har det godt.
+Brevet er skrevet på bagsiden af et brev fra N.V. Dorph til Fritz Syberg angående muligheden for at få en gengivelse af et arbejde fra forårsudstillingen med i den oversigt som bladet "Kunst" bringer i april.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZljA</t>
+  </si>
+  <si>
+    <t>Svanninge d. 22 Marts 1899
+Kære Høns!
+Dine Foræringer til Børnene i Dag gjorde umådelig Lykke. Besse var henrykt over at Puttinele havde små Støvler på og Tukkuk lo så han klukkede da han genkendte sin gamle Ven Nulejessen, han havde just ligget og fortalt mig om hvordan han (Nissen) optrådte ude hos Mester i Julen. Nu ligger de og maler Billeder til Dig, men de bliver vist ikke så vellykkede som dem de lavede i går. Det morer dem ikke rigtig at male længere. – Desuden har jeg i Dag begyndt at lave et Skib, en kragerigget Jolle til Tukkuk, foreløbig har jeg ikke fået gjort andet end udhulet Skroget, men den optager alligevel stærkt Tuks Fantasi.
+Vi har en ren balstyrig Vinter her, med Frost og Snestorm. Jeg går og hænger af og er meget skidt tilpas, men der er jo ikke noget at gøre andet end vente med Tålmodighed på at det skal blive Forår.
+Det glæder mig at Du kom afsted inden jeg blev skidt igen ellers havde Du vel ikke rejst. Mor Dig nu godt. Børnene er raske og kvikke. Især er Tuk en Pokkers Karl til at døje Mosten. Hilsen til alle og Kys fra Børnene og Din
+Fritz. 
+[Brevet er skrevet på bagsiden af et brev fra deb 18. februar 1899 fra N.V. Dorph til Fritz Syberg - se dette]</t>
+  </si>
+  <si>
+    <t>1899-03-23</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz sender kort til Anna til Den Frie Udstilling. Han har også sendt til adskillige andre. Han er i gang med at arbejde på Tuks jolle, og Tuk er henrykt. Fritz er stadig ikke frisk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Reba</t>
+  </si>
+  <si>
+    <t>Svanninge 23 Marts 1899
+Kære Høns!
+Tak for Dit Brev. Her har Du Kortene til den fri. Benyt Dem som Du selv synes. Jeg har sendt til Dokter L., Magnus, Frk. Døhne, og Lüsses.
+Husk at minde de Mennesker, som Du forærer det gule Kort, om, at de ikke afleverer det ved Indgangen da det jo gælder for hele Tiden.
+Jeg arbejder så småt på Tuks Jolle, har snart fåt Skroget færdig med Toften og samt. Tuk er henrykt, og har døbt den ”Matilde” ligesom en stor stor Brig hed han så nede ved Havnen den Dag Du rejste.
+Mølleren har havt en Mand oppe hos, som har kappet hele Hegnet væk ud mod ”Stævnet”. Jeg er vedblivende skidt tilpas eller som Tuk siger: ”beskidt tilpas”. Nu er Vinden begyndt at tude fra Nordvest, skal det blive Tø eller Sne!
+Mange Hilsener fra
+Din Fritz
+Hils Franziska og Marie.</t>
+  </si>
+  <si>
+    <t>1899-03-25</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Syrak Hansen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz glæder sig over, deres fremtid igen er betrygget for et år. Det er blevet lidt mildere og der er mange solsorte i haven. Tuk slider i slæden i dag. Fritz glæder sig til, at Anna kommer hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Cdij</t>
+  </si>
+  <si>
+    <t>Svanninge 25 Marts 1899
+Kære Høns!
+Nå! det glæder mig at vor Fremtid atter er betrygget for et År. Idag står den på ”Temperatur” hvad Vejret angår, hverken Frost eller Tø, men derimod af og til en Snebyge. Der er hver Dag en hel Masse Solsorter i vores Have, jeg skød en den første Dag de viste sig, men har ikke siden kunnet bekvemme mig til at myrde fler. Kulden har tæmmet dem så vi kan gå ligehen til dem. Tuk slider i Slæden i Dag det vil sige i Sines Slæde, for Bestefars har han opgivet som ubrugelig. Jeg stod og så på den i Går, og kom sådan til at grine af alle de Ornamenter og Krinkelkroge og Hylder, Mester der har fået lirket sammen til en sådan ubrugelig Genstand, som både Kristian Bødker, Kristian Fuglesang, Anton og kort sagt hele Nabolagets Ungdom har kasseret, efter at prøvet den Masser af Gange og på enhver optænkelig Måde søgt at gøre sig den nyttig. Hvor Mester har meget af den Slags på sin Samvittighed Tapetmaskiner o.s.v. Jeg glæder mig til Din Hjemkomst, for her er ikke så hyggelig som når Du er her, hvormed absolut ikke skal være sagt andet, end her fra Maries Side er gjort hvad der kan gøres, hun er såmæn flink nok, men som sagt jeg er alligevel glad ved at Du kommer hjem på Mandag.
+Hils Franziska og Marie og hele København og et Kys fra Ungerne og Din
+Fritz
+Jeg kan allerede se hvordan det Billde af Dig som skal i Damernes Blad kommer til at se ud.</t>
+  </si>
+  <si>
+    <t>1899-04-14</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen</t>
+  </si>
+  <si>
+    <t>Fritz håber, at Anna og børnene er kommet godt hjem. Han rejser nok selv hjem med damper. Han har været hos F. Hendriksen, som gerne ville lære ham det, han havde behov for og ellers hjælpe ham efter behov. Han kommer nok snart hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/81Ri</t>
+  </si>
+  <si>
+    <t>København 14 April 1899.
+Kære Høns
+I er vel kommen godt hjem, jeg har gået og været urolig siden I rejste, på Grund af det Togsammenstød ved Slagelse. Hvis det kan flaske sig rejser jeg hjem med Damper. Jeg har været hos Hendriksen som, som var overordentlig elskværdig skøndt han talte umådelig gnavent. Han tilbød selv at undervise mig. Det jeg skulde lære var ikke vidtløftigere end, at jeg på et Par Dage kunde blive sat ind i Sagerne. Så måtte jeg ellers selv arbejde på egen Hånd og hvis der kom noget i Vejen kunde jeg bare skrive til ham så vilde han gærne hjælpe mig. Jeg tænker snart at komme hjem, for her er ikke morsomt når Du er væk.
+Kys Børnene og Dig selv fra
+Din Fritz</t>
+  </si>
+  <si>
+    <t>1899-06-02</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Johannes Larsen bor imens hos sine forældre.
+Forældrene kalder den nyfødte Jeppe. Han kom til at hedde Jeppe Andreas, men blev siden kaldt Puf eller Andreas.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på guldregnen og Aftenbilledet. 
+Marie er kommet godt hjem og har kørt i landauer fra Odense.
+Det var skidt med barnevognen, men den anden er vel også god.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mA7g</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juni 1899.
+Kæreste Alhed!
+Det er ikke noget Sludder det med Brevene, der gik virkelig en Dag hvor jeg ingen Brev fik og det næste kom først om Eftermiddagen, men der er vist ingen gaaet tabt for jeg ser af Poststemplet at det har været i Faaborg. I Dag har jeg malet paa Guldregnen og Aftenbilledet det første gaar det stadig godt med og det sidste begynder saa smaat at komme i Gang, men jeg tør ikke rejse fra dem for det første igen saa jeg kommer ikke paa Søndag. Marie kom heldigt hjem, hun traf Rasmus Petersens i Odense og de 2 kom kørende med Købmand Hansen i Landauer. Det var Skidt med den Barnevogn nu havde jeg vænnet mig til den, men den anden kan vel ogsaa være meget god, jeg har ikke set den i Kataloget endnu. Nu maa jeg holde op da Fader er ved at gaa i Seng. Mange Hilsner fra Marie og Moder. Jeg synes der var noget mere men nu kan jeg ikke komme paa det de forstyrrer mig. Kærlige Hilsner til Dig og til Jeppe.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-01-11</t>
+  </si>
+  <si>
+    <t>Højbro, København</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Eckardt
+Lea Gottschalk
+Andreas Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Johannes Magdahl Nielsen
+Theodor Philipsen
+- Reeberg
+Karl Schou
+Marie Schou
+Christine Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Kunsthandelen Winkel &amp;amp; Magnussen havde fra 1898 lokaler på Højbro Plads.
+Albert Gottschalk var ugift, så Fru Gottschalk må være malerens mor.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og henter billeder diverse steder til en udstilling hos Winkel &amp;amp; Magnussen.
+Han besøger adskillige venner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A2iG</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 11 Jan 1900.
+Kæreste Alhed!
+Du fik ingen Brev i Gaar og i Dag bliver det nok heller ikke meget. Jeg er her hos Eckardts sammen med Uglen for at hente Billeder, det lader til at jeg maa hente de fleste selv, Winkels Bud var bleven daarlig i Dag. Jeg var i Gaar hos Pang (ikke hjemme) og fik Tulipanerne af Fru Reeberg. Bertha traf jeg paa Vejen til Valby, hun skulde til Byen. Jeg fik Moders Portræt og Anvisning paa Aprilaften, som er paa en Tegnestue hos Magdal Nielsen, spiste saa Frokost med Lud og gik til Fru Gottschalk hun var ikke hjemme saa gik jeg til Kastrup, men traf ikke Philipsen og gik tilbage og spiste en stor Beuf med 2 Spejlæg og Porter i ”Løven”. Derfra gik jeg til Schous som heller ikke var hjemme og saa til Lysses hvor Schou kom om Aftenen. Schou maler Mutter i Legemsstørrelse, hun spiller Violincel. I Morges Kl. 8 kørte jeg ud til Philipsen og var der i Formiddag og spiste til Middag med ham og kørte ind til Højbro med Billederne, traf Uglen hos Winkels og nu er vi som sagt her. Jeg tænker meget paa at Du var saa sød den Dag jeg rejste og saa saa godt ud. Mange kærlige Hilsner til Dig selv og lille søde Puf.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-01-18</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Christian  Brandstrup
+Ellen Johansen
+Asta Krohn
+Andreas Larsen
+Olga Lau
+Theodor Oppermann
+Theodor Philipsen
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Af det forrige brev fra Johannes til Alhed Larsen ser det ud til, at den omtalte udstilling fandt sted hos Winkel &amp;amp; Magnussen på Højbro Plads.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hængt udstilling op og ændret på den fire-fem gange. Christine Larsen (Uglen), Oppermann og Karl Schou har hjulpet. Det store billede af Alhed og Puf er hovednummeret. Udstillingen åbner den følgende dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTde</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Fredag 18 Jan 1900.
+Kæreste Alhed!
+Jeg sidder her midt i min nu endelig færdige Udstilling og skriver mens Frk. Lau og Frk Ellen Johansen gaar omkring og ser paa Billederne. Tusind Tak for Dit Brev, jeg har en ond Samvittighed fordi jeg ikke har skreven noget til Dig saalænge men jeg har haft ganske forfærdelig travlt og hver Gang jeg har troet at være færdig har der pludselig vist sig noget mere. Den store Væg har vi gjort helt om 4-5 Gange, første Gang hjalp Schou og Uglen mig og om Aftenen var vi omtrent færdige, saa kom Oppermann næste Dag og rev det hele ned og vi fik det saa hængt temmelig godt op og næste Dag rev Schou det ned, saa var jeg helt blød og lod ham og Uglen hænge op og Oppermann kom saa og erklærede at det var meget bedre hvad det nok ogsaa er. I det hele tror jeg det er hængt godt op og at Billederne ser godt ud meget bedre end paa den fri Udstilling. Det store Billede af Dig og Puf er Hovednumrene paa den bedste Væg og Aprilaften paa den anden. Uglen har været mig en stor Hjælp ved Ophængningen. Jeg vilde ønske at Du kunde se Udstillingen men nu skal jeg fortælle Dig det hele saa godt jeg kan naar jeg kommer hjem, det bliver vist Mandag eller Tirsdag. Det er kedeligt at Du skal være alene Søndag. I Dag bliver der sendt Kort ud til Pressen for at indbyde dem til Aabningen i Morgen. Jeg var ude hos Brandstrups i Aftes sammen med Schous og Fru Asta Berg som jeg skal hilse fra. Nu gaar jeg ud til Philipsen hvor jeg træffer Brandstrup. Mange kærlige Hilsner til Dig selv og lille søde Puf jeg længes forfærdelig meget efter Jer.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-01-26</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Vilhelminevej 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Margrethe Bentzen
+Thora  Branner
+Louise Brønsted
+- Carelli
+Peter Hansen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Vilhelm Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Olga Lau
+Joseph  Petterson
+Anna Louise Syberg
+Clara Syberg
+Fritz Syberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er muligvis ved at indrette sig i en lejlighed på Feden.
+Det store billede er muligvis "Bygevejr i april"</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er ved at indrette sig i en ny lejlighed. JL skal begynde på et nyt stort maleri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0rov</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 26/1 1900
+Kjære Ugle - !
+Her er Resten af Tøjet med en lille Mundsmag i [ulæseligt] 2 Slags gid du maa være rask og det maa smage dig godt, vi stod og strøg til sent for i dag slagter vi Gris derfor maa du igjen nøjes med mig – saa skal hun nok skrive naar vi kommer forbi [ ulæseligt] skriv saa i Morgen lille Dine og fortæl mig en hel Deel jeg synes det er saa længe siden at vi saaes Syberg skrev forleden de var nu [ulæseligt] den lille Pige Clara havde havt Krampe – igjen men i en mindre Grad da Julen var forbi havde [de?] den sidste Dag havt Juletræ og bedt Joseph Petersens Børn derop Anna havde syet noget gammelt [Tøj?] om og det havde været en stor glæde for dem at [se?] Børnenes straalende Ansigter og trækkende afsted med alt godt hvad der hang paa Træet – de meldte os at [ulæseligt] Carelli er død og Boden lukket foreløbig
+[Fader?] var i Nyborg igaar og hørte af Birck at [-sterberg] rejser om en Tid – skal til en Tømmerhandler i Halmsted og have god Løn – Saugmesteren [ulæseligt] rendt baade med Karlsro og Høljeryd saa Birck [ulæseligt] derover om at ordne han vil sælge Karlsro [ulæseligt] begynder hans Bryderier – Alheds Moder og Louise kom [ulæseligt] Mandag Aften de skulde have rejst om Tirsdagen men blev alligevel hele Tirsdag sov saa hos os i 2 Nætter Vi stod tidlig op Onsdagmorgen satte 4 Vildænder paa Kl 7 og havde Kl. 9 dækket et fint Frokostbord med varm Mad Vin Ost Kiks Kaffe – og det smagte dem saa godt de skulde kjøre med Becker herfra Alhed, Las og Barn mødte i god tid. Georg og Marie med Ville – var ogsaa med – saa det var et stort Bord. – 
+De skulle om Aftenen til Ølstedgaard i Selskab der skulde Bentzen med saa blev Muk hjemme hos Dis som er syg endnu, Thora ligger ogsaa og skal ligge endnu en Maanedstid; der er bleven saa kjønt ude [ulæseligt] Alhed med hvide Gardiner i Sovekamret og [ulæseligt][køkken?] og den røde Kappe er bleven forlænget og [ulæseligt] grønt Gulvtæppe under Bordet samt Betræk på 3 Stole og Puffen og mange Blomster i Vin[duerne?] begge Svibelglas, en Hyasinth Fru Varberg havde med[ulæseligt] en rød Azalia har Vilhelm foræret dem og en [ulæseligt] Gjækker fra haven og 2 Zenerarier er kjøbt [ulæseligt] –sen den italienske Lampe – og smukke Glassager [ulæseligt] ogsaa meget Peters Maleri over Sofaen et Stycke ha[ulæseligt] paa Piedestalen Bogreol fuld af Bøger over [ulæseligt] Komode inden for Døren Spejlet over den an[ulæseligt] ved Kakkeloven Lysestager og Blomster gl[ulæseligt] paa den ene Side af Spejlet hænger Roserne paa d[ulæseligt] anden Fotografiet af den hollandske Kaae der hænger [ulæseligt] her inden for Døren en lille blank Mess[ing]kjeddel paa Kakkelovnen der har du det hele [ulæseligt] fra Stuen lille Gajen har det godt er bleven saa [ulæseligt]lig og spiser og sover godt. Johannes er begyn[dt ulæseligt] at ordne sig til at male det store Billede – [ulæseligt] skal males en lille Skitze – men hvor er hans S[ulæseligt] vi kan ikke finde den nogen Steder ved du ikke Besked om den? Lev nu vel og vær kjærlig hilset af din hele Slægt hils Olga mest hilses du dog af din gamle trofaste Moder -</t>
+  </si>
+  <si>
+    <t>1900-04-07</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Vilhelm  Tetens</t>
+  </si>
+  <si>
+    <t>Fritz sender nogle syle til Anna. Han har været hos Jastrau, der ikke havde indkasseret mere end 168 kr. Han bliver til mandag og går ud fra, at Olga klarer den, mens Anna er til begravelse. Nu har han set udstillingerne igennem og synes, de er elendige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qWlZ</t>
+  </si>
+  <si>
+    <t>[Med blyant anført: 7-4-1900, hvilket må stamme fra poststemplet fra ankomsten til Kerteminde, idet stemplet fra afsenderstedet sammen med frimærket er revet ud]
+Kære Høns!
+Hermed sender jeg nogle Syle. Jeg har været hos Jastrau men han havde ikke indkasseret mere end 168 Kr. Han [mangler stykke af papiret] ikke fået sendt [mangler stykke af papiret]ne rundt til Ger[mangler stykke af papiret] Grund af ”Travlhed”. Jeg sender Snedkeren i Sv. 100 K. og Dig 50 K. Jeg bliver her altså til Mandag og går ud fra at Olga klarer den imens Du er til Begravelse.
+Nu har jeg set Udstillingerne igennem som er og bliver elendige. Der er ikke et eneste Billede jeg bryder mig om når jeg undtager to af Tetens.
+Kys Ungerne Din Fr[mangler stykke af papiret]</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1900-11-01</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelm Larsen
+Karl Petersen
+R J Steen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i gang med flytning fra lejligheden på Feden i Kerteminde til Lille Kærbyhus i den anden ene af byen. 
+Den omtalte sofa kan stadig ses i Alhed og Johannes villa (nu Johannes Larsen Museet).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft håndværkere til at se på en sofa, som skal ombetrækkes mm. Alhed skal straks svare på, hvad hun synes om planen for restaurering af møblet.
+Senere på dagen skal Johannes Larsen se på kakkelovn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4EbL</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Nov 1900.
+Kæreste Alhed!
+Jeg har nu haft baade Steen og Karl Petersen oppe at se paa Sofaen. Steen sagde at der ikke var noget i Vejen for at Sadelmageren kunde tage/at faa den med det samme og jeg gik saa ned til Karl og han var med heroppe nu. Han var først meget utilbøjelig til at gaa ind paa at sætte Fjedre i den og mente at den ikke egnede sig til Fjedre og at den vilde blive bedre at sidde og ligge paa naar Hynden blev stoppet om og fik et Lag Krølhaar, men efterhaanden gik han dog ind paa at det nok kunde laves med Fjedre naar der blev gjort lidt om paa den. Omstopning og Betrækning kommer til at koste 6 Kr. og naar der skal Fjedre i kommer den paa ca: 20 Kr., men nu kommer Humlen han har fuldt op med Arbejde til den 9ende Nov., og dersom der skal Fjedre i kan han først begynde paa det efter den Tid, hvorimod han vil lave den strax naar han maa nøjes med det andet. Vi blev saa enige om at jeg skulde skrive strax til Dig og sige ham Besked fra Dig helst i Morgen, Sofaen henter han i Dag og begynder at pille det gamle Betræk af. Vil Du saa svare omgaaende? Med Hensyn til Betrækkets Anbringelse blev vi enige om det saaledes:
+[Tegning. Under den øverste tegning står midtfor: 3 Al. Til højre for tegningen står: Mahogni]
+Det øverste er godt synes jeg, men jeg ved ikke om det neds. ikke burde gaa hen langs saadan:
+[Tegning]
+Nej jeg tror det første er det bedste. Der kommer til at gaa en Del uldne Snore til som han vilde sende en Prøve af forud for at faa lavet nogle efter dersom der ikke var nogle passende at faa her i Byen. Han mente det vilde knibe at faa nok af Tøjet, som Du ser er der jo meget at betrække, men da vi havde den inde og fik det lagt paa mente han at det kunde maaske lade sig gøre. Jeg skal nu se at komme med Fader ud at se paa Kakelovne i Eftermiddag. Jeg var oppe at se paa den i Gaar, det er for Resten en nederdrægtig grim Indretning, men det er jo de fleste moderne Ovne og man maa vel ofre noget paa Bekvemmeligheden. Mange kærlige Hilsner. Din Johannes Larsen.
+Der var Brev fra Klaks om jeg vilde have en Nøddekrige.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender et lærred til Anna og opfordrer hende til at gå i gang med at male æblerne. Han har selv haft svært ved at komme i gang, men nu er det gåe op for ham, hvad han skal lave. Hvis det varer længe inden Anna kommer, må kun gerne sende et par ører.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjqX</t>
+  </si>
+  <si>
+    <t>[påført med blyant:] 1901-2?
+Kære Høns og Kyllinger
+Når Ingen af Jer kommer herud for det første er jeg bange for at Du skal blive forhindret i Udøvelsen af Din Kunst af Mangel på Materialer, derfor sender jeg Dig dette Lærred, kik så bare på og mal Æblerne.
+Jeg kan se dem for mig. Jeg har havt lidt drøjt ved at komme i Gang igen men i Aftes gik det op for mig hvad det er jeg skal lave, så det kan være jeg får lige så svært ved at holde op når jeg først er i Gang som ved at begynde. Dersom det varer alt for længe inden Du ser herud så send mig et Par Øre. Jeg kan klare mig med Mad har til sidst i næste Uge.
+Kys Ungerne og et Kys til Dig selv fra:
+Din Fritz.</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johannes Larsen
+Christian Møller, maler
+Karl Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Fritz har det godt og har været forholdsvis heldig med rejsen, selv om det blev stormvejr. "Agraren" og "Maler Møller" går og inspicerer jagtterrænet og slår hinanden plader mht vildtbestanden. Las's billeder er ug.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r1nn</t>
+  </si>
+  <si>
+    <t>Udat. Fritz Syberg til Anna Syberg
+Kjerteminde!
+Kære Høns!
+Tak for Dit Brev. Jeg har det godt, og var forsåvidt heldig med Rejsen, som det bedste jeg kunde gøre var netop at lægge op i Lundeborg. Det blev en hel Storm i Løbet af Dagen, om det så var store [Sejlejakokker] så lå de for Anker inde under Land, da de ikke kunde krydse nord på. I Går var det en halv Orkan og hele Bugten her oppe lå fuld af Fartøjer sågar Dampere.
+Tiden går forholdsvis behageligt med at pynte på Uglens Perspektiv og i Morgen går Jagten ind. Agraren og Maler Møller går i disse Dage og inspicerer Jagtterrænet og slår hinanden nogle vældige Plader med Hensyn til Vildtbestanden
+Når der er fuldt op af Fugle så har de ikke set et Øje, er der derimod ikke andet end en sølle Vibe, så har de set en Flok Ænder på et ”lille Hundrede Stkr.” Det morsomste ved det er, at det går dem ligesom Krokodillen og Shakalen, den ene ved godt om den anden at han lyver, og ved godt at han ved at han lyver og – o.s.v. og ligesom Krokodillen og Shakalen agter de hinanden gensidig for deres Frækhed.
+Las’s Billeder ere ug. Det er morsomt at se en Produktion man kan slutte sig til med Aklamation. Her er kønt, men jeg tror ikke jeg kunde hitte et Motiv og male, som jeg var sikker på ikke var mig anvist af Las. Det er jo ikke alle der er så begavede som Schov, Gudskelov. Mange hilsener fra Din hengivne. Fritz.</t>
+  </si>
+  <si>
+    <t>"Marie Tuk" nævnes også, der er flere muligheder for, hvem det kan være. Muligvis Marie Syberg (på dette tidspunkt Marie Schou).</t>
+  </si>
+  <si>
+    <t>Hvis vejret er godt den følgende dag sejler Fritz hjem. Han har være på Romsø på en storartet tur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9vwC</t>
+  </si>
+  <si>
+    <t>[påskrevet med blyant:] 1901-2?
+Kjerteminde Mandag
+Kære Høns!
+Hvis Vejret er godt i Morgen (Tirsdag) sejler jeg hjem. Vi var på Romsø i Dag – Uglen Marie Tuk og jeg. En storartet Tur det var en Skam Du ikke var med. Vi var ude på Nordsiden af Øen der er meget kønnere end de andre Sider
+Det er Aften og Brevet må afsted. Det var en Skam Du ikke var med på den Tur
+Kys Børnene Mange Hilsener fra Din Fritz</t>
+  </si>
+  <si>
+    <t>1901-2</t>
+  </si>
+  <si>
+    <t>Fritz skriver til Anna - familien har det godt. Han fortæller en del om nogle billeder, han arbejder på . I Kerteminde går der historier om Johannes Larsens fantastiske salg i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W73</t>
+  </si>
+  <si>
+    <t>[Anført med blyant: 1901-2?]
+Kjerteminde Fredag
+Kære Høns!
+Vi har det udmærket og Tiden går jo rask nu er det snart den anden Søndag efter Din Bortrejse. Jeg er ved at tage fat på et større Billede af Besse i Sengen. Jeg har flyttet Dunkernillernes Seng ned i Atelieret for at have Synet f dem i Nærheden når de klæder sig af og på.
+Nolles Billede skal vist have en Gennemhøvling til, men det skal tørre godt først så kan Du ogsa få det at se inden. Jeg mener at jeg må kunne få det noget klarere i Farven. I Dag har jeg fernisseret Billeder til Brandts lille raske, jeg sender ialt 24. Jeg skal nok sende Dig Titler og Priser, så kan Du konferere med Brandt om der skal forandres noget derved, idet kan I bedst se når de er hængt op. Jeg skal nok skrive til Brandt også, så Du ingen "Uvilje" møder fra den Side. Her i Kjerteminde går "Stærke" Historier om Las' Salg i København. Og de stammer vist fra gamle Larsen. Glarmesteren spurgte mig om det var sandt at Johs Larsen havde fået budt 15000 Kr for sine Billeder ovre i København, men vilde ikke sælge dem, for det havde den Gamle sagt "men", føjede han til "Det er jo ikke sandt ret meget af hvad han siger. Jeg glæder mig morderligt til at male Børnene både nu i Vinter og til Sommer. Når jeg tænker på vores Misere i de forgange År, så glæder jeg mig dobbelt over at mine Kunstnerideer ikke volder nogen Mennesker nogen Fortræd - det burde de da ikke kunde - mine Børn må jeg da have lov til at dyrke uden Hensyn tilhøjre eller venstre. Haet nu godt og mal endnu bedre (Citat af Zahrtmann)
+Din hengivne Fritz 
+Jeg sender nogle Penge da vi er bange Du savner.</t>
+  </si>
+  <si>
+    <t>1901-06-08</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz fortæller, at Hans (Tuk) har det godt, og at han betragtes som en mådelig lydig og artig dreng. Det stormer, så det er ikke sikkert, de kommer til Romsø den næste dag som planlagt. På mandag havde han tænkt at sejle hjem, men vil gerne til Romsø først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oqbd</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8/6 1901
+Kære Høns!
+Tak for Dit Brev. Det var jo rart at Sagen nu ser ud til at kunne gå i Orden.
+Tuk har det godt. Det enstemmige Udsagn om ham her i Kjerteminde er at han er en umådelig lydig og artig Dreng. Det er jo rart at han ikke blamerer os. Godt var det Du kom hjem. I Dag stormer og regner det. I Morgen skulde vi til Romsø men Vejret lover jo ikke godt. På Mandag havde jeg tænkt at sejle hjem, men kommer vi ikke til Romsø om Søndagen trækker jeg den ud til vi får denne Tur gjort, hvis det da ikke skulde blive altfor langvarig. Men de glæder sig sådan til den Sejltur. De har jo ikke Evnen hernede til at gøre sig Livet behageligt, men er så til Gengæld umådelig taknemlige når én vil tage sig lidt af dem. Vi skal af Sted fra Morgenstunden og der skal koges Kaffe på Primus. Hils og kys Børnene fra mig.
+Tusinde Hilsener og Kys
+fra Din Fritz.</t>
+  </si>
+  <si>
+    <t>1901-06-11</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Anna fra Kerteminde. Han har ikke sejlet, da vinden var for hård. Hvis vejret varer ved, giver han sig til at lave en tegning til en [M eller U]. Ellers vil han gerne snart af sted.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4d3i</t>
+  </si>
+  <si>
+    <t>Kjerteminde Tirsdag. Kære H.
+Jeg opgav at sejle i Dag. Vinden var for meget imod og nu er den stik imod og væmmelig hård at krydse i. Hvis det varer længe med dette Vejr giver jeg mig til at lave den Tegning til en [M eller U]. som jeg vil lave om. Jeg vil ellers snart gærne af Sted, men vil dog hellere blive her end gå i Nyborg. Hils Børnene. Nolle har vel snart glemt mig. Mange Hilsener fra Tuk og Din hengivne F.</t>
+  </si>
+  <si>
+    <t>1901-09-08</t>
+  </si>
+  <si>
+    <t>Fritz omtaler en "M", resten af navnet er overstreget. Det drejer sig formentlig om Marie Syberg, som på det tidspunkt var gift Schou.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kommer hjem på torsdag, hvad enten han bliver færdig eller ej. Han har malet baggrund på billedet med uglen stående i haven og har fundet et motiv i en bondehav i Kærby. Der hører en meget skøn gård til, som ville passe perfekt til dem, men den ligger noget afsides, og egnen kan ikke måle sig med Svanninge. M er blevet svær at omgås.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7nR2</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8/9 1901
+Kære lille Høns
+Jeg kommer hjem på Torsdag enten jeg så bliver færdig eller ej. Nu længes jeg for meget efter Jer. Det er blot en halv Times Solskin Kl. 4 om Eftermiddagen som jeg venter på, for at kunne få Verringebilledet gjort.
+Jeg har i Formiddag malet Baggrund på det Billede med Uglen fra Haven (stående) og denne Gang tror jeg det er bleven godt. Jeg fandt et Motiv nede i en gammel Bondehave i Kærby. Gården der hører til er ubeboet, og både den og Haven er dejlige; gamle Frugttræer og smukt anlagt. Gården er i samme Stil som Anders Nielsens Stuehus, men stråtækt og mindre og hele Redeligheden med Have og samt er at få til Købs for 3000 Kr. havde den dog bare ligget i Svanninge. Det er rent utrolig så godt det hele passede for os. Den ligger noget afsides det er vel derfor den er så billig. Men Egnen kan jo ikke måle sig med Svanninge. Jeg glæder mig til at komme hjem bl.a. af den Grund at M virkelig er lidt svær at omgås. Men derom senere. Blot Du nu vil være glad ved mig når jeg kommer hjem. Farvel lille Tese, jeg holder meget af Dig.
+Din Fritz</t>
+  </si>
+  <si>
+    <t>1901-09-23</t>
+  </si>
+  <si>
+    <t>Lundsgaard</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Den frk. Svendsen, der nævnes, kunne være Cathrine Amalie Svendsen (1877.1949).</t>
+  </si>
+  <si>
+    <t>Fritz har lavet en tegning fra Lundsgårds have. Der er smukt, men han kan ikke rigtig finde noget som i Svanninge, måske det kommer. Johannes Larsen arbejder på fugleakvareller. Fru Larsen frygter for hans helbred. En frk. Svendsen, som han har haft som elev er til stede. I eftermiddag begynder han på uglen og til aften tager han til Verringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1s50</t>
+  </si>
+  <si>
+    <t>Lundsgård 23/9 1901
+Kære Høns.
+Jeg har lige lavet et Tegning her fra Lundsgårds Have og skal nu til Middag. Her er ganske kønt, men jeg kan alligevel ikke hitte noget rigtig som i Svanninge. Måske kommer det senere.
+Las arbejder på en hel Del Fugleaquareller, og ser noget medtaget ud. Fru Larsen talte med mig om ham i Dag til Morgen og var meget bedrøvet over ham. Hun går vist og er bange for at han skal dø. Huset har de virkelig begyndt at arbejde på igen.
+Her er en Frk. Svendsen en af mine Elever til Vinter. I Eftermiddag begynder jeg på Uglen og i Aften går jeg til Verringe og ser på Sagen der. Kys Børnene og vær hilset mange Gange fra Din hengivne
+Fritz.
+[midt i brevet:En blyantstegning af en blomst]</t>
+  </si>
+  <si>
+    <t>1901-09-30</t>
+  </si>
+  <si>
+    <t>Kjerteminde</t>
+  </si>
+  <si>
+    <t>Alma, gartnerens datter -
+Erik Henriksen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Nu er Fritz omtrent færdig med den ene akvarel. Las siger den er god. Det er muligt, han gøre den under pæretræet færdig. Han længes efter at komme hjem. Johannes Larsen har nu 100 numre færdige . Han har netop modtaget Annas pakke. Sidst i brevet føjer han til, at han har været ud ved Verringeland og er begyndt på et kystbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aGGe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30/9 1901
+Kære lille Høns!
+Nu er jeg omtrent færdig med den ene Aquarel. Las siger den er god selv har jeg Brækfornemmelser. Det er mulig jeg gør den færdig fra Haven (den under Pæretræet). Det vil sige hvis dette strålende Vejr vedbliver.
+Jeg længes efter at komme hjem, trods det at jeg jo har det godt nok hernede. Det gør mig lidt ondt for Las med alle de Aquareller han går og laver til Salgs.
+Han har nu 100 Numre færdig. Men nu har han fået Vrøvl med W. &amp;amp; M. de vil have Auktionen skudt ud, og Erik Henriksen vil helst være fri for at holde den, da han mener Tiden er dårlig valgt. Det er svært for Fattigfolk at komme til Himmerig.
+Ligenu kom Din Pakke. Tak for dens Indhold. Farvel lille søde Tese. Jeg har nylig tyret Adam Homo og hele Tiden tænkt på Dig med Gartnerens Datter Alma, på Dig mens Du gik med ”Hængelokker”.
+Mange Hilsener til Dig og Børnene fra Din
+Fritz.
+Jeg føjer et Par Ord til. Jeg har været ude ved Verringeland og begyndt på et Kystbillede, et dejligt Motiv. Jeg håber at kunne gøre det i en Fart. Kære lille T. jeg længes meget efter Dig. Du behøver såmæn ikke at være bange for at jeg nogensinde skulde elske andre end Dig. Jeg elsker Dig lille søde T. Fritz</t>
+  </si>
+  <si>
+    <t>1901-10-03</t>
+  </si>
+  <si>
+    <t>Fritz tror, han bliver færdig med de to akvareller den næste dag. Han håber tågen letter, da han skal have malet den fra Verringe Klinten færdig i solskin. Han længes efter Anna og børnene, men mest efter Anna. Johannes Larsen er taget til Erikshåb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M8wW</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3/10 1901
+Kæreste lille Høns
+Imorgen tror jeg at jeg bliver færdig med de to Aquareller. Det vil altså sige at jeg er omtrent færdig med dem. Blot denne Tåge ikke skal blive liggende alt for længe, da jeg gærne vilde have den gjort ude på Verringe Klinten og den skulde helst være i Solskin. Jeg glæder mig til at komme hjem, da jeg længes meget efter Dig og Børnene, men mest efter Dig.
+Det var dog godt at jeg kom herned, mest fordi at det dog så kan konstateres at jeg holder mere af dig end af nogle Mennesker på Jorden.
+Skriver Du snart et Par Ord igen?
+På Søndag i det seneste tænker jeg at komme hjem. Jeg har arbejdet i Dag så jeg har fået Hovedpine. Las er rejst til Erikshåb i Dag så her er lidt kedeligt.
+Kys Børnene, mange Hilsener fra Din hengivne Fritz.</t>
+  </si>
+  <si>
+    <t>1901-10-04</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Fritz skriver til Anna, at han er færdig med to akvareller og snart kunne blive færdig med den tredje, hvis der kom en klar solskinsdag. Han arbejder på en aftentegning af Marie og Uglen. Marie kommer på besøg nogle dage i oktober. Den følgende dag er der en tilføjelse til brevet - nu er Fritz snart færdig med sine billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7e7n</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4/10 1901
+Kære Høns
+Nu er jeg færdig med to Aquareller og kunde også nemt blive færdig med den tredje dersom vi blot få en klar Solskinsdag.
+Jeg har taget fat på en Aftentegning ved Lampelys af Marie og Uglen. Motivet er morsomt men skulde egentlig helst males. Marie kommer ned og besøger os en Gang i Oktober hvad Du vel intet har imod. Hun skulde til Erikshåb fortalte hun og så bad jeg hende ned til os i nogle Dage.
+Her er Soldater og Indkvartering i disse Dage så her er meget travlt.
+Det er ikke sikkert at jeg trækker den ud til på Onsdag, men nu ser vi. Kys Børnene og mange Hilsener fra Din hengivne
+Fritz
+Søndag
+Kære Høns!
+Jeg skrev dette Brev i Lørdags men fik det ikke af Sted.
+Nu er jeg snart færdig med mine Billeder, det under Pæretræet fik jeg gjort noget ved i Dag, men det er ikke helt færdig endnu.
+Det ude fra Verringe venter jeg stadig på Solskin til, men Aftenbilledet og de andre to er færdige.
+Jeg længes efter Jer allesammen.
+Kys de små [Fostre] fra mig. Mange Hilsener fra Din hengivne Fritz.</t>
+  </si>
+  <si>
+    <t>1901-12-13</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Peter Hansen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ønsker Anna tillykke med kåben, det vil glæde ham at se hende standsmæssigt påklædt. Han har dagen forinden været en tur med Johannes Larsen til Kærby. De var inde og se på den gamle gård, som kan fås for 3000 kroner, men de tør jo ikke. Peter Hansen har skrevet, at der er så kedeligt i Faaborg, Fritz har trøstet ham med, at der er endnu mere kedeligt i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fjjc</t>
+  </si>
+  <si>
+    <t>[Med blyant øverst] 13-12-1901
+Kjerteminde. Kære Høns
+Til Lykke med Kåben, tag den bare. Det vil glæde mig at se Dig standsmæssig påklædt.
+Vi (Las og jeg) var en Tur igår over ad Kærby til. Vi var inde at se på den gamle Gård. Den er sgu god. Det gik i mig, men vi tør jo ikke. Tænke sig et stort dejlig beliggende Hus, med en stor Æblehave, for 3000 Kr. det er sgu Røverkøb. Gamle Larsen har budt 2500 men Manden vi ha 3000. Vilde bare En vilde låne os Pengene til 5 p.C. det blev kun 150 Kr. om Året. Jeg har fået et langt morsomt og elskværdig Brev fra Peter. Han synes der er så kedeligt i Fåborg. Jeg trøstede ham dog i mit Brev med at der var endnu mere [xxxxx] og kedeligt i København. Kys Børnene Din 
+Fritz.
+[på bagsiden] Hils Franziska og Marie og Matilde.</t>
+  </si>
+  <si>
+    <t>1901-12-15</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Peder Nielsen</t>
+  </si>
+  <si>
+    <t>Den foregående dag ankom Fritz Syberg og Johannes Larsen til deres bestemmelsessted hos gårdmand Peter Nielsen. I dag er de gået hele Fynshoved rundt i et frygteligt vejr. Fritz synes, turen hjælper på hans nervøsitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eeTc</t>
+  </si>
+  <si>
+    <t>Nordskov. 15/12 1901.
+Kære Høns! I Går kom vi i et forrygende Sne og Stormvejr til vort Bestemmelsessted. Det er hos et Par elskværdige Folk – Manden er Gårdmand – med mange Børn. I Dag har vi været hele Fynshoved rundt i et endnu værre Vejr end i Går. Jeg tror nok at Turen hjælper på mig. Det er forresten mærkelig at det, at man sætter sig på Fyns nordligste Spids, og i et forrygende Vejr af Nordøst sidder i to Timer og ser på at Edderfuglene trækker forbi, skal have en heldig Indflydelse på Ens Helbred. I hvert Fald hjælper det på min Nervøsitet.
+Har du fået Kåben? Jeg venter at høre lidt om den og om Ungerne som jeg længes efter. Jeg længes også efter at se Dig og hvad Du får lavet i Rosenborg Drivhus.
+Endnu har vi jo ikke været her sålænge men alle de Naturindtryk gør at jeg næsten synes der er gået 14 Dage siden jeg rejste. Her er forresten Togstandsning. Toget sidder fast i Sneen to Mil herfra ude på en Mark, men forhåbentlig går Fodposten så Brevene kommer frem. Mange Hilsner og Kys til Dig og Børnene. Hils Matilde. Din Fritz.</t>
+  </si>
+  <si>
+    <t>1901-12-16</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Fritz har været på en dejlig tur, hvor han lavede en tegning af Johanes Larsen liggende på lur bag en tankskanse. De har været på Fyns Rev og på Mejlø. Han undrer sig over, om der er togstandsning, siden han ikke hører fra Anna.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IHTH</t>
+  </si>
+  <si>
+    <t>Nordskov. 16/12 1901. Kære Høns!
+I Dag har vi været en dejlig Tur. Først på Edderfugletræk ude ved Fyns Rev, hvor jeg lavede en Tegning af Johannes liggende på Lur tag en Tangskanse. Hvis jeg ikke får ham malet i den eller en lignende Situation ude i den fri Natur, så tror jeg ikke jeg vil dø rolig. Det er på Fyns nordøstligste Punkt, med hele Kattegattet skyllende ind på Revet og Udsigt til Refsnæs og Samsø, så det er da i Guds frie Natur. Senere var vi en Tur ovre på Mejlø, en lang mærkelig formet Ø fuld af Torne og fuldstændig ubeboet og uopdyrket. Der var flere Øer af samme Naturbeskaffenhed og store Fladstrande imellem dem fyldt med Ænder og Måger, der var også en Flok Svaner. Er der mon Togstandsning på Sjælland? I så Fald må jeg jo have Tålmodighed, men jeg kunde ellers nok lide at få et Brev fra Jer. Vi har bestemt at tage herfra Torsdag eller Fredag. Og jeg har fastsat min Afrejse til om Lørdagen.
+Hvis I kommer ned at tage imod mig da kan jeg ikke sige Jer andet end at jeg tager fra Kjerteminde 3,20, hvornår vi så komme til København ved jeg ikke. Johannes mener at det ikke er samme Tog, som når vi tager fra Fåborg.
+Hils Alle. Kys Børnene. Hils Bertram som jeg forresten har skrevet til. Muligvis får Ingen af Jer mine Breve da der sagtens må være Togstandsning på Sjælland siden jeg intet hører fra Jer. Mange Hilsener fra Din Fritz.</t>
+  </si>
+  <si>
+    <t>Dalby</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beskriver sine dage og nævner, at han har sovet godt de seneste par nætter og at hans kvalme er væk og han har for første gang i flere måneder spist med appetit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H49b</t>
+  </si>
+  <si>
+    <t>Kære Høns. Jeg tager fat på ny. Hvis Du vil vide hvordan Dagen går for os, hør da: Vi står op i et iskoldt Værelse Kl 6½ om Morgenen. Jeg tager Styrtebad til jeg damper så vi ikke kan se Tællepråsen vi klæder os på ved ved den bratte Temperaturforandring derefter spiser vi Øllebrød, går så ud og sidder på Edderfugletræk i to Timer, spadserer en Omgang går hjem og ”æter” Middag, går rundt i Landskabet igen og til Slut spiller vi en 66 Med Manden og Kalen, eller vi keder os gudsjammerligt til Kl 8. så går vi i Seng. Jeg har sovet godt de sidste Nætter, min Kvalme forsvinder, har været helt væk i Dag, og i Dag har jeg for første Gang i to Måneder spist med Appetit.
+Dokter Kårsbergs diætiske Opskrift ser det galt ud med. Det eneste jeg får er Øllebrøddet og så ingen Mælk. Al det andet, Svedskekompotten, o.s.v. ligger et eller andet Sted sneet inde fordi vi ikke kunde bære det med os da vi gik herud. Men det gør jo også mindre til Sagen når jeg bare bliver rask og det tror jeg jeg gør. 1000 Hilsener Din Fritz.</t>
+  </si>
+  <si>
+    <t>1901-12-17</t>
+  </si>
+  <si>
+    <t>Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Det er i orden, hvis Anna vil holde jul med Schous. Selv om Fritz ikke helt har lyst vil han nødigt sige nej, hvis Marie glæder sig til det. Han ved ikke helt, hvornår han kommer lørdag aften. De farter runde hver dag, fandt forleden en anskudt knortegås som de har spist her til aften.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FQyy</t>
+  </si>
+  <si>
+    <t>Nordskov. 17/12 1901 Kære Høns!
+Endelig fik jeg da et Par Ører. Du må selvfølgelig gærne lave Jul hos Skovs. Selv om jeg ikke helt har Lyst dertil så har jeg dog endnu mindre Lyst til at sige nej, hvis Marie glæder sig til det. Jeg har vist skrevet at jeg kom på Lørdag Aften men hvis I ikke er meget sikre på hvilket Tog jeg kommer med så må I helst helt lade være med at gå ned og tage imod mig, da det vil være så kedeligt at gå forkert af hverandre.
+I skal heller ikke skrive flere Breve nu, da jeg ikke når at få dem.
+Vi farter rundt hver Dag. Egnen er meget smuk. Forleden fandt vi en anskudt Knortegås som blev båret hjem og slagtet. Vi har spist den i Aften. Folkene er elskværdige og Konen sørger troligt for vor Forplejning. Kys Børnene mange Gange og mange Hilsener fra din Fritz.
+Hils Matilde</t>
+  </si>
+  <si>
+    <t>1901-12-19</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Franziska  Erichsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Fritz Syberg udtrykker sin begejstring for kysten omkring Nordskov på Fynshoved, hvor han og Johannes Larsen opholder sig. Det er kedeligt, at Bertram er så ked af det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4uI3</t>
+  </si>
+  <si>
+    <t>Nordskov 19/12 1901
+Kære Høns!
+I Morgen rejser vi herfra. Dersom det ikke var at jeg længtes efter Dig og vore søde Unger vilde jeg være ked over at skulle væk. Jeg har aldrig nogensinde været på et fremmed Sted, hvor Landskaberne, og Naturen i det hele taget, i den Grad er gået ind i Skallen på mig øjebliklig, som her.
+Jeg havde en lille Fornemmelse af det i Sommer da jeg var med Marie og Uglen på Romsø, men dette her er noget ganske andet. Jeg forsikrer Dig at jeg disse to sidste Dage har gået rundt med en Fornemmelse, som jeg nu endelig havde fundet noget jeg hele min Levetid havde gået og ledt efter. Bakkeformationerne ligner lidt Svanningeegnen, men der er nogle store flade Strækninger bevokset med Lyng og Marehalm som slet ikke ligner Svanninge. Kysten kan somme Steder minde om Knold, men alting er meget større. Klinterne er meget højere, Linjerne i Kysten meget længere og Afstandene meget større. Vi marscherer i Timer for at komme fra Sted til Sted.
+Somme Steder er Klinterne rene Afgrunde. Her er store Fladstrande inddæmmet af Sandbarrer (fra Naturens Hånd) med en Mængde Fugle. Nu da alt er bedækket med Sne og al det lave Vand er tilfrossen ser her umådelig øde og Menneskeforladt ud. Den sidste halve Mil af Sandet, der hvor Las og jeg til daglig bevæger os er da heller ikke beboet af et eneste Menneske. Det eneste her findes som minder En om sine Medskabninger er en tom Fiskerhytte som Fiskerne fra Kjerteminde logerer i når de ikke kan komme hjem for Storm.
+Den store Kyst ud til Kattegattet er fuld af Sten. Ja her er så dejlig så det slet ikke er til at beskrive. Alle Farver er så rene og dejlige, ja det er slet ikke til at finde Ord for hvor smukt her er. Man resignerer og ræsonnerer slet ikke, som så mange andre Steder, og fortæller sig selv, at der er kønt her som alle Steder men tvertimod synes man (det gør jeg da) atnu har man endelig fundet noget der er kønnere end alt hvad man hidtil har set. Jeg har lavet en halv Snes Skitser, men det meste er noget Nonsens da jeg har givet mig for lidt Tid. Las har lavet et Par Skitser af mig stående ved Strandbredden tegnende i min Skitsebog. Han vil gærne lave et Billede deraf og da jeg også gærne vil lave et Billede af ham liggende på Lur efter Fuglene har vi aftalt en ny Tur herop længere hen på Vinteren. Jeg glæder mig meget dertil. Blot jeg bliver rask så skal Du bare se. Og det bliver jeg nok. Nu kender jeg Kuren, man skal bare byde sig selv alt mulig. Stå og gå i Kulde hele Dagen, så får man Appetit og æder og drikker til den store Medalje.
+Vi bor i et Værelse hvor Væggene gnistrer af Rimfrost og Lagenerne er så isnende kolde så jeg har en Fornemmelse af at vi pakker os ind i en Snedrive. Las siger at vi kan danne os en Forestilling om hvordan Harerne har det. Gå i Seng Kl. 8 og stå op Kl. 6½.
+Det er kedelig at Bertram er så ked af - - ja at hun ikke er så lykkelig som jeg kunde unde hende det. Hils hende mange Gange og sig jeg tænker meget på hende. Det er rart at Du kommer så meget sammen med hende, for hun har en god Indflydelse på En dermed mener jeg ikke at Du trænger særlig til at influeres i god Retning, men blot at jeg føler hun har en god Indflydelse på mig. Kys Børnene mange Gange hils Franziska og Marie og Matilde. Mange hilsener fra Din
+Fritz.
+Hilsen fra Las.</t>
+  </si>
+  <si>
+    <t>1902-03-12</t>
+  </si>
+  <si>
+    <t>Niels Chr.  Jantzen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Peter Magnussen
+R J Steen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen lærte i 1902 Johannes Larsen at radere ved Brahetrolleborg. Larsen lavede her en radering af kalkuner, som Faaborg Museum ejer. Foto findes ikke p.t.
+Danmarks Kunstbibliotek har ikke katalog fra Johannes Larsens udstilling hos Winkel &amp;amp; Magnussen 1902.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har modtaget prøvetryk. Han raderer, klargør billeder og maler på rådyrene og et måneskinsbillede. Billederne skal sendes fredag, men Winkel &amp;amp; Magnussen har ikke sendt kasser. Rammerne er færdige og ved at blive forgyldt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PMHT</t>
+  </si>
+  <si>
+    <t>Teknisk Skole 12/3 1902
+Kæreste Alhed!
+Tak for Dine 2 Breve. Kludene ere sendte i Aften som Banemærkepakke. Grossereren har ogsaa sendt Varerne i Dag. Prøvetrykkene kom i Aftes, de saa for Resten ikke helt meningsløse ud, men de kunde jo have været en hel Del bedre. Jeg raderer [og] jeg har fuldt op at gøre [med] at faa Billederne i Orden. I Dag har jeg malet hele Dagen paa Maaneskinsbilledet og Raadyrene og i Morgen skal jeg se at faa dem færdige og tillige Aquarellen og paa Fredag skal de jo sendes af Sted. De Bæster til Winkel &amp;amp; Magnussen har endnu ikke sendt Kasserne. Sten er mærkelig nok bleven færdig med Rammerne i Morges jeg var inde hos Jantzen de var lagt an med Guldgrunde og bliver forgyldte i Morgen. Hils Puf og Lysse fra mig.
+Mange kærlige Hil[sner] til Dig selv fra D[in]
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-08-27</t>
+  </si>
+  <si>
+    <t>Nürnberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er nået til Nürnberg, som han beskriver som en sjov by, hvor han mener, Anna burde bo. Han har fundet en kirke, som han vil tegne og måske lave i akvarel. Han beskriver byen lidt mere, herunder også den lokal dialekt. Dresden bryder han sig ikke om, men Berlin er han begejstret over.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nnvu</t>
+  </si>
+  <si>
+    <t>1902-08-26_Fritz til Anna
+Nürnberg (såvidt jeg ved den 27 måske kun den 26 August 1902)
+"Zur blauen Traube"
+Kære Høns!
+Nürnberg er en sjov By. Her burde Du bo. Det eneste der vilde være Dig i Vejen her, var at Du jo ikke kunde købe det altsammen og få Ejerne bildt ind at det var dem som havde snydt Dig ved Handelen. Jeg har spaseret den rundt og fundet mig en lille Kirke i "Kønigstrasse" som jeg vil tegne og måske lave i Aquarel. Der er [overstreget: andet] et glt. Tårn som jeg også synes er kønt ellers er det mest det snurrige jeg har fået fat på. Her er sgu [grønaster?]
+Her er så fuldt af Kviste, Karnapper Småtårne og alle Slags Takker og Knaster så man løber rent sur. Ting som man vilde stejle over hjemme vader man i her. - Smedejernsgelændere og ældgamle Lygter med grønne Glas som hænger og dingler over Porte og Døre, alle den Slags Sager har jeg vænnet mig til i Løbet af 6 Timer. Jeg har også lært noget Sprog. f.Ex. hører jeg til min Forbavselse at zur bl. Traube udtales med snurrende R.'r og en lys A-Lyd således zum blaauen Drraaube. En Kirke hedder ikke alene eine Kirche men ovenikøbet eine Kirrresje, hvorimod at r'et i "Einschreiben" bliver væk, der siger man einschleiben. Så var der forbeholdt mig en glædelig Overraskelse til, nemlig Billigheden ved at være her. Et Glas Münchener Øl (en halv Liter) som i Berlin koster 30 Rf koster her 12. Jeg spiste til [overstreget: Aften] Melmad [overstreget. for] for 35 Pf. med et Gl. Øl i samme Køb, og har fået et dejlig rent Værelse for 1V?. [overstreget: De] Dresden bryder jeg mig ikke stort om. Unter Uns gesagt er det en kedelig By og slet ikke Køn, nærmest pauver hvad Kultur angår, og har slet intet ejendommeligt Præg. Nej må jeg så hellere bed om Berlin med mine dejlige Musæer og Anlæg og Blomster. Den er nok dyr, men den er ren og appetitlig. Dresden kan jeg ikke lide. Berlin derimod kunde jeg godt [overstreget: lidt] lide at besøge af og til. Alle de Hortensier de gier den med dernede. Husene i Charlottenburg er behængt med Blomster fra Top til Tå og Resten af deres grimme Skabeloner er skjult af Alleernes Løv. [overstreget, ulæseligt] Jeg ved ikke hvorlænge jeg bliver her i Nürnberg, måske en 4-5 Dage. I Morgen skal jeg på "Germanisches Museum" og så se at få begyndt på min Tegning af Kirken. En Ting til: jeg synes egentlig at Brandenburgerne er kønnere end Sachserne og Sachserne er igen kønnere end Bayrerne. Folk her er sgudde kønne, men elskværdige er de allesammen.
+Kys de [overstreget, ulæseligt] søde Unger hvordan går det med No 4? Hils Matilde
+Mange Hilsener fra Din Fritz.</t>
+  </si>
+  <si>
+    <t>1902-08-31</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Peter Paul Rubens</t>
+  </si>
+  <si>
+    <t>Den maler, Fritz Syberg ikke kan huske navnet på, kunne være Pieter Hendrickzoon de Hooch ho.k 1629 - 1684. Han var en hollandsk genremaler i den hollandske guldalder.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om sit besøg i München. Han omtaler bl.a. nogle malerier af Rubens og et mandsportræt af Tizian, som han er meget begejstret for. Ellers er han mæt af indtryk, længes efter at komme i gang med at male, og tager derfor nu hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yZWK</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 1902
+München. Mandag den 31 August eller 1 Sptb.
+Kære Høns! 
+Jeg har været en Eftermiddag i München og tilbragt den på "altes Pinakothek". Det er en udmærket Samling. Hvor Rubens er god her. Der er et Landskab med Køer af ham som næsten knuser alt hvad jeg har set af Landskabsmalerie. Så er der en Mængde Skitser af ham. Peter de Ho---ja hvordan saves det nu? har et henrivende Interiør. For første Gang svarer han til mine Forventninger. Men det bedste af det altsammen er dog vist et Portræt af Tizian et Mandsportræt. Forresten løber det allerede sur for mig hvad jeg har set. Nu går jeg derhen i Dag og i Morgen på neues Pinakothek. Desuden er her en Jahresudstilling. Jeg har for Resten besluttet at ende min Rejse her. Jeg er fuldstændig mør af alt hvad jeg har set. Jeg gider ikke rejse til Schweitz og Rhinen for at se på Naturen men vil tage hjem i Stedet for. Jeg længes efter at komme til at arbejde. Den Rhinrejse kan vi opsætte til en anden Gang. og så muligvis gøre den sammen. Jeg har nemlig opdaget at hvis man vil rejse for at se på Natura må man være to, ellers bliver det altfor melankolsk i en så fremmed Natur. Vi har kørt igennem noget af Fielsted gebirge og noget af de "frankiske Juragebirge" men jeg var og blev fuldstændig uimodtagelig for noget somhelst Indtryk deraf Derimod kom jeg til at tænke på Septemberfarverne hjemme med modne Brombær og rødsprængt Løv og så vågnede Maleren i mig så jeg slet ikke kan vente længer. Jeg må hjem og arbejde. For at gøre Rejsen kort tager jeg med Schnellzug til Berlin i en Køre. I overmorgen Nat Kl. 19. (Natten mellem Onsdag og Torsdag) tror jeg Toget går, og fra Berlin kan jeg komme så tidlig så jeg formodentlig er i Kjerteminde Fredag Aften - hvert Fald Lørdag. Kys Ungerne. Din Fritz.</t>
+  </si>
+  <si>
+    <t>1902-09-03</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Anna Syberg, at han først kan komme lørdag med eftermiddags- eller aftentoget. Han sender hilsner til Franciska, hvis hun er i Kerteminde, og til Marie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ZJw</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 3-9-1902
+Kære Høns
+Jeg har regnet efter, det er først Lørdag jeg kan komme, enten med Eftermiddags eller Aftentoget. Er Fransiska i Kjerteminde så hils hende og Marie. 
+Jeg glæder mig til at se Dig og Ungerne. Dersom Du så gærne vil ud at rejse så er det jo i god Tid på Året; Det kan vi jo tale om. Din Fritz.</t>
+  </si>
+  <si>
+    <t>juni -august</t>
+  </si>
+  <si>
+    <t>Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Fritz ærgrer sig over, han ikke lod Tuk blive dagen før, da vejret er blevet godt igen. Hvis det holder, synes han at Anna skal komme ud med alle børnene, også den lille (Lars Pølsepind), han skal nok sørge for at lave middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pL81</t>
+  </si>
+  <si>
+    <t>[Anført med blyant: 1901-2?]
+Nordskov
+Kære Høns!
+I Dag er jeg en hel Del raskere end i Går. Det ærgrer mig derfor at jeg ikke alligevel lod Tuk blive i går da Vejret er blevet godt igen. I Nat var det nemlig Blæsevejr så jeg gik i Land og lå hos Postens. Jeg venter Jer altså allesammen Lørdag Middag og skal nok ha Middagsmad til Jer. Dersom Du ikke tør rejse fra Lars Pølsepind så send Tuk alene, han kan nok klare den og så kan han blive her til Mandag Eftermiddag. Jeg skal for en Sikkerheds Skyld bede Posten om at se efter ham på ved Toget på Lørdag. Er Vejret særlig indbydende i Morgen Fredag så kan I jo også rejse herud Fredag og Lørdag og Søndag. Det ser så udmærket ud i Vejret nu. Du kan jo overveje om det kan gå an at tage Pølsepinden med. Jeg ved ikke om det betyder så stort at skifte Mælken, alle Køer er jo på Græs i denne Tid. Tog Du ham med Fredag så kunde I jo allesammen blive her til Mandag Eftermiddag og tage hjem med Posten. det vilde være Sjov at have det lille Fjols herude og da jeg ikke maler uden om Eftermiddagen har jeg udmærket Tid til at lave Middagsmad til os alle sammen. Jeg synes det bliver mere og mere det naturligste at I tager den lille med, så er vi mest rolige. I behøver slet ikke at sørge for Mad, jeg skal nok have noget til Jer. Det eneste skulde være den Fl. Portvin dersom den ikke er drukket.
+Kys Ungerne
+Din Fritz</t>
+  </si>
+  <si>
+    <t>Fritz takker Anna for kassen. Han har stivet sig af med to akvavitter og to glas Sherry til middag. Vil gerne have en spegepølse og et lille spejl, hvis ikke han skal hjem lige med det samme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L9Dp</t>
+  </si>
+  <si>
+    <t>[anført med blyant:] ca 1903
+Kære Høns!
+Tak for Kassen. Jeg har stivet mig af med to Aquavitter og to Glas Sherry til Middag. Dersom jeg ikke i en nær Fremtid skal hjem for at underskrive ved det Lån (11 Juni) kunde Du så ikke unde mig et Stk Spegepølse og et lille Spejl. Kys Børnene.
+Venlig Hilsen Fritz.</t>
+  </si>
+  <si>
+    <t>1903-01-23</t>
+  </si>
+  <si>
+    <t>Overkjærby</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Johanne Giersing
+Viggo Johansen
+Theodor Oppermann
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har været i Bregnør og Munkebo. Han fangede en krage, men slap den løs. Han har sovet dårligt den forløbne nat.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fM7e</t>
+  </si>
+  <si>
+    <t>Over Kærby 23/1 1903
+Kære Høns!
+Tak for Dit Brev og Billederne. Nolle var mest glad ved sit. Besse skrev et Brev til Dig i Aftes men kasserede det ganske koldblodig da det var færdig fordi "det var noget Vrøvl" I dag har jeg været i Bregnør og Munkebo. Jeg fangede en Krage som havde forvildet sig ind i en Ruse der stod på Land, men da jeg ikke gad bære den hjem lod jeg den flyve. Forrige Nat sov jeg dejligt men sidste Nat lå jeg vågen det meste af Natten så jeg er lidt tung på Øjenlågene for Øjeblikket. Jeg har skrevet til Oppermann og indprentet ham at han må købe et af Birkholms Billeder til Kunstforeningen. Hvis han ikke arbejder derfor, så siger jeg at det er fordi han ikke tør har jeg truet med. 
+Hils Birkholm 
+og V Johansens
+Din hengivne
+[overstreget: Broder]
+le ikke af mig, jeg er så overtræt.
+Din hengivne 
+Fritz</t>
+  </si>
+  <si>
+    <t>1903-02-14</t>
+  </si>
+  <si>
+    <t>På vej til Helsingør</t>
+  </si>
+  <si>
+    <t>Martha Johansen
+Laurits Ring
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Da Fritz Syberg kom til Glostrup dagen forinden, viste det sig, at Ring ikke boede der - måske var det Tåstrup? Han har spist forkost med "uglen", som var noget melankolsk, og det er blevet frost og dejligt vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w1hk</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 14-2-1903
+På Vej til Helsingør
+Torsdag
+Kære Høns!
+Da jeg kom til Glostrup i Går vist det sig at Ring ikke boede der. Gud ved om det ikke skulde være i Tåstrup. Jeg har nu skrevet til Fru Viggo Johansen og bedt hende sende mig Adr. til Helsingør, så vil jeg se at snuppe Ring på Tilbagevejen. 
+[overstreget: Jeg har været samme] Da jeg ikke kunde finde R gik jeg en Tur (se indlagte Plan som jeg tegnede af efter et [xxxxx] kort jeg lånte hos en Spekhøker i Glostrup) til Lyngby. Der boede jeg på Hotel Rustenberg om Natten. I Morges gik jeg i et nedrigt Vejr til Klampenborg, hvor jeg havde sat Uglen Stævne Kl 19. Vi har så spaseret sammen i Dag, men hun har været noget melankolsk. Jeg søgte at stive hende af med en halv Fl. Rødvin, men det hjalp ikke synderlig på hende, eftersom jeg selv måtte drikke det meste. 
+Mens vi sad inde i Klampenborg Badehotel [overstreget] og spiste til Aften blev [overstreget] det Vinter. Nu er det Frost og dejligt Vejr. Vilde det bare blive ved. Jeg vil ikke bede Dig skrive da jeg slet ikke ved hvor jeg tager hen. Kys Børnene. Et Kys til Dig selv fra Din Fritz</t>
+  </si>
+  <si>
+    <t>1903-03-19</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Peter Hansen
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Fritz har svært ved at koncentrere sig om arbejdet, blandt andet fordi han bor så provisorisk. Han synes, det Peter Hansen har malet i løbet af sommeren er kedeligt - og det er Birkholms billeder også. Han forstår ikke, hvordan de kan være tilfredse og går selv og raser over, at arbejdet ikke vil lykkes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wlEV</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 19-3-1903
+Kære Høns!
+Det er dog et nedrigt Vejr. Det meste jeg hidtil har fået ud af mit Arbejde er en ubehagelig Forkølelse. Jeg har begyndt på et Billede, men det ser så råt ud hvad jeg har lavet. Der er dejligt i Svanninge Bakker men jeg synes ikke jeg kan samle mig rigtig om noget bestemt Motiv. Der er for mange og jeg kan ikke få Fornemmelsen af at have Tiden for mig fordi jeg bor så provisorisk.
+Peters er ved at rejse. Han har stået og pakket sine Billeder ind. Det er dog en dejlig Aquarel den fra Lerbjerget, helt oven ud god. Det han har malet i Sommer synes jeg derimod er noget kedelig Stads. Bedst synes jeg om de to af Lisbeth men de er alligevel gjort på sådan en kedelig Måde - ingenting er der gjort ved dem - de er "tæsket" op" som Tom kalder det. Birkholms Billeder er også kedelige, når man undtager et Par Småskitser han selv regner for ubetydelige. Folk bliver gamle og sløje.Det er meget forståelig at de gør det men hvordan de kan være tilfredse med det begriber jeg ikke. 
+Jeg går selv og raser over at Arbejdet ikke vil lykkes for mig som det skal. Jeg synes for Øjeblikket at det hele er forbandet. Jeg har aldrig følt mig så ensom og jeg ved ikke hvordan det er kommen.
+Tak for Urhønen - vi spiste den til Middag i Går. Jeg synes det var en Skam at Du slet ikke fik den at smage. Kys Ungerne og haet godt
+Din Fritz</t>
+  </si>
+  <si>
+    <t>1903-04-20</t>
+  </si>
+  <si>
+    <t>Brockdorff, som Fritz nævner i brevet, er en lille hovedgård, som er dannet i 1785 af Wilhelm Theophilus von Stieglitz-Brockdorff til Scheelenborg. Brockdorff var en avlsgård under Scheelenborg Gods til 1980. Gården ligger på halvøen Hindsholm i Stubberup Sogn, Bjerge Herred, Kerteminde Kommune.</t>
+  </si>
+  <si>
+    <t>Fritz er ude at sejle omkring halvøen Hindsholm ved Kerteminde. Det har været blæsevejr, og han nåede at blive lidt søsyg undervejs. Han ved ikke, hvornår han kommer hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/09Vc</t>
+  </si>
+  <si>
+    <t>[Anført i blyant]: 20-4-1903
+Kære lille Høns!
+Du skal slet ikke ængste Dig. Du ved at jeg er forsigtig. Jeg har ellers havt nogle slemme "Wiederværdigheder". Først havde Kjertemindetoget med den Expedithed som udmarker alt fra denne By, ladet mit Tøj blive i Kjerteminde, så jeg først fik det næste Dag. Båden fik jeg også først ud næste Dag (Lørdag) og om Aftenen blev det Storm. Og fra Lørdag Aften til Mandag Middag har jeg havt det som en Flue i en Flaske.
+Jeg er blevet kastet rundt så det er noget umanerligt. I halvandet Døgn holdt jeg mig frisk men d jeg var nået Mandag Kl. ca 8 om Morgenen følte jeg Søsygens Kvaler og kastede så meget som en Tekop Væske op der nærmest lignede rent Vand. Fiskerne havde en Båd som var dreven ned til Brockdorff. Den var de ude at hente hjem i Dag. De spaserede over Land ned til den og på Tilbagevejen Kl. 12. kom de over til mig, jeg lå ovre under Mejlø, og tog mig med i Land. At gå i Prammen var det samme som at gå tilbunds så det begyndte jeg slet ikke på. Desuden sprang Fangelinen på Prammen i Aftes og den gled til Mejlø medførende min Vanddunk. Prammen var fuld af Vand men både den og Dunken "hvalflød" Såsnart Vejret bedager sig skal jeg ud at lede mine Sager op. Jeg kunde jo måske nok komme hjem i Aften men vil hellere vente til næste Søndag (eller en anden Dag) da det passer bedre. Jeg har været lidt ængstelig for at min Fangeline skulde briste for når Båden kom op med Snuden i Vejret og der så kom en Sø sættende ind på Bunden af den, fik den jo nogle Stød så det rystede i hele Kassen. Men Linen holdt for den er ny og jeg har surret den forsvarligt fast og Ankeret bider sig så fast i Bunden så den ikke er drevet en Tomme. Det Anker vækker alle Fiskernes Beundring herude. Farvel, kys de søde Unger og vent mig når Du mindst venter det. "Her er inte farligt men bara roligt"
+Et Kys fra Din Fritz.</t>
+  </si>
+  <si>
+    <t>1903-04-30</t>
+  </si>
+  <si>
+    <t>Odense
+Nordskov</t>
+  </si>
+  <si>
+    <t>Laura -
+Ludvig Brandstrup, billedhugger
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Theodor Philipsen
+Karl Schou
+Marie Schou
+Fritz Syberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg, Alheds mor, var, da Alhed skrev dette brev, enke, men hun boede stadig på gården Erikshaab ved Faaborg. I efteråret 1903 flyttede Laura Warberg til Sortedamsdosseringen i København. 
+"det med Katten i Døren" er formodentlig en af Johannes Larsens illustrationer til Kold: "Lille Mis". 
+Johannes Larsen har i en stor del af april malet på et billede af påfugle i Københavns Zoo. Det blev ikke færdigt til "første ophængning", men kommer med i "anden ophængning" ca. 30. april.
+Det er uvist, præcis hvad diskussionen med Kunstforeningens køb af billeder går ud på, men Fritz Syberg kommer tilsyneladende med nyt derom.</t>
+  </si>
+  <si>
+    <t>Alheds mor er syg, så søsteren måtte blive og passe hende og kunne ikke tage med til Kerteminde. 
+Alhed har truffet Fritz Syberg (Kunstneren), som vil til Nordskov den følgende dag.
+Kunstforeningen vil købe nogle billeder af Johannes Larsen. 
+Alhed synes, at Larsens billede af påfugle måske er for godt til en "anden ophængning".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K1YV</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Du er rigtignok flink til at skrive til mig, jeg blev meget glædelig overrasket ved at faa et her i Kerteminde strax efter min Ankomst, det kom med 2 Toget. Jeg kunde nok ogsaa trænge til lidt Opmuntring. Jeg fik ikke Dis med alligevel. Mor ligger nemlig syg, hun har længe været daarlig, men i Gaar blev det saa meget daarligere, at Doktoren blev hentet. Det er Brystkatarrh og Mavedito, begge i meget høj Grad, saa der er Feber med, saa [ordet overstreget] hun skal ligge ganske stille hen og Dis skal passe hende, Johanne har jo sin Musik i Odense og meget andet. Og Laura faar jeg jo ikke mere, saa nu er der jo igen det skrækkelige at jeg skal gaa her alene; naa, men det gaar jo nok. – 
+Ungerne var henrykte ved at komme hjem og gense alle deres smaa Ragerier. Her saa saa nydeligt ud og Vejret var jo henrivende. Kunstneren traf jeg i Eftermiddag, han rejser ud til Nordskov i Morgen. Tænk Dig, det var slet ikke det med Katten i Døren, Kunstforeningen vilde have, det var det lille Bryggersstykke til 100 Kr!! Og det med Flaskerne paa Loftet var det sikreste, det var de alle enige om, at de skulde tage. Det er rasende ærgerligt, Kunstneren mente Du uden videre skulde flytte Sedlen tilbage til Katten eller ogsaa helt tage den bort, det vilde Philipsen udmærket kunde forstaa, sagde han. – Marie og Agraren sidder herinde hos mig Marie skriver til sin Mor og Agraren har rørt en Æggesnaps til os hver. Vi har læst en Høne i Aften. Grossereren sagde, at det var godt nok til Dig, at Du ikke havde solgt noget, Du kunde lade være med at male saadan noget som Folk ikke brød sig om!! Det er jo godt det med ”Fremtiden”! der er dog Chancer. Hør, mon det Paafuglebillede ikke bliver for godt til 2den Ophængning. Sikken et dejligt Vejr Du har haft at male i Dag. Hils Schous 1000 Gange og bed dem undskylde, at jeg var saa væmmelig! Hils ogsaa Lud og andre. Puf ber mig fortælle Dig, at han havde klædt sig selv af i Aften. Lysse spurgte da jeg klædte ham af, om Du snart kom hjem med noget Brystsukker til ham, og da jeg benægtede det sagde han, at saa [de to ord overstreget] ”saa er han en lille Gris”!
+Naa nu Farvel, jeg er bleven træt og søvnig.
+Din Alhed</t>
+  </si>
+  <si>
+    <t>1903-05-22</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Fritz skriver ikke så meget, da han er skidt tilpas - det har han faktisk været hele foråret, men det er særlig slemt i disse dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eWEt</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 22-5-1903
+Kære Høns!
+Tak for Brevet med alle Nyhederne. Det er kedeligt at Birkholms Navn ikke er på Listen. Jeg skriver ikke ret meget da jeg er skidt tilpas og har været længe. Egentlig har jeg været dårlig hele Foråret, men det er rent skidt i disse Dage. Det er jo kedelig med den Drænrørshistorie, men godt er det at Du er rig. Kys Ungerne Din Fritz.</t>
+  </si>
+  <si>
+    <t>1903-09-03</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>En del af brevet mangler, så det er svært at forstå i sin helhed. Men Fritz beder blandt andet Anna om at sende ham en smule kloral.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pfcL</t>
+  </si>
+  <si>
+    <t>Kære Høns!
+Dersom Du kunde skaffe mig en Recept på en Smule Kloral fra gamle Schoudel vilde det være af uberegnelig Værdi for mig i disse Dage. Peters er rejst. De var kede over at det blev godt Vejr nu, da det kunde være dem ligemeget Jeg trøstede dem med at de jo kunde 
+[papiret mangler] i Jernbanen og bilde sig ind 
+[papiret mangler] hver Dag regnede herhjemme,
+[papiret mangler] de kunde have samme
+[papiret mangler] af. Det vilde de så også 
+[papiret mangler] Birkholm sat i Virk-
+[papiret mangler] som Landskabsmaler 
+[papiret mangler] siger han da - og han synes 
+[papiret mangler] hel morsom Sport at ma 
+[papiret mangler] Jeg har selv lavet en stor 
+[papiret mangler] som jeg kasserede igår og vil i Dag begynde på en ny af det samme Motiv. Lyngen er tildels afblomstret så nu kan jeg da få Ro til at lave et Septemberbillede. Kys Ungenr og ha'et godt
+Din Fritz</t>
+  </si>
+  <si>
+    <t>1903-09-23</t>
   </si>
   <si>
     <t>Johanne Giersing
-Jørgen Schou
-[...2 lines deleted...]
-Ernst Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>"Kukkeren" er muligvis Hans Syberg, som bl.a. havde "Tukuk" som kælenavn. Sidst i brevet nævnes "Tuk", som er et andet af Hans Sybergs kælenavne.</t>
+  </si>
+  <si>
+    <t>Fritz vil gerne høre nyt fra Anna og beder hende hilse Kukkeren. Hvis det gode vejr holder, kunne Anna komme derud om lørdagen og blive til søndag. Men måske kunne Sakker blive hjemme med Olga. Ellers kan hun evt. send Besse og Tuk derud alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jFQ5</t>
+  </si>
+  <si>
+    <t>Kære Høns!
+Tak for det tilsendte. Jeg går ud fra at Sakker og I alle har det godt siden Du ikke nævner et Ord derom, men beder Dig dog omgående lade mig lidt vide. Hils Kukkeren og sig at en Ælling har slået sig ned lige ved Siden af Båden hvor den ligger og dukker hele Dagen.
+Jeg har en Plan: dersom det gode Vejr varer ved så kunde Du jo tage herud med hele [Rusen] på Lørdag og blive her til om Søndagen så tager jeg muligvis med hjem. Måske er det dog bedst at lade Sakker blive hjemme men Du må jo så se hvordan Du kan indrette Dig med Olga. Dersom Du ikke bifalder det kan Du så ikke se at få både Besse og Tuk herud om Lørdagen – De kan jo nok rejse alene.
+Mange Hilsener til Jer alle Din Fritz</t>
+  </si>
+  <si>
+    <t>1903-10-26</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Ludvig Brandstrup, billedhugger
+Christian Eckardt
+Niels Elgaard Amstrup
+Andreas Larsen
+Johan Larsen
+Christian Mogensen
+Otto Emil  Paludan
+Henry Smith, nær Erikshaab</t>
+  </si>
+  <si>
+    <t>"Nu synger det gamle Haab paa sit sidste Vers": Albrecht Warberg, Alheds far, døde i september 1902. Den nye godsforvalter, Jørgen Paludan, overtog (embeds)boligen, Erikshaab, som var Alheds barndomshjem. Laura Warberg, Alheds mor, flyttede til København.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab for at pakke indboet sammen, og det er svært. Der er dejligt på egnen, men hun har ikke tid til at gå tur. Det bliver måske det sidste brev, Alhed skriver til Johannes fra barndomshjemmet.
+Alhed beder om, at Johannes Larsen får billederne fra Lud(vig Brandstrup) hjem. Paludan (Palam, hendes fars afløser) kan måske få/købe nogle af billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hrbC</t>
+  </si>
+  <si>
+    <t>Kæreste Las!
+Tak for Dine to Breve! Nu er Du altsaa i København, hvornaar kommer Du hjem igen? – Nu synger det kære gamle Haab på sit sidste Vers, det er drøjt kan Du tro at gaa og pille det hele fra hinanden, man kan næsten ikke faa sig til det. Endnu i Gaar var Stuerne hyggelige og uforandrede, her var nogle Fremmede til Kaffe, Mogensens, Amsts og Smiths. – Her ser saa dejligt ud ude omkring med de gule Blade og de store Oversvømmelser paa Engene, men her er desværre ikke Tid til en Tur. – Kan Du passe godt paa med Sporvogne, hører Du! – Kunde Du ikke faa de Billeder fra Lud praktiseret hjem – ikke Tjalfe naturligvis – Palam taler meget om de Malerier, saa vi maa jo ud med nogle, om han nu fik Chr. Andersen og os 4 paa Klinten? saa kunde vi hænge Din Far og Bob op i dets Sted. – Saa nu maa jeg slutte. Det er maaske sidste Brev jeg nogensinde skriver til Dig herfra, hvor jeg har skreven saa mange. Jeg længes efter Dig! Ungerne har det godt. Hils Eckardts vældig og andre.
+A.
+26 Okt 03.</t>
+  </si>
+  <si>
+    <t>1904-04-04</t>
+  </si>
+  <si>
+    <t>Wilhelm Hansen
+Henny Kaarsberg
+Julius Paulsen</t>
+  </si>
+  <si>
+    <t>Fritz fortæller Anna at nu har han været på udstillingerne - Den Frie og Charlottenborg, og den ene er værre end den anden. Det er vist W. Hansen, der har købt hans akvarel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UAgv</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 4-4-1904
+Kære Høns! Nu har jeg været på Udstillingerne. Dit Blomsterbillede ser godt ud men Druerne ikke så godt. Mine Aquareller hænger godt og bliver erklæret for gode, hvorimod det store Portræt ikke skal være godt. Den Fri er meget slem og Charlottenborg er 100 Gange værre. J. Paulsens store Billeder er tyndt synes jeg og de tre Mære der sidder på skulle sættes til at skure Trapper et Års Tid. Derimod er hans Portræt af Fru Kårsberg på den Fri en hel Del mere menneskeligt. Det er vist W. Hansen der har købt min Aquarel. 
+Kys Ungerne mange Gange. Jeg kommer vist snart Hjem her er ikke morsomt
+Din Fritz</t>
+  </si>
+  <si>
+    <t>1904-8</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+"Cement" Jørgensen
+Elisabeth Neckelmann
+Frk. Nisted
+-  Rosenberg</t>
+  </si>
+  <si>
+    <t>"Pinden" er Fritz og Annas søn Lars. 
+Det er ikke klart, hvem frk. Nisted er.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beder Anna om at sende ham målene på skakbilledet igen. Han glæder sig til at se familien igen og håber på godt vejr, så han kan blive færdig med det sidste billede inden udstillingen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tx7B</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] 1903-5 Svanninge
+Kære Høns!
+Jeg kommer til at besvære Dig med at sende mig Målet på Skakbilledet igen, for jeg har forloret det Du sendte mig oppe hos Snedkeren.
+Nisted er Dødskandidat Rosenberg har sagt til hende hvad hun kan vente sig. Men det har forresten beroliget hende at få sin Dødsdom. Det er dog rart at Pinden kan tåle Mælken, jeg glæder mig til at se ham og Jer allesammen igen. Blot vi må få godt Vejr stadigvæk så jeg kan blive færdig med det sidste Billede inden Udstillingen. Jeg kan hilse Dig fra Cement Jørgensen han spurgte til Rhinskvinsglassene - Hm ! ! Jeg søgte at redde Situationen for Dig, ved at stikke den Plade ud, at du havde lavet et Billede til ham men det var naturligvis ikke blevet sendt fordi Du var et Smøl [overstreget: med] til at besørge den Slags Forpligtelser - ligesom jeg selv - føjede jeg til. Nu ved Du altså hvad Du har at rette Dig efter. Ved Du ikke bede Lisbeth om at skrive Elises Adresse på dette Brev det er fra Frk Nisted. 
+Hun Elise har ikke skrevet anden Adrs end Civita d'Antino og N er ikke sikker på at det er nok. Der var noget mere synes jeg, jeg vilde skrive om men nu kan jeg ikke huske det. Kys Ungerne de små Agne, og ha'et godt.
+Mange Hilsner Din Fritz
+Send mig Målet så hurtig Du kan.</t>
+  </si>
+  <si>
+    <t>1904-08-07</t>
+  </si>
+  <si>
+    <t>"Tuk" er Fritz og Annas ældste søn, Hans Syberg, og "pølsepinden" er sønnen Lars Jacob Syberg, også kaldet "Sakker".</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Anna, at han er kommet i gang på ny. Han er kommet i tanke om, at der skal en lås på brønddækket, så ikke børnene falder i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EjA8</t>
+  </si>
+  <si>
+    <t>Kære Høns! Alt går vel, jeg er nu kommen i Gang paå ny. Det er godt at I morer Jer med Ungerne jeg er godt tilfreds [papiret mangler] nøjes med Tuk [papiret mangler] Tid; Det blev noget a[papiret mangler] gende at lave Mad [papiret mangler] den sylte og hver Dag [papiret mangler] hos Postens. Der er en Ting Jeg er kommen i Tanke om hende: der er ingen Lås for Brønddækket, nu de er så mange er det ikke godt at vide hvad de kunde finde på, se at få den låset, at Pølsepinden ikke skulde falde deri, jeg længes for Tiden mest efter ham af Ungerne. Kys dem. Din Fritz. 
+Kan Du ikke sende mig nogle kartofler og Grøntsager (Persille). Ikke for stor en Portion da det visner herude.</t>
+  </si>
+  <si>
+    <t>1904-10-04</t>
+  </si>
+  <si>
+    <t>Viborg</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Franziska  Erichsen
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Anna om sin tur over Fyn og til Jylland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xsak</t>
+  </si>
+  <si>
+    <t>Viborg Kære Høns! I har det vel godt. Hvis Du vil sende mig et Par Ord så send det P.R. Ringkøbing. Fra Skalbjerg til Bred, er Fyn dejlig. Turen over Lillebælt var pragtfuld i det smukke Vejr. Jylland så jeg ikke noget til før jeg kom til Århus hvor jeg fik et billig Logis i Hotel – Danmark – tror jeg. Hvad der iøvrigt forbavsede mig mest i Århus var mit eget Ansigt som jeg så i en Barbers Spejl. Jeg tænkte hveranden Gang på Franziska og hver anden Gang på en bar Mås. Turen til Viborg var langsom, men Landet er jo dejlig. Det ligner sine Steder nøjagtig Svanninge Banker. Viborg Dom. har jeg set både ud- og indvendig + særlig Krypten var - - jeg tænkte hele Tiden på Blicher. Men jeg tror også at Skovgårds Billeder er gode. Kys Ungerne Din Fritz</t>
+  </si>
+  <si>
+    <t>1904-10-07</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Niels Larsen Stevns</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er i Jylland - han er færdig med at male i Krypten. Seneste søndag morgen skal han til Hald. Han har gjort omtrent tre tegninger færdige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EiTy</t>
+  </si>
+  <si>
+    <t>Kære Høns! Nu er jeg færdig i Krypten, hvor der forresten er fælt klamt at sidde; derimod er jeg ikke helt færdig med to Tegninger fra Gaden, og bliver vist heller ikke helt færdig endnu i Morgen. Jeg har arbejdet så forceret så jeg er helt skidt tilpas men det går vel over igen.
+Senest Søndag Morgen går Turen til Hald. (Fredag Kære Høns I Dag skinner Solen. Jeg har været henne og besøge Blichers Monument, han ligner (lidt) Joh. Ewald derpå. Endvidere har jeg gjort omtrent tre Tegninger færdig bl.a. ”Snapstinget” (se Blicher Fjorten Dage i Jylland). På Søndag tager jeg til Hald men da jeg nok kan indse at jeg må have mindst tre eller 4 Dage til den Egn, kommer jeg næppe til Herning før Torsdag. Måske går jeg et Svip om på Hald Sø’s vestre Side til Bækkelund Kro der skal efter Sigende Larsen Stevns bo. Det ved jeg nu ikke, hvad jeg gør, iøvrigt har jeg ikke set et kendt Ansigt og føler mig for den Sags Skyld lige alene som da jeg boede i München. Jeg har fundet Terrænet ud hvor Blichers ”Fjorten Dage i Jylland” foregår, alt sammen, undtagen Klintekirken” hvor på Lag den eller Sagnet om den skal søges er jeg fuldstændig i Vildrede med endnu. Kys Ungerne. Din Fritz</t>
+  </si>
+  <si>
+    <t>1904-10-16</t>
+  </si>
+  <si>
+    <t>Sønder Omme</t>
+  </si>
+  <si>
+    <t>Alexander Kielland</t>
+  </si>
+  <si>
+    <t>Fritz fortæller Anne om en festlig aften og om sin rejse til Feldring.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9jk4</t>
+  </si>
+  <si>
+    <t>Sønder-Omme Fredag tror jeg.
+Kære Høns! Den var lige ved at blive for munter i Troldhede igår. Der var En som sagde til mig "mit Navn er Madsen" og så vilde han give en Genstand. ikke alene ti [papiret mangler] men hele Huset rundt og [papiret mangler] med at de allesammen, [papiret mangler]Snes Mennesker, blev te[papiret mangler] Der var en Uldkræmmer [papiret mangler] lede Violin og en Jæger - der [papiret mangler] Alexander Kjelland - som [papiret mangler] ver. -Da "Madsen" dansen i Sofaen gik jeg op i Seng. I Dag har jeg fortsat syd på først til Felding, Jeg så imidlertid ikke noget til den berømte Svend Feldings Slagsværd eller hans Øllebrødspotte. De skal findes et eller andet Sted har jeg læst og være af en imponerende Størrelse. Egnen er ens hele Vejen - opdyrket Hede, beplantet Hede og Lynghede. Her i Nærheden er en umådelig Mængde Kæmpehøje. Jeg var oppe på et Lyngbevokset Bakkedrag hvorfra jeg kunde tælle 26 Høje. Og så var der derforuden ligeså mange eller endnu flere som først kan ses når man er ligeved dem. Egnen er ellers temmelig kedelig. Du har vel fået mit [papiret mangler] jeg smuttede det nemlig i en Postkasse der så ud som den aldrig blev tømt. Kys Ungerne Din Fritz</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Franziska  Erichsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs brevarkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er spændt på at høre om Annas rejse fra Italien til München, han og Jens Birkholm har kigget på motiver til næste gang, de skal til Italien. FS glæder sig til at komme hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rPn5</t>
+  </si>
+  <si>
+    <t>Settignano
+Kære Høns!
+Jeg er meget spændt på at erfare hvordan det er gået Dig i Bologna, om Du slap ind i en rigtig Vogn der.
+Vi har set på et Italienskort igår og ser at Milano ligger langt af Vejen for den Rute Du har løst Billet til. Men så ræsonnerede jeg som så, at selv om Du skulde ende i [xxx]land så har Du da Penge nok til at løse Billet videre for, så Du har vel hittet ud af det. Birkholm og jeg har spaseret lidt. Jeg kigger på Motiver til næste Gang i skal herned, og når jeg blot må slippe for at male dem nu, så tror jeg nok jeg kan finde nogle. Vi fandt igår et helt nyt Terræn med temmelig bratte Højder og den smukkeste Cypresskov der er her i Egnen. Jeg troede ellers at vi havde afsøgt Terrænet. Birkholm kan ikke hitte ud af Maleriet heller. Jeg har tilbudt ham at tage med til Genua, men det vilde han alligevel ikke da det kom til Stykket.
+Nu venter vi til jeg hører om Du er sluppet levende til München (det var forresten intet Under at ingen Italiener vidste om der var Vogne til ”München” den hedder nemlig ”Monaco de Bavièra”) og så tager vi en Fodtur til Bjergene. Det var jo kedeligt at vi kom op at skændes før vi skiltes men vi overlever det vel. Og jeg vil ikke udtale mig om dette delikate Emne nærmere blot berøre det for at Du ikke skal tro at jeg sidder og skriver dette Brev ængstelig for at berøre dette Emne. Jeg glæder mig til at komme hjem og faa fat på et Par Blomsteraquareller fra vores Have. Kys Ungerne og hils Olga og Franziska. Mange Hilsener fra Din 
+Fritz.</t>
+  </si>
+  <si>
+    <t>Settignano</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er spændt på, om Annas rejse går godt. Han og Jens Birkholm kigger på motiver. Det var ærgerligt, de kom op at skændes, inden de skiltes, men det overlever de vel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7auh</t>
+  </si>
+  <si>
+    <t>1905-03-01</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Göteborg
+Nybro Frugtplantage Kerteminde
+Rådhuspladsen København</t>
+  </si>
+  <si>
+    <t>Anna Andersen
+Victor Bøttern
+Albert Gnudtzmann
+Johannes Jørgensen, barn
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Carl Raben-Levetzau
+Anna Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine er stadig indlagt på sanatoriet i Haslev. 
+Johannes Larsen havde flg. studier på auktion d. 6. marts i Fri Udstillings lokaler: Studie af skallesluger (akv.), studie til bygevejr i april (= det store billede), forårsdag (akv.), tulipaner og pintselilier, en sneppe(akv.), Forarbejder til billedbog:ræve (akv.), en ræv, studie af graaænder (pen)
+Taarupstrand er markeret ved Nybro Frugtplantage</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsen skal have billeder på udstilling i København. Johannes Larsen skal til at male på det store mågebillede fra Taarup Strand. Badehuset skal være værksted. Johannes Larsen og Anna Syberg har hver fået et legat på 500 kr af Raben-Levetzauske Fond. Der er auktion d. 6. marts.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XDEQ</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Tirsdag
+Kjære lille Ugle!
+Saamange Tak for dit Søndagsbrev, jeg er saa glad, at det er gaaet saa godt fremad med Dig, saa haaber jeg paa et godt Brev naar du er undersøgt, det er saa behageligt at skrive naar vi har Brev, og jeg vidste jo, at Du fik Maries med Tvebakkerne; nu troer hun rigtig nok, at Du maaske først kan faa dem Mandag; men saa har Du dem da nu og en Uldtrøje og et Par Skilling skal Du ogsaa nok faa i denne Uge, Marie gaar nu ned i Byen og seer om der er nogen hun synes om, vil det dog nu blive ved med Foraarsluft, vejene ere saa gode og tørre at Cyklerne de hjuler afstedmed en rasende Fart, her er 3 Brøndgravere der kommer hver Morgen de graver ovre i Kjøbmand Jørgensens Løkke de er kommen 20 Alen ned, men nu laver de 10 til inden de sætter videre, kommer der ikke rigeligt Vand saa skal de nok dybere ned for skal her drives Gartneri saa maa der jo rigeligt Vand.
+Igaar var det Lysses Fødselsdag han var helt rød i Kinderne for alle de smaa Gaver Fru Varberg og Andreas havde sendt 1 Krone derfor fik han et Flag og Arken med Dyr. Lille Bøttern og Agrar og Far gav ham Appelsiner Marie bagte 1 Kone og jeg fandt en Deel Julekort som fornøjede ham meget, gamle Steen var at pakke nogle Billeder ind for Johannes – det var nogle Rævestudier og et Par Ande Ditto, en graa Krukke med Blomster og Studiet til det meget store Maagebillede fra Taarupstrand, det skal for resten kjøres ud nu saa han skal vist snart til at male Badehuset skal være hans Værksted derude endnu har han ingenting solgt i Gøteborg men vi vil haabe han vil faa nogen Indtægt der – meget er jo solgt men det har Du vel seet i Bladene – har Du faaet at vide han og Fru Syberg fik hver 500 Kr af Raben Levetzauske Legat det er da en Hjælp meget faar han jo ikke paa Udstillingen i Foraaret for det store Billede bliver jo ikke færdigt, det er nok just i den Tid han skal male paa det.
+Las var selv i Kjøbenhavn men kun borte i 2 Dage vi talte om han kunde kigge ind til Dig men han skulde være hjemme til bestemt Tid saa de mente at de maatte være til Udstillingstiden naar de begge skal med det bliver fornøjelig for Dig lille Dine til den Tid kan I spadsere, du skriver vi maa være belavede på at Kuren skal bruges den næste Sommer ja min Ven det kan vi nok forstaa og har ikke tænkt andet men hvor længe Du skal blive paa Sanatoriet det maa da Doktoren bestemme Du maa ikke sætte Dig imod at blive der til over den bestemte Tid hvis det nødvendigt men det ordner sig nok altsammen jeg har saadan en god Tro og godt Haab for Sommeren; men det er fortidligt endnu at gaa i Haven jeg nøjes med at pusle lidt med Blomsterne i Vinduerne og de retter sig godt naar der ingen Is er paa Ruderne saa er jeg glad, nu kom Marts Maaned saa skal mange have ny Jord. I Søndags var vi bedt ud hos George til Aften gransaltet Andebryst og Rosenkaal og ellers fint Bord, Kaffe og Kager Fromage og Daler [dadler] det var lige Slag i Slag for vi skulde jo tidlig hjem – Du kan ellers tro Kjerteminde er med her var 2 Foredragsholdere og en Hr og Fru Guntzmann paa Hotellet det var Haandværkerforeningen der havde forskreven dem men der var ikke Folk nok – de skulde have 100 Kr – og der kom vist ikkun nogen og 70 ind det sagde Steen
+Alhed var dernede hun sagde der blev sungen kjønt – her er ellers intet Nyt jo imorgen aabner den nye Manufakturhandel hos Anna Andersen Huset hvor Butikken er det er malet højrødt og rødt Skildt med hvide Bogstaver. Nu maa jeg nok indstille Skriveriet det skal med til Byen saa kun de kjærligste Hilsner fra os alle og god Bedring
+Den 6te Marts skal Auktionen være og det store Billede er sendt over
+Din Moder</t>
+  </si>
+  <si>
+    <t>1905-4</t>
+  </si>
+  <si>
+    <t>NB! Scanning af brevets første side mangler. Den kommer senere.</t>
+  </si>
+  <si>
+    <t>Fritz skriver om hans og Annas Italiensophold til sin søster Franziska. De klarer sig godt på trods af de manglende sprogkundskaber. Fritz orienterer om Annas rejserute hjem til Danmark. Forneden sender Anna en hilsen til børnene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pz9p</t>
+  </si>
+  <si>
+    <t>[Anført med blyant:] April
+Teresa Va Pini
+Via Felice Cavallotti N 2
+Settignano
+Firenze
+Kære Søster!
+Her sender jeg Dig vores ny Adresse. Vi var oppe at leje Lejlighed i Eftermiddags og har fået to Værelser med en stor Balkon med pragtfuld Udsigt over Højderne omkring Florens. Det er mærkelig så godt vi klarer os skøndt vi ikke kan et Muk italiensk. Vi snakker med Hænder og Fødder. Vi har lagt Rejseplanen for Anna Således: Hun tager direkte Billet til München den 24 April, og kan så hvis alt går vel være i København senest den 29 om Morgenen. Så tager hun med Middagstoget og er i Kjerteminde den 29 om Aftenen med 6,20 Toget. 
+Det ser ganske vist lidt ubehageligt ud i Øjeblikket hernede med Jernbaneforholdene, der er nemlig udbrudt Strejke, men den lægger sig vel inden den Tid. Du skal altså nok få fri senest den 30 om Morgenen så du kan pakke sammen og rejse med Eftermiddagstoget. Det er mulig at jeg bliver hernede i Maj. Jeg synes ikke jeg kan være bekendt at rejse hjem allerede. Hils Olga og alle Ungerne. Det er underlig at høre om al den Sne og Kulde hjemme. Her er som i Juni Måned. Frugttræerne er tildels afblomstrede og Kastanietræerne står fulde af Blomster. Kys Ungerne Hilsen fra Anna og din hengivne Broder.
+Kære Unger og Bassemand
+Nu flytter vi ud paa Landet og der skal vi ikke bestille andet end sidde paa en Veranda og drikke Vin og holde Grin og se på Bjerge og Floder og Byer det er ligesom et helt Landkort i Jeres Geografi. Nu kommer jeg ellers snart hjem og klør jer. Mor Høns</t>
+  </si>
+  <si>
+    <t>1905-04-26</t>
+  </si>
+  <si>
+    <t>Nybro Frugtplantage Kerteminde
+København
+Klingenberg Odense</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Laurits  Larsen
+Vilhelm Larsen
+Olga Lau
+Karen Meisner-Jensen
+Cathrine Svendsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatoriet i Haslev. Det er hendes bror Klaks, som kalder hende Vense.
+Johannes Larsen maler i et badehus på Taarupstranden. Det store billede er "Bygevejr i april".
+Tårup strand er markeret med Nybro Frugtplantage</t>
+  </si>
+  <si>
+    <t>Christine Swane bliver snart udskrevet fra sanatoriet. Johannes Larsen maler på Taarupstranden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n30Z</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære lille Vense.
+Han er her der kalder dig saa han kom igaar og blev her kun til i dag saa jeg fik ikke Brevet afsted før nu men det naar sig jo og velkommen i det Fri fortæl os nu hvor du saa tager hen, det maa du endelig skrive udførlig om faar du Lov af Doktoren at komme til Kjøbenhavn her er endnu saa koldt men det afskrækker dig jo ikke – Las var og er lykkelig for Vejret passer saa godt til hans store Billed – Bygvejer og vestlig Vind – saa han er mest paa Stranden kun hjemme at spise – Fætter Lauritz har været heri Besøg der var Jubilæum for Rekrutter for 25 Aar siden igaar mødtes de i Odense til Festmaaltid paa Klingenberg vi var sammen hos Georgs til Aftenkaffe og Æblekage
+Iaftes kom Georg og Las og Alhed her – og nu rejser Vilhelm med 3 Toget hvor dette Brev ogsaa skal med, kommer du ikke til at tale med Karen og Olga er Frøken Svendsen endnu i Kjøbenhavn
+Hvor Faer glæder sig til at hjælpe dig i Haven der er slet ikke gjort noget endnu det skal være Uglen kommer – Du maa endelig skrive hvornaar du kommer hører du – det maa jeg vide hvor takker jeg dog Gud Fader for din Helbredelse og ham beder jeg fremdeles lægge sine Velsignelser til Nu maa jeg slutte her er nogle Sokker at Klaks skal have syet Navn paa Lev nu vel til vi sees. Din glade Mor</t>
+  </si>
+  <si>
+    <t>1905-04-30</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Franziska  Erichsen
+Johanne Giersing
+Nicolaus Lützhøft
+Clara Syberg
 Franz Syberg
 Hans  Syberg
-Johanne Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>Faaborg Museum blev grundlagt 1910. I perioden 1910-1915 blev der indkøbt kunst og bygget. Kunstnerne stod selv for ophængningen i 1915, hvor museet åbnede. 
-[...33 lines deleted...]
-    <t>Faaborg</t>
+    <t>Det vides ikke, hvem Lassen, Knud, Peter og Olga var.</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver til Fritz at hun er kommet godt hjem. Hun skriver også, at hvis han har det så dårligt, kan han bare blive væk, det vil hun gerne støtte ham i, også hvis det koster en skilsmisse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AHH3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30/4-1905
+Kære Fritz!
+Nu sidder jeg hjemme igen, Børnene er raske og henrykte og det er morsomt at være hjemme. Den lille er saa tyk og livlig og Sak er bleven lang og kan sige en hel Del. Han kunde nok kende mig den lille søde Tosk, han sagde straks ”Moer” til mig.
+Rejsen gik rigtig godt, i Berlin havde jeg meget Fornøjelse af Musæet, kan Du huske de Kvindebuster hvoraf Lützhøft malede den ene [lille tegning], de er lavede af ”Desierio da Settignano”. Malerierne er flyttede hen i ”Kejser Fridrich Musæet”, hvor de hænge glimrende. Det er et vidunderligt Musæum, ligesaa godt som Florens Gallerierne Lassen var vældig elskværdig, vi soldede rundt hele Dagen, hans Kone var desværre syg.
+Det glæder mig, at Du begynder finde noget maleværdigt, Gud ved, om Du dog alligevel ikke skulde blive med det samme og slaa Dig løs ganske som Du har Lyst, hvis Du føler den mindste Trang dertil, saa gør det, bliv paa ubestemt Tid, tag store Arbejder op, hvis Du faar Lyst, bliv i Aarevis, gør lige hvad Fanden Du har Lyst til, jeg har en Følelse af, at det ville lette Dit Sind. Jeg skal skrive til Dig hver Dag, om Du vil, og vil med Glæde undvære Dig ved Tanken om maaske at se Dig lykkeligere i Fremtiden. Hvis Du synes at Du ikke kan føle Dig rigtig fri uden en stemplet Skilmisseerklæring med Kongens Underskrift saa i Guds Navn, det piner mig at se Dig ulykkelig. Det er min rigtige alvorlige Mening, og ikke noget jeg "pynter mig med." Hvis Du alligevel beslutter Dig til at komme herhjem efter Bestemmelse bliver vi naturligvis henrykte. Knud og Peter har gjort Haven i Stand, her er henrivende, men hundekoldt, og Foraaret kommer vist ikke for det første. Det er dog et forbandet Klima det danske, Rejsen gennem Danmark var graa og trist, jeg blev lidt skuffet ved Gensynet, men det varer jo kun en Par Dage, saa har man vænnet sig til det flade Land og den graa Himmel og finder det smukt. Hvorfor tager Birkholm dog ikke fat paa et Figurbillede, det vilde jo more ham vældigt. Jeg glæder mig til at høre om Fodturen til Snebjergene. Hilsen fra Franziska, der er vildt begejstret over vore henrivende Børn og fra Olga og Børnene. 
+Hils Birkholm. Mange Hilsner fra Din Anna.
+[Indsat på side 1, langs venstre margen:] Peter har solgt Gødningsamlerne for 1000 Kr</t>
+  </si>
+  <si>
+    <t>1905-05-10</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er i Verona, som er en morsom by. Men ellers er han ved at være træt af at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ax1o</t>
+  </si>
+  <si>
+    <t>Kære Høns Verona er meget rigtig en morsom By. Særlig er det gamle etruskiske Amfiteater storartet. Imidlertid er jeg snart træt af at rejse og B er trættende på dette Stk af Turen , så misfornøjet med alt jeg vilde have haft mere Udbytte af at rejse alene tror jeg jeg søgte at overtale ham til at blive i Venezia men han vilde ikke. Kys Ungerne og hils alle 
+Din 
+Fr-</t>
+  </si>
+  <si>
+    <t>1905-06-11</t>
+  </si>
+  <si>
+    <t>Inez Pini
+Teresa Pini</t>
+  </si>
+  <si>
+    <t>Teresa og Inez Pini skriver til Anna fra Settignano. der har kun modtaget et brev, intet billede af børnene, og frygter at brevet er gået tabt. Anna bedes hilse Jens Birkholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/voxb</t>
+  </si>
+  <si>
+    <t>Settignano, 11 Giugno 1905
+Signora Anna,
+Da diverti giorni abbiamoricevuto la sua lettera, ma niente fotografie dei bambini. Tutti i giorni gli abbiamo aspettati con gran desiderio ma non abbiamo fino ad oggi veduto niente dubito che sieno andati perdutto per la posta non abbiamo veduto che una sola lettera
+A Settignano il caldo principia a farsi sentire, in Danimarca fa caldo o freddo piove et c’ è il sole?.
+Desidero di saperlo.
+Di salute stiamo tutti bene come spero sarà di loro e dei suoi cari figli come pure sarà lo stesso del Sig.re Birkholm. Faccio tanti saluti al Sig.re Birkholm.
+La salutiamo distintamente e mi dicosua
+Aff[ettuosissi]mo
+Teresa e Ines Pini</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hjalmar Brantings Plads 3, 2100 København Ø</t>
+  </si>
+  <si>
+    <t>Karl Nordström</t>
+  </si>
+  <si>
+    <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Ligeledes er det uvist, hvor originalbrevet befinder sig. 
+Sammenklumpede Bondemalere: I 1907 startede den såkaldte Bondemalerstrid. Der var tale om en avisfejde, der kort handlede om Fynboernes jordnære værker, der ikke faldt i en gruppe symbolistiske maleres smag. I en af artiklerne blev Fynboerne netop kaldt Sammenklumpede Bondemalere. 
+Moderbillederne: Fritz Syberg malede flere gange sin hustru, Anna, som moder. Det vides ikke, hvilke billeder der refereres til. 
+Stockholms Plads ændrede i 1925 navn til Hjalmar Brantings Plads. 
+Ultramarin er en blå farvetone, der forekommer naturligt i halvædelstenen lapis lazuli, der ved knusning og malning ("fint hakket") blandes med bindemiddel, f.eks. arabisk gummi, så den kan fæstnes til underlaget. I 1822 lykkedes det at fremstille farven kemisk, hvorved den blev væsentligt billigere. På Faaborg Museum er ultramarin anvendt på væggene i den sal, hvor Kay Nielsens statue af Mads Rasmussen står. 
+Kilde: Truelsen, Susanne T.: Fynboerne. Kunstnerkolonien 1885-1920. Gyldendal, 2015.
+Den store danske encyklopædi.
+Weilbach: Dansk kunstnerleksikon, bd. 8. Munksgaard, 1998.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken. "Bondemalerne" er ikke sammenklumpede, for de ses næsten aldrig. Syberg vil gerne diskutere spørgsmålet om brugen af ultramarin som oliefarve. Han undskylder de mange fejl, som skyldes uro omkring ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Y7f</t>
+  </si>
+  <si>
+    <t>Kære Hr. Goldschmidt
+Først vil jeg bede Dem om ikke at opfatte mig som påtrængende. Jeg har søgt Dem på Politikens Redaktionskontor og i Deres Bopæl (Stockholmsplads 3) uden at træffe Dem. Dernæst vilde jeg meget gerne sige Dem tak for Deres smukke Kronik der har glædet mig af Grunde som jeg bedre kan tale end skrive om. Blot saa meget: De kender den Fornemmelse at man ofte først opdager sin Træthed i det Øjeblik man efter meget og travlt Arbejde kaster sig ned i en Stol for at hvile. Et lignende Fænomen er hændt mig ved at læse Deres Kronik, jeg opdagede at jeg nu i en lang lang Tid har levet meget "för mig sjelf" (Det er måske galt, det skal være svensk og er et Citat af den svenske Maler Karl Nordström).
+Historien om de "sammenklumpede Bondemalere" har ikke mere på sig end at vi (Bondemalerne) i de sidste År næsten aldrig ser hverandre og fuldstændig har ophørt at påvirke hverandre. En Ting som gør mig urolig er nogle Ord sagt af Dem til min Kone, og Ordene er disse: "Bruger Syberg ikke Ultramarin" vilde De være så elskværdig at sige mig et Par Ord til om dette Emne. Jeg kunde have Lyst til, og, som jeg håber Gavn af at få nogle Udtalelser om dette specielle Emne: Behandlingen af Oliefarven. Særlig vilde jeg gerne vide lidt tom "Moderbillederne", - Oliefarven volder mig nemlig ikke så få Kvaler, og at få en Malers Mening der har set meget på Billeder og er af en yngre generation end en selv er vist det eneste rigtige. Det er måske at lægge for meget Beslag på Deres Tid at bede Dem om dette maaske har De heller ikke set så meget netop på de to Billeder som jeg har nævnt, men selv om det aldrig er så lidt De har bidt Mærke i kunde det dog være af stor Nytte for mig. Endnu en Gang tak for Deres smukke Kronik og Deres Arbejde med at se mine Ting igennem. 
+Venlig hilsen fra Deres hengivne Fritz Syberg
+Undskyld alle Rettelserne o.s.v. her tales og snadres saa jeg ikke kan samle Tankerne F.S.
+De må endelig blive ved at skrive i Politiken. Går De fra er der jo ikke en eneste her i Landet der gider lægge sig i Selen for at forstaa en "stakkels" Maler.</t>
+  </si>
+  <si>
+    <t>1907-05-03</t>
+  </si>
+  <si>
+    <t>Johanne Kampmann
+Lise Larsen
+Marie Larsen
+L Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og forhandle om salg af billeder. Larsen-familien lejede deres hus ud i sommeren 1907, mens de selv var i USA. 
+"Aprilaften" er muligvis billedet Bygevejr i april, som det endte med, at Faaborg Museum købte. Billedet blev netop færdigt i 1907.
+Dét, alle kvinderne syr på, er formodentlig rejseudstyr til Larsen-familien. 
+"Mor rejser vist i morgen": Laura Warberg boede på dette tidspunkt i København. 
+Det var et tilbagevendende problem, at Alhed Larsen ikke turde sove alene.</t>
+  </si>
+  <si>
+    <t>Fru Kampmann har lejet villaen for 400 kr. Hun og familien vil medbringe en hund og et æsel. Johannes Larsen er velkommen til at besøge Kampmanns, spise middag og få pengene. 
+Det var slemt med Kunstforeningen, men godt, hvis Galleriet (Statens Museum for Kunst) tager aprilbilledet. Selvportrættet er ikke tørt, men Alhed kan sende det dagen efter. 
+En hel flok sidder og syr, og Alhed kan ikke finde flere sypiger. - Hun tør i øvrigt ikke sove alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r9eb</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det trak meget længe ud inden jeg hørte fra Dig, endelig i Dag kom det. Fru Kampmann kom i Aftes 6.24 og lejede strax, hun var begejstret de giver 400 for de Uger men jeg sagde, at de kunde jo disponere over Huset som de vilde i Sommer. om [ordet overstreget] Hun rejste i Dag 3.10, det var et morsomt Besøg. Du maatte endelig gaa derned til Middag Kl. 6 en af Dagene, ikke i Morgen, men ellers hvilken som helst Dag. Saa faar Du de 400 Kr. og kan snakke med dem om et og andet, de tager en Hund og et Æsel med. – Det var slemt med Kunstforeningen men rart hvis Galleriet tog Aprilaften. Jeg har faaet Kassen, d.v.s. været paa Banegaarden, set den, bedt L. Petersen køre den herop faaet fat i Steen, der nu sidder og venter paa L.P., men han kommer vel. Dit Selvportræt er knap tørt, men i Morgen kan jeg vist tage det. Hvornaar kommer Du hjem? Jeg er noget forsat i det, Lise Larsen syg, Faster Trine og Marie Gross’ og Moder sidder og syr saa godt de kan, jeg har været Kerteminde rundt kan ikke finde en anden Syerske. Stor Fortræd. – Mor rejser vist i Morgen, jeg tør ikke ligge her alene, ved ikke, hvem jeg skal faa til det. – Modbydeligt Vejr. Hils alle hvem Du ser! Jeg er i skidt Humør. Din A.
+Skriv nu lidt tit</t>
+  </si>
+  <si>
+    <t>1907-11-10</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Peter Hertz
+Vilhelm Slomann
+Hans  Syberg
+- Vogt-Møller</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at han har solgt adskillige billeder. Han kommer nok hjem tirsdag eller onsdag. Der er nu solgt for 2900 Kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lL9E</t>
+  </si>
+  <si>
+    <t>[Med blyant påskrevet] 11-11-1901 
+Kære Høns.
+Idag har jeg en glædelig Nyhed. Sloman har købt ”på Landet” for 1200 og Vogt=Møller Rugen med Solpletter for 300 Kr. Igår gik der slet intet, men i forgårs gik der foruden de to Aquareller med Besse, som jeg har skrevet om til Dig: en med Besse (på Højkant) 125 (tror jeg) og den med Hans stående på Stenen (Studie til det store Billede) som egentlig var Din og derfor sat til 350 Kr. – gik til fuld Pris. Jeg tror nok jeg kommer hjem Tirsdag eller Onsdag. Vi er nået til 2900 Kr. nu. Det går da opad. Mange Hilsener fra Din hengivne Fritz.
+Lille Peter Hertz kom og trykkede mig i Hånden med de Ord ”hvor det dog er en dejlig Udstilling De har.</t>
+  </si>
+  <si>
+    <t>1909-04-01</t>
+  </si>
+  <si>
+    <t>Gitte -
+Jacob Frederik Brandt
+Viggo Brandt
+Ludvig Dahlerup
+Peter Hansen
+Viggo Jastrau
+Johannes V. Jensen
+Hjalmar Kleis
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Eiler Lehn Schiøler
+Viggo Madsen
+Johan Rohde
+Karl Schou
+Marie Schou
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>"Den engelske Udstilling" blev afholdt foråret 1909 i Kunstforeningen, Gammel Strand. Udstillingskataloget findes på Danmarks Kunstbiblioteks hjemmeside. 
+Det er uvist, hvilken udstilling i Århus, Larsens billeder skal sendes til.
+Også uvist, hvilken Dahlerup Alhed skal "hænge i med".
+Johan Rohde maler et billede af Zahrtmann omgivet af de ældste elever, og Johannes Larsen sidder i den sammenhæng model.
+Kleis har købt et studie af Eva, som Johannes Larsen i 1899 malede hos Skovgaard som led i dennes forberedelser til kalkmalerierne i Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har siddet hele dagen og ventet på, at en mand skulle komme med penge.
+Jastrau tager nogle af Larsens billeder med til Århus.
+Han har været på besøg hos Viggo Madsen og skal til Lehn Schiøler.
+Larsen beder Alhed sende portrættet af moderen, for han vil prøve at sælge det til Galleriet (Statens Museum for Kunst).
+Johannes Larsen har siddet model for Rohde. 
+Kleis har fået billedet og er glad for det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uLV5</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 1ste April 1909.
+Kæreste Alhed!
+Ja nu sidder jeg her og Kl. er snart 5 ½ og endnu ingen Penge. Men saa maa de vel komme i Mrg. Kan Du ikke se Mandens Telefon No i Brevet i min Lommebog og ringe ham op, det var dog Fandens om de 500 og nogle Kr. vi har betalt skulde gaa tabt. Det har øset Tøsne ned hele Dagen, som jeg i den Anledning har benyttet til at ende forskellige Ærinder og til at se Charlottenborg og den engelske Udstilling. Bl.a. har faaet det arrangeret saaledes med Jastrau at han tager de 2 store Billeder fra Finland (Bygevejr i April og Knortegæssene) samt hvad han vil af Aquarellerne til Aarhus i Stedet for dem jeg har anmeldt hjemme fra saa slipper vi for at tage dem ned og pakke dem. De andre staar her hos en Speditør, jeg fik den Ide forleden Nat jeg vaagnede. Der er heller ikke solgt noget i Buda Pesth. Johs V Jensen har lovet at gaa med mig op til Forlæggeren og tale om Bogen, men det har jeg maaske fortalt. I Aftes var jeg hos Viggo Madsens sammen med Schous og Frk Gitte, jeg husker ikke om jeg har fortalt Dig at V.M er bleven gift. De har faaet det saa nydeligt derude. I Aften skal jeg hen til Lehn Schiøler der kommer en del Ornithologer. Jeg begynder for resten saa smaat at længes hjem efter men det ser jo ikke ud til at det bliver stort tidligere end midt i næste Uge. Hvordan gaar det med Fader, har de endnu ikke faaet Besked fra Sygehuset? Hæng i med Dahlerup. Jeg tror Du skal sende mig Moders Portræt herover at jeg kan prøve at tilbyde Galleriet det, noget maa der jo gøres. Send det som Ilgods til den frie Udstilling saa skal jeg sige Brandt Besked. Det var maaske ingen Skade til om Du vaskede og kilede ud først. Nu vil jeg haabe det maa blive lidt bedre Vejr i Mrg. I Gaar smaaregnede det og i Dag ligger Sneen tykt i Parkerne og paa Træer og Tage og i Bunker paa Gaderne. Jeg var hos Rohde i Dag og lovede ham at sidde et Par Timers Tid Søndag Eftermiddag saa er der jo ikke til at være i zoologisk Have. Jeg skal hilse fra Dem. Kleis traf jeg i Dag paa Charlottenborg, han havde faaet Billedet hentet hos Skovgaard og sagde han var voldsom glad ved det, jeg fik 25 Kr. contant og en Kvittering for 76 Kr hos ham i Gaar. Vi skal til Peters paa Søndag Aften. Kys Puf og Lysse. Mange kærlige Hilsner
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kristine Rudesvej, Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Marie Larsen
+Mads Rasmussen
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København. Hendes mor boede på dette tidspunkt dér, og Christine Swane på Frederiksberg.
+Mads og Musæet: Mads Rasmussen, konservesfabrikant, stiftede i 1910 Faaborg Museum og indkøbte i den sammenhæng en masse værker. 
+Det er uvist, hvem Frk. Thomsen og Schou er. Maleren Karl Schou blev gift igen efter skilsmissen fra Marie f. Hansen, men hans kone nr. to hed ikke Thomsen.</t>
+  </si>
+  <si>
+    <t>Alhed synes, at Johannes Larsen skal lade dem (hvem?) få billedet for 3,5 kr. De får i alt 8000 kr.
+Johan/Lysse Larsen tegner, og Andreas/Puf Larsen sætter kaleche på en bil.
+Marie Larsen kommer for at se til Uglen (Christine Larsen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qx0N</t>
+  </si>
+  <si>
+    <t>Søndag.
+Kæreste Lavsi!
+Tak for Dit lille Brev til Morgen, jeg synes næsten Du skulde lade dem faa det Billede til de 3,50 (jeg ved jo ganske vist ikke, hvad det er for et) men naar det blev lige 1000, saa fik vi dog 8000, stort mindre kan vi heller ikke hjælpe os med, naar vi skal klare os nogenlunde. De 500 de sendte vil de vel trække fra, men mere haaber jeg da rigtignok ikke de vil beklippe Summen, de maa dog tænke paa, Du har forskaffet dem en god Indtægt ved denne Udst. og at den tillige har været Reklame for Malerisalg. – Nu vil jeg haabe Du har Held med Dig med Schou, naar det var Mads selv, der havde købt det, er der vel mere Haab om at Musæet køber. – Vi har det godt her, Lysse tegner og maler, den gamle arbejder med Bil, han har sat Kaleche over i Dag i Anledning af at det øser ned. – Frk. Thomsen og Hr. Schou har Bryllup i Dag, jeg har ladet indramme 4 af de kasserede Tryk og sendt dem tillige med nogle Roser. – Der er kommen Brev fra Marie Kærbyhus i Dag, hun kommer mulig herover 1-2 Dage for at se til Uglen, saa kort fordi hun skal skifte Pige til Nov. Hvis hun kommer bliver det vist allerede Tirsdag eller Onsdag. Stakkels Ugle er det jo kun smaat med. – Jeg vil have dette med 3 Toget skal bagefter drikke Kaffe hos Mor. – 1000 Hilsner Din A.</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Stockholm, Sverige</t>
+  </si>
+  <si>
+    <t>- Coignard
+Mads Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+I oktober-november 1910 afholder Fritz Syberg og Johannes Larsen sammen en udstilling i Kunstforeningen i Stockholm. 
+Museet kan være Statens Museum for Kunst eller Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Anna Syberg er tilbage i Kerteminde forud for afrejsen til Italien i nov. 1910. Hun efterlyser nogle kunstblade, Goldschmidt har lovet at sende. 
+Mads Rasmussen vil afholde en middag, og her håber Anna Syberg at få Goldschmidt til bords.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tbmn</t>
+  </si>
+  <si>
+    <t>Torsdag
+Kære Ernst Goldschmidt
+Som Du ser er jeg i Kjerteminde, ensom og forladt af Guder og Mennesker (det er Fritz - han er endnu i Stockholm). Jeg havde ventet, at her laa et Par Kunstblade til min Trøst, men blev i saa Henseende skuffet. Hvad mener Du om at sende mig dem, maaske "et venligt Ord samtidigt". Jeg er endt med at synes, at Coignard alligevel er Dig og jeg beundrer Dig vældig for det. Lad mig nu vide, om jeg har Ret - .
+Vi har haft det morsomt i Stockholm, jeg synes Rejsen var alle de Penge værd, som den desværre kostede. Udstillingen saa smuk ud og gjorde ogsaa Lykke, men gav selvfølgelig Underskud. 
+Vi solgte intet nævneværdigt. 
+Paa Onsdag kommer jeg til Byen for at træffe Fritz og gaa til Middag hos Mads Du kommer sikkert til den Middag ogsaa; hvis Du ikke har en bedre, og vi ikke er parrede forud af Mads, saa tag mig til Bords. Har Du noget imod dette Forslag?? Send mig saa dit Blad, har Du skrevet om Museet?
+Har Coignard skrevet noget - jeg længes efter at træffe ham igen, for saa kender jeg ham sikkert, han maa røbe sig. 
+Mange Hilsener din hengivne
+Anna Syberg.</t>
+  </si>
+  <si>
+    <t>1910-02-06</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Ludvig Holstein</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen inviterer Fritz Syberg hjem, hvor han vil være i selskab med Ludvig Holstein.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sfx4</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Hr. Syberg
+Kunde det ikke passe Dem at se hen til os i Aften; hvis De ikke har andet at gøre. Her kommer ingen andre end Ludvig Holstein; vi kunde faa os en lille Whist eller ogsaa bare en Passiar. Giv Budet et Ord med tilbage.
+Deres 
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>1910-02-17</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver til Fritz Syberg, at han gerne modtager billedet som gave, det før de ham endnu mere værd. Der vil nok være lejlighed til at ses inden Fritz Syberg rejser videre. Det var ærgerligt, at Fyns Rev kom i privat eje, så man ikke kan gå hen og se det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ahXc</t>
+  </si>
+  <si>
+    <t>17 Febr. 1910
+Kære Fritz Syberg
+Jeg modtager gærne Billedet som Gave af Dem, saa er det mig endnu mere værd, skønt ikke fortjent. Det skal glæde mig og min Kone, som har dyrebare Minder sammen om saadan et Maageforaar og ikke ved nogen anden der kunde male det end Dem, og det skal ikke komme ud af min Slægt, saalænge den bliver ved at være dansk.
+De to Bøger der mangler har jeg kasseret som altfor smittede af en af mig nu ulidelig Aandsretning, de eksisterer ikke mere.
+Vi rejser slet ingen Steder hen, saa vi faar nok Lejlighed til at ses inden De forlader Skuepladsen for Deres Sejre. Jeg var ked af at Fyens Rev ikke kom til Galleriet men i Privateje for nu kan man jo ikke gaa hen og se det; men det var jo klar t at det maatte blive solgt. Min Kone er ude med Børnene mens jeg faar Deres Brev og besvarer det, jeg hilser fra hende. Og paa Gensyn!
+Deres hengivne 
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>marts 1910</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Kleine Alexanderstraße 26, 10178 Berlin, Tyskland</t>
   </si>
   <si>
     <t>Jens Birkholm
-Johannes Nicolaus Brønsted
 Peter Hansen
-Herman Heilbuth
+Carl  Hartmann
+Johannes Larsen
+Max Levig
+Søren Lund
+Johannes Rump
+Karl Schou
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft sender Jens Birkholms adresse i Berlin til Mads Rasmussen. Har talt med Max Levig, der ejer Peter Hansens "Pløjemanden" og vil sælge den for kr. 2000,-
+N.L. har talt med Syberg om indkøb til museet. Der er kun 3000,- til bage af de 10.000,- Mads Rasmussen vil ofre det første år. Vigtigst er det navnte "Pløjemanden" af Peter Hansen og Fritz Sybergs "Dødsfald i Fattighuset" og Karl Schou "Moder ved Vuggen", men så vil restbeløbet blive overskredet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uysG</t>
+  </si>
+  <si>
+    <t>Holmens Kanal 40
+Kære Herr Direktør!
+Birkholms adrs. i Berlin er: Kl. Alexanderstr. 26 II.
+Paa Vejen hjem fra Dem i Dag telefonerede Syberg og jeg til Max Levig. Han har bestemt sig for at ville sælge Peter Hansens Billeder for 2000 Kr. Paa anden Maade vil han ikke arrangere sig. 
+Syberg og jeg har nu i Aften talt meget om Billed-Indkøbene til Museet. Vi er jo allerede naaet saa vidt, at der kun er c 3000 tilbage af de 10,000 Kr. De vilde ofre som første Aars Tilskud.
+Nu er vi vel alle enige om, at Opmærksomheden i aller første Række maa koncentreres om Erhvervelsen af
+Peter Hansen: Pløjescene
+Syberg: Dødsfald i et Fattighjem 4000
+og Schou Moder ved Vuggen
+Forhaabentlig kan alle 3 billeder erhverves, men næppe under 5000 Kr. tilsammen. Altsaa kun hvis De er villig til at overskride det for i Aar projekterede Beløb af 10,000 Kr. 
+Jeg tror, at Galleriet tager Sybergs "Dødsfald", hvis det kommer frem til Salg. Det er af største Betydning for Faaborg-Samlingen at erhverve netop dette Arbejde, absolut et af Sybergs Hovedværker, hvis vi skal have en fuldgyldig Repræsentation for Sybergs Kunst.
+Ogsaa det Billede af Schou, som Rump ejer, hører til hans bedste. Men når vi altsaa skal have disse 3 Arbejder, maa vi se bort fra foreløbig at Købe andet.
+Maaske kan vi nu ikke være bekendt andet end at se paa det Udvalg af Schous Arbejder, Johs Larsen vil udsøge, og vi kan vel i saa Fald heller ikke undlade at købe i det mindste ét af hans Billeder. Muligvis kan vi saa opnaa Forkøbet til et Par andre. 
+Hartmann maa vi vel foreløbigt lade ligge, saa ondt det gjør mig personligt, nu da der en gunstig Lejlighed til at faa et eller flere af hans bedste Ting.
+Hvorledes mener De altsaa, Tingen kan or[dn]es?
+Jeg synes, der er min Pligt at meddele Dem disse Overvejelser og at henstille til Dem, hvorledes Vanskelighederne bedst kan overvindes.
+Maaske burde vi have ventet med at købe Billederne af Tom P. og af Søren Lund. Der var vel her mindst Fare for at andre skulde komme os i Forkøbet end ved de andre af vore hidtidige Køb.
+Tak for i Dag!
+Med venlig Hilsen til dem og Frue
+Deres ærb. hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1910-03-02</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Peter Hansen
+Nicolaus Lützhøft
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Johannes Larsen at han har modtaget tilbud på Taarnbystrandbilledet, moderens portræt, kontorbilledet med JLs far og to af de bedste akvareller samt 50 af de bedste døde fugle for i alt 10.000,- Beder Johannes Larsen indtræde i komiteen for Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MIkM</t>
+  </si>
+  <si>
+    <t>K O P I.
+2 Marts 1910.
+Herr Kunstmaler Johs. Larsen,
+Rørdam pr Ejby St.
+Deres Hustrus Brev af F.M. modtog jeg, i hvilket De tilbyder Museet i Faaborg:
+Taarbystrandbilledet, Deres Moders Portræt, Kontorbilledet med Deres Fader, to af de beste Akvareller, samt 50 af de bedste af de døde Fugle for i alt 10.000 Kroner.
+Vi afholdt saa i Dag Kommitemøde om Sagen, hvorefter jeg ringede Dem op i Telefonen. Da vi jo kun har 10,000 Kroner at raade over for Tiden foreslog jeg Dem, at vi benyttede os af Deres ovennävnte Tilbud paa Betingelse af, at vi selv udtager, og at Betalingen foregaar med 1/3 hvert Aar, altsaa Kr. 3333,33, første Rate strax. Herpaa gik De ind, men vi blev ogsaa eninge om, at hvis vi foreträkker at betale 3000 Kroner om Aaret, altsaa i alt 9000 Kroner, kunde vi ogsaa faa ovennävnte imod, at De saa havde Ret til at udtage enkelte Studier af de Ddøde Fugle. Og endelig, skulde vi, da vi jo nu faar en Del Akvareller, foreträkke dette, har vi Lov til at faa andet i STeder fr to af de bedste Akvareller, eller ogsaa ganske kvittere Dem imod at De kvitterer 500 Kt. Foreløbig fastslog vi det første alternativ med Forbehold af, at Kommiteen har Ret til at válge et af de andre. Endvidere aftalte vi, at De tager hele Samlingen med imorgen, for at Komiteen kan udtage deraf. Malerierne leveres selfølgelig indrammede, färdige til Ophängning. 
+Som jeg sagde i Telefonen tillader jeg mig at indmelde Dem i Kommiteen. Denne bestaar saa foruden Dem af De Herrer Peter Hansen, Fritz Syberg, Tom Petersen, Jens Birkholm, og Nic. Bå Lützhøft samt Undertegnede.
+Vi faa saaledes foreløbig en hel Stue med Deres Billeder, og vi haabe at blive saa fyldig representerede, at ingen med Hensyn til Deres Kunst kommer ved Siden af os.
+Med Højagtelse og Hilsen
+sign. M. Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-03-03</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm Larsen, boede på gården Rørdam.
+Det fremgår af brev fra Johannes Larsen til Alhed 5. marts 1910, at det her gengivede brev er en kladde til et brev til Mads Rasmussen, som Larsen sendte Alhed.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen ønsker at få bekræftet, hvilke billeder Mads Rasmussen vil købe af ham. Der er tale om tre oliebilleder: Taarbystranden, portrættet af Larsens mor og billedet af hans far i kontoret. Derimod er der uklarhed om, hvor mange fuglestudier, Mads Rasmussen skal have. Alhed Larsen har været inde over og overfor Mads Rasmussen nævnt nogle akvareller. Johannes Larsen skriver desuden, hvilken pris han vil have for billederne, og hvordan beløbet kan udbetales i rater. Larsen er villig til at få fuglestudierne indrammet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NXcX</t>
+  </si>
+  <si>
+    <t>Rørdam 3 Marts 1910
+Hr. Direktør M Rasmussen!
+Da Telefonen var meget utydelig da jeg i Gaar afsluttede Handlen med Dem, mener jeg det bedst at meddele skriftligt hvad jeg fik ud af det. Altsaa De skal have 3 Oljebilleder (Taarbystr. Billedet, min Moders Portræt og min Fader i Kontoret) og 52 Aquarelstudier af døde Fugle [indsat over linjen: af [ulæseligt]] hvorfor De betaler mig 10.000 Kr. fordelt paa 3 Aar, den ene 1/3 strax [ordet overstreget] nu. Hvorefter jeg har Lov at udtage 2 af Fuglestudierne for 500 Kr. Jeg forstod ikke hvordan det [t’et overstreget] der kunde blive tale om 52 Fuglestudier da jeg mente at mine 2 Tilbud gik ud paa
+1) De 3 Oljebilleder og 2 Fuglestudier eller
+2) 3 Oljebilleder og 50 Fuglestudier til en Pris af henholdsvis 4000 Kr og 10.000 Kr, men efter at have talt med min Kone hører jeg at hun har skrevet:
+2) de foregaaende + 50 Fuglestudier
+Og det giver jo en anden Mening, men jeg staar naturligvis ved, hvad hun har skrevet. Med Hensyn til Betalingen vilde jeg sætte Pris paa at faa de 4000 Kr. nu dersom det passer Dem, og derefter 3000 i 1911 og 3000 i 1912.
+---
+Jeg har lige nu faaet deres Brev, det er jo igen noget helt [ordet overstreget] andet og saa er vi jo igen [ordet overstreget] lige nær. Her taler de om 2 ”Aquareller”, som jeg aldrig har tænkt at tilbyde Dem, og dersom min Kone har brugt det Ord, har hun naturligvis ment Fuglestudierne, da der aldrig [ordet overstreget] har været andet paa Tale [indsat over linjen: hvad der stem m Sybergs der heller ikke var nævnt andet] mellem os, imidlertid kan jeg ogsaa gaa med til det, nemlig at De faar 2 Aquareller og 50 Fuglestudier men skal jeg quittere 500 Kr. vil jeg have Lov at vælge 2 af Fuglestudierne for dem. Dette under Forudsætning af at jeg faar 10000 Kr. Bliver det 9000 Kr. vil jeg have Lov at tage 8 Fuglestudier fra det bliver naar vi regner 52 til 6000 Kr. en lidt højere Pris end De giver for Resten. Skønt jeg havde tænkt mig at sælge Studierne som de ligger i Mappen er jeg villig til at lade dem indramme hvis Handelen gaar i Orden. Jeg takker for Æren og Værdigheden som Medlem af Kommiteen og skal gøre mit bedste som saadan.
+Med Hilsen
+ærbødigst
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1910-03-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Gudrun Larsen
+Georg Neukirch
+Mads Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>MR er Mads Rasmussen, som i denne periode anskaffede værker til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Brev 1: Johannes Larsen vedlægger Mads Rasmussens brev og en kladde til sit eget brev til Rasmusssen til Alhed.
+Brev 2: Johannes Larsen har talt med Fritz Syberg og betragter nu handelen som overstået. Larsen er ikke sælger, men komitémedlem og opgaven går ud på at blive smukt repræsenteret på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mTBu</t>
+  </si>
+  <si>
+    <t>Rørdam 5/3 1910
+Kæreste Alhed
+Der var ingen Brev fra MR. med Posten, der afgik et fra mig som det paa den anden Side. Tak Lysse for Brevet. Jeg tænker jeg kommer Tirsdag. Indlagt MR’s Brev og Kladden til mit Svar derpaa. Neubirchs er bedt her til i Mrg. Mange Hilsner
+Din
+Johannes Larsen 
+Hilsen fra Gudrun
+Hils Baronen. 
+Rørdam 5 Marts 1910
+Hr. Direktør M. Rasmussen!
+Da Syberg nu er kommen til Kjerteminde, og jeg har hørt fra [indsat over linjen] ham efter hans sidste Telefonsamtale med Dem, betragter jeg Handelen som gaaet i Orden. Striden endt. Jeg er ikke længere Sælger men Kommitemedlem og min Opgave er altsaa den, sammen med Syberg at sørge for at jeg bliver saa smukt repræsenteret paa Museet i Faaborg som det er muligt. Med Hilsen og Tak.
+Ærbødigst
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1910-03-09</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Solonolo er et udtryk fra kortspillet Whist.
+Anna og Fritz Syberg flyttede med deres seks børn til Italien i 1910 for at blive der i tre år. Fritz Syberg kom aldrig til Grønland.
+Både Fritz Syberg og Johannes Larsen var i indkøbskomiteen, da Faaborg Museum blev etableret. Museet åbnede juni 1910.</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Syberg skal til København til Forårsudstillingerne, og de håber da at se Johannes V. og Else Jensen. 
+Fritz Syberg har opdaget, at han lægger otteårsplaner. Otte år i Svanninge, otte år i Kerteminde, fremover otte år i Italien og Grønland og så otte år i København.
+Han vælger Johannes Larsen-billeder til Faaborg Museum og spiller fløjte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KqDJ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9-3-10
+Kære Johannes V. Jensen og Frue!
+Det faldt mig ikke ind, da jeg sidst var hos Dem, at jeg allerede nu skulde sidde her i Kjerteminde, ellers havde jeg taget en mere højtidelig Afsked med Dem, da jeg forlod Dem den store ”Solonoloaften”. Må jeg herved sende Dem et trist Tak for sidst, at det glæder mig at være sammen med Dem vil De nok selv opdage.
+Min Kone og jeg tager til Kbhvn. når Forårsudstillingerne åbner, måske flasker det sig da således at vi kan få hilst på hverandre. I øvrigt har jeg lagt mine Planer (så ganske løseligt) for de kommende første 16 År. Jeg har opdaget at jeg (uden at tænke derover) har indført 8 Års Driften i min Virksomhed. De første 8 År boede vi i Svanninge, de næste 8 År her på denne Egn de kommende 8 År er sandsynligvis viet til et Slags Zigeunerliv i Italien og Grønland med mellemliggende Zoner, og da deref [”da deref” overstreget] derefter bosætter vi os i Kbhvn. i de næste 8.
+Jeg er ved at udvælge Joh. Larsens Billeder til Fåborg Museet og i den øvrige Tid dyrker jeg Fløjtespillet. Til Morgen lykkedes det mig at tage det dybe H så jeg håber at blive et brugeligt Medlem af Kvartetten.
+Mange Hilsner til Dem begge fra min Kone og deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1910-03-31</t>
+  </si>
+  <si>
+    <t>Theodor Delcomyn
+Peter Hansen
+Johannes V. Jensen
 Andreas Larsen
 Johan Larsen
-Carl Petersen, arkitekt
+Nicolaus Lützhøft
+Mads Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Sagen om Kai Nielsens Fornemme dame mm handler om indkøb til Faaborg Museum, hvor indkøbskomiteen bl.a. bestod af Peter Hansen (P) og Lützhøft (Lysse). 
+Det er uvist, hvilken kronik af Johannes V. Jensen det er, Alhed Larsen omtaler.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg (Baronen) har spurgt, om komiteen køber Kai Nielsens Fornemme dame til Faaborg Museum, og Alhed opfordrer Larsen til straks at arbejde for denne sag. 
+Alheds rejse er gået godt, og planterne står fint derhjemme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EI9S</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Jeg har snakket med Baronen i Efterm. Han spurgte om I saa havde købt Kajs fornemme Dame til 700 Kr og lod til at blive meget forbavset over at det ikke var sket. Han sagde, at Mads var meget stemt for det, ligesaa alle Medlemmerne og at naar det ikke blev, skyldtes det udelukkende Mangel paa Initiativ fra [ordet overstreget]. Jeg synes Du lige med det samme skulle sætte Dig i Bevægelse, allerførst med at gaa hen til Kai og faa ham til at opgive sin rædselsfulde Idé med at overlade Mads den anden Figur for næsten ingenting; og dernæst til P, Lysse og Mads for at faa det lavet. Endnu bedre var det jo at faa dem til at tage Marmorpigen paa Udstillingen, mon det ikke skulde gaa efter J.V. Jensens Kronik. Det gør de nu vel ikke, men den fornemme Dame kan Du saamænd sagtens faa dem til at tage, naar Du hænger lidt i. Hvis Du har tænkt at rejse hjem i Morgen, synes jeg alligevel absolut, Du skal opsætte det en Dag for at faa det lavet, skriftlig er det ikke nær saa nemt. - - Rejsen i Gaar gik godt, alt stod godt til herhjemme, Pebertræerne vidunderlige. Drengene beder Dig huske et Frimærkealbum en Dolk og et [ulæseligt ord], de har glemt. – Jeg har set i Avisen, at der er Boksekamp paa Søndag, saa jeg henter Dig egentlig ikke før Mandag. –
+Gl. Delcomyn er død i Dag. Jeg skriver til Marie en af Dagene, hils dem foreløbig og sig 1000 Tak. I Hast
+Din A.
+31te</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen kvitterer til Mads Rasmussen for modtagne 725,- kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wcc4</t>
+  </si>
+  <si>
+    <t>31 Marts 1910
+Mathildevej 2 f
+Hr Direktør M Rasmussen
+Jeg takker for og kvitterer hermed for den tilsendte Anvisning for 725 Kr Betaling for 
+1 Maleri "Roser"
+samt en del Tegninger og Raderinger.
+Ærbødigst
+Tom Petersen
+Kunstmaler</t>
+  </si>
+  <si>
+    <t>Max Levig</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Max Levig</t>
+  </si>
+  <si>
+    <t>Max Levig bekræfter modtagelsen af kr. 2000,- som betaling for Peter Hansens "Plovmanden".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uLbv</t>
+  </si>
+  <si>
+    <t>Max Levig
+Firma: Max Levig &amp;amp; Co
+TELEF. 6700
+STATSTELEF:118.
+TELEGR. ADR: "LESTER"
+X/B
+Kjøbenhavn den 31 März 1910
+Herr Konservesfabrikant M. Rasmussen
+Aktieselskabet Beauvais' Fabrikker
+Lyngbyvej 83
+Jeg stadfæster herved Modtagelsen af de med Brev af Gaarsdato remitterede Kr. 2000,-
+i Check for Billedet: "Plovmanden" af Peter Hansen.
+Med Højagtelse
+[signatur]</t>
+  </si>
+  <si>
+    <t>1910-04-02</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Poul S. Christiansen
+Peter Hansen
+Karl Isakson
+- Kochern
+Max Levig
+Nicolaus Lützhøft
+Peter Magnussen
+Knud Marstrand
+Claude  Monet
+Kai Nielsen
+Karl Petersen
 Jens Rasmussen
+Mads Rasmussen
+Johannes Rump
+Karl Schou
+Marie Schou
 Fritz Syberg
-Carl Zahle</t>
-[...17 lines deleted...]
-    <t>Faaborg 16 Maj 1915.
+Peter Tom-Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejdede i denne periode som medlem af indkøbskomiteen på at skaffe værker til Mads Rasmussens (MR) Faaborg Museum. 
+"Den fornemme" er formodentlig Kai Nielsens skulptur En fornem dame, der gnider sin hofte med kamfer. 
+Det er uvist, hvem OKS og SM er.
+Ifølge brevet fra Fritz Syberg til Mads Rasmussen 22. juni 1910 ville Syberg gerne have, at "Dødsbilledet" kom til Faaborg Museum, da det er malet der, og de afbildede personer var fra Faaborg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har foreslået Mads Rasmussen at købe Kai Nielsens Marmorpigen. Karl Madsen skal komme og se på billeder, og man skal have komitémøde. 
+Fredag var komiteen samlet, og da Larsen kom dertil, havde man aftalt ikke at købe af Karl Schou. Larsen indvendte, at man allerede havde købt fem billeder af ham, og han gjorde de øvrige begribeligt, at det ikke var komiteens opgave at sørge for, at Mads Rasmussen ikke gav for mange penge ud.
+Karl Schou, Karl Madsen og måske Peter Hansen skal til Berlin for at se Monet-udstilling, og de vil have Larsen med. Isakson og Viggo Johansen er allerede i Berlin. 
+Peter Hansen og Larsen har været hos Poul S. Christiansen og vælge 12 billeder til Faaborg. 
+Komiteen har købt Peter Hansens Pløjemand. Johannes Rump vil have 4000 kr. for Dødsfaldet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iCxe</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Lørdag 2 April 10
 Kæreste Alhed!
-Tak for dit Brev. Overretten kom herned i Formdg. til Generalforsamling i Vegetabilfabriken og til Birkholms Begravelse. Han var inde paa Museet og var strax smeltet. Vi blev alle inviteret paa Fabrikkens Regning: Hummer, Asparges og Tournedos. Kaffe og Cigarer. Han fortalte at Syberg, Peter og jeg nu vilde faa en Skrivelse fra Odense Museum om vi havde noget der egnede sig for dem. Derefter var vi til Begravelse. Nu sidder vi her efter Aftensmaden, Lysse Frk. Nivad Calle og jeg og drikker en Flaske Barzac. Jeg skal hilse fra Lysse og Calle. Jeg har lige ringet Puf op, det gik udmærket alt sammen hjemme. Vi har nu faaet den store Sal færdig og er begyndt i Billedhuggersalen d.v.s. den har vi vist ogsaa klaret saa vi skal begynde i Køjerne i Morgen. Jeg antager at jeg rejser hjem Torsdag Aften og saa Fredag til Kjøbenhavn. Jeg glæder mig til at komme hjem i Pintsen. Overretten spurgte om jeg kunde lave enten et Billede til som Lærketrækket eller en lignende i halv Størrelse til den samme eller halv Pris. Det var Heilbuth der havde fundet paa det, Zahle havde været inde at se paa Billedet over 50 Gange sagde han. Han ville nu sætte sig i Forbindelse med Heilbuth igen. Har du spurgt Magisteren om Huset? 
-[...9 lines deleted...]
-    <t>Achton Friis
+Tak for Telegram og Breve. Jeg fik det ene og Telegrammet til Afskedsfrokosten her hos Schous efter at jeg havde været hos Luds og Kunst Petersens paa Farvelvisit. Jeg tog strax til Peter og med ham til M.R. Peter kendte ikke noget til at der havde været Tale om den ”fornemme” men M.R. vidste det og saa foreslog jeg at vi skulde købe Marmorpigen hvad han ikke stillede sig afvisende til, jeg lovede saa at prøve paa at faa Kai til at slaa af paa Prisen, saa tog vi til Lützhøft og ordnede ham. D.v.s. først havde jeg lovet M.R. at faa at vide om Karl Madsen ikke kunde komme og spise hos dem og se Billeder en af disse Dage og det har vi saa faaet lavet saadan at de skal derover i Mrg Aften sammen med Peter og mig hvorefter jeg haaber at M.R. vil være saa præpareret at vi kan lave et Komité Møde paa Mandag hvor vi køber Marmorpigen som vi nu har paa Haanden for 5000 Kr. (den koster 7000), der for fik vi ikke handlet om den fornemme i Gaar, hvad der ellers godt kunde have været gjort. Men jeg er voldsomt spændt og venter at gaa med Mavepine til det bliver afgjort paa Mandag. Kai regner naturligvis allerede med at den er solgt, Du fik vel et Kort fra Bræddehytten hvor vi spiste sammen i Gaar og talte om Priserne, det var vi jo nødt til ellers vilde jeg helst have holdt min Mund foreløbig. Dagen før jeg skulde have rejst altsaa Fredag fik jeg tilfældigt at vide at Komitéen var samlet (Peter havde været rundt for at finde mig) jeg tog saa derud, der var M.R. og OKS Jens Rasmussen, Lützhøft, Tom og Peter, og da jeg kom var de blevne enige om at det ikke var nogen Nytte til at købe af Schou, jeg maatte jo saa optræde og holde paa at de fem Billeder var købt og det gik saa i Orden efter en Del Sludder. Siden den Tid har jeg haft Lysse og Tom for, og gjort dem begribeligt at det ikke er vores Opgave at, passe paa at M.R. ikke giver for mange Penge ud, men at sørge for at faa ham til at købe saa mange gode Ting som muligt. I Aften skal jeg til et Sold hos Knud Marstrand sammen med Kais, Kochern og flere. Schou Karl Madsen og maaske Peter rejser paa Tirsdag til Berlin for at se Monet Udstillingen de vil nok have mig med men jeg længes nu snart efter at komme hjem og det vilde jo hele Ugen gaa med og Penge koster det jo ogsaa. Isaksons og Viggo rejste derned i Gaar. Ja det var jo et rørende Brev fra SM. og dersom jeg kan naa det skal se at komme derud, men disse Møder tager jo en Fandens Tid, jeg har rendt rundt fra jeg fik Dit Brev til nu. Peter og jeg var ogsaa oppe hos Christiansen i Gaar og tog 12 Billeder ud som skal sendes til Faaborg, saa vi kan se dem der, der skal vi altsaa have et Møde ovre som Baronen maa med til. Vil Du sige ham det. Jeg gaar ud fra at han ikke vil blive ked af det hvis vi køber Marmorpigen, men det var maaske ingen Skade til om jeg fik et Par Ord om det.
+Nu sidder Schou og siger at jeg skal med til Berlin. Jeg skal hilse fra Schou og Marie, mange Gange og sige fra Marie at Du har lovet at skrive til hende og fra Schou at Du er rar. Vi har nu faaet Peters Pløjemand fra Max Levig for 2000 Kr. Rump forlanger 4000 Kr. for Dødsfaldet men jeg tænker han slaar en Del af, han har tilbudt W &amp;amp; M det for 1200 Kr. den gang de købte Raadyrene. Mange kærlige Hilsner til Jer alle
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1910-04-04</t>
+  </si>
+  <si>
+    <t>Berlin</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen
+Johannes V. Jensen
+Frederik Lützhøft
+Kai Nielsen
+Ketty Nielsen
+Mads Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er medlem af den komité, der indkøber billeder til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Komiteen skal mødes for at træffe beslutning om Marmorpigen. Larsen er spændt og håber, at salget går i orden. Kai Nielsen vil med til Berlin, hvis han sælger skulpturen. 
+Johannes V. Jensen og Else arrangerer et stort sammenskudsgilde, men Larsen vil hellere hjem, så han foreslår, at han følges til Kerteminde med Else Jensen, Kai Nielsens kone og børnene. Alhed kan så tage med dem til København lørdag og deltage i festen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aVbY</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 4 April 1910.
+Kæreste Alhed!
+Jeg har nu sat mig her i Bræddehytten og venter en fr. Bøf. Peter og jeg var hos MR i Aftes sammen med Karl Madsens og vi blev enige om at samles i den frie Udstilling i Eftmdg Kl. 2 ½ for at tage Bestemmelsen om Marmorpigen. Jeg har været hos Tom og Lysse i Formiddag mens jeg satte Kai til at skaffe Baronens Sanktion gennem Dig, bare det maa lykkes for MR sagde i Aftes at han nok vilde høre den samlede Comites Mening i et Tilfælde hvor det drejede sig om et saa stort Køb. Karl Madsen og Peter hang i med mig i Aftes om Berlinturen, Kai ligeledes han vil gerne derned, hvis det lykkes at sælge. Johannes V.s laver et stor Sammenskudsbal i et eller andet Lokale paa Lørdag, den Dag skal Berlinfarerne være hjemme og Ketty havde saa fundet paa at hun vilde faa Dig over til det og vi skal saa gaa med alle sammen. Men jeg har nu faaet en bedre Ide. Jeg vil hjem. Jeg føler mig stærk og med Lyst til arbejde og synes det er idiotisk at solde den Slags (Arbejdsdage) op selv om det vilde være rart at se gode Billeder. Nu kommer min Ide, som Fru Johs. V. synes er glimrende: Vi sender Kai til Berlin og Fru Johs. V. Ketty Børnene og jeg rejser til Kjerteminde. Paa Torsdag eller Lørdag rejser de tilbage og tager Dig med til Abefesten og jeg bliver hjemme. Fru Johs V. vilde se at komme i Telefonforb med Johs V for at faa ham til at hente Jer naar han rejser hjem fra Jylland. Hun er en rask Kone, hun erklærede strax at det var udmærket, skønt hun gaar og har Hovedrengøring. Jeg er ganske forfærdelig spændt paa i Eftermdg. Tænk hvis det ikke gaar i Orden og der bliver mere Vrøvl. Uha.
+Jeg længes efter Dig.
+Du fik nok en Del Postkort i Gaar.
+Mange Hilsner
+Sikken en Fest hvis vi kommer
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1910-06-11</t>
+  </si>
+  <si>
+    <t>Hedevig Lützhøft</t>
+  </si>
+  <si>
+    <t>Gentagelse af et andet brev fra Mads Rasmussen til fru Nicolaus Lützhøft, hvori Mads Rasmussen spørger, om Nicolaus Lützhøft kommer til åbningshøjtideligheden for Faaborg Museum. Nedenunder dette en tilføjelse, hvor Mads Rasmussen efterlyser manuskript til et foredrag, Nicolaus Lützhøft har holdt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3OjO</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Fru Lützhøft,
+Holmens Kanal
+Af Politiken ser jeg, at Deres Mand for Tiden er bortrejst. De bedes venligst meddele mig, om Deres Mand vil kunne komme til Aabningshøjtideligheden i Faaborg St Hansdag, hvilken Dag Galleriet aabnes Kl 3med efterfølgende Middag kl. 6. Paa Torsdag sendes Kunstværkerne og aflades Lørdag derovre, hvorefter Ophængningen paabegyndes.
+Ærbødigst
+Jeg har forgæves søgt at faa fat paa det Tidsskrift, i hvilket Deres Mands Foredrag i Studentersamfundet har staaet. De skulde vel ikke være i Besiddelse deraf, eventuelt Manuskriptet eller kan giveg Oplysning xxxx om hvor et Aftryk kan faas: i saa Fald bedes De give Budet dette eller Besked med tilbage ,hvis han træffer Dem. Ellers bedes De sende det med Posten. De bedes meddele mig,hvornaar Deres Mand kommer hjem.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg om ophængning af billeder på det nye museum i Faaborg og inviterer til åbningshøjtideligheden Skt. Hans dag med efterfølgende middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ld9Y</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Herr
+Kunstmaler Syberg
+Kjerteminde.
+Paa Torsdag indlades Kunstværkerne i Jernbanevogn og de vil saa kunne aflades i Faaborg paa Lørdag. vi rejser derover Lørdag og Ophængningen tager saa sin Begyndelse. Kan det passe Dem ogsaa at rejse dertil Lørdag: Aabningshøjtideligheden er fastsat til St Hansdag Kl 3 ,hvorefter Middag Kl 6. Jeg synes, at St Hansdag er en smuk Dag til den Højtidelighed.
+Med venlig hilsen forbliver jeg
+Deres hengivne 
+MRasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm om ophængning af billeder på det nye museum i Faaborg og inviterer til åbningshøjtideligheden Skt. Hans dag med efterfølgende middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mZr1</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Herr 
+Kuntsmaler Birkholm,
+Faaborg.
+Paa Torsdag indlades Kunstværkerne i Jærnbanevogn og vil saa kunne aflades i Faaborg Lørdag ,hvilken Dag vi rejser derover,og Ophængningen tager saa sin Begyndelse. Aabningshøjtideligheden er fastsat til St Hansdag Kl 3 ,hvorefter Middag Kl 6 . Jeg synes, at St Hansdag er en smuk Dag til Højtideligheden.
+Med venlig Hilsen
+Jeres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Johannes Larsen om ophængning af billeder på det nye museum i Faaborg og inviterer til åbningshøjtideligheden Skt. Hans dag med efterfølgende middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ekho</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Herr
+Kunstmaler Johs Larsen,
+Kerteminde.
+Paa Torsdag indlades Kunstværkerne i Jærnbanevogn og de vil saa kunne afledes i Faaborg lørdag. Vi rejser derover Lørdag og Ophængningen tager saa sin Begyndelse. Kan det ogsaa passe Den at rejse dertil Lørdag :Åbningshøjtideligheden er fastsat til St Hansdag Kl 3 ,hvorefter Middag Kl 6.Jeg synes, at St Hansdag er en smuk Dag til den Højtidelighed.
+Med venlig Hilsen forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Fr. Andersen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til hotelejer Fr. Andersen, Rasmussens hotel i Faaborg om arrangement og middag i forbindelse med åbning af det nye museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cqkU</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Herr
+Hotelejer Fr Andersen,
+Faaborg.
+St Hansdag vil Galleriet blive aabnet og vi skal saa have en Middag hos Dem Kl 6 ,Vil De ikke reservere os den lille Musiksal. Ligeledes skal der reserveres foreløbig to Værelser, men derom skal De faa nærmere Besked, Min Hustru og jeg bor sikkert paa Fabriken denne Gang. Jeg kommer til Faaborg paa Lørdag. Der bliver eventuelt ca 30,saa den lille Musiksal bliver maaske for lille.
+Med venlig hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver igen til Mads Rasmussen om Fru Erichsen (Franziska Syberg) og anbefaler hende til en stilling som kustode ved det kommende museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jBMz</t>
+  </si>
+  <si>
+    <t>11/6 - 1910
+Kære Hr. Fabrikant M. Rasmussen
+Efter at jeg igaar havde skrevet til Dem, faldt den Tanke mig ind, at De maaske i en nærmere eller fjernere Fremtid fik Brug for et Menneske til at passe Faaborg-Galleriet; det vil sige, et Menneske, der ikke alene kan holde Salene og Billederne i Orden, men som ogsaa er tilstrækkelig inde Kunst og Kunstforhold, saa det vil kunne forklare de Besøgende alt om de forskellige Billeder og Malere. Jeg tror ikke, De vil kunne finde nogen bedre til dette Brug end Fru Erichsen (det berømte Mesdag-Galleri i Haag bliver udelukkende passet af Damer, en Dame er "Inspektør" for det), hun Fru Erichsen er meget kunstbegejstret og meget morsom og animerende at tale med om Kunst, hvad der jo vil være til stor Gavn for de Besøgende.
+Skulde de altsaa faa Brug for et saadant Menneske, saa tror jeg at turde gentage, at De ikke kan faa nogen bedre end Fru Erichsen. Jeg tilføjer, at hun tidligere har været ansat ved "den frie Udstilling" og fra sin tidligste Ungdom er vant til at omgaas Billeder.
+De venligste Hilsener
+Deres hengivne
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder fru Nicolaus Lützhøft meddele, om hendes mand kommer til åbningsfesten for det nye museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BlAK</t>
+  </si>
+  <si>
+    <t>11 Juni 1910
+Fru Lützhøft,
+Holmens Kanal
+Af Politikken ser jeg, at Deres Mand for Tiden er bortrejst . De bedes venligst meddele mig,om Deres Mand vil kunne komme til Aabningshøjtideligheden i Faaborg St. Hansdag, hvilken Dag Gallereit aabnes Kl 3 med efterfølgende Middag Kl.6 . Paa Torsdag afgaar Kunstværkerne og aflades Lørdag derovre, hvorefter Ophængningen paabegyndes.
+Ærbødigst
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-06-12</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Johannes Rump
+Oscar Wandel</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen at Johannes Larsen har bedt ham undersøge om grosserer Wandel vil afhænde "Historien om en Moder" samt "Aftenbilledet", da Johannes Larsen i så fald vil foreslå dem til Faaborg museum. Det ønsker Wandel ikke. Angående "Dødsbilledet", som ejes af Johannes Rump, har han intet hørt, men ønsker det til Faaborg, da det er malet i Faaborg og modellerne ligeledes er fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5vW0</t>
+  </si>
+  <si>
+    <t>Nordskov paa Dalby
+12 Juni 1910
+Hr Fabrikant Rasmussen !
+Tak for Skrivelsen. Jeg rejser altså til Fåborg på Lørdag. Med det samme tillader jeg mig at meddele Dem, at Joh. Larsen har bedt mig forespørge Gros Wandel om han var tilbøjelig til at skille sig med "Historien om en Moder", samt "Aftenbilledet" da Johs. L i så Fald vilde foreslå det til Fåborg Galleriet. Wandel vil under ingen Betingelser sælge. Jeg meddeler Dem dette negative Resultat for en Ordens Skyld. 
+Jeg har intet hørt fra Rump om Dødsbilledet og to ved altså ikke om dette Billede er til at købe for en rimelig Pris. Jeg havde gærne set det i Fåborg. da det er malet der og Modellerne alle ere derfra. Måske nu til Terminen at Rump er mere medgørlig
+Med de Bedste Hilsener
+til Dem og Deres Frue
+er jeg Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>De to billeder, Fritz Syberg nævner, som gros. Wandel "nægter at sælge", er formentlig de billeder, der alligevel i 1910 blev erhvervet til museet, se under nævnte værker.</t>
+  </si>
+  <si>
+    <t>FBA, Mads Rasmussens familiearkiv, ks. 27</t>
+  </si>
+  <si>
+    <t>Fritz Syberg orienterer om, at ejeren af "Historien om en Moder" og "Aftenbilledet", der ønskes indkøbt til museet i Faaborg, ikke ønsker at sælge. Desuden har han intet hørt fra Rump om "Dødsbilledet".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pdav</t>
+  </si>
+  <si>
+    <t>Nordskov paa Dalby
+12 Juni 1910
+Hr Fabrikant Rasmussen !
+Tak for Skrivelsen. Jeg rejser altså til Fåborg på Lørdag. Med det samme tillader jeg mig at meddele Dem, at Joh. Larsen har bedt mig forespørge Gros Wandel om han var tilbøjelig til at skille sig med "Historien om en Moder", samt "Aftenbilledet" da Johs. L i så Fald vilde foreslå det til Fåborg Galleriet. Wandel vil under ingen Betingelser sælge. Jeg meddeler Dem dette negative Resultat for en Ordens Skyld. 
+Jeg har intet hørt fra Rump om Dødsbilledet og ved altså ikke om dette Billede er til at købe for en rimelig Pris. Jeg havde gærne set det i Fåborg. da det er malet der og Modellerne alle ere derfra. Måske nu til Terminen at Rump er mere medgørlig
+Med de Bedste Hilsener
+til Dem og Deres Frue
+er jeg Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1910-06-13</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til hotelejer Fr. Andersen, Rasmussens Hotel og udbeder sig pris på festmiddagen, der skal holdes i forbindelse med åbningen af Faaborg Museum. Det skal være en "pæn sommermiddag". Antal ca 40, deraf halvdelen damer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nW9u</t>
+  </si>
+  <si>
+    <t>13 Juni 1910
+Herr
+Hotelejer Fr Andersen,
+Faaborg.
+St Hansdag vil Galleriet blive aabnet og vi skal saa have en Middag hos Dem Kl 6 ,Vil De ikke reservere os den lille Musiksal. Ligeledes skal der reserveres foreløbig to Værelser, men derom skal De faa nærmere Besked, Min Hustru og jeg bor sikkert paa Fabriken denne Gang. Jeg kommer til Faaborg paa Lørdag. Der bliver eventuelt ca 30,saa den lille Musiksal bliver maaske for lille.
+Med venlig hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-06-14</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til fru Nicolaus Lützhøft og returnerer et foredrag af Nicolaus Lützhøft, som han havde lånt i håb om at kunne bruge noget af indholdet til sin tale ved åbningen af Faaborg Museum. Da det mest handlede om Zahrtmanns skole, var det ikke så brugbart i den forbindelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dnyk</t>
+  </si>
+  <si>
+    <t>14 Juni 1910
+Fru Lützhøft,
+Jeg tilbagesender hermed det laante Manuskript og bringer Fruen min bedste Tak for Laanet af samme.
+Jeg tænkte mig Muligheden af, at jeg kunde benytte noget deraf i en Tale, jeg vil holde ved Aabningshøjtideligheden .Det viste sig imidlertid, at jeg ikke kan dette ,da Foredraget jo nærmest er anlagt med Zahrtmanns Malerskole for Øje med Karakterisering af de enkelte Malere.
+De bedes overbringe Deres Mand min Hilsen, Jeg havde haabet at kunne faa Fornøjelsen af at se i hvert Fald Fruen ved Aabningshøjtideligheden og beklager, at dette ikke lader sig gøre. 
+Ærbødigst
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-06-15</t>
+  </si>
+  <si>
+    <t>Johannes Larsen meddeler Mads Rasmussen at han kommer sammen med Syberg og deltager i ophængningen af malerier til åbningen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FGMH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Juni 1910
+Hr. Fabrikant M Rasmussen
+Tak for Brevet. Jeg skal nu sætte mig i Forbindelse med Syberg og hvis det passer ham tænker jeg vi kommer Søndag eller Mandag og deltager i Ophængningen. St. Hans dag er godt. Venlig Hilsen
+til Dem og Deres Frue
+Deres hengivne 
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1910-06-16</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>Robert Brandt
+- Petersen</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen skriver til sin bror, Mads, vedr. åbningsfestlighederne i forbindelse med åbningen af Faaborg Museum.Han mener ikke, Mads skal invitere pressen og at åbningen bør foregå så stilfærdigt som muligt. Talen, som Mads har sendt udkast til, er god, men der er lidt at rette, og den bør være så kort som mulligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RZIr</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen
+Overretssagfører Nørregade 20, Odense
+______ 16 Juni 1910
+Telefon 649
+Kære Broder!
+Jeg synes, at du ikke skal tage Pressen med. Gør det saa stilfærdigt som muligt. Tanken er smuk nok i sig selv. Du behøver ingen Reklame. Dertil kommer, at det jo kun er en Begyndelse, som vel er meget smuk, men som dog bør udvikle sig i Stilhed til noget større. Ingen af de andre "Mæcener", der skaber sig Samlinger, taler højt om de første Billeders Indkøb. Skulde der være sort Gilde, maatte det i og for sig snarere være naar Samlingen er fuldført end i Begyndelsen. Som sagt saa stilfærdigt som muligt. det er mest stilfuldt ogsaa-------Og der skal saamænd nok blive talt om det alligevel.
+Der er ikke noget i Vejen for at indbyde Borgmesteren og de andre Faaborgensere med Fruer. Jeg synes nu ikke, at der var noget i Vejen for ogsaa at indbyde de to andre Redaktører. Det vil jo alligevel blive opfattet af disse som en Tilsidesættelse. De har jo skrevet pænt om dig - i "Social Demokraten" har jeg i hvert fald set det. Og Brandt og Petersen er jo kun "offentlige Personer" i Kraft af Deres Egenskab som Redaktører. Der er heller ikke noget til Hinder for at bede de 4 stedlige Redaktører med, selv om de ikke tager hele Pressen med!
+Men dette maa du naturligvis selv om!
+Talen er meget god. Men der er lidt at rette. Den skal følge i Brev til Faaborg. Ogsaa den, mener jeg, skal være saa kort og ligetil som muligt. Jeg mener stadig, at Sagen skal tale for sig selv.
+Det skal være mig en fornøjelse at komme med Mutter! Skal vi være i Kjole? Kunstnerne møder vel i daglig Paaklædning?
+med venlig Hilsen
+Din hengivne
+Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-06-20</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Poul S. Christiansen
 Peter Hansen
-Jeppe Andreas Larsen
-Nicolaus Lützhøft
+Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Kai Nielsen
+Karl Schou
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen m.fl. hænger de nyindkøbte værker til Faaborg Museum op i Mads Rasmussens lejlighed. 
+I anlægget Voigts Minde i Faaborg blev der i 1884 bygget en sommerpavillon med servering ude og inde.
+Det er ikke muligt at afgøre, om det omtalte havebillede af Karl Schou er Have med figurer eller Smeltende sne. Derfor er begge malerier indsat.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Peter Hansen, Jens Birkholm og Peter Tom-Petersen hænger udstilling op i Faaborg. Larsen nævner eksempler på værker. Bl.a. har han hængt Christine Swanes Roser op, selvom billedet endnu ikke er købt til stedet. 
+Malerne bor på højskolehjemmet og spiser godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MBmb</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juni 1910. 
+Kæreste Alhed!
+Du kunde vel tyde det meste af Kortet fra i Aftes. Vi sad paa Voigts Minde og skrev i Halvmørke med Annanas og Madeira. Bag efter var Tom Peter Birkholm og jeg paa Hotellet og til Sjerry, her sidder jeg nu med Tom og skriver efter en vel anbragt Arbejdsdag. Jeg tror vi faar en køn Samling ud af det. Peter og jeg hænger op i Spisestuen, Aquareller og Tegninger med enkelte Oljebilleder som Midtpunkter. P.S. Chr. Knud d. store paa Endevæggen, Regnfulde Augustdage og Fader og Bob paa den lange Væg og Schous Havebillede paa den modsatte Væg. Kais Pige paa Gulvet. Den ser dejlig ud. De andre hænger op i de andre Stuer. Vi boer alle paa Højskolehjemmet som ligger lige ved Siden af Musæet, det hedder nu ”Faaborg Musæum”. Vi spiser godt og rigeligt der. Jeg har faaet Uglens Rose hængt op da jeg ”kom til” at mangle et Billede af den Størrelse og tænker at den bliver købt ogsaa men der er altsaa en Mulighed for at Levkøjerne glider ud i Stedet. Hils Børnene og Moder mange Gange fra mig. Kys dem. Hils de andre mange kærlige Hilsner til dig selv. Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1910-06-21</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes V. Jensen
+Andreas Larsen
+Johan Larsen
+Peter Lundsgaard
 Karl Madsen
-Carl V Petersen
-[...368 lines deleted...]
-Din hengivne
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen m.fl. hænger de nyindkøbte værker til Faaborg Museum op. der blev holdt "Stifterfest" Skt. Hans Aften 1910 i Faaborg.
+"Vegetabil-Fabriken": Mads Rasmussen, Faaborg Museums stifter, var konservesfabrikant, og hans fabrik lå i tilknytning til lejligheden, hvor værkerne blev hængt op. Fabrikken fremstillede også margarine, og dette foregik sandsynligvis i Vegetabilfabrikken.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Alhed ringe til fabrikken og give besked om, hvornår hun kommer til Faaborg plus om Christine (Uglen) kommer med. Alt er hængt op, og det ser godt ud. Komiteen har købt alle Uglens tre billeder. Den følgende dag skal der laves katalog. Festen bliver nok vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Txbs</t>
+  </si>
+  <si>
+    <t>Faaborg 21 Juni 1910.
+Kæreste Alhed
+Jeg kunde godt lide at vide lidt om naar Du kommer. Her bliver vist ikke Plads til os her, da jeg foreløbig bor hos Peter men skal [ulæseligt] ud naar [ulæseligt] kommer. Jeg maa altsaa vide om jeg skal skaffe Plads til os Torsdag eller Fredag. Kommer Du ikke Torsdag? Vil Du ringe Vegetabil-Fabriken op og bede dem sige naar Du kommer og med hvilket Tog. Johannes V kommer. Lad mig ogsaa vide om Uglen kommer. Du har slet ikke skreven til mig. Nu har vi hængt al Ting op, det slog udmærket til, Rummene er fulde og ser godt ud. Du vil nok blive imponeret. Det blev altsaa til at vi tog Uglens 3 Billeder altsaa 450 Kr. Nu skal vi til at lave Katalog i Mrg. Jeg glæder mig til at se Dig og til Festen den bliver nok vellykket. Karl Madsens kommer ogsaa, derimod har Bisters sendt Afbud. Der kommer saa godt som Ingen vi ikke kender. Kun Borgmesteren og en [ulæseligt] til her fra Byen. Telefoner saa i Mrg. Mange kærlige Hilsner til Dig og Børnene. Hils de andre.
+Din
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1916-02-23</t>
-[...125 lines deleted...]
-Johannes Larsen
+    <t>Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Vilhelmine  Larsen
+Cathrine Meyer
+Marie Meyer
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Faaborg for at sætte udstilling op i det, der blev til Faaborg Museum.
+Hans mor, Vilhelmine Larsen, (Svigermor) døde samme år i september.</t>
+  </si>
+  <si>
+    <t>Haven er ordnet. Kai (Nielsen) beder om, at Larsen bestiller værelse til ham. Han og hans skulpturer kommer torsdag, og han beder om hjælp til soklerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SGD5</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Tak for Dine Skriverier! Det er sjov at jeg har solgt de to, mindre Sjov med Uglen. – Stor Travlhed i Dag med Haven, der nu er [ordet overstreget] er nydelig; Tutte og Vilhelm kommer nemlig i Morgen. Kai har skreven om I vil bestille Værelse til dem sammen med os andre hans Figurer og han selv kommer Torsdag Aften (6-7) han spørger om Du (I) vil sætte Soklerne op, det lader sig jo hurtig ordne Fredag Morgen. Vi har det godt, Svigermor ret godt; I Hast da Marie og Katrine Mejer er her og vil tage dette med. 
+Hils dem alle! 1000 Hilsner Din Alhed
+21nde
+Jeg fik saa i Dag fra Magisteren
+M. og K. hilser</t>
+  </si>
+  <si>
+    <t>1910-06-28</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Poul S. Christiansen
+Peter Hansen
 Nicolaus Lützhøft</t>
   </si>
   <si>
-    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
-[...47 lines deleted...]
-Carl Petersen</t>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, ks. 27</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver om betaling af Poul S. Christiansen for værker til Faaborg Museum og om Christiansens ønsker om ombytning af nogle af værkerne med nogle, han synes er bedre. Desuden efterlyser han mere orden i forholdene for indkøbskomitéen til Faaborg Museum, blandt andet bør der vælges en protokolfører og en sekretær.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DdVI</t>
+  </si>
+  <si>
+    <t>Nordskov 28 Juni
+1910
+Kære Hr M. Rasmussen
+Jeg har altså talt med Christiansen og søgt at ordne det med ham på bedste Måde.
+Summen er han villig til at runde af til 8 500 Kr. M.h. til Udbetalingen af Pengene stiller han sig fuldt kameratlig. De samme Udbetalingsvilkår vi andre går ind på vil han også rette sig efter.
+Endvidere er der et Par af de Billeder, han har fået på Musæet, han eventuelt kunde ønske ombyttet med nogle han selv synes er bedre, dersom Komiteen kan blive enig med ham. Nu er altså Sagen nogenlunde i Gang (ja jeg mener den er godt i Gang) men jeg synes der mangler en Smule Orden i selv Komiteens Forhold. Vi bør vist i en ikke altfor fjern Fremtid se at få konstitueret os, så Arbejdet og de Ptr? bliver fordelt og de Pligter der påhviler hver af Komitemedlemmerne bliver ordnede.
+De talte om at vi manglede en Port Protokol og Protokol fører, dertil vilde jeg foreslå Lützhøft. Vi mangler også en Sekretær, der sammen med Dem kunde varetage Museets Tarv i alle Henseender også den rent økonomiske. Dertil vilde jeg foreslå Peter Hansen Endvidere bliver der en Del at gøre en Gang med Tiden i Retning af at anskaffe Postkort med Gengivelser af Billederne på Musæet og andet lignende Kunne Birkholm ikke benyttes der. Han er jo Fotograf og har en Del Erfaringer på det Område der måtte kunne komme Sagen tilgode.
+Dette er blot nogle løse Forslag. Hensigten med dem er blot at vi burde se at få Orden i hele denne Side af Sagen så hver af os ligesom havde sin Post og følte ?????? Ansvar sig særlig ansvarlig der.
+Med mine bedste Hilsener til Dem og Deres Frue og med Tak for de glade og indholdsrige Dage min Kone og ti jeg tilbragte i Fåborg er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen, at han har talt med Poul Christiansen og fået ham til at afrunde summen for køb af et maleri til 8.500 kr. Poul Christiansen ønsker et par af billederne ombyttet med nogle, han finder bedre. Foreslå at komitéen for Faaborg Museum bliver lidt bedre organiseret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EExj</t>
+  </si>
+  <si>
+    <t>Nordskov 28 Juni
+1910
+Kære Hr M. Rasmussen
+Jeg har altså talt med Christiansen og søgt at ordne det med ham på bedste Måde.
+Summen er han villig til at runde af til 8 500 Kr. M.h. til Udbetalingen af Pengene stiller han sig fuldt kameratlig. De samme Udbetalingsvilkår vi andre går ind på vil han også rette sig efter.
+Endvidere er der et Par af de Billeder, han har fået på Musæet, han eventuelt kunde ønske ombyttet med nogle han selv synes er bedre, dersom Komiteen kan blive enig med ham. Nu er altså Sagen nogenlunde i Gang (ja jeg mener den er godt i Gang) men jeg synes der mangler en Smule Orden i selv Komiteens Forhold. Vi bør vist i en ikke altfor fjern Fremtid se at få konstitueret os, så Arbejdet [overstreget: og de Ptr] bliver fordelt og de Pligter der påhviler hver af Komitemedlemmerne bliver ordnede.
+De talte om at vi manglede en [overstreget: Port] Protokol og Protokol fører, dertil vilde jeg foreslå Lützhøft. Vi mangler også en Sekretær, der sammen med Dem kunde varetage Museets Tarv i alle Henseender også den rent økonomiske. Dertil vilde jeg foreslå Peter Hansen Endvidere [overstreget:er ] bliver der en Del at gøre en Gang med Tiden i Retning af at anskaffe Postkort med Gengivelser af Billederne på Musæet og andet lignende Kunne Birkholm ikke benyttes der. Han er jo Fotograf og har en Del Erfaringer på det Område der måtte kunne komme Sagen tilgode.
+Dette er blot nogle løse Forslag. Hensigten med dem er blot at vi burde se at få Orden i hele denne Side af Sagen så hver af os ligesom havde sin Post og følte [overstreget: ulæseligt ord, Ansvar] sig særlig ansvarlig der.
+Med mine bedste Hilsener til Dem og Deres Frue og med Tak for de glade og indholdsrige Dage min Kone og [overstreget:ti] jeg tilbragte i Fåborg er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-07-05</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, mappe 129</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen skriver til sin bror om en række økonomiske transaktioner og nævner afslutningsvis, at 1000 mennesker har besøgt museet den foregående søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Npb</t>
+  </si>
+  <si>
+    <t>JENS RASMUSSEN
+OVERRETSSAGFØRER NØRREGADE 20, ODENSE
+TELEFON 649 5 Juli 1910
+Kære Broder!
+Imorgen rejser jeg og hele Familien med Damper til Aalborg og derfra videre med Jernbane til Løkken. Jeg for min Del skal hjem igen paa Mandag og bliver hjemme fra 12-22 Juli, hvis du vil mig noget. Det er for Jernbaneexpropriatonens Skyld til Dobbeltsporet ved Odense. Det er en kedelig Afbrydelse.
+Jeg er derfor i Færd med Afregningerne. Idag har jeg sendt Afregning til Konservesfabrikerne paa 2444 Kr 69 Øre, som jeg har incasseret. Jeg beder dig lægge Mærke til de smaa Omkostningsbeløb - nogle, ja flere af Incassationerne ere gaaede skadesløst ind for Fabrikerne!
+For dit eget Vedkommende sender jeg dig herved Opgørelse over Terminsydelserne. Paa denne er opført alle de ikke betalte Renter fra Alfred Rasmussen af Strarup af dit Laan til ham på 1900 Kr og Laanet til Rasmine 500 Kr + 58 Kr 41 Øre i Rente. Dette sidste Rentebeløb er ikke nok, selv til 4% p.a., da det drejer sig om Renter i 4 Aar, men jeg ligger ikke med flere Penge for Alfred Rasmussen end de 795 Kr 91 Ør, som der blev tilovers fra hans Prioritetsordning og som du har faaet allesammen. Jeg sender dig forøvrigt en Afskrift af mit Brev til ham. Forholdet er altsaa det, at han fik et større 1ste Prioritetslaan og at du har rykket din 2 Prioritet 1900 Kr tilbage. Der er ingen Fore for denne. Efter almindelige Rgler skal du have et Afdrag og det faar du altsaa derigennem, at Rasmines Laan paa 500 Kr betales tilbage. Jeg ved ikke, om hun har givet dig Bevis for Pengene. I saa Fald maa du sende hende det eller ogsaa sende det til mig. Nu fik du jo ogsaa dine Rentepenge.
+Som du ser, har jeg tilladt mig af dine Penge at laane en Gaardejer J. Chr. Jensen, Vejrup 2000 Kr. Det er en gammel Bekendt af os. Og Beløbet staar sikkert og godt efter 12000 Kr. Østifternes Kreditforening og til 6% p.a. Gaarden er paa 30 Tdr Land og ligger 3/4 Mil fra Odense op til Landevejen til Middelfart. Der er fuld Besætning paa Gaarden. Han vil sælge Ejendommen og Laanet er derfor kun midlertidigt, hvis du ikke vil lade dem staa. Men han stod og skulde bruge dem. Skal det altsaa være, kan du faa dine Penge, naar vi faar solgt hans Gaard. Obligationen skal jeg sende dig, naar jeg faar den fra Tinglæsningen.
+Det Beløb, der herefter tilkommer dig, udgør 439 Kr 90 Øre som følger samtidig hermed % i Anvisning mod din Tilstaaelse.
+Du sørger nok for, at Afdragene bliver afskrevet paa Obligationerne.
+-- Hvordan gik det med Festlighederne for det nye Ministerium. Det er dog for moderat. Lige for J.C. til at vælte, naar Tiden kommer. Falder der med Tiden en lille Etatsraadstitel af? Ministeriet bliver ellers nok siddende i lang Tid - hvis som sagt J.C. vil det.
+Der var 1000 Mennesker ned at bese dit Museum i Søndags. Faaborg ville være utaknemlig, hvis den ikke paaskønnede dig. Det maa da gavne Byen!
+Med venlig hilsen
+Din hengivne Broder
+Jens Rasmussen</t>
   </si>
   <si>
     <t>1910-07-08</t>
   </si>
   <si>
     <t>Jens Birkholm
 Peter Hansen
 Alfred Larsen
 Johannes Larsen
 Christine Swane
 Anna Syberg</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til Fritz Syberg og sender en liste over betalingsbetingelser, som han beder om at få underskrevet af Fritz og Anna Syberg, Christine Larsen, Alhed Larsen. MR sørger selv for Birkholms underskrift. Har afsat kr. 10.000,- årligt op til kr. 80.000 til kunstindkøb. Nævner at han er meget optaget af Marius Mikkelsens tanke om et gruppemaleri fra Faaborg Museums åbning, og at kunstnerne var enige om, at det gerne måtte være Peter Hansen, der skulle male det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TnI7</t>
   </si>
   <si>
     <t>8 Juli 1910.
 Herr
 Kunstmaler Fritz Syberg,
 Fordskov, Kjerteminde .
 Deres venlige Brev af 28 f M har jeg modtaget. 
 Jndlagt sender jeg en Liste ,paa hvilken jndkøbene saavel som Betalingsterminerne er angivne , og som indeholder Anerkjendelse heraf saa vel fra Kunstnernes som Museets Side. De bedes underskrive den og foranledige den underskrevet af Deres Frue, Johs Larsen, Frk C Larsen og Fru A Larsen . Derefter bedes den sendt til min Adresse i Faaborg, hvortil jeg rejser i Morgen og forbliver der de første Dage af kommende Uge . Jeg skal saa faa Birkholms Underskrift .
 Som De endvidere vil se af Listen er der stipuleret foreløbig indtil 10000 Kr om Aaret op til 80.000 Kroner.
 Jeg velægger følgende Anvisninger :
 Fru A Larsen Kr 250,00
 Frk C Larsen " 225,00
 som De bedes overgive til de Vedkommende den første Rate.
 Med Hensyn til,hvad De skriver om Ordning af Komiteens Forhold , da er jeg fuldstændig enig med Dem heri. Naar Nic Lützhøft kommer hjem har jeg imidlertid tænkt at faa ham med til Faaborg,for at han kan se Samlingen, og vi kunde jo saa samtidig holde et Møde i Museet og ordne det fornødne.
 Som De vel erindrer blev der hos Fotograf Mikkelsen udkastet en Tanke om et Gruppemaleri fra Aabningsdagen . Jeg har siden været en Del optaget af denne Jdee ,som jeg finder særdeles tiltalende. Kunstnerne var jo enige om, at det helst kulde være Peter Hansen, der skulde male det - Jeg har talt med ham derom, og han vil gerne have den Opgave. Det vil jo tage nogle Aar at faa det færdigt. men der skulde jo allerede nu begyndes at tage Studier - De vil maaske tale med Johs Larsen derom.
 Kunde vi ikke tale sammen en Dag medens jeg er i Faaborg. Mit Telefonnummer er 170 g 24
 Med venlig Hilsen</t>
   </si>
   <si>
-    <t>Nicolaus Lützhøft</t>
+    <t>1910-07-09</t>
+  </si>
+  <si>
+    <t>Carl  Knippel</t>
+  </si>
+  <si>
+    <t>Carl Knippel returnerer check på kr. 300,- for et billede, han ikke betragter som solgt men foreløbig kun beroende i museet indtil det ombyttes med et andet billede med lignende motiv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zx4Y</t>
+  </si>
+  <si>
+    <t>E.N. KNIPPEL ...UDSALG AF
+MALERFORRETNING
+GRUNDLAGT 1834
+TELEFON 233
+Hr. Fabrikant M. Rasmussen RD p.t. Faaborg
+D.D. modtog jeg Checque k. 300,00, som jeg hermed tillader mig at tilbagesende.
+Omhandlede Maleri betragter jeg ikke som solgt, men som foreløbig beroende i "Faaborg Museum", indtil det ombyttes med et Billede af lignende Motiv og malerisk Værdi. Med Hensyns til dette Arrangement har jeg Komitéens Sanktion og antog, at De var underrettet om og indforstaaet med denne Ordning.
+Jeg er med venlig Hilsen Deres ærbødige
+Carl Knippel</t>
+  </si>
+  <si>
+    <t>1910-07-19</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Ernst Goldschmidt og takker for første hæfte af "Det nye Kunstblad" og for at bladet bringer omtale af Faaborg Museum og håber han vil aflægge museet et besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dipt</t>
+  </si>
+  <si>
+    <t>19 Juli 10
+Herr
+Redaktør Ernst Goldschmidt,
+Her.
+Maa jeg bringe Dem min forbindtligste Tak for modtagne 1. Hæfte af : "Det nye Kunstblad" og fordi du vil bringe en Omtale af Faaborg Museum. Det vilde være mig en Glæde, om de i Løbet af sommeren vil gæste mig i Faaborg,hvor min Familie bor i Museet saa længe mine børns Ferie varer. Jeg er derovre hveranden Uge. I denne Uge er jeg i København, medens jeg i næste Uge vil være i Faaborg. Byen har jo en smuk Omegn og Peter Hansen og flere af Kunstnerne er jo derovre. Det vilde glæde mig meget at se Dem derovre.
+Haabende at høre fra Dan forbliver jeg
+Forbiindtligst
+Indlæg.</t>
+  </si>
+  <si>
+    <t>1910-07-20</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Tom Petersen og takker for raderinger, der er blevet indrammet. Mads Rasmussen omtaler en protokol, formentlig museets protokol og spørger Tom Petersen hvad han mener om at kalde museet "Faaborg Kunstmuseum" i stedet for "Faaborg Museum".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kCHh</t>
+  </si>
+  <si>
+    <t>20 Juli 10
+Herr
+Kunstmaler Tom Petersen
+p.t. Helsingør.
+Tak for de sendte Raderinger,som jeg har faaet sat Glas og Ramme om.
+J Dag var jeg hos Aamodt i Anledning af Protokollen,paa hvilken Billedet af Museet skal anbringes. Aamodt vil gerne tale med os begge om, hvorledes det bedst kan lade sig gøre , da det nok bliver for vidtløftigt at præge det.Kunde det ikke lade sig gøre, at vi følges ad derop, for at tale derom : Hvis De vil ringe mig op i Telefonen enten i Skjoldsgade Øbro 2123 eller paa mit Kontor 6890,kan vi jo gøre nærmere Aftale .Jeg er her i København i denne Uge indtil Lørdag Morgen, da jeg saa rejser til Faaborg.Aamodt træffes fra 8-5.
+Et ligelydende Brev har jeg sendt til Deres Bopæl paa Frederiksberg,for hvis De skulde være der.
+Jeg forbliver med venlig Hilsen
+Deres forbundne
+M.Rasmussen
+P S :Kunne det ikke tænkes, at De kunde tegne det som Pennetegning i Blæk eller Tusch indvendig som Titelblad? Dette vil sikkert blive det smukkeste. Protokollens Blade bliver af fineste Papir.
+Hvad mener De om at kalde Museet Faaborg Kunstmuseum i Stedet for Faaborg Museum?</t>
+  </si>
+  <si>
+    <t>Dyreborg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Peter Hansen. Inden han får trykt navn på protokollen til museet, vil han gerne høre Peter Hansens mening om museets navn: Er "Faaborg Kunstmuseum" at foretrække frem for "Faaborg Museum"?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GbSV</t>
+  </si>
+  <si>
+    <t>20 Juli 1910
+Herr
+Kunstmaler Peter Hansen
+Dyreborg pr Faaborg.
+Før jeg lader trykke Navn paa Protokollen vilde jeg sætte Pris paa at høre Deres Mening om Navnet:
+Faaborg Kunstmuseum i Stedet for Faaborg Museum.
+Vær saa venlig at lade mig vide Deres Mening herom paa et Brevkort, som jeg kan have Fredag her.
+Jeg rejser til Faaborg Lørdag Morgen.
+Med venlig Hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-07-24</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, 5600 Faaborg</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Otto Helms
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum blev åbnet i Konservesgaarden på Skt Hans dag 1910
+Christine Swanes far døde d. 31.5
+Værtsfolkene er muligvis Dr. Helms med familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Lokalhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Kærlige ord til Christine. Sigurd skal på museet i morgen og sørge for at sende billederne af sted. Muligvis skal der laves en reproduktion til kataloget af et af hans billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U6F6</t>
+  </si>
+  <si>
+    <t>d. 24 -7 -1910.
+Kære store Pige.
+Nej jeg havde ikke tænkt at ville øve Gengæld og snyde dig. Jeg havde i det hele taget ikke tænkt så meget ved at lade være med at skrive, jeg havde (så vidt jeg nu kan sætte mig tilbage i den Dags Tilstand) en Følelse som om jeg først måtte være sikker på at jeg ikke havde skrevet et dårligt Brev sidst, blandet med den Følelse at når jeg nu lod en Dag gå over, så vilde du også lettere stryge et Aftenbrev en anden Gang, hvis du ikke havde fået Tid at skrive for en Dag. – Sådan tror jeg det hang sammen, med det var måske egentligt dumt – og dog har jeg fået Belønning gennem dit lille Brev, som røber Ængstelse, tilgiv, den synes mig så sød . 
+Tak for din lille Bemærkning om dit Besøg på Kirkegården, hvad du siger om Græsset og Stranden bagved Graven er smukt og sødt, se det er en lille Del af dig selv som du giver mig. Tak lille – Christine, med det lidt tunge, lidt besværlige Navn, søde lille Ugle, jeg længes efter at se dig igen, høre din Stemme og føle dine Hænder, leve en Tid igen sammen med dig og ikke alene. –
+Jeg skal nok imorgen se at få fat i en Mand der kan sende Billederne afsted, Birkholm kan nok give mig Besked om en.
+Jeg skal op på Museet imorgen og tegne en Tegning efter mit Billede, Birkholm talte om at der måske skulde en Reproduktion af det (naturligvis mellem mange andre) i Kataloget, de vidste endnu ikke om efter Fotografi eller Tegning, så er det jo bedst at lave en Tegning inden jeg tager herfra. 
+Nu får du ikke mere dennegang, og altså ikke før vi ses, jeg skal med mine Værtsfolk en tur over til en Svoger nogle Mil herfra, jeg har været inviteret med i 14 Dage, det er så elskværdige og rare Mennesker, så det kan være rigtig morsomt – og nu skal vi afsted.
+Altså på Gensyn.
+Hils din Mor og Marie. 
+Din Sigurd .</t>
+  </si>
+  <si>
+    <t>1910-08-19</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Nicolaus Lützhøft komme hen i Skjoldsgade samme aften, så de kan se på nogle fotografier fra Birkholm og tale om kataloget til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bzae</t>
+  </si>
+  <si>
+    <t>19 August 1910
+Herr 
+Nic Lützhøft,
+her.
+Da jeg har faaet nogle Fotografier fra Birkholm i Dag,vilde det være heldigst, om De kunde komme hen i Skjoldsgade i Aften, for at vi kan tale om Katalogen.
+Med venlig Hilsen
+3</t>
+  </si>
+  <si>
+    <t>1910-08-23</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Syrak Hansen
+Carl  Knippel
+Søren Lund
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Jens Birkholm gå ned på Faaborg Museum og finde Peter Tom-Petersens første tegning til protokollen frem. Samtidig bedes han fremskaffe biografier af Carl Knippel og Syrak Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Md1</t>
+  </si>
+  <si>
+    <t>23 August 1910.
+Herr 
+Kunstmaler Birkholm,
+Faaborg.
+De bedes venligst gaa ned paa Musæet og faa Tom Petersens første Tegning frem til Protokollen.Det er et løst Blad, som ligger i et af Skabene ved Sybergs store Svanningebillede. De bedes henvende Dem til Marie Stage, som vil kunne finde det. Samtidig bedes De faa en Tegning af Søren Lund, som jeg haaber, at De kan skaffe til Katalogen. Disse Ting bedes sendte saa hurtigt som muligt og ligeledes en Biografi af Karl Knippel og af Syrak Hansen. Med Aamodt har jeg i Dag talt. Otte Dage efter at han har faaet Tegninger og Beskrivelser til Katalogen kunne være færdig. Jeg tror ,at det rigtigste er, at vi tager Aamodt,og det er jo ogsaa mest praktisk for Lützhøft,naar han skal redigere det,at det er her i Byen. Skulde De tilfældig træffe Alstrøm, behøver De jo kun at sige til ham, at Lützhøft ordner Sagen. Jeg skal saa nok skrive til Alstrøm derom.
+Jeg ser, at De har faaet en Notits i Folketidende om det store Billede af Peter Hansen.
+Med venlig Hilsen forbliver jeg 
+Deres forbundne</t>
   </si>
   <si>
     <t>Jens Birkholm
 Carl Thomsen</t>
   </si>
   <si>
     <t>Mads Rasmussen beder Nicolaus Lützhøft om at få lavet kataloget (til Faaborg Museum) færdigt så hurtigt som muligt samt diverse andre informationer om kataloget.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UN8f</t>
   </si>
   <si>
     <t>23 August 1910.
 Herr
 Nic. Lützhøft,
 Her.
 J Dag talte jeg saa med Aamodt, som sagde, at 8 Dage efter at han har faaet Manuskript og Tegninger, vil Katalogen kunne være færdig. De bedes nu venligst se at faa det færdigt saa hurtigt som muligt.
 Til Birkholm har jeg i Dag skrevet, og haaber jeg at have Besked iovermorgen.
 Aamodt holdtabsolut paa, at Størrelsen af Katalogen skulde være som sendte Prøve af Professor Karl Thomsens, da Tegningerne ikke vil komme til at tage sig ud ved mindre Størrelser. Jeg mener derfor ,at vi skal bestemme os for den Størrelse. Det er jo vigtigere, at Katalogen tager sig ud,end om det kan være i Lommen,hvilket det jo foriøvrigt ogsaa nok kan med denne Størrelse.
 Jndlagt de tre Tegninger og de to Segl. Aamodt vilde helst have Tegninger deraf, - af Seglene -hvilket jeg forstod De kunde udføre.
 Jeg forbliver med venlig Hilsen
 Deres forbundne</t>
   </si>
   <si>
+    <t>1910-08-26</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Syrak Hansen
+Carl  Knippel</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Nicolaus Lützhøft om det katalog, Lützhøft udarbejder til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6E4b</t>
+  </si>
+  <si>
+    <t>24 August 1910.
+Herr
+Journalist Nic Lützhøft
+Her.
+Hermed en Tegning og haaber jeg, at Fotografiet kan tages uden at Billedet skæres itu. af Klokketårnet.
+Endvidere sender jeg hermed Biografierne af Karl Knippel og Syrak Hansen,samt et Brev fra Birkholm, som gerne vil have Kataloget færdigt til den første Søndag i September, altsaa den 4' September.Aamodt lovede det færdigt paa 8 Dage .De har maaske allerede sat ham i Gang dermed. Det vilde jo være rart at faa det færdigt til ovennævnte Tid.
+Med venlig Hilsen
+Deres forbundne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-08-31</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft orienterer Mads Rasmussen om at Poul Christiansen er i byen og hans Dante-billede kan beses i hans atelier. P.C. vil gerne bytte med "Vikingerne", som han gerne vil male videre på. Kataloget til Faaborg Museum giver ham en del arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iuNO</t>
+  </si>
+  <si>
+    <t>København den 31/8 1910
+Herr Fabrikant Rasmussen
+Poul Christiansen var hos mig i Gaar for at sige mig, at han nu atter var her i Byen og at vi kan komme op i hans Atelier og se paa Dante-Biledet helst en Formiddag inden 2
+Men han vilde gærne vide Besked om, naar vi kom Dagen forinden.
+Jeg tror, han var glad ved Byttet, ikke mindst fordi han gærne vil male mere paa "Vikingerne".
+Mig skal du ikke [xxxx], da vi lader Vikingerne sejle, og da de kommer i Havn et andet Sted end i Faaborg.
+M.H. til Kataloget har jeg [xx xxx] Skriveri i Anledning af de smaa biografiske Notitser, som jeg helst skulde bringe nogenlunde de samme Data for hver enkelt.
+Der er i det Hele Taget mere Arbejde med et saadant Katalog end De synes at vide, og Birkholms Ønske om at kom det til d 4 September er meningslöst.
+Aamodt har nu faaet Tegningerne. Jeg har bedt ham om at faa en Cliché, inden han laver dem alle sammen Hvori Tegningerne lider for meget ved at formindskes til Halv-Side Billeder, synes jeg, det er Synd og vil foreslaa at vi Tager et Par af de bedste som Helsides-Billeder.
+Jeg har faaet lidt Skrupler ved at bring Deres Portræt i Kataloget. Folk vil muligvis finde det mærkeligt. Hvad mener De selv?
+Venlig Hilsen
+Deres Hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1910-09-02</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender N. Lützhøft "Søndagsbladet" med en artikel om "det fynske Hus". Har forskellige overvejelser om det katalog, Lützhøft arbejder på til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fDVG</t>
+  </si>
+  <si>
+    <t>2 September 10.
+Herr
+Nic Lützhøft.
+Stormgade 25.
+Efter Aftale sender jeg Dem hermed "Søndagsbladet" med Artiklen af Nordahl-Petersen om det fynske Hus.
+Jeg finder, at det vilde ikke være rigtigt at tage [det] Billede med i Katalogen, men jeg faar den Tanke, m det ikke vilde være smukt at have Tom Petersens Tegning af "det fynske Hus" enten paa Titelbladet eller det næste Blad. Det er jo en overordentlig smuk Tegning og den maa vi benytte. Det er kun en Tanke jeg faar i Øjeblikket, saa De bedes tænke derover. De har jo denne Tegning oven over Tegningen af Klokketaarnet.
+Vær saa venlig at ringe mig op i Telefonen
+Med venlig Hilsen</t>
+  </si>
+  <si>
+    <t>1910-09-03</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm og beklager at det ikke går så hurtigt med Nicolaus Lützhøfts arbejde med kataloget til Faaborg Museum. Han underetter Birkholm om, at H.P. Hanssen-Nørremølle kommer til Sydfyn og fremsætter forskellige overvejelser om at medtage ham på det store indvielsesbillede, som Peter Hansen arbejder på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tgTf</t>
+  </si>
+  <si>
+    <t>3' September 1910
+Herr
+Kunstmaler Jens Birkholm, 
+Faaborg
+Deres venlige Brev har jeg modtaget. Det gaar ikke saa hurtigt med Kataloget, at der kan blive Tale om at faa nogle til Søndag. Jeg har i Dag ringet Aamodt op i Telefonen og bedt ham fremskynde det mest muligt. Lützhøft er jo ikke af de hurtige ,men nu skal jeg nok hold Aamodt til Jlden,saa at det kan blive færdigt snarest muligt.
+Hansen-Nørreballe skriver i Dag: Mange Tak for Deres venlige Indbydelse .Jeg kommer til Faaborg midt i denne Maaned og vil meget gerne se Musæet. Jeg beklager meget, at min Tid ikke tillod mig at følge Deres venlige Jndbydelse , da det blev indviet. Saa snart det staar fast hvad Tid jeg kommer til Faaborg,skal jeg i god Tid underrette min Ven Birkholm derom."
+Da Hansen Nørremølle jo var inviteret til Indvielsesfesten,kunde han jo have en vis Berettigelse til at komme med paa det store Billede,og da han jo er en baade kjendt Personighed og en Mand ,der indtager og jo ogsaa historisk vil komme til at indtage en fremtrædende Stilling i Kampen for vor Nationalitet, synes jeg, at det kunde være morsomt at have ham med.De bedes tale med Peter Hansen derom og hvs D'Herrer synes det , kunde der maaske saa allerede tages Skitse af ham. 
+Jeg forbliver med venlig Hilsen
+Deres hengivne</t>
+  </si>
+  <si>
+    <t>1910-09-05</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Fr. Trier
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm at han fremsender med damper værket "Dante og Virgil", der skal ombyttes med "Vikingerne" og beder Birkholm anbringe versene, der hører til, ved billedet. Desuden spørger han, om komitéen (for indkøb til Faaborg Museum) skal købe Kristian Zahrtmanns "Københavns studenter drager ud til forsvar af København" på grosserer Triers auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bSK9</t>
+  </si>
+  <si>
+    <t>5 September 1910.
+Herr 
+Kunstmaler Birkholm,
+Faaborg.
+J Dag er sendt med Damper til Faaborg Musæum et Maleri af Poul S. Christiansen:"Dante og Virgil ved Helvedes Port", som Musæet jo skulde have over i Stedet for "Danske Vikingers Hjemkomst" , hvilket Christiansen jo gærne vil have over for at kunne begynde at male om paa, og som De saa derfor bedes sende ved Lejlighed til ham. Jeg anser der for rigtigst at den til Forstaelse af Motivet anbringes ved Maleriet vedlagte Gengivelse af de Vers i Oversættelse,hvortil der hentydes.
+Maleriet er forsikret mod Søskade under Transporten for 2000 Kroner.
+Med venlig Hilsen
+P S:
+Danske Vikingers Hjemkomst maa helst sendes til Konservesfabrikernes Adresse Lyngbyvejen 83. De bedes nu endelig være forsigtig ved Jndpakningen, men foriøvrigt haster det jo ikke saa meget med at sende det. Det kan eventuelt vente til jeg kommer derover.
+Mener De, at vi skal købe Zahrtmanns :Studenter drage ud til Københavns Forsvar under [Fra] 3, 1888-#2' - 39' fra Grosserer Fr [Ad] Triers og Hustrus Dødsbo ,hvis det kan købes for en billig Penge?</t>
+  </si>
+  <si>
     <t>1910-09-10</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Mads Rasmussen sender Nicolaus Lützhøft hans manuskript til protokollen til Faaborg Museum med nogle spørgsmål. Har fået tilbudt et billedet af Zahrtmann, "Zahrtmann blandt røvere".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QHzK</t>
   </si>
   <si>
     <t>10 September 10
 Herr
 Nic Lützhøft,
 Her.
 Jndlagt sender jeg det af Dem i sin Tid skrevne Manuskript til Protokollen og beder Dem venligst meddele mig, hva der skal staa i de tre understregede Ord i Paranthes.
 Som jeg maaske har fortalt handler min Barber med Billeder. Han spurgte mig i Dag, om jeg vilde købe et Billede af Zahrtmann, som hedder "Zahrtman blandt Røvere" . Han lavede det ikke selv, men han mente, at det vil koste 2-3000 Kroner. Kjender De det Billede?
 Med venlig Hilsen
 Jndlæg.</t>
   </si>
   <si>
     <t>1910-09-13</t>
   </si>
   <si>
     <t>Theodor Oppermann
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft sender Mads Rasmussen sin indledning til kataloget for Faaborg Museum. Han tilføjer, at det er en vanskelig sag - og et stort arbejde at skrive sådan en "Indledning". Han håber, Mads Rasmussen vil være fornøjet med arbejdet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tUWC</t>
   </si>
   <si>
     <t>Stormgade 25. II 
 13/9 10
 Herr Fabrikant Rasmussen!
 Herved har jeg Fornøjelsen at sende Dem min Indledning. Om den bør have den Titel, jeg har skrevet paa Omslaget, eller der ikke bør staa blot Faaborg Museum er jeg ikke vis paa. Hvad mener nu De?
 Jeg kan ikke sige Dem andet end at det er en vanskelig Ting at skrive en saadan "Indledning". Der er meget, man skal sige, og adskilligt, man gærne vilde sige ved en saadan Lejlighed, og noget maa lades usagt.
 Jeg har arbejdet meget dermed, har haft den færdig, ja renskrevet én Gang, og har saa atter begyndt forfra. Men nu har jeg paa Fölelsen, at i hvert Fald jeg ikke kan gjøre det stort bedre eller anderledes, hvis dens Omfang skal holdes indenfor snævrere Grænser. 
 Gid De maa være fornøjet med mit Arbejde! Jeg ved ikke, om De billiger, hvad jeg har skrevet om Kunstnernes Imødekommenhed overfor Museet, særligt Antydningen i pekuniær Retning. Hvis de ikke synes derom - det forekommer mig, at De én Gang udtalte Ønsket om, at ogsaa dette Forhold skulde betones - kan det vist udgaa, dog næppe uden at Stedet omredigeres, og jeg maa da have Manuskriptet igen. Ellers vil jeg lade Dem sende det direkte til Aamodt. 
 Ja, jeg er nu altsaa færdig med det, jeg kalder for "Arbejdet" var Kataloget. Selvfølgelig foretager jeg mig Korrektur og Tilsyn med Trykning og Anbringelse af Clichéerne.
 Skulde de ønske det, er jeg ogsaa villig til at tage til Faaborg en Dag og konferere Kataloget med Museets Billeder.
 Oppermann, med hvem jeg har talt i Dag og bl. an. vist Manuskriptet, meente ikke, at Zahrtmanns[Sxxxxx] vilde gaa i højere Pris end 2 à 3000 Kr.
 Med venlig Hilsen
 Deres ærb. forb
 Nicolaus Lützhøft</t>
   </si>
   <si>
+    <t>1910-09-14</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen takker Nicolaus Lützhøft for det modtagne manuskript til indledningen til kataloget for Faaborg Museum. Han finder det både interessant og fortrinligt. Det lykkedes ikke at erhverve det føromtalte maleri af Kristian Zahrtmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CmFi</t>
+  </si>
+  <si>
+    <t>14 September 10
+Herr 
+Nic. Lützhøft
+Her.
+Tak for modtagne Manuskript.Jeg finder, at det er baade et særdeles interessant og fortrinligt Arbejde. Det er nu sendt ind til Aamodt.
+Med Hensyn til Titlen, da synes jeg, at der kun skal staa Faaborg Museum. Jeg har rettet Manuskriptet dertil.
+Med venlig Hilsen
+Ps
+Vær saa venlig at ringe mig op i Telefonen engang i Morgen.
+Jeg var paa Auktionen i Dag,men Zahrtmans Billede var ikke til at købe. Det gik ganske vist kun på i 4500 Kr,man den der bød,lagde 1000 Kr paa hver Gang. Det var Trier selv.</t>
+  </si>
+  <si>
+    <t>Axel E. Aamodts lithografiske Etablissement , senere Axel E. Aamodt's Eft., var en dansk grafisk virksomhed i København, der omfattede bogtrykkeri, litografisk værksted, protokolfabrik og papirhandel. Firmaet lå på Kongens Nytorv 18 og var kongelig hofleverandør. 
+Virksomheden var grundlagt i 1857 af C. F. Aamodt (f. 1830, d. 1865). I 1862 optoges broderen Axel E. Aamodt (f. 1839, d. 1890) som medindehaver. Indehaver fra 1935 var Oskar Kretzschmer (f. 1899). Mads Rasmussen henvender sig eller nævner jævnligt Aamodt, og stiler også breve til "Axel E. Aamodt". Men ifølge DSE døde Axel E. Aamodt i 1890. Enten er der tale om en søn, eller også bruger Mads Rasmussen blot firmanavnen i sin henvendelse.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender manuskript af Nicolaus Lützhøft til "Aamodt".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V8F5</t>
+  </si>
+  <si>
+    <t>14 September 10
+Herr
+Axel E. Aamodt,
+Her.
+Jndlagt fremsendes Manuskriptet fra Lützhøft. Titlen skal altsaa være: Faaborg Museum
+[Resten af brevet er meget vanskeligt at tyde]
+Med Højagtelse
+Jndlæg.
+Personer
+Bogtrykker Aamodt</t>
+  </si>
+  <si>
+    <t>1910-09-15</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft skriver til Mads Rasmussen om, hvordan han skal honoreres for udarbejdelse af katalog til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nP67</t>
+  </si>
+  <si>
+    <t>Stormgade 25
+15/9 10
+Herr Fabrikant Rasmussen!
+De maa ikke tage mig disse Linier ilde op!
+Vi har jo slet ikke omtalt noget Honorar for mit ikke ubetydelige Arbejde med Kataloget, og jeg vil ogsaa nødigt selv fastsætte et saadant.
+Men da jeg tør formode, at De ikke kan være vidende om, hvordant saadant betales, maa jeg have Lov at nævne Dem, at jeg i Foraaret fik 300 Kr. for en tysk Oversættelse og Korrektur fra af Ny Carlsberg Glyptotekets Katalog. Det var dog kun et rent mekanisk Arbejde, hverken saa vanskeligt eller langvarigt som Faaborg Museets. Men jeg nævner det kun som en Slags Udgangspunkt. De maa helst selv fastsætte, hvad De vil give.
+Jeg er desværre nødt til at bede Dem, nu da jeg er færdigt med den vanskeligste og vigtigste Del af Arbejdet, da at vise mig den Elskværdighed at betale mig noget af Honoraret nu, da jeg skulde af med Husleje, og har gjort Regning fra Pengene dertil.
+De maa ikke opfatte denne Anmodning anderledes end den er ment, jeg tvivler ikke om, at det vil være Dem kært at kunne opfylde den og er med venlig
+Hilsen Deres ærb. hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
     <t>1910-09-19</t>
   </si>
   <si>
     <t>Theodor Oppermann</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft skriver til Mads Rasmussen vedrørende honorar for kataloget til Faaborg Museum</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/b7iY</t>
   </si>
   <si>
     <t>Stormgd 25 19/9.10
 Kære Herr Fabrikant Rasmussen!
 Det er mig alt for ubehageligt at skulle drøfte Honorarspørgsmaalet mere end nu er sket. Naar De altsaa mener, at jeg har været ublu i mine Fordringer ved at forlange 300 Kr. for Faaborg Kataloget, maa det være mig tilladt til Sammenligning at sende Dem disse to Kataloger, det gamle og det nye Tyske Katalog til Glyptoteket. Da Glyptotekets Inspektør, Oppermann, bestilte det sidste Katalog hos mig, var det ham, der samtidigt havde fastsat Honoraret, og jeg kan, hvis De ønsker det, skaffe Dem hans Beordrelse [?] af Honorarets Størrelse.
 Jeg fik altsaa 300 Kr. for det sidste Katalog, og der var, som De selv kan overbevise Dem om, adskillige Sider, som jeg blot behøvede at klippe ud af det gamle Katalog og klistre ind i Manuskriptet. De vil nogenlunde kunne indse Arbejdets Størrelse ved at sammenligne de to Kataloger. I det første fra 1905 var der 1034 No. i det nye fra 1910 1370.
 De vil da maaske ogsaa forstaa, at det intet Øjeblik er faldet mig ind, at der skulle være noget særlig højt Honorar, jeg har gjort Regning paa for Kataloget til Dem, naar jeg sammenligner det med, hvad andre har betalt for et noget beslægtet, men i mine Øjne mindre vanskeligt og omstændeligt Arbejde.
 Jeg beklager lige saa meget som De, at der ikke fra Begyndelsen har været Truffet Aftale om Prisen, men jeg maa tilstaa, at det aldrig er faldet mig ind, at jeg skulde gjøre selve Katalog-Arbejdet gratis. Jeg vidste meget godt, at dette i Forbindelsen med de biografiske Notitser, vilde tage mere Tid, end man almindeligvis regner med, og netop deri; at De ingen Aftale havde gjort, saa jeg en Tilkendegivelse af, at Prisen ikke spillede saa stor en Rolle for Dem; noget, Deres øvrige Holdning overfor Musæet ogsaa berettigede mig til at tro. 
 Men, som sagt, dette skal ikke skille os. 
 Betal De, hvad De finder passende under Hensyn til, at Kataloget altsaa har taget c. 3 Uger af min Tid, og at jeg altsaa endnu har Korrektur tilbage. Hvad jeg finder rimeligt, ved De jo.
 Jeg vilde være Dem meget forbunden, om jeg saa snart som muligt erfarede, hvorvidt jeg tør gjøre Regning paa Pengene nu, eller om det passer Dem bedst at vente. De kender jo Aarsagen til, at jeg gærne vil være paa det rene hermed.
 Med venlig Hilsen forbliver
 jeg Deres Ærb. forbundne
 Nicolaus Lützhøft
 NB Katalogerne bedes venligst returnerede ved Leilighed.</t>
+  </si>
+  <si>
+    <t>1910-09-22</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Jens Birkholm skriver ti Mads Rasmussen, at postkortene nu er klar. Mht hvad prisen på kataloget til Faaborg Museum skal være, vil han blot nævne, at det mindste illustrerede katalog ude i verden koster i hvert fald 1 krone. Det billede, MR nævner i brev af den 20.9 er ikke færdigt endnu, men Birkholm synes, det bliver bedre end det, det skal ombyttes med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gcGF</t>
+  </si>
+  <si>
+    <t>Hr Fabrikant Rasmussen
+Deres Brev har jeg modtaget og glæder mig til at tale med dem om en 8 Dages Tid der er jo Ting man bedre kan afgøre mundtlig. Postkortene skulde ankomme midt i denne Uge men det er vel bedst at lade dem ligge til De kommer hertil at vi kan faa det endelig afgjort med hvordan de skal sælges. Om Katalogen kan sælges for 50 Øre kan jeg jo ikke have nogen Mening om da jeg ikke har set den, jeg vil dog bemærke at selv den tarveligste illustrerede Katalog omkring i Verden koster 1 Krone. 
+Jeg ved jo heller ikke hvad Trykningen koster og Klichéerne og Fotografierne,- Lütshøft vurderer jo sit Arbejde efter hvad De skriver til 300 kr. - men alle disse Udgifter, der ikke mere vende tilbage ved nyere Oplag, behøve jo ikke strax at dækkes ved de første 2000 Exemplarer, men maa jo afdrages gennem de Aarhundreder som Faaborg Musæum forhaabentlig oplever, og selv ved en senere Revision af Katalogen vil Forordet, de biografiske Oplysninger og Klichéerne jo blive benyttede, altsaa synes jeg ikke, man skulde sætte Prisen for høj, selv om det første Oplag ikke bringer nogen Gevinst.
+Mit Billede er jo ikke færdigt endnu, men jeg selv synes det bliver betydelig bedre end det det skal ombyttes med, men da jeg engang har tilbudt at bytte maa jeg jo staa derved. Dog synes jeg at mine Betalingsbetingelser - som jeg selv tilbød, da det kun handlede om ældre Billeder, som der foreløbig ingen Chance var for at sælge - ere vel daarlige naar et nyt Arbejde skal gaa ind derunder da det næsten bliver mit eneste Arbejde i Aar taber jeg jo Chansen for at udstille og sælge til Foraarsudstillingen og jeg vil derfor henstille til Dem at jeg faar Summen for de to sidste Aar udbetalt næste Aar. Men maaske maler jeg et Billede til af samme Motiv - maaske med lidt Forandring som jeg kan udstille til Foraaret i det Tilfælde kan jeg bytte uden nogen Forandring i Betalingsvilkaarene. Lütshøft skriver til mig om et Bytte med Syberg, jeg mener Musæet ville være i høj Grad tjent med det foreslaaede Bytte
+Med venlig Hilsen
+Deres
+Jens Birkholm
+Faaborg d. 22 sep 10</t>
+  </si>
+  <si>
+    <t>1910-09-24</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Nicolaus Lützhøft, at han gerne vil gennemgå korrekturen til kataloget til Faaborg Museum sammen med ham snarest muligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NLFJ</t>
+  </si>
+  <si>
+    <t>24 September 10
+Herr
+Nic. Lützhøft,
+Stormgade 25.
+Af Aamodt hører jeg. at De har Korrekturen til Katalogen. Jeg rejser paa Tirsdag og bliver borte hele Ugen, saa jeg vilde sætte megen Pris paa ,om vi kunde gaa dem igjennem sammen enten i Aften eller i Morgen Formiddag. Vær saa venlig at ringe mig op i Telefonen i Aften,for at vi kan gøre Aftale derom. 
+Med venlig Hilsen
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-10-03</t>
+  </si>
+  <si>
+    <t>P.M. Larsen</t>
+  </si>
+  <si>
+    <t>Da Mads Rasmussen i 1906 blev leder af konservesfabrikken Beauvais i København, blev hans egen konservesfabrik i Faaborg nedlagt, og produktionen blev overført til København. Industribygningerne i Faaborg stod tomme i nogle år, men i 1909, året før indvielsen af Mads Rasmussens første udstilling med Fynboernes kunst i lejligheden i Konservesgården, blev bygningerne renoveret og anlægget bygget om med henblik på at indrette en margarinefabrik. Aktieselskabet Faaborg Vegetabilske Margarinefabrik blev oprettet og have Mads Rasmussen som hovedaktionær. De følgende år ser man ofte, at ledelsen af Margarinefabrikken påtager sig forskellige opgaver i forbindelse med etableringen af Faaborg Museum for Fynsk Malerkunst, som jo lå lige ved siden af. I dette brev er den daværende leder, P.M. Larsen, optaget af diverse forhold omkring salg af postkort fra museet.</t>
+  </si>
+  <si>
+    <t>Vegetabilfabrikkens direktør Larsen skriver til Mads Rasmussen angående museets postkort.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NjiB</t>
+  </si>
+  <si>
+    <t>Faaborg,den 3 Oktober 1910.
+Hr. Konservesfabrikant M. Rasmussen
+København
+Faaborg Museum
+Efter Aftale med Hr. Birkholm har jeg i Dag talt med Boghandlerne angaaende Køb af Postkortene, men kunde jeg mærke paa disse, at de begge fortrød den i sin Tid trufne Aftale om at tage Halvdelen af Partiet mod at overtage Salget paa Musæet.
+Hr. Birkholm proponerede derfor at vi skulde se at faa dem til at tage 500 Stk. hver og saa selv forsøge at afsætte Resten,dels paa Musæet og dels til Boghandlere i andre fynske Byer.
+Hr. Alstrøm har for et Øjeblik siden bestilt 500 Stk. og skal jeg i Morgen forsøge at faa Hr. Bager ril at tage et lignende Parti.
+Da vi har 30 Dages Kredit på Fakturabeløbet fra Berlin haaber jeg at det lykkes os,inden vi skal remittere, at faa solgt en Del Kort- og skal det knibe har vi jo ca. 80 Kroner i Banken.
+Hr. Birkholm mente det var bedst at sende Dem 25 Stk. af hver af de 5 forskellige Kort,hvilket er sket med Aftentoget.
+Til de stedlige Blade samt til Kunstnerne har Hr. Birkholm lovet at sende Prøver.
+Med Højagtelse
+P.M. Larsen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender Ernst Goldschmidt en række artikler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pFm3</t>
+  </si>
+  <si>
+    <t>3' Oktober 10
+Herr
+Redaktør Goldschmidt,
+Her.
+Hermed følger:
+Korrektur af Musæets Katalog
+1' Artikel i Politikken
+2' Artikel i Politiken med mit Portræt
+Jndvielsesfesten i Faaborg
+Udklip af Skive Folkeblad ang "Fynbotypen"
+"Lidt om Forargelse" af Aakjær
+Middelfart Avis: 4 Artikler af H.P. Lunde
+Politiken: Museet for fynske Malerkunst
+Der Welt Spiegel Die [xxxxx]
+Søndagbladet Det fynske Hus i Faaborg
+Hjemmet: Det fynske Hus i Faaborg
+Verdensspejlet: Den fynske Skole
+Politiken: Musæet i Faabog,", Kronik af Karl Madsen
+Illustreret Tidende: Faaborg Museum
+Deres forbundne</t>
+  </si>
+  <si>
+    <t>1910-10-06</t>
+  </si>
+  <si>
+    <t>Det ses ind i mellem, at administrationen for Faaborg Vegetabilske Margarinefabrik, som blev indrettet i de bygninger, der havde huset Mads Rasmussens konservesfabrik, varetog diverse opgaver og pengeudbetalinger vedrørende oprettelsen og driften af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Direktør P.M. Larsen, direktør for Faaborg Vegetabilske Margarinefabrik, skriver til Mads Rasmussen om salg af postkort fra Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Vg2</t>
+  </si>
+  <si>
+    <t>FAABORG MUSEUM Faaborg,den 6 Oktober 1910.
+Hr. Konservesfabrikant M. Rasmussen
+København.
+Nærværende fremkommer for at meddele Dem, at Dhrr. Bager og Alstrøm efter mange Ophævelser nu har aftaget hver 500 Postkort, hvorefter vi selv besørge Salget af Restoplaget, dels paa Musæet og dels udadtil.
+For at henlede de Besøgendes Opmærksomhed paa Postkortene har jeg ladet trykke paa hvid Karton:
+Postkort faas a 10 Øre pr. Stk.
+og ladet denne anbringe paa et iøjnefaldende Sted paa Musæet.
+Jeg har givet Marie Stage Ordre til ikke at sælge flere af de andre Kort udover de faa Stykker der var tilbage. 
+Sessionsdagenei Gaar og i Dag har tilført Musæet en Del Mennesker,og haaber jeg at de to følgende Dage ogsaa giver godt Besøg.
+Med Højagtelse
+P.M. Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Wilhelm Hansen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen takker Johannes Larsen for en dejlig dag i Kerteminde med så megen kunst. Han og hans hustru har været på besøg hos Etatsråd Wilhelm Hansen og set hans dejlige malerisamling - og blev lidt misundelige på Faaborg Museums vegne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IlOz</t>
+  </si>
+  <si>
+    <t>6'Oktober 10
+Herr
+Kunstmaler Johs Larsen,
+Kjerteminde.
+Jeg bringer Dem min Tak for den dejlige Dag, jeg tilbragte i Kerteminde .Det er jo al Tid en stor Glæde at se saa megen smuk Kunst.
+Ønsker De Beløbet for de to Billeder ,hvoraf de 500 Kr skulde betales strax, sendt til Kjerteminde eller vil De have det ,naar De kommer herover?
+Min Hustru? og jeg var i aftes hos Direktør Vilhelm Hansens "Hafnia" og saa hans dejlige Malerisamling . Jeg er endnu i Dag meget betaget af alle de smukke Billeder,han har, og ikke mindst finder jeg, at De, Peter Hansen og Syberg hænger smukt . Jeg var lidt misundelig paa Faaborg Museums Vegne ,men man maa jo ikke glemme, at Billederne hænger i meget flaterende Omgivelser.
+Det skulde glæde min Hustru og mig at se Dem og Deres Frue ,naar De komme her til Byen. De bedes modtage vores venligste Hilsener.
+Deres forbundne</t>
+  </si>
+  <si>
+    <t>1910-10-11</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129.</t>
+  </si>
+  <si>
+    <t>Tom Petersen skriver til Mads Rasmussen, at han gerne vil være fri for at modtage betaling for de tegninger, han har leveret til Faaborg Museums protokol samt til museets katalog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1FK1</t>
+  </si>
+  <si>
+    <t>Tirsdag 11 Oktober 1910
+Mathildesvej 2 F
+Kjære Fabrikant Rasmussen
+Jeg takker for Tilsendelsen af Deres Katalog.
+Der er forresten en Ting, jeg har tænkt paa i den sidste Tid. Det er i Anledning af mine Tegninger til Protokollen og Katalogerne? (àpropos! naar kommer den?)
+Jeg er kommet til at tænke paa, at jeg egentlig helst vil være fri for at modtage Betaling for disse Tegninger. Det har været mig en Fornøjelse at gjøre den Tegning til [xxx] Protokol og hvad Kataloget angaar, hvor De saavidt jeg ved ogsaa benytte den ene og maaske Klokketårnet, saa er det mig egentlig imod at tage nogen Betaling derfor. Da det jo dog er vor egen Sag vi pynter paa og jeg nødig vil belaste Budgettet til Katalogerne. De bliver jo formentlig dyre nok endda.
+Vil De derfor gjøre mig den Tjeneste i min Regning som de fik forleden, at stryge den Rest paa 50 kr, som staar opført for Tegning til Protokollen.
+De kunde jo maaske synes, og med Rette, at det kunde jeg ligesaa godt straks have gjort, men sent er jo bedre end aldrig og forresten følger jeg heri Birkholms Theori, med at Overslagende skal reduceres. Jeg haaber imidlertid at vi kan nøjes med denne ene Reduktion, og ikke gjentage den 3 Gange, som han jo mente.
+Hvad min Tegning af Fabriken angaar, saa gjør det mig ondt at at de ikke er bleven ganske efter Ønsket i Reproduktionen.
+Jeg har virkelig gjort den efter bedste Skjøn og i en god Mening. Og mon den nu ikke alligevel er ganske brugbar. Jeg kan nu ikke se en saa stor Forskjel paa dem. Skyldes det dog nu ikke noget at De maaske alligevel naar alt kommer til alt ser med en vis Forkjærlighed paa Deres gamle Fabrik i Faaborg.
+Ja det er jo kun en Tanke og et Spørgsmaal.
+Med venlig Hilsen til Deres Frue fra os begge
+Deres hengivne
+Tom Petersen</t>
+  </si>
+  <si>
+    <t>1910-10-17</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 129.</t>
+  </si>
+  <si>
+    <t>Tom Petersen skriver til Mads Rasmussen for at uddybe sit brev fra 11. oktober 1910 angående honorering af tegninger, han har leveret til Faaborg Museums protokol og til museets katalog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vZMb</t>
+  </si>
+  <si>
+    <t>Mathildevej 2
+Kjøbenhavn F.
+17. Oktober 1910
+Kjære Hr Direktør M Rasmussen
+Kun et Par Ord som Tilføjelse til mit sidste Brev, som jeg har Indtrykket af var lidt kortfattet for en enkelt Dels Vedkommende. Jeg vilde gjerne have mine Tegninger til Faaborg Musæums Protokol betragtet lidt fra samme Synspunkt som Tegningerne, de andre Herrer har tegnet til Katalogerne, nemlig som Honorararbejde. Disse Tegninger til Potokollen blev jeg overdraget efter Ønske af Herrerne i Komitéen. Dette betragter jeg lidt som et Æresbevis som jeg efter nøjere Eftertanke ikke ønsker honoreret i Penge.
+Jeg vil derfor bede Dem føje Dem deri og haaber ikke at der skal opstaa nogen Misstemning mellem os af den Grund. Hvis De er enig med mig heri haaber jeg ikke at der ikke skal være Anledning til at skrive mere i den Sag. Hvis De derimod skulde kunne sende mig en Anvisning som Restbeløbet 120 Kr, skal jeg ikke nægte at jeg godt kunne bruge dem i Øjeblikket.
+Med venlig Hilsen
+Deres hengivne
+Tom Petersen</t>
+  </si>
+  <si>
+    <t>1910-10-19</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Københavns Skiltefabrik at levere et antal numre, der skal lige det vedlagte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wxw2</t>
+  </si>
+  <si>
+    <t>19 oktober 10
+Københavns Skiltefabrik
+Knabrostræde 9.
+De bedes hurtigst muligt levere følgende numre i Lighed med vedlagte:
+207, 152, 205, 206, 210, 234 a, 30, 161, 70, 202, 101 a, 202 a.
+Numrene bedes sente til Faaborg Musæum, Faaborg , og Regningen til mig under Adr. Lyngbyvejen 83.
+Vedlagte Mærke bedes vedlagt de nye Mærker til Faaborg.
+Med Højagtelse
+Jndlæg.</t>
   </si>
   <si>
     <t>1910-10-20</t>
   </si>
   <si>
     <t>Tom-Petersen kvitterer for betaling for ni leverede raderinger til Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mvdn</t>
   </si>
   <si>
     <t>20 Oktober 1910
 Mathildevej 2 F
 Kjære Hr Fabrikant 
 M Rasmussen
 Jeg takker for det modtagne Beløb. Paa anden Side findes Kvittering for det. 
 Med venlig Hilsen
 Deres Hengivne
 Tom Petersen
 For leverede Raderinger? til Faaborg Musæum modtaget 120 Kr,
 Tom Petersen
 Kunstmaler
 20 October 1910
 Mathildevej 2
 Kjøbenhavn F.
 Til Hr Fabrikant 
 Mads Rasmussen
 Skjoldsgade 10.
 Kjøbenhavn Ø.
 Specificering
 1 Bøjestræde à 10 Kr
 1 Vestergade à 15 -
 1 Skibe i Havn à 30 -
 1 Skarntyde Mølle à 20 -
 1 Taarnstræde à 20 -
 1 Munkholm à 15 -
 1 Faaborg Festdag à 20 -
 1 Baadebroen Troense à 15 -
 1 Gade i Flensborg à 20 -
 165.
 Musæet beregnet - 33% - 55
 110
 [?????????] à 10 10
 [ B????] [blækklat]20 kr.</t>
   </si>
   <si>
-    <t>1911-05-23</t>
-[...519 lines deleted...]
-  <si>
     <t>1910-11-07</t>
   </si>
   <si>
     <t>Lorry Feilberg
 Peter Fjelstrup
 Niels Hansen
 Johannes Larsen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft skriver til Mads Rasmussen om erhvervelse af et eller flere malerier af Niels Hansen til Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UAz5</t>
   </si>
   <si>
     <t>POLITIKEN
 REDAKTION København, den 7/11 1910
 ØSTERGADE Nr. 23
 TELEF. Nr. 3436
 Kære Herr Fabrikant Rasmussen!
 Det har længe været paatænkt at købe et Billede til Faaborg Museet af Maler Niels Hansen. Jeg ved at han, hvis vi kan blive enige om at erhværve et af hans Arbejder nu vil stille sig imødekommende m.H. til Pris og Betalingsvilkaar.
 Han har gode Billeder paa Udstillingen af ung Kunst, jeg vilde godt være stemt for at købe fr. Exempl. hans Portræt af Skuespiller Fjeldstrup dér, men efter min Mening har han hjemme et Par af sine aller bedste Arbejder Billeder af en syg Pige og Portrætet af Lory Fejlberg. De er ogsaa billigere, kan faas for c 700-800 Kr. Kunde jeg ikke faa Dem til at interessere Dem for et saadant Køb? Jeg véd, at ogsaa andre af Komitéen (Larsen, Syberg) er stemte for at købe af ham.
 Hvis De vilde ulejlige Dem op til ham, - han bor Rigensgade 25 altsaa nær ved Dem - vil jeg gærne gaa med Dem helst i Morgen Form. eller Fredag eller Lørdag ved 11-12 Tiden. Senere paa Dagen kan man næsten intet se. 
 Hvordan gik det dem paa Krøyers Auktion?
 Fik De Johannes Larsen Ugle?
 Med venlig Hilsen
 Ders ærb. hengivne 
 Nicolaus Lützhøft
 PS Jeg kan ringes op i Telefon 2470 x Byen men jeg maa bede Dem vente lidt ved Telefonen, da jeg skal løbe et Stykke Vej før jeg naar den efter at den har ringet. De er sikker paa at træffe mig hjemme ved 12.1 Tiden.</t>
   </si>
   <si>
-    <t>1910-12-19</t>
-[...475 lines deleted...]
-  <si>
     <t>1910-11-25</t>
   </si>
   <si>
     <t>NB: En del af teksten er meget falmet, nogen har tegnet dele af teksten op med kuglepen.</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til L.R. Tuxen om hans anmodning om at låne nogle kunstværker fra Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gn3q</t>
   </si>
   <si>
     <t>25 November 1910
 Herr
 Professor L. R. Tuxen.
 [ulæseligt]
 Østervoldgade 4 B
 [ulæseligt] Telefonsamtale sender jeg Dem [ulæseligt]J Besiddelse af Deres ærede Skrivelse af 16' ds undlader jeg ikke at meddele, at endskønt Musæet ellerrs ikke udlaaner Kunstværker,da det, jo kun er lidet heldigt, at disse mangle i et Museum, vil Museet dog imødekomme Deres ønske om at udlaane Dem de tre Billeder, De ønsker
 Peter Hansen : Pløjemanden vender
 Johs Larsen: Fra Taarnby Strand
 Fritz Syberg: Marine
 og mulig ogsaa et Billede af Carl Schou.
 Jeg har forgæves søgt at ringe Herr Professoren op i Telefonen,for at meddele ovenstaaende.
 Ærbødigst
 M Rasmussen</t>
   </si>
   <si>
+    <t>Mads Rasmussen skriver til Johannes Larsen og beder om at låne et billede mens "Tårnby Strand" er udånt. Beder Johannes Larsen spørge Syberg om at låne et billede f.eks. af moderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlYz</t>
+  </si>
+  <si>
+    <t>25'November 1910
+Herr
+Kunstmaler Johs Larsen
+Her.
+J Anledning af Professor Tuxens Laan af Deres Billede paa Faaborg Museum "Fra Taarnby Strand", beder jeg Dem venligst meddele, om De ikke har et andet stort Billede, som kan ophænges i Musset under Udlaanet i Stedet for, f Ex Et Gaasetræk ,og De vilde maaske ogsaa hos Syberg faa at vide ,om Museet ikke kan faa det andet Billede af Moderen i Stedet for Strandbilledet medens dette udlaanes. Fyens Rev-
+Med venlig Hilsen
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen spørger Peter Hansen, om ikke han har et billede, der kan hænges op mens "Pløjemanden" er udlånt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zhFx</t>
+  </si>
+  <si>
+    <t>25'November 1910.
+Herr
+Kunstmaler Peter Hansen.
+J Anledning af Professor Tuxens Laan af af"Pløjemanden" beder jeg Dem venligst meddele mig, om De ikke har et andet stort Billede, som kan hænges op i Museet medens Udlaanet staar paa.
+Med venlig Hilsen
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-11-28</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Elise Hansen skriver til Mads Rasmussen om et af Peter Hansens billeder, som er til disposition til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fUOr</t>
+  </si>
+  <si>
+    <t>København, d. 28/11 10
+Hr Fabrikant Mads Rasmussen.
+Billedet "En Foraarsdag paa Enghave Plads" med de to Sjovere paa Bænken er til Disposition, og jeg synes godt, det kunde have Interesse, om det midlertidigt blev udstillet i Musæet. 
+Med venlig Hilsen til Dem og Fruen
+Deres heng. E. Hansen.</t>
+  </si>
+  <si>
+    <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1910-12-16</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Niels Hansen
+Johannes Larsen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0Kl</t>
+  </si>
+  <si>
+    <t>Pisa 16 Dcbr. 1910
+[sdr?]
+Signor Lorenzo Batoni
+Via Santa Lucia 3
+Kære Direktør Rasmussen
+Jeg har fået Brev fra Johs. Larsen med Forslag om at erhverve et Billede af Niels Hansen til Fåborg Musæet. Såvidt jeg husker blev det bestemt at når et Komitemedlem opholdt sig i Udlandet mistede han Stemmeretten, så jeg ved ikke om jeg for Tiden kan øve nogen Indflydelse på Indkøbet til F.M. Jeg har på et tidligere Stadium foreslået Lützhøft at købe et eller andet Billede af N.H. og det der er Joh Larsen har foreslået mig - Portrætet af Lory Feilberg - har jeg intet at indvende imod. Jeg vilde dog foreslå Dem at der bliver samlet en Del Billeder sammen af N. Hansens at som Komiteen kunde se på inden man bestemmer sig. Jeg kunde nemlig godt tænke mig at N.H. ejer en Del Skizzer som det vilde være morsomt for F.M. at eje og desuden [overstreget ord] er N.H. så god en Maler at det sandsynligvis tør købes mere end et Billede af ham og når man køber samlet kan der jo købes noget billigere. Som sagt jeg ved ikke om jeg for Tiden er stemmeberettiget, men i bekræftende Fald stemmer jeg ja på Lory Feilberg.
+De bedste Hilsener til Dem og Deres Frue fra os alle her. Vi er nu blevet husvante. Vi har fået nogle udmærkede Værtsfolk. Manden er Italiener, gammel Soldat med tre Tapperhedsmedaljer - har været med i Slaget ved Solferino. Fruen er Pariserinde hvad der er meget rart da min Kone og jeg kan n lille Smule fransk Italiensken er jo foreløbig terra inkognita. Jeg har begyndt at male nogle Gadepartier fra Arnoen.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1910-12-19</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Niels Hansen
+Peter Hansen
+Johannes Larsen
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft skriver til Mads Rasmussen om erhvervelse af et maleri af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4uk</t>
+  </si>
+  <si>
+    <t>1910-12-19
+Kære Herr Fabrikant Rasmussen!
+I Dag fik jeg Brev fra Syberg, der har slaaet sig ned i Pisa. Syberg skrev, at han ogsaa stemte for Købet af Niels Hansens Billede. Jeg skynder mig med at skrive dette, for at De kan se, at altsaa alle Stemmer paa Tom Petersens nær er for Billedet. Det kunde altsaa for den Sags Skyld ligesaa godt anskaffes til Museet som Swane i sin Tid, da var [jeg?] jo den eneste, som var imod. 
+Der kunde altsaa ogsaa endnu købes for Udstillingen som er aaben endnu i Dag og vistnok i Morgen, og der kan ske uden [xxxx] Formaliteter, mod at De skriver til Brandt, at vi har købt det.
+Sybergs, Larsens, Peter Hansens, Birkholms og min Stemme har det for sig.
+Ja, det var egentlig blot det, jeg vilde sige Dem. 
+Venlig Hilsen til Dem og Frue
+Deres hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1910-12-24</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Julehilsen fra Peter og Elise Hansen til Mads og Christine Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0ioU</t>
+  </si>
+  <si>
+    <t>Kære Mads Rasmussen og Frue.
+En glædelig Jul ønskes Dem og Børnene fra Deres hengivne 
+Peter &amp;amp; Elise Hansen
+24/12 10.</t>
+  </si>
+  <si>
     <t>1911-01-16</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, mappe 28</t>
   </si>
   <si>
     <t>MR skriver til PH, at han har haft besøg af Kristian Zahrtmann. MR fortalte KZ at han gerne ville have en af hans billeder til Faaborg Museum. KZ ville gerne have PHs mening om, hvorvidt der var et, der kunne egne sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3GdT</t>
   </si>
   <si>
     <t>16' Januar 1911.
 Herr 
 Kunstmaler Peter Hansen
 Her.
 Zahrtmann var hos mig i Mandags og vi talte om forskellige Ting, blandt andet udtalte jeg, at jeg en Gang gerne vilde have et Billede af ham til Faaborg Museum og spurgte om, han ikke havde et hjemme, der kunde egne sig derfor. hvortil han svarede , at det vidste han ikke,men det vilde han gærne have Dem med til at bestemme. Vi kom saa til at tale om Hirschprungs Auktion.Jeg mener, at Billedet med Jtalienerinden med sit Barn i en Vugge er det Smukkeste,og Zahrtmann lod skinne igennem, at han ogsaa mente dette. -De bedes venligst ringe mig op i Telefonen ,for at vi kan gøre Aftale om at træffes og tale nærmere derom. 
 Med Højagtelse og venlig Hilsen</t>
+  </si>
+  <si>
+    <t>Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Ludvig Mylius-Erichsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Kai Nielsen skriver til MR om nogle støbninger, de havde talt om skulle laves, men MR er ikke glad for den regning, han har modtaget fra gipseren. KN foreslår en ordning. Nævner også muligheden for, at han skal udføre et monument for Mylius-Erichsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/045L</t>
+  </si>
+  <si>
+    <t>[påført med blyant_ 16/1? 1911]
+Hr: Fabrikant Mads Rasmussen
+Min Kone var ude en Dag for at træffe Dem, men De var bortrejst. Ventende at De maatte være kommet hjem sender jeg Dem dette Brev.
+Der skulde jo foretages nogle flere Støbninger, men da jeg har hørt at De var lidt pikeret over den Regning der blev sendt Dem af Gibseren har det været mig lidt pinligt at komme hjem med det selv. Det var naturligvis beklageligt at jeg til Dem angav for ringe en Pris, men jeg vidste ikke bedre. Selvfølgelig er Formene Deres. I den Forstand at De kan lade dem slaa i Stykker. Jeg har i Øjeblikket ikke Raad til at afkøbe Dem Formene ellers var det maaske en Ordning. Nogle mindre Arbejder faar jeg selv Form paa i en nær Fremtid saa faar De efter vor Aftale Afstøbninger og De betaler selvfølgelig kun Regningen paa disse, ikke paa Formen. Men som vi blev enige om kan jeg ikke betale Formene til større Arbejder. Nu er det lykkes mig at faa [Løv?] til at tage Afstøbning af den Figur der staar paa Galleriet. Nu vil jeg foreslaa Dem at Gibseren til Dem indsender et Tilbud. Hvis De saa faar støbt vilde jeg meget gerne hos dem købe en Afstøbning af Figuren. Formen kan de altsaa der som med de andre lade slaa i Stykker naar den er benyttet.
+Jeg fik forleden Dag Brev fra Zahrtmann angaaende Mylius Erichsen Monumentet som det er sandsynligt at jeg skal lave. Han skrev at han synes at Faaborg Musæum "var det bedste og nyttigste, det prægtigste" der var sket i Kunst herhjemme i mange Aar.
+En saadan Udtalelse er jo altid morsom.
+Med Hilsen til Deres Hustru og fra min Kone
+Deres hengivne Kai Nielsen
+[hul i papiret]gade 4.
+Saa snart Zartmann kommer hjem skal jeg se at faa ham til at sidde for mig.
+Jeg husker selvfølgelig mit Løfte til "Faaborg Musæum".
+[tilføjet med blyant: "Mindesten for Mylius Eriksen, Høeg Hagen og Jørgen Brønlund afsløret Decb. 1912."]</t>
+  </si>
+  <si>
+    <t>1911-01-21</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg opholder sig med familien i Pisa fra november 1910 - marts 1913. Overretten hjalp med økonomiske forhold på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Jens Birkholm har glemt, hvad han skulle sige til Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/THUn</t>
+  </si>
+  <si>
+    <t>[Øverst på hovedet: Har Overen sendt Penge til Pisa?]
+Kære J.L. Pisa
+Jeg kommer [overstreget: desværre for sent] i Tanke om at jeg skulde sige noget til Syberg fra Dig, men da jeg kun bliver her i 4 Dage maa Du skynde Dig at skrive det til mig at jeg kan faa det sagt. Brev træffer mig hos Sybergs. Venlig Hilsen Jens Birkholm
+[På forsiden: Jeg ved ikke hvad det er for Hemmeligheder... - men jeg attesterer at B. træffes her. F. Syberg.]</t>
+  </si>
+  <si>
+    <t>1911-03-28</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen fortæller, at han og Else skal på en rundrejse i England, Frankrig, Nederlandene m.m., men de kommer ikke til Italien i denne omgang. Johanne v. Jensen skal skrive for Politiken undervejs. De har været til fernisering, men savnede Fynboerne at gå på café med bagefter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TZ4h</t>
+  </si>
+  <si>
+    <t>28/3 11
+Kære Venner!
+Mange tak for Kortene, de kom os og flere til gode. Det var en smuk udstilling og fint Ferniseringsvej, men vi savnede nu alligevel Fynboene og gaa paa Kafé med bagefter. Vi har haft Frost og bidende Luft, men i dag er det vaadt og lunt, skyet og med Fuglesang, forelsket Vejr. I morgen rejser Else og jeg, i gaar bragte Else børnene til Refsnæs, det sønderrev mig at blive af med dem, men allerede i dag har jeg det bedre, de to smaa Mohikanere har jo skreget mig fordærvet Vinteren igennem. Ja, man skal rykkes op en Gang imellem. Til Italien kommer vi denne Gang ikke, men det kan godt blive til noget siden. Vi har taget Rundrejsebillet Berlin, Paris, Rouen, Dieppe, Hastings, London, Haag, Rotterdam, Hamborg...??....?? Naturligvis skal jeg skrive undervejs, mit gamle syndikat, Politiken, Verdens Gang og Dagens Nyheder, hvis I holder Politiken kan I altsaa se min Færd. Else beder hilse mange Gange, hun gaar barnløs rundt og pakker. Det var venligt af Jer at sende Kortene. Jeg er bange I bliver helt andre Mennesker inden vi ses igen. Lev vel alle og en Gang paa Gensyn. J.V.J.</t>
+  </si>
+  <si>
+    <t>1911-05-05</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Mads Rasmussen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver om sin snue og hvordan Else varter ham op. De drømmer om at bo på Isle of Wight og han mener, Fritz Syberg også bør prøve at bo i England. Derudover diverse andet, blandt andet at han vil forsøge at sende sin seneste bog, som har vakt røre i andedammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TobY</t>
+  </si>
+  <si>
+    <t>5 Maj 11
+Kære Ven
+Skubbet op i Hovedpuder og med en Aargang af Ill. Tidende fra 1864 til Underlag skriver jeg dette. Jeg har Snue og bliver dægget for af Else som elsker naar jeg leger syg. Udenfor er det stille og vil give Varme opad dagen, jeg kan se de grønne Træer i Frederiksberg Have. Vi er kommen hjem fra Rejsen, som var god, og er ikke kommen hjem alligevel. Børnene er jo borte i Kalundborg, og jeg bryder mig ikke rigtig mere om Købehavn. Vi drømmer om at tage til Øen Wight og bo. Kanalen, det var det jeg sagde. Tænk dig Dieppe med blomstrende Frugttræer, høje Kalkklinter med grønne Volde foroven og Kanalen melket og opalgrøn nedenunder! Jeg kastede en Flintesten i Stranden og viede dig til at finde den. Hvorfor slås du med skidne Løgspisere? Vi skal leve i England. De har slette Malere derovre, du burde forny den danske Indvandring. Har du ikke 8 Aar til England? Jeg vil lave en Bog om Vilhelm Erobreren. Ved du af at paa Wight er der ingen Vinter, der gror Myrter? ---Nu har jeg spist Byggrynsgrød med tyk raa Fløde og kogte udhuldnede Svesker, om lidt kommer Else med en Krydder og ber mig endelig spise den. Om en Time staar den syge Mand op, ryster sig og gaar i Byen. Fuglesang! Bogfinken vrinsker udenfor Vinduerne, de laver stor Bryllupskonkurrence paa Kvistene. Røgen staar stille over Jostys Tag. Zoologisk Have? Jeg tror jeg skal op og give den gamle Bavian en Banan i dag, han nyder den saa kolossalt og hader mig for det. Han ligner Brandes, og jeg faar Bugt med den ene gennem den anden. - Ellers noget der staar fast? Vi lever paa det løse. Naar jeg har faaet lavet nogle Artikler, tager vi paa Cykletur i Sjælland og maaske Sverig. Just nu spørger man mig, Mads Rasmussen, pr Telefon, om jeg vil holde et Foredrag i Venstreklubben. Jeg lader ham svare gennem Else at jeg desværre har faaet et Træskosøm i Øjet, saa det kan ikke gaa rundt. Om jeg vil have en varm Klatkage med Strøsukker paa? (Bulletin fra Køkkenet) Jeg varer ja. Else kan ikke blive klædt paa for at varte mig op. Vi havde den dejligste Galop paa Fælleden i gaar, og i morgen haaber vi at ride og se Flyvning samtidigt.- ak ja men jeg kan ikke se jer mere, I har været for længe borte. Hvordan ser I ud? Hans er selvfølgelig Lazaron, Besse og Nolle med sammenlagte Duge paa Hovedet., Sakker Rygende Lerpibe og tabende Mundvandet, Rille spejlblank af Makaroni og Trylle med Klude bundne om Benene. Maleren selv ser jeg gestikulere ivrigt, hugge og stikke og klippe i Luften med Hænderne og Moderen klædt i Zinnober taler et Italiensk der driver Tolke og Translatører til Fortvivlelse?? Dog I er naturligvis jer selv allesammen. - Min sidste Bog der har rørt op i Andedammen skal jeg forsøge at sende, Jeg har den maaske Overtro at Pakker ikke naar ind i Italien.
+Nu maa I leve vel. Else beder mig hilse mange gange. Jeres hengivne 
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-05-11</t>
+  </si>
+  <si>
+    <t>Sophus Danneskiold-Samsøe</t>
+  </si>
+  <si>
+    <t>Niels Larsen Stevns
+Theodor Philipsen
+Johan Rohde
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>S. Danneskiold skriver til Peter Hansen, at han mener, det er en stor fejl at galleriet ikke har købt Poul S. Christiansens portræt af Niels Larsen Stevns og foreslår, at det forsøges rejst penge til at erhverve det mhp at forære det til galleriet, da det bør være i offentlig eje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yJIT</t>
+  </si>
+  <si>
+    <t>Vestre Boulevard 44
+11 Maj 11
+Kære Peter Hansen!
+Jeg synes, galleriet har gjort saa stor en fejl ved ikke at købe Christiansens portræt af Larsen-Stevns. Uden hensyn til billedets stilling indenfor Christiansens Kunst og uden hensyn til, hvad galleriet i forvejen har af ham, synes jeg billedet burde være i offentligt eje - almen tilgængeligt - fordi det for os kunstnere er af saa stor værdi, vi skulde jo gærne kunde lære noget af at gaa paa Galleriet. Det er i altfald mit syn paa sagen, nu ved jeg jo ikke om De deler det.
+Skulde dette syn paa sagen være almindelig udbredt, er det min tanke, at vi slaae os sammen en kreds af frie udstillere, erhverver billedet og giver det til galleriet. Jeg kan tegne mig for halvdelen af de 1000 Kr. billedet koster, den anden halvdel spørger jeg Dem om De tror kan tilvejebringes blandt vore venner (Philipsen, Rhode, Skovgaards m.fl.).
+Jeg er i korrespondance med Zahrtmann og kan rimeligvis skaffe bidrag fra ham. Det er jo en sløj tid, hvor intet sælges, alligevel kunde det jo tænkes det kunde lade sig gøre.
+Naar summen var sikkret, skulde billedet skænkes galleriet fra "en kreds af frie udstillere" (uden særlig navngivelse) og med den i begyndelsen af dette brev anførte motivering (dets værdi for andre Kunstnere).
+Lad foreløbig Sagen blive mellem os, men send mig snarest Deres mening om sagen.
+Deres hengivne
+S. Danneskiold</t>
+  </si>
+  <si>
+    <t>1911-05-13</t>
+  </si>
+  <si>
+    <t>Det billede, S. Danneskiold omtaler, er formentlig Poul s. Christiansens portræt, som han nævner i sit brev til Peter Hansen fra den 11. maj 1911.</t>
+  </si>
+  <si>
+    <t>S. Danneskiold svarer Peter Hansen, at han er helt med på hans forpligtelse over for Faaborg museet, men at beslutningen bør træffes så snart som muligt. Og hvis ikke Faaborg Museum ønsker billedet, bør det gå til galleriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bAkA</t>
+  </si>
+  <si>
+    <t>V. B. 13-5-11
+Kære Peter Hansen:
+Er fuldkommen med paa Deres forpligtelse over for Faaborg Museet, hvor billedet jo ogsaa var bedre tilgængeligt end i privateje. Blot skulde det saa træffe bestemmelsen saa snart som muligt, da udstillingen kan trænge til den støtte i folks opmærksomhed.
+Vil Faaborg ikke have det, saa galleriet. Tak for tilslutningen dertil! Jeg forholder mig passiv indtil nærmere besked fra Dem.
+Hilsen Deres heng
+S. Danneskjold
+Blot skriver jeg til Zahrtmann, da svar fra ham er længere undervejs.</t>
+  </si>
+  <si>
+    <t>1911-05-15</t>
+  </si>
+  <si>
+    <t>En del af brevets indhold forstås, når man læser brevene fra S. Danneskiold til Peter Hansen fra den 11. og 13. maj 1911.
+Det første billede, Peter Hansen nævner, er formodentlig "Faaborg Museums indvielse", som han arbejdede på i denne periode. Den sag, som PH ikke kunne love grev Danneskiold at holde hemmelig var indkøbet af Poul S. Christiansens portræt af Niels Larsen Stevns, som Danneskiold foreslog indkøbt anonymt til "galleriet" (dvs Statens Museum for Kunst) - se også de førnævnte breve.
+PH nævner, at Lützhøft synes, at Poul Christiansens selvportræt, som museet ejer, er lige så godt som portrættet af Larsen Stevns. Der er imidlertid to portrætter af Poul S. Christiansen i Faaborg Museums samling, begge erhvervet 1910, så det er uklart, hvilket portræt Lützhøft har i tankerne.</t>
+  </si>
+  <si>
+    <t>Peter Hansen skriver, at han er i fuld gang med "billedet" og gør store fremskridt. Han har svaret Grev Danneskjold, at han ikke kunne holde sagen (anonymt indkøb af Poul S. Christiansens billede mhp donation til galleriet, dvs Statens Museum for Kunst) hemmelig, da han først måtte handle i Faaborg Museets interesse. PH gengiver Tom-Petersen og Nicolaus Lützhøfts udtalelser om portrættet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X2Mg</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 ' Havehuset.
+15-5-11
+Kære Fabrikant
+Da jeg desværre ikke træf Dem i gaar, sender jeg Dem dette her. Jeg har saa travlt med Billedet og det gør store Fremskridt i denne Tid, saa jeg kan ikke faa Tid til at komme ud til Dem og tale med Dem derom i Dag, en af Dagene skal jeg forresten ud og bejle til Deres Frue og Inga, hvis jeg kunde faa dem op paa Atelieret var det naturligvis bedre.
+Til Grev Danneskiods Brev svarede jeg, at jeg ikke kunde tjene ham i at holde Sagen hemmelig, da jeg først maatte handle i Faaborg Musæets Interesse, og der mulig kunde være Tale om at anskaffe det dertil, og at jeg først vilde forelægge Dem Sagen. Dette fandt han rimeligt, som De vil se af hans andet Brev, men bad mig gøre det hurtigt, da det hastede. Jeg har talt med Tom Petersen derom, han synes det var udmærket at faa det. Lützhøft synes, at hans Selvportræt, som Musæet ejer er ligesaa godt, jeg selv synes at dette Portræt er det bedste han endnu har malt. I blandt Kunstnere anses det sikkert for Aarets bedste Arbejde, der er fremkommet, og det vilde naturligvis være en Pryd om Faaborg Museets Navn kunde figurere paa Billedet mens det endnu er paa Udstillingen.
+Venlig Hilsen til Dem og Hustru
+Deres hengivne
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1911-05-23</t>
+  </si>
+  <si>
+    <t>H.P. Hanssen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 28</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen takker Hanssen Nørremølle for deres samvær i Berlin. Anmoder på Peter Hansens vegne HN om at sende et fotografi af ham selv, der skal anvendes som forlæg til det store billede, PH maler på ("Indvielse af Faaborg Museum"). Desuden diverse praktisk om, at HN skal stå model til samme maleri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Leu2</t>
+  </si>
+  <si>
+    <t>23' Maj 1911.
+Herr 
+Rigsdagsmand Hansen Nørremølle
+Tak for vort Samvær sidst i Berlin. Kunstmaler Peter Hansen har bedt mig at anmode Dem om at sende ham Deres Fotografi. Paa det store Billede, som jeg talte med Dem om, har han nemlig skitseret Dem op efter Hukommelsen,men han vil som sagt gerne have et Billede af Dem, lige som det jo ogsaa bliver nødvendigt for ham at have Dem staaende Model for sig et Par Gange. Peter Hansen vil for Tiden al Tid kunne træffes paa sit Atelier her i Byen, og i Ferietiden rejser han til Faaborg ,for at male der han blev meget glad ved at høre, at De vil være villig til at staa Model for ham til det store Billede, som jo baade bliver interessant ved sin Størrelse - ca 50 Personer i naturlig Størrelse- som ved de Personer, der komme med paa Billedet.
+Peter Hansens Adresse her i Byen er Enghavevej 40.
+Jeg forbliver med venlig hilsen
+Deres forbundne
+M. Rasmussen.</t>
+  </si>
+  <si>
+    <t>1911-05-26</t>
+  </si>
+  <si>
+    <t>Henrik Cavling
+Julius Exner
+Else Jensen
+Jens Jensen
+Villum Jensen
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen takker for brev fra Fritz Syberg med en artikel, som han dog fraråder ham at få trykt. JVJ skriver fra færgen Cimbria på vej fra Jylland, hvor han med familien har besøgt sine forældre, til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FaH9</t>
+  </si>
+  <si>
+    <t>Kære Ven!
+Tak for Brevet og Artiklen, som det har rørt mig meget at læse. Jeg vil imidlertid fraraade dig at trykke den, da Slott Møllers misundelige Hulken ikke er bleven taget alvorlig af nogen og allerede glemt. Jeg lader den ligge til jeg omgaaende hører fra dig igen, for hvis du vil have den frem, tager Cavling den selvfølgelig hellere end gærne i Kroniken. Men som sagt du skulle ikke gøre det. Fynboerne har og har altid svoret paa den Slags Ting ved deres Kunst og ved deres Held, og du skulde virkelig ikke give sultne Slott Møller glæden af at tro sig hørt.
+Dette skrives ombord paa Cimbria ugudeligt tidligt om Morgenen ud for Villakysten, hvor man ligefrem kan se paa de hvide Mure, hvor de snuer derinde. Nede i Kahytten snuer Else og Drengene. Vi har været i Jylland og besøge mine Forældre. Det er en ganske dejlig Tid, med Sol og Frodighed. Snart er vi i København, hvor der kun venter os nye Triumftog. Zool. Have, Flyvepladsen etc. Faderen staar tidligt op bare for at sukke lidt ved Tanken om en Gang ogsaa at bestille en lille Smule. Nu skal jeg for Resten ned og vække de tre, der ligger hvide og røde og helt opsvulmede af Søvn og Kælenskab. Du ser denne Rysten i min Skrift er Cimbrias Hjærte, saadan bæver det danske Skib. Dannebrog staar skraat tilvejrs i purpurstrimer agter, Himmel og Hav er i et Blaat. En snusket Maler lister op fra Dæksplads med sine Grejer og ind paa 1ste Kahytplads, hvor han ter sig som Hjemme. Det er en Aalborgpensel, jeg hører ham hyle til en Grosserer om Exners, "pragtfulde Farver". Lort paa Morgenstunden! Nu toner København frem i Violet. - -
+Hjemme igen. Men her er baade Mæsliger og Difteritis i Kvarteret, saa vi gaar igen paa Vandring imorgen til Kalundborg.
+Else skulde have skrevet lidt ogsaa men staar paa Hovedet i sit Hus den ene Dag hun er Hjemme, jeg skal hilse mange Gange fra hende. Nu venter jeg altsaa endnu en Besked fra dig om du vil have Artiklen frem. Hils Anna og alle de andre!
+Din hengivne
+Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>1911-05-29</t>
+  </si>
+  <si>
+    <t>Joachim Andersen
+Poul S. Christiansen
+Holger Drachmann
+Guiseppe Garibaldi
+Bernt Grønvold</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
+"Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
+  </si>
+  <si>
+    <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
+Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WmBB</t>
+  </si>
+  <si>
+    <t>Pisa 29 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else!
+Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
+Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
+Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
+En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
+Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
+Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-06-16</t>
+  </si>
+  <si>
+    <t>Dette er sandsynligvis det brev til Zahrtmann, MR refererer til i sit brev af samme dato til Peter Hansen.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Kristian Zahrtmann, at direktionen for Faaborg Museum har set hans billede "Adam og Eva" mhp at erhverve det til museet. MR vil gerne høre om prisen samt om museet må få forkøbsret til portrættet "moderen i sort kysehat", hvis KZ vil sælge det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xORE</t>
+  </si>
+  <si>
+    <t>16' Juni 1911 -
+Herr Kunstmaler K. Zahrtmann:
+Paa Foranledning af Peter Hansen fik Direktionen for Faaborg Museum med Undtagelse af D'Herrer Syberg og Birkholm som for Tiden befinder sig i Udlandet, Adgang til Deres Atelier , for at se Deres Billede:"Adam og Eva ", for eventuelt at erhverve det til nævnte Museum. Vi enedes om, at vi gærne vilde erhverve det dertil, og det overdroges Peter Hansen og Fabrikant Rasmussen at tilskrive Dem og spørge, om det kan faaes til 3500 Kroner, som saa vidt vi erindrer er det Beløb, De forlangte til Peter Hansen. Ligeledes blev vi anmodede om at forhøre, om De ved Lejlighed vil afhænde Profil Portrætet af : Moderens i sort Kysehat ", og om Faaborg Museum i saa Fald maa faa første Rettighed. 
+Vi haabe at høre fra Dem om ovenstaaende og at De befinder Dem vel i det skønne Jtalien.
+Med mange Hilsener forblive vi 
+Deres ærbødige
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-06-17</t>
+  </si>
+  <si>
+    <t>H.P. Hanssen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Peter Hansen skriver, at arbejdet med det store maleri (Faaborg Museums indvielse) nok går lidt i stå hen over sommeren, hvis ingen vil sidde model. Beder om, at selv om museet kommer til at være lukket i sommerferien, så vil man henvise folk der kommer langvejs fra netop for at besøge det, til et tidspunkt, hvor et besøg ikke vil genere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pnDS</t>
+  </si>
+  <si>
+    <t>Enghavevej 40 d 17de Juni 11.
+Kære Mads Rasmussen
+Nej, jeg har jo nok opdaget, at Begejstringen for at sidde for mig i Sommerferien ikke er stor, jeg maa sige at jeg endnu havde stolet paa Dem, og gør det forresten endnu, da jeg ikke kan faa saa godt de Far[hver] og Lys paa mit Atelier som De skal males under. 
+Det er der jo ikke noget at sige til, at Deres Frue og Børn ikke vil have deres Sommerferie beskaaren, og jeg har ogsaa forlængst forsonet mig med Tanken om, at der ikke blev gjort stort ved det i Sommerferien. Men som sagt, haaber jeg paa, at der af og til kan blive et Par Eftermiddagstimer, hvor De kan staa for mig. Billedet maa jo nok kunne stilles af Vejen deroppe, saa det ikke genere. Saa er der jo ganske vist Hansen-Nørremølle, som er opfordret til at komme i Sommerferien. Han kan for min Skyld godt komme senere, i Slutningen af August eller i September, da jeg bliver der til Oktober for at male Faaborgerne, som skal med, men hvis han ikke kan det, maa jeg stryge ham, det vil ogsaa give noget bedre Plads i den Side af Billedet.
+Med Hensyn til Musæets Lukning i Sommerferien, da har De jo forbeholdt Dem det, og hele Komiteen har tiltraadt det, saa det er der ikke noget at sige til, og som det var sidste Aar kan jeg godt forstaa det maa være temmelig uudholdelig. Jeg henstiller blot, at hvis der skulde være en eller anden, som var rejst derned allene for at se det . det vil jo nemt hænde netop i Sommerferien - at han saa ved Henvendelse paa Kontoret kunde faa opgivet en Tid, hvor han [overstreget] ikke generede og ikke som i Fjor hvor Besøgende strakte sig over alle Døgnets Tider. Men det maa De jo selv bestemme.
+Brevet til Zahrtmann har jeg modtaget. Det er godt, jeg føjer blot en Hilsen og Navn til og lader det gaa ned til ham.
+Venlig Hilsen
+Deres hengivne
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1911-06-24</t>
+  </si>
+  <si>
+    <t>Det billede, som Mads Rasmussen vil lade afhente hos Zahrtmann, er Zahrtmanns maleri af Adam og Eva i Paradis. De to portrætter, der nævnes, blev senere givet til Faaborg Museum som testamentarisk gave fra kunstneren efter dennes død i 1917.</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussen familiearkiv, Mappe 28</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Kristian Zahrtmann om nogle værker af Zahrtmann, som han gerne vil erhverve til museet. Han nævner Zahrtmanns store betydning for fynboernes kunst og glæder sig over, at Zahrtmann bliver repræsenteret på det maleri Peter Hansen maler på af indvielsen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dwWA</t>
+  </si>
+  <si>
+    <t>24'Juni 1911
+Herr
+Kunstmaler Kristian Zahrtmann,
+Civita d'Antino
+Prov. de Aqvila.
+Det har glædet mig meget at modtage Deres venlige brev af 20'de, og jeg bringer Dem min Tak derfor. Det kom mærkeligt nok paa Aarsdagen for Faaborg Museums Aabning, hvilken Dag jo i sig selv er en Glædesdag.
+Da der kommer en Del Gæster til Museet i Sommerferien, vil jeg meget gærne have Billedet dertil i den Tid,og jeg lader det derfor efter Deres Tilbud afhente ned det samme.
+Vær saa venlig at meddele mig, om De ønsker Beløbet , 3500 Kroner, sendt til ovenstaaende Adresse, eller De mulig hellere vil vente dermed til Deres Hjemkomst.
+Det glæder mig meget at høre, at der foruden Billedet af Deres Moder ogsaa findes et af Deres Fader, og at dette om muligt skal være bedre ,end førstnævnte. det vilde jo have den aller største Betydning,om disse Billeder ogsaa kunde erhverves for Museet. Sagen er nemlig den,at De saa at sige er Fader til den Kunst,Museet representerer ved Deres Gerning som Lærer for de Malere, der har baaret den Kunst frem, og ved den ganske uberegnelige Betydning,De har haft paa disse Malere og deres Kunst , kan Deres Betydning for Faaborg Museum og den Jdee,der ligger til Grund for dets Oprettelse,jo heller ikke skattes for højt. Det har derfor været mig en stor Glæde, at vi fik Dem med paa det store Billede, som forøvrigt gaar godt fremad, og som Peter Hansen skal til Faaborg at arbejde paa i Sommer,saa at det forhaabentlig bliver færdig til næste Udstilling,og det vilde ikke alene glæde mig,men ogsaa Kunstnerne, om det skulde lykkes og ogsaa at erhverve Deres Fader og Moder for Museet, dette vil jo derved vinde baade i kunstnerisk og repræsentativ Henseende, og det er baade Kunstnerne og mit store og faderlige Ønske, at Museet kommer til at staa højt i begge Henseender ned gennem Tiderne til sene Slægters Bedømmelse.
+Min Hustru takker for Deres venlige Hilsen, som hun beder mig gengælde. Modtag ligeledes fra mig en venlig Hilsen.
+Deres hengivne</t>
+  </si>
+  <si>
+    <t>Det store billede, der omtales, er Peter Hansens maleri af Faaborg Museums indvielse.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen fremsender nogle beløb til betaling af arbejder af Peter Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GwMr</t>
+  </si>
+  <si>
+    <t>24'Juni 1911.
+Herr
+Kunstmaler Peter Hansen,
+Hermed fremsendes Raten for 1911 Kr 580,oo samt 1' Rate af det store Billede Kr 3000,oo.
+Med Højagtelse</t>
+  </si>
+  <si>
+    <t>1911-06-27</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver om et maleri af Eckersberg, han har fået tilbudt. Han vil gerne have Peter Hansens mening derom inden han beslutter noget. MR orienterer også om, at købet af Kristian Zahrtmanns maleri "Adam og Eva" nu er på plads, og at det ankommer til Faaborg inden længe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uk8J</t>
+  </si>
+  <si>
+    <t>27' Juni 1911.
+Herr
+Kunstmaler Peter Hansen,
+Her.
+Da jeg kom hjem , var der bragt mig et Billede af [Eck]ersberg,malet i 1852 ,som skal være ganske fortræffeligt. Det er min Barber, som ogsaa giver sig af med at handle med Malerier , der har fundet det , og det er mig meddelt, at jeg maa beholde det til i Morgen Kl 11, da det saa skal hen til en anden .Efter Meddelelsen tilhører det en gammel Apotheker, som skal sælge det af Hensyn til Pengene,men det behøver jo ikke at være sandt. Der forlangtes 1600 Kroner for det,og det skal være meget billigt,men hvad det er værdt tør jeg ikke afgøre. Under alle Forhold køber jeg det ikke undtagen De i hvert Fald har set det, og jeg har hørt Deres Mening.Jeg ved, at De skal rejse i Morgen Middag,men kunde det ikke lade sig gøre, at De Kunde faa en Timestid tilovers i Aften eller i Morgen tidligtil at se paa det?
+De vil maaske være saa venlig at give Budet Besked herom, og han vil saa telefonere det hjem til mig .
+Venlig Hilsen
+Deres hengivne 
+M Rasmussen
+Zahrtmanns Billede sendes med Damper Mandag,saa at det kommer til Faaborg samtidig som Dem .Det er for stort til at gaa i en Jærnbanevogn.
+Efter at have tilskrevet Zahrtmann om hans Adam og Eva har vi faaet Brev fra ham, at Museet maa faa det til 3500 Kr, og at vi maa hente det med det samme.Dette har vi nu gjort,og det er henrivende dejligt nu det er kommen frem i Lyset.Paa Tirsdag vil det være i Faaborg,og jeg kommer derover næste Uge over,og saa kan vi maaske faa en Samtale. 
+DS.</t>
+  </si>
+  <si>
+    <t>1911-06-29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen orienterer Fritz Syberg om erhvervelsen af Kristian Zahrtmanns maleri "Adam og Eva" til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8D3U</t>
+  </si>
+  <si>
+    <t>29' Juni 1911
+Kære Fritz Syberg :
+Tak for Deres venlige Brevkort med Lykønskning i Anledning af Aarsdagen for Faaborg Museums Aabning .Ogsaa jeg ønsker megen Kritik og megen Opmærksomhed om Museet for de kommende Aar.
+Johs Larsen var her i Byen for nogen Tid siden,og vi holdt saa et Møde paa Zahrtmanns Atelier den 7 ds. Jndlagt vedlægges en Udskrift af Forhandlingsprotokollen.Vi tilskrev saa Zahrtmann og fik derefter Brev fra ham,hvori han meddelte,at Museet maatte faa Billedet for 3500 Kroner .Vi har nu afhentet det i Atelieret for at sende det til Faaborg,hvortil det vil komme paa Tirsdag. Det er ganske ovenud Kønt ,naar man ser det i Lyset,saa vi er meget glade ved denne Erhvervelse. Zahrtmann skriver, at han har Billedet af Moderen og ligeledes af Faderen,og det var jo rart,-om vi ogsaa kunde faa dem til Museet . 
+Med de venligste Hilsener til Dem og Frue fra min Hustru og mig forbliver jeg
+Deres hengivne
+Mads Rasmussen
+Jndlæg.
+Udskrift af Faaborg Museums Forhandlingsprotokol :
+Den 7' Juni 1911 samledes Bestyrelsen - Syberg og Birkholm i Udlandet - paa Zahrtmanns Atelier,hvor man paa Forslag af Peter Hansen forhandlede om et eventuelt Køb af Zahrtmanns Billede : Adam og Eva.
+Lützhøft foreslog at forsøge at erhverve Zahrtmanns Bille[de] af Studenternes Deltagelse i Københavns Forsvar 1659. Man rettede en telefonisk Forespørgsel til Ejeren ,Adolf Trier,som ikke syntes tilbøjelig til at sælge Billedet. 
+Da Flertallet af de tilstedeværende Kommiteemedlemmer var stemt for Erhvervelsen af Adam og Eva vedtoges det at overlade Fabrikant Rasmussen og Peter Hansen at henvende sig til Zahrtmann,for at ordne Købet og samtidig forhøre, om der kunde være Mulighed for, at han ved Lejlighed vilde afhænde Profil Portrættet af Moderen i sort Kysehat.</t>
+  </si>
+  <si>
+    <t>1911-07-04</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for det regnskab over beløb, Mads Rasmussen skylder, som MR har sendt. Han glæder sig til at se Zahrtmanns "Adam og Eva".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Fzl4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Juli 1911
+Kære Fabrikant Rasmussen
+Tak for Deres Brev med Regnskabet. Eftersom jeg nok kan faa Brug for hele Restbeløbet, vil jeg alligevel heller have det ordnet saaledes, at jeg faar udbetalt alle de 3400Kr nu, dog saaledes at de forfaldne Renter af de 6000Kr trækkes fra. Hvis det kan ordnes paa denne Maade, vil det glæde mig meget, og kan jeg have pengene inden Mandag vil jeg være Dem meget taknemmelig.
+Det er jeg for Resten i Forvejen. Jeg glæder mig til at se Adam og Eva i Faaborg. Mange Hilsner til dem og Deres Frue fra min Kone og Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1911-07-05</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Johannes Larsen, at han har bedt banken ordne sagen sådan som JL ønsker. Omtaler forskellige portrætter, Kr. Zahrtmann har malet af sin far og sin mor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ohBU</t>
+  </si>
+  <si>
+    <t>5' Juli 1911.
+Kære Herr Johs Larsen:
+Deres venlige Brev af 4' ds.har jeg modtaget som Svar paa mit Brev af 28' f.M. og jeg har nu i Dag givet Banken Besked om at ordne Sagen saaledes som De ønsker,og De vil saa faa Pengene sendt fra den.i Henhold til vort Brev af 28' f.M.
+Adam og Eva ,som har staaet nogle Dage i Skjoldsgade inden Afsendelsen til Faaborg, er ganske dejligt. Vi haabe at kunne erhverve ogsaa Zahrtmanns Billeder af hans Fader og Moder, førstnævnte har Moderen og sidstnævnte vil han gærne have, at Galleriet skal have , mender er et Par mindre Billeder,hvoraf vi saa Faderen paa Atelieret ,som er ganske dejligt, og Moderen er paa Udstillingen i Rom .
+Min Familie rejser til Faaborg i Dag og jeg kommer derned hveranden Uge og saa kunde vi maaske træffes en Gang dernede.
+Med venlig Hilsen forbliver jeg 
+Deres hengivne
+Herr Kunstmaler Johs Larsen,
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1911-07-07</t>
+  </si>
+  <si>
+    <t>Niels Hansen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen virker i dette brev tydeligt provokeret over, at Fritz Syberg har kritiseret hans beslutning om ikke at købe et billede af Niels Hansen, nemlig hans portræt af Lorry Feilberg. MR nævner bl.a., at han ikke synes om at have Lorry Feilberg hængende på Faaborg Museum. Lorry Feilberg var bl.a. restauratør og kabaret-ejer; i 1896 overtog han Cafe Chantant i Allégade. Stedet fik navnet Operetten og siden kom Landsbyen til. Han købte i 1909 og 1913 nabohusene og indrettede Drachmannskroen. Hele komplekset blev kaldt Lorry. Han var kendt som en farverig person, som MR åbenbart mente, ikke hørte til på Faaborg Museum. Men portrættet blev nu alligevel erhvervet til museet nogle år senere, i 1913. 
+Der findes et brev fra den 14 juli 1911, som tydeligvis er en revideret version af dette brev. MR forklarer sig mere grundigt og afdæmpet og anlægger en mere forsonende tone.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg om erhvervelsen af Kr. Zahrtmanns maleri, "Adam og Eva", og forsvarer sin beslutning om ikke at købe et maleri af Niels Hansen, men skriver dog, at han er åben over for evt. senere at købe et værk af Niels Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mX5l</t>
+  </si>
+  <si>
+    <t>[tilføjet med blæk]: 7 Juli 1911
+Kære Herr Fritz Syberg :
+Deres venlige Brev f 28' Juni har jeg modtaget og det har glædet mig meget at se, at De er glad ved, at vi har erhvervet Zahrtmanns Billede . Da kommiteen var samlet for at se paa det , hang det uheldigt og mørkt og det var da umuligt at faa det rette Skøn derover,men nu det er taget ned i Dagslyset er Peter Hansen og jeg enige om , at det tager sig aldeles storartet smukt ud .
+Jeg er aldeles overbevist om, at det vil være særdeles smukt paa Museet, hvortil jeg rejser i Morgen. Det har hele Tiden været et varmt Ønske hos mig og jeg har ogsaa udtalt det, at erhverve et godt Billede af Zahrtmann som den fynske Skoles Mester.Jeg synes, at naar vi ærer ham ,ærer vi os alle ,og jeg vil inderlig haabe, at det maa lykkes ogsaa at erhverve Billederne af hans Fader og Moder til Museet,hvorom jeg har tilskrevet ham.At jeg sætter en ganske overordentlig Pris paa at faa Zahrtmann har jeg aldrig lagt Skjul paa, og jeg har jo ogsaa efter konference med Kommiteen budt 4500 Kr for hans Jtalienderinde med det lile Barn. Jeg kan derfor ikke sige andet, end at jeg staar ganske uforstaaende over for Deres Udtalelse om, at De ikke synes, at vi kan sætte Violbuketten i Knaphullet,fordi vi ikke købte Billedet af Niels Hansen og at vi gjorde det paa Grund af Pengemangel. Lützshøft foreslog mig sidste Efteraar at købe et Billede af Niels Hansen, et Portræt af Lory Fejlberg,som vidst nok ikke kostede 500 Kr som De skriver,men 1000 Kroner ,paa en lidt som det forekom mig paagaaende Maade,som ikke tiltalte mig. Rent bortset fra Billedets kunstneriske Værdi,som jeg slet ikke udtaler mig om, vil jeg sige, at jeg synes ikke om at have Lory Fejlberg hængende i Faaborg Museum .Maaske dette kan sige at være en noget overdreven Pietetsfølelse ,men et af Kommitemedlemmerne delte da i hvert Fald Mening med mig. Som Grund til mit Afslag angav jeg ikke Pengemangel, men at vi for Tiden havde købt saa rigeligt, at vi langt havde overskredet den fastsatte Sum . Dertil kom, at Forslaget om at købe Billedet fremkom som en Slags Velgørenhed ,der skule udvises mod Maleren ,og det er jo dog ikke dette ,men Begejstring for den Kunst Museet representerer der ligger til Grund for Faaborg Museum .Niels Hansen er jo imidlertid en ung Maler,og som jeg ogsaa udtalte ,har jeg intet som helst imod at faa ham representeret paa Museet som den unge fynske Maler, og jeg er villig til en anden Gang at tage dette Spørgsmaal op,men jeg mener rigtignok, at naar det drejer sig om, at erhverve et godt Billede af Zahrtmann , naar et saadant kan faaes, eller et Billede af Niels Hansen, saa mener jeg, at vi med god Samvittighed kan bære en Violbuket i Knaphullet for Zahrtmann uden at skulde have en Brændenælde ved Siden af. 
+Jeg glæder mig meget til at tilbringe en Tid i Faaborg hvor Peter Hansen er,og til at se Dem og Deres Billeder fra Jtalien, som sikkert vil bringe Dem mange Violbuket.
+Med venlig Hilsen til Dem og Deres Frue forbliver jeg
+Deres hengivne
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-07-14</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Lorry Feilberg
+Niels Hansen
+Peter Hansen
+Johannes Larsen
+Peter Tom-Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Dette er en revideret version af et tidligere brev, som formentlig ikke blev sendt. I denne version anlægger MR en mere forsonende og forklarende tone i redegørelsen for sin beslutning om ikke at købe Niels Hansens portræt af Lorry Feilberg.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg om erhvervelsen af Kr. Zahrtmanns maleri, "Adam og Eva", og forsvarer sin beslutning om ikke at købe et maleri af Niels Hansen, men skriver dog, at han er åben over for evt. senere at købe et værk af Niels Hansen. Se også brev fra MR til FS af den 7. juli 1911.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ShWQ</t>
+  </si>
+  <si>
+    <t>14 Juli 1911.
+Kære Herre Fritz Syberg :
+Deres venlige Brev af 28 f M har jeg modtaget og det har glædet mig meget at se,at De er glad ved,at vi har erhvervet Zahrtmanns Billede.Da Kommiteen var samlet ,for at se paa det,hang det uheldigt og mørkt,og det var da umuligt at faa det rette Skøn derover,men efter at det var taget ud i Dagslyset,var Peter Hansen og jeg enige om, at det tager sig udmærket ud. Det har jo hele Tiden været et varmt Ønske hos mig,hvilket jeg ogsaa har udtalt,at erhverve et Billede af Zahrtmann som den fynske Skoles Mester .Jeg synes at naar vi ærer ham, ærer vi os alle,og jeg vil inderlig haabe,at de vil lykkes ogsaa at erhverve Billederne af hans Fader og Moder til Museet hvorom jeg har tilskrevet ham. Jeg har aldrig lagt skjul paa, at jeg sætter en ganske overordentlig Pris paa at faa Zahrtmann,og jeg har jo ogsaa efter Konference med Kommiteen budt Kroner for Jtalienerinden med det lille Barn.Jeg kan derfor ikke sige andet, end at jeg er ganske uforstaaende over for Deres Udtalelse om, at De ikke synes, at vi kan sætte Violbuketten i Knaphullet,fordi vi ikke købte Billedet af Niels Hansen,og at vi ikke gjorde det te paa Grund af Pengemangel.Jeg paaskønner naturligvis den Alvor og Jver,hvormed De tager Dem af Niels Hansen,og jeg betragter det som et Tegn paa . at De anser ham for at have megen Talent.Men De maa ogsaa kunne forstaa ,at jeg i Vinter satte mig imod at købe et Billede af ham,Motiveringen var ikke, at der ikke var Penge nok dertil,men jeg tror nok at turde sige , at det hele var lidt forceret,Kommiteen var end ikke enig om,hvilket Billede af ham det skulde være ,Peter Hansen og Birkholm var i Faaborg,Johs Larsen i Kerteminde og Tom Petersen var i Byen, var imod helt at købe af ham og jeg maa sige, at det Billede af Lory Fejlberg, som der bl.a. var Tale om vilde jeg nødig se paa Museet. Men det er en Sag for sig.Dertil kom som Niels Hansen selv udtrykte det over for mig, at han stod og skulde bruge Pengene. Det var det som var afgørende for mig til ikke at købe af ham paa det Tidspunkt. Jeg vil ikke, at det paa nogen Maade skal kunne siges, at Museets Billeder er anskaffede for at støtte vedkommende Kunstnere. Naar han som De siger har Talent og De holder saa stærkt paa ham,vil vi ogsaa nok faa ham representeret paa Museet,men det skal være ved en Lejlighed,hvor ikke et sadant [ulæseligt]hensyn gør sig gældende.Jeg synes ikke, at det er klogt af Dem at sætte Zahrtmann ind i denne Sag.Zahrtmann har glædet sig meget over, at Adam og Eva er kommen til Faaborg og for ham der er saa ømfindtlig over for de Unge vil det maaske være et større Skaar i Glæden end Sagen er værdt.Det hele er dog et Anliggende, som kun vedkommer Kommiteen indbyrdes. Jeg har som sagt ikke det mindste imod ved Lejlighed at faa Niels Hansen repræsenteret paa Museet, men jeg mener rigtignok, at naar det drejer sig om at erhverve et godt Billede af Zahrtmann,naar et sadant kan faaes,kan vi med god Samvittighed bære Violbuketten i Knaphullet for Zahrtmann.Dertil kommer, at det bliver mere og mere klart for mig, at det er aldeles nødvendigt,at vi erhverver Deres "Dødsfaldet" til Museet, og jeg har en Mand ude efter det,og det skal jeg jo have Pengene til,naar det kan faaes.
+Zahrtmanns Billede hænger jo nu hernede paa Museet og tager sig udmærket smukt ud. Peter Hansen maler jo hver Dag paa det store Billede og vi staar Model. Det bliver jo ogsaa smukt. 
+Jeg glæder mig meget til at se Deres Billeder fra Jtalien,som sikkert vil bringe Dem mangen Violbuket.
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og jeg forbliver jeg
+Deres hengivne M Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-08-03</t>
+  </si>
+  <si>
+    <t>Der er lige så varmt i Danmark som i Italien. Johannes V. Jensen har i år set sig grundigt om på Sjælland, som han synes, er en dejlig ø.
+Brevet fortsættes nogle dage senere, hvor JVJ skriver, at der stadig er meget varmt, han har de seneste fire uger gået i sit tropesæt. Han savner Sybergs og bemærker, at venskaber er sjældne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EHTL</t>
+  </si>
+  <si>
+    <t>3 Aug 11
+Kære Venner
+Vi har her, som I maaske har læst, en ganske italiensk Varme, en Skæbne der knytter os til Familjen i Pisa. Ellers har vi Ingenting. Vejret er bleven for gammelt og vi vilde have godt af en lille Rejse. Jeg har i Aar set mig grundigt om paa Sjælland, det er dog en dejlig Ø, men jeg er vist dødelig nok endnu til at maatte bort fra den for at beskrive den rigtigt. Paa Fyn har jeg ikke været.-
+8 Aug
+Der har været nogle Dage hvor man gik og hang i Tordenluft og Tørke, uden at det blev til Regn alligevel. Det er en Skam ingenting at foretage sig, men jeg klager ikke utaknemligt over Varmen. I fire Uger har jeg gaaet i mine gamle Tropesæt. Hvordan har I dog klaret Jer dernede? Else og jeg vover os i dag en Tur paa Landet ud for at se Høsten. Børnene har det godt. Vi lever i en Idyl og Idyller giver ikke Stof til Nyt. Jeg sukker efter Jer sommetider, Venskaber er sjældne. Else beder hilse mange Gange.
+Eders hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-09-01</t>
+  </si>
+  <si>
+    <t>Olaf Bull
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver om stort og småt fra dagliglivet. Johannes V. skriver på en bog, der hedder "Skibet", og det er ved at være efterår. Hun udtrykker flere gange, at hun håber, Fritz og Anna snart er færdige med at være i Italien og klar til at komme tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VzpU</t>
+  </si>
+  <si>
+    <t>d. 1-9-11
+Kære Anna og Syberg. Det er snart meget længe siden, jeg har skrevet til jer og dog tænker jeg saa tit paa jer, men jeg er saa daarlig til at skrive Breve, at jeg skammer mig over at sende mine Kradserier af Sted, men nu synes jeg ikke, jeg kan vente længere med at skrive til jer, at nu maa I da komme hjem. I kan da ikke trodse baade Krig og Kolera. I har vel ogsaa faaet ud af Italien, hvad der er at få ud deraf og et helt Aars Solskin maa da have hjulpet Trylle. Det kunne være saa morsomt om I boede her i København i vinter med hele Flokken saa kunde I jo tage til Fyns Hoved til Sommer. Længes I ikke ogsaa lidt efter at komme sammen med alle os Københavnere igen? Nu har vi faaet Efteraar der er faldet en hel Del Blade af Træerne, og det er koldt. I Dag har det øset ned fra Morgenstunden, men vi har alligevel gaaet os en dejlig Tur i Dyrehaven og spist Frokost paa Eremitagen, Agerhøns og Omelet, vi var helt gennemblødte da vi kom hjem men Luften var saa dejlig og vi holdt os varme ved at gaa, saa fyrede vi for første Gang og nu er her lunt og hyggeligt og lugter lidt af Kakkelovn og Hovedrengøring, som vi lige er færdige med. J.V. har travlt for Tiden, han skriver paa en Bog som skal hedde Skibet, den skulde egentlig være færdig til Jul, men det lykkes vist ikke, og det gør jo heller ikke noget, saa kommer den engang efter Nytaar. Vi har levet meget stille paa Grund af Travlheden, dog har vi haft en Del Fornøjelse af Olaf Bull og hans Kone, som har boet i Valby i Sommer. I ved vel, at han er blevet gift med en lille nydelig norsk Dame, som ligner et gammelt Billede, og de har en lille Pige, som ligner sin Fader og er forøvrigt mægtig glade og fornøjede. Jeg gaar ud fra, at I holder Politiken saa det er ganske overflødigt at fortælle, hvad der ellers sker herhjemme det er jo forøvrigt heller ikke meget eller vigtigt. Vi har faaet en lille Skildpadde, som Jens elsker over alt i Verden, han falder i Søvn hver Aften med den i sine Hænder og ligger nede og triller rundt paa den hele Natten, den har den slemme Vane at kravle inde under et eller andet Møbel og ligge bumstille der og saa staar hele Huset paa den anden Ende for at finde den. I Aften var den umulig at finde, da han skulde i Seng, og han søgte med Taarer i Øjnene at trøste sig ved at bagtale den, nu er den kommet igen. Han bliver lykkelig, naar han vaagner i Morgen, han er saa sød og hæderlig og Villum køn og uartig. Jens skrev her nogen Tid siden et Brev til Nolle, det kam vist aldrig af Sted.
+Tænk nu over det og bliv ikke hængende i Italien, fordi I har bestemt det. Bare I var her. Hils alle Børnene
+Jeres hengivne
+Else</t>
+  </si>
+  <si>
+    <t>1911-09-02</t>
+  </si>
+  <si>
+    <t>Peter Barsøe</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til pastor Barsøe i Faaborg om at give adgang til Faaborg Museum for en gruppe unge, der skal på session. Desuden om muligheden for at få en brugt skrivemaskine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TNRX</t>
+  </si>
+  <si>
+    <t>11' September1911.
+Kære Herr Pastor Barsøe :
+Deres venlige Brev af 6ds. har jeg modtaget.De unge Mennesker ,der kommer til Sessionen,maa med Fornøjelse faa Adgang til Museet,og jeg kan ikke tro, at Birkholm vil have noget imod at vise dem det,naar han bliver anmodet derom,men andre kan jo ogsaa gøre det.Dette vil jeg ganske overlade til Dem.
+Med Hensyn til Skrivemaskinen,da findes der ingen udrangerede paa Kontorerne for Tiden. Da vi sidst fik nye ,fik vi Leverandøren til at tage de gamle .Det kunde imidlertid saa godt tænkes, at det Skrivemaskinefirma,vi handler med, har brugte staaende ,som kunde passe.Dette skal jeg nu undersøge med det aller første,og De skal derefter høre nærmere fra mig angaaende Prisen den kan købes for.Jeg har bemærket, at De helst vil have en med synlig Skrift.
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og mig forbliver jeg
+Deres hengivne
+Mads Rasmussen
+Herr Sognepræst P.Barsøe,
+Faaborg.</t>
+  </si>
+  <si>
+    <t>1911-10-10</t>
+  </si>
+  <si>
+    <t>Det store billede, Kr. Zahrtmann refererer til, er Peter Hansens maleri af Faaborg Museums indvielse.</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann kvitterer for penge modtaget af Mads Rasmussen og udtrykker sin glæde over at blive repræsenteret på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/irJq</t>
+  </si>
+  <si>
+    <t>10 Okt. 1911.
+Kære Hr. Direktør!
+Modtag med medfølgende Kvittering min Tak baade for Pengene, og fordi jeg er bleven repræsenteret paa Musæet. Nu skal jeg blot ogsaa males paa Peter Hansens store Billed. Han er glimrende i Humør, hvilket jeg tager som Bevis for, at det han har gjort, har lykkedes.
+De og Deres Frue modtage min hjertelige Lykønskning til Deres Datters Konfirmation. Fra længst henfarne Tider husker jeg , hvor glade mine Forældre var for hver af os Børn, de fik konfirmeret.
+Deres hengivne
+Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Laurits Tuxen</t>
   </si>
   <si>
     <t>Som svar på en henvendelse fra professor L. Tuxen, der tilsyneladende har anmodet om forlængelse af lån af nogle billeder fra Faaborg Museum, skriver MR at billederne vanskeligt kan undværes længere på museet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A9nE</t>
   </si>
   <si>
     <t>10' Oktober 1911.
 Herr Professor L. Tuxen
 R af D, D M
 Att: Herr Inspektør V Jastrau, Holmens Kanal 5 4
 I Anledning af Deres Cirkulære vedrørende "Den internationale Kunstudstilling i Rom 1911" undlader jeg ikke at meddele, at da Malerierne savnes stærkt paa Museet og det ikke er heldigt for et Museum at undvære Kunstværkerne saa længe, er jeg ikke tilbøjelig til at udstrække Udlånet ud over den oprindelig fastsatte Tid.
 Ærbødigst
 M Rasmussen</t>
   </si>
   <si>
+    <t>1911-11-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen takker Fritz for hans beskrivelse af kysten ved Pisa og roser hans skriveevner. Han arbejder selv en del. Vejret er trist og de ser ingen mennesker. JVJ foreslår, at Fritz og Anna får lavet et gruppeportræt af familien ved en fotograf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rXJ6</t>
+  </si>
+  <si>
+    <t>26 Nov. 11
+Kære Ven!
+Tak for dit Brev og den udmærkede Beskrivelse af Lokaliteterne ved Pisakysten; der er meget mere end jeg kan bruge. Det er det jeg siger, du skulde være Skribent, Tingene eksisterer ikke før du kommer. 
+Her gaar Tiden med en hel Del Arbejde. De milde Uger med graa Luft og almindelige Opvask i Naturen er forbi, her gaar en østlig væmmelig Vind med Frost, Gader som Jern og et koldt Spøgeri af Træk i alle Stuerne. Vi har det godt, kun lidt Gigt i Nakken som om en usynlig Byrde er bleven en Smule tungere. Vi ser ikke noget til nogen, jeg hader mere og mere at sige noget mere end een Gang---Som Malere kan I vel ikke tænke Jer noget saa vulgært som at gaa til en Fotograf? Et Gruppe billede af Jer vil de da være noget at have, og I skulde faa et af os igen. Mange Hilsner fra Else og Drengene! Eders hengivne
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-12-12</t>
+  </si>
+  <si>
+    <t>John Martin</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen medsender et brev til Fritz Syberg fra forlægger John Martin angående en artikel om Fritz Syberg til et julehæfter og referer, hvad han har svaret, delvist på Sybergs vegne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lqTr</t>
+  </si>
+  <si>
+    <t>12 Dec 11
+Kære Ven
+Hermed et brev fra Martin, jeg besvarede det halvt på dine Vegne omtrent saaledes: "Jeg skulde kende Syberg daarligt om han opfatter sin Kunst som Plakater for et Julehefte, sultne Malere fra Gaden gør, han næppe. I øvrigt overlader jeg den Siden af Forhandl. til Dem". 
+For mit eget Vedkommende stod jeg skarpt paa mit forlangende. Jeg vil nu raade dig til at forlange det Honorar der passer dig, ikke under 150 Kr. x) som J.L. fik - for byder han os Kaar paa den Maade, skal vi nægte ham det. Siden finder vi nok en Plads for Samarbejde. Tak for dit Brev. Glædelig Jul!
+Din hengivne 
+Johannes V. J.
+x) Da jeg efter den Lektion jeg har givet ham ikke venter det hele bliver til noget, synes jeg du skulle forlange f.Eks. 500 for Reproduktionsretten.</t>
+  </si>
+  <si>
+    <t>Forlæggeren John Martin skriver til Johannes V. Larsen om en artikel, de tilsyneladende tidligere har drøftet, øjensynligt om Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M9b0</t>
+  </si>
+  <si>
+    <t>MARTIN'S FORLAG
+13 NØRREGADE . KØBENHAVN
+TELEFON: CENTRAL 1864 &amp;amp; 1910
+Bülowsvej 24
+12/12 1911
+Kære Herr Johs V. Jensen
+Jeg skriver her fra Bülowsvej, jeg naaede ikke at faa Deres Brev besvaret i Kontortiden.
+Jeg vil selvfølgelig gerne Tage med Deres Tilbud, men kan kun betale et 500 Kroners Honorar dersom jeg faar deres Tilladelse til ogsaa at optrykke Stoffet i et Hefte, bruge det i Udlandet eller paa anden Maade bringe ud af det en Sum, der Tvinger Beløbet ned for "Julekronens" Vedkommende.
+Det vil De vel hjælp mig med? Maleren kan selvfølgelig ikke faa Honorar - for ham bliver det jo en stor Reklame. Jeg ved fra et store svensk Julehæfte at Forlaget ikke plejer at yde Kunstneren noget Vederlag. Der bliver jo store udgifter ved Fotograferingen. 
+Deres hengivne
+John Martin</t>
+  </si>
+  <si>
+    <t>1911-12-20</t>
+  </si>
+  <si>
+    <t>Johanne Giersing</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen opfordrer til, at de ikke dropper deres plan, selv om John Martin bakkede ud, når talen faldt på kontanter. JVJ takker for billederne. Else fortsætter brevet og takker ligeledes for billederne. Hun undrer sig over, så travlt, alle har med jul. Der er mere halløj end nogensinde. Ellers lever de meget stille for at få arbejdsro til at JVJs bog skal komme til foråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fnJm</t>
+  </si>
+  <si>
+    <t>20 Dec 11
+Kære Venner!
+Mit sidste Brev har du vel faaet efter at du skrev dit. Ja Martin krøb altsaa i et Hul da det trak op til Kontanter. Derfor lader vi ikke vor Plan falde men vi kan giv os god Tid til at tænke paa den. Det Forslag om at blive ved den Sommer i Fyen ogsaa med Illustrationsloftet synes mig godt: jeg skal snakke med Gyldendal om det. Nu glædelig Jul og tak for de smaa Billeder, særlig til Frøken Besse, som har taget dem. Nu kommer Else.
+Kære Anna og Syberg. Tak for Brevene og Billederne, det er morsomt at se jer alle igen, selv om det er i lille Maalestok. Her gaar vi naturligvis rundt i Juledelerium Øjnene staar stive i Hovedet paa alle Damer, fordi de bestandig maa gaa og tælle efter om de nu har faaet køvt lige saa mange Julegaver som der er Personer de nødvendigvis maa give noget og saa er der Rengøring og Julebagning og Mad til tre Helligdage i Rad. Jeg kommer undertiden i Panik ved at se paa de andre for det maa jo være splittergalt, at jeg slet ingenting gør. Her er mere Halløj end nogensinde, de siger, det kommer af Opgangstider. For resten er det dejlig mildt, Taage eller Smaaregn bestandig og umådelig mørkt, vi har endnu ikke haft Frost, jeg synes det er dejligt. 
+Vi lever umaadelige stille og isoleret, ser ingen Mennesker, vi har efterhaanden Ord for at være sure og menneskefjendske, men det passer ikke. vi er kun nødt til det for at faa Arbejdsro til Foraaret bliver J. rimeligvis færdig med sin Bog og saa gaar den løs igen.
+Hav det nu godt allesammen og glædelig Jul. Det er saa morsomt at høre fra jer en Gang imellem. Hilsen til hele Familien
+Else J.</t>
+  </si>
+  <si>
+    <t>Viggo Johansen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Peter Hansen, at han skal tage tegningerne til villaen i Svanninge Bakker med, hvis han kommer hos Viggo Johansen. Desuden mener han at det store billede bør have en flot ramme med udskæringer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fEat</t>
+  </si>
+  <si>
+    <t>[tilføjet med blyant:] 1912
+Herr Kunstmaler Peter Hansen,
+Hvis De kommer til Professor Viggo Johansen i Aften, bedes De venligst tage Tegningerne etc med til Villaen i Svanninge Bakker,og kommer De ikke, bedes De sende mig det med Deres Bemærkninger.
+Rammen til det store Billede mener jeg bør være saa festlig som mulig,og den burde maaske derfor være lidt bredere og med nogle Udskæringer ,selv om den skulde blive lidt dyrere.
+Med venlig Hilsen
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1912-01-20</t>
+  </si>
+  <si>
+    <t>Furesø, 3500 Værløse, Danmark</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen
+Grete Levy
+Pierre-Auguste Renoir</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen omtaler sin 39 års fødselsdag og skriver, at familien står på skøjter og at isen er særdeles god. Han fortæller lidt om nogle rejseplaner og afviser, at de kommer til Italien igen. Else er ved at blive malet af både Peter Hansen og fru Grete Levy.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PIMJ</t>
+  </si>
+  <si>
+    <t>20 jan 12
+Kære Venner
+Det er min Fødselsdag i dag, jeg bliver igen et Aar yngre, er nu 39, og paa denne Glædesdag skal jeg skrive til gode Venner. Ja ja, jo haabløst ældre man bliver jo mere lærer man at skønne paa det skønne Liv. Her gaar Tiden godt, vi har den bedste Is paa Furesø der nogensinde har været, forleden var jeg derude med Sejl, herligt. Blæsevejr, Sol og nytændte Farver i Landskabet, blaa Vaager, syngende dejligt! Vore to Myrer løber allerede flinkt paa Skøjter i Frederiksberg Have. Til næste Aar skal de med paa Søerne. Program: Februar Berlin, naar min Bog, som jeg ikke gider se efter to Korrekturer er kommen; hele Sommeren Tisvilde, næste Aar Rusland og Kina. Til Italien kommer vi mere ikke, men jeg er glad over at vide en god Forpost stillet der. Kom lidt hjem i Sommer! Herregud den Sommer paa Fyn er jo snart bar Løgn. Else der mere og mere ligner en Renoir bliver malet for Tiden paa en Gang af Peter Hansen og en Fru Grete Levy (Eriksen) men jeg er paa det rene med at Ingen kan male inden uden FS. Saasnart det bliver noget lysere i Vejret skal jeg tage et Par Plader af os og sende ned. Imorgen Søndag, stort Skøjtestævne paa Furesø! Saa, nu begynder Klaveret ovenpaa, jeg skriver galt og faar Hadet op i Halsen. Lev nu vel allesammen og paa Gensyn! J.V.</t>
+  </si>
+  <si>
+    <t>1912-02-09</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+Martha Caroline Clement
+Ludvig Find
+Maren Kirstine Find
+Andreas Larsen
+Johan Larsen
+Carl V Petersen
+Ellen  Sawyer
+Karl Schou
+Christine Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen udstillede 3. - 14. februar 1912 på Den Frie sammen med Olga Jensen, K. Meisner Jensen, Cathrine Svendsen, Christine Swane og Anna Syberg.
+Karl Schou havde separatudstilling i Kunstforeningen (Gammel Strand) med 142 værker i februar 1912.
+Kataloger for begge udstillinger findes på Danmarks Kunstbibliotek. 
+Alhed Larsen sad model for Peter Hansen. Der må være tale om stifterbilledet til Faaborg Museum. 
+Trækfuglebogen er St. St. Blichers Trækfuglene, En Naturconcert, som Radeerforeningen udgav med Johannes Larsens træsnit som illustrationer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må komme (til København) mandag, for Alheds udstilling har sidste åbningsdag tirsdag.
+Alhed sidder model for Peter Hansen (P.) Karl Schous udstilling åbner søndag.
+Elle (søsteren Ellen Sawyer) må vande Alheds blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1VeD</t>
+  </si>
+  <si>
+    <t>Fredag Aften
+Kæreste Larsi!
+Tak for Dit Brev i Aftes, der er jo noget Vrøvl med Forbindelsen, saa Gud ved, hvornaar Du faar dette. Du skriver, at Du vil komme Mandag eller Tirsdag, men Du maa da endelig komme_ Mandag_. Vores Udstilling er aaben sidste Gang [ordet overstreget] Dag Tirsdag, saa Mandag Kl. 15 er altsaa det sidste [ordet overstreget] seneste Du kan komme. Desuden skal vi ud til Swanes Tirsdag og jeg har lovet Uglen at komme tidlig ud at hjælpe hende. Altsaa Tirsdag Formiddag skal vi tidlig paa den frie, at Du i Ro kan se den. – Vi var hos Bisters i Aftes, meget morsomt, Finds, Clements, Lud og nogle flere (Østers), men ellers bestiller jeg næsten ikke andet end at sidde for P. Jeg har siddet nu 4 Dage og skal i Morgen igen, saa jeg faar desværre intet malet, hvad jeg havde haabet. Schou har travlt med sin Udstilling, som aabnes Søndag, jeg glæder mig meget til den. – Det er dejligt, I har det saa godt, jeg har denne Gang været saa urolig for Børnene, med al denne Vinter. Bed Elle vande alle mine Blomster en Gang nu det er tø, ogsaa Kaktussen oppe paa Hylden, men en Morgen.
+Og saa kun 1000 Hilsner til jer alle. Hører jeg snart fra lille Lysse igen? Skriv saa hvad Dag og Tog. Husk Trækfuglebogen 1000 Hilsner Din A.</t>
+  </si>
+  <si>
+    <t>1912-02-11</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Nørrevoldgade 9 København K</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Wilhelm Branner
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt
+Peter Hansen
+- Holstein, Frk.
+Harald Høffding
+Alhed Larsen
+William Mackie
+Karl Madsen
+Carl V Petersen
+Ellen  Sawyer
+Karl Schou
+Marie Schou
+Hempel Syberg
+Gustav Wied</t>
+  </si>
+  <si>
+    <t>Astrids ægteskab med Alfred Goldschmidt var højst problematisk, og parret endte med at blive skilt.
+Alhed Larsen udstillede sammen med Olga og Karen Meisner-Jensen, Anna Syberg og Cathrine Svendsen på Den Frie.
+Det vides ikke, hvad historien om Laurits, der ikke ville med til Amerika, går ud på. 
+Alhed Larsen sad i København model for Peter Hansen, der malede det store "Stifterbillede" til Faaborg Museum. 
+Gustav Wieds ”Ranke Viljer” 1906 (opført under titlen 2x2=5) fra Ungdomshistorier.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2078</t>
+  </si>
+  <si>
+    <t>Laura Warberg spørger, om hun dog ikke kan komme på besøg hos Astrid i Malmø. 
+Laurits vil ikke med til Amerika nu. Det bliver et hårdt slag for Ellen. Laura Warberg troede engang, at hendes fremtid var sikret. 
+Alhed Larsen sidder model for Peter Hansen. Hun er meget sparsommelig, og det er Christine ikke. 
+Alhed og Laura har været i teatret og på Nimb og spise fint. 
+Louise Brønsted skal til Hagemanns afskedsfest. 
+Laura Warberg går til foredrag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zgFT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Nørrevoldgade 29⁴
+Søndag d: 11te
+Kære Astrid!
+Det var et meget rart Brev fra Dig i Gaar; naar mon Du igen kommer over at spille? Dersom nu en Gang Alhed er i Kbh. kommer jeg over en hel Dag med første Færge, naar der igen bliver ordnede Forhold med Sejladsen. Kan det slet ikke tænkes at komme naar han er hjemme?? Vi vilde jo dog kuns ses ved Maaltiderne! I Morgen tager jeg til Birkerød fra første til 6 Toget, haaber lille Muk saa kan gøre en Sviptur ind at se Udstillingen, mens jeg passer Børnene. Bes og Hr. Peter igen lange Tider i Sengen med Feber uden ellers fejle det mindste; gaadefuldt! Jeg spiste til Middag i Fredags hos Fr. Holstein Alhed og Madsen var der og spurgte Fr. H. om Feber ikke kan skrive sig fra Mathed, de spiser jo intet og Sengen tærer. Bare den Læge er dygtig! Gud veed om der skal være Selskab d:22de, jeg tror det næppe, men nu skal jeg køre i Morgen og saa skrive det til Dig. I Dag ved 3 Tiden tager jeg pr. [ulæseligt] til Vanløse, det er Wilhelms Fødselsdag, hans Sødskende kommer der til Aften. Elle rejste først hjem i Mandags, var altsaa ikke hos Syberg sammen med Thora. Veed Du at Laurits ikke vil til Amerika de første Aar? Det bliver vist et haardt Slag for Elle! Mærkeligt at hun kan være saa haabefuld for Fremtiden og Livet deroppe alene! Alhed er saa gruelig bekymret for hende, men saa er der da vel den Udvej, at hun kunde tage til Billy en Tid. A. mener der kunde sagtens blive en Virksomhed her hjemme, at Grethe ogsaa kunde faa Fripladser her og Elle Legater, men hun vil vist ikke paa nogen Maade lade være at rejse derover. Hvor anderledes lyst saae det ud, da vi troede hende vel sikret for Fremtiden; mon han dog ikke kunde betænke sig? I Julen havde de faaet udmærkede [ulæseligt] af ham og Grethe sagde, at Carl skulde være hos dem til Sommer.
+– Alhed ”sidder” en Del af sin Tid herinde for P Hansen til det store Faaborgbillede. Hun er meget sparsommelig køber intet uden nødvendige Smaating. Hvor anderledes med Christine, der vist anvendte ca. 300 Kr. paa Rejsen herind og alt muligt i Magasin! Hun er uforbederlig! Desværre bliver det dog næppe til Efteraaret, hun flytter herind, maa spare derovre endnu et Aar! Slemt for mig, men vil jeg aldeles ikke paavirke hende, selvfølgelig. - 
+I Aftes gav jeg ud paa Alhed og mig selv. Halve Priser i Folketeatret til ”Ranke Viljer” – 2+2=5 – af Gustav Wied; uhyre morsomt, vittigt, satirisk hvor vi lo ! – glimrende spillet. Og tænk Dig saa gik vi til Nimbs nye Lokale ligefor den nye Banegaard, bagved Bræddehytten, hvor er der fint og elegant og smagfuldt. A. spiste Middag i Valby og fortalte, at vi skulde til Nimbs; Nej mente Berta, det var vist ikke muligt, det var jo saa fint! Hvilke elegante Dragter, Damerne selskabsklædte! A. stak jo en Del af i sin gl. blaa Nederdel med Bluse, jeg var pæn nok. Vi satte os beskedent i den første den bedste Krog og spiste en aldeles vidunderlig Souper, Laksesalat á la Tivoli – vi har aldrig smagt noget bedre; Kalvefrika[ulæseligt] avec Chateaubriand – delikat! – en Dessert saa lækker, en halv udhulet Appelsin i et højt klart Glas, den var fyldt med Is og uden om men i Glasset fin rød Gelé med Flødeskum; hver en Pilsner til; 2 Kr. for hver Soupér, 50 Øre i Drikkepenge, Øl og Kaffe vi var jo nok lidt betænkelige strax, men nu var vi der og fortælle Berta, vi var gaaet igen fordi det var for fint, vilde vi da ikke. Jeg syntes det var vældig morsomt ”gav” jo, - men A. tog Øl og Drikkepenge paa sig. Det var en herlig Aften. Der var Karneval ved Siden af og ovenpaa. Hun tog desuden Kaffe og en Cigaret, vi kom hjem Kl. 1. – Alhed var forleden til fin Aften hos Carl V. Petersens, der var en Del Malerfamilier og en Telemarks kendt i national Dragt, hans Kone af en fin Familie i Christiania, han selv en dannet og klog Mand hun Datter af en anset Videnskabsmand. – Paa Onsdag skal der være stort fint Selskab paa Phønix, Direktør Hagemann giver Afsked; Lugge skal med lille Else skal have lidt extra Mad nu! Hvor herligt, at lille Muk kan komme lidt ud nu igen! Jeg hører stadig de højst interessante Foredrag af Dr. Munck; og nu de følgende Tirsdage Høffdings gratis Forelæsninger over Rousseau; desværre undgik det første mig i Tirsdags, jeg kiggede dog stadig i Politiken, som jeg holder nu, efter den. Men jeg skrev til Frøken Shlect om at mødes med mig nær Indgangen og fortælle mig om det, hun er saa forstaaende og husker saa godt. – Nu veed jeg ikke mere lille Putte; hils nu de kære Unger Hvor dejligt at Du nu igen holder Skole med dem baade for Dig og for dem. Inas Bakkeserviet er mig til stor Nytte i min Sølvskaal, naar jeg har The Fremmede. I Onsdags var Alhed her 2-3 Timer, saa jeg ser hende meget denne Gang skal ogsaa til Schous en Gang. Kærlige Hilsener fra Mor.</t>
+  </si>
+  <si>
+    <t>1912-03-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender sin seneste bog. Han drømmer om, at Fritz og Anna Syberg kommer til Danmark til sommeren og fortæller, at han er ved at planlægge en rejse til østen igen, men har ikke skaffet penge til det endnu. Om nogle dage holder han og Else et bal for deres få omgangsvenner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ywer</t>
+  </si>
+  <si>
+    <t>4 Marts 12
+Kære Venner i Pisa!
+Tak for Brevet! Samtidigt med dette sender jeg "Skibet". Bare det kunde blive til noget med den Sommerplan, jeg vilde gærne sidde for dig ved en Strand i Danmark og males sammen med Else men hvem ved hvordan alting kan gaa. Skønt jeg egentlig meget nødig vil rejse fra dette dyrebare Land med den desværre saa skadefro Befolkning er det dog nu Alvor med at søge ud til Østen igen, jeg haaber paa at faa det ordnet saa at jeg kan komme afsted i Juni. Til den tid er Sibirien aaben; jeg vender saa hjem over Kina og Indien. 4-6 Maaneder. Jeg ser imidlertid ikke hvorfor vi ikke kunde være sammen i Maj, for Forsommeren vil Else og jeg i alt Fald tilbringe i Tisvilde. Vi burde dog virkelig snart ses igen. Maaske kommer jeg heller ikke afsted; Pengene har jeg endnu ikke skaffet. Dog vi har jo Tid nok til at korrespondere derom. Vi lever som sædvanligt roligt og sorgløst. jeg var 10 Dage i Berlin og rekreere mig for den Bog; der solgte jeg for Resten et Stykke til Reinhardts Teatre. Pa Onsdag den 6 stævne vi vore faa Omgangsvenner sammen til et Bal, vi har leget Lars Larsens Lokaler med samt Keglebanen, vi skal bare danse og lade rulle. Vi vil savne Jer. Tak for de smaa Billeder! Endnu har vi ikke kunnet gøre gengæld, her er for mørkt til at fotografere. Vi lever under en stadig Dyne af Skyer og ser aldrig Solen Men nu er der noget i Luften som begynder at minde om Fernisseringen paa den Fri, vi har gule Tulipaner paa Bordet. Der vil vi ogsaa savne Jer. Jeg skal nok skrive nærmere om hvad det bliver til. Else gaar ærgerrig og laver til til sit Gilde jeg skal hilse mange Gange fra hende! Komme til Italien? Quien sabe! Det er vist spansk. Hu! Fremmede Sprog! Levvel og nyd Foraaret! Her har Finken begyndt at vrinske, men det er i Utide. Hilsen allesammen!
+J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-03-13</t>
+  </si>
+  <si>
+    <t>Menton</t>
+  </si>
+  <si>
+    <t>Paris
+Basilique Saint-Michel-Archange</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen glæder sig til den snarlige udstilling, hvor Peter Hansen skal udstille</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VSfK</t>
+  </si>
+  <si>
+    <t>Kære Ven Johannes Larsen og Frue!
+Nu skal jo Peter Hansens store Billede snart udstilles og jeg glæder mig til at komme hjem og se hvorledes det vil tage sig ud paa Udstillingen. Vi befinder os meget vel her i den dejlige sommer. Paa onsdag rejser vi over Paris hjem og er hjemme den 25 ds. Venlig Hilsen til Dem og Frue fra min Kirstine og Deres hengivne M Rasmussen
+13-3-12</t>
+  </si>
+  <si>
+    <t>1912-03-30</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Christen Købke
+Johannes Larsen
+Kristian Møhl
+Laurits Ring
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>På grund af pengemangel har Else og Johannes V. Jensen opgivet deres rejseplaner og vil i stedet tage til Tisvilde til sommeren. Else håber, at Anna og Fritz Syberg vil lægge vejen forbi til sommer. Ellers beretter hun om forskellige udstillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C1Ej</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 - d: 30-3-12.
+Kære Anna og Syberg
+Vor smukke Plan om en kombineret Rejse til Rusland og Italien er røget i Lyset. (vi kan ingen Penge faa, saa vi har helt opgivet at rejse i Aar og tager op til Tisvilde en af Dagene og leger os et Hus til at være i til Sommer. Saa vil vi se at faa et Par sma Jolændere, som vi jo saa kan sælge igen til Efteraaret, og saa skal vi i tre Maaneder ikke bestille andet end at gaa i Vandet, ride, køre og sidde Model for jer, naar I kommer herop. hvis I er saa søde at komme, og det gør I jo nok. Der er saa dejligt ved Tisvilde, fordi der er den store Statsskov som forhindrer Folk i at bygge paa en hel Mil af Kysten, saa man er lige saa ugeneret som paa Fynshoved, jeg foregøgler mig noget om at bade til hest, men det lader sig maaske ikke gøre. Vi er ellers for Tiden optaget af Udstillinger. Johannes Larsen er storartet. Peter har jo ikke andet end Faaborgbilledet, saa er der et gevaldigt Svindelbillede af Villumsen et Par kønnere end sædvanligt af Møhl og ellers en Masse man ikke husker paa den frie. Paa Charlottenborg er der er Par fuldkommen skøre af Slott-Møller jeg er sikker paa, at der ikke kan sige et godt Ord om dem, ingen kan tage ham alvorligt mere. for Resten tror jeg, at jeg der syntes bedst om L.A. Ring. 
+Kunstforeningen har en smuk Udstilling af Købke han var da en forfærdelig sød Maler. Det er vist frækt af mig at udtale mig om Kunst, men I kan have godt af at høre en Røst fra Folket. For Resten fører vi et sandt Driverliv. J.V. har ikke orket at tage fat paa noget siden den sidste Bog, og saa har vi taget os for at more os i Stedet. vi har selv haft Bal, og vi har været til den frie Udstillings Fest og vi har været til Sammenskudsbal, kort sagt vi lader som om vi var unge Mennesker. Kom nu op og del vor Idyl saa tager vi til næste Efteraar til Pisa. Hils alle Børnene.
+Jeres Else J.V.</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Hans Smidth
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver til Anna og Fritz Syberg og forsøger ihærdigt at lokke dem til at komme til Danmark til sommer, helst på besøg hos Johannes V. og hende selv i Tisvilde, hvor de skal leje et hus. Johannes V. har fået et par små billeder af Hans Smidth, som han er meget glad for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dP2V</t>
+  </si>
+  <si>
+    <t>14/5-12
+Kære Anna og Syberg.
+Betænk jer nu en Gang til inden I tager nogen absolut Bestemmelse med Hensyn til Sommerrejse. Jeg synes I skulde komme . I maa nu til at nyde jeres anden Ungdom, som kommer naar ens Børn er saa store at de kan undvære en. Hans og Besse er jo nu voksne og maa sagtens kunne tage sig af de smaa desuden kender I jo nu sikkert paalidelige Folk i Italien som ogsaa kan se lidt efter dem. Og hvorfor skulde I dog ikke komme til Italien igen fordi I kom lidt hjem, er det saa skæbnesvangert at gøre en Ferie her. Vi skulde ikke sige noget til et Menneske før I var her og saa tager vi til Tilsvildeleje med det samme og gaar i Vandet og spiser Hummer, som fanges der en masse og spiller Violin og Fløjte og Kort og snakker om det nye Kunstblad som en Gang skal komme I skal ogsaa faa Lov at gøre en Afstikker til Fyns Hoved og saa rejser I tilbage til Italien naar den værste Varme der, er overstaaet og imidlertid har Børnene faaet Lejlighed til at mærke hvor daarligt de kan undvære deres Forældre, hvad Børn jo ellers ikke aner, saa er I nok saa søde at lade mig vide, naar I kommer for at jeg kan faa en Jernseng til dirigeret derud.
+Det kan jo heller ikke nytte mere, at jeg skriver og fortæller jer om de smaa Ting der nu og da hænder os det kan jo slet ikke interessere jer mere og store Begivenheder hænder jo aldrig. Altsaa I maa komme. Vi har ogsaa en Masse Ting at vise jer. J.V. har faaet et Par smaa Billeder af Hans Smidt som han er lykkelige over og flytter hver Dag og tror bestandig, at nu har han endelige fundet den absolut eneste Plads, hvor der kan være Tale om at anbringe dem. 
+Børnene har det godt og vil bygge et Skib til Sommer, Jens medbringer den theoretiske Viden, han er tandløs og sidder altid med Næsen i en bog. Villum bliver kønnere og kønnere. Skildpadden skal vi have i et Tøjr paa Marken, vi maa løbe an paa, at den nok skal kunne taale at undvære den Vælling, den ellers plejer at faa om Morgenen, og som vi ikke kan skaffe den der.
+I kunde da ogsaa egentlig sagtens tage Børnene med og saa blive her hele Somren. 
+Jeres Else..</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er blevet meget optændt af ideerne om at skabe et kunstblad og mener, de skal holde ideen i live. Han er sikker på, at han og Fritz Syberg vil kunne arbejde godt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I72J</t>
+  </si>
+  <si>
+    <t>14 Maj 12
+Kære Ven!
+Hvad du skrev i dit sidste Brev om at vi skulde udgive et Kunsttidsskrift sammen har kastet en Brand i min Sjæl; men det skal ikke være et Kunstblad alene men ogsaa handle om Literatur og Politik. Om et Par Aar naar jeg har været paa Rejse og faaet nogle Skrifter fra Haanden tænker jeg jeg vil føle mig ledig og oplagt til endnu en Gang at prøve paa at skabe en Opinion i Skandinavien (maaske Tyskland med). Hvis der dukker en ny Mand op som kan drive Blade for os økonomisk skulde jeg tro vi kunde gøre det. Lad os hver for sig tænke over det og modne vore Planer. Jeg er vis paa vi kunde arbejde sammen. Else skriver med det samme, fra hende faar I at vide hvad smaat der er sket, det er jo heldigvis ikke af Betydning. jeg har været min sædvanlige Blæsetur i Himmerland paa Cykle. Vi har Børnehjælpsdag med Stortromme i Gaden. Ellers ikke andet end en hjærtelig Hilsen til hele Familjen i Pisa. 
+J.</t>
+  </si>
+  <si>
+    <t>1912-05-30</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at de nu er ved at forberede sig på at rejse på landet. Han har selv lidt af "spleen", men er nu kommet i gang med at arbejde igen. Han overvejer at anskaffe sig en motorcykel for at køre rundt i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/etA3</t>
+  </si>
+  <si>
+    <t>30 Maj 12
+Kære Venner!
+Tak for Brevet! Nu er vi begyndt at tænke paa at rejse paa Landet. allerede paa Mandag skal det være. Vi har haft en hundekold kedelig Maj, først idag har Varmen med et pludseligt Spring i Temperaturen, Syren og Kastanie staar i Flor, Byen ligner Paradisets Have, og nu skal vi ud og bo paa en øde sandet Kyst fjærnt fra Markiser og Fortovskafeer - hm ja, vi vil nødig men glæder os dog. Naturligvis venter der os kun Lykke og Glæde i Tisvilde ogsaa. Jeg har lidt af spleen en Tid lang og set Tingene fra Bunden, ude af Arbejde, men nu træller jeg igen og er altsaa henrykt saadan er vi jo, O Maler! Det er for Resten noget Snak. Men naar Overblikket en Gang ikke kommer igen, saa er man død. Drengene er bleven vaksineret og har været lidt syge. Else blomstrer og køber sig nye Sko, jeg tænker paa at anskaffe mig en Motorcykle og æde Danmark op fra den ene Ende til den anden.
+Indlagt medfølger mit Danmark og to mere Fotografier, de er ikke bleven rigtig gode. Jeg skal hilse mange Gange fra Else som er i fuld Aktivitet med Flytningen, vi skal jo have en hel Del Ting med os derud. Vor Adr. er bare Tilsvilde Leje pr Helsinge. Det var nu hvad jeg kan fortælle. Andedammen er rolig. Kongens Død har beskæftiget Sindene og holdt en Del anden Sladder ledig saa længe. Her er væmmeligt bortset fra den skønne Natur, vi taler om at bosætte os i Hamburg, hvad naturligvis aldrig bliver til noget, for jeg savner visse andres Evne til med Smedejærnstænder at bide mig fast i min Skæbne. Nu snakker jeg igen. Jeg kan godt. Før eller senere vil jeg dog tvinge disse Halvaber til at taale mig i mit Eget Land x) Jeg hilser fra Solsorten som sidder og fløjter til Aften ude i Lunden.
+Far nu vel, og naar I ikke kommer saa ses vi alligevel. Jeres hengivne
+Johannes V.
+x) har jeg ikke skrevet noget lignende før?</t>
+  </si>
+  <si>
+    <t>1912-06-15</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at de har læst om cyklonen i Pisa og håber, at familien Syberg har det godt. Jensen familien har haft det godt i Tisvilde, men det er et frygteligt vejr, mens Johannes skriver brev. Han har forsøgt at male, og mener selv, han godt kunne være blevet maler. Else Jensen tilføjer en hilsen nederst på siden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Kr1</t>
+  </si>
+  <si>
+    <t>15 Juni 12
+Kære Venner!
+Just i dag læser vi i Politiken om Cyklon og Oversvømmelse i Pisa - jeg vil da ikke haabe nogen Ulykker er tilstødt Eder paa Liv eller Ejendele! Helt rolig er jeg virkelig ikke før jeg hører fra Jer igen. Tak for det sidste Brev. Sybergs Erklæring om at jeg er den eneste han meddeler sig til modtager jeg med Glæde og kan svare det samme; det er ogsaa bleven tyndt med min aandelige Omgang, jeg lever i et Eksil skønt i mit eget Fædreland. Vi har her i Lejet haft nogle faa gode Dage hvor vi har boltret os i Vandet, men idag er det et ligefrem bestialsk Vejr, Stormregn og Vinterkulde, saa at jeg maa sidde med Sweater og Regnkappe paa inde i Stuen og skrive. Jeg har lagt Pennen og prøvet at male herude men matte straks opgive det igen, Haanden vil ikke. Men jeg kunde bleven Maler, og jeg var bleven en Vermehren, kun den mest haarfine Nøjagtighed morer mig, og det er derfor jeg maa opgive det. Jeg tror ellers det meste i Kunsten ligger i at kunne se og vælge sit Motiv. Nu ikke mere om mig som Maler.
+Om dig læste jeg Goldschmidts konfuse men ikke uvittige Artikel, der da ogsaa havde nogle Oplysninger om dine Ting. Du vil jo komme som en Erobrer over os naar vi en Gang faa dine Pisa:Arbejder at se!
+Stormen hujer som et Vildsvin i Dørene, det er rigtig et Vejr som man under lykkelige Italiefarere at læse om og korse sig over. Men lad mig nu høre at I er sluppen uskadte fra Cyklonen. Fra Else skal jeg hilse mangfoldigst, hun sidder og gyser i islandske Trøje - hvem der var i København! En af Dagene lister vi ind og lege at komme Fremmede i Staden, vi skal saa drikke jeres Skaal paa Nimbs Veranda.
+[tilføjelse i Else Johs.V.Jensens håndskrift]
+Kære Syberg, Bare der dog ikke er kommet Vand paa dine Akvareller. Lad os snart høre fra jer.
+Mange Hilsener Else
+[og til sidst, i Johs.V.Jensens hånd:]
+Levvel! Eders hengivne Johs.V.</t>
+  </si>
+  <si>
+    <t>1912-07-05</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes Larsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen glæder sig til at se Fritz Sybergs malerier fra Italien, når han kommer tilbage til Danmark om halvandet års tid og håber, at Faaborg Museum får lov til at vælge først, når billederne udstilles. Desuden fortæller han, at den midsommerfest, der skulle være afholdt i anledning af afsløringen af Peter Hansens store billede, måtte udsættes, da der var nogle elementer, der skulle males om.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Irxk</t>
+  </si>
+  <si>
+    <t>5' Juli 1912
+Kære Herr Fritz Syberg!
+Tak for Deres venlige Brev af 28' Juni, efter Modtagelsen af hvilket jeg sendte Beløbet efter opgivne Adresse, Kvittering fra Sparekassen vedlægges.
+Det glæder mig særdeles at se, at De og Deres Familie befinde Dem saa vel, og jeg glæder mig til, at De kommer hjem om halvandet Aar og til at se Deres Billeder. Jeg haaber, naar de blive udstillede, at Faaborg Museum faar Lov til at tage først, og hvis der er noget, som De mener har særlig Jnteresse for Museet, haaber jeg, at De vil tage det frem til Beskuelse.
+Den Midsommerfest ,vi skulde have haft i Anledning af Afsløringen af Peter Hansens store Billede og Pavillonen i Svanninge Bakker blev ikke til noget, da der skulde laves noget om ved Billedet, særlig ved min Hustru og Johs Larsen og Svigerinde. Min Kone ,som ikke uden Grund var noget utilfreds med Billedet af sig, er nu malet om og er nu tilfreds. Reproduktionen er maaske ikke saa god som den kunde have været, men den er ogsaa kun ment som et lille Minde om Jndvielsen. Som De vel har set har der været en stærk Kritik fremme mod Billedet ,særlig ude fra. Vore Venner er godt tilfreds dermed.Jeg glæder mig til, at De faar det at se og at høre deres Kritik.Jeg antager, at Festen bliver midt i August og saa skal De nok faa et Referat af Festen. J Morgen rejser vi til Faaborg og jeg vil saa være derovre en Ugestid ad Gangen.
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og mig forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Det brev, MR henviser til er formentlig Tom-Petersens brev af 9. juni 1912, hvori han omtaler en ung billedhugger ved navn Utzon Franck, som har bedt Tom-Petersen anbefale ham til MR mhp at købe et af hans arbejder til Faaborg Museum. Det drejer sig formentlig om billedhuggeren Einar Utzon-Frank (1888-1955), der var udlært maler men fik smag for arbejdet med skulptur og i 1906 fulgte undervisning på Kunstakademiet. Her traf han Kai Nielsen, som han blev venner med. Utzon-Franck blev en anerkendt billedhugger og i 1918 blev han som 30-årig udnævnt professor ved Kunstakademiet, hvor han var til 1955.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beklager sit sene svar på Tom-Petersens brev fra forrige måned, men meddeler, at den omtalte sag ikke har interesse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8o46</t>
+  </si>
+  <si>
+    <t>5' Juli 1912.
+Kære Herr Kunstmaler Tom Petersen!
+Jeg fik i sin Tid Deres Brev af 9' f.M. men blev den Gang syg og saa blev Brevet lagt til Side .Hvad omskrevne Sag angaar ,da synes jeg ikke, at den har nogen Jnteresse .
+Jeg beder Dem undskylde den sene Besvarelse og forbliver med venlig Hilsen fra min hustru og mig til Dem og Deres Frue.
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1912-07-08</t>
+  </si>
+  <si>
+    <t>Th. Prahm</t>
+  </si>
+  <si>
+    <t>Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Man forstår på brevet, at Mads Rasmussen har købt de tre værker nævnt i brevet, men de er erhvervet til ham selv og ikke til Faaborg Museum. Jfr også brev af 7. august 2012 fra MR til Theodor Philipsen. Det vides det ikke, hvor værkerne befinder sig nu.</t>
+  </si>
+  <si>
+    <t>Th. Prahm skriver til Mads Rasmussen på sin onkel, Theodor Philipsens, vegne for at oplyse om, hvilke priser der står i salgskataloget for de malerier, MR har købt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jL9J</t>
+  </si>
+  <si>
+    <t>Not[ar]ialkontoret 8/7 1912.
+Herr Direktør Mads Rasmussen.
+Faaborg.
+Min Onkel har bedt mig lade Dem vide til hvilke Priser de 3 af Dem kjøbte Malerier stod i Salgskataloget for hans Udstilling. Det mindste af Billederne
+231 Heste bag Vanderens Vænge
+Saltholmen 1898
+kostede 1000 Kroner
+et: 247 Ved Hollænderbrønden
+Saltholmen 1900
+kostede 1500 Kroner
+og 279 Kalve. en Drift af tre Kalve
+1905 kostede 2000 Kroner
+med venlig Hilsen til Dem og Deres Hustru fra min Onkel og mig selv er jeg Deres ærbødige
+Ph. Prahm
+[tilføjet for neden i blyant:] Fra Phillipsens Nevø</t>
+  </si>
+  <si>
+    <t>1912-07-14</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Figur nr. 24 på billedet, som FS mener godt kunne undværes, er selvfølgelig portrættet af ham selv. Når han omtaler, at hans kone er "stukket af", henviser til den tomme stol på billedet og det faktum, at Anna Syberg ikke var repræsenteret på billede.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for den reproduktion af Peter Hansens billede, som Mads Rasmussen har fremsendt og knytter forskellige kommentarer til resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/W4Y2</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+via Robertino Franchardi
+14 Juli 1912
+Kære Hr. Direktør Rasmussen.
+Tak for Brev, Kvittering og Reproduktion af P.H.s Billede. At dømme efter denne er det et smukt Bilede som jeg glæder mig til at se. Arrangementet med Damerne i Forgrunden er nydeligt. Figur No 24 er en af de Få Figurer på billedet som godt kunde undværes den er blevet et slemt Skrædderskilt. Jeg vil håbe det er Malerens Skyld og ikke min. 
+Udenforstående vil finde det højst forståeligt at min Kone er stukket af, for ikke at være i Selskab med den Mand. Her er varmt for Tiden. Stadig Sol, ingen Vind, Havet blikstille og mælkehvidt - "un fiume di latte"
+- en Flod af Mælk - som Italienerne kalder det.
+Vi bader, maler og har det ug.
+Hilsen til Dem og Familie fra Familien Syberg.
+Deres hengivne 
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-07-15</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen ønsker Fritz Syberg - og samtidig sig selv - tillykke med modtagelse af et legat. Han og Else cykler til København samme dag. De har lånt en ridehest, som de begge har fornøjelse af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eUn8</t>
+  </si>
+  <si>
+    <t>15 Juli 12
+Kære Ven!
+Jeg lykønsker dig til Legatet og lykønsker mig selv til at jeg fik det sammen med dig, det er den Slags Tilfælde hvori der ligger en Betydning. - Else og jeg Cykler i dag til København paa et lille Besøg. Vi har Bagevarme nu, dejlige Bade og glæder os yderligere over en lille Ridehest vi har laant og som baade Else og jeg rider paa i Hegnet. Dette er den lykkelige Ø. Hilse Anna og Børnene. Din hengivne Johs V.</t>
+  </si>
+  <si>
+    <t>1912-07-21</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for gengivelsen af Peter Hansens billede fra museets åbningsfest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mDbh</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 juli 1912
+Kære Fabrikant Rasmussen.
+Tak for den smukke Gengivelse af Peters Billede fra Musæet Aabningsfest. Jeg skulde have takket meget før, men har længe ligget på Tur til Kjøbenhavn og tænkt at hilse paa Dem der, nu hører jeg imidlertid at De og Deres Familie opholder Dem i Faaborg. Min Kone og jeg sender Dem vore bedste Ønsker om en god Sommer.
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1912-07-25</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Herman Vedel</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sender fødselsdagshilsner til Fritz Sybergs 50-års dag. Det er nu planen at bygge et hus i Tibirke Bakker. Her skal Else og børnene være, mens Johannes V. tager på rejse til østen.Else er ved at blive malet af Vedel. Det har været en dejlig sommer. Nederst har Else tilføjet en hilsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcjY</t>
+  </si>
+  <si>
+    <t>25 Juli 12
+Kære Ven!
+Du bliver den 28de 50 Aar, vi gratulerer dig til din Fødselsdag med alle vore bedste Ønsker! Betragtninger over din "Alder" overlader jeg dig selv, man ved bedst selv hvor gammel man er, efter min Erfaring er man ældst som ung, Livet er sikkert lige langt i begge Ender. Jeg glæder mig til at kende dig uforandret endnu i 20 lange Aar. - Ja hvordan det bliver med at ses til næste Aar, det vil Tiden vise. Foreløbigt har jeg jo bestemt Rejse og kommer nok afsted. Det er nu vor Plan at bygge et Hus her i Tibirke Bakker, hvor Else og Børnene kan ligge paa Landet med Foden under eget Bord næste Sommer mens jeg er borte, der kan du i alt Fald finde Familjen. Vi har en fin Sommer iaar, sorgløst viet Ridning, Cykling, Gaaen i Vandet og Selskabelighed, Else bliver malet af Vedel, som det ser ud til et smukt Billede. Men nu begynder Nætterne at blive mørke, jeg længes ligesom en lille smule efter "mit Væsens Knivsystemer" og sætter mig vel en af Dagene ned til en Bog. Sommeren har været en lang sød Drik og nu da Tørsten er stillet varer den endnu, med smaa blaa Søer af Campanula lige udenfor Døren. Urskove af Røllike og alle de andre drøje Højsommerurter, ja her er dejligt , og det man har mæsket sig med skal det aldrig lykkes nogen eller noget at tage fra os. Vandet i Kattegat er saa lunt at man kan lade sig ligge stille i det og rulle rundt ligesom i Moders Liv. Det er mit fyrretyvende Aar i Aar, og først nu er det lykkedes mig at tænke og føle helt som da jeg var Dreng igen, saa nu antager jeg at jeg maa vokse lidt og forhaabentlig begynde paa at bestille noget. 
+[tilføjet nedenfor med Else Johannes V. Jensens skrift:]
+Kære Syberg. Vi har det saa vanvittig travlt med at have det rart. Jeg er kommen til den Overbevisning, at man har det bedre og bedre for hvert Aar, saa du skal ikke være ked af at holde Fødselsdag, det gaar kun til det bedre. Til næste Aar besøger I mig i mit eget Hus, saa skal vi nok ogsaa faa det storartet.
+[her fortsætter Johannes V. Jensen]:
+Nu en venlig Hilsen fra os alle her til dig og Anna og Børnene! Den 28de drikker vi din Skaal.
+Din hengivne J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-07-29</t>
+  </si>
+  <si>
+    <t>Harald Holm</t>
+  </si>
+  <si>
+    <t>Det er Peter Hansens maleri af Faaborg Museums indvielse, der omtales.</t>
+  </si>
+  <si>
+    <t>Harald Holm takker for reproduktionen af Peter Hansens billede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pMWW</t>
+  </si>
+  <si>
+    <t>Nybrogade 2[2] 29-7-12
+Hr. Direktør Mads Rasmussen
+Paa Grund af Bortrejse har jeg først nu modtaget Kunsttrykket af Peter Hansens Billede for hvilket jeg sender Dem min bedste Tak. Ærbødigst
+Harald Holm</t>
+  </si>
+  <si>
+    <t>1912-08-27</t>
+  </si>
+  <si>
+    <t>Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>På brevet er tilføjet et par kommentarer med blyant, om det er modtageren eller afsenderen eller en helt tredie fremgår ikke. Bl.a. står der "denne Tegning til Truelsen" - Truelsen er gartner Truelsen, som ejede den grund, Mads Rasmussen købte til at bygge Faaborg Museum på.</t>
+  </si>
+  <si>
+    <t>Carl Pedersen sender Mads Rasmussen den skitserede plan til Faaborg Museum og opremser forskellige betingelser, han ønsker opfyldt ved køb af grunden til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jLxU</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 27 August 1912
+[tilføjet med blyant]: Penge til Rejsen denne Tegning til Truelsen
+Hr. Etatsraad M. Rasmussen!
+Efter Aftale sender jeg hermed den skitserede Plan til Museet.
+Ved Købet af Grunden vil det være ønskeligt om Grundstykkets Forbindelse med Haven kan blive 5 Alen i Stedet for 2 Alen. Endvidere vil det være heldigt om følgende Betingelser kan opnaas: 1) Ret til at benytte Naboejendommens Indkørsel til Museets Transport, 2) Ret til at anbringe det lille Vindu i Toilettet, 3) Ret for Museets Architekt til at godkende Udseendet og Anbringelsen af den Port Naboen skal have indrettet, 4) Ret til at lade Museets Tag have Fald mod Naboens Grund.
+Det sidste Punkt er det vigtigste og det er af den største Betydning for Husets Udseende, at vi kan blive fri for at have Brandkam over Taget. Nedløbsrørene maa ogsaa føres ned paa Nabogrunden og en Ledning lægges i denne langs Huset.
+Med megen Agtelse
+Ærbødigst
+Carl Petersen.</t>
+  </si>
+  <si>
+    <t>1912-09-03</t>
+  </si>
+  <si>
+    <t>Einar Ambt</t>
+  </si>
+  <si>
+    <t>Arkitekt Einar Ambt tilbyder Mads Rasmussen at komme med et udkast til den påtænkte udvidelse af Faaborg Museum, hvis ikke der allerede er antaget en arkitekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8wY7</t>
+  </si>
+  <si>
+    <t>EINAR AMBT
+ARCHITEKT, M. af A.A. KJØBENHAVN, d. 3die September 1912
+TELEFON Byen 4372 Gl. Strand 52 II
+Undertegnede ansøger herved Hr Etatsraaden om eventuelt at faa Lejlighed til at fremkomme med et Udkast til den paatænkte Udvidelse af Faaborg Museum saafremt det ikke allerede er antaget nogen Architekt til Bygningsarbejderne.
+Som Hr Etatsraaden muligvis er vidende om blev mit Projekt ved den afholdte Konkurrence om en Pavillon til Voigts Minde, Antaget til eventuel Udførelse saaledes at dette Forhold muligvis kunde være mig en Anbefaling.
+Det henstilles at dette mit Andragende maa blive opfattet med Velvilie.
+Ærbødigst
+Einar Ambt
+Hr Etatsraad M Rasmussen!</t>
+  </si>
+  <si>
+    <t>1912-09-19</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Villum Jensen
+Rudyard Kipling
+Valdemar Pio
+Clara Syberg
+Franz Syberg
+Ferdinand von Zeppelin</t>
+  </si>
+  <si>
+    <t>Else skriver, at Johannes V. er i Tibirke for at stikke grunden af til det hus, de skal bygge. Hun skitserer huset og et par rumplaner og nævner, at hensigten er, at hun og børnene skal bo der mens Johannes V. er på sin rejse den følgende sommer. Zeppelin har fløjet ind over København i sit luftskib.Villum er begyndt i skole.
+Nederst har Johannes V. tilføjet en hilsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8OX0</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2, d:19-9-12.
+Kære Anna og Syberg.
+Her er saa dejlig fredeligt i Dag. Børnene er nede at løbe paa Rulleskøjter. J.V. er i Tibirke og Pigen har fri, saa jeg vil prøve paa at skrive et Brev, skønt det er en Ting, som jeg ellers altid har paa Fornemmelsen at jeg hellere maa overlade til J.V. Til jer tør jeg nok. Vi er altsaa kommet ind til Byen igen efter at have haft det dejligt i Tisvilde, J.V. er begyndt paa et Essay om Kipling, som skal ud paa Pios Forlag, og vi andre bestiller hvad vi plejer d.v.s. ikke ret meget. I dag er han i Tibirke for at stikke Grunden af til vort Hus og nu skal jeg tegne jer, hvordan det skal være 
+[her har Else Jensen tegnet en skitse over huset]
+det bliver færdigt til Jul og til næste Sommer skal jeg altsaa bo der alene med Børnene, nu er det altsaa stadig mit Haab at faa jer overtalt til at komme med ud og bo der, saa skal jeg om Foraaret hente jer i Paris vi kan jo sagtens være der allesammen. J.V. rejser jo i Begyndelsen af Februar og kommer hjem i August, hvis det ellers gaar efter den sidste Plan. Han rejser sønden om gennem Palæstina, Bagdad, Indien, Kina, Japan, Sibirien hjem. Jeg synes selvfølgelig, det er vigtigt, han gør Turen, men det bliver en kedelig og uhyggelig Tid for mig, det er jo ikke nogen ufarlig tur.
+I Dag har der været en stor Sensation i Byen. Zeppelin er kommet sejlende i sit store Luftskib. Hansa det saa glimrende og imponerende ud langt borte set forfra lignede det i Solskinnet en lille lysende Keigle og da det saa kom nær var alt uhyre stort og saa ud som en blind Kæmpefisk med baade Hale- og Bugfinner, man kunde næsten ikke lade være at tro at den var levende, man fik Gaasekød af Sensation ved at se paa den. Villum det lille Skind er nu ogsaa begyndt paa Skolen, han er næsten lam af Artighed naar han bare kommer i Nærheden af den der er aved 5aa Drenge i den og han er jo kun et lille Firing, det skær en ligefrem i Hjertet at se hans Tæmmethed, det er ligesom Civilisationen ligger Jens mere i Blodet, han har altid været tæmmet og passer til det. Villum græder af Skræk hver Morgen, han er i Øjeblikket ved at skrive nogle Tal til Nolle. Jens har tegnet et Hus til hende som han vil bygge til Sommer, jeg skulde sige at den lille Udbygning er til Skilpadden.
+J.V. var saa glad for dit sidste Brev Syberg vi er i det hele taget saa glade, fordi vi har jer, selv om I er langt borte.
+Hav det godt allesammen og mange Hilsner fra jeres hengivne
+Else
+I har længe ikke fortalt, hvordan det gaar med Trylle.
+[tilføjet i Johannes V. Jensens hånd]
+Kære Venner! Tak for Brevene! Jeg ser Else har skrevet alting. Nu har vi det smukkeste Vejr, "indian summer", Jeg tror man skal arbejde i den kedelige Juli Maaned, og tage sig fri i September. Levvel allesammen! J.V.</t>
+  </si>
+  <si>
+    <t>1912-09-22</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver om sine planer for det næste års tid og påtænker at tage til Danmark i juni 1913 og regner med et ophold i Paris forinden. Fritz og Annas ældste søn Hans har arbejdet som italiensk billedhugger et års tid. og Fritz synes, han klarer sig godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZO93</t>
+  </si>
+  <si>
+    <t>Mar [papiret er afrevet på brevets øverste kant] Pisa
+22-9-12
+Kære Her Etatsraad Mads Rasmussen!
+Tak for Deres Brev Musæumsplanerne er endnu ikke komme og jeg får dem neppe før i Morgen da det er Søndag i Dag og ingen Post omdeles. Jeg glæder mig til at kikke på dem.
+Det er mulig at jeg tager hjem til Danmark til Juni næste År. Mine Pisaarbejder afslutter jeg med [papiret afrevet] Vinters Udgang, omkring 1ste Marts. I Stedet for så at gøre Ophold et Halvt År i Paris korter jeg dette af til et Par Maaneder.
+Jeg kan altid en anden Gang gøre en længere Pariserrejse hvis jeg skulde finde det nødvendigt.
+Desuden længes jeg efter et dansk Landskab. Om 8 Dage rejser jeg til Rom på en Måned. Hans, min ældste Søn, tager med. Han har nu arbejdet [papiret afrevet] År som italiensk Billedhugger og såvidt jeg selv kan se og savidt hans italienske Mester siger, klaret sig ug. Fra November tager han Arbejde i Florenz Jeg tror at Billedhuggerkunsten ligesåvel som Malerkunsten bør læres praktisk. Og Italienerne forstå at behandle Marmor som ingen i Verden. Kai Nielsen forstår at hugge i Marmoren men ellers er det en slem Fejl ved danske Billedhuggere at ingen af dem har Begreb om at hugge deres egne Statuer.
+Mange Hilsener fra os alle her, og ønsker om stadig fremadskridende Bedring.
+Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-10-01</t>
+  </si>
+  <si>
+    <t>Kaleko</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Lars Peter Caspersen
+Christian  Ernlund
+H.P. Jacobsen</t>
+  </si>
+  <si>
+    <t>Ernelund er formentlig Christian Ernlund, murermester der var med til at bygge Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Peter Hansen nævner, at det vil være godt, hvis arkitekt Jacobsen kan komme til Faaborg for at blive færdig med Pavillonen. Jens Birkholm er ved at flytte sit hus og bygge et større, og han selv maler stadig i Kaleko.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K3bD</t>
+  </si>
+  <si>
+    <t>Faaborg d 1ste Okt 1912
+Kære Fabrikant
+De er vel nu kommen hjem fra Udlandsrejsen og har forhaabentlig haft godt af Turen. Jeg mødte i Gaar Caspersen og Ernelund. De vilde gerne have Arkitekt Jacobsen herover for at blive færdig med Pavillonen, der mangler nogle Smaating, som ikke er let at tage Bestemmelse om for mig! Banke og Trappetrin og der er ogsaa noget ved Garderoben og Pilastrene at afgøre.
+Jeg har faaet en Opfordring til at deltage i en Fest for Dem. Nu indrømmer jeg, at De er en Mand som fortjener en Fest, men denne smager for meget af Moderation, og jeg kan derfor ikke saa godt gaa med. Birkholm er ved at flytte sit Hus og bygge sig et større. Han gaar og slidder og aser med store Kampesten saa Sveden staar ud af alle Porer. Jeg maler stadig i Kaleko og kan ikke blive færdig, fordi jeg stadig faar fat paa noget nyt. Hvorledes gaar det med Tegningerne til Musæet.
+De venligste Hilsener til Dem og Frue fra os begge
+Deres hengivne 
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1912-10-10</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Nicolaus Lützhøft
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Tom-Petersen meddeler Mads Rasmussens sin mening om forslag til bygningen til Faaborg Museum idet han ikke kan komme til det møde, MR har indkaldt til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usSp</t>
+  </si>
+  <si>
+    <t>Mathildevej 2
+Kjøbenhavn F
+10 Oktober 1913
+Hr Etatsraad M Rasmussen 
+Idet jeg takker for Tilsendelsen af de to konkurerende Arkitekters Tegninger til det paatænkte Musæums bygning, skal jeg tillade mig at meddele Dem at jeg ifølge Deres Ønske iaften har afleveret sammen til Hr N Lützhøft med Anmodning til ham om at lade Dem gaa videre til Peter Hansen o.s.v. (Vedlagt Deres Brev til mig) Efter at have gjort sig bekjendt med Tegningerne finder jeg at jeg foretrækker Hr Carl Petersens Planer. Jeg finder hans Facade smukkest og mest monumental. Endvidere finder jeg ogsaa at det indre Arrangement af Salene paa hans Planer er smukkest arrangeret og bedst gennemtænkte.
+Jeg kjender ikke de andre Herrers Mening om Sagen, men tillader mig altsaa herved skriftlig at meddele Dem min Mening om denne Sag, og anmoder Dem om at meddele de andre Herrer, den paa det paatænkte Møde, idet jeg nemlig desværre er forhindret i at give Møde den Dag.
+Ærbødigst 
+Tom Petersen</t>
+  </si>
+  <si>
+    <t>1912-10-11</t>
+  </si>
+  <si>
+    <t>Aage Møller</t>
+  </si>
+  <si>
+    <t>Kontorchef Aage Møller skriver på Mads Rasmussens vegne til Jens Birkholm og beder ham komme til et møde mandag eftermiddag i Mads Rasmussens københavnske bolig i Skjoldsgade. Det er på høje tid, at der bliver truffet bestemmelse om opførelsen af bygningen til Faaborg Museum, hvis byggeriet skal påbegyndes i efteråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t9sQ</t>
+  </si>
+  <si>
+    <t>11'Oktober 1912.
+Herr Kunstmaler Birkholm,
+Faaborg.
+Etatsraad Rasmussen har bedt mig meddele Dem følgende. Af Bladene fremgaar, at der kommer en Del fynske Malere til Byen paa Lørdag i Anledning af Festen for Etatsraaden,som dog ikke ved hvem,men Johs Larsen vides dog at være kommen. Da Tegningerne til Museet nu er komne og i disse Dage har cirkuleret om mellem Bestyrelsesmedlemmerne her i Byen, vil Etatsraaden meget gerne benytte Lejligheden til at faa et Møde af samtlige Bestyrelsesmedlemmer paa Mandag Eftermiddag Kl. 3 i Skjoldsgade Nr 10, da det jo er paa høje Tid at faa taget en Bestemmelse, naar Opførelsen af Bygningen skal paabegyndes i dette Efteraar. Etatsraaden beder Dem derfor komme til dette Møde. 
+Ærbødigst
+Aage Møller</t>
+  </si>
+  <si>
+    <t>1912-10-14</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen indbyder Peter Hansen til et møde angående museumsbygningen og beder indtrængende om, at PH kommer, da MR gerne vil have sagen ordnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dzXr</t>
+  </si>
+  <si>
+    <t>14'Oktober 1912.
+Herr Kunstmaler Peter Hansen :
+Da jeg ikke ved, om De er kommen hjem saaledes, at de har modtaget et cirkulerende Brev, som jeg i sidste Uge udsendte samme med Tegningerne af Museumsbygningen til Kunstnerne her i Byen, beder jeg Dem komme til Møde i Skjoldsgade 10 i Eftermiddag, Mandag, Kl. 3 angaaende Museumsbygningen, og da jeg meget gærne vil have denne Sag ordnet , beder jeg Dem indtrængende komme til Mødet. Johs Larsen er her i Byen i Anledning af Festen for mig i Lørdags.- De bedes efter Mødet spise til Middag hos mig sammen med de andre Herrer.
+Med Højagtelse
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1912-11-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen nævner "Lunde", som øjensynligt er forfatter. Det drejer sig muligvis om forfatteren Hans P. Lunde (1859-1948).</t>
+  </si>
+  <si>
+    <t>Johannes v. Jensen beklager, at han har haft Lundes brev liggende i en bunke og mener ikke, han kan gøre noget for ham. Det er så småt ved at blive vinter, og han og Else går til koncerter for at more sig. Han regner med at tage af sted på sin rejse til januar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BMiP</t>
+  </si>
+  <si>
+    <t>4 Nov 12
+Kære Ven
+Til min Forfærdelse finder jeg Lundes Brev som jeg har haft liggende i en Bunke Breve mens jeg havde travlt. Du maa meget have mig undskyldt. Jeg lagde det hen uden Haab om at kunne gøre noget for ham iøvrigt., da jeg nemlig ikke har læst en eneste Linje af ham; jeg er heller ikke sikker paa en Anbefaling fra mig vilde have den tilsigtede Virkning.
+Her sker ingenting, det bliver saa smaat Vinter med Sne paa Tagene om Morgenen. Af Fynboer ser jeg faa. Else og jeg maa gaa til Koncerter for at more os, alle Mennesker har nok i deres egne Næringssorger. De dobbelte Vinduer er sat op, en Kulvogn ruller paa Gaden. Rom? Jeg rejser tænker jeg i Januar. Else og Børnene har det godt, jeg skal hilse fra dem.
+Din hengivne
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1912-11-23</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender Nicolaus Lützhøft et eksemplar af Faaborg Avis med en artikel om det nye museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EC7x</t>
+  </si>
+  <si>
+    <t>23'November 1912.
+Herr Nic. Lutzhøft,
+Hersteds.
+Jndlagt sender jeg Dem et Exemplar af Faaborg Avis med en Artikel om det nye Museum, der er sendt mig i Dag. Jeg har intet haft dermed at gøre, men Malermester Knippel , Artiklen er bygget paa Oplysninger fra Arkitekten.
+Med venlig Hilsen forbliver jeg
+Deres forbundne 
+M. Rasmussen
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1912-11-30</t>
+  </si>
+  <si>
+    <t>Carl  Knippel
+Johannes Larsen
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har været på Fyn, hvor han bl.a. besøgte Johannes Larsen og købte et par billeder af ham til sin samling. MR har yttret ønske om, at et stort billede af Anna Syberg erhverves til Faaborg Museum og begrunder dette. JL har anbefalet, at MR straks skriver til Fritz Syberg herom, da det er sendt til udstilling i New York. Carl Petersen fik opgaven med at tegne det nye Faaborg Museum og er ved at udarbejde detailtegninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iDX</t>
+  </si>
+  <si>
+    <t>30'November 12.
+Kære Herre Fritz Syberg :
+Tak for Deres venlige Brevkort. J Mandags var min Hustru og jeg paa Fyn i Anledning af min ældste Broders Sølvbrylluo , og med det samme vi var derovre tog vi saa tillige med min Broder i Odense ned til Joh. Larsens i Kjerteminde. Jeg købre et Par dejlige Billeder af han til min private Samling.Jeg yttrede Ønsket om,at det store Billede af Deres Hustru og Søn -Moder og Barn" hedder det vist - erhverves til Faaborg Museum, da "Dødsfaldet" eventuelt ikke kan faaes, i hvilket Tilfælde det vilde være rart at have det andet og skulde Dødsfaldet saa senere kunne faaes, kan vi maaske saa ogsaa købe det. Johs. Larsen sagde saa, at det er sendt til Udstillingen i New York ,og at det vilde være bedste, om jeg strax skrev til Dem ,for at De eventuelt kunde afværge et Salg .Hvad skal Faaborg Museum give for det? Skov har laant et af Faaborg Museum og sendt derover, som jo heller ikke kan sælges.
+Carl Petersen fik saa Arbejdet paa det nye Museum og er i Færd med at Udarbejde Detailtegningerne,som vi var ude at se i Aftes,og efter hvad jeg kan se bliver det et dejligt Museum. Det bliver udbudt til 1' Januar. Vi glæder os meget til at se Deres Billeder, naar De kommer hjem, og vi kan saa eventuelt [overstreget] faa til en Stue. Jeg sender et Udklip af Faaborg Avis med en Artikel om Museet. 
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og mig forblive jeg
+Deres hengivne
+M Rasmussen
+P S : Jeg ser at jeg har ikke et af de paagældende Exemplarer af Faaborg Avis, og har derfor skrevet til Carl Knippel ,som har foranlediget den indrykket, om at sende Dem et Udklip direkte. Carl Petersens Mening er, at det vil blive det smukkeste Museum i Landet efter Thorvaldsens. D.S.</t>
+  </si>
+  <si>
     <t>1912-12-03</t>
   </si>
   <si>
     <t>H.P. Jacobsen</t>
   </si>
   <si>
     <t>Det må være dette brev, Mads Rasmussen refererer til i sit brev af samme dato til Peter Hansen.</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til Tom-Petersen og beklager, at han ikke kom til Tom-Petersens auktion, da der sagtens kunne have været noget af interesse for Faaborg Museum. Der skal laves et jubilæumsskrift i anledning af fabrikkernes jubilæum, og MR ønsker, at der skal indgå billede af fabrikkerne, hvor der er bygget til siden Tom Petersen tegnede bygningerne. MR vil gerne høre, om T-P enten kan lave en tilføjelse til den eksisterende tegning eller lave en ny.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CSEg</t>
   </si>
   <si>
     <t>3' December 12.
 Kære Herr Tom Petersen :
 Jeg er meget ked af, at jeg ikke kom på Deres Auktion da der sagtens har været noget,der kunde have været erhvervet til Faaborg Museum,og min Hustru vilde ogsaa gærne have haft noget.Grunden er imidlertid, at jeg ikke er rigtig rask i denne Tid,og skønt jeg jo har faaet en Katalog, er det gaaet mig af Glemme indtil det var for sent,og Peter Hansen har heller ikke erindret mig derom.Som sagt,jeg blev meget ked af det, men der er vel nu intet at gøre. De har vel ikke mere for Tiden? J saa Fald kunde Peter Hansen og jeg jo tage ud til Dem en Dag,naar jeg bliver noget mere vel. 
 J Anledning af Fabrikernes Jubilæum i kommende Aar skal vi have lavet et Jubilæumsskrift, i hvilket Billedet af Fabrikerne selvfølgelig skal være. Der bliver nu bygget oven paa siden De tegnede Deres Billede af Fabrikerne,og disse Forandringer vil jeg gærne have med paa Billedet i Bogen. Jeg ved ikke om det kan lade sig gøre at rette det paa Tegningen eller om det muligvis bliver nødvendigt at lave en helt ny Tegning.Om disse Forandringer vil De kunne faa de nødvendige Oplysninger hos Fabrikens Arkitekt, Herr H P Jacobsen, Langgade 73, Telefon Valby 441 X , og forøvrigt bedes De venligst tale med Kontoret,Disponent Thomsen eller Kontorchef Møller .Fabrikens Telefon er 6890.
 Jeg forbliver med venlig Hilsen
 Deres hengivne
 M Rasmussen</t>
   </si>
   <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-12-09</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen orienterer Fritz Syberg om, at han har kontaktet Viggo Jastrau, som har lovet at sikre, at "Den første Foraarsdag" bliver udstillet som "ikke til salg".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dSyl</t>
+  </si>
+  <si>
+    <t>9' December 12.
+Kære Herr Fritz Syberg :
+Tak for Deres Brevkort. Jeg ringede Viggo Jastrup op i Telefonen og han skulde netop skrive til Amerika i Dag og vilde saa med det samme skrive, at "den første Foraarsdag" skulde udstilles som "ikke til Salg". Herr Jastrup meddeler forøvrigt, at han havde intet hørt derovre fra og gidk derfor ud fra, at Billederne var komne godt derover.
+Jeg forbliver med venlig hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1912-12-11</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Johannes V. Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Else Jensen takker for brev fra Fritz Syberg. Johannes V. er af sted på sin rejse; det er dejligt, at han er ude at lufte sig, da der er en dårlig stemning mod ham i Danmark for tiden. Else kunne også selv drømme om at rejse fra det sure vintervejr, men nøjes med at glæde sig til næste sommer, hvor Sybergs åbenbart har meddelt, at de kommer til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Eou</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 d. 11-12-12.
+Kære Anna og Syberg.
+Tak Syberg fordi du skrev til mig i min Ensomhed. I kan jo nok tænke det er ikke rigtig noget for mig, men det var ganske nødvendigt at J.V. kom lidt ud at lufte sig, her er en ækel sur og fjendtlig Stemning mod ham for Tiden, som i Længden virker deprimerende, jeg tror han har det ligesom du Syberg at han storartet kan undvære hver eneste Sjæl i Kongeriget, men saa meget desto mere har han været henvist til sin Familie, saa han vil nok til Tider alligevel føle det som lidt af en Landsforvisning at være borte fra os. I kan ikke tænke Jer, hvor her er mørkt og vaadt i Aar, der har kun frosset en enkelt Nat ellers har det flere Maaneder være Regn og Taage, alt Fodtøj er vaadt og opblødt og alle Børn blege og kirtelsvage. Jeg blev helt syg efter lidt Solskin, da jeg læste din Beskrivelse af Pisa i Vintersol, har I virkelig Roser, Lavendler og Sommerfugle paa denne Aarstid? Nej nu kommer vi nok aldrig til Italien. J.V. fik det aller ugunstigste Indtryk den Dag han gik i Genua i Regnvejr, det var jo ogsaa et forbistret Uheld, og naar I kommer hjem til Sommer har vi jo heller ikke noget at rejse derned efter. Jeg havde den aller største Lyst til at stikke ned til Jer, mens I er der, Jens kunde saa haardt trænge til det, han ligner en lille bleg Oblat med tykke Øjenlaag og skæve Ben. Villum kan jo trives hvor som helst, ogsaa her, men vi har jo ikke Raad, Legatet slaar jo langt fra til til J.V.s Rejse, og Ungerne skulde jo helst passe den Skole. Jeg vil nu sætte alt ind paa at faa en god Sommer til Erstatning for den mislykkede Vinter, og I maa love mig højt og helligt at komme op og bo i vort Hus, saa kan vi rejse sammen til Faaborg, jeg længes efter at vise jer Sjælland og havde det rigtig hyggeligt sammen med jer. J.V. kommer i Begyndelsen af Juni, det bliver vel omtrent samtidig med Jer, sikken vi skal fejre jer sammen. hvor jeg glæder mig til det. 
+Kunde I ikke have Lyst til at skrive til J.V. han er saa forladt ene paa den anden Side Kloden, jeg sender jer Adressen som for Resten kun dur en kort Tid.
+Johannes V. Jensen Esq.
+c/o The Danish East Asiatic Co. Ltd.
+Singapore
+S.S. Bandon Asia
+Jeg kan godt forstaa at Syberg ikke tog til Genua den Dag, vi havde nok en Mistanke om, at det var en temmelig lang Tur, og saa var det jo ogsaa usikkert hvor længe J.V. blev der. Han havde nok ellers kunnet trænge til en Opmuntring, jeg tror Humøret har været sløjt, han sendte mig den Dag en Beskrivelse af sine Medpassagerer, han lige havde været nede og set paa, og den var ikke rosenrød, og han hader jo egentlig at være indespærret paa et Skib , først i Begyndelsen af Januar kommer han i Havn.
+Glædelig Jul alle sammen.
+Else Johs V.</t>
+  </si>
+  <si>
+    <t>1912-12-28</t>
+  </si>
+  <si>
+    <t>Tom Petersen takker og kvitterer for beløb modtaget fra Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Rvm</t>
+  </si>
+  <si>
+    <t>28 December 1913
+Matildevej 2
+Kjøbenhavn F.
+Kjære Hr Etatsraad M Rasmussen
+I det jeg takker for det tilsendte Beløb 25 Kr tillader jeg mig hermed at kvittere for Modtagelsen af Beløbet som Betaling for et indrammet Tryk af min Radering "Pavillonen i Svanninge Bakker"
+Indkjøbt til Faaborg Musæum
+Med venlig Hilsen
+Deres hengivne
+Tom Petersen</t>
+  </si>
+  <si>
+    <t>1913-01-17</t>
+  </si>
+  <si>
+    <t>Java
+Garoet</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver fra sin rejse, hvor han er nået til Java og snart fortsætter over Singapore til Hongkong og måske videre til Shanghai. Han klarer sig ikke godt i troperne denne gang og savner Else og børnene, men kunne ikke holde ud at være i Danmark længere. Dog glæder han sig til at se Sybergs i det nye sommerhus den kommende sommer. Han værdsætter meget at få breve fra Fritz.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g46Q</t>
+  </si>
+  <si>
+    <t>17 Jan 13
+Garoet, Java
+Kære Ven. Det var mig en stor Glæde at modtage dit Brev, jeg fik det i Singapore en Dag hvor jeg virkelig trængte til at høre en Vens Stemme, selv om den kom noget langt bort fra. Jeg taalte Varmen daarligt der og den overfugtige Luft, havde vist ogsaa lidt Feber og saa ikke lyst paa Verden. Dit Brev gjorde mig opmærksom paa at jeg var for alene, jeg havde før kun følt en ubestemt Melankoli, ja det var ikke noget af det, men jeg havde det daarligt. Saa tog jeg til Java og har været et Par Dage heroppe i nærheden af nogle Vulkaner 2200 Fod oppe, der er i alt Fald Nætterne lidt køligere. Men jeg klarer mig slet i Troperne denne Gang og søger nordpaa saa hurtigt jeg kan, over Surabaya og tilbage gennem Singapore op til Hong-Kong maaske, helt i et Tog til Shanghai. Trods alt har jeg Hovedet fuldt af Arbejde og vilde ikke undvære min Straf. Du kan forstaa det er haardt at leve uden Else og Børnene, og kun med sjælden maaned gamle Nyheder fra dem, det er en Straf som jeg sagtens har fortjent. Men i Danmark kunde jeg ikke leve mere, og jeg kommer heller ikke hjem mere, saadan i rigtig lokal Forstand. Ikke desto mindre venter der mig vort nye lille Hus i Tibirke Bakker som bliver bygget mens jeg er borte, og der ved jeg vi skal ses til Sommer, naar jeg har overvundet "Danmark" og mig selv. Der skal du, som med din jernkarakter forlængst er saa vidt, love mig at komme og besøge os og bo hos os. Dit Brev stivede mig af, for jeg vil bekende for dig at jeg er altfor følsom skønt jeg gør mig saa haard som jeg kan. Tag dette for Venskab; ellers nærer jeg som du ingen Illusioner med Hensyn til dette Begreb der er et Stikord i Danmark. Her er dejligt herude, mere end dejligt, jeg nyder det men paa en ejendommelig fjern Maade, jeg holder dog mere af taagede Popler en Palmer. Toget som fløjter ogsaa er i Garoet lyder bedst i mine Øren i morgen Kl 6 22 tager jeg det som en nu i hele tre Dage savnet Ven. Sejlturen var dejlig, og naar bare man sejler eller kører har man det godt. I morges red jeg mig en Tur paa en skrækkelig lejet Ganger. Selve Helhesten, men den ved du jo ogsaa jeg holder af fordi den komme af Stedet. Hils Anna og Børnene og Tak fordi du skriver. Paa Gensyn derhjemme!
+Din hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1913-01-18</t>
+  </si>
+  <si>
+    <t>Svend Rønne</t>
+  </si>
+  <si>
+    <t>Karl Madsen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen henvender sig vedrørende to portrætter, han gerne vil have overført på blindrammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WqPZ</t>
+  </si>
+  <si>
+    <t>18' Januar 1913.
+Herr Konservator Svend Rønne,
+Statens Museum for Kunst,
+Sølvgade.
+Jeg har to Portrætter, som jeg gærne vil have overført paa ny Blindrammer og Museumsdirektør Karl Madsen har anbefalet mig til Dem til dette arbejde. Jeg vil nødig undvære Billederne i denne Tid, men bedes De ved Lejlighed komme ind i Villaen Skjoldsgade 10 og tale derom.
+Ærbødigst
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Sprogø</t>
+  </si>
+  <si>
+    <t>Hans Jensen
+Andreas Larsen
+Johan Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen malede på Sprogø i december 1912 og er nu tilbage på øen.</t>
+  </si>
+  <si>
+    <t>Alheds søster Ellen har ligget syg af mæslinger. Da Johannes Larsen formoder, at hun har ligget i hans og Alheds hus, ønsker han at værelset bliver kalket om, gulvet ferniseret og møblerne sæbet af. Han selv kan sove i et andet rum indtil videre.
+Larsen maler på en marine og et kystbillede med ryler, et havbillede og nogle edderfugle. Bjergandrikken har han malet to billeder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rucI</t>
+  </si>
+  <si>
+    <t>Sprogø 6/2 1913.
+Kæreste Alhed!
+I Dag er Jensen herovre og jeg kan naa at faa et Brev med. Hvis Elle har ligget paa vores Værelse, hvad jeg tænker mig hun har, er det bedst at faa Vægge og Loft kalket og Møblerne og Sengene sæbet godt af, de sidste over det hele og Gulvet skuret og ferniseret, Desinfektion har jeg ingen videre Fidus til, efter det jeg kender til det. Mæslinger er jo noget uappetitligt Skab. Men de fordærvede Overhudsceller der falder af i alle Størrelser lige fra Støv man faar i Næse og Mund til smaa Stykker Hud man kan spytte ud, og sikken en Masse der kan have været paa Elle hvis hun har haft dem over det Hele. Ja Du maa undskylde at jeg skriver saa udførligt, men jeg synes allerede jeg kan smage dem. Imidlertid behøver det jo ikke at laves med det samme, jeg mener Kalkning o.s.v. Jeg kan jo ligge paa Pufsengen i Værkstedet eller oppe i Lysthuset, eller nede paa Gavlværelset naar Magnussen har været der.
+I Dag er her Foraar, her er kommet en Masse Lærker og de har trukket over Øen mod Nord hele Formiddagen. Jeg var lige ved at faa lavet et godt Marinebillede i Formiddags men saa sprang Vinden om og det blev kun til et Tilløb. Jeg har malt et stort Kystbillede med Ryler, det bliver vist ikke bedre end det er. Havbilledet lader det heller ikke til at blive Vejr til. Ederfuglene skal jeg have malet lidt paa efter nogle Fugle jeg har skudt, hvis det bliver Graavejr. I Eftermiddag skal jeg se at faa malet et Solskinsbillede hvis Vejret holder. Jeg er i det hele godt i Gang med at male og kan baade male længe i Billederne og faa noget færdigt i en Fart. Bjærgandrikken har jeg malet 2 Billeder af. Jeg syntes der var noget mere jeg skulde fortælle, men nu kan jeg ikke komme paa det. Hils Puf og Lysse mange Gange og mange Kys og Hilsner til Dig selv.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1913-02-28</t>
+  </si>
+  <si>
+    <t>Else glæder sig over de breve, hun har modtaget fra Anna og Fritz. Hun glæder sig i brevet over Annas situation - hun venter sig - og beder indtrængende om, at Anna og Fritz kommer og bor med hende og Johannes V. i deres sommerhus. Hun foreslår endda, at Anna får barnet hos dem. Ellers går hun og bekymrer sig om, hvordan Johannes V. har det på sin rejse i østen, da han har været syg med feber.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RzCJ</t>
+  </si>
+  <si>
+    <t>28-2-13
+Kære Anna og Syberg. Tak for Jeres rare Breve, det er forfærdelig pænt af jer saadan at skrive til mig. Kære Anna jeg misunder dig egentlig, kunde det samme hænde mig ved et Uheld saa vilde det vist egentlig være godt, men vi er saa forfærdelig flinke til ikke at faa flere Børn, end vi vil have og kaste mig ud i de Forfærdeligheder med fuldt Overlæg, det kan jeg ikke, og dog er jeg sikker paa at vi forstaar at nyde saadan et lille Skidt meget mere nu, end da vi var unge, du maa jo gaa og føle dig som nygift, det maa jo være forfærdelig sjov, hvis bare du er rask er der da ikke noget at være ked af. Men vi vil sgu ses til Sommer kan I ikke komme til os, kommer vi til jer men jeg synes netop der er Plan i, at I kommer til os, I faar et paalideligt Menneske til at være hos de 6, for jeg indrømmer at saa mange Senge har jeg jo ikke og saa kan Anna have rigtig godt af at gaa og feriere lidt uden Husførelse, jeg skal være saa god ved dig, og du kan komme til at gøre ganske som du vil ligge i Sengen eller saa op som Humøret staar til, jeg skal nok passe dig. Jeg ved jo godt du vil genere dig over at træffe Folk, det vilde jeg da, men det behøver du jo slet ikke hos os. Det aller bedste var jo om du fik Barnet hos os, saa mærkede de 6 slet ikke noget.
+Ja Johannes V. har haft noget Feber, han blev syg i Singapore og det holdt sig den første Tid paa Java, men i det sidste Brev skrev han, at han var rask igen, det var skrevet den 20 Januar. Jeg gik naturligvis og var ked af det da jeg vidste han var syg og endnu kan jeg komme i Panik for at miste ham især om Aftenen og Natten, men om Formiddagen i fuldt Dagslys ved jeg jo godt at der er ikke stort farligere der end her. Malaria dør man jo ikke af pludselig og mærker han, han ikke kan taale Klimatet rejser han naturligvis sin Vej. Har han fulgt sin Plan skal han nu være i Peking, men som sagt, hans sidste Brev var dateret 20 Januar saa der kan være sket meget siden den Tid. Det er en afskyelig Fornemmelse. At Folk er nederdrægtige mod ham herhjemme tager jeg ikke saa
+[resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1913-03-26</t>
+  </si>
+  <si>
+    <t>Peter Magnussen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Winkel &amp;amp; Magnussen medgive overbringeren af brevet to billeder af Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4By</t>
+  </si>
+  <si>
+    <t>26' Marts 1913.
+Herrer Winckel &amp;amp; Magnussen,
+Hersteds.
+Overbringeneren heraf bedes medgivet de to Billeder af Johs Larsen: "Ryler" og "Følfod."
+Med Højagtelse
+M Rasmussen</t>
+  </si>
+  <si>
     <t>1913-03-29</t>
   </si>
   <si>
     <t>Søren Lund</t>
   </si>
   <si>
     <t>Mads Rasmussen beder Søren Lund sende eller oplyse hvor han kan hente Lunds store billede med hoppen og føllet, som Mads Rasmussen vil forsøge at få købt til Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s3NU</t>
   </si>
   <si>
     <t>29' Marts 13.
 Herr Kunstmaler Søren Lund.
 De bedes enten sende eller meddele mig hvor jeg kan afhente til min Bopæl i Skjoldsgade 10 Deres store Billede med Hoppen og Føllet ,samt opgive mig den laveste Pris derpaa. Jeg vil saa forsøge at faa det købt til Faaborg Museum.
 Med Højagtelse
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Søren Lund
+Nicolaus Lützhøft
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen indkalder til møde angående billeder af Tom-Petersen, Lützhøft, Jens Birkholm og Søren Lund samt de senest indkøbte billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LKOQ</t>
+  </si>
+  <si>
+    <t>29/3.1913 -
+Herr.
+Kunstmaler Jens Birkholm.
+F a a b o r g.
+------------------------------
+Herved indvarsles til Møde i Faaborg Museum,
+Fredagen den 4' April Kl.4,
+I Skjoldsgade No.10 angaaende Billeder af Tom Petersen,
+Jens Birkholm, Lützhøft og Søren Lund, samt de i den senere Tid indkøbte Billeder.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bJ4Q</t>
+  </si>
+  <si>
+    <t>29/3.1913 -
+Herr.
+Kunstmaler Peter Hansen.
+F a a b o r g.
+------------------------------
+Herved indvarsles til Møde i Faaborg Museum,
+Fredagen den 4' April Kl.4,
+I Skjoldsgade No.10 angaaende Billeder af Tom Petersen,
+Jens Birkholm, Lützhøft og Søren Lund, smat de i den senere Tid indkøbte Billeder.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O6A0</t>
+  </si>
+  <si>
+    <t>29/3.1913 -
+Herr. 
+Kunstmaler Tom Petersen.
+Herved indvarsles til Møde i Faaborg Museum,
+Fredagen den 4' April Kl.4,
+I Skjoldsgade No.10 angaaende Billeder af Tom Petersen,
+Jens Birkholm, Lützhøft og Søren Lund, smat de i den senere Tid indkøbte Billeder.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen indkalder til møde angående billeder af Tom-Petersen, Jens Birkholm, Lützhøft og Søren Lund samt de senest indkøbte billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hHOK</t>
+  </si>
+  <si>
+    <t>29/3.1913 -
+Herr 
+Kunstmaler Johs. Larsen.
+Temperancehotellet. her.
+------------------------------
+Herved indvarsles til Møde i Faaborg Museum,
+Fredagen den 4' April Kl.4,
+I Kjoldsgade No.10 angaaende Billeder af Tom Petersen,
+Jens Birkholm, Lützhøft og Søren Lund, smat de i den senere Tid indkøbte Billeder.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ei9f</t>
+  </si>
+  <si>
+    <t>29/3.1913 -
+Herr. Kunstmaler
+Nic. Lützhøft.
+Herved indvarsles til Møde i Faaborg Museum,
+Fredagen den 4' April Kl.4,
+I Skjoldsgade No.10 angaaende Billeder af Tom Petersen,
+Jens Birkholm, Lützhøft og Søren Lund, smat de i den senere Tid indkøbte Billeder.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1913-04-11</t>
+  </si>
+  <si>
+    <t>J. Høegh-Guldberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv.</t>
+  </si>
+  <si>
+    <t>J. Høegh-Guldberg har læst, at Mads Rasmussen vil give Faaborg By en brønd, som Kai Nielsen skal modellerer. I den forbindelse tillader han sig at anbefale Galvanoplastisk Anstalt af Würtembergske Metalvarefabrik i Geislingen St. til reproduktion af statuen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tVgm</t>
+  </si>
+  <si>
+    <t>J. HØEGH-GULDBERG,
+fh. KRÜGER &amp;amp; GULDBERG,
+COMMISSION- &amp;amp; AGENTUR-FORRETNING, København K., d. 11. April 1913
+Telgr-Adr.: Krügerguldberg.
+Telefon 5533
+Velbaarne
+Hr Etatsraad M. Rasmussen,
+Skjoldsgade 10 Ø.-
+Af Bladene ser jeg, at Hr Etatsraaden agter at give Faaborg By en Brønd, som Hr Billedhugger Kai Nielsen modellerer og som derefter støbt i Bronce i Sommer gives Faaborg.-
+Jeg tillader mig at anbefale Dem Galavanoplastisk Anstalt af Württemburgske Metalvarefabrik i Geislingen St. til Reproduktion af denne Model i Metal, hvorved De vil opnaa at faa ikke alene den smukkeste, meget modeltro og til de mindste Detailler nøjagtig Gengivelse af Kunstværket men ogsaa tillige den billigste.- En Tegning eller et Fotografi af Værket (Modellen) med nøjagtige Maal er tilstrækkelig til at faa den billigste Pris for Udførelsen frem fra Anstalten, uden Forbindende for Dem - Anstalten betaler Fragten af det færdige Arbejde tilbage og paatager sig en bestemt Leveringstid.- Jeg har expederet Arbejder derfra for mange danske Kunstnere Prøver af Arbejder og Fotografier af udførte Reproduktioner forevises gerne.-
+Ærbødigst J.HøeghGuldberg
+20 Badstuestræde</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>-  Bramsen</t>
+  </si>
+  <si>
+    <t>Dr. Bramsen underretter Mads Rasmussen om at en pennetegning af Fritz Syberg nu kan fås til 225 kr. ved henvendelse til Bramsen selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xvzW</t>
+  </si>
+  <si>
+    <t>22/4 13 Admiragade 6
+Maa det være mig tilladt at underrette Dem om at den fortrinlige store Pennetegninge, "Ved Thebordet" - af Fritz Syberg, som gengives i "Illustr.Tidendes" Nr, forleden - nu kan faas for 225 Kroner - ved Henvendelse til Undertegnede.
+Dr Bramsen</t>
+  </si>
+  <si>
+    <t>1913-04-24</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen underretter Fru Peter Hansen om, at Det nationalhistoriske Museum på Frederiksborg har anmodet om tilladelse til at fotografere Peter Hansens portræt af Mads Rasmussen til museets billedsamling. MR har givet tilladelse hertil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pewt</t>
+  </si>
+  <si>
+    <t>24' April 1913.
+Fru Peter Hansen,
+Enghaveplads.
+Jeg har i Dag modtaget en Henvendelse fra Bestyrelsen for det nationalhistoriske Museum i Frederiksborg, hvori man udbeder sig Tilladelse til at lade Deres Mands Billede af mig paa den frie Udstilling fotografere til Museets til Studiebrug beregnede Billedsamling. Denne Tilladelse har jeg givet , hvilket De bedes meddele Deres Mand,til hvem lignende Henvendelse forøvrigt er rettet fra Museet.
+Med venlig Hilsen forbliver jeg 
+Deres forbundne
 M Rasmussen</t>
   </si>
   <si>
     <t>1913-04-26</t>
   </si>
   <si>
     <t>Stormgade</t>
   </si>
   <si>
     <t>-  Bramsen
 Niels Hansen
 Peter Hansen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft foreslår flere værker, som han synes, bør erhverves til Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nJMG</t>
   </si>
   <si>
     <t>Stormgade 23 II 26/4 13
 Kære Herr Etatsraad!
 Ja nu plager jeg Dem atter, men det kan ikke undgaas. Jeg synes, det er forkert af Museet ikke at være parat, naar der tilbyder sig Lejlighed til Erhværvelse af ældre Arbejder af de gode Fynboer.
 Den Tegning af Syberg, som jeg nævnte for Dem, og som var gengivet i Ill. Tidendes Zahrtmann Nummer, kunde vi vistnok endnu faa. Den er saa udmærket saa karakteristisk for Syberg, at jeg mener, vi burde have den. Museet ejer ingen saa god eller betydelig Tegning af ham. Den kan vistnok faaes for 300 Kr. Den tilhører Tandlæge Bramsen, det er ogsaa et godt Skudsmaal for den, Herr B. har nu altid haft en fin Næse for Kunst.
@@ -2073,5126 +6270,3233 @@
 Nicolaus Lützhøft
 P.S. 
 Hvis der skal købes et eller to Billeder af Niels Hansen, har han flere kønne Ting til rimelige Priser paa sin Udstilling nu hos Winkel &amp;amp; Magnussen.</t>
   </si>
   <si>
     <t>1913-04-30</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til Sigurd Swane, at Køjebilledet, han købte af Swanes hustru på udstillingen, blev overladt Faaborg Museum, som imidlertid gerne vil have det byttet med et andet. MR beder derfor om at få nogle andre billeder til Skjoldsgade til gennemsyn. Billedet, MR sidst købte hos SS kom også til Faaborg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZAy7</t>
   </si>
   <si>
     <t>30' April 13-
 Herr Kunstmaler Sigurd Svane,
 Hersteds.
 Køjebilledet, jeg købte af Deres Frue paa Udstillingen , og som jeg gav 400 Kroner for,blev overladt Faaborg Museum, som imidlertid gærne vil have det byttet med et andet, og jeg vil derfor gærne have et Par andre af Deres Frue ind i Skjoldsgade at se paa, som kun kunde ønske at have hængende paa Museet. Jeg skal gærne lade dem afhente , hvis De vil opgive mig en Tid.
 Billedet jeg sidst købte hos Dem (x),kom ogsaa til Faaborg. Det er kønt og jeg er meget glad derved.
 Med venlig Hilsen forbliver jeg
 Deres forbundne og Hilsen
 M Rasmussen
 (x) Aabenbaringen.</t>
   </si>
   <si>
-    <t>1913-05-22</t>
-[...1252 lines deleted...]
-Fritz Syberg
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Sigurd Swane og hans hustru glæder sig over, at deres billeder er kommet til Faaborg Museum. SS angiver nogle tidspunkter og adresser, hvor Mads Rasmussen vil kunne afhente flere billeder til gennemsyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PGbj</t>
+  </si>
+  <si>
+    <t>d. 2 Maj 1913.
+Kære Hr. Etatsråd M. Rasmussen.
+Jeg har modtaget deres venlige Skrivelse, det glæder mig at mit Billede er indgået i Museet og min Kone er også glad ved at blive repræsenteret ved endnu et Billede.
+Vi er nu flyttede ind til Torvegade på Christianshavn og dér, det er i No 2 V Sal, har vi 4 Billeder af min Hustrus som vi kunde tænke at sende dem til at vælge imellem, desuden har vi et i Falkonérallé 3 II Sal hos mine Forældre - De tilbyder at lade dem hente, vi tager gerne derimod. Den sikreste tid at træffe os vil vist være inden 11 Form., Imorgen og på Mandag skal her i alle Fald være nogen hjemme på den Tid, en lignende Tid eller mellem 6 og 7 Eftm. vil i Regelen altid være sikker i Falkonérallé.
+De venligste Hilsner til Dem selv og deres Familie fra min Hustru og deres hengivne
+Sigurd Swane</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
 Hans  Syberg</t>
   </si>
   <si>
-    <t>Det vides ikke, hvem Lisbeth og Gitte var.</t>
-[...1318 lines deleted...]
-Fritz Syberg</t>
+    <t>Else Jensen ønsker Fritz og Anna Syberg velkommen hjem, hun og Johannes V. er også kommet hjem. De har været i Berlin, men Johannes V. længtes alligevel hjem. Else håber at se Sybergs inden de selv tager på landet - mon de kommer over for at se udstillinger? Hun glæder sig til at de kommer op i sommerhuset. 
+Johannes V. afslutter brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kpam</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2
+d:3-5-13
+Kære Anna og Syberg.
+Velkommen hjem igen. som I ser er vi ogsaa kommet hjem, vi rejste ikke længere end til Berlin. Det viste sig, at J.V. længtes efter at komme hjem og kun vilde rejse for at more mig, og det syntes jeg, vi godt kan opsætte til en anden Gang. Her er jo saa dejligt herhjemme for Tiden, saa der er saamænd ikke noget at rejse efter. Mon I skal over at se Udstillingerne naar I faar alle Ungerne indstallerede? Hans og Besse maa vel snart komme hjem, saa kan de jo tage sig af de smaa. Det vilde være saa morsomt at se Jer, inden vi tager paa Landet, hvad vi for øvrigt ikke gør før i Begyndelsen af juni. I hvert Fald glæder vi os bestemt til at I kommer i Juni Juli ud til Huset. I skal faa det ene Gavlværelse med en vidunderlig Udsigt. Jeg glæder mig saadan til at vise jer vor Egn, som I jo slet ikke ved noget om.
+[Her fortsættes brevet af Johannes V. Jensen]
+Kære Venner! Ja nu er det allerede som om jeg slet ikke havde været paa Rejse, og naar vi med det første ses haaber jeg det vil være som om der slet ingen Tid er gaaet siden I rejste. Her er saa uendelig dejligt og stille at man gærne kunde glemme at trække Vejret. Til Middag skal vi have Øllebrød og stegt Lever, som Else paastaar ar jeg aldrig har kunnet lide, men alt hvad vi faar her er Livretter for mig efter at jeg saa længe har ernæret mig udelukkende af Dysenteribaciller og kinesisk Ligvand. Kort sagt, her staaar den paa topmaalt Tilfredshed, en Tryllering som vi har besluttet at drage Jer med ind i naar I kommer. En Brud kører forbi i Pilealle paa Summehjul, hvilket foranlediger Else til en uanstændig Bemærkning og til at ryste med Pulsen af uterligt Grin. Nu siger hun det er bedste jeg slutter af. Altsaa paa Gensyn! Jeres hengivne 
+Johannes V.</t>
   </si>
   <si>
     <t>1913-05-07</t>
   </si>
   <si>
     <t>Lorry Feilberg
 Niels Hansen
 Peter Hansen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft forklarer nærmere om det billede af Peter Hansen, som både Mads Rasmussen og Peter Hansen har afvist som uinteressant og mener, flere af komitéens medlemmer bør høres inden den endelige beslutning træffes. Han har talt med Niels Hansen og foreslår et antal billeder, der evt kunne indkøbes.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3A9K</t>
   </si>
   <si>
     <t>Stormgade 25 II
 7/5.13.
 Kære Herr Etatsraad!
 Tak for Deres Brev. P Hansens Billede har jeg rigtigt modtaget igen. Men jeg maa holde paa, at dets Skæbne ikke dermed er afgjort.
 Peter selv husker jo aabenbart ikke, at han har malt denne Studie, saa hans "Stemmen imod" har synes jeg ikke stort at sige, navnlig da Kunstnernes egen Stemme m H til deres egne Arbejder jo dog ikke kan give Udslaget.
 Vi kan jo opsætte Afgjørelsen til flere af Komiteens Medlemmer har set det. Ejeren, Arkitekten H Koch, har lovet ikke at ville sælge det, før Museet har truffet Bestemmelse.
 Jeg selv anser Billedet for særlig attråværdigt for Museet. De Kunstnere og Kunst interesserede Folk, som har set det hos mig, har alle uden Undtagelse været glade for det, og Prisen er saa rimelig, at den dog umuligt kan hindre os.
 Jeg beder Dem altsaa venligst lade Spørgsmaalet staa [her?] indtil fr. Exempl. Syberg har set Billedet. Der er en Mulighed for, at Peter kommer hertil i Pintsen, saa kunde han jo ogsaa selv se, hvad det drejer sig om, det er jo ikke den lille Akvarel, han omtaler (den er for Resten ogsaa god nok). Den husker jeg ogsaa nok.
 Med Hensyn til Niels Hansens Billede, har jeg for længst meddelt ham, hvad vi var blevne enige om og hvad han ogsaa var villig til: Enten Købet af Frokosten eller af Feilbergs Portræt som kan faas og Tulipanerne.
 Det er jo kedeligt, at De ikke har faaet Svar m.H. hertil. Men nu var Niels Hansen i Dag hos mig og gjorde os et andet Forslag, som jeg [xxxxx]ligt gærne vil støtte, skønt jeg tvivler paa, at det hjælper ham synderligt. Nu vil jeg i hvert Fald forelægge det for Dem.
 Han tilbyder os Frokosten, der staar til 800 Kr
 Feilbergs Portræt (600 Kr)
 og Tulipanerne (300 Kr)
 for tilsammen 1400 Kr.
 Jeg synes, dette vilde være en god Repræsentation for ham, og jeg tænker, Betingelserne for Købet kan ændres, saa at han ikke behøver at faa alle Pengene strax,
 Han har lovet at skrive til Johs. Larsen derom. Johs.L. har set Niels Hansens Billeder og ved altsaa, hvilke det drejer sig om. Billederne faar Lov at hænge hos Winkel M. Pintsen over. Udstillingen lukker ellers fra Lørdag. Men ved Henvendelse til Niels Hansen, Tordenskjoldsgade 25 IV kan Billederne altsaa ses endnu i Helligedagene.
 Nu maa De undskylde at jeg med disse linier lægger Beslag paa Deres Tid og Opmærksomhed og vær forvisset om, at det udelukkende sker af Interesse for Sagen.
 Med venlig Hilsen til Dem og Frue
 Deres hengivne
 Nicolaus Lützhøft</t>
   </si>
   <si>
-    <t>1910-04-02</t>
-[...3 lines deleted...]
-Poul S. Christiansen
+    <t>1913-05-21</t>
+  </si>
+  <si>
+    <t>Niels Hansen
 Peter Hansen
-Karl Isakson
-[...1 lines deleted...]
-Max Levig
 Nicolaus Lützhøft
-Peter Magnussen
-[...9 lines deleted...]
-Fritz Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen, at nu er han tilbage i Danmark. Han har modtaget et brev fra Nicolaus Lützhøft angående nogle af Niels Hansens billeder, som påtænkes erhvervet til museet, men kender ikke billederne. Han mener dog, at det er vigtigt, at Niels Hansen bliver repræsenteret på museet. Han har ved besøg på museet glædet sig over samlingen, men bryder sig ikke om Zahrtmanns "Adam og Eva". Peter Hansens store billede hænger ikke godt. Han er ked af, at samlingen i den nye bygning kommer til at være adskilt af Kuppelsalen men glæder sig til at deltage i arbejde med det nye museum Zahrtmanns buste af Leonora Christine betragter han som en af de bedste værker, museet har.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5rfy</t>
+  </si>
+  <si>
+    <t>Pilegården 21-5-13
+Kære Hr Etatsråd Rasmussen.
+Ja nu er vi kommen til lands igen. Foreløbig må jeg se at finde mig tilrette i disse, "ny Forhold" for de forekommer mig unægtelig meget forandrede fra vort Liv i Italien. Jeg fik straks ved min Hjemkomst et Brev fra Lützhøft angående nogle Billeder af Niels Hansen, som Fåborg Musæet tænker på at erhverve. Da jeg ikke kender Billederne kan jeg ikke sige andet til den Sag end hvad jeg tidligere har skrevet, at F.M. bør eje et Par Billeder af Niels Hansen. Jeg har været en Tur på Fåborg-Egnen og aflagt et Besøg på Museet, det var mig en Glæde at se at de Billeder man i sin Tid startede F. Museet med virkelig er en fornøjelig og morsom Samling Malerier. Derimod synes jeg stadig at Zahrtmanns Adam og Eva er et kedeligt Billede som aldrig burde have været erhvervet til Samlingen Peter Hansens store Billede tager sig ikke ud hvor det hænger og det skader tillige de andre Billeder, så den Sal hvori det hænger nu nærmest synes mig at være Museets kedeligste Sal. Måske der i det ny Musæum bliver bedre Plads til det. Jeg fastholder imidlertid min Indvending; det er kedeligt at Maleri[overstreget: salene]samlingen skilles i to Afdelinger af Kuppelsalen i det ny Musæum.
+Alt i alt var det dog morsomt at hilse på Fåborg Musæet igen og jeg glæder mig til at være med ved Ordningen af det nye.
+Lad mig tilføje at den Buste Zahrtmann har skænket Musæet af Leonora Christine synes jeg er glimrende, noget nær det bedste Stykke Kunst [overstreget: på] i hele Samlingen. Den minder om antik romersk Skulptur.
+Jeg håber at De og Deres Familie har det godt og sender mine bedste Hilsener til Dem alle.
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-05-22</t>
+  </si>
+  <si>
+    <t>Niels Hansen
+Peter Hansen
+Johannes Larsen
+Peter Rostrup Bøyesen
+Sigurd  Swane
 Peter Tom-Petersen
-Viggo Winkel</t>
-[...1580 lines deleted...]
-Johan Rohde
 Kristian Zahrtmann</t>
   </si>
   <si>
-    <t>S. Danneskiold skriver til Peter Hansen, at han mener, det er en stor fejl at galleriet ikke har købt Poul S. Christiansens portræt af Niels Larsen Stevns og foreslår, at det forsøges rejst penge til at erhverve det mhp at forære det til galleriet, da det bør være i offentlig eje.</t>
-[...12 lines deleted...]
-Lad foreløbig Sagen blive mellem os, men send mig snarest Deres mening om sagen.
+    <t>Mads Rasmussen ønsker Fritz Syberg velkommen hjem. Han synes heller ikke selv så godt om Zahrtmanns billede, men det kan måske byttes på et andet tidspunkt. Peter Hansen har været med henne og se på Niels Hansens billeder, og MR vil meget gerne have FS til at se dem også. Han glæder sig også til at se de billeder, som Syberg har med hjem fra Italien og minder om, at de har en aftale om, at Faaborg Museum har forkøbsret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EsuI</t>
+  </si>
+  <si>
+    <t>22 Maj. 13
+Kære Herr Fritz Syberg!
+Deres venlige Brev har jeg modtaget og ønsker Dem velkommen hjem. Jeg ser,at De ikke synes om Zahrtmanns Billede og jeg synes heller ikke saa godt derom, men vi syntes, at vi skulde have et og der var ikke andet. Jeg tror imidlertid ikke at Zahrtmann vil have noget imod, at vi ved Lejlighed faar det byttet med et andet, eventuelt sælger det og faar et andet, hvilket de mulig ogsaa kunde være behjælpelig med. Der har været Tale om, at vi kunde faa Billederne af hans Fader og Moder, som er udmærkede, men først naar han er død. Det er kedeligt, at De ikke synes om Peter Hansens som det hænger, men det bliver maaske bedre i den nye Sal. Han blev til Dels ked deraf selv, før han blev færdig dermed og anlagde et andet, som jeg tog Forkøbsret paa til 5000 Kr. Peter Hansen var hos mig i Aftes, efter at han en Tid har opholdt sig i Nørre Broby. Jeg fik ham til at gaa hen og se paa Niels Hansens Billeder, og det var rart, om De vilde gøre dette ogsaa. Vi skulde jo gærne have det bedste. I den sidste Tid har vi købt en Del af Tom Petersen, Johs. Larsen, Peter Hansen, Svane, Lützhøft og Rostrup Boyesen - og det staar i min Kælder og hos Winkel &amp;amp; Magnussen, og De kan jo saa se paa det.
+De skal ikke over til Faaborg før de kan komme ind i det nye Museum, da der ikke er Plads paa det gamle, naar De kommer herover. Vi skulde jo gærne have det aller bedste til [tekst mangler, nederste del af siden er skåret af] kan blive saa fyldigt og godt som muligt. 
+Jeg glæder mig ved, at De er kommen hjem og kan være med ved Ordningen af det nye Museum, og til at tage ud til Museet af de Ting, de har bragt med hjem fra Italien, som vi jo har gammel Løfte paa at tage ud af først til Museet. Peter Hansen og jeg kan godt tage til Kjerteminde og se paa Sagerne en Gang i næste Uge,hvorom jeg venter at høre fra Dem.
+Ved Bygningen kan der jo ikke forandres nu, da Arbejdet er liciteret ud.
+'Med venlig hilsen fra min Hustru og mig til Dem og Deres Frue forbliver jeg
 Deres hengivne
-S. Danneskiold</t>
-[...479 lines deleted...]
-Johannes V.</t>
+M Rasmussen</t>
   </si>
   <si>
     <t>1913-05-31</t>
   </si>
   <si>
     <t>Sundvænget 8, 5600 Faaborg, Danmark
 Stockholm, Sverige
 Tibirke, 3220 Tisvildeleje, Danmark</t>
   </si>
   <si>
     <t>Else Jensen skriver, at Anna og Fritz ikke må vente så længe med at besøge dem, at "Stine von Syberg" kommer i vejen" - hun henviser til det barn, Anna og Fritz venter.</t>
   </si>
   <si>
     <t>Johannes V. Jensen lykønsker Fritz Syberg med hans store salg og glæder sig over, at billederne kommer på museet, så de bliver tilgængelige. Han og Else tager til Stockholm i nogle dage og kommer næppe til Tibirke inden midten af juni. Else opfordrer dem til ikke at vente for længe med at komme på besøg. Hun glæder sig til at vise dem Nordsjælland.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MAwS</t>
   </si>
   <si>
     <t>Kære Ven!
 Til Lykke med dit store Salg, jeg er glad over, at Billederne i Stedet for at blive spredt kommer paa Museet, saa at man kan faa dem at se allesammen. Tak for dit sidste Brev, jeg skulde have svaret for længe siden men havde først travlt og skammede mig siden over Dovenskab, og Tiden gik. Ses vi snart? Else og jeg rejser først i den kommende Uge til Stockholm men bliver kun borte nogle faa Dage. Til Tibirke kommer vi næppe før midt i Juni, der er ikke færdigt derude. Kommer I slet ikke til København?
 [her slutter brevet uden Johannes V. Jensens underskrift og på bagsiden skriver Else Jensen:]
 Kære Anne og Syberg. I Morgen Søndag rejser J.V. og jeg til Stokholm og kommer hjem Torsdag, saa flytter vi ud i Huset Onsdag d: 11te og er pænt i Orden omkring d. 15de. Lad os saa snart vide, naar I kommer, I maa ikke vente saa længe at Stine von Syberg kommer i Vejen. Vi glæder os saa meget til at vise jer Nordsjælland og endelig være samme med jer igen"
 De Billeder I har solgt til Faaborg bliver vel ogsaa udstillede her i København, vi maa da se det hele samlet.
 Jeres Else</t>
+  </si>
+  <si>
+    <t>1913-6</t>
+  </si>
+  <si>
+    <t>Faktura</t>
+  </si>
+  <si>
+    <t>Carl Scheller</t>
+  </si>
+  <si>
+    <t>Faktura for Ymerbrønden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DLnH</t>
+  </si>
+  <si>
+    <t>Carl Schellers STENHUGGERIER
+KONTOR NØRREBROGADE Nr 52 N
+VÆRKSTEDER ØSTERFASANSVEI NR17 l
+FILIAL I MALMØ
+Herr Etatsraad Mads Rasmussen
+Juni An
+Leveret i Henhold til Tilbud
+1 Ymer Brønd til Faaborg
+Kr 2650.00
+Herpaa modtaget a Conto 1000.00
+Rest 1650.00
+[På bagsiden af fakturaen, optegnelser i blyant:]
+2650 Scheller
+3000 Kai Nielsen
+738,50 [ulæseligt]
+150 C Petersen
+6538.50
+Ferdinandsen 110
+6648.50</t>
+  </si>
+  <si>
+    <t>1913-06-02</t>
+  </si>
+  <si>
+    <t>Niels Hansen</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Niels Hansen er blevet orienteret om, at Faaborg Museet har købt hans portræt af Lorry Feilberg. Han sender hermed billedet og takker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GDLJ</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad Mads Rasmussen!
+I Anledning af at jeg fra Hr Lützhøfft har faaet Meddelelse om at Faaborg Museet har købt mit Portræt af Lorry Feilberg for 600 Kr. tillader jeg mig herved at sende Dem Billedet i det jeg takker.
+Ærbødigst
+Niels Hansen
+Tordenskjoldsgade 15 2/6 1913</t>
+  </si>
+  <si>
+    <t>1913-06-03</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen fremsender check for det købte billede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1rcQ</t>
+  </si>
+  <si>
+    <t>3' Juni 13.
+Herr Kunstmaler Niels Hansen,
+Tordenskjoldsgade 15.
+Hermed fremsendes Cheque Kr 600,oo for det af Dem købte Bilede.
+Ærbødigst
+M Rasmussen
+Jndlæg</t>
+  </si>
+  <si>
+    <t>1913-06-10</t>
+  </si>
+  <si>
+    <t>Stenhugger Carl Scheller sender tilbud på at levere en Ymerbrønd efter Kai Nielsens model.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o7f4</t>
+  </si>
+  <si>
+    <t>CARL SCHELLERS STENHUGGERIER Kjøbenhavn N., den 10-6-1913
+Telegramadr.: Nørrebrogade 52.
+STENSCHELLER.
+Telefon: 3072
+Herr Etatsraad M. Rasmussen
+Skjoldsgade
+Hermed tilbyder jeg at levere en Ymer Brøn i Muschelkalksten efter Herr Billedhugger Kai Nielsens Model i Gibs for Kroner 1950, 00 Øre.
+Med særdeles Agtelse
+C. Scheller</t>
+  </si>
+  <si>
+    <t>1913-06-12</t>
+  </si>
+  <si>
+    <t>Elna Borch
+Kai Nielsen
+August Saabye</t>
+  </si>
+  <si>
+    <t>J- Høegh-Guldberg tilbyder Mads Rasmussen reproduktion af Kai Nielsens springvand (Ymerbrønden) i metal fra galvanoplastisk afdeling, Geislingen St.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PAia</t>
+  </si>
+  <si>
+    <t>J. HØEGH-GULDBERG,
+fh. KRÜGER &amp;amp; GULDBERG, 20 Badstuestræde
+COMMISSION- &amp;amp; AGENTUR-FORRETNING, København K., d. 12. Juni 1913
+Telgr-Adr.: Krügerguldberg.
+Telefon 5533
+Velbaarne
+Hr Etatsraad M. Rasmussen,
+Efter Samtaler mellem min Hr Oluf M Larsen og Hr Billedhugger Kaj Nielsen har jeg hermed Fornøjelsen at tilbyde Dem Reproduktionen af det af Hr. Kaj Nielsen udførte, Dem tilhørende Springvand, "Kæmpen Ymer og Koen Audhumbla" i Metal til en Pris af Kr. 3300.oo fra Galvanoplastisk Afdeling, Geislingen Str. udført i den nyeste, korrekteste og mest tilforladelige Fremstillingsmaade ad galvanoplastisk Vej, hvorved man alene opnaar en til de allerfineste Enkeltheder og minutiøs Gengivelse af Kunstnerens Værk.-
+Jeg har i Aarenes Løb leveret mange store og større Arbejder derfra til Kunstnere her, til Glypthotheket, til Statens Musæer til Profs Saaby, Sinding, Frk Borch og m. fl. og altid til udelt Tilfredshed og i fortrinligt Arbejde, saa De vil faa en i enhver Henseende fin og første Klasses Reproduktion af Deres Kunstværk, saaledes som alene er et saadant Værk værdigt.
+Haabende at faa den ære at blive overdraget Deres Arbejde tegner jeg 
+Ærbødigst,
+J. HøeghGuldberg</t>
+  </si>
+  <si>
+    <t>1913-06-15</t>
+  </si>
+  <si>
+    <t>S Skouenborg</t>
+  </si>
+  <si>
+    <t>Borgmester Skouenborg har hørt fra Jens Rasmussen, at Mads Rasmussen har bestemt sig til at aflevere brønden tirsdag den 24de. Byrådet har nedsat et udvalg for at ordne en borgermiddag på afleveringsdagen. Det bliver ikke en luksusmiddag, men det ønsker han sikkert heller ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vnMn</t>
+  </si>
+  <si>
+    <t>Faaborg den 15de Juni 1913.
+Kjære Hrr. Etatsraad
+Hermed min bedste Tak for den modtagne Indbydelse til en Frokost i Fabrikkerne den 21 ds. - Det er mig imidlertid lidt vanskeligt at komme, og da Deres Broder og de Københavnske Medlemmer af Betyrelsen jo sikkert kommer, vil det jo ikke mærkes, om jeg er der eller ej. Deres Broder, som jeg igaar talte med i Telefon, var enig med mig heri.
+Deres Broder meddelte tillige, at De havde bestemt Dem til at aflevere Brønden Tirsdagen den 24de, og saavidt jeg forstod ham, kommer der ikke anden Meddelelse - direkte fra Dem selv. Byraadet har nedsat et Udvalg - C.V. Christiansen, Knippel og mig - til at ordne en Borgermiddag paa Afleveringsdagen til Ære for Dem og Deres Frue og i Tilslutning til den modtagne Meddelelse om Afleveringen har jeg herved den Ære paa Raadets og Udvalgets Vegne at indbyde Dem og Deres Frue til en Festmiddag Tirsdagen den 24 ds. paa Rasmussens Hotel. Klokkeslettet tør jeg maaske forbeholde mig Tilladelse til senere at meddele. 
+Det bliver ikke nogen Luxusmiddag - og jeg er sikker paa, at hverken De eller Etatsraadinden ønsker en saadan - men forhaabentlig en smuk og stemningsfuld Fest.
+Med de venligste Hilsner til Dem og Deres Frue er jeg Deres hengivne 
+S. P. Skouenborg.</t>
+  </si>
+  <si>
+    <t>1913-06-16</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker Mads Rasmussen for brev og det medsendte eksemplar af Nationaltidende. Syberg har modtaget brev fra Peter Hansen og ser, at man har tiltænkt FS æren at holdt tale ved nedlæggelsen af Faaborg Museums grundsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6VeS</t>
+  </si>
+  <si>
+    <t>Pilegården 16 Juni 1913
+Kære Hr. Etatsraad
+M. Rasmussen!
+Tak for Brev og det tilsendte Eksemplar af Nationalt. Det kan godt være at Tom P. i alfald har inspireret dem. Jeg fik igår Brev fra P. Hansen, og ser deraf at man har tiltænkt mig Æren at holde Tale ved Nedlæggelsen af Fåborg Musæets Grundsten Jeg skal gøre mit Bedste, om jeg end føler mig noget nervøs ved Tanken derom. Men jeg vil gærne bede Dem sende mig et Par Ord med en kort Fremstilling af hvordan Festlighederne tænkes at forløbe. Det er mere beroligende når man forud er sikker på ikke at gribe ind i et forkert Øjeblik. På Fredag rejser jeg til Fåborg-Egnen hvor jeg vil være det Par Dage indtil Fåborg-Festlighederne begynder. Jeg håber Vejret vil være os gunstig ligesom i "den store Sommer" 1910.
+Med mange Hilsener til Dem, Etatsrådinden og øvrige Familie er jeg Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-06-17</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen glæder sig over, at Fritz Syberg vil holde talen ved grundstensnedlæggelsen for Faaborg Museum. Peter Hansen har lovet at holdt talen ved kransens hejsning. Skriver desuden lidt om forløbet på selv dagen og aftenen før, Skt. Hans aften, hvor han gerne vil samles med kunstnerne og deres damer til en fest i Svanninge Bakker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L1xc</t>
+  </si>
+  <si>
+    <t>17' Juni 13.
+Kjære Herr Fritz Syberg !
+Deres venlige Brev har jeg modtaget og det glæder mig at se, at De vil holde Talen ved Grundstensnedlæggelsen. Peter Hansen har lovet at holde Talen ved Kransens Hejsning. Denne Højtidelighed skulde jo være den 24' Kl 3 .Afleveringen af Brønden finder Sted samme Dag før den Borgermiddag, hvortil min Hustru og jeg har modtaget Jndbydelse fra Byraadet. Aftenen f'ør, altsaa St. Hansaften vil jeg jo gærne samles med Kunstnerne og deres Damer til en St Hansfest i Bakkerne, ved hvilken vi skulde have en lille Dans i Pavillonen, Peter Hansen har været saa elskværdig at love at sørge for Jndbydelser etc hertil, da jeg har saameget om Ørerne i disse Dag og ikke godt kan have med mere at gøre.
+Med venlig Hilsen til Dem og Deres Frue forbliver jeg
+Deres hengivne 
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Borgmester Skouenborg og takker for indbydelsen til festmiddagen den 24. juni. MR beklager at borgmesteren ikke kan deltage ved jubilæumsfestlighederne på fabrikken. MR har talt med sin bror om, at det vil være bedst, hvis brønden afleveres den 24.6, samme dag som museets indvielse. St. Hans aften vil han gerne samle kunstnerne til en fest i bakkerne. Desuden diverse andet angående grundstensnedlæggelse m.m.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zWp0</t>
+  </si>
+  <si>
+    <t>17' Juni 13.
+Kære Herr Borgmester:
+Deres venlige Brev af 15' ds. har jeg modtaget og min Hustru og jeg takker hjerteligt for Jndbydelsen til Festmiddagen den 24' ds. Vi er meget glade ved, at det ikke som De skriver bliver en Luxusmiddag,og glæder os meget til den smukke og setmningsfulde Fest ,som det utvivlsomt bliver.
+Jeg beklager, at vi ikke faar den Glæde at se Dem herovre ved Jubilæumsfestlighederne her paa Fabriken,men naar De ikke kan, er der jo intet derved at gøre. Med min Broder talte jeg om, at jeg syntes, at det bedste vilde være,om Brønden afleveres den 24' ds., da denne Dag er Datoen for Musæets Jndvielse, og jeg St. Hansaften,altsaa om Mandagen,skal have Kunstnerne samlede i Svanninge Bakker til en lille St.Hansfest.De bedes undskylde, at jeg ikke har skrevet til Dem derom, men benyttet min Broder som Mellemled. Jeg synes det passer bedst at have Festen i Bakkerne Aftenen forud, for at have den samme Aften som Middagen efter denne passer vist ikke rigtig, da det hyggeligste vist saa vil være at være samlede paa Hotellet. Vi skulde have en lille Dans i Pavillonen i Svanninge Bakker, St Hansaften altsaa, har jeg tænkt , og der skal serveres kold Punsch.Der kommer Kunstnerne med deres Damer og hvem der ellers har Lyst til at komme derop og drikke et Glas Punsch, er selvfølgelig hjertelig velkomne. 
+Med Hensyn til den 24' ds. da har jeg tænkt mig, at Grundstensnedlæggelsen i Museumsbygningen og paafølgende Hejsning af Kransen skulde finde Sted Kl 3. Kaj Nielsen var hos mig i-gaar og udtrykte Ønske om, at Brøndens Aflevering maa finde Sted Kl. 6½, uden at han angav nogen Grund for, at han netop ønskede dette Klokkelslet. Selvfølgelig maa D'Herrer i Udvalget bestemme dette Klokkeslet, men jeg undlader blot ikke at meddele Kaj Nielsens Ønske. -Hvis ovennævnte Tidspunkt for Grundstendsnedlæggelsen kommer i Konflikt med noget, kan det jo godt forandres. -Fra Brøndens Aflevering ku de man jo eventuelt gaa over til Middagen.- 
+Med venlig Hilsen fra min Hustru og mig til Dem og Deres Frue forbliver jeg
+Deres hengivne
+Mads Rasmussen</t>
   </si>
   <si>
     <t>1913-07-17</t>
   </si>
   <si>
     <t>Johannes V. Jensen beskriver højsommerdagene i Tibirke med familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ByKH</t>
   </si>
   <si>
     <t>17 Juli 13
 Kære Venner
 Tak for Brevet og Tak for sidst! Nu forestiller vi os Jer altsaa i Edens Have paa Fyn, hvor Arbejde og Salighed gaar Haand i Haand. Her skulde det helst være ligesaa, dog vil det ikke rigtig gaa med mine Ting, Saligheden derimod er der ikke noget i Vejen med. Vi har Højsommer nu med Høstakke i Engen, stille Stuer hvor Fluerne summer hidsigt i Vinduerne og Vinden gaar med Solskin udenfor. Vi kører i Vandet med hver en Unge stablet op paa Cyklen, jeg har faaet et Kongelys plantet udenfor Huset, og ellers ved jeg ikke andet end at Tiden gaar. Her tales episk og dramatisk om en Mand som blev bidt af en Hugorm forleden, og ellers Verdenshistorien - jo bestaar den til syvende og sidst i andet end at man læser sin Avis og ser hvordan det skaber sig? Men en Dag skal man jo ud i det alligevel. Foran mig ligger en stor stor Pakke Papir som skal beskrives først. Anna sender jeg min højeste Orden, pour bonté et la mérite, jeg opdagede sidst at du har de mest mageløse Hænder og du skriver med bibelsk Kraft Breve, men saadan noget maa man ikke sige. Farvel og paa Gensyn
 J.V.</t>
   </si>
   <si>
     <t>1913-07-18</t>
   </si>
   <si>
     <t>Tibirke</t>
   </si>
   <si>
     <t>Else takker for besøg fra Fritz og Anna Syberg. Hun synes, det er fornuftigt, at Anna har besluttet sig for at blive hjemme og føde, selv om hun havde glædet sig til, at hun måske kom over til Else og Johannes V. Familien nyder sommeren men glæder sig til at se, hvad Fritz har lavet af nyt. Måske Anna også har nået at male, hun kan jo som en af de få både passe sine børn og sit hjem og alligevel dyrke sine egne malerevner, hvilket Else udtrykker stor beundring for.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y4I7</t>
   </si>
   <si>
     <t>Sommerhuset Tibirke Bakker
 Helsinge
 [udateret - anført med blyant:] 18/7/13
 Kære Anna og Syberg
 Tusind Tak for jeres Besøg og jeres Breve, det gør mig rigtignok ondt at I har været syge siden. Tror I det er det danske Klima, det er det vel nok for Trylles Vedkommende i hvert Fald. Men det er en fornuftig Beslutning af dig Anna at blive hjemme, naar Slaget skal staa der er da ingen Grund til at tro at Trylle netop skal blive syg i de Dage derimod ved du bestemt at du ikke selv har det rigtig godt. Jeg havde glædet mig til at have dig nede hos os i de Dage, der er noget forfærdelig hyggeligt med en Kone, der er lige ved at lægge sig, man ved saa rart hvor man har hende, men naar Trylle nu er bleven rigtig rask igen, saa ombestemmer du dig maaske ogsaa. 
 Vi lever vort sædvanlige Liv uden særlige Oplevelser. Vi har faaet lavet nogle Tingester paa vore Cykler, saa vi kan have Drengene med os. Jens sidder hos sin Fader og Villum hos mig, og saa kører vi alle 4 i Vandet, det er rart at have sit Afkom med sig, hvor man færdes, men vi gamle maa jo svede lidt for det.
 Vi glæder os begge til at komme over og se alt hvad Syberg har faaet gjort og det skulde næsten undre mig om ikke Anna ogsaa skulde faa malet noget du hører jo til de enestaaende Koner, der foruden at faa Børn i Snesevis og passe dem og Huset og tage Del i alt muligt ogsaa kan dyrke dine egne private Evner. Det er Genstand for min allerdybeste Beundring, jeg forstaar det ikke, hvor man kan.
 Se nu til at I kommer Jer rigtig godt allesammen,
 Jeres Else</t>
+  </si>
+  <si>
+    <t>1913-08-20</t>
+  </si>
+  <si>
+    <t>Saltholm</t>
+  </si>
+  <si>
+    <t>Saltholm
+Assens</t>
+  </si>
+  <si>
+    <t>Ane  Achen
+Frederikke Henriques
+Andreas Larsen
+Johan Larsen
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem fru Slomann var. Hun kan have været gift med skolemanden Emil Slomann, ortopædædkirurgen Herman Slomann eller museumsdirektøren Vilhelm Slomann - eller mor til en af dem.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Th. Philipsen er på Saltholm for at male, men det regner. Philipsen har givet Larsen nogle tegninger, og Larsen vil tegne Philipsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/f2vL</t>
+  </si>
+  <si>
+    <t>Saltholm 20 Aug 1913
+Kæreste Alhed!
+Da her er Baad over vil jeg dog skrive et Par Ord skønt der ikke er videre at melde om. Det var Graavejr i Gaar og da det smaa[ulæseligt] af og til blev det ikke til noget med Arbejdet. Desuden var der over med samme Baad 3 Damer som kom ned og besøgte Philipsen, Fru Achen, Fru Axel Henriques og fru Slomann (førhen Hans Nicolaj Hansen). De købte en Kurv Champignon hos Konen her som vi hjalp dem til Baaden, saa jeg fik vandret Vejen 4 Gange. Jeg sov til 7 ½ i Mrgs. Og i Formiddag har jeg gaaet Øen rundt d.v.s. ikke hele Omgangen med Philipsen i Graavejr og Støvregn, det vilde være rart om det snart blev Vejr til at bestille noget i. Philipsen forærede mig i Aftes 4 smukke Tegninger klæbede op sammen paa et Stykke Papir, forskellige Variationer af det samme Motiv. Jeg fik i Gaar det Brev Du havde skrevet til mig fra Assens, det laa her til mig, jeg skal hilse Dig fra Philipsen. Jeg tror jeg vil sætte mig til at lave nogle Tegninger af ham i Eftermiddag. Her ser for Resten ganske udmærket ud i dette Vejr, men man kan jo ikke saa godt male ude i Regn naar man maler med Vandfarve.
+Mange Tusind Hilsner til Drengene og Dig selv.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1913-08-25</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Harald Meyer
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>De omtalte veksler og afbetalinger hænger formodentlig sammen med Larsen-familiens byggerier i 1913. De fik opført nyt hus til møllerfamilien ved Svanemøllen, som Larsen ejede, og som var genbo til Larsens villa på Møllebakken i Kerteminde. Samme år byggede Larsen et hus til Alheds mor på Strandvejen i Kerteminde. Huset var tegnet af Carl Petersen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået en veksel fra Bøttern. Han laver ikke flere veksler, før de 11.000 kr. er afbetalt.
+Larsen har malet to akvareller af Philipsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QaMo</t>
+  </si>
+  <si>
+    <t>Saltholm 25 Aug 1913.
+Kæreste Alhed!
+Tak for Dit Brev som jeg fik i Dag. Jeg kunde ikke naa at faa Svar med Posten da jeg ikke var hjemme da han var her, men nu skal der Folk over i Mrg tidlig som tager dette med. Samtidig med Dit Brev fik jeg vedlagte fra Bøttern med Vexlen. Jeg har underskrevet den men han maa spørge H. Meier først om det kan lade sig gøre, det kan det vel ikke, og i saa Fald maa han kassere den og smide en ny til Underskrift med det gamle Paalydende. Jeg har jo gaaet ind paa ikke at lave flere flere Vexler før de 11000 er afbetalt. Det har været dejligt Vejr i Dag og jeg har faaet 2 Aquareller med Ph. omtrent færdige og en paabegyndt som jeg med Held kan faa færdig i Mrg hvis det bliver Solskin. Jeg har det godt her er dejligt at være, men jeg længes alligevel snart efter Jer. Jeg skal hilse mange Gange fra Philipsen. Jeg traf Magnussen paa Gaden i Gaar og bad ham sende de 120 Kr til Ordrup &amp;amp; Charlottenlund Bank, hvilket han lovede at gøre. Ja nu maa jeg holde op da det er ved at blive mørkt og jeg skal hjem i Seng. God Nat
+Tusind Hilsner og Kys til Dig og Børnene
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1913-08-30</t>
+  </si>
+  <si>
+    <t>Saltholm, 2770 Kastrup, Danmark</t>
+  </si>
+  <si>
+    <t>- Bentson
+Ludvig Brandstrup, billedhugger
+N. Christensen
+Frederik Hendriksen
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Madsen
+Peter Magnussen
+Carl V Petersen
+Marie Schou
+Sigurd  Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bor på hotel i København og har mødtes med en masse mennesker. 
+Han har solgt to af Philipsens billeder til "Temperance Christensen". Larsen har lovet ikke at udstille de billeder, som Philipsen er afbildet på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1XjZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret]: 
+KUNSTHANDEL
+V. WINKEL &amp;amp; MAGNUSSEN
+HØIBROPLADS 7 2.SAL TELEFON 5168 KØBENHAVN K
+[Håndskrevet]:
+30/8 13
+Kæreste Alhed! Jeg kom saa over i Gaar Aftes til Kastrup hvor jeg modtoges af Familien Bister og Gjersing ved Havnen. Jeg boede paa Temperance i Nat og i Dag har jeg været hos Calle, Bentson, Anker Kyster Hendriksen og W+M. som jeg traf og hos Swanes Karl Madsen og Lysses som jeg ikke traf, førstnævnte var taget til Saltholm. Om lidt skal jeg møde Philipsen i Skibet og spise med ham, hvis der er god Musik skal vi i Tivoli i Aften ellers tager vi ind til Luds. Jeg skal bo hos Ph. i Nat i Mrg vil jeg se at træffe Karl Madsen og Marie Schou og saavidt mulig rejse hjem Kl. 12 ½ det glæder jeg mig til. Kommer jeg ikke telegraferer jeg. Jeg solgte 2 af Philipsen Billederne til Temperance Christensen efter at Hendriksen havde valgt. Jeg har lovet Ph. ikke at udstille Billederne med ham paa. Winkel var her ikke har da jeg var oppe med Billederne første Gang han var meget ked af at de ikke havde faaet dem at se før Chr. Mange kærlige Hilsner til jer alle 3
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1913-09-01</t>
+  </si>
+  <si>
+    <t>Brevet er sendt til Faaborgs borgmester, S. Skouenborg, sammen med et personligt brev til borgmesteren af samme dato. Det er stilet til Faaborg byråd, hvilket fremgår af brevet til Skouenborg. Det fremgår også af Skouenborgs svar til Mads Rasmussen fra 1. september, at Skouenborg ikke mente, det var en god idé at præsentere byrådet for brevet, og man må antage, at han ikke har fremlagt det.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til byrådet i Faaborg angående hans skænkelse af Ymerbrønden til Faaborg by. Han mener selv, at skulpturen er vellykket og velplaceret. Men den uvilje mod værket, der er blevet udtrykt, har han fået at vide måske ville lægge sig, hvis der blev foretaget visse ændringer. Han har selv givet kunstneren frie hænder og vil ikke blande sig i, hvordan den tager sig ud nu. Men han er åben over for, at byrådet indleder en dialog med kunstneren, Kai Nielsen, herom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NdYp</t>
+  </si>
+  <si>
+    <t>Paa given Anledning skal jeg tillade mig at udtale følgende: Nar jeg i Forsommeren skænkede Byen Ymers Brønd, var det dels fordi jeg ønskede at smykke Torvet med et virkeligt Kunstværk,dels fordi jeg i Almindelig ønskede at glæde mine Bysbørn. Jeg ser nu, at desværre ikke alle er glade ved Resultatet.
+At Brønden som Kunstværk og som Led i Torvets Architektur er bleven vellykket, er alle de Kendere, jeg har taltmed, enige med mig om. Men det er mig lige saa meget om at gøre, at alle Faborg Borgerne ogsaa er tilfredse.
+Det er sagt mig, at detvar muligt, at den nævnte Uvilje fra visse Sider vilde lægge sig, om der blev foretaget nogle Ændringer i Kunstværket eller dets Anbringelse. Jeg kan imidlertid ikke, efter at jeg under Kunstværkets Udførelse har givet Kunstneren frie Hænder, og efter at Brønden er afleveret til mig af Kunstneren, og jeg har derpaa har overgivet Brønden til Byraadet, paalægge Kai Nielsen nogen Tvang i nævnte Retning, lige som jeg i deet Hele er imod at vanskeliggøre Kunstnerne deres Arbejde ved noget Baand, men jeg har paa den anden Side intet imod, og jeg giver min tilslutning til, at Byraadet, hvis det maatte ønske dette, træder i Forhandling med Kai Nielsen om saadanne eventuelle Ændringer, og jeg har meddelt Kai Nielsen om saadanne eventuelle Ændringer, og jeg har meddelt Kai Nielsen denne min Opfattelse af Sagen. 
+Om saadanne Forhandlinger skulde komme i Stand, ønsker jeg dog at være aldeles fri for at deltage i den.
+Kjøbenhavn, den 1' September 1913.
+Ærbødigst
+M Rasmussen
+T i l
+F a a b o r g B y r a a d .</t>
+  </si>
+  <si>
+    <t>1913-9</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Kai Nielsen skriver til Mads Rasmussen angående den polemik, som afsløringen af Ymerbrønden i Faaborg har været anledning til og giver flere gange udtryk for sin store taknemmelighed over for MR.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lyZ6</t>
+  </si>
+  <si>
+    <t>[En anslået datering er påført med blyant:) ca 20-0-1913
+Kære Hr. Rasmussen - Jeg sidder hos Kalle - han skulde jo til at skrive, om det, til Dem, som skulde være til gode for mig. Det generer mig i det hele og De maa ikke gaa med til noget uden at De gør det - i alle Tilfælde med en vis Glæde. Jeg er jo et brydsomt Bæst! Aah, hvor skulde de have paa Snuden alle disse slappe Asener, som Guddødemig ikke kender deres egen Menneskeværd. Som ser Usædelighed i alt her paa Jorden, bare fordi deres egen Moral er saa lind i det som bare tænkeligt.
+Til at begynde med troede jeg, Aktionen kun var rejst mod Dem personlig og saa mente jeg kun at det var godt. Hunde hyler jo altid naar de bliver ramt lidt.- Men nu da jeg mærker at der virkelig er oparbejdet et vist sjæleligt Fænomen med Moral til Navn saa - ja for mit eget Vedkommende saa glæder jeg mig kun - men jeg vil blive inderlig ked af det om De virkelig skulde gaa træt i det - i al den modbydelige Sludder. 
+Min Opgave - med andre Kunstneres - bliver nu engang at strides med disse Overleveringer af anden Smag som den Art Indlæg er. Og saa kommer Moralen altid frem som Vaaben. Selv med en Mand som Joh. V. Jensen: bliver man trådt over Tæerne af en anden, saa bliver denne med det samme en ----Sybarit, bare fordi Joh. V for Tiden, paa Grund af Mavekarthar for eget Vedkommende, er nødt til at nægte sig en del Nydelser han ellers ikke renoncerer paa. Det har jeg oplevet i de sidste Dage. Jeg forsikrer Dem jeg har ikke villet Sensation i daarlig Forstand. Ja! kunde jeg altsaa gøre det bedste Arbejde i Tiden: - det haaber jeg jo at kort nyt skulde blive, men min Sandten ikke ligge og snadre i saadanne Infan[tiler] som der altsaa bliver regnet mig til Last nu. Jeg er saa inderlig sikker paa at jeg vinder igennem med det. Jeg vil ikke andet end: lige ud af Landevejen uden Skaberi eller sætten sig moralsk til Højbords enten paa den ene eller anden Maade. 
+Kære Hr. Rasmussen, Jeg er Dem saa taknemlig at jeg daarlig kan sige det. Mange Opgaver har De allerede givet mig og saa har De givet mig frit "Slav" hvis jeg ikke bliver til noget et godt Stykke ud over det sædvanlig saa- men det kan De ogsaa være ganske rolig for at jeg gør. Karl Madsen har været væk det meste af Sommerferien. J.S: har ødelagt mig 2½ Maaned af min sommer. Jeg har ikke faaet talt med Direktøren endnu, men jeg gaar op til ham en af de første Dage, saa skal De alligevel høre hvad den klogeste vi har her hjemme paa det Omraade siger om Brønden. Men Hr. Rasmussen De maa ikke gaa træt i Tingen endnu. Bare Striden i Bladene ville tage en saadan Vending at der blev naturlig Lejlighed til at man kunde give sit Besyv med i Sagen, men det er jo noget svært at give ind straks men det kunde man jo alligevel og der kunde jo da for Pokker siges en og anden Ting som kunne falde DHr "Polemikere" for Brystet.
+En skønne dag kommer det ogsaa.
+Jeg har gjort dette Arbejde med al den Evne, jeg raadede over i Øjeblikket. Jeg er ikke usund. Og jeg vil ikke anden Sensation end den der ligger i helst det allerbedste Arbejde. Og den Arbejdsplan vinder man nu alligvel igennem med. Jeg er Dem saa inderlig, inderlig taknemlig, kære hr. Rasmussen, og det skal jeg nok bevise Dem efterhaanden. 
+Deres hengivne
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Peter Barsøe
+gæstgiver Petersen</t>
+  </si>
+  <si>
+    <t>Den indlagte skrivelse til byrådet er registreret separat.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen medsender en skrivelse til Faaborgs byråd, som han beder borgmester Skouenborg om at medtage det de kommende byrådsmøde. MR er ked af den modtagelse, Ymerbrønden har fået i byen og også ked af de mange personlige angreb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tXmG</t>
+  </si>
+  <si>
+    <t>1' September 13.
+Privat.
+Kjøre Herr Borgmester Skouenborg!
+Jndlagt sender jeg en officielt Skrivelse til Byraadet, som jeg mener vil kunne være af Jnteresse at have ved det forestaaende Byraadsmøde, ved hvilket Spørgsmaalet om Ymerbrønden formentlig vil komme frem, og da Skrivelsen jo er en Art Svær paa Angrebene, der har været i Bladene, vilde jeg sætte nogen Pris paa, om De vilde drage Omsorg for, at den kommer i samtlige Blade in extenso. Hele denne Sag har jo sat Byen i Oprør - den sidste Aften jeg var i Faaborg kom Pastor Barsøe til mig i Anledning af Brønden men jeg maa nu tilstaa, at jeg ikke kan faa Øje paa det raa, hvorom der har været Tale, eller det, der kan forarge, med mindre Folk da bærer Forargelsen i dem selv. Jeg maa nu sige, at jeg synes, at jeg for min gode Vilje har faaet en noget haard Medfart i de mange rent personlige Angreb, om end jeg nok kan tænke mig, at disse kun kommer fra nogle enkelte og vel vil kunne føres tilbage til en bestemt Kilde. Gjæstgiver Petersens synes jeg er det mest ondsindede, og tilmed er Jndholdet jo ganske usandt, men jeg finder, at det er under min Værdighed at svare paa den Slags Perfiditeter i Bladene, saa jeg er jo for saa vidt afskaaret fra at forsvare mig. Naar Herr Petersen skriver: Hvem husker ikke Herr M Rasmussens Løfter i 1906 om, at han, hvis han blev valgt ind i Faaborg Byraad, i saa Fald ville blive boende i Faaborg i den Byraadsperiode og altsaa betale min Skat. Og hvad blev der saa af det gode Løfte? Inden 1907 havde Etatsraaden taget Bopæl i Kjøbenhavn og nægtede at betale sin Skat til Faaborg," da er disse Paastande ganske usande fra Ænde til anden. Under Valget oplyste jeg, at jeg havde sikkret min Lejlighed i 10 Aar og at jeg ikke agtede at flytte fra Byen,hvad jeg heller ikke paa det Tidspunkt gjorde, og Paastanden om, at jeg i 1907 nægtede at betale Skat til Faaborg er lige saa usand, da jeg i Henhold til medfølgende Kopi af Brev til Byraadet betalte Skat sidste Gang i 1910. Om den Opfattelse, at jeg har Skjænket Museet til Byen, er som Herr Petersen udtaler "almindelig", eller om den kun findes i hans Fantasi er maaske lidt vanskelig at afgjøre, men hvad Herr Petersen og Konsorter "opfatter" kan jeg dog ikke gjøres ansvarlig for, og jeg kan ikke nægte, at jeg har haft Tanker i lignende Retninger om ikke i den samme, saa skræmmer Sporene efter den Behandling, der er bleven mig til Del ved Ymerbrønden. Jmidlertid, Museet er jo i Faaborg, og kan ikke tages derfra, saa under alle Forhold har byen jo Museet.
+Jeg syntes at jeg følte Trang til at fremkomme med disse Udgydelser til Dem personlig og forbliver med venlig Hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Borgmester Skouenborg udtrykker sin ærgelse på Mads Rasmussens vegne over den negative modtagelse af Ymerbrønden. Samtidig fremhæver han også, at han har fået mange positive tilkendegivelser om kunstværket. Han mener ikke, det vil være hensigtsmæssigt at fremlægge den skrivelse, Mads Rasmussen har sendt ham til byrådet om at de evt. kan kontakte Kai Nielsen, hvis skulpturen ønskes ændret. Han håber, MR kan glemme de negative kommentarer og i stedet stole på, at der er mange, der påskønner hans interesse for byen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0lJC</t>
+  </si>
+  <si>
+    <t>Faaborg d. 1/9 1913
+Kjære Hrr. Etatsraad. Deres Brev, som jeg modtog i Aften, maa jeg svare paa med det samme, netop fordi jeg er ked af, at det har ærgret Dem, og fordi jeg ikke holder af Deres Skrivelse til Byraadet.
+Der bør ikke undre, at Skriverierne over Brønden tilsidst har angrebet Deres Humør, skjønt jeg havde haabet, at det skulde slaa til. Udover Avisartiklerne har jeg mærket grumme lidt til, at Ymerbrønden har vakt Oprør her, men jeg har dog truffet flere, baade fine og jævne Folk, som var enige med mig i at beundre Kunstværket. Jeg forbavses over at høre, at Pastor Barsøe har været hos Dem den sidste Aften, og forstaar slet ikke, hvad han vilde naa ved Henvendelsen; De kunde jo ikke tage Brønden med Dem. B og jeg har kun én Gang talt om Brønden, men da vi absolut ikke kunne forstaa hinanden, har der ikke været Anledning til at drøfte Sagen tiere. Gæstgiver P's Stykke synes jo nu at have sat Punktum, og det var ogsaa saa langt paa den anden Side af det sømmelige, at det ikke kunde friste nogen til Svar, og jeg ser ikke, det kan skade andre end Forfatteren selv, omend jeg naturligvis nok forstaar, at det har ærgret Dem.
+Jeg venter ikke, at Brønden kommer til Forhandling paa Onsdag - i hvert Fald er Forhandling derom ikke anmeldt. Det er jo da ikke Deres Mening, at jeg skal rejse det ved at præsentere Deres Skr. til Raadet? Men selvom nogen skulde rejse det, vil jeg grumme nødig aflevere Deres Skrivelse, da det forekommer mig fuldkomment utænkeligt, at Forhandlinger mellem Raadet og Kunstneren skulde kunne føre til noget godt; enhver Ændring synes for Alvor at maatte virke uanstændig. Men forlanger De det absolut, gør jeg det naturligvis - og skal da nok sørge for, at Deres Skr. in extenso kommer i Bladene.
+Jeg tror og haaber, at Avisfejden nu er sluttet, og vil helst, at at der ingen Forhandlinger eller Forandringer sker. Jeg er meget ked af, at der er skrevet, som der er, men jeg vilde gærne, at De skulde glemme det og stole paa, at der er mange her, som paaskønner Deres Interesse for Byen.
+Vi er bedte til Sølvbryllup i Kallundborg den 21. og tager dertil, hvis ikke Husmandsudstillingen den 19-21 hindrer det. 
+De venligste Hilsner til Dem og Deres Frue fra min Kone og 
+Deres hengivne
+P. Skouenborg</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Sprogø, 4220 Korsør, Danmark</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver tak for sidst til Christine Rasmussen. Han nævner, at Mads Rasmussen har købt billedet "Følfod" samt billederne "Bur med Kanariefuld" og "Storm og Solskin". Derudover også "Mose på Sprogø". Om akvarellen med Philipsen er god nok, ved han ikke, ingen af dem har set den endnu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NpFr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 11 Septbr 1913.
+Kære Fru Etatsraadinde!
+Allerførst Tak for sidst! Hvad Billederne angaa, saa købte Etatsraaden et Billede "Følfod" til 150 Kr fra min Udstilling hos Winkel og Magnussen, samme sted blev der købt 2 Billeder til Musæet nemlig: "Bur med Kanariefugle" 600 Kr
+og "Storm og Solskin" 350 Kr.
+og paa den frie Udstilling til Musæet "Mose paa Sprogø" 400 Kr. Om Aquarellen med Philipsen er god nok til Musæet ved jeg ikke. der er ingen af Kammeraterne der har set den undnu, men jeg skal nok beholde den foreløbig, d.v.s. jeg skal ikke sælge den før Kommiteen har haft Lejlighed til at se den.
+Venlig Hilsen ogsaa fra min Kone til Etatsraaden og Dem selv. 
+Deres hengivne
+Johannes Larsen</t>
   </si>
   <si>
     <t>1913-09-03</t>
   </si>
   <si>
     <t>Else Jensen er i tvivl om, hvornår Hun og Johannes V. kan komme på besøg hos Fritz og Anna, da de har en alarmeringsøvelse hængende over hovedet. Hun spørger også , om det måske ikke er bedre, at de kommer efter barnet er født. Og nævner, at hvis Anna har fortrudt og hellere vil barsle i København, så er hun velkommen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/W47D</t>
   </si>
   <si>
     <t>Jacobys Alle 2 d: 3-9-13.
 Kære Anna og Syberg.
 Tak for jeres Breve, det er en stor Skam, vi ikke har svaret før, og jeg kan ikke engang nu skrive bestemt hvornaar vi kommer for vi har jo den forbandende Alarmeringsøvelse hængende over Hovedet paa os, før den har været kan det jo i hvert Fald ikke blive. Hvad mon du vilde sige Anna til, hvis vi først kom efter at Stine er kommet? Var det ikke behageligere for dig end at faa os lige paa det sidste, du skrev nok i dit sidste Brev at det var dig ligegyldigt, men hvordan har du det nu?
 Vi er nu flyttet ind og kommet i Orden, Børnene gaar i Skole og Johannes V. tygger paa sit Penneskaft, det er alt samme meget godt og byen er jo dejlig, men vi trænger alligevel til en lille Udflugt og glæder os til at komme over til jer og se alle jeres Børn og Billeder. 
 [Tilføjet af Johannes V. Jensen:]
 Kære Venner. Ja vi glæder os til at gense Kerteminde, sidst i September tænker jeg nok det klapper fra begge Sider. Altsaa paa Gensyn. J.V.
 [Else fortsætter:]
 Skulde du have bestemt dig om Anna og vil til Byen og barsle alligevel, saa skulde det glæde os, der er ikke noget saa hyggeligt som Frugtsommelighed, naar det bare ikke sidder paa en selv.
 Send os et Par Ord om hvordan det gaar jer alle.
 Jeres hengivne 
 Else</t>
   </si>
   <si>
+    <t>1913-09-29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har separat sendt Johannes Larsen to skitsebøger, som han har opbevaret samt en check for 3 billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QLA0</t>
+  </si>
+  <si>
+    <t>29' September 13.
+Herr Kunstmaler Johs Laresen,
+Kjerteminde.
+Separat er afsendt til Dem de to Skitsebøger, som har været opbevaret hos mig, og indlagt sender jeg i Cheque Kr 1100,oo til Dækning af Beløbene for følgende Billeder:
+Bur med Kanariefugle 600 Kr
+Storm og Solskin 350-
+Følfod 150-
+Med venlig Hilsen
+M Rasmussen
+Jndlæg</t>
+  </si>
+  <si>
     <t>1913-10-01</t>
   </si>
   <si>
     <t>Johannes Larsen kvitterer for check og de to små bøger, som Mads Rasmussen har sendt. Han glæder sig til at deltage i konkurrencen om freskerne i kuppelsalen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JARx</t>
   </si>
   <si>
     <t>Kjerteminde 1/10 1913.
 Kære Hr. Etatsraad!
 De to smaa bøger og en Cheque paa 1100 Kr har jeg rigtigt modtaget. Ligeledes har jeg gennem Hr DKS Munch-Petersen modtaget 400 Kr fra den frie Udstilling. Jeg glæder mig vældigt til at deltage i Konkurrencen til Freskerne i Kuppelsalen. Med Tak og venlig Hilsen ogsaa fra min Kone til Dem og Deres Familie.
 Deres hengivne
 Johannes Larsen</t>
   </si>
   <si>
     <t>1913-10</t>
   </si>
   <si>
     <t>Johannes V. og Else Jensen sender lykønskninger til Anna i anledning af, at hun har barslet med en lille pige. De roser hende begge for at være en "flot kone", Johannes V. drømmer om også nok en gang at have en baby liggende i en Kurv, og Else udtrykker sine varme følelser for Anna.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/k1h6</t>
   </si>
   <si>
     <t>Kære Anna!
 Det er det Else og jeg siger, du er en flot Kone, Moa op ad Dage! Til Lykke med Stine! Hvor kunde I nu saa længe i Forvejen vide det vilde blive en Pige? I er forfærdelige, bare man kunde lære Eder Kunsten af. Vi taler om en Pige der skal hedde Mette men tør ikke stole paa at det ikke bliver en Dreng. Vi kommer nu og besøger Jer saa snart du er oppe, jeg var lige ved at ville rejse straks over Hals og Hoved da vi havde faaet Sybergs Brev, men den rolige Else sagde saadan og saadan, og nu venter vi altsaa lidt. Den 19de er der Efteraarsferie, maaske kan det passe begge Parter til den Tid. 
 Her er alt vel. Jeg er stadig skrantende men har nu besluttet at leve, for jeg kan ikke være andet bekendt. Ved Gud, jeg vil ogsaa en Gang endnu have en lille klynkende en liggende i en Kurv og se den faa Mad. Er det ikke sandt at alle Nyfødte ser ud som Vidskelæder og lugter af Blyant - du som er en Kunstnerinde maa vel vide det. Til Lykke med de nye Remedier! Nu kommer Else
 [brevet fortsættes af Else Johannes V. Jensen]
 Til Lykke Anna du i alle Retninger Eksempel til Efterfølgelse. Jeg vilde saa gerne sige dig noget rigtig godt, men jeg er saa haabløs talentløs, jeg kan kun sige dig ligeud, at jeg holder forfærdelig meget af dig. Maa vi komme over til Jer i Slutningen af Maaneden, Børnene har Ferie fra 19.22, men kan I havd dem med? Hils Syberg. Æblerne vil vi meget gerne have, er det ikke det nemmeste at tage dem med, naar vi rejser hjem.
 Jeres Else</t>
   </si>
   <si>
+    <t>1913-10-02</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender en check til Peter Hansen til dækning for billedhuggeren. Han vil være i Faaborg søndag og mandag og håber at nå at se Peter Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b2wI</t>
+  </si>
+  <si>
+    <t>2' Oktober 13.
+Herr Kunstmaler Peter Hansen:
+Hermed sender til til Dækning af Beløbet for Billedhuggeren Cheque Kr. 1000-.
+Jeg skal til Jærnbanemøde i Odense, hvorfra jeg kommer til Faaborg, hvor jeg er Søndag og Mandag, og det vilde da være mig meget kjært at se Dem, om De kunde komme til Byen en af de Dage. Hvornaar rejser De?
+Med venlig Hilsen forbliver jeg
+Deres forbundne
+Jndlæg.</t>
+  </si>
+  <si>
     <t>1913-10-15</t>
   </si>
   <si>
     <t>Carl V Petersen
 Mads Rasmussen</t>
   </si>
   <si>
     <t>Johannes V. Jensen mener ikke, at han eller Fritz Syberg skal bruge kræfter på at etablere et kunstblad under de foreliggende betingelser. De bør lige overveje sagen nærmere og drøfte det, når de ses - han og Else kommer med toget søndag den 19.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OCBE</t>
   </si>
   <si>
     <t>15 Okt, 13
 Kære Ven
 Jeg synes ikke hverken du eller jeg skal sætte Kræfter ind paa et Kunstnerblad under de foreliggende Betingelser. Foranledningen er parodisk, at støtte en Ungdom der ikke har mere i sit Skjold end hvad man kunde se for nylig i Kunstforeningen. Carl V. Petersen kan jeg meget godt lide personlig, men han er kværulant og uvant som Kunstforstandig og kan ingen Ting bestille. Vi burde aldrig lade Gyldendal Forlægge det. Endelig tror jeg ikke paa et Kunstblad alene; lad os en Gang starte os et Blad om Kunst og Litteratur, Rejser og Haandgerning, for Skandinavien. Vi kunde jo begynde med "de danske Øer", som vi snakkede om og saa lade M.R. financiere Foretagendet. Lad os snakke om det naar vi ses - vi rejser rundt med 12.30 Toget fra Kbhvn Søndag den 19de - og lad saa Sagen som den nu er uberørt for M.R. Hold den i alt Fald hen til vi har drøftet Sagen, de kan jo ingen Ting gøre uden dig alligevel. Paa Gensyn!
 J.V.</t>
+  </si>
+  <si>
+    <t>1913-11</t>
+  </si>
+  <si>
+    <t>Jens Birkholm sender en avis, som han tror vil more Mads Rasmussen. Det fremgår ikke i detaljer, hvad det drejer sig om, men det handler om Ymerbrønden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IKqV</t>
+  </si>
+  <si>
+    <t>Kære Etatsraad
+Jeg sender Dem hermed en Avis som jeg tror vil more Dem. Som De ser begynder nu Ymer at hævne sig paa sine Fjender fra i Sommer. Desværre kan Ymer kun faa Komidien trykt i S.D. saa den bliver jo ikke saa udbredt som den burde. Var det ikke en Opgave for Faaborg Musæum af sørge for at der bliver foranstaltet et Separat - Tryk og udbredt saa langt Brandts Avis rækker?
+Venlig Hilsen til Dem og Familie
+Deres
+Jens Birkholm</t>
   </si>
   <si>
     <t>1913-11-20</t>
   </si>
   <si>
     <t>Peter Hansen
 Else Jensen
 Anna Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver til Fritz Syberg, at han vil kunne begynde på det projekt, de har drøftet allerede i 1914 - den eneste grund til at vente er vel er Peter Hansen er i Italien. det skal gøres til en Danmarks, i hvert fald en øernes beskrivelse. Norge og Sverige - måske Berlin - kunne også tænkes med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4vkB</t>
   </si>
   <si>
     <t>20 Nov 13
 Kære Ven
 Hermed Forskrivelsen i undertegnet Stand. Jeg for min Part kunde godt begynde allerede 1914 og ser egentlig ikke hvorfor vi skal vente saa længe; uden maaske det at Peter Hansen er i Italien. Planen er god. det nærmere taler vi altsaa om; jeg skal begynde med at lægge Stof hen der egner sig derfor. Vi skal gøre det til en Danmarks i hvert Fald en Øernes Beskrivelse. København ikke at forglemme! Jeg ved ikke hvorfor vi skal overlade denne Byes "Landskaber" til Asfaltmennesker, for hvert Aar der gaar forelsker jeg mig mere og mere i København - Norge og Sverig! Berlin? Vi har Lov at tænke paa det. Jeg er i alle Fald fulde med paa dit Forslag i den Form du foreslaar.
 Her er alt vel, jeg skal hilse mange Gang fra Else. Hils Anna og bed hende snart være rask igen. Kom ind til Byen en Gang og lad os gaa ud og more os sammen.
 Din hengivne J.V.</t>
   </si>
   <si>
+    <t>1913-12-16</t>
+  </si>
+  <si>
+    <t>Karl Madsen foreslår, at konservator Svend Rønne overfører de to portrætter, som Mad Rasmussen har skrevet om, på nye blindrammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pdXU</t>
+  </si>
+  <si>
+    <t>STATENS MUSEUM FOR KUNST
+Kjøbenhavn d. 16. Dec 1913
+Kære Hr Etatsraad
+Det vilde efter min Mening i alle Maader være rigtigst at lade Museets Konservator Svend Rønne overføre de to Portræter paa ny Blindrammer. Han lader Billedrammerne lave med særlig Omhu og sørger for en forsvarlig Opspænding efter Overflytningen til Dem.
+De venligste Hilsener
+Deres ærbødigst forbundne
+Karl Madsen</t>
+  </si>
+  <si>
+    <t>Karl Madsen har nævnt, at der burde komme andre blindrammer om de to portrætter. Kan han anbefale nogle?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x3A9</t>
+  </si>
+  <si>
+    <t>16' December 13.
+Herr Museumsdirektør Karl Madsen,
+R.D.
+St Hanstorv 26 2.
+Da De besøgte os i Søndags talte De om, at vi burde have andre Blindrammer om de to Portrætter. Tom Petersen anbefaler Lundqvist &amp;amp; Olsen, Nytorv 9, men mulig De kunde anbefale en anden, som De mener er bedre. Jeg vedlægger frankeret Konvolut og takker Dem forud og Ulejligheden.
+Deres forbundne
+M Rasmussen</t>
+  </si>
+  <si>
     <t>1913-12-21</t>
   </si>
   <si>
     <t>Der var tanker om på dette tidspunkt, at kuppelsalen på Faaborg Museum skulle udsmykkes med vægmalerier el. lign.</t>
   </si>
   <si>
     <t>Peter Hansen sender en julehilsen til Mads og Christine Rasmussen og meddeler, at han har modtaget målene og beskrivelse af kuppelsalen; nu er der bare at lave noget godt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/n1Xc</t>
   </si>
   <si>
     <t>Søndag d 21de-12-13
 Kære Etatsraad og Frue
 Nu har de nok travlt med Julen derhjemme, jeg kender det og slipper naturligvis heller ikke her, da vi har de to Unger, for Italienerne gør ellers ikke meget ud af den. Maalene og Beskrivelsen af Kuppelsalen har jeg faaet, nu er det altsaa bare at lave noget godt, og ikke være altfor "dom", som Philipsen siger. 
 En glædelig Jul ønskes Dem og Familje fra os alle her.
 Deres hengivne Peter Hansen.</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft skriver til Mads Rasmussen angående erhvervelse af nogle af Karl Schous malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K52j</t>
+  </si>
+  <si>
+    <t>[påført med blyant:] 1914. Lørdag Aften.
+Kære Herr Etatsraad!
+Da Schou har svaret mig saa hurtigt, at jeg allerede nu i Aften har faaet hans Brev, vil jeg ogsaa skynde mig at skrive til Dem for ikke at forhale Bestemmelsen.
+Schou skriver, at ogsaa han vilde have ment, at "det var godt at faa Forældrebilledet paa Musæet, hvis jeg ikke havde haft en endnu bedre Plan med det, nemlig at lade min Søn arve det. Han holder meget baade af Bedsteforældrene og af Billedet, og jeg synes derfor det er den bedste Anvendelse, det kan faa. "
+Saadan skriver han , og saa er det vel desværre ikke muligt at faa det til Museet, skønt jeg dog synes, det var værdt, om De selv vilde rette en Forespørgsel til ham derom.
+Men har De ikke Lyst til det, er jeg altsaa enig med Dem og Peter om Erhværvelsen af et af de Billeder (Christianshavns Kanal eller Motivet fra faste Batteri), De har tænkt paa. Hvis Musæet kunde faa et Par af de Skitser, jeg nævnte ved samme Lejlighed - og det drejer sig jo kun om et Par Hundrede Kr. - synes jeg, man skulde benytte den gunstige Lejlighed. de bliver vist let solgte. 
+Med venligst Hilsen til Dem og Deres
+Deres hengivne
+Nicolaus Lützhøft</t>
   </si>
   <si>
     <t>1914-01-04</t>
   </si>
   <si>
     <t>Johannes V. Jensen har rejselyst igen. Han har spurgt Johannes Larsen, om han vil med på en rejse i 3-4 måneder over Amerika til Japan og Sibirien, men han vil ikke med. Nu forsøger Johannes V. at lokke Fritz Syberg med, blandt andet ved at udpensle alt det, de skal se og hvilke motiver, han kunne male.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OkiX</t>
   </si>
   <si>
     <t>4 Jan 14
 Kære Ven!
 Det klør under Vingerne igen; jeg skrev til Johannes Larsen og spurgte ham om han vilde rejse med mig i 3-4 Maaneder over Amerika til Japan og Sibirien, vor gamle Plan, men han bygger Huse og kunde heller ikke denne Gang. Nu har jeg begrænset Ruten saaledes at jeg i to Maaneder af tre tager til England, London og Fabriksdistrikterne, og derfra til New. York, over med engelsk Skib paa 1ste Kahyt, hjem med tysk paa Mellemdæk - vil du med? Vi rejser økonomisk, gør ikke store Folk vor Opvartning men ser Luften og Gaden, det er ukendte Ting altsammen for dig. Vi rejser først i Februar, naar du har Udstillingen fra Haanden, siden passer den jo sig selv, og er hjemme igen først eller sidst i April. Du vilde gøre mig en meget stor Glæde ved at tage med, det staar allerede for mig som om det slet ikke kan være anderledes. Du behøver kun at gøre fire Akvareller undervejs for at tjene Rejsen, og hvilke Akvareller! London, Birminghams Skorstene, det Helvedes New York i Jævndøgnssolskin, og saa en til som overlades din Inspiration. Jeg selv skriver fire Korrespondancer for mit Syndikat. Vi kan gøre Turen som Herrer for 2000 Kr hver. Har du set Hvalen nogensinde naar den runder sin Ryg op af Atlanterhavet og runder sig ned igen efter at have plantet en Taagebusk i Søen af sin Aande? Hvad kan jeg friste dig med. Liverpool, hvor vi skal have Baad, en af de største Turbinebaade vi kan finde til New York - det er en Verden du ikke kender, du Latiner. Du maa komme med og se Gammelengland og New York. De to mørke Regnmaaneder rejser vi op og kommer saa hjem til Paaskesol og grønne Knopper i Danmark - kan du staa for det? Hvis du ikke vil med maa jeg til det igen alene.
 Glædeligt Nytaar
 Hils Anna mange Gange
 Din hengivne 
 Johannes V.</t>
+  </si>
+  <si>
+    <t>1914-01-08</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. Den omtalte rejse til Schweiz og Sydeuropa blev ikke realiseret.
+Planen om at lade Fritz Syberg male fresker i Kuppelsalen på Faaborg Museum blev skrinlagt.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har foreslået Anna, at de skal bo i Schweiz i tre år, men hun vil hellere bo i København. Johs. V. Jensen og Syberg kunne måske engang tage sammen til Amerika og leve som nybyggere. Når Syberg er færdig med skitserne til Kuppelsalen i Faaborg, vil han gerne sammen med Hans og Johanne (Besse) tage ni måneder til Schweiz med afstikkere til Sicilien og Grækenland. Der dr dejligt i Danmark, og vinteren er smuk, men Syberg længes ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/blTV</t>
+  </si>
+  <si>
+    <t>Pilegården 8 Jan. 1914
+Kære Ven!
+Dit Brev traf mig just som jeg havde foreslået Anna at vi skulde rejse til Schweiz og bosætte os i tre År [”År” indsat over linjen]. Mit Forslag gjorde imidlertid ingen Lykke. Jeg længes altså selv ud, men Amerika har jeg ingen Mod på. Kunde vi ikke en Gang mødes i vore Udlængsler selv om det blot blev til en Jagttur til Sverige. Amerika, ja var det en Tur til en eller anden kanadisk Indsø, med et indiansk Navn, hvor vi kunde slå os ned en Tid og søge Sporene af Amerika således som de første Nybyggere fandt det, men de moderne Vidundere kan jeg ikke overkomme Når Du skriver om dem er det noget andet, så er Jorden ung, når jeg selv kommer i Nærheden af dem føler jeg kun hvor vor Klode ældes. Nej jeg har planlagt en Tur til Levanten, en Fortsættelse af vort Italiensophold. Når jeg har min Udstilling, Indretningen af det ny Faaborg Musæum [et overstreget, ulæseligt ord] fra Hånden, samt er færdig med mine Aquareller til Freskerne i Kuppelsalen, rejser Hans, Besse og jeg bort i 9 Måneder. Helst ønskede jeg Turen skulde strække sig over tre År, og det kunde lade sig gøre ved at vi bosatte os i Schweiz (den franske Del for Sprogets Skyld) Vi vilde der bo så centralt så jeg kunde foretage Smårejser til Sicilien og Grækenland, men Familien vil ikke.
+Anna vil bo i Kjøbenhavn, som er min Rædsel. I det hele taget vilde jeg for Øjeblikket være glad ved at bo hvorsom helst blot jeg var uden for Danmarks Grænser. Endnu er jeg ikke kommen hjem fra vor sidste Rejse, men i Løbet af et halvt Årstid, kan jeg ikke undgå at komme til det Punkt at jeg uigenkaldelig er hjemme. Her er kønt nok herhjemme, Landskaberne har aldrig været så dejlige som i Vinter, men jeg kan ikke få mig til at begynde.
+Omkring den 20 kommer jeg til København. Anna kommer ikke med, det er Skæbnens Ironi. Jeg håber at træffe Dig og være lidt sammen med Dig.
+Hils Else og Børnene.
+Din hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-01-14</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen takker for Kai Nielsens brev og glæder sig over, at det går godt. Han udtaler sig positivt om, at få Kai Nielsens gipsmodeller til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QQj6</t>
+  </si>
+  <si>
+    <t>14' Januar 14.
+Kære Herr Kaj Nielsen :
+Tak for deres venlige Brev og for Fotografierne, De sendte, og som det har glædet mig meget at se. Ligeledes har det glædet mig at se, at Deres Kunst har vundet en Ven og Beundrer i Etatsraad Dybdal.
+Som jeg skrev i mit sidste Brev glæder jeg mig til, at Faaborg Museum skal faa alle de Gibsmodeller, som de regner for Deres gode Arbejder, saa at dette som De skriver kan blive et Samlingssted for samtlige Deres Arbejder - et andet Thorvaldsens Museum. Der skal nok blive skaffet Plads.
+Med venlig Hilsen fra min Hustru og mig forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-2</t>
+  </si>
+  <si>
+    <t>NB - Der mangler en scanning af anden side af brevet, den kommer senere.</t>
+  </si>
+  <si>
+    <t>Kai Nielsen skriver med stor begejstring til Mads Rasmussen og fortæller om sin rejse til Italien. Desuden kommer han med forskellige betragtninger om indretningen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hj2u</t>
+  </si>
+  <si>
+    <t>[tilføjet med blyant: 9 Febr 1914]
+Kære Hr. Mads Rasmussen
+Lige "Hjemkommen".
+Det har været en aldeles henrivende Tur. Jeg blev naturligvis snydt af Droskekuske og alt det andet Skab der lever af Turistdumheder, men jeg har set saa forfærdelig meget. Jeg har været i Rom, Neapel - Pompei, var en vældig morsom Tur med Peter Hansen i Udgravningerne og paa Vesuv og jeg har været i Florentz og set alle de dejlige Ting af Michel Angelo og Donatello der staar der. Naar jeg kommer hjem skal der slides som aldrig før. Jeg har allerede aftalt med Scheller om Anskaffelsen af en 5.6 mægtige Kalkstensblokke at gaa lige løs paa. Jeg har forøvrigt ogsaa aftalt med ham hvornaar Statuen maa være i Faaborg at vi kan naa at faa den fint færdig til Indvielsen. Nu slider jeg i mine Figurer til Bl. Pl. og i Skitsen til Frescoerne. Hvor er de pompeianske Vægmalerier dog vidunderlige. Jeg fik næsten Peter med til at indrømme, at det er meget meget smukkere end Olie vi blev ogsaa enige om at Fresco skal males som de gamle med Dækfarve ikke som i Viborg Domkirke i Lasurfarve det giver ingen Virkning. Den store Hoveddetaille er det min Mening at gøre i en Frescoplade ovre paa Stedet i Faaborg samtidig med at jeg gør Statuen færdig.
+Hr Rasmussen jeg fik noget at vide om at der var kørt noget i Stykker paa Ymerbrønden. Er det rigtig? I saa Tilfælde maa det jo repareres. Gibsfigurerne paa Musæet skal allesammen have raa Linolie saa bliver de ligesom gammel Marmor. Jeg tror det skal blive en flot lille Apendix til det øvrige - Kælderen med Figurerne til Blaagaards plads. Saa skal de jo vaskes omhyggeligt af og ogsaa gennemvaskes med Linolie. Jeg har hørt noget om at Karl Madsen skulde komme her til Paris om en lille Tid. Bare han gjorde. Han ved jo alle Steder her i Paris hvor der er noget at lære af.
+Jeg er bleven saa væmmelig afholdende og har tabt 20 ℔ og faaet langt Haar igen saa jeg kommer jo hjem som en ren Pryd for Landet baade hvad det Ydre og Indre angaar. Jeg skal til at forsøge at lave nogle Mosaik naar jeg nu kommer hjem igen jeg gaar og lærer det her samtidig med at jeg lærer alle de Raderemetoder der er. Saa jeg faar jo herefter dags Brug for min Tid.
+Vil De hilse Fru Rasmussen og hvis Deres Broder ikke har faaet Skitsen til Brønden, saa staar der nu Afstøbninger ude hos Ferdinandsen. Han har ogsaa Originalen. Vil De ogsaa hilse Deres Broder.
+Var der noget ved Raderingerne?
+Deres Taknemlige og hengivne'
+Kai Nielsen
+6 Rue Huyghens</t>
+  </si>
+  <si>
+    <t>1914-03-06</t>
+  </si>
+  <si>
+    <t>Villy -
+Laurentius Allerup
+Ludvig Dahlerup
+Niels Hansen
+Andreas Larsen
+Johan Larsen
+Bruno Liljefors
+Ingeborg Rasmussen
+Jens Rasmussen
+Mads Rasmussen
+Ellen  Sawyer
+Christine Swane
+Hasse Zetterström</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
+Den Baltiske Udstilling åbnede 5. maj 1914.
+Faaborg Museum købte i perioden 1909 til 1914 otte billeder af Niels Hansen. 
+Hverringeskoven, som hører til godset Hverringe, ligger få kilometer nord for Kerteminde på halvøen Hindsholm.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ikke anmeldt til Charlottenborg, og Larsen må fortælle hende, hvilke hun skal sende. På Den Baltiske Udstilling skal Larsen vise Påfuglene og Havlitterne og nogle andre gode, så han kan konkurrere med Bruno Liljefors.
+Niels Hansen burde være glad, når man har købt så meget af ham.
+Det svinder i pengebeholdningen.
+Ellen Sawyer har fødselsdag fredag, og Alhed har inviteret gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xgfu</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit Brev i Dag, skriv endelig tit, Du kan nok tænke, jeg vil følge med stor Spænding, hvordan det gaar. Skriv Dit Telefonnummer. – Hermed mere Post. Jeg har ikke anmeldt til Charlottenb., maaske kan jeg sende 3-4 derud. Og Du maa da endelig sende ogsaa lad mig strax vide hvormange og hvilke. – Se, til den baltiske har Du jo Paafuglene i Spisestuen og maaske de 3 Havlitter, jeg kunde nu godt lide, Du skulde faa nogle rigtig gode Billeder derover, at konkurrere med Liljefors og saa er der jo Zätterström. - - Niels Hansen kunde jo godt holde sig i Ro nu I har købt alt det af ham. Han kan da ikke gøre andet end sende Mads Katalog, jeg mener ikke mere uden at være paatrængende. – Hvor Overrettens behandlede Dig pænt, men hvor kunde Du faa Penge? – Dahlerup har i Dag bedt om 100, han havde lagt ud i Banken, saa nu svinder det fælt i de 1000. – Den nye And har det godt, de gaar rigtig fredelig og pænt sammen derude. Christine og jeg har været i Hverringeskoven i det dejlige Vejr. – Det er Elles Fødselsdag Fredag, jeg har bedt Familien og Villy og Allerup, send hende en Lykønskning – Nu maa jeg slutte. 1000 Hilsner fra os alle 3. – Bare Du nu ikke bliver forkølet.
+Din A
+Onsdag Aften</t>
+  </si>
+  <si>
+    <t>1914-03-14</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Malmø</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Andreas Larsen
+Johan Larsen
+- Larsen, kunsthandler
+Christine Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Malmö: Den baltiske Udstilling, Malmö 1914</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har anmeldt billeder til Den Frie. Han har malet svanehoveder og ved nu, hvordan det store billede skal se ud. Larsen anmelder Knortegæssene, Havlitterne og Stenen ved stranden til Malmö.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A9mU</t>
+  </si>
+  <si>
+    <t>Kirkeby 14 Marts 1914.
+Kæreste Alhed!
+Sikke jeg har baaret mig ad. Jeg fandt ganske tilfældig Anmeldelsesblanketterne til d. fri, jeg kunde aldeles ikke huske at de var kommen. Nu har jeg anmeldt som vedlagt, og sender sedlerne til Opklæbning bag paa Blendrammerne, vil Du saa sende dem ind til Larsen og bede Swanes se paa Rammerne. I Dag har det været Regnvejr, og jeg har siddet inde og malet Svanehoveder. Jeg er nu nogenlunde klar over hvordan jeg vil have det store Billede. Gid Fanden havde alt det Udstillingsvrøvl. Jeg anmelder Knortegæssene Havlitterne og Stenen ved stranden til Malmö og beder Jastrau om jeg eventuelt maa bytte dem med andre Billeder.
+Mange Hilsner. Kan drengene ikke ogsaa skrive lidt en Gang imellem?
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-03-18</t>
+  </si>
+  <si>
+    <t>Leipzig
+Malundskrog, Kerteminde</t>
+  </si>
+  <si>
+    <t>Ivar Bentsen
+Martin Haahr
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+- Martinussen
+Sigurd Müller
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>"dem til Lehn Schiøler": Eiler Lehn Schiøler hyrede Johannes Larsen til at lave illustrationer til et stort bogværk om fugle. Se Lehn Schiølers biografi.
+Det er uvist, hvilken udstilling i Leipzig, Larsen skulle deltage i.
+"Pengene fra Galleriet": Man kaldte på den tid, hvor brevet er skrevet, Statens museum for Kunst for Galleriet. Pengene er muligvis betaling for Larsens maleri Edderfugle ved Vesterrevet, Sprogø.
+Handlen med Martinussen er omtalt i tidligere breve. Den fandt sted i forbindelse med, at Larsen-familien fik bygget et nyt hus til den familie, som passede Svanemøllen ved Larsens hjem. det er uklart, hvem Martinussen var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejder med svaner, akvareller og billeder til Lehn Schiøler, og han har spændt lærred op til det store billede. Han sender liste over de billeder, han har anmeldt til udstillingen i Leipzig. Alhed bliver bedt om at sende billederne. Når der kommer penge fra Galleriet, må Alhed betale Bentsen for handlen med Martinussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YC8U</t>
+  </si>
+  <si>
+    <t>Kirkeby 18 Marts 1914
+Kæreste Alhed!
+Tak for Dine 2 Breve i Dag og al den Post. Det var helt rørende at høre fra Kai forleden, hved Du hans Adr.? Jeg har slidt i det med Svanerne og det kan maaske blive en helt rar Afbrydelse at lave et Par Aquareller, der er jo ogsaa dem til Lehn Schiøler, hvis det bliver Vejr til det i Mrg vil jeg prøve. Jeg har spændt Lærred paa til det store og naar jeg faar det lagt an skal jeg sende Dig en Tegning, jeg vil nødig før, bare det ikke bliver noget Møg, men saa faar jeg jo nok lavet noget andet, der er Motiver nok, saa arbejdsløs behøver jeg ikke at frygte for at blive saa længe jeg er her. Jeg skriver her op hvad jeg har anmeldt til Leipzig, og jeg har bedt Sigurd Müller om at lade Dig vide naar det skal sendes ind. Jeg har malet 14 Billeder, 6 Aquarelstudier af Svanehoveder og en Del Pennetegninger. Det var ikke saa godt at Du blev hængende ved det Billede, det er ikke morsomt. Jeg har det godt og det er flinke Folk her, især Skytten Martin Haahr har jeg megen Nytte af.
+Anmeldelsen til Tyskland ser saadan ud:
+[En ”Tuborg” omkring de første syv på listen med ordet Træsnit]
+Træsnit til Blicher Trækfuglene
+Ex libris
+Spetten
+Svanerne
+Landskabet
+Portræt
+Portræt
+[En ”Tuborg” ved de to sidste med ordene Litho grafi]
+Vintermrg (Gærdesmutten)
+Blishøns Regn.
+for de sidstes Vedkommende kan Du sende de indrammede Expl. vi har, da de ikke er sat til salg. Jeg havde først anmeldt alle 3 Portræter men da jeg havde glemt Malundskrogs Landskabet strøg jeg det ene og satte det i Stedet, der kunde nemlig ikke staa mere paa Blanketten. Jeg vilde ikke have det G[ulæseligt]billede sat lavere end til 4000 da jeg tænker det ender paa Faaborg Museum og saa skal der vel slaas af, det er heller ikke for meget for det og det er jo ikke umuligt at det bliver solgt. Naar Pengene fra Galleriet kommer kan Du betale Bentsen de 1000 Kr. De har skrevet og hylet for de Penge fra Handlen med Martinussen. Mange kærlige Hilsner til Jer alle Tre.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1914-04-20</t>
+  </si>
+  <si>
+    <t>Victor Fischer</t>
+  </si>
+  <si>
+    <t>Niels Hansen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Victor Fischer fremsender regning for de indkøb, Fritz Syberg har gjort for Faaborg Museums regning på auktionen over Niels Hansens malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mucx</t>
+  </si>
+  <si>
+    <t>OVERRETSSAGFØRER VICTOR FISCHER
+SKINDERGADE 43 (HJ. AF SKOUBOGADE)
+TELEFON 4398
+KØBENHAVN K., D. 20de April 1914
++ 1.
+Hr. Etatsraad M. R a s m u s s e n,
+10. Skjoldsgade.
+Da Maleren F. Syberg har meddelt mig i en Skrivelse, jeg har modtaget idag, at de af ham paa Auktionen over maleren Niels Hansens Malerier gjorte Indkøb er gjorte for Faaborg Musæum's Regning og samtidig anmoder mig om at sende Dem Notaen over Indkøbet, tillader jeg mig hoslagt at fremsende denne og beder om at Beløbet KR. 1419,oo maa blive indbetalt paa mit Kontor snarest for at Regnskabet med Hr. Niels Hansen kan blive afsluttet.
+Deres ærbødige
+Victor Fischer</t>
+  </si>
+  <si>
+    <t>1914-04-27</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Schous brev, som omtales, findes ikke sammen med Larsens brev på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået brev fra Karl Schou om udstilling. Larsen anmelder irisk-billedet til udstillingen, og Alhed kan føje flere til. Han er begyndt på et billede af hjejler. Der er 300-400 af disse fugle lige udenfor haven. Alhed og børnene skal komme til Henne Kirkeby en af de næste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YdQK</t>
+  </si>
+  <si>
+    <t>Kirkeby 27 April 1914
+Kæreste Alhed!
+Her kan Du se Schous Brev. Jeg er helt glad ved det. Men de 3 smaa Billeder de har levnet vil jeg ikke sende til den frie Udstilling. De vil ikke se ud af noget der og de kan daarligt undværes senere naar jeg vil udstille Billederne herfra. Jeg synes det har svækket Samlingen her at de er borte, saa jeg er meget glad ved at faa dem igen. Jeg sender Anmeldelsen, som Du ser har jeg føjet Irisken til, den er jo ikke ældre eller jeg mener yngre end Paafuglene. Hvis Du vil kan Du jo føje et Par til Snavebilledet eller Romanerne eller Stenen ved Stranden eller hvad Du nu kan finde paa, eller lade være. Jeg er meget spændt på Vejret i Morgen, jeg har i Dag begyndt paa et større Billede af en Pløjemark med Hjejler som jeg venter mig meget af, men Marken skal tromles i Mrg Eftmdg. Her har været 300-400 i de sidste Dage lige uden for Haven. I Gaar bestilte jeg ikke andet end ligge og se paa dem og lavede en hel Del Tegninger. De er pragtfulde nu, næsten alle helt affældede. 
+Jeg glæder mig vanvittigt til I kommer, kom endelig Onsdag, det er noget Skidt at I allerede skal af Sted Mandag. 
+Mange kærlige Hilsner
+Din
+Johannes Larsen.
+Lad Puf maale Billederne i Cm. og føj dem til paa Blanketten.
+JL.</t>
+  </si>
+  <si>
+    <t>1914-05-12</t>
+  </si>
+  <si>
+    <t>Aage Møller fremsender check til Jens Birkholm for købet af et billede fra Svanninge Bakker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4BGO</t>
+  </si>
+  <si>
+    <t>12' Maj 1914.
+Herr Kunstmaler Birkholm.
+Faaborg.
+Hermed fremsendes i Cheque Kr 400,oo til Dækning af Beløbet for Billedet fra Svanninge Bakker.
+Etatsraaden beder mig sige, at det har vakt stor Glæde og at man finder det meget smukt.
+Med Højagtelse
+Aage Møller</t>
   </si>
   <si>
     <t>1914-05-15</t>
   </si>
   <si>
     <t>Else Jensen
 Anna Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensen er kommer hjem fra en vellykket rejse og har fundet alt uforandret. Han kan forstå på Fritz Sybergs seneste brev til Else, at Fritz har været på landevejen og nu har nedsat sig som boelsmand i Svanninge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/STNI</t>
   </si>
   <si>
     <t>15 Maj, 14
 Kære Ven
 Jeg er kommen hjem efter en i alle Maader vellukket Rejse og har fundet alt uforandret, smaat, velernæret, hageløst, halvgement, net og ufarligt - Rodskud som det jo er det hele. Naturen som altid dejlig. Helges Badekammer , Else yndig og Drengene to ægte Knopper. Efter dine to Breve til Else at dømme - det sidste har jeg i Dag med husbondagtig Overgreb aabnet i Elses Fraværelse - har du været paa Landevejen men er endt med at blive Boelsmand i Svanninge; jeg glæder mig til at besøge dig der. Selv tænker jeg paa at bygge mig Smedje i Sommer i Tibirke, hvor jeg haaber at se dig. Annas to Maaneder i København holder jeg med hende i.
 [her slutter Johannes v. Jensen uden signatur, hvilket han ikke plejer. Det virker dog sandsynligt, at det brev fra Else Jensen, der i arkivet ligger umiddelbart efter Johannes V. Jensens, og som er udateret, er en fortsættelse af Johannes V.s brev. Derfor er de to breve registreret sammen som et. ]
 Kære Syberg
 Tak for dine Breve. Det var jo en udmærket Løsning paa Spørgsmaalet I har fundet, vi er kede af at ikke hele Familien flytter herind til byen, saa vore respektive Børn ogsaa kunde faa lidt Glæde af hinanden, og det bliver vel ogsaa sjældent vi faar dig at se, men det kan jo ikke nytte du flytter herind og befinder dig ilde.
 Jeg har været i Bremen og hentet Johannes V. og faaet ham hjem i god Stand og nu længes vi efter at flytte ud i Huset, bare I kunde besøge os der igen iaar, vi har nu faaet lidt flere Bekvemmeligheder derude, saa vi skulde nok faa det rart. Men Syberg har I Strand i Svanninge og hvad gør i med Nordskov, jeg kan egentlig slet ikke tænke mig jer andre Steder end der. 
 Hils Anna mange Gange og bare vi snart saas. Din hengivne Else</t>
   </si>
   <si>
+    <t>1914-05-22</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Brevet er en afskrift af en brev fra Fritz Syberg til Carl Petersen. Det er Carl Petersen, der har lavet afskriften, formentlig for at sende den til Mads Rasmussen, da den befinder sig blandt andre breve til Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k4EY</t>
+  </si>
+  <si>
+    <t>Kopi
+P.t. Svanninge pr. Millinge St. 22 Maj 1914
+Kære Carl Petersen
+Tak for det tilsendte. Jeg har været ude at se Museet, som jeg synes bliver smukt, simpelt, stort og skønt. For at denne Simpelhed kan bibeholdes i hele Anordningen og Opstillingen vil jeg herved føre Dem følgende Forsalg, at de tre første Rum: Vestibulen, den mindre Ovenlysal og Kuppelsalen anvendes udelukkende til Skupltur og at den mindre Ovenlyssal eventuelt udsmykkes med Fresker (ligesom Kuppelsalen) Vi opnaar derved at faa Skulptur og Staffelimaleri i to store Afdelinger hver for sig.
+Et andet Forslag jeg er noget ængstelig ved at fremkomme med, men dog ikke vil holde tilbage er at i alle de Sale som er forbeholdt Malerierne, lægges ikke brogede Murstensgulve, men ensfarvede røde Murstensgulve, en sort Sokkel og hvide Vægge og Loft uden Spor af Dekorationer er hvad jeg forestiller mig som ideelle Omgivelser for Faaborg Musæets Billeder, (den fynske Kunst) nu er det sagt. 
+M.H. til Forslag No. 1. kunde da den ny Sidesal som bygges til Kais Skulpturer eventuelt bruges til Malerisal? kunde f.Ex. det store Museumsbillede faa Plads der?
+Med venlig Hilsen det Dem og Frue er jeg Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-05-26</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Kai Nielsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Brevet er en afskrift. Da brevet ligger blandt Mads Rasmussen breve, kan man antage, at Carl Petersen har sendt en kopi af sit brev til Fritz Syberg til Mads Rasmussen til orientering.</t>
+  </si>
+  <si>
+    <t>Brevet er en kopi/afskrift 
+Carl Petersen skriver et langt brev til Fritz Syberg. Brevet indeholder en masse betragtninger og overvejelser om udformningen og indretningen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vmMk</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 1305 x d. 26 Maj 1914
+Kopi
+Kære Fritz Syberg!
+Tak for Deres Brev og Deres anerkendende Udtalelser om Museumstegningen. Jeg deler Deres Opfattelse, at det vilde være smukt, om Billedhuggerarbejderne og Malerierne kunde holdes adskilte i to Hovedafdelinger. Jeg synes ogsaa om Deres gode Ide med at samle Skulpturerne i de første Rum, hvis den kunde have været lagt til Grund for Bygningens Plan. Men den Gang var der foruden Statuen kun et Par store og en Snes mindre Skulpturarbejder, hvilket langt fra var nok til at indrette en Sal til. Heller ikke en samlet Opstilling af Billedhuggerarbejderne i Kuppelsalen vilde være tiltalende. Fresker og sleben Sten staar ikke godt til Gips. Jeg var ogsaa i meget stærkt Tvivl om, hvorledes Kais Arbejder skulde anbringes. Heldigvis forandredes Situationen, da Kai forærede Museet sine 18 store Figurgrupper fra Blaagaards Plads, og Etatsraaden bestemte sig ril at bygge en særlig Skulptursal. Det blev da muligt for mig helt at gennemføre det, der var mit Maal, ogsaa med Gulvmønstrene, at forme Musæet som en Række Modsætninger. Det var en stor Fordel, at Kuppelsalen med Statuen blev noget helt for sig, og at baad den og Malerisalen blev befriet for de øvrige Skulpturer. 
+Kuppelsalens Beliggenhed er jo, som De ved, bestemt af, at det blev forlangt, at Statuen skulde ses allerede i ca 15 Alens Afstand. Den ny Sal kan kun lægges ved Siden af Arkivet, og de nederste Køjer. Den bliver ca 24 Alen lang og 8 Alen bred. Det volder store Anstrengelser at faa den mere end 5 Alen Høj, Malersalene er henholdsvis 6 Alen 18" og 7 Alen høje. Og Belysningen kan kun skaffes ved et Vindu i Endevæggen, hvilket vil give stærkt Strejflys paa Salens Langside og meget morsomt Lys i Bagenden, eller ved højt Sidelys fra Lyskasser langs Salens ene Langside, hvorved denne Side faar skarpt Strejflys og den modsatte Længdevæg sparsomt Lys. Det er nogenlunde det sletteste Lokale, jeg kan tænke mig at hænge Malerier op i.
+Paa den anden Side vil det vise sig umuligt at faa de 18 store Figurgrupper opstillede i den lille Malerisal. Den er for lille, og ikke egnet til Anbringelsen af Skulpturerne. Men i det Hele synes jeg, at noget af den smukke Virkning mistes, om Figurgrupperne anbringes i den lille Sal, saa de kommer til at konkurre med Statuen. Den skulde jo gerne staa der, ikke som et enkelt Skulpturarbejde blandt mange andre af samme Kunstner, men som det Portræt, Fynbokunstnerne har ønsket, at en deres egne skulde udføre af den Mand, der har samlet deres Arbejder. Det er netop smukt, at Portrættet er en Statue omgivet af de gode Malerier og ikke af Skulptur. Det vilde være langt mindre værdifuldt, om det var et malet Portræt blandt Malerierne.
+Men jeg forstaar i de Hele ikke rigtig Deres Bekymring for, at Malerierne ikke skal tage sig ud i Museet. Jeg synes, at der i vor Tid i Danmark ikke findes noget andet Kald af Malere, der hver for sig er saa gode, og samtidig hører saa afgjort sammen, som Fynboerne. Da jeg havade det Held at faa dette Arbejde, synes jeg, at det var den dejligste Opgave, jeg kunde tænke mig, at bygge et Hus, der blev en værdig Ramme om denne Kunst. Jeg kan da heller ikke se, at der er Grund til at være bange for, at de jævne Bygningsformer, jeg har tilstræbt, og de anvendte prunkløse Materialer skal skade Billederne.
+Med Hensyn til det andet Spørgsmaal, De skriver om - Gulvene, da kunde jeg maaske i og for sig nok for at imødekomme Deres Ønsker se bort fra det for mig personlige Moment, at jeg har lagt et meget omfattende Arbejde i disse Gulve og anvendt maaske Halvdelen af den Tid, Tegnearbejdet paa Museet har kostet mig, til Gulvmønstrene. Og det er særligt Gulvene i Køjerne og den store Malerisal, der har kostet saa meget Bryderi, altsaa netop dem, De ønsker erstattet med røde Murstensgulve.
+Men jeg tror, at selv om jeg viste denne store Resignation, vilde det ikke lykkes mig at faa Etatsraaeden til at opgive de planlagte Mønstre. Det var Etatsraaden selv, der paa et Møde med Peter Hansen fik den Ide, at vie kunde udføre Gulvene af saadanne Tærninger, der skulde fremstilles paa hans eget Teglværk, hvilket har vist sig at være langt dyrere end beregnet. De er udførte nu, og der er saaledes bundet en ikke ringe Kapital i dem. Jeg tror som sagt ikke, at Etatsraaden ej vil undvære at se Resultatet af de store Ofre, som der her er gjort, og som blandt andet skulde vise, hvad man formaar at præstere med Produkter fra et almindeligt dansk Teglværk. 
+Men jeg skal bede Etatsraaden om at udtale sig derom. Jeg var nylig i Faaborg sammen med Kai Nielsen og hørte, at De opholdt Dem i Svanninge, Vi vilde have været ude at hilse paa Dem, men vort Ophold i Faaborg blev af forskellige Grunde kun ganske kort, meget kortere end paatænkt. 
+en venlig Hilsen fra min Kone og Deres hengivne
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1914-6</t>
+  </si>
+  <si>
+    <t>V. Bloch-Jørgensen</t>
+  </si>
+  <si>
+    <t>Brevet er en afskrift - ud fra håndskriften at dømme, er det Carl Petersen, der har foretaget afskriften. Det virker sandsynligt, at det er Mads Rasmussen, der har skrevet det oprindelige brev til snedkermester V. Bloch-Jørgensen. Han fastslår, at da Carl Petersen ikke har fulgt hans ønske om at tage tilbud fra snedkermester i provinsen til en billigere pris for de bestilte møbler til Faaborg Museum, må Bloch-Jørgensen henvende sig direkte til Carl Petersen angående den vedlagte regning på prøver m.m.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3b1D</t>
+  </si>
+  <si>
+    <t>Hr. Snedkermester V. Bloch-Jørgensen!
+I Anledning af Deres ærede Skrivelse af 9/6 skal jeg meddele, at Arkitekt Carl Petersen ved Licitationen over Møbler til Faaborg Museum, trods min Anmodning, ikke straks tog Tilbud fra Snedkermestre i Provinsen. Det viste sig da ogsaa, at de københavnske Tilbud blev langt dyrere end det, Møblerne kunde fremstilles for i Provinsen. Jeg indser da ikke, hvorfor det skulde være en selvfølge at jeg er forpligtet til at betale denne Overpris.
+Med Hensyn til den vedlagte Regning paa Prøver m.m., som Arkitekten har bestilt hos Dem, og som i Deres Skrivelse betegnes som Forarbejder, skal jeg bemærke, at jeg opfatter dine Ydelser som henhørende under Arkitektens Arbejdet, altsaa for mit Vedkommende et Mellemværende mellem Arkitekten og mig, og jeg beder Dem derfor henholde Dem til Arkitekten med Deres eventuelle Krav.
+Ærbødigst</t>
+  </si>
+  <si>
     <t>1914-06-18</t>
   </si>
   <si>
     <t>Fritz Syberg
 Hans  Syberg</t>
   </si>
   <si>
     <t>Else Jensen tænker på Anna og Fritz's besøg i Tibirke året forinden og håber, at Anna vil komme ud til dem snart.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JhFa</t>
   </si>
   <si>
     <t>[anført med blyant:] 18/6-14
 Tibirke Helsinge
 Kære Anna. Siden vi er kommet herud tænker vi saa tit paa jer og jeres Besøg her i fjor. Du sagde, du en Gang i Sommer skulde til Byen, kan du saa ikke stikke en lille Tur herud. Syberg er vel stadig Svanninge, men du har jo Hans, saa lærte han med det samme Vejen.
 Vær nu sød og kom uden Vrøvl. Maaske er du allerede i Byen, men saa sender de vel dette Brev efter dig. Drengene glæder sig forfærdeligt til at Hans kommer.
 Mange Hilsner fra os alle
 Din
 Else</t>
   </si>
   <si>
+    <t>1914-06-21</t>
+  </si>
+  <si>
+    <t>V. Bloch-Jørgensen
+Kai Nielsen
+Julius Paulsen</t>
+  </si>
+  <si>
+    <t>Carl Petersen tilbagesender snedkermester Bloch-Jørgensens skrivelse og regning med forslag til et svar. Næste dag skal CP til middag med Kai Nielsen hos professor Julius Paulsen. Han skriver desuden om sit arbejde med billedhuggersalen på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ge5f</t>
+  </si>
+  <si>
+    <t>Københavns Ladegaard d 21 Juni 1914
+Kære Hr. Etatsraad!
+Vedlagt tilbagesender jeg Snedkermester Bloch-Jørgensens Skrivelse og Regning med Forslag til et Svar. Jeg beder om at Skrivelsen, Regningen og Svaret, saaledes som de endelig formes maa blive opbevaret til eventuelt senere Brug for mig.
+I Morgen skal jeg til Middag sammen med Kai Nielsen hos Professor Julius Paulsen. Jeg skal da bede ham aftale med Dem hvilken Aften vi skal mødes hos ham.
+Jeg tror at jeg kan faa et storartet Rum ud af Billedhuggersalen, med en lille dyb Indgang, og et straalende stort Vindu i Endevæggen ud mod Haven, og med en meget smuk Udsigt over denne. Lyset i Salen vil efter mit Forslag blive meget samlet. Jeg tager Tegningerne med ud hos Kai, hvor de saa kan drøftes af de tre interesserede Parter: Bygherren, Billedhuggeren og Arkitekten.
+Det er mærkværdigt med den Byggegrund, som oprindelig saa saa urimelig ud til et Museum, det føjer sig altsammen saa naturligt og ligetil paa den, som om den var bestemt til fra første Færd at Fynboernes Museum skulde bygges paa den. 
+En venlig Hilsen til Etatsraaden fra Deres hengivne
+Carl Petersen.</t>
+  </si>
+  <si>
+    <t>1914-07-04</t>
+  </si>
+  <si>
+    <t>Skovkrogen</t>
+  </si>
+  <si>
+    <t>Peter Hansen takker for det tilsendte beløb. Han befinder sig i Skovkrogen ved Haarby; der er varmere end i Italien. Billederne fra Italien har han foreløbig magasineret og ingen får dem at se, før museet er klar til at besigtige dem. Det nye museum ser udmærket ud og statuen ser også ud til at blive udmærket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WGwP</t>
+  </si>
+  <si>
+    <t>Skovkrogen pr Haarby
+d. 4 Juli 1914.
+Kære Hr Etatsraad.
+Tak for Tilsendelsen af de 1589 Kr, som jeg har modtaget her i Skovkrogen. Her befinder vi os nu i en Varme, der er ikke saa lidt stærkere end den italienske. Mine Billeder dernede fra har jeg foreløbig magasineret og ingen faar dem at se før Musæet, muligvis i Oktober vil se dem, et Par af dem kunde jeg godt ønske at komme der. Det nye Museum ser udmærket ud, Gulvene fortræffelige og dejligt Stof at træde paa. Statuen ser ogsaa ud til at blive udmærket.
+Med venlig Hilsen til Dem Frue og Børn fra min Kone og Deres hengivne 
+Peter Hansen.</t>
+  </si>
+  <si>
     <t>1914-07-07</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver et bevæget brev til Fritz Syberg efter Anna Sybergs død. Han mindes, den sommer, de alle tilbragte sammen og udtrykker sin glæde over at have kendt Anna. Else er for ked af det til at skrive.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PVvW</t>
   </si>
   <si>
     <t>7 Juli 1914
 Kære Ven
 Det blev altsaa til at Anna maatte dø. Else og jeg havde ikke et Øjeblik tænkt os Muligheden deraf, det sidste Brev var saa skemtende og levende som kun Anna kunde skrive. Jeg kan jo ikke sige dig noget, for hvad skal du med Deltagelse nu, jeg finder ingenting selv der er Mening i at tænke paa. Det gør mig saa ondt at det er forbi, den Sommer vi tilbragte sammen var altsaa den vi skulde have, jeg toede paa mange Somre og meget godt for Anna og os allesammen endnu. For Børnene er det haardt. Jeg er glad over at jeg har kendt Anna, og jeg føler at vi er over Bakken og omme paa den anden Side, en Følelse vi ikke kendte den Sommer, nu da hun er død. Skønt jeg sent lærte hende at kende var hun en af de Kammerater der markerede vor Tid af.
 Kan jeg være noget for dig i nogen Henseende, saa skriv efter mig. Vi kommer ikke til Begravelsen, jeg har ikke Nerver til det. Else vilde skrive men opgav det, hun er meget ked af det.
 Din hengivne 
 Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>1914-07-15</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver til Mads Rasmussen angående forskellige detaljer vedørende arbejdet med rummene i Faaborg Museum, blandt andet om vinduernes inddeling og gulvenes udtryk. Han fortæller også om det store arbejde, der er med møblerne og fremhæver snedkerens omhyggelighed og smukke arbejde. Han glæder sig til at Mads Rasmussen skal se møblerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jpZ0</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 13 05 x d. 15 Juli 1914
+Kære Hr. Etatsraad Rasmussen!
+Tegningerne til Salen bliver nu afsendt. Det er rigtig at det har taget lang Tid. Grunden er at jeg har haft stor Vanskelighed ved at fastslaa Vinduets Inddeling og Loftsgesimsens Form. Rummet er i sine Dimentioner og Lysforhold ganske usædvanligt, og jeg har maattet gøre en Mængde Studier over beslægtede Tilfælde for at være sikker paa at faa Arbejdet godt. Men samtidig har jeg et stort Arbejde med Møblerne, særlig med Flettearbejdet paa Stolene. Jeg har maattet klare hvorledes hver Streng i Rørfletningen skal anbringes. Hynderne, Møblernes Beslag, Flettearbejdet, Uret m.m. bevirker at jeg ikke har kunnet rejse.
+Møblerne bliver, naar jeg skal sige min Mening, en Begivenhed, de smukkeste, der er udført siden de gamle danske Kunstnerens Møbler. Snedkeren er fortrinlig, Han laver det bedste Arbejde til os, og udfører Møblerne med en Mængde Delikatesser i Behandling udover, hvad der er krævet i Beskrivelsen. Han betragter det med andre Ord lige som jeg selv som et Programarbejde, hvor det gælder at fastslaa hvor gennemført han kan gøre det. jeg skal nævne et Eksempel. Sofaen har jeg forlangt behandlet lige saa fint under Hynderne som paa de synlige Steder. Da jeg for et Par Dage siden kom ud og saa den, var den nydeligt inddelt i Fyldninger og behandlet under Bunden og bag paa Ryggen
+Egetræet ser vidunderligt godt ud, jeg har ogsaa maattet løbe langt omkring for at finde det. Og Profileringerne er, som det øvrige, udført at Snedkeren med den største Omhu. Jeg glæder mig meget til at De skal se disse Møbler.
+Af de manglende 4 Køjegulve har jeg sendt Ermlund det ene nu. Et andet er færdigt i Tegningen, men jeg kan ikke bestemme Farverne til det før jeg i Faaborg kan lægge en Prøve ud. Det tredie; Labyrinten er jeg ved at lave om. Det er et gammel mathematisk Problem at lave den Art Labyrinter, og jeg er efter Haanden ganske utilfreds med den Løsning jeg havde. Jeg har liggende nogle og tyve forskellige Tegninger til dette Gulv. Endelig har jeg en speciel Ide til Gulvet i den sidste Køje, men jeg vil ikke gærne have det lagt før Indgangen til Billedhuggersalen er færdig.
+Angaaende Gulvet i Billedhuggersalen foreslaar jeg at Etatsraaden undersøger hvad Fliserne fra Rosenborg kan erhverves for. Der gaar ca 290 stk. af de store 18"x18" Fliser til. Det bliver maaske ikke dyrere end Klinkerne, som desuden viser sig at være vanskelige at faa paa kort Leveringstid.
+Ja, nu er jeg blot bange for, at De skal synes, at jeg i Omstændelighed i Smaating minder om Stanley-Koch. Ham glæder jeg mig for Resten til at komme ud at klapse af. 
+En venlig Hilsen til Etatsraaden og Etatsraadinden fra Deres hengivne
+Carl Petersen</t>
   </si>
   <si>
     <t>1914-07-24</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver, at så snart de kan, kommer han og Else og besøger Fritz, men det bliver ikke før efter sommerferien. Han har tænkt på at skrive til Fritz om deres plan om at udgive noget sammen - han kunne tænke sig, at de begyndte med at skrive noget, der samlede sig om Anna.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/n2q6</t>
   </si>
   <si>
     <t>24 Juli 1914
 Kære Ven
 Saasnart Else og jeg kan, kommer vi over paa Fyn og besøger dig. Jeg er bange for det ikke bliver før efter Ferien, vi kan ingen faa til at være hos Børnene herude og tør ikke rejse fra dem med Pigen alene til at se efter dem. Men vi tager jo ind den 20de og kan bedre rejse fra dem naar de er i Kbhvn.
 Jeg har tænkt paa at ville skrive til dig om den Plan vi havde om at udgive noget sammen og vilde foreslaa dig at vi lader det første vi udsender samle sig, Billeder og Tekst, om Anna. Du har jo Stof nok hvad Billeder angaar, baade af Anna og dig selv, og jeg tænker at skrive noget ud fra den Sommer vi var sammen oppe i Nordskov. Men vi drøfter det bedre naar vi ses.
 Her har vi nu endelig faaet Regn og kølighed, man bliver Nordbo igen, det vil sige længes efter at frembringe noget, rejse, sejle, det er Augustluften, "Jagten" der gaar ind. Saa et det det gælder om at holde sig fast for at Uroen kan blive til Arbejde, Fanden havde det. Skyer igen! Det er efter dem vor Hjerne er gjort.
 Jeg skal hilse dig mange Gange fra Else. Vi talte om at spørge dig, om du ikke vilde sende nogle af Børnene herover med blev enige om, at I nok helst vilde blive i Flok foreløbig.
 Din hengivne
 Johannes V. Jensen</t>
   </si>
   <si>
+    <t>1914-08-13</t>
+  </si>
+  <si>
+    <t>Klement Jensen
+Stanley Kock</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender et brev, han har modtaget om nogle fliser, der åbenbart er under overvejelse til museumsbyggeriet. Desuden sender han et brev fra landinspektør Kock og beder Carl Petersen ordne den omhandlede sag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wfcw</t>
+  </si>
+  <si>
+    <t>13' August 1914.
+Herr Arkitekt Carl Petersen,
+Rasmussens Hotel, Faaborg.
+Jndlagt sender jeg Dem et Brev jeg har modtaget fra Clement Jensen. Som De vil se er Fliserne billige og hvis vi kan faa nok, vil de jo sikkert være gode.
+Endvidere sender jeg et Brev fra Landinspektør Kock og bedes De ordne omhandlede Sag. Jeg har ikke talt med ham om Sagen eller ordnet noget.
+Med venlig Hilsen
+Mads Rasmussen
+Jndlæg.</t>
+  </si>
+  <si>
+    <t>1914-08-19</t>
+  </si>
+  <si>
+    <t>Leon  Ehlers
+Peter Hansen
+Fridolin Johansen
+Johannes Larsen
+Sigurd  Swane
+Anna Syberg
+Hans  Syberg
+Peter Tom-Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet omkring en måned efter Anna Sybergs død.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg nåede ikke at se ud til Mads Rasmussen inden han rejste fra Faaborg. Han ville have tale med dem om, hvornår indkøbskomiteen skule mødes for at se på Johannes Larsens og Peter Hansens billeder. Han undskylder sig blandt andet med at han ikke har kunnet tænke på andet end den forandring, der er indtruffet i familiens liv. Så nævner han forskellige andre billeder, som han mener kunne overvejes til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uMX</t>
+  </si>
+  <si>
+    <t>Overkjærby 19 August
+Kære Hr. Etatsraad!
+Desværre naaede jeg ikke at komme ud til Dem i Faaborg inden De rejste. Jeg vilde gjærne have talt med Dem om hvornaar Komiteen skal samles for at se paa Joh. Larsens og Peter Hansens Billeder. Det var vel næsten bedst at blive samlet om Joh. Larsens inden Tom Petersen og Peter Hansen rejser fra Fyn. Måske jeg burde have været lidt hurtigere i Vendingen, men jeg håber De undskylder at jeg hidtil ikke har kunnet tænke på andet end den Forandring der er overgaaer mig selv og mine Børn. Med det samme vi samles om Johs Larsens Billeder ønskede jeg gærne at Komiteen så på nogle Billeder som jeg gære vilde have Lov til at forære Musæet. Jeg har to billeder - et Landskab og et Portræt af en Maler - Fridolin Johansen - en af Zahrtmanns Elever som begyndte overordentlig lovende men endte meget sørgeligt. Hans første Billeder var allesammen udmærkede, senere blev hans Arbejder daarlige. Jeg ejer som sagt de to fra hans tidligste Tid og jeg vilde synes det var smukt om han blev repræsenteret på Faaborg Musæet. Desuden har jeg to Aquareller af den afdøde Leon Ehlers og et Selvportræt af Sigurd Swane som jeg synes hører hjemme på Musæet. Endelig har jeg en Gang mens jeg var forlovet lavet en Buste af min Kone - daværende Kæreste - som Hans har hugget i Marmor jeg vil give Komiteen Valget mellem Marmorbusten og den originale Gibsbuste, forudsat den ønsker at eje nogen af dem.
+Med de hjerteligste Hilsener til Dem og Etatsraadinden er jeg Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-9</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Janna  Nielsen
+Carl Petersen, arkitekt
+Johannes Rump</t>
+  </si>
+  <si>
+    <t>Kai Nielsen redegør for Carl Petersen vanskelige økonomiske forhold. Han takker Mads Rasmussen for hans hjælp, men beder samtidig om yderligere hjælp både til Carl Petersen og til sig selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEsw</t>
+  </si>
+  <si>
+    <t>tilføjet med kuglepen: 1914
+Kjøbenhavn B., d. Fredag
+Kære Hr. Rasmussen
+Jeg hører at Arkitekt Karl Petersen i Morgen skal ud og tale med Dem i al Almindelighed og jeg beder Dem om Lov til at komme med for om muligt at bidrage mit til at fremme den Sag Johannes Larsen paabegyndte i Faaborg.
+Nu synes jeg paa Forhaand der er noget urimeligt i at vi "Fynboer" ligesom en Flok Unger hver Gang "vi" skal gøre en god Gerning drejer Hovederne til Dem og straks møder op for at hente Deres Bistand og det sker ligesaa fjolletillidsfuldt fra et stort Mandfolk som Johannes Larsen som af undertegnede "Undermaaler..."
+Nu skrev Johannes Larsen at De gerne vilde være med til en Hædersgave til Calle, men endda med det Tillæg at naar der skulde hjælpes skulde det ikke gøres sentimentalt med en "Undselse" der blot lidt senere sendte ham ud af sin Menage men saadan at han virkelig blev hjulpet. Saadan er der jo bestandig : Vi faar ikke alene et Faaborg Musæum og derved Husly for vel den bedste Retning i dansk Kunst der har været, men bag efter faar vi et Højsæde, saa monumentalt at det kan staa Maal med det allerbedste i moderne Bygningsliv, at sætte os til rette paa. 
+Vi er ogsaa taknemmelige. Allesammen og meget mere end vi kan sige, men nu den arme Arkitekt, han lukker sig jo som en Musling om sin "Perle" angaaende sine pekuniære Forhold og vil meget nødig gaa ved hvorledes han sidder i det. Naar han til Trods for virkelig - maa jeg sige Fattigdom -har gennemført et detaillemæssigt 3 Gange saa stort og omhyggeligt Arkitektarbejde som nogen anden vilde have gjort og næsten i hver lille Del har præsteret noget nyt og brilliant, saa synes jeg alligevel det er Synd at den eneste Frugt han høstede af saa gennemført Gerning skulde blive at han blev sat paa Gaden til Begyndelse forfra. 
+Naar disse fjollede Krigstider er overstaaede saa vil han jo være Førstemand til alt virkelig fiint Byggeri der skal gøres. 
+Saa syntes jeg at han skulde have den Chanse at blive siddende den Ventetid ud der kommer til næste Arbejdsopgave der bydes ham og da jeg talte med Johannes Larsen om det saa sad den store 3 Alens Mand med Taarer i Øjnene og var straks med som Deltager i den Hædersgave vi Kunstnere godt kan staa os ved at give den Mand der med saa meget Arbejde har bidraget sit til at gøre Deres Ramme om vore Arbejder saa pragtfuld som den er blevet.
+Johannes Larsen kom saa til Dem og saa vilde De ogsaa være med oven i Købet langt op over vores Ydeevne. 
+Med det er rigtig at vores "Hædren" alene ikke klarer Kalle fri for Fald, der maa lidt mere til og det er derom jeg gerne vilde tale med Dem. Karl Petersen er jo saa ulykkelig det Skind fordi han skal komme i et saadant Forhold, som det nuværende, til sin Bygherre der har sat ham i Stand til at udføre et saa kostbart og smukt Arbejde, Hvis jeg derfor maa have Lov til at være aggressiv saa skulde der vist rejses ham foruden hans Gave et Tusind Kroners Laan som han forrentes men først afbetaler fra om 2 Aar f. Ekspl. Til den Tid har hans Gerning nu trukket de Følger af nye Opgaver som maa komme.
+Naar De faar trukket ud af Karl Petersen hvad han staar i vil sikkert De som har meget bedre Forstand paa saadanne Forhold end jeg give mig Ret i at mindre ikke kan hjælpe ham. Jeg vilde foreslaa en Underforsikring af de 1000 Kr for Ekspl af Arbejder for os "Fynboer" til Musæet for at vi ogsaa kunde være med i denne sidste gode Gerning. 
+Mere end de 100 Kr kan jeg f. Ekspl ikke være med til i disse latterlige Tider og jeg kommer da ogsaa til Dem med en Bøn for mit eget Vedkommende . Den er nu ikke større end om jeg maa have Lov til at flytte Transporten paa de 500 Kr jeg skylder Dem fra Bing og Grøndals over paa Smaastatuetterne til Rump han har nemlig bedt om Lov til at vente med at modtage Statuetterne til den værste Storm er drevet over og desværre har jeg jo regnet med disse ellers saa sikre Penge. Det varer jo lidt længere men Pengene er jo sikre nok. 
+Men dette kan jeg jo saa ogsaa dele med Dem om naar jeg i Morgen kommer derud, om jeg faar Lov til det.
+Min Adresse er Thannings Pensioner Raadhusplads 2 4. og Telefon 8704. Jeg skal hilse fra Fru Kielland Holm. Hun er nu her igen og vi skal søge efter Atelier at vi kan komme til at bo ordentlig. 
+Deres hengivne
+Kai Nielsen</t>
+  </si>
+  <si>
     <t>1914-09-05</t>
   </si>
   <si>
     <t>Johannes V. Jensen har tidligere foreslået, at Hans Syberg tog arbejde på en terracottafabrik i Amerika. Den omtalte Eskesen havde tilsyneladende med denne virksomhed at gøre.
 Det vides ikke, hvem Ferdinandsen var, men han forhandlede muligvis kunst af forskellig art.</t>
   </si>
   <si>
     <t>Johannes V. Jensen har talt om at besøge Fritz Syberg, men udsigterne er ikke gode. De mangler penge og desuden har Johannes V. kastet sig ind i journalistisk arbejde. Han har set Hans Syberg et par gange.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ioQE</t>
   </si>
   <si>
     <t>5 Sept 14
 Kære Ven
 Hvordan staar det til paa Fyn? Else og jeg har talt om vores Løfte at komme og besøge dig, men Udsigterne er smaa. For det første har vi rent ud sagt ikke Raad til det, for det andet har jeg i Øjeblikket kastet mig ind i Journalistik, som jeg ikke ved hvor fører mig hen. Jeg saa et Glimt af Hans paa Gaden for et Par Uger siden og saa et andet Glimt af et godt Rensdyr af ham ud hos Ferdinandsen - Eskesen fra Amerika har jeg truffet: Fabriken ligger stille, som alt allevegne i denne Tid, saa der er ingen Brug for Hans i Amerika nu; men det kan jo senere komme. Vi lever i en haard Verden. Lad mig høre et Ord fra dig om hvordan du har det. Else beder mig hilse.
 Din hengivne
 Johannes V.J.</t>
+  </si>
+  <si>
+    <t>1914-09-14</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Peter Hansen
+Kai Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om de vanskelige tider for kunsten, nu da der er krig, og fortæller hvor opmuntret han var ved sit besøg hos Mads Rasmussen, der uanfægtet fortsætter sit arbejde med Faaborg Museum og stadig køber kunst. Det inspirerede ham til at forestille sig en udstilling på Kunstindustrimuseet om museet. I brevet kommer han med en længere redegørelse for sine tanker herom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8Cz</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 13 05 x d. 14 Sept. 1914
+Kære Hr Etatsraad M. Rasmussen!
+Da jeg i Lørdags havde været hos Dem for at faa Penge til Haandværkerne ved Museet, tænkte jeg paa, hvor vanskelige Tiderne nu er, og det slog mig da, hvor værdifuldt det er, at en Mand som De er ganske uanfægtet af Situationen.
+Overalt mærker man i denne Tid, at Folk er blevne træge Betalere, selv dem, der ikke behøver at være det. Næsten alle Byggearbejder er strandede, og Luxus som Kunst er der ingen der bruger Penge til. Aviserne er glade, naar de kan konstatere, at det daglige Køb og Salg i Butikerne er lidt bedre end i Krigens første Dage. Samtidig fortæller de om, at i Berlin er der oprettet "Varmestuer" for Kunstnere og Forfattere med gratis Bespisning, og det foreslaas at tænke over, om der ikke ogsaa var Grund til noget lignende her hjemme. Man bliver mismodig ved Tanken om hvorledes det skal gaa, naar Forholdene allerede er saadan nu ved Miserens Begyndelse.
+Men saa var det jo, jeg var ude hos Dem, og dér var det, som om der ingen Krig var. De udbetalte som tidligere, og De talte ikke blot om, at de snart skulle købe Malerier, saaledes som der længe har været Tale om, men ogsaa om snart at købe Billedhuggerarbejder af Kai Nielsen. Jeg blev i straalende Humør, og som det saa gaar, bliver ens Fantasi frugtbar, jeg fik en Ide, som jeg tror er god.
+I Foraaret bestemte den fri Arkitektforening at afholde en Udstilling. Der blev sikret Lokaler i Kunstindustrimuseet nu til Efteraaret. Jeg havde tænkt mig at udstille mine Tegninger til Museet, der vilde blive Udstillingens største og fineste Bygning. Saa kom Krigen og ved et Møde blev det vedtaget at opgive Udstillingen, navnlig fordi Bladene i den først Tid ganske havde ophørt at beskæftige sig med Kunst.
+Saa var det, at det faldt mig ind, at Bladene, saaledes som de nu tager paa Sagerne, maaske netop vilde skrive om dem, der uanfægtet fortrækker Kulturens Værk, ikke alene ved en Udstilling, men ogsaa ved fremdeles at fuldføre et Arbejde som Museet. Jeg forhørte hos Foreningens Formand, om vi havde Lokalerne paa Haanden endnu, hvilket han antog og nærmere vilde spørge Emil Hannover om. Min Tanke er da den, i Kunstindustrimuseet at arrangere en fyldig Udstilling af Forabejderne til Faaborg Museum og derigennem at slaa et Slag for Museet samt i det Hele vise at der er Folk som ikke har tabt Hovedet. Vi kan magelig fylde hele Udstillingen. Det skal være den fri Arkitektforening, som afholder den, og den skal kun omfatte dette ene Arbejde. Men der løber nogle Udgifter paa, som dog ikke bliver umulig store, da vi har Lokalerne gratis. Jeg vil for min Part gøre et stort Tegnearbejde for at faa Sagen godt og smukt fremstillet. Jeg har, foruden Tegningerne, en Gibsmodel af de fine Kapitæler. Men Hovedslaget maa være Møblerne, som maa udlaanes til Udstillingen, samt en Ting til. Vi maa have Gulvene repræsenterede paa Udstillingen. Jeg udfører en samlet Plan over Gulvene, men samtidig maa vi have saa mange Terninger leverede, at vi i Sand kan udlægge to af Køjegulvene. Tommerup Teglværk har vel nok Tid nu til at gøre denne Reklame. 
+Endvidere maa der tages en Række Fotografier fra selv Museumsbygningen, og de maa udstilles i gode Forstørrelser, Billeder, som jo senere kan anvendes til den Bog, der nødvendigvis en Gang maa skrives om Faaborg Museums Historie.
+Udgifterne beløber sig altsaa væsentligst til Transport af Møbler, Gulvtærninger, Lægning af disse, Fotografier samt noget Tilskud til Tegnehjælp, fordi Sagen skal forceres. Udstillingen skal nemlig afholdes i November Maaned, hvis vi skal have den i Kunstindustrimuseet. 
+Men foruden ved Udstillingen af Bygningen kunde der slaas endnu et Slag for Faaborg Museum og alt, hvad der har Forbindelse dermed.
+De vil jo købe Billeder af Johannes Larsen og Peter Hansen i den nærmeste Fremtid. Hvad om de købte dem nu, og vi udstillede dette Aars Indkøb (altsaa ogsaa det af Syberg m.fl.) samtidig med Bygningen. Tænk den 'opsigt og Lykke det vil gøre, at der er Folk, der køber Kunst uanfægtet af Krigen. Det vil blive opfattet som en storartet Gerning udsprunget af et patriotisk Sindelag og et smukt Eksempel til Efterlignelse. Udstillingen vilde samtidig være en smuk og værdig Reklame for Museet.
+Det, der foreløbig er usikkert, er, om vi kan faa Lov til at udstille bildende Kunst i Kunstindustrimuseet, hvilket er imod Emil Hannovers Principper. Men jeg vilde tor at han i disse Tider vil være henrykt over enhver Lejlighed til at støtte Bestræbelser, der gaar i opadgaaende Retning for Kunst.
+Jeg havde først tænkt mig at fremsætte Forslaget, naar Etatsraaden kom her hos mig, for at se paa Prøverne af Vægfarverne, men jeg kunde ikke styre mig for at skrive nu. Det haster jo, saa det vilde være nyttigt, om De havde overvejet Sagen og taget Standpunkt dertil, naar vi næste Gang mødes.
+Med venlig Hilsen fra Deres ærbødige
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1914-09-15</t>
+  </si>
+  <si>
+    <t>Faktura fra Carl Schellers stenhuggerier til Mads Rasmussen for granitstatuen af Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vCHw</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d 15-9-14
+Herr Etatsraad Mads Rasmussen Debet
+1914 An
+Leveret 1 Granit Statue af 
+Etatsraad Mads Rasmussen
+Kr. 4000 00
+1913
+August Pr modtaget kontant Kr: 2000,00
+1914
+Januar " " " 1000,00 3000 00
+Rest Kr 1000 00</t>
+  </si>
+  <si>
+    <t>1914-09-21</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes Larsen
+Nicolaus Lützhøft
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener, at tiden må være kommet til udvælgelse af billeder af Johannes Larsen til museet. Han beder Mads Rasmussen deltage om muligt, og foreslår også Nicolaus Lützhøft og Tom-Petersens tilstedeværelse. Han foreslår en række billeder til erhvervelse, som han mener er væsentlige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qpd7</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21 Stbr 1914
+Kære Hr. Etatsraad!
+Tidspunktet da der må tages Bestemmelse m. H. til Joh. Larsens Billeder er vist kommet. Joh. L. aabner en Udstilling af sine nyeste Arbejder hos Winkel &amp;amp; Magnussen 1ste Otbr. At vente med et eventuelt Indkøb til selve Udstillingen vil ikke være klogt, af den Grund af W.M. skal have 20 p. C. af Salgssummen. Jeg vil derfor spørge Etatstraaden om Peter Hansen, som er her paa Fyn endnu, og jeg må udtage nogle Billeder en af de første Dage til Musæet. Endnu bedre vilde det jo være om Etatsraaden kunde faa Lyst til at komme herover for at derigere Pengespørgsmålet som vi jo står noget vaklende overfor. Hvis Lützhøft og Tom Petersen kom med var det jo heller ingen Skade til, men kan al dette ikke lade sig ordne kunde så P.H. og jeg ikke på Lov til at tage nogle Billeder ud som den øvrige Komité så må se paa bagefter.
+Jeg vil med det samme gribe Lejligheden til at foreslaa at følgende af Joh. Larsens ældre Billeder erhverves af Faaborg Musæet:
+1 Et Portræt af J.L.s Søster
+2 Hans Faders Kontor i Solskin
+3 En Kostald med en Malkepige
+4 Nattergal
+5 Portræt af J.L.s Farmoder (en gammel Dame med en hvid Kappe med lille Kappebånd)
+6 og 7 To Billeder med lyserøde Aakander i en Dam
+Hvilke Billeder jeg allesammen synes hører til Joh. Larsen allerbedste Ting. Jeg har lige havt en Telefonsamtale med P.H. han kan komme til Kjerteminde hvilken Dag det passer Etatsraaden. billederne skal senest sendes afsted Lørdag Aften. Jeg venter altså at høre et Par Ord fra Etatsråden før jeg taler nærmere med P. Hansen. Med mange hjertelige Hilsener til Dem og Etatsraadinden er jeg
+Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-09-26</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Peter Tom-Petersen om at komme til møde den 28. september i anledning af eventuelle indkøb til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WDyg</t>
+  </si>
+  <si>
+    <t>26/9. 1914. ---
+Herr 
+Kunstmaler Tom Petersen.
+Mathildevej 2.
+De bedes komme til Møde Mandagen den 28' ds. Kl. 2 i Skjoldsgade 10 i Anledning af eventuelle indkøb til Faaborg Museum.
+Med Højagtelse
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Nicolaus Lützhøft om at komme til møde den 28. september i anledning af eventuelle indkøb til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqJl</t>
+  </si>
+  <si>
+    <t>26/9. 1914. ---
+Herr 
+Kunstmaler Nic. Lützhøft.
+Stormgade 25.
+De bedes komme til Møde Mandagen den 28' ds. Kl. 2 i Skjoldsgade 10 i Anledning af eventuelle indkøb til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>1914-09-29</t>
+  </si>
+  <si>
+    <t>Peter Magnussen
+Kai Nielsen
+Carl Petersen, arkitekt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt en hel række værker til Faaborg Museum.
+Alhed skal sende træsnitsstokke til brug i nyt katalog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YT8o</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 29 Septh 1914
+Kæreste Alhed!
+Som jeg sagde i Telefonen købte Musæet Farmor, Marie, Kontoret, Stalden, den ene Aakande, Duerne paa Græsset, Juledag og det store med Hjejlerne for 6450 Kr. Billederne er nu kommen op hos W&amp;amp;M. Winkel er meget begejstret, havde det været i Fjor vilde det været bleven en stor Succes. Han er meget spændt men fortrøstningsfuld. Jeg glemte Calles Papirer angaaende Huset, de ligger til højre paa det grønne Bord sammen med alt hvad der angaar Huset, men Du kan nok finde ud af hvad der skal bruges det er jo hovedsageligt Kondition og Overslag det drejer sig om, baade fra Calle og de andre Haandværkere. Vil du sende det og saa omgaaende som muligt nogle smaa Træsnitsklodser jeg har tænkt at bruge til Katalogen. Den med de 2 Graaænder og de 2 smaa Du har snittet (Huset og [ulæseligt]). Jeg sidder her hos a Porta og drikker en Absint med Kai der har hentet mig vi skal ud til Bing &amp;amp; Grøndahl og se paa hans Skakbrikker. Jeg skal hilse. Mange hilsner til Dig og Børnene.
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Peter Hansen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen orienterer Jens Birkholm, der er indlagt på Vejle Sanatorium, om at indkøbskomiteen holdt møde den foregående dag i Skjoldsgade. De købte Birkholms billede, som MR havde se på - Kaleko. Han beder JB oplyse om, hvad billedet "Novembersol" koster. Ellers købtes 16 billeder af Peter Hansen og 2 nye og 6 gamle af Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/neu4</t>
+  </si>
+  <si>
+    <t>29' September 14
+Herr Kunstmaler Jens Birkholm,
+Vejle Sanatorium.
+Vi havde Møde igaar i Skjoldsgade i Jndkøbskomiteen og købte Deres Billede, som jeg havde set paa: Kaleko, 400 Kr. De bedes venligst meddele mig, hvad Deres Billede : "Novembersol" koster. Begge Beløbene kan jo saa sendes paa en Gang.
+Forøvrigt købte vi 16 Billeder af Peter Hansen til 5.510 Kroner og af Johs Larsen 2 nye og 6 gamle til 6450 Kroner. 
+Min Hustru har haft Brev fra Deres Søster, hvori hun skriver, at De har det bedre. Jeg haaber, at Fremgangen maa være vedvarende og med Ønsket om en rigtig god Bedring forblive jeg med venlig Hilsen fra min Hustru og mig
+Deres forbundne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-09-30</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Julius Hviid
+Andreas Larsen
+Johan Larsen
+Peter Magnussen
+Sophus  Meyer
+Thorvald Mikkelsen
+Carl V Petersen
+Johan Christian Petersen
+Christine Swane
+Lars Swane
+Fritz Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København for at ophænge udstilling hos Winkel &amp;amp; Magnussen.
+Larsen-familien er ved at få bygget hus til Alheds mor i Kerteminde. Huset blev tegnet af Carl Petersen (Calle).
+Johannes Larsen er i brevet fra 29. september 14 til Alhed inde på sagen om salg af billeder til Faaborg Museum for 6450 kr. 
+"Reservebarnet" er Christine og Sigurd Swanes søn, Lars, som blev født i 1913. Christine Swane og barnet opholdt sig en tid hos Alhed og Johannes Larsen, fordi Sigurd og Christine Swanes ægteskab haltede (Lise Fogh: Christine Swane. Gyldendal 2022. S. 121). 
+Det er uvist, hvad Mikkelsen har skrevet, og hvem han er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender papirer vedrørende husbyggeriet. 
+Alhed er ikke helt tilfreds med Fritz Syberg/Baronens indsats.
+Reservebarnet har været urolig om natten, Alhed er forkølet, og Christine Swane (Uglen) har vrøvl med underlivet.
+Gamle Eckardt er død, og Larsen bør tage til begravelsen.
+Alhed mangler penge bl.a. til løn til pigerne i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wNQA</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Hermed alt, hvad der laa paa Bordet af Papirer vedrørende Huset, men jeg synes, der maa mangle en Masse, kun Overslag fra Olsen, ingen Konditioner, mest er det jo private Breve fra Calle, som jeg sender alle, da jeg ikke har Tid at læse dem igennem. Jeg har ledt hele Værkstedet igennem, er der andre Steder, Du kan tænke Dig. For Resten trode Haandværkerne vi skulde komme med deres Regninger og disse saa sammenlignes med det oprindeligt. – Saa nu fandt jeg en Del her i Dagligstuen, jeg kom i Tanker om at Calle vist havde dem fremme sidst han var her. - - Det er jo rart med de 6400 men helt tilfreds med Baronen er jeg nu ikke, han kunde sagtens have faaet meget mere igennem f.Ex. Puf og mig, det store Gaasebillede Regn Graavejr fra Bagvejen, Maler Møllers Hus og Munken.
+Det er morsomt at Winkel er tilfreds og fortrøstningsfuld Gud give det vilde gaa lidt godt med Udst. Her er Tilstanden ikke overvældende god Reservebarnet var rædselsfuldt i Nat, jeg selv forkølet og med rædsom Hovedpine i Dag, og Uglen, hvad der er det værste, har Rumlen i Underlivet igen, hun skal til Dr. Hviid i Morgen. – Som Du ser af indlagte er gl. Eckardt død i Mandags, Uglen og jeg synes absolut Du skal følge ham, da Du nu er derinde. – Det er dog et væmmeligt Brev fra den Mikkelsen, lad ham dog sejle sin egen Sø – at ”der er noget at kritisere” skriver han, den Idiot gl. Madsen er rørende. – Hør, hvis Du kan, saa send mig lidt Penge, helst strax, jeg gav Mix 40 Kr. i Gaar, og Pigerne skal have Løn nu den 1ste – Nu maa jeg slutte. Naar aabner Du, hold mig endelig à jour.
+Drengene har det godt og ellers intet nyt. 1000 Hilsner fra os alle 3 Din A.
+30te Sept. – 14
+Hils W. &amp;amp; M.</t>
+  </si>
+  <si>
+    <t>1914-10</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Carl Petersen, arkitekt
+Karl Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Brevet er et udkast til brev af 20. oktober 1914.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen mener, det er vigtigt at forbedre Karl Schous repræsentation på museet. Desuden skriver han om sin bekymring for, at Carl Petersen medvirker til ophængning af billeder på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3nFl</t>
+  </si>
+  <si>
+    <t>Kære Hr Etatsraad
+Da jeg var i København hørte jeg at Karl Schou skulde have Udstilling, og talte med Lützhøft om Muligheden af at faa hans Samling i Faaborg Museum completteret med nogle af hans nyere Billeder ved den Lejlighed. Medens Syberg, Peter og jeg - samt til Dels Poul Christiansen er saa righoldigt repræsenterede i Musæet, at der, selv om der ikke skulde komme flere Billeder af os, ikke kan gaaes uden om det af nogen der ønsker at lære vore Arbejder at kende er dee jo langt fra Tilfældet for Schous Vedkommende. Schou der jo altid samme med vi fire ovennævnte har hørt til den snævrere Kres, der er bleven kendt under Navnet Fynboerne, er en saa betydelig Kunstner, at han fortjener en langt større Plads der, end der er ham tildelt og da han har malet mange smukke Billeder i de sidste 3-4 Aar, baade herhjemme og fra Frankrig, var der maaske Anledening til at sikre sig nogle af de bedste nu, bl.A. et Interieur med Portrætter af hans Forældre som jeg saa i Sommer. Jeg ved ikke om Peter endnu er her paa Fyn, men jeg er parat til at komme derover og skal tale med Syberg pm det.
+Saa er der en Ting til, jeg gerne vil pille ved, mens jeg er i Gang med at skrive. Det er ophængningen af Billederne i Museet. Calle vil jo gerne prøve og det farlige deri var ikke rigtigt gaaet op for mig, i det jeg gik ud fra, som en Selvfølge at vi kunde hænge om efter ham, hvilket jeg aldrig har tvivlet om vilde blive nødvendigt. Nu var Syberg her forleden og gjorde mig bange, han gik nemlig ud fra, at naar først Billederne var hængt op, blev Musæet aabnet, og saa var det forbi. Han vilde heller ikke være med til at pille Billederne ned, naar de først var hængt op. Jeg har lige siden Museet blev planlagt, glædet mig til at hænge de Billeder op sammen med Peter Hansen og Syberg. Vi kan forliges om det, og selvfølgelig, da vi kender hvert enkelt Billede ud og ind, gøre det langt bedre end Calle, der er en udmærket Arkitekt, som har lavet et meget smukt Museum og som rimeligvis ogsaa vil kunne tapetsere Væggene pænt, med de for Haanden værende Billeder, men det er jo ikke helt det, det kommer an paa. Han har faaet Lov at raade for Bygningen lige til Farverne paa Væggene, men naar de er smurt paa, skal han være færdig og vi skal til. Vil han ikke give sig paa det Punkt, vil jeg foreslaa at Bestyrelsen bliver kaldt sammen for at tage Bestemmelse om Ophængningen.</t>
+  </si>
+  <si>
+    <t>Brevet er et ikke afsendt udkast.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Carl Petersen, at han synes, det er vigtigt, at det er kunstnerne, der kommer til at foretage ophængningen på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RB3d</t>
+  </si>
+  <si>
+    <t>Kære Calle
+[overstreget og vanskeligt læseligt]
+Forleden Aften var Syberg her og gjorde mig Angst i Anledning af Ophængningen i Faaborg, saa angst at jeg nu rykker ud af min Hule og sætter mig til at skrive, og det skal der en Del til. Syberg gik ud fra at naar Du først havde hængt Billeder op saa var Musæet færdigt, han vilde i hvert Fald ikke være med til at hænge om efter Dig. Det vilde jeg nok, jeg tvivler aldeles ikke om at han og Peter og jeg har Betingelser for at gøre det langt bedre end du og da jeg ikke tror, at jeg har tilstrækkelig Energi til alene at faa Din Opnhængning kasseret, vil jeg sætte himmel og Jord i Bevægelse for at faa den forhindret. Jeg har lige siden Museets Planlæggelse glædet mig til at være med ved den Ophængning og det vil jeg nødig snydes for, saa nødigt at jeg vil sætte min Stilling som Medlem af Bestyrelsen ind paa at vi 3 ovennævnte faa Lov til at lave den. Jeg har skrevet til MR samtidigt og forklaret ham Stillingen, det Brev faar du vel at se og jeg gider ikke gentage det her. Kære Calle kunne Du ikke tænke dig at opgive den Ophg. det vil spare os for meget Vrøvl og Spektakel. Din Heng. JL
+[nogle navne m.m. optegnet sidelæns]
+Din Hemmelighed og vores Fortrolighed</t>
+  </si>
+  <si>
+    <t>1914-10-01</t>
+  </si>
+  <si>
+    <t>Martin Arnbak
+Dorthea Birkholm
+Peter Hansen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Jens Birkholm takker for nyheder om diverse indkøb til museet fra Mads Rasmussen. Han oplyser de priser, MR har udbedt sig. Det går lidt bedre med helbredet, men den højre lunge er ikke noget værd. Lægen siger, at i bedste fald kan han komme hjem om 9 måneder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GBob</t>
+  </si>
+  <si>
+    <t>1-10-1914
+Kære Etatsraad! Tak for Brevet med de forskællige behagelige Meddelelser. Jeg glæder mig til en Gang at se P Hansens nye Italiensbilleder, men jeg kan stadig ikke begribe at der kan blive Plads til alle Billederne i Museet. Det lille billede De spørger om Prisen paa koster 200 Kr., det staar for Tiden hos Arnbak, men Tom Petersen lader det nok hente saa jeg ikke behøver at give ham p Cer deraf, han har jo ikke haft noget dermed at gøre. De maa helst sende Pengene til min Søster, hun passer paa mine Penge nu mens jeg er syg. Det er jo bleven noget bedre her, den venstre Lunge er snart kureret, men den højre er ikke noget værd og skal pustes ud hvis det kan lade sig gøre. Doktoren siger at jeg i heldigste Tilfælde kan komme herfra om 9 Maaneder. Hvis dette er rigtigt kan vi jo ses paa min Veranda igjen til næste Sommer. Hilsen til Familien Deres J.B.</t>
   </si>
   <si>
     <t>1914-10-09</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914.</t>
   </si>
   <si>
     <t>Else Jensen takker Fritz Syberg for hans besøg. Hun skriver om, hvordan J.V. er blevet modtaget, fordi han har luftet sine tyske sympatier. 
 Hvis hun kan hjælpe, når Besse skal indkvarteres, må han endelig sige til.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LFOV</t>
   </si>
   <si>
     <t>d: 9-10-14.
 Kære Syberg. Tusind Tak for Pærerne og Tak for dit lille Besøg, vi var saa glade over at være sammen med dig og syntes vi havde det saa hyggeligt. Har du set, hvor J.V. er blevet modtaget, fordi han ikke har holdt tæt med sine tyske Sympatier. Det gør naturligvis ikke noget, men jeg kan ikke lade være med at blive lidt ulykkelig, hver Gang Tyskerne gør noget utiltalende, for saa synes jeg de andre faar en vis Ret over Johannes V, der var jo ogsaa uforsigtigt at lade noget trykke i et tyske Tidsskrift, og han har jo ikke senere kunnet faa det ud paa danske, nu maa vi tage vor Klø og saa haabe Tiden vil give os Ret. 
 Hvis jeg paa nogen Maade kan være til Nytte, naar Besse skal indkvarteres, saa maa du endelig sige til, jeg har masser af Tid til min Radighed.
 Vi ser dig vel, naar du følger Besse ind.
 Hils alle Børnene
 Din hengivne 
 Else</t>
   </si>
   <si>
+    <t>1914-10-12</t>
+  </si>
+  <si>
+    <t>Stenhugger Carl Scheller har sendt sin sliber til Faaborg for at færdigslibe statuen i museet, men han blev nægtet adgang med den begrundelse, at der blev lagt mosaikgulve. Så snart han kan komme til, er han klar til at rejse over og færdiggøre arbejdet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qQDO</t>
+  </si>
+  <si>
+    <t>CARL SCHELLERS STENHUGGERIER Kjøbenhavn N., den 12-10-1914
+Telegramadr.: Nørrebrogade 52
+STENSCHELLER
+Telefon 3072.
+Herr Etatsraad M. Rasmussen
+Ridder af Dannebrog
+Skjoldsgade No 10.
+Meddeler hermed at min Sliber rejste til Faaborg for nogen Tid siden for at færdigslibe Statuen i Faaborg Museum, men blev af Murmesteren nægtet at slibe. Grunden skulde ifølge Sliberens Udsagn være den, at han ikke kunde komme til fordi der blev lagt Mosaikgulv.
+Saa snart min Sliber kan komme til er han klar til at rejse over; det drejer sig kun om et Par Dages Arbejde.
+Med særdeles Agtelse
+C. Scheller</t>
+  </si>
+  <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Peter Hansen
+Nicolaus Lützhøft
+Kai Nielsen
+Carl Petersen, arkitekt
+Christine Rasmussen
+Karl Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har talt med Nicolaus Lützhøft om, at museet i Faaborg bør have nogle nyere billeder af Karl Schou. Desuden er han også bekymret over, at Carl Petersen tilsyneladende ønsker at stå for ophængning af billederne på museet, og argumenterer for, at det bør være kunstnerne, der forestår dette arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pEjq</t>
+  </si>
+  <si>
+    <t>Kjerteminde d. 20 Octbr 1914.
+Kære Hr. Etatsraad!
+Da jeg forleden var i Kjøbenhavn, kørte jeg at Karl Schou skulde have Udstilling og talte med Lützhøft om Muligheden af at faa hans Samling i Faaborg Museum completteret med nogle af hans nyere Billeder ved den Lejlighed. Medens Syberg, Peter og jeg - samt til Dels Poul Christiansen er saa righoldigt repræsenterede i Musæet, at der, selv om der ikke skulde komme flere Billeder af os, ikke kan gaaes uden om det af nogen der ønsker at lære vore Arbejder at kende er dette jo langt fra Tilfældet for Schous Vedkommende. Schou der jo altid samme med vi fire ovennævnte har hørt til den snævrere Kres, der er blevet kendt under Fællesnavnet Fynboerne, er en saa betydelig Kunstner, at han fortjener en langt større Plads der, end den der er ham tildelt og da han har malet mange smukke Billeder i de senere Aar baade herhjemme og fra Frankrig var der maaske Anledning til at sikre sig nogle af de bedste nu, bl.A. et Interieur med hans Forældre som vist var udstillet i Foraaret. Jeg ved ikke om Peter er her paa Fyn endnu, men jeg skal tale med Syberg, og jeg er parat til at komme derover. 
+Saa er der en Ting til, jeg gerne vil pille ved, mens jeg er i Gang med at skrive. Det er Ophængningen af Billederne i Musæet. Calle vil jo gerne prøve og det farlige deri var ikke rigtigt gaaet op for mig, i det jeg gik ud fra, som en Selvfølge, at vi kunde hænge om efter ham, hvilket jeg aldrig har tvivlet paa vilde blive nødvendigt. Nu var Syberg her forleden og gjorde mig bange. Han gik nemlig ud fra, at naar først Billederne var hængt op, blev Musæet aabnet, og saa var det forbi. Han vilde heller ikke være med til at pille Billederne ned, naar de først var hængt op. Jeg har lige siden Musæet blev planlagt, glædet mig til at hænge de Billeder op sammen med Syberg og Peter. Vi kan forliges om det, og selvfølgelig, da vi kender hvert enkelt Billede ud og ind, gøre det langt bedre end Calle.
+Calle er en udmærket Arkitekt, der har bygget et meget smukt Musæum og som rimeligvis ogsaa vil kunne tapetsere Væggene pænt, med de for Haanden værende Billeder, men det er jo ikke helt det, det kommer an paa. han har faaet Lov at raade for Bygningen lige til Farverne paa Væggene, men naar de er smurt paa, skal han være færdig og vi skal til. Vil han ikke give sig paa det Punkt, vil jeg foreslaa at Bestyrelsen sammenkaldes for at tage Bestemmelse om Ophængningen.
+venlig Hilsen til Etatsraadinden og Dem selv. Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-10-25</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+- Larsen, kunsthandler
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Peter Magnussen
+Kai Nielsen
+Theodor Oppermann
+Carl Petersen, arkitekt
+Theodor Philipsen
+Christine Rasmussen
+Mads Rasmussen
+Jørgen Schou
+Karl Schou
+Peter Tom-Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>De omtalte indkøb af billeder må være til Faaborg Museum. 
+Etatrådsinden (Mads Rasmussens kone) vil have alle billeder ud af spisestuen: Mads Rasmussen og hans kone boede i en lejlighed ved deres konservesfabrik i Faaborg samt deres nybyggede Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har besøgt Karl Schous udstilling og noteret, hvad man burde købe. Mads Rasmussen, Peter Hansen m.fl. har købt et enkelt billede af Nicolaus Lützhøft. Billedet af forældrene (Karl Schous?) var ikke til salg, da Jørgen Schou (Buf) skulle have det. 
+Larsen skal mødes med en anden Larsen, så de kan bytte billeder for farver og rammer. Mads Rasmussen vil have en af Philipsen-akvarellerne, og hans kone vil hænge Johannes Larsen-akvareller op i spisestuen. Larsen vil bytte et billede med bronzer af Kai Nielsen hos bronzestøberen. 
+Winkel har foreslået, at Alhed og Johannes Larsen udstiller sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oH8d</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 25 Octbr. 1914
+Kæreste Alhed!
+Ja det er ikke fordi der er passeret noget videre bemærkelsesværdigt. Jeg har været paa Schous Udstilling hele Formdg. og noteret en Del Billeder som jeg synes der kunde være Mening i at anskaffe. Jeg hørte til min Forbandelse af Larsen at der havde været 4 Mand om at købe det ene Billede, Mads Peter Tom og Lysse. Derefter op til Lysse, hvor jeg traf Mutter alene hjemme, Lysse hos Oppermanns. Lysse var den dag kommen hjem og var meget nedtrykt over at de kun havde købt et Billede. Billedet af Forældrene havde Lysse skrevet til MR. og Schou om men faaet det Svar at det ikke var til Salg da Buf skulde have det. Jeg tog saa ud til MR. der, ja jeg talte altsaa med ham og bad ham notere Billederne op, saa telefonerede vi til Peter og tilsagde ham at møde i Mrg hos Larsen og saa faar vi vel et Par Billeder til. Jeg sidder nu her og venter paa Calle der var med i Formiddags og som gerne vilde høre lidt om hvordan det var gaaet. Jeg talte med Larsen, som skal møde mig i Morgen hos W &amp;amp; M for at handle om nogle Billeder for Farver og Rammer. MR mindede mig om Philipsen Aquarellerne og jeg lovede at sende dem over saa han kunde vælge en af dem til Museet for 300 Kr. Etatsraadsinden vil have alle Billeder ud af Spisestuen og have Aquareller af mig i Stedet. Jeg skal se at komme ud til Bronsestøberen i Mrg og handle med ham om et Billede for de Bronser af Kai, og saa se om jeg kan komme til at stikke hjem Tirsdag Morgen. Winkel foreslog i Gaar, at Du og jeg en Gang skulde holde en Udstilling sammen, hos dem, det synes jeg kunde være morsomt. Mange Hilsner
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-11</t>
+  </si>
+  <si>
+    <t>Johannes Bonnesen
+Karl Madsen
+Janna  Nielsen
+Emil Poulsen
+Johannes Poulsen, skuespiller
+Johannes Rump</t>
+  </si>
+  <si>
+    <t>Kai Nielsen glæder sig over, at Mad Rasmussen er interesseret i at købe han "eventyræske" og skriver i øvrigt om alle de projekter, han i øjeblikket er i gang med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xsna</t>
+  </si>
+  <si>
+    <t>[tilføjet med blyant] Nov. 1914
+Kære Hr. Mads Rasmussen.
+Kalle ringede mig op og læste et Brev op fra Dem til mig. Han er jo min "Pariseradresse": den "udemærkede Mand"! Jeg tror ikke, at jeg vil skælde ham ud i Dag, da han læste op for rmig, at "Musæet" mulig havde Lyst til at erhverve min "Æventyræske" til dets Arkiv. Slige Budbringere skal man klappe ikke slaa! Jeg vil naturligvis med Glæde have min "Æske" placeret i Arkivet i en gennemsisseleret Udgave og med indlagt Emalie! I Bladene og Fuglene. Jeg talte med Karl Madsen om det forleden Dag, og han troede at det kunne blive vældig morsom sammen med Bronce. Jeg kan ikke sælge den stort under 1200 Kr, da jeg jo har Forpligtelser i Pris overfor den første Kunde: Ingeniør Rump. Det er jo forøvrigt ogsaa en Pris, der staar under Forholdet til de andre Smaating paa Udstillingen.
+Prisen paa selve Broncen bliver muelig en 400 Kr at lægge til Broncestøberen.
+Jeg afgiver denne Forhaandserklæring fordi det i første Øjekast kan synes meget for en saadan lille Ting, men som sagt "den" kan daarlig gaa under.
+Yanna gaar forøvigt rundt og ligesaa vigtig som en Kalkunsk Hane. Jeg har jo haft fiin Sukses. Næsten den fineste man paa en Gang kan erhverve sig. 4 Figurer til Galleriet en til Kunstforeningen, 3 andre til et privat Samler. I Aftes fik jeg et Brev fra en Bibliotekar Bonnesen (Kgl Bibliothek), som bestilte de 5 smaa Broncer og spurgte paa Prisen paa de sto større: "Æsken" og "Hestene med Pigen", og nu som Rosinen i Pølseenden spøger Musæet om "Æsken".
+Nu har jeg kun tilbage en Figur der ikke er solgt 3 Eksemplarer af og en er solgt i 5. Otto Benzon købte ogsaa - Han erhvervede sig 3, af dem deroppe paa Udstillingen og 1 af mine gamle. 
+Til alt dette kommer forleden Dag Johannes Poulsen og bestiller et Gravrelief af mig til sin Faders Grav. (Emil Poulsen). Det skal hugges i Marmor og sættes ind i en Kirkegaardsmur paa Frederiksbeg Kirkegaard. Det skal se saaledes ud [tegning].
+Motivet er græsk. Manden der til de to Muser (I dette Tilfælde Sangens og Theatrets) kommer, og lægger i den siddendes Skød det han levede med paa Jorden her symboliserer i en Rulle og en Laurbærkrans. Ved siden af det lille Alter sidder en venlig Faun og spiller for Skovens Dyr. De tre der staar paa den anden Side Træet er Shakespeare, Moliére og Ibsen og enden et Par andre af Aandens store Mestre der staar og venter for at føre ham ind i Dødens Land. Kan det ikke blive nydeligt - godt at det skal hænge i Muren saa kan jeg tage Den og Fortjenesten selv, ellers maatte jeg have delt dem med en Arkitekt. Bare jeg havde 4 Arme: Deres hengivne Kai Hilsen fra Yanna.</t>
+  </si>
+  <si>
+    <t>1914-11-04</t>
+  </si>
+  <si>
+    <t>Pilegaarden</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen om ophængningen af malerier i Faaborg Museum. Han har forstået på Johannes Larsen, at Carl Petersen ikke vil opgive at deltage i ophængningen og foreslår, at det komitéen samles for at tage stilling til spørgsmålet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GSuB</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjertemnde 4-11-14
+Kære Hr. Etatsraad Rasmussen!
+Forleden var Joh. Larsen hos mig for at meddele mig at han havde skrevet til Karl Petersen og til Dem angaaende Ophængningen af Billeder i F. Musæet. Saavidt jeg forstod var Karl Petersen ikke helt villig til at trække sig tilbage. Jeg vil derfor foreslaa at Komiteen samles for at tage Standpunkt til denne Sag og faa vedtaget en Bestemmelse der ikke kan gaas udenom.
+Det har hele Tiden været en stiltiende Forudsætning at Malerne skulde hænge op i Musæet, men måske er der Stemning i Komiteen for at overlade Arkitekten dette Arbejde også (ligesom Valget af Vægfarver). Jeg for mit Vedkommende mener absolut at Malerne skal hænge op: jeg vil dog synes det er endnu værre om baade Arkitekt og Malere i Forening skal hænge op. Det vil blive til lutter Kompromis'er som ingen vil vedkende sig Ansvaret for.
+Men vi kan bedst tale om Sagen ved et Komitemøde, derfor vil jeg ikke sige mere derom. 
+Tak for sidst vi var samlet hos Dem, jeg beder Dem og Etatsraadinden og Deres Børn modtage mange hjertelige Hilsener.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1914-11-10</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Carl Petersen, arkitekt
+Theodor Philipsen
+Johannes Rump</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har netop modtaget to billeder med Philipsen der er blevet indrammede og sender dem i dag. Han mener selv, det med den lyse ramme er det bedste. Desuden gør han opmærksom på en æske med en kentaur på låget, som han har set hos Kai Nielsen. Et bronzeeksemplar af den ville egne sig godt til museet i arkivet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0cox</t>
+  </si>
+  <si>
+    <t>Kjerteminde 10 Nov. 1914.
+Kære Hr. Etatasraad!
+Tak for sidst. Jeg har nu endelig faaet de 2 Billeder med Philipsen indrammede, og sender dem i Dag som Ilgods, til Udvalg. Jeg mener selv at den i den lyse Ramme er den bedste og jeg tror at det er den almindelige Mening blandt dem der har set dem. Maa jeg benytte Lejligheden til at henlede Museets Opmærksomhed paa en Æske med en Kentaur paa Laaget, som jeg saa ude hos Kai Nielsen i Vor[?], da jeg sidst var i Byen. Den er nu i Gibs paa Efteraarsudstillingen, og jeg ser at Ingeniør Rump har bestilt et Exemplar i Bronce. Dette Materiale vil sikkert klæde den udmærket og jeg er overbevist om at det vilde være en værdifuld Forøgelse af Samlingen om der blev erhvervet et Bronceexemplar. Jeg kunde tænke mig at den vilde passe udmærket i Arkivet, hvor den sikkert vilde staa godt til Møblerne. Den kunde jo saa Calle faa Lov at stille op. 
+Venlig Hilsen til Dem og Deres Familie
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1914-11-12</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen takker for Kai Nielsens brev med de 500 kroner og spørger til, hvad den æske, som Kai Nielsen har lavet, og som skulle blive støbt i bronze kommer til at koste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J1os</t>
+  </si>
+  <si>
+    <t>12' November 14.
+Kære Kaj Nielsen:
+Tak for Deres morsomme Brev med de 500 Kroner. De har jo lavet en Æske, som jeg erfarer bliver støbt i Bronce. Hvad vil den komme til at koste? Den vil vist passe udmærket til at staa i Musæets Arkiv.
+Med venlig Hilsen forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-11-13</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Carl  Knippel
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Carl Petersen kommer med en lang udredning af sin samtale med murermester Ernlund og malermester Knippel og hvorfor arbejdet med at få malet væggene i museet trækker ud. Han mener, at der nu burde komme god fremgang i processen. Han glæder sig over, at Mads Rasmussen overvejer at købe Kai Nielsens lille æske i bronce.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mXtF</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 13 November 1914.
+Kære Hr. Etatsraad M. Rasmussen!
+I Aftes kom jeg hjem fra Faaborg. Straks da jeg kom derned gik jeg med Knippel hen paa Museet. Jeg blev unægtelig meget forstemt ved at se, at der i den Maaned, der er forløbet, siden jeg sidst var der nede, paany kun er malet en Køje. Det var jo det samme, der sidst var passeret, én Køje i en Maaned. Ernlund erklærede den Gang, at det tog fire Dage at male en Køje op. 
+Imidlertid bed jeg foreløbig Ærgrelsen i mig, og sagde ikke noget til Knippel om dette Punkt. Derimod gik vi hjem hos ham og gennemgik hans Specifikation af Tilbudet Post for Post, og det viste mig, at en Del af Posterne saaledes som jeg har tænkt mig Muligheden af det, ikke har noget med Malerarbejdet at gøre. Han var endvidere meget villig til at gaa ind paa den af mig foreslaaede Ordning, at opgive en Pris pr [kvadrat] Al. for Færdigpudsning, Maling og Glitning af Væggene exclusive Fraverne og da for disses Vedkommende at opgive Pris pr Kilo af hver enkelt Farve, saa de betales efter Regning. Sagen er, at han ikke paa Forhaand ved, hvor meget hver Farve dækker, han skal gætte sig dertil, og maa da for ikke at gaa i Vandet regne rigeligt, navnlig for de dyrere Farvers Vedkommende. Og paa den Maade bliver Resultatet alt for kostbart.
+Medens Knippel og jeg sad og forhandlede ganske tørt og nøgternt, kom Ernlund ind. Hans satte sig i en Krog og saa noget skummel ud. Da vi var saa vidt, at jeg havde stillet Knippels enkelte Tilbudsposter skematisk op, saaledes at jeg vilde være i Stand til helt at overse Sagen, naar han føjede Summerne til, betragtede jeg denne Del af mit arbejde som foreløbig afsluttet.
+Det var mig ganske belejligt, at Ernlund var kommet til Stede. Jeg bestemte mig til nu at gaa løs paa Sagen med den ganske skamløse Maade, hvorpaa Væggenes Færdiggørelse blev holdt hen.
+Efter at alle Væggenes Farver var Fastslaaet, og den vanskelige Teknik med Vægbehandlingen var udfundet for flere Maaneder siden, var der jo ikke mindste Grund til, at der ikke skulde være blot nogenlunde Gang i Arbejdet.
+Jeg holdt da en Tale til Knippel og Ernlund. Etatsraaden ved, at jeg nærmest har troet, det var Knippel der ikke kunde komme i Gang, og at jeg har holdt min Haand over Ernlund ved flere Lejligheder.
+Jeg sagde til dem, at der var en Ting jeg desværre var nødt til at komme nærmere ind paa, det var det Tempo hvori Arbejdet gik. Jeg mindede dem om, at ret længe efter at jeg havde opgivet fuldstændigt, hvorledes hver Væg skulde farves, og efter at Fremgangsmaaden var blevet fastslaaet, var Etatsraaden kommet til Faaborg. Der var da, paa det Tidspunkt kun malet to Køjer. Etatsraaden kom hjem og bebrejdede mig i stærke Ord, at der ikke var foretaget mere. Jeg nævnte at De fandt Farverne og Behandlingen meget smuk, men at de fra alle sider maatte høre om, at Sagen ikke kom nogen Vegne. Jeg mindede dernæst om, at jeg energisk havde skrevet gentagne Gange til Ernlund om for Alvor at fremme Sagen og bedt om Oplysning stadig om hvorlangt da var naaet, og at jeg som Svar havde faaet at vide det ubestemte: Ja, det gaar godt. Endvidere at Kai Nielsen en Maaned senere var kommet til Faaborg, og syntes godt om Farverne og Væggenes Stof, men der var kun udført én Køje til, at jeg derpaa selv var taget derned og havde gjort Forestillinger og skaffet Ernlund 1000 Kr a Conto i Haab om at faa Fart i Sagerne. Endvidere at Ernlund den Gang havde erklæret at 2 Mand kunde male en Køje op paa 4 Dage. Der var nu atter gaaet en Maaned. Og fra alle Sider hørte jeg nu dagligt om denne Sag der ikke kom videre. Etatsraaden truede med at tage Arbejdet fra mig og overlade det til en anden at gøre det færdigt. Alle de mange, i Odense, i Kerteminde, i København, der var interesserede i denne Sag forstod ikke, hvorfor den ikke blev færdig og gav mig Skylden. Nu var jeg efter atter en Maaneds Forløb igen taget til Faaborg, og saa var der malet en Køje til. Jeg sagde at det var umuligt for mig at vide, om noget Arbejde af denne Grund var gaaet fra mig. Etatsraaden havde erklæret ikke mere at vilde have mig til Arkitekt. Men det var klart, at hvis nogen fremtidig ønskede at give mig noget Arbejde vilde de forhøre hos Dem, hvorledes jeg var, og da vilde Svaret rimeligvis blive : Ja han er maaske meget god, men han kan ikke faa noget færdigt. 
+Sluttelig sagde jeg, at det der nu var sket, eller rettere ikke sket, kan der jo ikke ændres noget ved, [men jeg bad de Herrer om nu for min og deres egen Skyld bestemt opgive mig naar Væggene var] jeg bad mig forskaanet for Forklaringer, hvorfor det havde trukket i Langdrag, jeg tvivlede ikke om, at der kunde gives en Mængde Grunde, f. Eks. at Farverne paa Grund af Krigen ikke kunde skaffes rettidigt til Veje. Her indskød Knippel, som hele Tiden havde siddet med en ret uanfægtet Mine: Nej, det er der ikke noget om. Jeg bad de Herrer om for min og deres egen Skyld opgive mig naar Væggene kunde ventes færdig malede. Nu slog Knippel ud med Haanden og sagde: det maa De spørge Ernlund om, Saa begyndte Ernlund at fremføre en hel Del Undskyldninger, og jeg forstod, at jeg har strakt min Kredit alt for langt overfor Ernlund.
+Da jeg rejste til Faaborg tænkte jeg mig den Eventualitet, at at tage en ny Malermester. Nu mente jeg, det var Murmesteren, der skulde afskediges.
+Jeg blev der i halvtredie Dag. I den Tid kom der vældig Gange i Arbejdet. Den store Sal er nu om et Par Dage færdig. Det vrimlede med Folk, det arbejdede i Museet. Ogsaa Billedhuggersalen blev der arbejdet med Kraft paa. Vinduet var sat i, og Væggene om Varmeapparaterne var under Opførelse. 
+Salen bliver lys og smuk, vist nok det smukkeste Rum med den kønne Udsigt over den dejlige Have. Det blev lovet mig, at de næste Sale skulde blive færdiggjort hurtigt efter den store Malerisal. Og jeg henstiller da nu ikke at gøre nogen Ravage i Sagerne. Det specificerede Tilskud kunde jeg ikke vente paa, det bliver sendt en af de nærmeste Dage. Jeg skal da komme ud med det. 
+Jeg tror, at det er i Etatsraadens Aand, jeg har handlet, naar jeg ikke har lavet Krig nu, da jeg ser, at der er kommet Fart i Sagen. Men jeg skal sørge for at holde mig à jour med, at Arbejdet fremdeles gaar rask frem.
+Der laa i Dag et Brev fra Etatsraaden til Kai Nielsen. Jeg ringede til ham [bad] og han bad mig bryde det. Til min Glæde saa jeg at Etatsraaden tænkte paa, at købe hans Skrin i Bronce. Jeg synes, at det er noget af det smukkeste, han har gjort. Prisen han nævnede, 1200 Kr., er ikke særlig stor i Betragtning af, at han nu sælger sine nyeste mindre Arbejder 3-4 à 5 Gange til store Priser, og at han her særligt tilbyder at lade Fodstykkets Relieffer emaillere polycromt. Genstanden er jo ret stor, at det polycrome er noget ganske nyt i moderne Skulptur, noget som var almindeligt hos Grækerne.
+Jeg har ofte tilskyndet Kai til at optage Farven i sine Billedhuggerarbejder. Naar han nu gærne vil ind paa farvet Skupltur skyldes det dog næppe min Paavirkning, men er snarere en Følge af hans Strejftog ind paa Maleriets Omraade.
+Naar jeg er særlig glad ved Udsigten til Købet af hans Æske, er det, foruden det, at jeg synes den er saa ganske fortrinligt komponeret, fordi jeg gaar med skumle Hensigter om i Museet at indrette en Montre for Smaabroncer. Og jeg vil da foreslaa Dem, fremfor at tinge med ham om Prisen, at prøve paa at faa ham til foreløbig i Købet at sælge en eller to af hans nyeste Smaastatuetter i Bronce billigt.
+Jeg haaber Mandag at have Malerregnskabet i Orden. Med Venlig Hilsen fra Deres ærbødige 
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1914-12-06</t>
+  </si>
+  <si>
+    <t>Janna  Nielsen</t>
+  </si>
+  <si>
+    <t>Kai Nielsen beder Mads Rasmussen om et forskud på "Eventyræsken", som MR har købt, selv om den ikke er lavet endnu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nnnI</t>
+  </si>
+  <si>
+    <t>[Påtegnet med blyant og kuglepen:] 6/12 1914
+Kære Hr Etatsraad
+Mads Rasmussen.
+Kan jeg faa Lov til for min lille Æske, som De elskværdigt erhvervede til Musæet at laane et ringe Forskud paa 500 Kr. De gode Malere der er saa lykkelige at sælge kan jo altid straks aflevere, men jeg maa jo først vente til den Kære Broncestøber bliver færdig med Støbningen. Dog plejer man ved Salg at kunde faa udbetalt Halvdelen af Summen paa Gibsen og Resten naar man afleverer. 
+Dette til Trods vil baade Janna og jeg være Dem inderlig taknemlig over at kunne hæve dette Forskud hos Kontorchef Møller og baade hun og jeg sender Dem vore hjerteligste Hilsener.
+Deres hengivne 
+Kai Nielsen
+Gl Carlsbergvej 4 d 6 Decbr 1914.
+Skabningen paabegyndes straks efter Udstillingens Lukning d 12 dennes.</t>
+  </si>
+  <si>
+    <t>1914-12-08</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen fremsender det forskud, Kai Nielsen har bedt om for sin bronzeæske.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QYUc</t>
+  </si>
+  <si>
+    <t>8/12 14.
+Herr.
+Billedhugger Kaj Nielsen.
+Gl. Carlsbergvej 4.
+I Besiddelse af Deres ærede Skrivelse af 6' ds., sender jeg Dem hermed Cheque:
+Kroner: 500.oo
+som Forskud paa Æsken.
+Med venlig Hilsen
+Deres hengivne.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-12-09</t>
+  </si>
+  <si>
+    <t>Det nævnes flere gange i korrespondancen mellem Kai Nielsen og Mads Rasmussen, at Kai Nielsens gipsforarbejder til figurerne på Blågaards Plads skal anbringes på Faaborg Museum, men det blev ikke fuldført.</t>
+  </si>
+  <si>
+    <t>Kai Nielsen takker for de 500 kroner, Mads Rasmussen har fremsendt som forskud. Han slider i det med en gips, der er lige så stor som statuen. Han glæder sig til at den, sammen med gipser af figurene fra Blaagaards Plads, skal stå på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Wrm</t>
+  </si>
+  <si>
+    <t>[påtegnet med blyant] ca 9-12-1914
+Kære Hr Mads Rasmussen
+Tak for Forskudet 500 Kr paa den lille Æske.
+Jeg slider i det med en vældig [Gipse] ligesaa stor som Statuen. Den glæder jeg mig til engang at se i Gibs, ligesom mine Bl.Pl. Figurer staae i "Faaborg Musæum"
+Det bliver en Samling af vores "Hjerteblod" og Bestemmelsen i Gibs er jo for mit Vedkommende forlængst bestemt- 
+Bare ikke Syberg bliver arrig.
+De allervenligste 
+Hilsener
+Deres hengivne
+Kai Nielsen
+og mange Hilsner fra Yanna
+Denne sidste Gruppe bliver 4 Alen og for 3 Figurer i sig.</t>
+  </si>
+  <si>
+    <t>1914-12-19</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft forsøger at overbevise Mads Rasmussen om, at man bør lave en bog - et festskrift - om Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y737</t>
+  </si>
+  <si>
+    <t>Stormgade 25 II
+19-12-14.
+Kære Herre Etatsraad!
+Deres Brev har jeg modtaget. Jeg var glad over at De gik ind paa min Idé om et Festskrift og er ked af, at De nu har faaet Betænkeligheder.
+Forinden Modtagelsen af Brevet havde jeg henvendt mig til Xylograf Hendriksen, der jo er en meget erfaren Mand i Bogspørgsmaal.
+Han lod til at finde Tanken om Udgivelsen af et Festskrift god og lovede at staa mig bi med Raad og Daad, en Hjælp, jeg vurderer meget højt. Hendriksen lovede ogsaa at skaffe mig at vide, hvad et Par Bøger i samme Retning som den paatænkte, har kostet. I Dag har jeg faaet hans Meddelelse, som jeg herved sender Dem.
+En Ting ventede Hendriksen sig navnlig meget af: Muligheden af at kunne bevæge Zahrtmann til selv at skrive om sin Virksomhed som Lærer for Kunstnerne. H haabede at Z. netop ved en saadan Aanledning uden Udgivelse af denne Bog vilde opfylde et længe næret Ønske, som mange af hans Venner har trængt ind paa ham, uden at det hidtil er lykkedes. Hvis Zahrtmann vilde skrive en saadan længere Beretning om sin Lærervirksomhed, vilde Bogen alene dermed være sikret Interesse i vide Kredse.
+Jeg mener i det Hele taget, at man, hvis Vedkommende stiller sig velvilligt til Sagen, kunde faa samlet en Kreds af virkelig værdifulde og læseværdige Afhandlinger til Belysning af den Tids Kunst og de Kunstnere, Faaborgmuseet især repræsenterer.
+Meningen- saadan som jeg har tænkt mig det - var jo ikke først og fremmest en Redegørelse for Museet og dets Indhold - en saadan kortfattet ganske objektiv Redegjør---er naturligen ogsaa paa sin Plads i Bogen, men Hensigten var at samle Bidrag fra Forfattere og Kunstnere, der staar Museet og dets Stifters Tanke nær, for derved at skabe et litterært Arbejde, der i videre Omfang kunde bringe Foretagendet og dets Ide ud til det dannede Publikums Bevidsthed, saa det blev dette Publikum klart, at Faaborg Museum var noget andet og betød mere end en lille tilfældig Provindssamling af Kunst i en Afkrog af Landet.
+Bogen vil koste Betydelige Ofre baade af Tid og Penge. Jeg er villig til at bære de første. - Jeg har ikke paataget mig Arbejdet, fordi jeg venter at tjene Penge derved, og jeg interesserer mig saa meget for Sagen, at det vil være mig en personlig Tilfredsstillelse at udføre mit Hværv saa samvittighedsfuldt, som det er mig muligt. Med den Assistance, Hendriksen har stillet mig i Udsigt, er jeg vis paa at kunne paatage mig det NB hvis vi kan faa de rette Folk til at skrive. Der er ikke Tvivl om, at Tidspunktet nu, da det nye Museum skal aabnes, er det rette. Der er ogsaa, hvis vi begynder Forberedelserne nu til Nytaar, akkurat Tid til at faa Arbejdet fuldført til Sct. Hans.
+Jeg lægger Dem da endnu en Gang denne Sag paa Hjærte. Tænk paa, hvad et eventuelt Bidrag som dette af Zahrtmann betyder for danske Nutids-Kunsts Historie og husk paa, at Z. er til Aars nu, venter vi et Par Aar, kan det nemt blive for sent.
+Mellem Jul og Nytaar tager jeg - om alt gaar vel - over til Kerteminde. Jeg kunde da tale med Syberg og Larsen om Sagen, som forøvrigt ikke bør omtales, før der er en Kendsgerning.
+Jeg vilde gærne personligt tale med Dem endnu en Gang derom, men jeg kan ikke komme i Morgen og ved ikke, om det passer Dem en Hverdag. Ellers kan De disponere over mig hvad Dag, der passer Dem, dog ikke Tirsdag. I hvert Tilfælde beder jeg Dem ikke helt opgive Planen. Er der noget særligt, De har imod den, eller tør De ikke betro mig Udførelsen?
+Jeg har under Tiden en Følelse af, at De beærer mig med Deres Mistillid. Jeg vilde ønske, det var en Fejltagelse af mig. At jeg under Tiden er i Opposition til de andre Komitemedlemmer bør dog ikke svække min Stilling hos en gammel Oppositionsmand som Dem. 
+Det er jo muligt, at min Plan med Hensyn til et saadant Festskrift falde af sig selv, hvis vi nemlig ikke kan faa de rigtige Folk til Medarbejdere. Ja saa maa den opgives. Hvis vi for Exempl ikke kan faa Zahrtmann med, anser jeg det for vanskeligt at skabe noget helt vellykket, og noget halvt bryder jeg mig ikke om at lægge Arbejde til. Men vi kunde jo dog prøve, kunde dog forsøge de første Skridt.
+Lad os nu tale om Tingene, naar det en Dag passer Dem. 
+Med venligst Hilsen ogsaa til Deres Frue fra os begge
+Deres ærb. hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1914-12-21</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen fastholder overfor Nicolaus Lützhøft, at han ikke mener, det er det rette tidspunkt at tænke på at forberede en bog eller et festskrift for Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AleR</t>
+  </si>
+  <si>
+    <t>21 Decbr. 14. 
+Kære Herr Nic. Lützhøft.
+Stormgade 25 2.
+Deres venlige Brev har jeg modtaget.
+Jeg indser fuldt ud Berretigelsen af de Grunde, De anfører for, at Udgivelsen af Festskriftet ikke skulde opsættes, men Udgifterne ved Musæet er jo meget betydelige, langt større end jeg oprindelig havde tænkt mig, og jeg vil derfor paa nærværende Tidspunkt ikke forøge Udgifterne.
+Et Møde, som De foreslaar, vil ikke forandre min Stilling til Sagen. Jeg finder Ideen fortrinlig, men den maa udsættes indtil Musæet og Udgifterne dermed er færdige. 
+Det undrer mig i høj Grad, at De har faaet den Opfattelse, at jeg personlig skulde have noget imod Dem. Dette er saa meget mindre Tilfældet, som at jeg netop sætter megen Pris paa Deres Udtalelser om kunstneriske Emner, og at De kan være i Opposition inden for Komiteen, er jo ingen Skade til. 
+Min Stilling til Sagen skyldes paa ingen Maade personlige 
+Forts.
+Grunde, men udelukkende den anførte, og den kan jeg ikke fravige.
+Med venlig Hilsen forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1914-12-30</t>
+  </si>
+  <si>
+    <t>Pilegaarden
+Kerteminde</t>
+  </si>
+  <si>
+    <t>I Faaborg Museums samlingsregistrant er anført 6 billeder af Anna Syberg, der er erhvervet inden 1915 (Fritz Sybergs brev er fra ultimo december 1914.) Det 7. billede, er ikke endnu identificeret.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beder om lov til at låne de billeder af Anna Syberg, som Faaborg Museum ejer og den akvarel af Georginer, som Mads Rasmussen selv ejer til en udstilling i Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4UeJ</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+30-12-14
+Kære Hr. Etatsraad
+Mads Rasmussen!
+Kunstforeningen har anmodet mig om at faa en Udstilling af min Kones efterladte Arbejder. Jeg vilde derfor gærne bede Dem om jeg dertil maatte laane for det første: den store Aquarel af Georginerne som De ejer og dernæst de Billeder Faaborg Musæet ejer ( i alt 8) 7 foruden Deres som altså er det 8de. Min Søn rejser til København omkring den 5-7 i det nye Aar og vil saafremt De intet har derimod standse i Faaborg og tage min Kones Billeder frem der. Udstillingen slutter 1ste Februar 1915 saa den kommer jo næppe til at berøre Ophængningn i Faaborg Musæet.
+Med de bedste Ønsker for Dem og Etatsraadinden og Børnene og et godt og glædeligt Nytaar er jeg Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Kragh</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
+  </si>
+  <si>
+    <t>Johannes Kragh tillader sig at sende Mads Rasmussen 3 små broncer i håb om, at han måtte have interesse herfor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GFwI</t>
+  </si>
+  <si>
+    <t>Rosenvængets II Tværvej
+39A.
+[Påskrevet med blyant:] 1914
+1915?
+S.T.
+Hr. Etatsraad
+M. Rasmussen
+For nogen Tid siden talte jeg med Kai Nielsen og sagde at jeg kunde have Lyst til at vise Dem nogle af mine smaa Broncefigurer. - Han nævnte da at det vilde være naturligt at sende dem til hans Bopæl. Det er altsaa i denne Forbindelse jeg tager mig den Frihed at sende disse tre smaa Figurer. Han nævnte for øvrigt at han syntes de havde set min Buste af Joakim Skovgaard,- naar jeg ikke sender denne er det fordi jeg tør forudsætte dem bekendt.
+Deres ærbødige
+Johannes Kragh</t>
+  </si>
+  <si>
+    <t>1915-01-05</t>
+  </si>
+  <si>
+    <t>Der findes en akvarel af "Georginer", fra 1910 på Faaborg Museum. Den nævnes første gang i katalog fra 1916, så det kunne godt være, at Mads Rasmussen har foræret sit billede til museet, men det er ikke sikkert, at det er det samme billede.</t>
+  </si>
+  <si>
+    <t>Kunstforeningen skriver til Mads Rasmussen angående lån af et billede til en udstilling af Anna Sybergs arbejder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2ajh</t>
+  </si>
+  <si>
+    <t>Frederiksholms Kanal 4, den 5 Jan 1915
+K.
+Herr Etatsraad Mad Rasmussen
+R.
+Skjoldsgade 10.
+Kunstforeningen agter i Januar at foranstalte en Udstilling i sit herværende Lokale af 
+afd. fru Anna Sybergs Arbejder
+I den Anledning tillader Bestyrelsen sig herved at henvende sig til Dem med den Anmodning, at De til denne Udstilling godhedsfuldt vil udlaane det nedennævnte Kunstværk, nemlig
+Georginer
+Samtlige Udgifter ved Afhentning og Tilbagelevering samt Assurance-Omkostninger bæres af Kunstforeningen. Assurancesummen bedes venligst opgivet.
+Man vilde være Dem forbunden for Svar saa snart belejligt. De til Udstillingen overladte Arbejder ønskes disponible fra 8 Jan til Udgangen af Maaneden.
+Bestyrelsen for Kunstforeningen
+R. Krag
+Formand</t>
+  </si>
+  <si>
+    <t>1915-01-06</t>
+  </si>
+  <si>
+    <t>Lars Peter Caspersen
+Christian  Ernlund
+Maskinmester Frandsen</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om diverse økonomiske forhold, der skal ordnes, vedrørende arbejder på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ydUy</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 6 Januar 1915.
+Hr Kontorchef Chr. Møller!
+Herved beder jeg Dem, om der maa blive tilstillet Ernlund og Caspersen den à Conto paa 6000 Kr. paa udført Arbejde ved Faaborg Museum som vi aftalte med Etatsraaden kort før Jul, idet jeg skal bemærke, at Hr. Maskinmester Frandsen har undersøgt og godkendt Regningen fra Jernstøberiet i Faaborg, samt at jeg gennem Ernlund har faaet Sikkerhed for at Varmeanlæget, som er færdig og prøvet, vil blive betalt af den nævnte à Conto hvilket jo var Forudsætningen for at den blev paa 6000 Kr. 
+Ærbødigst 
+Carl Petersen.</t>
+  </si>
+  <si>
+    <t>1915-01-28</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>"Kunstforeningen arrangerede i 1915 en retrospektiv udstilling med 64 af Anna Stybergs arbejder. Udstillingen blev en succes, og salget var stort, bl.a. købte Faaborg Museum 16 billeder. I udstillingskataloget priste maleren og kunsthistorikeren Ernst Goldschmidt AS og hendes kunst i en varmt anerkendende beskrivelse." Dansk Kvindebiografisk Leksikon: Anna Syberg (netudgaven, lokaliseret aug. 2019). 
+Franz/Trylle Syberg led af luftvejssygdomme hele sit liv.
+Hans Syberg lavede en del små dyreskulpturer i Zoologisk Have.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kommer muligvis en enkelt dag til København for at se Annas udstilling, muligvis ikke. Han tør ikke rejse fra børnene. 
+Besse/Johanne Syberg er flyttet til København for at male. Hans Syberg arbejder i Zoo. Selv laver Fritz Syberg træsnit. 
+Hvis Fritz Syberg kunne gøre sit liv om, gjorde han det gerne med Anna en gang til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ljUL</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-1-15
+Kære Ven.
+Tak for Dit Brev. Jeg har længe gaaet og havt Lyst til at skrive til Dig og Else, nu kom Du mig i Forkøbet. Hils Else og sig Tak for hendes rare Nytaarsbrev, som jeg ingenlunde har glemt. Det er mulig jeg tager en Dag over til Annas Udstilling, men mere bliver det ikke og det er i det hele taget usikkert om jeg beslutter mig [”mig” indsat over linjen] til Rejsen. Jeg tør ikke være fra Børnene. Trylle med sin Astmah og den lille som jeg stadig maa have vaagent Øje med, kan daarlig undvære mig. Kommer jeg, skal jeg nok skrive og haaber saa vi kan være sammen om Aftenen, eller gaa sammen paa Annas Udstilling næste Dag. Besse er i København for at male og bor i Jeres umiddelbare Nærhed Schlegels Allé 6-5: Hun er [”er” overstreget. ”har” indsat over linjen] har lige faaet sig indrettet, og I har næppe set noget til hende endnu. Hans rejser over i Morgen (Fredag) og vil slaa sig paa zoologisk Have igen. Selv er jeg i Gang med nogle Træsnit, og [”og” overstreget] nyder Kakkelovnsvarmen og klager i øvrigt ikke. Kunde jeg leve mit Liv med Anna om en Gang til, begynde med vores Forlovelsesdage, gjorde jeg det gærne.
+Mange Hilsener til Jer begge to og til Jeres Drenge
+Din hengivne Ven 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1915-02-16</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at Mads Rasmussen ønsker at se på nogle af Anna Sybergs billeder til Faaborg Museum. Der er mange af billederne på udstillingen, der ikke er til salg, og de, der er til salg, er det til høje priser. Hvis Faaborg Museum ønsker et udvalg af billederne for at sikre, at Anna Syberg er godt repræsenteret på museet, vil han gerne sætte priserne så lavt som muligt. Han har svært ved at forlade hjemmet i øjeblikket, da ha jo skal være både far og mor for børnene. Han slutter med at rose MRs arbejde med Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5Was</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+16-2-15
+Kære Hr. Etatraad
+Mads Rasmussen.
+I Dag har jeg modtaget Brev fra min Søn og ser deraf at De kunde ønske at se en Del af min Hustrus Billeder anbragt i Faaborg Musæet. Det vil være mig selv en stor Glæde om jeg kunde være med til at gøre en af Køjerne til en Anna Syberg - Køje. Som De vil se af Kataloget har jeg gjort Størsteparten af de Billeder af min Hustrus jeg selv er Ejer af, til "Privateje" saa de overhovedet ikke er til Salg. Jeg vil give Komiteen for Faaborg Musæet Tilladelse til at udvælge bl. disse Billeder, hvad den mener egner sig for Musæet. Jeg ved godt at jeg har sat høje Priser paa de Billeder jeg har sat til Salg, men det er fordi jeg nødig vilde skille mig ved nogen af min Hustrus Billeder. Kun mente jeg at helt standse Salget ved overhovedet ingen at sætte til Salg vilde være urigtig over for mine Børn da det jo dog drejer sig om deres Arv. Jeg valgte derfor den Mellemvej at sætte faa Billeder til Salg til høje Priser. Bliver det imidlertid saaledes at Musæet ønsker at erhverve en fyldig Repræsentation af min Hustrus Billeder, saa stiller Sagen sig jo ganske anderledes. Det vil være mig en stor Glæde at se et helt samlet Billede af hendes Virksomhed som Kunstnerinde, ogsaa for Børnene vil det være smukt at kunne se paa et Sted et samlet Udtryk for hvad deres Moder har været som Malerinde, og jeg skal derfor, for at det kan gaa i Orden sætte Priserne saa lavt som jeg mener at kunne. 
+Naar dette skal ordnes, vilde jeg selv gærne komme over, men er bange for at det ikke lader sig gøre. Min ene Dreng er meget angrebet af Astmah, og har været det siden før Jul. Desuden maa jeg være ved Haanden for min lille Piges Skyld, som jo er helt overladt til Fremmede naar jeg er borte. For Tiden kan jeg næsten ikke være borte en eneste Dag, da jeg jo baade skal være Far og Mor for hele Flokken. Jeg skal imidlertid tale med Joh Larsen og sige ham hvilke Billeder jeg synes Musæet skulde foretrække. til Slut føler jeg Trang til at sige Dem at den Maade De tager hele denne Sag paa: Musæet i Faaborg, er saa sjælden, saa fornuftig saa den har min største Beundring. Jeg er ogsaa sikker paa at en Gang i Fremtiden vil Faaborg Musæet staa som et Unicum blandt danske Kunstsamlinger, et Sted, Kunstkritikere, som vil skrive om Kunst fra Årtierne 1895 - 1915, vil blive nødt til at søge, mens Odense, Aarhus, Aalborg o.s.v. vil ligge i den Forglemmelse de ligger i den Dag i Dag. Mine hjerteligste Hilsener til Dem Deres Hustru og Børn fra Deres hengivne 
+Fritz Syberg
+[skrevet sidelæns] Johannes Larsen rejser i Morgen over og ser paa min Kones Billeder</t>
+  </si>
+  <si>
+    <t>1915-03-01</t>
+  </si>
+  <si>
+    <t>Stanley Kock</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om diverse regninger og udestående i forbindelse med Faaborg Museums byggeri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gpF5</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 1ste Marts 1915.
+Hr Kontorchef Aage Møller!
+Efter Aftale har jeg forhandlet med Overretssagfører Albert Goldschmidt om Landinspektør Stanley Kochs Honorar ved Musæet i Faaborg. Regningen lød jo oprindelig paa 199 Kroner, men Sagen blev tilbudt forligt mod Betaling af 110 Kr. med Tillæg af 25 Kr. i Sagførerhonorar. Hr. Goldschmidt gik ind paa at nedsætte sit Honorar til 15 Kroner. Sagen kan saaledes bringes ud af Verden mod Betaling af 125 Kroner hvis De deler min Opfattelse, idet jeg tror at Etatsraaden, som jeg talte med igaar, helst ser en fredelig Udgang.
+Med venlig Hilsen fra Deres ærbødige
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1915-04-08</t>
+  </si>
+  <si>
+    <t>N.M. Rasmussen</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver til kontorchef Aage Møller om diverse udeståender i forbindelse med arbejder vedrørende Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ixhz</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 8 April 1915.
+Hr Konrorchef Aage Møller!
+Efter Aftale med Etatsraad M. Rasmussen skal jeg bede Dem tilstille C. Møllmann &amp;amp; Co. Nørregade 18 for Maling af en Urskive til Faaborg Museum
+Kroner 8.00 [tilføjet med blyant:] betalt 14/4
+og Snedkermester N.M. Rasmussen i Holbæk à Conto for Møbler til Museet
+Kroner 1071.41 [tilføjet med blyant:] betalt 14/4
+idet jeg tilføjer at de paagældende Leverancer er præsterede, og der for Snedkermesterens Vedkommende da er et passende Beløb tilbage til Efterpudsning og Opstilling af Møblerne paa Stedet.
+Ærbødigst 
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1915-04-09</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener at spørgsmålet om, hvilke af Anna Sybergs billeder der egner sig bedst til museet, bedst kan afklares ved ophængningen. Desuden vil har foreslå Mads Rasmussen at købe Johannes Larsens "Lærketræk" til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VZB0</t>
+  </si>
+  <si>
+    <t>Pilegaarden 9-4-15
+Kære Etatsraadinde Rasmussen!
+Tak for Deres Brev. Spørgsmaalet om fornyet Indkøb af min Kones efterladte Billeder ordnes jo bedst ved Musæets Ophængning der jo dog en Gang maa komme. Jeg skal til den Tid faa hendes Billeder sendt ned saa vi kan se dem samlede i Muæet hvad der jo ogsaa for selve Udvalgets Skyld er det allerbedste. Jeg har overvejet i flere Dage og er nu kommet paa det rene medat jeg vil foreslaa Etatsraaden at købe til Musæet Joh. Larsens "Lærketræk", som er udstillet i Grønningen for Tiden. Det er ganske vist et baade stort og temmelig dyrt Billede, men tillige efter min Mening et aldeles udmærkdet Billede Joh Larsen har været her til Morgen og talt om at Aalborg Musæum var tilbøjelig til at erhverve det for en Underpris, jeg foreslog da, at han pr Telefon foreslog Dem det først, inden han lod Aalborg faa det. Med de venligste Hilsener til Dem og Etatsraaden er jeg Deres hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1915-04-15</t>
+  </si>
+  <si>
+    <t>Holbæk</t>
+  </si>
+  <si>
+    <t>Snedkermester N.M. Rasmussen kvitterer for beløb modtaget fra Mads Rasmussen for møbler, han har lavet til Faaborg Museum. Han takker for opgaven og påtager sig gerne lignende arbejde i fremtiden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RsJ3</t>
+  </si>
+  <si>
+    <t>N.M. Rasmussens Møbelmagasin
+Telefon 354 Ahlgade 1 Holbæk Telefon 354
+Dagligstue, Spisestue-Herreværelses-&amp;amp;Soveværelses-Møblementer
+Den 15-4 1915
+Hr Etatsraad Mads Rasmussen
+Takkende har jeg i Dag modtaget Kr. 1074.41 som Betaling for Møbler til Faaborg Museum, for nævnte Sum vedlægges Kvittering og benytter jeg Anledningen til at Udtale min Taknemmelighed for den mig viste Tillid og skal det være mig en stor Glæde om der i Fremtiden maatte blive mig Opgaver af lignende Art betroede.
+Med Højagtelse
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-5</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Grete Jensen, f. Hansen
+Elena Larsen
+-  Skadhauge
+Marie Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Elise har så travlt. Hun ville gerne have være til Faaborg til Jens Birkholms begravelse, men hun vil også gerne til Faaborg i Pinsen og syntes ikke, hun kunne begge dele. Fortæller forskelligt andet om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HEO0</t>
+  </si>
+  <si>
+    <t>Tirsdag Morgen
+Kære Per
+Jeg har saa travlt, saa travlt, og endnu flyder her af roba di generi diversi i alle Rum. Jeg kan jo ikke faa fat i en Snedker, og Ungernes Legetøj flyder over det hele.
+Jeg vilde også gerne have været i Faaborg i Søndags til Birkholms Begravelse, men jeg vil ogsaa gerne være der i Pinsen, og saa syntes jeg ikke, jeg kunde begge Dele, men jeg fortryder det i Grunden lidt.
+Det var godt, Baaden ikke var sat i Vandet, thi Vejret har da været saa koldt, at det var bedre at bo paa Landjorden, saa jeg var glad for, at du var nødt til at bo paa Hotel. Jeg tog ind fra Holte Torsdag Aften, betalte paa Hotellet 110 Kr og Malermesteren 34,00. Bimses Cykle er ikke i Orden, Dækkene var for smaa, kunde ikke sættes paa og to Huller havde de prikket i Slangerne; i Dag skal hun ud og hente Dækkene og faa dem byttede, saa maa hun atter ud og faa dem sat paa, her i Byen gør de det ikke. Hun har endnu Kørekort, saa Rejsen koster hende ikke noget. 
+Jeg rejser herfra Søndag Morgen; lad mig vide, om du skal have Kjole Smoking eller hvad ellers du vil have mig til at tage med. Jeg tænker ikke der er Stemning for større Festligheder, ellers havde du vel ogsaa skrevet. Jeg glæder mig meget til at se Musæet.
+Gete er i Dag spadseret af sted til Skole i Halvstrømper og højrød Trøje, hun er stolt. Bimse i lang, hvid Frakke; hun ser flot ud det lange Pigebarn, men hvor der dog gaar mange Penge med til at faa dem lidt manerlig klædt paa. Nu kommer min Fur. Jeg er heller ikke billig. Som sagt jeg længes meget efter at komme over til jer; saa skal vi ud og se et Sted hvor vi kan bo i Sommerferien. Vi var hos Fru Tom Søndag Aften, i gaar hos Skadhauge, han plager Livet af os med sin Nolobridge. Mange Hilsner fra os alle. 
+Din Elis.</t>
+  </si>
+  <si>
+    <t>1915-05-03</t>
+  </si>
+  <si>
+    <t>Viggo Madsen</t>
+  </si>
+  <si>
+    <t>Når Johannes Larsen skriver til Christine Rasmussen om udsmykningen af arkivet, er det formentlig fordi Mads Rasmussen er syg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Christine Rasmussen om vægudsmykningen af arkivet i Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dZ8S</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Maj 1915.
+Kære Fru Etatsraadinde! Tak for Deres Brev. Det glæder mig meget at se De og Etatsraaden synes om Udkastene til Dekorationen af Arkivet. Hvad det vil komme til at koste kan jeg vanskelig sige nu, da jeg ikke er helt klar over hvorledes det skal gøres.
+Helt billigt kan det jo ikke blive, da det drejer sig om at male 12 Felter hvoraf de 2 mindste er omtrent saa store som de største Billeder jeg hidtil har malet og de største mere end 3 Gange saa store. Gøres i en Fart kan det heller ikke, bl.a. maa jeg male Studier først til alle de Træer og Blomster jeg har tænkt at anvende da jeg ikke er saa begavet at jeg kan lave den udenad. Jeg er heller ikke tilfreds med Væggen ud til Haven og Paafuglevæggen paa Udkastene, de maa laves om og gøres bedre. Jeg havde tænkt mig at det kunde males med Caseinfarver paa den færdigpudsede Væg, som jeg tænker mig behandlet som de andre Vægge i Museet, altsaa med den gule bundfarve i Frescopuds. I saa Fald kunde jeg gøre det alene og vil paatage mig det for 500 Kr. for hvert Felt, altsaa i Alt 6000 Kr. Skal det derimod males al Fresco maa jeg først have lavet Kartoner i fulde Størrelse til hele Dekorationen og en Mand som Viggo Madsen til at hjælpe mig hvad der vil fordyre det en hel Del. Skulde det blive mere end Etatsraaden har tænkt at ofre paa det og Sagen saaledes opgives, vil jeg ikke have Honorar for det Forarbejde jeg har gjort, jeg har jo lært en Del af det, som maaske kan komme mig til Gode en anden Gang. 
+Venlig Hilsen fra min Kone og mig selv til Dem og Etatsraaden
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1915-05-15</t>
+  </si>
+  <si>
+    <t>Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Johanne Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum blev grundlagt 1910. I perioden 1910-1915 blev der indkøbt kunst og bygget. Kunstnerne stod selv for ophængningen i 1915, hvor museet åbnede. 
+Af det forrige brev fra Fritz Syberg til Johannes V. Jensen fremgik det, at parret skulle vies i Svanninge.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og de andre fynske malere hænger udstilling op på Faaborg Museum. 
+Marie og Fritz Syberg er blevet gift 12. maj og bor i deres hus i Svanninge. De har det godt med deres tilsammen otte børn. Marie hilser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wW8M</t>
+  </si>
+  <si>
+    <t>Faaborg Musæum
+17-5-15
+Kære Joh. V. og Else!
+Vi gaar her, alle de fynske Malere, og virker med Ophængningen af Musæet, som jeg tror vi faar Glæde af. Dette Brev er ellers for at meddele Jer at Marie og jeg viedes den 12 – 5 – i Kjerteminde og bor ”för tilfället” i vor Ejendom i Svanninge ”Fivelinhuset” kaldet. Vi har det ug. Der venter os ikke saa lidt i Fremtiden – ganske vist – _8 _Børn e.c.t e.c.t. – men igaar, i forgaars havde vi det godt, og i Dag har vi det fremdeles godt og haaber at have det godt i Morgen og den næste Dag og i øvrigt ved jeg intet mere.
+Eders altid hengivne
+Ven Fritz Syberg.
+Jeg venter hvert Øjeblik Marie som vist gærne vil have en Hilsen med til Jer.
+Nu kom Marie - - 
+Mange Hilsener fra os begge Marie og Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1915-05-16</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Johannes Nicolaus Brønsted
+Peter Hansen
+Herman Heilbuth
+Andreas Larsen
+Johan Larsen
+Carl Petersen, arkitekt
+Jens Rasmussen
+Fritz Syberg
+Carl Zahle</t>
+  </si>
+  <si>
+    <t>Det nybyggede Faaborg Museum åbnede i 1915 lige op ad Mads Rasmussens konservesfabrik (derfor Vegetabilfabriken). 
+De små udstillingsnicher på Faaborg Museum kaldes køjerne.
+Statsminister Zahle var meget begejstret for Larsens billede Lærketrækket, mens det var udstillet i København. En gruppe danske kvinder lavede en landsindsamling, købte billedet og forærede det til Zahle som tak for, at han havde medvirket til at give kvinderne valgret.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er til Birkholms begravelse i Faaborg. 
+Jens Rasmussen fortæller, at Johannes Larsen, Fritz Syberg og Peter Hansen snart vil få en henvendelse fra Odense Museum vedr. evt. udstillingsbilleder. Jens Rasmussen forespørger endvidere Larsen om et nyt billede magen til Lærketrækket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3eYh</t>
+  </si>
+  <si>
+    <t>Faaborg 16 Maj 1915.
+Kæreste Alhed!
+Tak for dit Brev. Overretten kom herned i Formdg. til Generalforsamling i Vegetabilfabriken og til Birkholms Begravelse. Han var inde paa Museet og var strax smeltet. Vi blev alle inviteret paa Fabrikkens Regning: Hummer, Asparges og Tournedos. Kaffe og Cigarer. Han fortalte at Syberg, Peter og jeg nu vilde faa en Skrivelse fra Odense Museum om vi havde noget der egnede sig for dem. Derefter var vi til Begravelse. Nu sidder vi her efter Aftensmaden, Lysse Frk. Nivad Calle og jeg og drikker en Flaske Barzac. Jeg skal hilse fra Lysse og Calle. Jeg har lige ringet Puf op, det gik udmærket alt sammen hjemme. Vi har nu faaet den store Sal færdig og er begyndt i Billedhuggersalen d.v.s. den har vi vist ogsaa klaret saa vi skal begynde i Køjerne i Morgen. Jeg antager at jeg rejser hjem Torsdag Aften og saa Fredag til Kjøbenhavn. Jeg glæder mig til at komme hjem i Pintsen. Overretten spurgte om jeg kunde lave enten et Billede til som Lærketrækket eller en lignende i halv Størrelse til den samme eller halv Pris. Det var Heilbuth der havde fundet paa det, Zahle havde været inde at se paa Billedet over 50 Gange sagde han. Han ville nu sætte sig i Forbindelse med Heilbuth igen. Har du spurgt Magisteren om Huset? 
+Hils dem. Mange kærlige Hilsner Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1915-05-25</t>
+  </si>
+  <si>
+    <t>Niels Larsen Stevns
+Kai Nielsen
+Fritz Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bedes om et forskud på lærkebilledet. Han er kommet i tvivl om erhvervelsen af et billede af Niels Larsen Stevns, men har derimod et billede af Fritz Syberg, som han foreslår indkøbt. Og mon ikke Kais granitpige kan live lidt op blandt gipserne eller i haven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qAqU</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Maj 1915.
+Kære Hr. Etatsraad!
+Det var da ikke muligt at jeg kunde faa et Forskud udbetalt paa Lærkebilledet? Der er endnu ingen Penge indbetalt for de Billeder jeg har solgt paa Udstillingen og jeg har ikke flere. Hvis jeg f.Ex. kunde faa 1000 Kr. nu, tænker jeg at jeg kan klare mig til Terminen. Jeg har været i mange Sind med Hensyn til Erhvervelsen af Stevns'' store Billede til Museet. Jeg har ikke set Billedet før nu i Faaborg hvortil det kom den sidste Dag jeg var der, saa det er muligt, jeg er uretfærdig mod det, jeg synes der er meget smukt i det, særligt i Kompositionen, men der er ogsaa noget jeg ikke kan lide. Jeg er mest tilbøjelig til at fraraade Købet nu. Derimod saa jeg forleden hos Winkel og Magnussen et smukt ældre Billede af Syberg, som jeg vil foreslaa Museet at anskaffe. det er et Landskab med Svanninge Kirke i Baggrunden og en moden Rugmark i Forgrunden. W.&amp;amp; M. havde det i Komission for en Mand, som mente at han skulde have 10-1200 Kr for det, men Winkel troede det kunde købes for 800 Kr. Og kunde vi saa ikke faa Kais Granitpige til at live op mellem Gibsfigurerne? eller maaske til at stille op i Haven, den kan jo taale at staa ude. 
+Med venlig Hilsen, ogsaa fra min Kone til Etatsraadinden og Dem selv.
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1915-06-12</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Aage Møller foretage diverse udbetalinger til Fritz Syberg og gør opmærksom på, at museet har fået et billede af Anna Syberg til ombytning med et andet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0T0</t>
+  </si>
+  <si>
+    <t>Hr. Kontorchef Aage Møller, København Faaborg, den 12 Juni 1915.
+Hermed følger et Brev jeg har modtaget fra Hr. Syberg og som jeg beder Dem læse. 
+Der maa udbetales Syberg,
+1/ Hvad der skyldes fra tidligere Tid. 1500.00
+2/ For de Billeder Musæet har købt af hans afdøde Hustru 2700.-
+3/ 2 Rate. af købet 1913 6166
+__________
+10.366
+De bedes bemærke, at Musæet har faaet et Billede af Fru Anna Syberg "Evighedsblomster" til Ombytning med et andet Billede, der sendes retur.
+Skulde der være noget med Hensyn til dette Regnskab, hvorom De er i Tvivl, kan de jo telefonere til Valby Langgade 30. 
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-06-14</t>
+  </si>
+  <si>
+    <t>Aage Møller svarer på Mads Rasmussens brev angående udeståender til Fritz Syberg og malerier af Anna Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s3RU</t>
+  </si>
+  <si>
+    <t>14/6. 15.
+Herr.
+Etatsraad M. Rasmussen.
+R. af D.
+F a a b o r g .
+Deres ærede Skrivelse af 12' ds har jeg modtaget.
+Kul. Vi forsøger nu at faa 50 a 100 Tons til. det vil sikkert være rigtigst, at vi dækker os i saa vidt Omfang som muligt.
+Syberg har til Gode:
+Rater, der forfalder den 24/6, 1915. Kr. 1500.00.
+Anna Sybergs Billeder. " 2700.00 ? ?
+2. Rate af Købet 1913 " 6166.00
+------------------
+Kr. 10.366.00
+Da jeg ikke har Musæumsprotokollen, kan jeg ikke se, om Beløbet for Anna Sybergs Billeder er rigtigt, men Syberg angiver det i sit Brev til 2700 Kroner. Er det forkert, kan Chequen jo annuleres og en ny udstedes.
+Under Forudsætning af, at Beløbet passer, bedes medfølgende Cheque: Kr. 10366.00 underskrevet.
+Med Højagtelse
+Aage Møller
+2 Indlæg.</t>
+  </si>
+  <si>
+    <t>1915-06-21</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Aage Møller har talt med Carl Petersen, men han forklaringer var så vidtløftige, at Aage Møller mener, han hellere selv må skrive til Mads Rasmussen. Derefter følger forskellige optegnelser vedrørende betalinger for diverse arbejder i forbindelse med Faaborg Museum,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4xU8</t>
+  </si>
+  <si>
+    <t>21' Juni 1915
+Herr Etatsraad M. Rasmussen,
+R. af D.
+p t Faaborg .
+Efter at have talt med Etatsraaden i Telefonen sendte jeg saa Bud til Arkitekt Carl Petersen, som saa kom herud i Eftermiddag, men hans Forklaringer var saa vidtløftige, at vi blev enige om, at han helst selv maatte skrive derom, og dette lovede han aldeles bestemt at gøre saaledes, at Brevet kommer til Faaborg i Morgen Tidlig.
+Jeg skal bemærke følgende:
+Arkitekten mente, at Ernelund burde specificere en saadan Post som Ophængning og Rengøring i Musæet
+Kr 269,90,
+at han ogsaa mente, at Tommerup skal betale Sorteringen af Gulvstenene Kr. 363,20
+og i saa Fald skal Ernelund jo have Pengene i Tommerup og fratrække dem paa Musæets Regning,
+og hvad de Kr 427,67
+angaar, som Udstillingen herinde har kostet, da udtalte Arkitekten, at vil Etatsraaden ikke betale dem, maa han jo gøre det.
+Jeg har afkonfereret de a Konto Udbetalinger, Ernelund har faaet med Arkitektens Regnskab, og de passer, saa den af Arkitekten opgivne Sum skulde jo være rigtig for Ernelunds Tilgodehavende med Undtagelse af de omdisputerede Beløb</t>
+  </si>
+  <si>
+    <t>1915-06-22</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Johannes Larsen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Aage Møller skriver igen om diverse økonomiske udestående i forbindelse med arbejder udført på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2AzL</t>
+  </si>
+  <si>
+    <t>Herr Etatsraad M. Rasmussen,
+Det vilde maaske være rigtigst at give Ernelund et a Konto Beløb og lade ham sende Arkitekten en Specifikation over de Kr. 269,90 [beløbet kan ikke læses tydeligt, men fremgår af det foregående brev af 21.6.1915]. Jeg vedlægger derfor en blank Cheque, og kan Herr Larsen jo saa opgøre, hvad der kan udbetales og meddele mig hvor meget der bliver trukket.
+Beløbet for Sorteringen af Stenene skal jo i alle tilfælde fratrækkes. Derimod bliver det vel vanskeligt at komme uden om de 427,67, som Udstillingen har kostet.
+Med Højagtelse
+Aage Møller
+Arkitekt Petersen sender sit sidste Brev og Etatsraadens Brev til mig i sit Brev i Aften.</t>
+  </si>
+  <si>
+    <t>1915-08-07</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Aage Møller sende Vegetabilfabrikken 6000 kroner, som denne har udlagt for MR til betaling af Johannes Larsen for dekorering af arkivet på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0mWU</t>
+  </si>
+  <si>
+    <t>Faaborg, den 7/8 1915. Hr. Kontorchef Aage Møller
+København .
+De bedes paa Mandag sende Vegetabil Kr. 6ooo,oo, som Fabriken har udlagt for mig til Kunstmaler Johannes Larsen for Dekorering af Arkivværelset.
+Med Højagtelse.
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-09-01</t>
+  </si>
+  <si>
+    <t>Albert Pers</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Dr. Alfred Pers vil høre Nicolaus Lützhøft, om han tror, at Mads Rasmussen kunne være interesseret i at købe Peter Hansens billede fra Zahrtmanns skole.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/54nl</t>
+  </si>
+  <si>
+    <t>DR. MED ALFRED PERS PLATANVEJ 22
+Kjøbenhavn, den 1-9 1915
+Kjære Lützhøft
+Da vi engang har talt om Muligheden af, at Mads Rasmussen vilde købe Peter Hansen's Billede fra Zahrtmanns Atelier, vil jeg spørge Dem, om De tror, at han er villig dertil. Prisen er vel 4-500 Kr? I Fald han ikke vil, er der en Kunsthandler, som gærne vilde erhverve det.
+Med venlig Hilsen
+Deres 
+Alfred Pers</t>
+  </si>
+  <si>
+    <t>1915-09-04</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Alfred Pers forklarer Mads Rasmussen hvorfor, han mener det er rimeligt at fastholde den pris, han har angivet for Peter Hansens maleri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BNk</t>
+  </si>
+  <si>
+    <t>DR MED ALFRED PERS PLATANVEJ 22
+Kjøbenhavn, den 14-9 1915
+Hr Etatsraad Rasmussen
+Af Hr Lützhøfts hører jeg, at det menes at være formeget, jeg forlanger for Billedet af Peter Hansen.
+Grunde til, at jeg netop har tænkt mig at 4-500 Kr var en passende Pris er dels den, at jeg i sin Tid har tilbyttet mig det for to andre Billeder, et ret stort af Friis og ét af Lo[cte?], som tilsammen var vurderede til o. 500 Kr. og dels fordi jeg selv skjønnede, at Billedet baade som Følge af Malerens Navn og som Følge [af] sit Indhold havde en ret høj Værdi, og, [da] jeg ikke kan komme fra den Tanke tillader jeg mig stadig at forlange 450 Kr. 
+Med megen Agtelse
+Ærbødigst
+Alfred Pers</t>
+  </si>
+  <si>
+    <t>1915-09-06</t>
+  </si>
+  <si>
+    <t>R. Krag</t>
+  </si>
+  <si>
+    <t>Bestyrelsen for Kunstforeningen henvender sig mhp at låne et maleri af Kristian Zahrtmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZOGV</t>
+  </si>
+  <si>
+    <t>Frederiksholms Kanal 4, den 6 Septb 1915
+Bestyrelsen for 
+Faaborg Museum
+Faaborg
+Kunstforeningen agter i Oktober at foranstalte en Udstilling i sit herværende Lolale af Danske Kunstneres Arbejder fra Grækenland
+I den Anledning tillader Bestyrelsen sig herved at henvende sig til Dem med den Anmodning, at de til denne Udstilling godhedsfuldt vil udlaane de nedennævnte Kunstværker, nemlig:
+Kristian Zahrtmann: Oliventæer i Corfu, 1889.
+Samtlige Udgifter ved Afhentning og Tilbagelevering samt Assurance-Omkostningen bæres af Kunstforeningen. Assurancesummen bedes venligst opgivet.
+Mand vilde vlre Dem forbunden for Svar saa snart belejligt. De til Udstillingen overladte Arbejder ønskes disponible fra 20ds til Udg. af Oktober d.A.
+Bestyrelsen for Kunstforeningen
+R. Krag
+Formand</t>
+  </si>
+  <si>
+    <t>1915-09-07</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Albert Pers
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft anbefaler, at Mads Rasmussen køber Peter Hansens billede "Fra Zahrtmanns Skole".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y7mx</t>
+  </si>
+  <si>
+    <t>[påskrevet med blyant:] 7 september 1915
+p.t. Stavnsholt
+pr. Farum
+Kære Herr Etatsraad.
+For Nemheds Skyld sender jeg Dem vedlagte Brev fra Dr. Pers. Billedet, der er Tale om, er et smukt Ungdomsarbejde af Peter Hansen, et Interieur fra Zahrtmanns Skole med Portrætter af forskellige af Eleverne. Jeg har tidligere været i Lag med Peter for at faa ham til at bytte Billeder med et andet af sine Arbejder, hvor Dr. Pers gerne vilde haft. Med da han stadig væk ikke har faaet dette arrangement bragt i Orden, lader det jo til, at en Kunsthandler har taget Affære.
+Jeg synes, Billedet er selvskrevet til Museet, som vist ikke ejer noget andet saa tidligt Billede af Peter (Portrættet af Mester undtaget).
+Dets Motiv har desuden særlig Interesse. Jeg anbefaler altsaa herved Billedet til Dem som et Arbejde, Faaborg Museum bør eje, og hvis De er tilbøjelig til at anskaffe det - vi faar det vel for 400 Kr. - beder jeg Dem forelægge Sagen for De øvrige Komitemedlemmer.
+Jeg har skrevet til Dr. Pers og bedt ham vente med at træffe en afgjørelse en halv Snes Dage endnu. 
+Jeg har nu i omtrent 2 Maaneder levet herude, Det er tæt ved Furesøens nordlige Bred og malet en Del, men da jeg nu er en Uges Tid endnu tilb til København, er det vist snart paa[plads] at skrive til min Adr i Kbhn, naar der er truffet Bestemmelse om Sagen.
+Med venlig Hilsen til Dem og Deres
+Deres hengivne
+Nicolaus Lützhøft
+NB Det aller nemmeste var jo at sætte Dem i telefonisk Forbindelse med Dr. Pers, hvis Adr staar paa Brevet</t>
+  </si>
+  <si>
+    <t>1915-09-08</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har fået Peter Hansens billede af Zahrtmanns skole hjem på Skjoldsgade og har aftalt med Albert Pers at Nicolaus Lützhøft kommer og vurderer det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MqBI</t>
+  </si>
+  <si>
+    <t>8 September 15.
+Kære Herr Nicolaus Lützhøft :
+Jeg har modtaget Deres Brev og ringede derefter Dr. Pers op i Telefonen, og han udtalte, at med Hensyn til Prisen da vilde han overlade Dem som Sagkyndig at fastslaa den. Jeg har nu faaet Billedet ind i Skjoldsgade at se paa, og jeg synes, at i Betragtning af, at der tiltrænges en Reparation, i det noget af Malingen er afskrabet, vilde 350 Kroner være passende. De bedes udtale Dem til Dr Pers herom, og hører jeg saa nærmere derom.
+Vær saa venlig at meddele mig hvem Personerne paa Billedet er, hvis De ved det.
+Med venlig Hilsen forbliver jeg 
+Deres hengivne 
+M Rasmussen
+Stavnsholt pr Farum</t>
+  </si>
+  <si>
+    <t>1915-09-10</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft vil gerne se ud til Mads Rasmussen søndag for at se Peter Hansens billede og fortælle, hvem der er portrætteret på det samt vurdere det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A1IM</t>
+  </si>
+  <si>
+    <t>[påtegnet med blyant:] 1915
+Kære Herr Etatsraad!
+Tak for Deres Brev!
+Jeg tager ind til Kbhvn i Dag, Fredag. Paa Mandag skal jeg til Odense, hvor jeg formodentlig bliver et Par Uger for at male d gl. Bispegaard e.t.c. som er bestilt.
+Men jeg vil gerne se ud til Dem paa Søndag, hvis det kunde passe Dem, saa kan jeg se Peters Billede, fortælle Dem, hvem det er, der er malet paa det og foreslaa Dr P. den Pris, de nævnte, og som jeg ogsaa finder ganske rimelig.
+Med venlig Hilsen
+Din ærb. hengivne
+10/IX Nic. Lützhøft</t>
+  </si>
+  <si>
+    <t>1915-09-12</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek
+Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen meddeler Kunstforeningen, at man ikke ser sig i stand til at imødekomme ønsket om at låne et billede, da Faaborg Museum har som princip ikke at låne billeder ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KUBv</t>
+  </si>
+  <si>
+    <t>12' September 1915.
+Til
+Bestyrelsen for Kunstforeningen,
+Frederiksholms Kanal 4.
+J Besvarelse af Kunstforeningens ærede Skrivelse af 6' ds tjener, at man ikke ser sig i Stand til at imødekomme det fremsatte Ønske om Udlaan af omskrevne Billede, da Bestyrelsen for Faaborg Musæum principielt har vedtaget ikke at udlaane Billeder fra Musæet, for at Samlingen af Hensyn til de besøgende Publikum til enhver Tid kan være komplet, og af Hensyn til Princippet vil der ikke i dette enkelte Tilfælde kunne gøres en Undtagelse.
+Ærbødigst
+M. Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-09-13</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Carl Knippel, at han mener, man må fastholde princippet om at Faaborg Museum ikke låner værker ud, og at man derfor ikke kan imødekomme den modtagne låneanmodning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/txFJ</t>
+  </si>
+  <si>
+    <t>13' September 15.
+Herr Malermester Carl Knippel,
+Faaborg.
+Som Svar paa Deres Brev af 11' ds. tjener, at jeg mener at vi helst maa fastholde det Princip, at Musæets Billeder laanes ikke ud. Det vilde selvfølgelig intet have at sige for dette ene Billede, men fastholdes Princippet ikke absolut over for alle Anmodninger om Udlaan, vil det jo let blive saaledes, at nogle af Billederne hvert Øjeblik er bort fra Musæet til Udlan, og at de skulde jo dog helst være paa Musæet, naar Folk kommer der, for at se dem. Jeg har nu derfor besvaret Henvendelsen derhen.
+Hvorledes gaar det med Musæet ?Er der begyndt med Farverne i Kaj Nielsens Sal?
+Med Højagtelse
+og venlig Hilsen
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-09-16</t>
+  </si>
+  <si>
+    <t>Albert Pers
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen orienterer Peter Hansen om, at han har købt hans maleri fra Zahrtmanns Atelier. Han har aftalt med sælger, at denne betaler for reparation af billedet, som han beder Peter Hansen udføre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kk5g</t>
+  </si>
+  <si>
+    <t>16' September 1915.
+Kære Peter Hansen:
+Jeg har i Dag købt Deres Billede fra Zahrtmanns Atelier af Dr Pers for 450 Kroner. Jeg bød 350 Kroner derfor, men Dr Pers forlangte nævnte Pris og jeg accepterede den saa paa Betingelse af, at han skulde betale Reparationen deraf. Jeg sender nu Billedet over til Dem og beder Dem gøre det i Stand og sende Regningen derpaa til Dr Pers.
+Med venlig Hilsen forbliver jeg
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-09-17</t>
+  </si>
+  <si>
+    <t>Carl Knippel har ikke helt forstået, om det omtalte billede skal lånes til Kunstforeningen eller ej og i fald det skal, udbeder han sig adressen, hvor det skal sendes hen. Farven til billedhuggersalen er endnu ikke kommet, men så snart den kommer, vil der blive taget fat.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QJmd</t>
+  </si>
+  <si>
+    <t>FAABORG MUSEUM 17-9-1915
+Hr Etatsraad M. Rasmussen RD
+Deres Brev af 13de har jeg modtaget, men er ikke ganske klar over, om jeg skal foranledige det omtalte Billede indpakket og afsendt til Kunstforeningen eller ikke. I bekræftende Fald beder jeg Dem sende mig Skrivelsen fra Kunstforeningen for Adressens Skyld
+Jeg har ventet med Besvarelsen af Brevet for samtidig at kunne meddele, hvornaar der kan tages fat paa Billedhuggersalen.
+Farven er endnu ikke ankommen og i Dag fik jeg som Svar paa en Forespørgsel desangaaende den Besked, at der stadig ventedes paa Udførselstilladelsen; men at denne sandsynligvis vilde fremkomme inden ret mange Dage. Jeg har gentagne Gange forhørt om Farven og skriver atter i Dag for at skynde paa. Saa snart den kommer vil der blive taget fat; der er Mandskab parat.
+Med megen Agtelse
+Carl Knippel</t>
+  </si>
+  <si>
+    <t>1915-09-18</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen gentager over for Carl Knippel, at museet må fastholde sit princip om ikke at låne billeder ud, og at han altså ikke skal sende omtalte billede til Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZX4</t>
+  </si>
+  <si>
+    <t>18'September 1915
+Herr Carl Knippel,
+Faaborg.
+Deres ærede Skrivelse af 17' ds har jeg modtaget og ser, at De ikke har forstaaet mit Brev af 13' ds. rigtigt. Som jeg skrev deri har jeg tilskrevet Kunstforeningen, at Musæet af Princip ikke kan udlaane Billederne, da Folk ikke kan være tjent med at tage til Faaborg for at se Billeder som saa viser sig at være udlaante, og at selv om det ikke har meget at sige for dette enkelte Billede, kan vi dog ikke bryde Princippet. Billedet skal altsaa ikke sendes.
+Med Højagtelse
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-10-02</t>
+  </si>
+  <si>
+    <t>Købehavn</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Carl  Knippel
+Kai Nielsen
+N.M. Rasmussen
+Rudolph Tegner</t>
+  </si>
+  <si>
+    <t>Carl Petersen orienterer om diverse arbejder vedrørende Faaborg Museum og fraråder Mads Rasmussen at give tilsagn om støtte til Rudolph Tegnér.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t7Nk</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 2 Oktober 1915.
+Kære Hr Etatsraad M. Rasmussen!
+Efter Aftale har jeg meddelt Ernlund Deres Stilling til Byggesagen baade i en Telefonsamtale og skriftligt. Der var intet i Vejen for at opsætte Sagen til Etatsraaden kom til Faaborg. Det er jo muligt at det er Fordringen om at der ikke maa være Butiker, der gør Byggesagen urentabel, det kan jo tænkes at Butiker kan forrente 4000 Kr. mere end Beboelse, og Grundens Pris er naturligvis bestemt af den fordelagtige Bebyggelse der kan tænkes. Men det er vist heller ikke nødvendigt at opretholde denne Fordring. Butiker kan godt klares smukt i en Husfacade.
+Ernlund sagde at Billedhuggersalen ikke var farvet op fordi den forlangte røde Farve ikke kan fremskaffes. Jeg har da skrevet til Knippel, at Salen skal være Dodenkop, den Farve, der er anvendt i de mindste Køjer og som jeg selv oprindeligt havde tiltænkt Billedhuggersalen, fordi den staar smukkest til de hvide Arbejder. Kai Nielsen vil helst have denne Farve. Etatsraadinden har ogsaa bedt om den, og den er langt billigere end de to andre. Saa kommer Malerne til at finde sig i den. 
+Jeg bad Knippel og Ernlund om straks at tage fat paa Arbejdet, saa det var i Gang naar De kommer til Faaborg. Naar nu bare ikke Flyttedagstravlheden kommer i Vejen.
+Snedkeren i Holbæk ringede jeg til Bordet og Møllen til Postkort og Fotografier var lige blevet færdig og bliver afsendt Mandag. Jeg bad Knippel sige til Mikkelsen om han vilde sørge for at den stod fuld af Postkort og Fotografier til Lørdag.
+Endelig gik jeg med Kai Nielsen ind og saa Tegners Port. Det er en sjælden arbejdsdygtig og energisk Kunstners Værk. Men desværre staar hans kunstneriske Smag og Kultur ikke paa Højde med hans beundringsværdige Energi. Ydermere har han alieret sig med en ikke fremragende Arkitekt. De arkitektoniske Former i Arbejdet er højst uheldige og meningsløse. Og Skulpturarbejderne hænge aldeles ikke sammen med dem. Tegner er Repræsentant for en forældet literær Periode i Kunsten hvis Beundrere nærmest findes mellem Journalister og Litterater.
+Det drejer sig her om saa store Beløb, saa hvis det skal have nogen Art, maa det være klækkelige Summer, der skal skydes til. Der var da mere Glæde ved at lave noget selvstændigt for de Penge. De har jo hidtil fulgt en aldeles bestemt Linie i det De har gjort for Kunsten. Tegner falder helt uden for Retningen af denne Linie.
+Da Etatsraaden har spurgt mig vil jeg derfor tillade mig at foreslaa, at der gives Tegner et Svar omtrent saaledes:
+- Deres store Arbejde har jeg beset. Og skønt jeg meget kunde ønske at bidrage til at et saadant Storværk blev udført, beklager jeg, at jeg ikke denne Gang kan tilsige Dem Støtte.
+De Summer, jeg i de sidste Aar har anvendt paa Kunst, overstiger allerede mange Gange det Beløb, jeg oprindelig havde tænkt mig.-
+En venlig Hilsen til Etatsraadinden og Etatsraaden fra Deres ærbødigst hengivne 
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1915-10-04</t>
+  </si>
+  <si>
+    <t>Marie Neckelmann
+Albert Pers
+Theodor Philipsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter Hansen har først nu fået afhentet billedet fra banegården. Han har konstateret, at der jo er en del at restaurere og anslår, at det vil koste 50 kr. Han nævner frk. Neckelmanns udstilling, som han roser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OZkc</t>
+  </si>
+  <si>
+    <t>Faaborg d 4de Okt. 1915
+Kære Hr Etatsraad
+Jeg har haft saa travlt, saa travlt, som Philipsen siget, at jeg først nu har faaet Billedet afhentet fra Jærnbanen, pakket det ud og set det efter. Ja, der er jo noget at restaurere paa det. Der er et mindre Hul gennem Lærredet, ganske vist paa et heldigt Sted, men den ene Haand af Johs Larsens er jo ødelagt. Jeg vil ansætte Restaureringen deraf til 50 Kr, og et saadant Beløb kan De vel tilbageholde af Indkøbssummen hos Dr. Pehrs. jeg ved ikke om det er købt af Musæet i saa Fald glæder jeg mig og takker Dem.
+Har De set Frk Neckelmanns Udstilling? Den er morsom og af et livligt Temperament. Jeg var ude for at se den en Dag i forrige Uge, da fik jeg Deres Brev, jeg traf ogsaa Th. Philipsen og hørte af ham at Deres Frue havde haft Jubilæum og digtet en glimrende Sang; nu er det noget sent at ønske til Lykke, men Sangen faar jeg vel alligevel Lov at læse. Med venlig Hilsen til Dem og Familje fra min Kone og Deres hengivne
+Peter Hansen.</t>
+  </si>
+  <si>
+    <t>1915-10-15</t>
+  </si>
+  <si>
+    <t>Albert Pers
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen beder Peter Hansen sende regningen for restaurering af billedet direkte til Dr. Pers. Han var i Faaborg med sin hustru forleden men nåede desværre ikke ud og hilse på Peter Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JU1c</t>
+  </si>
+  <si>
+    <t>15' Oktober 15
+Kære Herr Peter Hansen :
+Deres venlige Brev har jeg modtaget, men har faaet det forlagt, hvorfor jeg først i Dag besvarer det. Billedet er betalt, men det var en bestemt Aftale med Dr Pers, at han skulde betale hvad det vil koste at faa det resatureret, og det blev da vi gjorde denne Aftale, sagt, at det rimeligvis blev Dem, der kom til at gøre det i Stand. De bedes derfor sende Regningen til ham.
+Vi var i Faaborg forleden, min Hustru og jeg, og vi vilde gærne have været ud og hilst paa Dem, men Tiden blev os for kort, saa vi naaede det desværre ikke. De og Deres Frue bedes modtage en venlig Hilsen fra os begge.
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-10-21</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen forklarer, at det er en ren fejltagelse, at han ikke har fået sendt beløbet for det købte billede til Dr. Pers før. Han har fået at vide fra Peter Hansen, at prisen på restaureringen er 50 kroner, som MR tillader sig at fradrage i beløbet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s9bK</t>
+  </si>
+  <si>
+    <t>21' Oktober 15.
+Herr Dr. med Pers,
+Platanvej 32.
+Deter en ren Fejltagelse, at Beløbet for det købte Billede ikke er bleven Dem sendt før. Jeg var under det bestemte Jndtryk, at det var sendt umiddelbart efter, at jeg havde faaet Billedet.
+Jeg havde forleden Dag Brev fra Peter Hansen, der har restaureret det, og han skriver, at det vil koste 50 Kroner, som jeg tillader mig at fradrage i Beløbet, der vedlægges i Anvisning Kr 400,00
+Jeg vil i Dag bede Peter Hansen om at sende Dem en kvitteret Regning paa de 50 Kroner.
+Deres ærbødige
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen informerer Peter Hansen om, at han har glemt at betale det skyldige beløb til Dr. Pers. Det nu gjort, og han har modregnet 50 kroner og beder Peter Hansen sende Dr. Pers kvittering herpå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D0a0</t>
+  </si>
+  <si>
+    <t>21' Oktober 15
+Kære Herr Peter Hansen:
+J mit sidste Brev skrev jeg til Dem at Dr Pers havde faaet Pengene for Billedet, men jeg opdager nu, at de ved en Fejltagelse ikke er sendt. Jeg har nu sendt dem i Dag og fradraget de 50 Kr. som jeg har sendt Dem pr Postanvisning og beder Dem sende Dr Pers en Kvittering paa Beløbet.
+Med venlig Hilsen forbliver jeg 
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-10-28</t>
+  </si>
+  <si>
+    <t>J. Amtoft
+Johannes Nicolaus Brønsted
+Carl  Knippel
+Johannes Larsen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om nogle andre byggeprojekter i Faaborg, som han håber at komme i betragtning til og forsikrer Mads Rasmussen for, at huset overfor museet skal blive et, man kan være bekendt at have liggende overfor Faaborg Museum. CP redegør for nogle regnskabsmæssige forhold vedrørende malerarbejdet i museet og nævner en del andre arbejder, han har fået tildelt rundt omkring i landet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tm1U</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 28 Oktober 1915.
+Kære Hr. Etatsraad M Rasmussen!
+Efter Aftale drøftede jeg Muligheden af at indrette Banklokaler i den ny Ejendom med Sagførerne Amtoft og Kvist. De udtrykte begge omtrent det samme, som jeg mente om Sagen, at Beliggenheden ikke var videre heldig. Huslejen bliver vist nok ogsaa for dyt. De bad mig udtrykkeligt ikke nævne Sagen til nogen, saaledes som Etatsraaden i Forvejen havde gjort det, hvilket jeg naturligvis har rettet mig efter.
+Dernæst viste Sagfører Amtoft mig sine Planer med det brændte Hus paa Torvet og spurgte om min Mening. Jeg synes det saa meget fornuftigt ud, og Lokalerne kan der indrettes meget billigt med den ringe Udstrækning af Facaderne og den allerede existerende Brandmur. Beliggenheden der er jo ogsaa den bedst mulige. Jeg forhørte mig om der var Mulighed for at jeg kunde komme i Betragtning med Arbejdet. Amtoft meddelte mig, at en københavnsk Arkitekt [paa, overstreget] vistnok paa et Konsortiums Vegne havde fat i Sagen, men hvis det lod sig gøre, vilde han gærne forsøge at skaffe mig Arbejdet. Jeg ved ikke om jeg heri kan bede om Etatsraadens Støtte?
+Deres andet Forslag angaaende Kæmnerkontoret meddelte jeg Ernlund. Han sagde at Kæmneren havde lejet andet Steds. Iøvrigt har der allerede meldt sig flere Liebhavere, og der bliver næppe nogen Vanskelighed med at faa det udlejet.
+I det Hele har jeg Indtryk af at Byggeprojektet er sundt og godt, og jeg skal nok tegne et Hus jeg hvad Indretning og Ydre angaar kan være bekendt at have liggende overfor Museet. Det er jo en smuk og god Opgave, som jeg skylder Etatsraaden Tak for som for saa meget andet.
+Knippel beder om en à Conto Udbetaling paa Malerarbejdet i Museet paa 1500 Kroner. Hans Tilbud var paa 2941 Kr 19 Øre samt Farvestofferne betalt efter Fakturaer. Dette sidste er nu, hvor Billedhuggersalen mangler blevet 1021 Kr 12 Øre. Det samlede Beløb er altsaa i Øjeblikket 3962 Kr 31 Øre. Knippel har i Forvejen modtaget à Conto 1400 Kr. paa de allerede forlængst fuldførte Arbejder. Jeg kan derfor fuldt ud anbefale at den nævnte à Conto udbetales, og jeg beder om at Pengene maa tilstilles ham med det samme.
+Etatsraaaden husker, at det Tilbud vi fik fra Knippel, og som han nødigt vilde afgiore, fordi han ikke den Gang mente sig i Stand til at overse hvad den for ham usædvanlige Vægbehandling vilde koste, beløb sig til 6900 Kr. og at vi blev enige om at katsere Tilbudet og at forlange en Pris for Arbejdet beregnet pr [kvadrat] Alen samt en Pris for de benyttede Farvematerialer som saa skulde betales efter Vægt. Det ser jo nu ud til at vi derved vil spare ca 2500 Kr.
+Jeg beder sluttelig undskylde at jeg ikke personlig møder for at gøre Rede for disse Sager. Etatsraaden ved at jeg i Sommer næsten intet har haft af Arbejde, det har set meget sort ud. Jeg har nu paa en Gang faaet mere Vind i Sejlene. Foruden Huset i Faaborg skal jeg nu bygge et Hus for Karl Schou ved Løkken, et Hus for en Kusine til min Kone i Hornbæk, et Hus for Johannes Larsens Svoger Professor Brønsted i Birkerød, desuden nogle mindre Arbejder, en Spisestue med Paneler og Møbler for Johannes Larsen samt [overstreget: "nogle"] et Bibliotheksværelse paa Herregaarden Fuglesang paa Lolland. Der skal jeg ned i Overmorgen, og alle disse Arbejder, som paa et nær følger i Kølvandet af Museet skal paabegyndes snarest. En venlig Hilsen til Etatsraadinden og Etatsraaden fra Deres hengivne Carl Petersen.
+[skrevet sidelæns på første side:] Jeg prøvede det elektriske Lys i Museet en Aften mens jeg var dernede. Det var helt virkningsfuldt og efter min Mening ganske tilfredsstillende i de forskellige Lysstyrker. [xxxxxx] virker Lyset over Glassene i Ovenlyssalene ikke mindst i Kuppelsalen. Det var morsomt at se at Gulvene kommer meget mere til deres Ret i kunstigt Lys end om Dagen.</t>
+  </si>
+  <si>
+    <t>1915-10-29</t>
+  </si>
+  <si>
+    <t>Henrik Sachs</t>
+  </si>
+  <si>
+    <t>Henrik Sachs orienterer Mads Rasmussen om, at Kai Nielsen har kunnet indfri den kassekredit, som Mads Rasmussen har kautioneret for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/009I</t>
+  </si>
+  <si>
+    <t>Henrik Sachs
+Overretssagfører
+Gl. Strand 40 1
+Tlf. 3847
+Privatbolig
+Holmens Kanal 8.
+Tlf. Byen 2808 Y Kjøbenhavn den 29 okt 1915
+Hr. Etatsraad M. Rasmussen
+R. af Dbg.
+Efter at Billedhugger Kai Nielsen til Statens Museum for Kunst har solgt den til Sikkerhed for Etatsraadens Kaution forpligtelse pantsatte "Vorherregruppe", hat han nu ved hjælp af Købesummen indfriet den Kassekredit for hvilken Etatsraadens Kaution er tegnet.
+Jeg fremsender hoslagt den indfriede Kontrakt, idet jeg paa Kai Nielsens Vegne endnu en Gang udtaler hans Tak for Etatsraadens Hjælpsomhed mod ham i denne Sag.
+Med højagtelse
+Deres ærbødige
+Henrik Sachs</t>
+  </si>
+  <si>
+    <t>1915-11-10</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm</t>
+  </si>
+  <si>
+    <t>-  Dam-Nielsen</t>
+  </si>
+  <si>
+    <t>Thea Birkholm anmoder om udbetaling af pengene for de billeder af hendes bror, Jens Birkholm, der er købt efter hans død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XFMI</t>
+  </si>
+  <si>
+    <t>Dr. Olgasvej 5 III [påskrevet med blyant:) 1915?
+Hr. Etatsraad Rasmussen
+Da Auktionen nu er overstaaet vil jeg gerne have mine Pengesager i Orden og jeg har i sinde at købe Obligationer for at faa saa godt Udbytte af Summen som muligt. Jeg tillader mig derfor at anmode om Udbetaling af Pengene for de Billeder der er købt efter min Broders Død. Dersom det passer Etatsraaden. Kan en Check sendes til Dam-Nielsen, som har lovet at ordne det for mig. Jeg haaber at kunne aflægge en Visit i Skjoldsgade før jeg forlader København og sender herved en venlig Hilsen til Etatsraaden og Familien
+Deres forb.
+Thea Birkholm.</t>
+  </si>
+  <si>
+    <t>1915-11-15</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har modtaget Thea Birkholms regning, men oplyser, at de to billeder, det drejer sig om, er opgivet til at koste 200 Kroner pr Stk. Hvis det er rigtigt bedes hun sende en ny regning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZkBJ</t>
+  </si>
+  <si>
+    <t>15/11.. 15.
+Frk.
+Thea Birkholm.
+Dr. Olgasvej 5 3.
+Jeg har modtaget Deres Regning, men de to Billeder er opgivet mig til 200 Kroner pr. Stk, ialt 400 Kroner. 
+Hvis dette er rigtigt bedes De sende mig en ny Regning.
+Med venlig Hilsen
+M Rasmussen
+1 Regning.</t>
+  </si>
+  <si>
+    <t>1915-11-18</t>
+  </si>
+  <si>
+    <t>Thea Birkholm forklarer, at hun mener at den samlede sum for de to billeder af Jens Birkholm bør være 500 Kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dePW</t>
+  </si>
+  <si>
+    <t>Dr. Olgasvej 5 III den 18/11-15 
+Hr. Etatsraad Rasmussen
+Da jeg i Foraaret blev spurgt om Priser paa de 2 Billeder forlangte jeg 300 Kr. for "Faaborg Havn" og 200 Kr. for "Interieur fra Faaborg Museum" : -Udover at jeg fik en mundtlig Meddelelse om Billedernes Antagelse har jeg intet senere hørt. Jeg har nu forespurgt Hr. Tom Petersen og Hr. Peter Hansen, der begge er af den Mening, at Billederne er solgt for 500 Kr., her maa vel saa foreligge en Misforstaaelse, enten fra den enen eller den anden Side. -Dersom Etatsraaden synes det vil jeg endnu forsøge at skaffe Oplysning hos de øvrige Komitémedlemmer.
+Med venlig Hilsen
+Deres forb.
+Thea Birkholm.</t>
+  </si>
+  <si>
+    <t>1915-11-20</t>
+  </si>
+  <si>
+    <t>-  Dam-Nielsen
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen mener at have fået oplyst af Peter Hansen, at de billeder begge skulle koste 200.- kroner, men går ud fra, at Peter Hansen har taget fejl og betaler så 500 for dem begge tilsammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nlv6</t>
+  </si>
+  <si>
+    <t>20 Novb. 15
+Frøken T h e a B i r k h o l m
+Dr. Olgasvej 5 3.
+Deres Brev af 18ds. har jeg modtaget.
+Peter Hansen har sagt til mig, at Faaborg Havn skulde koste 200 Kroner og det andet ogsaa 200 Kroner, men jeg gaar ud fra, at Peter Hansen har taget fejl og betaler saa 500 Kroner for dem begge. De bedes sende mig Regningen, jeg sendte tilbage til Dem, og jeg skal saa sende Beløbet til Overretssagfører Dam Nielsen.
+Med venlig Hilsen
+M Rasmussen
+Regningen bedes sendt under Adresse Lyngbyvej 83.</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Grete Jensen, f. Hansen
+Elena Larsen
+Niels Erik Schoubye
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Hansen var.</t>
+  </si>
+  <si>
+    <t>Elise kommer med Bimse til Faaborg i morgen med middagstoget. Grete kommer nogle dage senere. Alle sagerne fra atelieret er nu flyttet ti spisestuen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D0Sc</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Per!
+Disse Linjer for at lade dig vide, at Bams og jeg kommer i Morgen til Faaborg med Middagstoget. Gete har det godt, men da hun endnu har lidt Hoste, maa hun dog holde Sengen. Men paa Tirsdag kan hun følges med Frk. Hansen til Nyborg, og saa rejser hun ene til Faaborg. Muligvis kan hun faa Følgeskab af Frk. Birkholm.
+Jeg har faaet flyttet alle Sagerne fra Atelieret, som nu staar i Spisestuen, den ligner jo et Pulterkammer, og nu kan de ikke danse der mere, saa har vi haft Afdansning for i Aar. Den ivrigste balkavaler N.E. rejste i Gaar til Aarhus for at holde Ferie 1 Maaned. Hans er i Kerteminde, efter Pinse komme han til Faaborg for at arbejde for dig.
+Mange hilsner fra os alle
+Din
+Elise</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen
+Fru Møller
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Grete er ikke rask endnu, så hun skal ikke med til Faaborg. Elise har vrøvl med en tand. Hun tænker på at tage til Faaborg og besøge Peter snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a2mx</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Nej, jeg synes, det vilde være letsindigt at tage Grethe med til Faaborg. Hun har det jo godt, men hendes Sygdom er dog ikke helt ophørt, saa man skal passe paa hende, at hun ikke bliver forkølet. 
+Bims fryder sig over Sneen, hun kælker hver Dag i Søndermarken, i Dag var hun og Nolle derude sammen, paa Søndag skal de ud paa Højnæs i Hareskoven; jeg er ikke fri for at være bange for hendes lange Ben. Jeg har nu i en hel Uge gaaet hos Fru Møller for at faa repareret en Fortand, næste Uge gaar nok ogsaa dermed. Jeg har tænkt paa at komme over og se til dig, hvis jeg kan faa Frk. Hansen til at komme her hver Dag. Tanterne hyler over, at du ikke er her, der er en som vil købe Tante Mines Hus, og da de løber der baade tidlig og sent, saa tror de, der er noget under, og det kan jo gærne være, de har Ret.
+Jeg iler nu paa Posthuset, saa du kan faa en Appelsin paa Søndag.
+Mange Hilsener fra os alle
+Din
+Elisa</t>
+  </si>
+  <si>
+    <t>1916-1</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Elise ønsker Peter Hansen tillykke med erhvervelsen af dele af faderens ejendom og mener, han har godt af at få den ro, som ophold i Faaborg kan give ham. Beretter desuden om familiens aktiviteter i det hele taget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uH1D</t>
+  </si>
+  <si>
+    <t>Mandag.
+Kære Per!
+Jeg sender først nu dit Tøj, da jeg vilde se, om du dog ikke kom over for at se Philipsens Billeder. Naa, du har naturligvis bedst af at blive derovre; den københavnske Atmosfære egner sig ikke til at give Ro og Balance i Sindet.
+Philipsen var her igaar; han havde jo haft fint Besøg paa sin Udstilling om Lørdagen da Kongen og Dronningen havde været der; "du hade skam ogsaa fint Besøg i Forgaars," sagde Bimse, "da var Grethe og jeg der." Hvorpaa Ph. rejste sig op tog Hatten af, bukkede dybt, og gav hende en Krone. Naa, du er bleven Husejer i Faaborg! Til Lykke med det! Ja, jeg kan godt forstaa, du ikke mere vil til Kbhv og male, saa det er meget fornuftigt, at du har købt Syraks Baghus, hvor du kan faa Atelier og indrettet en lille Lejlighed. Naar du nu har fået lidt Skik paa det vil jeg gærne over og se hvorledes, det bliver indrettet, det kunde jo være, jeg vilde snakke et Ord med om Indretningen af mit Værelse. Vi kan saa maaske gøre Regning paa at bo der til Sommer, det var morsommere end hos Martin Jørgensens. Vi maa jo anskaffe en Del Møbler og Husgeraad i det hele, gøre det lidt hyggeligt, saa der vil jo gaa en Del Penge dertil, men saa ma vi jo spare paa noget andet. Nu faar vi jo se, hvad vi sælger og saa kan vi jo købe ind i Forhold til det. Hele Menagen bliver dyrere med to Husholdninger, og Rejser - alt iberegnet, men kan du blot male godt, saa har det jo mindre at sige. Friedländer havde hørt Jensen Klints Foredrag om moderne Kunst; han blev afbrudt af en tydelig Snorken; det var Nordmanden Karsten; Klint futtede af Arrigskab, og Karsten ropte "jamen jeg kjeder mig saa forfærdeligt!" Der var rigtig Fest, men ikke andet end Grin det hele. Bams tog mod Visitter i Gaar, hun skal nemlig have et lille Selskab, og saa kom de indbudne jo og takkede for Indbydelsen. Der var Aksel Meyer, Frideländers Søstersen, som hun har udset sig til Bordkavaler, han er et net Menneske. Vi vel gærne have flyttet de store Billeder og Rammer over i Atelieret for dog at have lidt Nytte af det, du gaar vist med Nøglen i Lommen, kan du ikke omgaaende sende os den. Mange Hilsener fra os alle til Doktorens Huus og dig selv. 
+Den hengivne 
+Elise</t>
+  </si>
+  <si>
+    <t>-, Friedlænder
+Grete Jensen, f. Hansen
+P.V. Jensen-Klint
+Martin Jørgensen
+Elena Larsen
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Elise sender Peter Hansens tøj - først nu, da hun først ville se, om han kom over for at se Phillipsens billeder og nævner, at Phillipsen var på besøg dagen før. Så ønsker hun Peter tillykke med at han er blevet husejer i Faaborg. Når han har fået lidt skik på det, vil hun gerne over og se, hvordan det er blevet indrettet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s03m</t>
+  </si>
+  <si>
     <t>maj-juni 1916</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen
 Grete Jensen, f. Hansen
 Kai Nielsen
 Harald Schoubye
 Louise Schoubye
 Niels Erik Schoubye</t>
   </si>
   <si>
     <t>Bimse skriver et livligt brev til sin far i anledning af hans fødselsdag og om alle de overvejelser hun og søsteren Grete har gjort sig for at finde en passende gave til ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7cL7</t>
   </si>
   <si>
     <t>Torsdag d.1
 Kære Fasser!
 Til Lykke med Føssesdagen! Jeg haaber Hummeren og Æblerne maa smage dig godt, de er fra Gete og mig. Vi anede slet ikke hvad vi skulde give dig for du er en vanskelig Person at hitte paa til, og saa vandrede Grete og jeg ned ad Vesterbrogade og kiggede ind af hvert Vindue for at hitte en lille Genstand, saa opdagede vi disse Ævler og købte dem, men det var jo for lidt, og vi gik videre. Saa saa vi nogle dejlige Ferskner men de kosted 2 Kr Stk, det var for galt, saa den Snyderbutik gik vi fra igen. Jeg havde imidlertid set en Hummerbutik og foreslog at vi skulde købe dig en Hummer; det vilde Gete ikke rigtig gaa med til men til sidst gjorde vi det dog, og nu haaber jeg du er lige saa begejstret for Paahittet, som jeg var, for det er jo dog Hovedsagen? Du maa endelig skrive om du blev glad ved den, for Mosser var ikke saa henrykt for den Gave. I Søndags var vi i Hareskoven pr. Cykel, det vil sige Mosser og Grete tog med Toget - og jeg tog et lille Bøgetræ med hjem, jeg har nu plantet det i en Urtepotte, og det er ikke visnet, saa det kommer nok. Paa Torsdag skal Vipsen, Ragna og jeg til Raageleje at bo i Storebedags Ferien, kun Hr Mackeprang skal med, saa vi skal føre Menage, den bliver god, men bare det bliver godt Vejr. - Paa Lørdag kommer Harald og Niels Erik og fejrer den dobbelte Fødselsdag, for det er jo ogsaa Tante Louises Fødselsdag den Dag. - Jeg spiller Tennis med tju og bang, men de sidste Dage har Vejret jo ikke været til det, saa jeg har maattet holde op med Skydningen-- Paa Søndag skal Mosser jo til "Rout", det er spændende. Vi har set paa Kai's lille Venus til Tøsen derude, Jeg synes nu der er underligt at skrive Konfirmation pa Kortet, men det er jo ogsaa en Form for Pengeafpresning, ikke sandt? Nu har jeg ikke mere at fortælle. Nu mange kærlige Hilsner fra 
 Bams
 16 Aar.</t>
   </si>
   <si>
     <t>maj 1916</t>
   </si>
   <si>
     <t>Elena Italia Hansen skriver et livligt og berettende brev til sin far.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ruTF</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dorthea Birkholm</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansen arkiv</t>
   </si>
   <si>
     <t>Thea Birkholm sender Peter Hansen lykønskning i forbindelse med hans fødselsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hlgw</t>
   </si>
   <si>
     <t>Dr. Olgasvej 5 III
 Kære Peter Hansen!
 Maa jeg gratulere og ønske Dem et godt Aar.
 Jeg vilde gerne have sendt Dem en Pude til Deres nye Atelier, men det maa hellere vente til jeg kommer hjem, saa kan De selv bestemme Farverne.
 Venligste Hilsner ogsaa til Doktorens.
 Deres 
 Thea Birkholm</t>
   </si>
   <si>
     <t>Ausa -
 Elise Hansen
 Harald Schoubye
 Niels Erik Schoubye</t>
   </si>
@@ -7214,50 +9518,54 @@
 Nu mange kærlige Hilsner fra din
 egen Bams
 Mange Hilsner fra den lille Mosser.</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen</t>
   </si>
   <si>
     <t>Grete og "Bimse" (Elena) skriver i samme brev til deres far.</t>
   </si>
   <si>
     <t>Grete og "Bimse" skriver forskelligt til deres far.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/XXCu</t>
   </si>
   <si>
     <t>Kære Fas!
 Hvordan har du det? Jeg har det godt. Du kan tro jeg morede mig til Bimses Bal jeg fik saa mange Ting fra Overflødighedshornet. Jeg fik en ring og en Brosche og en lille Klokke til at hænge om Missens Hals. Og naar den saa lober ringer Klokken saa jeg kan høre hvad den er. 
 Jeg har ogsaa faaet mange mange andre Ting. Jeg dansede med alle Herrerne. Om Aftenen spiller vi somme Tider 66 og i Begyndelsen vinder jeg saa siger jeg at vi skal gøre op men saa taber jeg og til sidst har jeg tabt alle mine Brikker og saa vil jeg naturligvis ikke góre op men saa gør Bomse Vrøvl. I Aften skal Bomse have Klub og saa har Mor lovet os en Æggesnaps, øm. Jeg skal lave en Historie til et Børneblad i Magasin du Nord og saa faar jeg 2 Kr. 
 Mange Hilsner fra din 
 Grete</t>
   </si>
   <si>
     <t>Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen</t>
   </si>
   <si>
     <t>Marie fortæller om Gretes fødselsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tS57</t>
   </si>
   <si>
     <t>Gretes Fødselsdag
 Kære Peter.
 Nu er Slaget i fuld Gang det gaar med Frierleg og Ordsprogsleg og om lidt har vi hele Forsamlingen heroppe, saa gør Lis Forestilling paa Teatret, Gøngehøvdingen i ny Indstudering Grete er ovenud lykkelig. Mitten sidder og smasker raa Lever i sig og Pjevs følger det med graadige Blikke.
 Men Mitte skal nok vide at værge sit Bytte.
 Den blir ellers saa stor og æder os ganske ud af huset, 1 Sild forslaar ikke om Dagen, men lige mager er den, og Ulykker gør den fra Morgen til Aften den fejer alt ned af Bordene, Vaser og Lamper o.s.v. Jeg har ellers travlt i denne Tid baade med Eksamen paa Skolen og ogsaa med den radikale jeg har nemlig paataget mig at skaffe Taler denne Gang og det er slet ikke saa nemt at faa halet nogen herud, nu der ingen Valg bliver. I Morgen aften skal jeg sidde paa en lille Beverding paa Vesterbro og passe Valglister.
 Nu har i Mellemtiden hele Banden været og forstyrret mig og derved gik der et Par Dage.
 I Aften skriver Bams Stil og den er af den Slags, hvor vi all maa lægge Hovederne i Blød og flot kasserer hun alt hvad vi finder paa uden dog selv at kunne gøre det bedre. 
 I Aften vilde vi have været til Onegin men det var ikke til at faa Biletter til en rimelig Pris. 4.Kr for 2den Etage saa venter vi hellere og ser om det ikke skulde blive billigere.
 Nu mange Hilsener din
 heng. Kylle</t>
   </si>
   <si>
     <t>Elena Larsen
 Elisabeth Neckelmann
 Johannes Rump</t>
   </si>
   <si>
@@ -7358,50 +9666,94 @@
 [xxxxx] Niels Erik Harald 
 Fritz Syberg Sidste Bimse
 Grete Elis
 [På billedsiden]: Johannes V. Jensen</t>
   </si>
   <si>
     <t>1916-01-17</t>
   </si>
   <si>
     <t>Dr. Christensen
 Sophus Danneskiold-Samsøe
 Theodor Philipsen
 Hans  Syberg</t>
   </si>
   <si>
     <t>Elise udtrykke glæder over, at Peter nu bor hos Dr. Christensens, der bliver han nødt til at lystre og gå sine ture. Motivet, han omtaler lyder godt med svært. De har set Philipsens udstilling den foregående dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rUa1</t>
   </si>
   <si>
     <t>Lørdag Aften!
 Kære Per. Tak for dit Brev. Du kan tro, jeg er glad for, at du er havnet hos Dr Christensens, der bliver du nødt til at lystre og gaa dine Ture, det vil nok hjælpe. Det Motiv, du omtaler lyder godt, men der er møj svært at bakse med, men klem du paa, naar du kan. Vi saa igaar Philipsens Udstilling. Der er svært mange Billeder fra hans senere Aar, som ikke er saa gode, mange henrivende Penne Tegninger, er der iblandt. Vi var sammen med ham og Danneskjold paa Glaciet; han var saa fornøjelig, storartet. Ungdommen spiller Bridge i Spisestuen, de hyler og raaber: Harald kigger i Kortene. Hils Hr. og fru Christensen og Hans. Mange Hilsener fra os alle til dig. Din Elis.</t>
   </si>
   <si>
+    <t>1916-01-19</t>
+  </si>
+  <si>
+    <t>Ernst Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Elise glæder sig over, at Peter har ro og frisk luft i Faaborg. Mon ikke, han kan lave noget keramik til dem? De har haft besøg af nogle af Sybergs børn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bazb</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kære Per.
+Tak for dit Brev. Hvor det er godt, at du gaar derovre i Ro og frisk Luft. Jeg synes ikke, det er galt at tage et Sovepulver, det har jeg ogsaa maattet for at sove en Nat. Kan du lave os noget godt Keramik-mak; du husker nok, Missen knaldede en Krukke. Din Terrin med de sorte Bær, hvor er den egentlig henne? Den var smuk. Sakker og Rille var her i Gaar for at invitere os til Bridge; de kunde ikke staa for vor Flæskesteg og Rødkaal og blev her hele Dagen, der var Fest for P[xxxxx]. Mange Hilsner
+ogsaa til Hans og Doktorens Din Elis
+Ragnhild staar og vasker noget Tøj som kommer en af de første Dage.</t>
+  </si>
+  <si>
+    <t>1916-01-24</t>
+  </si>
+  <si>
+    <t>Sophus Schoubye</t>
+  </si>
+  <si>
+    <t>Peter Hansens svoger, Sophus Schoubye, skriver til Peter Hansen vedrørende hans køb af ejendom i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JhJk</t>
+  </si>
+  <si>
+    <t>KAPTAJN S.SCHOUBYE
+DIREKTØR I FREDERIKSBERG BANK Gl. Kongevej 107
+København V. 24 Jan 1916.
+Kære Peter
+Vedlagt sender jeg Dig den ønskede Anvisning paa Kr 3500 som vil kunne hæves i Faaborg.
+Jeg er egentlig noget overrasket over at Du vil købe Ejendom i Faaborg og min Betragtning er den at Du som Kunstner formentlige ikke skulde lægge Dig fast om Sommeren men som en fri Fugl drive derhen hvor Interessen maatte drage Dig.
+Naar imidlertid hele Ejendommen kun koster Kr 3000 er der jo ikke noget videre at risikere og med et mindre Tab kan du vel atter blive af med den igjen naar du bliver ked af at være Godsejer i Faaborg;
+men er det Beløb Kr 3000, kontant Udbetaling for en Ejendom hvori forud indestaar andre Penge paa Prioritet saa vilde jeg paa det bestemteste fraraade Dig et saadant Køb. Det er nemlig ikke muligt at drive en Ejendom naar man ikke til Stadighed opholder sig paa Stedet. Da Beløbet, paa Grund af at Du selv opbevarer Bankbogen, ikke kan afskrives paa Bogen, beder jeg Dig send en Anerkendelse for Beløbets rigtige Modtagelse. I Haabet om snart at se Godsejeren herovre og haabende at det dog maa lykkes Dig med det første at faa en Aften fri saa Du kan komme herover og faa en Bid Brød og en Britsch er jeg Din altid heng.
+Sophus</t>
+  </si>
+  <si>
     <t>F. Petersen</t>
   </si>
   <si>
     <t>Guldsmed F. Petersen skriver til Peter Hansen angående et smykke.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4P6B</t>
   </si>
   <si>
     <t>24-1-16
 Her Kunstmaler Hansen!
 Det omtalte Smykke har jeg, det er Brillianter som sidder i Bladene over ? Kardt prima Prisen er 4,50 Kr. Med megen Agtelse Guldsmed F. Petersen Naboløs 3.
 [Tilføjet med blyant på bagsiden, formentlig af Peter Hansen]:
 Sokrates [overstreget] sige det samme om den samme Ting hver gang.
 i Forbindelse med Farver</t>
   </si>
   <si>
     <t>1916-2</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Grete Jensen, f. Hansen
 Elena Larsen
 Marie Schou
 Fritz Syberg</t>
@@ -7438,72 +9790,151 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/gLob</t>
   </si>
   <si>
     <t>Søndag.
 Kære Pap.
 Nu skal du have dig en lille Omgang, thi jeg synes ikke, du er det mindste rar til at skrive. Hvad har du egentli saa travlt med. Dit Hus har du jo Folk til at have for dig, saa du behøver jo kun at have Tilsyn med det, og saa det Keramikmak det haster jo ikke. Jeg glæder mig meget til at faa en Krukke til Blomster med den blaa, ny Glasur og saa de 6 Fingerskaale. Jeg maa jo ogsaa se at faa mig en hyggelig Krog i dit Atelier, du ved jo nok, jeg holder af store Rum, saa der kan jeg nok indrette mig rart. Sikken et Snevejr vi har i Dag, rigtig Vintersne, men i Vinduet alle mine Blomster le. Her er alle Slags Hyacinter; Zahrtmanns blev en stor lyseblaa Kraftkarl, lidt lavstammet. Nu skal jeg ud til Fru Tom med en Pakke fuld, hun er syg og ligger, og den stakkels Tom er helt Bims, han maatte ty til Fru Mogensen Hjælp, saa hun var stolt over at være den praktiske, det har hun aldrig været før. I Gaar var Sis og jeg hos Larsen om Rammer; det var ikke let at faa dem tilfredsstillende; de er nemlig ogsaa udgaaede paa Grund af Krigen, men vi har gjort vort bedste. Saa kom Alhed og Swane med et helt Læs af Lases Billeder, saa trak vi os tilbage. Jeg glæder mig til at se dine nye, navnlig det fra Havnen, Dr og Fruen kender jeg jo. Jeg synes nu ikke, du skulde sætte Melodanten paa, det er noget Tøv. Vi har faaet en midlertidig Husassistent, hun er ikke "spøgefuld" eller flink som Berthelsen, men hun var jo ogsaa Jyde, og det maa du da ved Gud indrømme, at det er en udmærket Race, men hun er brugbar, og jeg maa have et Menneske til at lave Mad og staa for Huset, nu da jeg får en Del at gøre med Udstillingen. Jeg kommer nok naar vi har faaet den fra Haanden over og besøger dig. Saa skal vi have Solskin, saa vi kan vandre ud og se paa Landskabet. Nu haaber jeg, du sætter dig paa din Hale og holder en Tale, saa vi kan vide, hvad du tænker paa, og ikke gaar og beholder det hele for dig selv; men du er jo bange, vil du indrømme det. Hils Dr. Chrestensens; selv hilses du paa det venligste af Mos og 4 Pigebørn.</t>
   </si>
   <si>
     <t>1916-02-04</t>
   </si>
   <si>
     <t>Dr. Christensen</t>
   </si>
   <si>
     <t>Elise er nu hjemme igen med sine fire børn. Hun er glad for at have set Peter og for at Dr. Christensens tager sig af ham. Hun synes, Peter arbejder for meget og er for mager.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0G6p</t>
   </si>
   <si>
     <t>Kære Per!
 Ja, Nu sidder jeg igen her omgiven af mine 4 Poder, som jeg traf raske og glade. Jer er glad for at have set dig, og for at Dr Christensens tager sig lidt af dig, ellers var det jo lidt trist, naar du er færdig med Arbejdet. Bare du vilde arbejde lidt mindre, du er mig nogle ℔ for mager; men du bildte mig jo ind, at du sover godt, men du ved jo nok, jeg er mistroisk. Mange Hilsner fra Børnene og din hengivne E.</t>
   </si>
   <si>
+    <t>1916-02-08</t>
+  </si>
+  <si>
+    <t>Ausa -
+- Hansen
+Grete Jensen, f. Hansen
+Elena Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Marie Schou
+Harald Schoubye
+Niels Erik Schoubye
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Lisbeth og Gitte var.</t>
+  </si>
+  <si>
+    <t>Elise har så travlt men skal nok snart sende cyklen osv over. Hun glæder sig til at se Peters billede med pavillonen. Fortæller i øvrigt om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bSaT</t>
+  </si>
+  <si>
+    <t>Mandag Aften
+Kære Per.
+Jeg har saa travlt, saa travlt, men nu skal jeg nok se i Morgen at faa sendt din Cykle o.s.v.! Jeg glæder mig til at se det Billede med Pavillonen, og det kan blive godt at male nogle Billeder ude, det er jo helt Foraarsvejr. Lisbeth og Frøken Hansen var i Holte i Gaar og kom slæbende med Billeder og Blindrammer. Nu faar jeg Baronen og Marie herud og hjælpe mig med at tage Billeder ud paa Onsdag. Jeg skal ogsaa over i Atelieret og se, hvad Hans har lavet. Jeg er glad for Børnene, ellers visnede jeg da og gik ud. Harald Bimse og Ausa spillede Bridge i Aftes og det endte med, at de kløede løs pa hinanden med Sæberis og Paraplyer; Niels Erik og vi andre adstadige svedte ligefrem ved at se paa dem. Bimse er blevet svært kvik; Gitten har det ogsaa godt. Baronen kunde ikke forstaa, at du ikke fik dine Rammer i Svanninge. Han har haft en Glarmester fra Kerteminde herovre, det var billigere. Kærlig Hilsen
+E[utydeligt]</t>
+  </si>
+  <si>
     <t>1916-02-09</t>
   </si>
   <si>
     <t>Ausa -
 Martha Johansen
 Viggo Johansen
 Marie Schou
 Ernst Syberg
 Fritz Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Elise mener, at det er længe siden, Peter har ladet høre fra sig. Fritz og Marie Syberg har spist frokost hos hende og set på billeder, de ser på Peter Hansens billeder omtrent som Elise gør. Nu skal der måles op til blindrammer og så skal der tænkes på kataloget. Der er livligt rykind af ungdommen næsten hver dag. Fru Johansen har rådet Elise til at anskaffe en telefon.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t7UE</t>
   </si>
   <si>
     <t>Onsdag
 Kære Pap. Det er længe siden, du har ladet høre fra dig, jeg skulde næsten tro, at du i al den Travlhed har glemt din højtelskede Familie. Baronen og Marie har spist Frokost her i Dag og set paa billeder, vi kan let blive enige, da vi ser omtrent ens paa dine Billeder. Nu skal jeg maale op til Blindrammerne, og saa maa vi tænke paa Kataloget. Vi faar først Lokale d 16de saa vi har kun 2 Dage til at hænge op, saa vi maa hænge i. Jeg har et livligt Rykind af Ungdommen, Ausa, Kirsten Larsen Sakker og Rille er her og holder Halløj, de kommer næsten hver Dag. Forleden Aften kom Fru Johansen herud for at drikke The, Viggo var nemlig hos Kongen, og vi havde det rigtig hyggeligt; hun raadede mig til at faa mig en Telefon, da jeg er saa meget alene, saa er det ligesom , jeg er Folk nærmere. Jeg skulde have haft den nu, den kunde spare mig for meget Renderi. 
 Hils Doktorens
 Mange kærlige Hilsener Din Elis</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>P.A.  Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 33</t>
+  </si>
+  <si>
+    <t>Fritz Syberg beretter om sine oplevelser og sit udbytte ved P.A. Schous auktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ljIF</t>
+  </si>
+  <si>
+    <t>Langgade 30 Kbhvn Valby
+9-2-16
+Kære Etatsraad Rasmussen og Frue.
+Hermed sender jeg Dem Regningen fra P.A. Schous Auktion. Jeg fik omtrent alle de Billeder jeg vilde have. Kun et interiør og et Selvportræt gik fra mig. Interiøret fulgte jeg til 500 Kr. med det gik først ved 800, Selvportrætet fulgte op til 480 (jeg havde kun 400 Kr. tilbage den Gang) saa maatte jeg slippe; det blev først solgt da det var naaet op med 700. Men iøvrigt fik jeg en smuk Samling Billeder. Jeg synes selv jeg fik det næstbedste Selvportræt der var, og der var mange, og det kostede kun lidt over 200. Jeg vilde have været ud til Dem, men er stadig meget plaget af Influenza og holder derfor ikke af at komme til nogen, dels er jeg smittefarlig dels gaar jeg i Seng med Hønsene.
+(Det blev betragtet som en ren Scandale, jeg fik Syrenerne for 500 Kr.)
+Jeg glæder mig til at hænge Billederne op paa Museet jeg haaber de vil pynte. De venligste Hilsner til Dem begge.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1916-02-19</t>
+  </si>
+  <si>
+    <t>Sophus Schoubye advarer Peter Hansen om, at udgifterne i forbindelse med overtagelse af ejendommen i Faaborg løber op. Elise (Sophus Schoubyes søster), har haft travlt med at arrangere Peter Hansens udstilling i Grönningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8VxC</t>
+  </si>
+  <si>
+    <t>KAPTAJN S.SCHOUBYE
+DIREKTØR I FREDERIKSBERG BANK Gl. Kongevej 107
+København V. 19. Febr 16.
+Kære Peter.
+Ifl Dit Brev sender jeg Dig vedlagt en Check paa 1000 Kr. hvis rigtige Modtagelse Du med et par Ord bedes meddele.
+Jeg ser jo af Dit Brev at Du har det godt og er ivrigt optaget af Din Ejendom i Faaborg, men jeg synes jo rigtignok at det begynder ar løbe op med Omkostningerne og beder Dog erindre at der nu er kun godt og vel 3700 tilbage paa Din Bog.
+Elisa var herovre forleden Aften og glædede os med sit Besøg. hun har jo travlt med at arrangere Din Udstilling i Grønningen som nu er aabnet og som har haft en meget gunstig Presse.
+Du meddeler at Du igjen har begaaet en Artikkel i Extrabladet, Jeg kan nu engang ikke forstaa at Du gider spilde en Tanke paa den Slags Narrestreger. thi tror Du at nogen bliver overbevist ved en Bladartikkel. Jeg kan kun tænke det maa være et for selvstændig Dømmekraft blottet Individ der kan tage Hensyn til Avisartikler.
+Med Hensyn til Familien Gl Kongevej 107 saa har vi det som Køerne og længes som de efter Foraar og Sol.
+Med de venligste Hilsener til Dig og i Haab om at se Dig frisk og fornøjet efter Din Bygmestervirksomhed er jeg Din altid
+hengivne 
+Sophus</t>
   </si>
   <si>
     <t>Vilhelm  Hammershøi
 Johannes Larsen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Peter Hansens billeder er ankommet, og Elise udtrykker stor ros og begejstring for sin mands malerier.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EHmk</t>
   </si>
   <si>
     <t>d 19/2 Her
 Kære Per.
 Endelig kom da dine Billeder, du kan tro, jeg var utaalmodig. Der gik Las og Baronen og Baronen og var næsten færdige, og jeg kunde ikke faa begyndt, da jeg først maatte se, hvad du sendte. Men du kan tro, jeg blev glad for dem, de er udmærkede begge to. Navnlig er "Najaden" smuk i Farve, vægtig og behersket med en god Del af din gamle Kraft, uden at virke kolarert. Det er bedre end dine Billeder fra i Sommer dog med Undtagelse af Therkildsens; de er gode. Navnlig dem med Vognen, der har han virkelig reddet sig et godt Billede til en billig Pris; men det er ham vel undt. Jeg tror ikke, han er Gullasch, men glad for sine Billeder. Sliberen er ogsaa god, ja der er dog noget ved den Vedbend, som jeg aldrig rigtig har kunnet lide. Doktorens er blevet meget bedre, end da jeg saa det i Faaborg. Nu skal jeg ind itl Fernisering og se paa Folk. Baronen og Las har en udmærket Udstilling.
 Nu vil jeg se at faa sendt dig nogle Roser, de skal staa og dufte i dit ensomme Soveværelse. 
 Jeg sendte en Krans fra os to til Hammershøjs Begravelse i Gaar.
 Mange kærlige Hilsner fra os alle. 
 Din
 Elis</t>
   </si>
   <si>
     <t>1916-02-20</t>
   </si>
@@ -7533,50 +9964,77 @@
     <t>1916-02-21</t>
   </si>
   <si>
     <t>Harald Giersing
 Albert Naur</t>
   </si>
   <si>
     <t>Peter Hansen indbydes til at deltage i udstilling i Grønningen i foråret 1916.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/AeQj</t>
   </si>
   <si>
     <t>A. FALCK RASMUSSEN
 KASSERER I FREDERIKSBERG BANK København, d. 21'Februar 1916
 Telefon - cent 329 pr. Telefon Bellevue 104.
 Herr Maleren Peter Hansen
 Paa en Generalforsamling i "Udstillingen i Grönningen" er det blevet vedtaget at indbyde Dem til at deltage i Udstillingen i Foraaret 1916.-
 Saafremt De skulde være villig hertil, bedes De omgaaende sende Meddelelse herom til en af Undertegnede.-
 Tillige bedes De, hvis De modtager denne Indbydelse, om at deltage i Garantien for den Kaution, som er stillet for Udstillingen, ved omgaaende at indsende et Billede til Værdi Kr.300.- til Herr Overretssagförer O.Kayser Vestergade 18 eller give skriftligt Tilsagn om et saadant.- 
 Ærbödigst
 Alb. Naur Harald Giersing
 Carl Johansgade 1 Carl Plougsvej 7</t>
   </si>
   <si>
+    <t>1916-02-23</t>
+  </si>
+  <si>
+    <t>Axel  Steenbuch
+Axel  Steenbuch</t>
+  </si>
+  <si>
+    <t>Valby Langgade 30</t>
+  </si>
+  <si>
+    <t>Faaborg Museums regning fra P.A. Schous maleriauktion bringes i erindring.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hqAF</t>
+  </si>
+  <si>
+    <t>Til Fra
+Hr. Kunstmaler F. Syberg Overretssagfører Axel Steenbuch
+Valby Langgade 30 Nørrevoldgade 9 Hj. af Vendersgade
+København K., den 23 Februar 1916
+Telefon 69 Kontortid 9-8
+Jeg tillader mig at bringe Faaborg Musæets Regning fra P.A. Schous Maleriauktion, stor Kr. 2640 i Erindring.
+Ærbødigst
+Axel Steenbuch
+Ved A. Rasch Hansen</t>
+  </si>
+  <si>
     <t>1916-02-26</t>
   </si>
   <si>
     <t>E. Kiellerup</t>
   </si>
   <si>
     <t>E. Kiellerup har købt et maleri af Peter Hansen med en ung pige i rødt liggende i en gullig eng samt en lille pige i blåt med en blå fjord i baggrunden. Han spørger nærmere ind til motivet og kommer med sin egen udlægning af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lpR6</t>
   </si>
   <si>
     <t>Puggaardsgade 11 Beletagen 26/2 1916
 Hr Kunstmaler Peter Hansen
 Jeg har i Dag købt et Maleri af Dem forestillende en ung Pige i rødt liggende i en gullig Eng; foran hende staar en lille Pige i blaat og bagved er en blaa Fjord.
 Jeg købte Billedet nærmest som en Farvestudie i ovennævnte Farver med en betagende Stemning af Sollys og frisk Luft over sig. Dog jeg nu i Aften fik det Hjem, ser jeg til min Overraskelse, at det tillige paa en meget discret Maade fortæller en lille Historie.
 Den unge Pige i rødt, har aabenbart haft en Kærlighedssorg, den lille Pige i blaat hører deltagende paa hende -, men hun kan dog ikke sørge rigtigt med hende; Sollyset og den dejlige friske Luft er formeget for hendes Ungdom. Det ser man tydeligt af hele hendes frejdige Holdning.
 Hvis jeg har Ret i min Udtyding af Deres Billede, og det tror jeg jeg har, vilde De glæde mig meget ved at skrive mig et Par Ord til derom. Det vilde ligeledes interessere mig at vide fra hvilken Egn af Landet det er og om De har givet Billedet noget Navn.
 Deres ærbødige
 E. Kiellerup</t>
   </si>
   <si>
     <t>1916-3</t>
   </si>
   <si>
@@ -7587,88 +10045,122 @@
 Marie Neckelmann
 Marie Schou
 Niels Erik Schoubye
 Fritz Syberg
 Peter Tom-Petersen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Elise har haft besøg af Fritz og Marie Syberg til frokost. Hun vil få Larsen til at indramme billedet fra Holte og spørge Christensen og Zahrtmann om de vil udlåne "Grete med katten".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hrMo</t>
   </si>
   <si>
     <t>Mandag
 Kære Per
 Tak for Brev og for de søde smaa Blomster, de staar her nok saa friske i Zahrtmanns lille Krukke. Vi havde det rart og hyggeligt ved Frokosten i Gaar; jeg er jo ikke selv saa underholdende, saa jeg maa sørge for at have lidt god og ikke for kedelig Mad at putte i mine Gæster. Marie og Baronen blev her til 6, saa skulde de skynde sig hjem til Middag
 Vi gik en Tur for at lufte Tobakken og Sprutten i Søndermarken, der var dejligt i Snevejr. Om aftenen bridgede vi med Niels Erik, og da jeg gik i seng ved et Tiden, skal jeg ikke nægte, at jeg var træt. Det var morsomt, du telefonerede til os. I Aften har Tom og kone været her, jeg skal hilse fra dem.
 Nu skal jeg faa Larsen til at indramme Billedet fra Holte, det er ellers svært at faa Rammer.
 Jeg skal telefonere til Christensen og Zahrtmann og spørge om de vil laane os "Grete med Katten", de var ikke meget villige sidst. Arnbak har nok ogsaa solgt det andet, men han kan vel skaffe det. Udstillingen bliver vel ikke aabnet saa snart. Den "Frie" har Fernisering på Fredag. Midt i April er det Paaske saa tager jeg med Ungerne over og besøger dig, det bliver morsomt at se, hvad du har lavet.
 Mange Hilsener fra os alle
 Din hengivne
 Elise</t>
   </si>
   <si>
+    <t>1916-03-07</t>
+  </si>
+  <si>
+    <t>Niels Bang</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Niels Bang har hørt fra Jørgen Ploug fra Horne, at Peter Hansen vil lade nogle billeder udstille hos Niels Bang, Han vil gerne høre lidt nærmere om antal billeder og tidspunkt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ih47</t>
+  </si>
+  <si>
+    <t>Niels Bangs Hus
+Kunst . Antikviteter
+Kunsthaandværk
+Telef. 2342 Odense 7 Marts 1916
+Maleren Hr. Peter Hansen
+Faaborg
+Af Hr. Jørgen Ploug Horne fik jeg at vide at De nok vilde lade Deres Billeder gøre Ophold her hos mig naar Udstillingen i København vel ret snart slutter, da jeg har endnu to Udstillere dette Faaraar og da jeg meget nødig vil gøre Afkald paa en Udstilling af Dem saa beder jeg Dem om at maatte faa at vide hvornaar omtrent det vilde passe Dem og med hvor mange Billeder De kunde tænke Dem. Min sidste Udstilling, af Maleren Max Nathan indeholde 43 Billeder nogle ret sene iblandt. Idet jeg haaber snarest at høre lidt mere fra Dem [xxxxx] Ærbødigst
+Niels Bang</t>
+  </si>
+  <si>
     <t>1916-03-17</t>
   </si>
   <si>
     <t>På bagsiden af Gretes brev har moren, Elise Hansen skrevet en kort meddelelse. Denne er registreret i en post for sig selv.</t>
   </si>
   <si>
     <t>Grete skriver til sin far om sin 10 års fødselsdag</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dj4m</t>
   </si>
   <si>
     <t>Kjøbenhavn d. 17de Marts 1916
 Kære Fas!
 Hvordan har du det? jeg har det godt. Tak for Pakken og Brevet du kan tro jeg blev glad ved den. Men det er slet ikke sandt at nu jeg er 10 Aar ikke kan være bekendt at staa stille uden for Granates Rude. -Til min Fødselsdag var der 10 Veninder henne hos mig. vi fik Krystader og Flæsksteg og Overflødighedshorn om. Nu skal du bare høre hvad jeg har faaet: Af Sis fik jeg en Have til min Dukkestue den er saa sød der er et Hundehus med en lille Hundehvalp. Af Mor fik jeg en Brosje med en Maanesten i, du kan tro den er pæn. Af Kylle fik jeg en Babykjole til min Baby den er saa fin den er af lysserødt Silke med Tyl over. Jeg fik ogsaa et Sjippetov det er saa godt jeg kan faa 25 Doppelsving i Træk. Af Tante Sine fik jeg en Bog som hedder Bitten den er saa god. Af Ras fik jeg en Narresut og Sutteflaske til min Baby. Af Emmy Pökkel fik jeg nogle smaa Sko ogsaa til min Baby. Og tænk paa Lørdag 8 Dage er jeg bedt til Bal hos Axel Ringsted det bliver spændende nu faar Mosser travlt med min Stads. Mange Hilsner fra os alle. Din 
 Grete.</t>
   </si>
   <si>
     <t>1916-03-28</t>
   </si>
   <si>
     <t>Georg Neukirch</t>
   </si>
   <si>
     <t>Wedellsborg
 Liljedal</t>
   </si>
   <si>
     <t>Georg takker for besøg hos Peter Hansen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SVOb</t>
   </si>
   <si>
     <t>Liliedal d. 28/3 1916
 Kære Peter! Tak for i Søndags. Det var meget morsomt for mig at se Dig og komme lidt ind i hvad der beskæftiger Dig. Jeg maatte jo fortælle Børnene om alt, hvad vi foretog os; særlig de to Pinde, Du snittede til Æggetoddyen morede dem meget.
 Besøget fra Sønderhjørne var ogsaa fornøjeligt og af tilpas Varighed. Hils den elskværdige og gæstfri Doktorfamilie fra mig - kan De ikke en Gang tage dem med herned paa en Sejltur. Hvor Fa'en biver Keramækken af? De plager mig hver Dag om Vaserne, som jeg har været Letsindig nok at fortælle om - Sigred og Ruth naturligvis. Hilsen fra Martha
 Din Georg</t>
+  </si>
+  <si>
+    <t>1916-04-13</t>
+  </si>
+  <si>
+    <t>Elise Hansen takker for brev fra Peter og skynder sig at lade ham vide, at hun rejser til Faaborg onsdag morgen med Grete. Bimse rejser mandag aften til Aalborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oOuq</t>
   </si>
   <si>
     <t>1916-04-14</t>
   </si>
   <si>
     <t>Grønningen</t>
   </si>
   <si>
     <t>Grønningen var i 1916 en ganske ny kunstnersammenslutning, der var blevet stiftet året forinden.</t>
   </si>
   <si>
     <t>Kortet fra "Grønningen" opfordrer til, at kunstnerne deltager så fyldigt som muligt i anden ophængning.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xBuM</t>
   </si>
   <si>
     <t>"Grønningen" 14-4-16
 Kunstnerne opfordres indtrængende til saa fyldigt som muligt af deltage i anden Ophængning.
 Bestyrelsen</t>
   </si>
   <si>
     <t>1916-04-25</t>
   </si>
   <si>
@@ -7700,99 +10192,150 @@
   <si>
     <t>Faaborg Museum, Johannes Larsens Arkiv, Breve til familien Rasmussen.</t>
   </si>
   <si>
     <t>Johannes Larsen sender kondolencebrev til Fru Christine Rasmussen i anledning af Mads Rasmussens død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JPJG</t>
   </si>
   <si>
     <t>Kjerteminde 27 April 1916
 Kære Fru Etatsraadinde!
 Det er en trist Anledning til at skrive. Det gjorde os meget ondt at høre at Etatsraaden var død. Selv om man er forberedt paa at der ikke er længe igen, er det jo altid en underlig Fornemmelse at vide, at det nu er forbi, og at man ikke mere skal se en man holdt meget af. Venlig Hilsen til Dem og Deres Døtre, Jeg hører at Holger er i Norge, vil De hilse ham fra mig, naar De skriver
 Deres hengivne Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen skriver kondolencebrev til Fru Christine Rasmussen efter Mads Rasmussens død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LHLB</t>
   </si>
   <si>
     <t>Kære Etatsraadinde Rasmussen!
 Ogsaa jeg ville gærne skrive et Par Ord til Dem og sige Dem, hvor bedrøvede min Mand og jeg er over at den Kære, gode Etatsraad er død. Hvor var jeg dog kommen til at holde meget af Deres Mand - den Taknemmelighed jeg fra først af følte for ham, gik efterhaanden som jeg lærte ham at kende over til en dyb Beundring og Hengivenhed. Det er saa trist, at vi aldrig mere skal se hans gode, elskværdige Ansigt, men aldrig skal vi glemme, hvad han har været for os. vi har tænkt saa meget paa ham og Dem alle i denne svære tid, ogsaa paa Deres unge Søn oppe i Norge, hvor maa det være drøjt for ham paa en saadan Tid at være saa lnagt borte fra alle sine Kære. Gid De dog snart maatte faa han helt rask hjem igen. Vil De hilse ham og Deres to Døtre fra mig og modtag selv de hjærteligste Hilsner fra Deres hengivne Alhed Larsen
 Kerteminde 27nde April-16</t>
+  </si>
+  <si>
+    <t>1916-04-29</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johannes Larsen
+Nicolaus Lützhøft
+Carl V Petersen
+Mads Rasmussen
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Elise glæder sig over Påsken, som de har tilbragt sammen i Faaborg. Det fremgår, at Mads Rasmussen er død, og Elise spørger, om Peter Hansen kommer til bisættelsen i København eller om han vil nøjes med begravelsen i Faaborg, der finder sted når Carl Petersen har lavet gravmælet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TOsj</t>
+  </si>
+  <si>
+    <t>Fredag 
+Kære Pap!
+Tak for sidst! Det var en rigtig rar Paaske; og nogle herlige Ture, vi gjorde. Jeg kom hjem og kunde tage fat med Kraft og Mod. Bimse har det godt. Det er dog et herligt Vejr, jeg haaber, du er ude i det.
+Tom kom igaar han havde været hos Baronen, og de vilde have, jeg skulde bestille en Krans fra Faaborg Komiteen til Mads, nu har jeg ladet Las og Lützhøft det vide. Han skal jo bisættes paa Tirsdag Kl 1½, og senere begraves i Faaborg, men der skal Calle først lave et Gravsted. Kommer du hertil, eller vil du nøjes med Begravelsen i Faaborg. Husk at tage dine sorte Benklæder med, dersom du kommer.
+Mange kærlige Hilsner fra os alle
+Din Elis</t>
   </si>
   <si>
     <t>1916-05-01</t>
   </si>
   <si>
     <t>Sine Hansen
 Johannes V. Jensen
 Nicolaus Lützhøft
 Hans  Syberg
 Marianne Vige</t>
   </si>
   <si>
     <t>Elise sender en fin indbydelse til en "rout". Elise har meddelt, at Peter næppe kommer, da han maler sædemand og landskabet forandrer sig hele tiden. Hun har være hos Johannes V's og spille bridge. Wald. Davidsen og frue har være på besøg for at de på værker. Derudover forskellige oplysninger om andre billedet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yeb7</t>
   </si>
   <si>
     <t>Fredag Aften
 Kære Per!
 Indlagt sendes dig en højst fornem Indbydelse, ved du hvad en "rout" er, det er vist noget meget lidt og fin Mad. Naa jeg har takket for mit vedkommende og sagt, at du kom næppe, da du maler Sædemand og Landskabet forandrer sig o.s.v.,, men du kan jo svare for dig selv. Men gid Fanden havde den rout ; hvad skal vi gi? Et Bilde er for meget; havde du dog bare lavet saadan en lille Krukke som Hans's som jeg kunde sætte Blomster i, men jeg hitter vel nok paa noget andet. Jeg var jo hos Johannes V's i Tirsdags i den blaa Silkes, du kan tro, den virkede. Jeg spillede Bridge med Joh. V., Kisse Larsen og Sagfører Henning. Det er hos Lützhøfts, vi har været sammen med dem for et Par Aar siden. 
 Wald. Davidsen og Frue var her igaar; det er nogle slemme Vrøvlehoveder. De saa først, hvad der var her hjemme, og saa gik vi paa Atelieret. De fik saa Figurerne fra Pompej hjem, og nu tror jeg, de vil have det, i Steden for det andet, jeg har sagt han kunde faa det for samme Pris. "Terrassen" har jeg bedt ham om at sende op til Fru Vige, hun kan tillige faa Køge Landevej og et Par smaa Billeder. Hør engang har du husket at spørge efter mine Bøger, som blev liggende i Tanker i Toget? Jeg har været hos tante Sine med to stegte Dueunger, dem var hun glad for. 
 Kærlig Hilsen fra os alle
 Din hengivne 
 Elise</t>
   </si>
   <si>
     <t>1916-05-07</t>
   </si>
   <si>
     <t>Sophus Schoubye fremsender de efterspurgte 500 kr., som er blevet lidt forsinkede, da han ikke fik Peter Hansens anmodning med det samme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/avmk</t>
   </si>
   <si>
     <t>KAPTAJN S.SCHOUBYE
 DIREKTØR I FREDERIKSBERG BANK Gl. Kongevej 107
 København V. 7. Maj 16.
 Kære Peter.
 Naar Du først saa sent modtager de forlangte Kr. 500 saa er Grunden den at Du har adresseret Dit Brev til Gl. Kongevej 107 og dér kommer jeg jo ikke hver Dag i de Maaneder vi bor paa Landet. Naar Du næste Gang skriver saa send det enten til Banken eller til Holte
 Det glæder mig at Du er saa glad ved Din Ejendom i Faaborg og jeg glæder mig til engang at besøge Dig der; men jeg skal dog ikke nægte at jeg nok kunde ønske at have Dig lidt nærmere især om Vinteren og nu kan jeg forstaa at der næppe bliver ret meget deraf.
 Af Nyt kan jeg meddele af jeg har anskaffet en Motorbaad (brugt) saa nu gaar det med fuld Fart saalænge man da kan faa Benzin. Robaaden er paa Land og bliver gjort grundig i Stand, saa der er ikke noget Fiskeri i denne tid. 
 Vedlagt følger i Check Kr 500. Med de venligste Hilsener til og Elisa og paa snarligt Gensyn. 
 Din hengivne Svoger
 Sophus.
 [Resten af brevet er dækket af regnestykker i blyant]</t>
   </si>
   <si>
+    <t>1916-05-09</t>
+  </si>
+  <si>
+    <t>- Davidsen
+Marianne Vige</t>
+  </si>
+  <si>
+    <t>Elise takker Peter for, at han har taget sig af hendes bøger. Det er frygteligt vejr, hun glæder sig over, at Peter har været ude og se sig om; hun var såmænd bange for, at Peter en skønne dag skulle komme ud og se, at der var høstet, uden at han havde lagt mærke til det. Elise vil tage til Faaborg og sørge for at ordne forskelligt til ferien og beder Peter om at klare nogle ærinder i den forbindelse. I morgen kører hun nogle bileder til fru Vige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6ix8</t>
+  </si>
+  <si>
+    <t>9 Maj 16.
+Kære Per!
+Tak for dit Kort, og fordi du har taget dig af mine Bøger. De vilde have Taalmodighed en Uge, og til den Tid, maa jeg vel kunne faa Besked, om de er der eller ej. Det er i Dag et rædsomt Vejr, Vinden rusker i Voldens Træer; men jeg glæder mig over at du har været ude og se dig om, mens det var godt jeg var saamænd bange for, at du en skønne Dag skulde komme ud og se, at der var høstet, uden at du havde mærket det mindste til det. jeg har tænkt mig at rejse over en Uges Tid før Pintse for at se at faa ordnet lidt til Ferien. Du kan vel nok stille et Par Senge op, og have Gas lagt ind til den Tid. Forinden maa du sende mig nogle Maal til Gardiner [her er indsat en lille tegning af de vinduer, det drejer sig om] Her udbedes 5 Maal; er du med?
+1 Gardinstangens Længde
+2 Fra Gardinst. til Karm
+3 Fra Gardinst til Gulv
+i Spisestuen og i de 3 Værelser ovenpaa.
+Dernæst vil jeg bede dig om at gaa ind til Crone og Goldschmidt og sige, at vi skal have nogle Dyner ordnede, som vi skal bruge i Pintsen; om det vil være tidsnok, at han faar dem hen en Uge forinden; min Kone kommer straks i Morgen og siger Besked om dem. I Morgen tager jeg en Bil og kører ind til Fru Vige med "Køge Landevej og to smaa Billeder. 
+Jeg gad vidst, om Davidsen saa har valgt Figgerne fra Pompeii, det faar jeg at se i Morgen, han skulde nemlig sende det andet til Fru Vige. Nu har jeg jo lige talt med dig; nu skal du have Godnat og mange hilsner fra din
+Elis.</t>
+  </si>
+  <si>
     <t>1916-05-12</t>
   </si>
   <si>
     <t>Sine Hansen</t>
   </si>
   <si>
     <t>Tante Sine sender Peter Hansen lykønskninger på fødselsdagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Hswt</t>
   </si>
   <si>
     <t>Kjære Peter
 En hjertelig og Kjærlig Lykønskning til Fødselsdagen i Morgen fra dine gamle Tanter at Du maa have det rart, har Du fortalt nogen at Du har Fødselsdag.
 Lisbet var her i Dag hun troede at Du havde nok travlt med at male Kunst nu i det det gode Veier Jeg har det ellers temmelig godt i disse Dage, Carl Rasmussen er jo hjemme i disse Dage han rejser om en 8 Dage til Petrog[xx] igjen
 Doctoren har lige været her i næste Uge haaber jeg at komme lit ud her har været saa mange i Dag saa jeg har næsten ikke kunnet faa Tid at skrive hils Familien i Nørremark mange kjærlige Hilsner fra Din Tante Sine og Mine
 Fredag den 12 Mai 1916</t>
   </si>
   <si>
     <t>Johannes Larsen
 Marianne Vige</t>
   </si>
   <si>
     <t>Elise sender lykønskninger til Peter Hansens fødselsdag, som familien vil fejre på trods af hans fravær.</t>
   </si>
@@ -7810,84 +10353,229 @@
   </si>
   <si>
     <t>1916-05-16</t>
   </si>
   <si>
     <t>A. Falck Rasmussen</t>
   </si>
   <si>
     <t>Peter Hansen orienteres om, at udstillingen i Grönningen slutter den 22. maj, hvorefter billederne sendes til udstilling i Aalborg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4zWF</t>
   </si>
   <si>
     <t>A. FALCK RASMUSSEN
 KASSERER I FREDERIKSBERG BANK København, d. 16' Maj 1916.
 pr. Telefon Bellevue 104.
 Udstillingen i Grönningen slutter den 22'ds., derefter sendes Billederne til Aalborg, hvor de vil blive udstillede i ca 14 Dage, og maaske videre til Aarhus, hvor de i tilfælde af Overenskomst ligeledes vil blive udstillede i ca 14 Dage.-
 Billederne bliver transportforsikrede for Kr. 50 000.-
 Önskes nogle af Billederne tilbageholdte, bedes Anmeldelse herom tilstillet Udstillingen snarest.-
 Ærbödigst
 P.B.V.
 Falck Rasmussen</t>
   </si>
   <si>
+    <t>1916-05-17</t>
+  </si>
+  <si>
+    <t>Ausa -
+Magdalene -
+Ragna - 
+Dorthea Birkholm
+-  Dahl
+- Hansen, Doktor
+Johannes V. Jensen
+-  Kuhr
+Elena Larsen
+Karl Madsen
+Gustav Philipsen</t>
+  </si>
+  <si>
+    <t>Elise fortæller om en fin konfirmation, hun har deltaget i, det fremgår ikke hos hvem. Hun glæder sig meget til at komme til Faaborg og se på huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IJg3</t>
+  </si>
+  <si>
+    <t>17/5 16.
+Kære Per !
+Du kan rigtignok tro, at jeg var til Konfirmation og "rout" i min vildeste Stads og med Kajs V[xxx], som han var saa elskværdig at sende mig og endda et Eksemplar til mig selv ogsaa. Jeg rejste derud sammen med Karl Madsen og Gustav Philipsen og forefandt en større Forsamling blandt andre Departementchef Dahls, hvis Kone jeg syntes udmærket godt om. Den alvorlige Del af Festen bestod i at Dr Kuhr spillede nogle Sange paa Klaver, og der blev holdt et Par alvorlige Taler til den unge Dame, derefter blev der atter spillet og sunget og saa kom en staaende Beværtning. Først en varm Ret, som bestod af Tunge med farcerede Oliven og glacerede Kastanjer, og noget mærkeligt Fars sprøjtet ud paa Artiskokbunde, dernæst nogle ubeskrivelige kolde Retter, som var et helt Vidunder baade at se og smage. Der var en meget fiks Ret som bestod af et overskaaret Æg derpaa en Østers og paa den en Trøffel, og det hele indhyllet i en klar Gelé; der var Ænder som ogsaa var gemt under mærkelige Farser; Laks og Humer med Mayonnaise i Former, Sanwich til Maden; Desserter i alle Faconer, Rødvin og Champagne. Vi spiste, hvor vi kunde anbringe os. Dr. Hansen, Magdalene Fru Karl Madsen og jeg sad i et lille Taarnværelse, naar saa Gongonen lød underneden strømmede alle Gæsterne ind i Dagligstuen for at høre paa Taler og Sange for atter at trække sig tilbage med en fyldt Tallerken. Kaffe og Likører i Haven. Det var udmærket arrangeret. Karl Madsens Kone og jeg fulgtes hjem, vi var først en Tur i Esrum saa den blev 9, inden vi var hjemme. Paa din Fødselsdag var vi et lille Selskab her, som du kunde se af det tilsendte Kort med Joh. V. midt i Sundevedsgade. Vi spiste de traditionelle Asparges og havde en stor Kringle paa Bordet; men jeg sad jo og ventede paa, at du skulde ringe; du er da ogsaa en Fjols Per, at du ikke paa saadan en Dag gaar hjem og ser din Post efter. Nu faar Børnene Store Bededagsferie i Morgen, Ausa, Ragna og Bimse skulde saa ud til Raageleje i Mackeprangs Hus. Men deres Stedfader er nylig død, saa hun kan ikke rejse fra Hjem[falmet, ulæseligt] Ragna er syg, og i Aften matte Bims gaa i Seng med Feber 38,7, hun har ondt i Halsen, det kan jo blive, hvad det skal være, nu maa vi se i Morgen om det er gaaet over, eller om det bliver noget alvorligt. Grethe og jeg er bedt til Holte, hvor vi saa skulde ud Fredag, Lørdag pg Søndag, men nu ved jeg ikke, hvad det bliver til. Saa nu har du vist ikke Tid til at læse mere, Mange Hilsener fra os alle. din hengivne
+Elise.
+1ste Bilag
+Jeg glæder mig kolossalt til at komme over og se paa Huset. Jeg haaber, jeg kan laane en Symaskine hos Frk Birkholm. angaaende Madrasserne saa tænkte jeg, at vi kunde bruge Staalspiraler, men hvad der skal pa dem ved jeg ikke men det maa vi jo kunne faa at vide hos Købmanden.
+Jeg tager nogle Tæpper og Lagener med osv Skulde jeg sende det Spillebord, som jeg har købt? Jeg tænker paa, at vi faar egentlig ikke meget Brug for Badekar, thi Børnene gaar jo i Stranden om Sommeren, og man har saadan nogle nemme Indretninger til at Tage Styrtebad med "en Tap" kaldes de, saa jeg synes egentli ikke, du skulde købe den Oon Nu kan jeg ikke bestemt sige, naar jeg kommer, det kommer an paa Gitten, jeg havde ellers tænkt at rejse paa Onsdag, nær det sker jo nu ikke. Hilsen E.</t>
+  </si>
+  <si>
     <t>1916-05-18</t>
   </si>
   <si>
     <t>Sigrid Neukirch</t>
   </si>
   <si>
     <t>Liljedal</t>
   </si>
   <si>
     <t>Sigrid takker Peter Hansen for vasen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ufx2</t>
   </si>
   <si>
     <t>Liliedal d. 18/5 1916
 Kære Peter Maler!
 Mange Tak for Vasen, som jeg blev meget glad for, Ruth og jeg har hver faaet en Komode af Far til vores Fødselsdag, saa de passer glimrende til at staa derpaa. Far og Mor er i Dag til Bryllup hos Proprietær Hansen Gelbjerg, hans ene Datter har Bryllup Paa Fars Fødselsdag paa Søndag skal vi til Fanø. Nu er alt tilgivet Dig og med en hel Posefuld Hilsner er jeg Din 
 Sigrid</t>
+  </si>
+  <si>
+    <t>1916-05-26</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen
+Kai Nielsen
+Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Faaborg Museums, Peter Hansens arkiv.</t>
+  </si>
+  <si>
+    <t>Elise fortæller, at Grete har mæslinger. Hun fremfører forskellige overvejelser om familiens besøg i Faaborg . Hun og Grete har været i Holte. Kaj og Calle har travlt med gravstedet og Kaj har så mange bestillinger, at han først kan begynde på det til efteråret. Tanterne har været på besøg med fætteren fra Rusland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cDzL</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Vi er ikke videre dygtige til at skrive, men det er heller ikke morsomt i Længden. Engang imellem maa man to til det, naar der er noget paa Færde. Gete ligger med Hoste og stærk Feber, der er Mæslinger i Anmarsch. Hun har ikke haft den Sygdom, som for Tiden raser her i Byen, og Secher mente, det var den. Det var mig en stor Lettelse, da de smaa røde Prikker begyndte at vise sig i Middags, the jeg ængstede mig for Bronchitis. Bams laa jo i sin Hals før Store Bededag, blev saa nogenlunde rask og tog til Raageleje, men saa kom hun hjem med end vældig Snue og er først nu kommen over det. Bams faar allerede Pinseferie paa Onsdag, Gete I Morgen Lørdag 8 Dage altsaa en hel uge før Pinse, men Skolen begynder til Gengæld 3dje Pinsedag. Nu ved jeg ikke, naar Gete kan rejse, Mæslingerne vil jo nok holde hende en halv Snes Dage i Sengen, den Hoste, som følger med, skal man være forsigtig med. Men er der saa vidt færdig i Huset, saa vi kan bo der? der er vel ikke Madrasser i Sengene. Kan du lade os vide, hvordan vi h[ar - står der formentlig, men der er hul i papiret] at forholde os. Gete og jeg var i Holte Torsdag, Fredag og Lørdag, der var dejligt derude, Gete muntrede sig rigtig, spillede Kroket og roede, ja sejlede med Kaj. Sophus bandt sin Hunde op. Christen Jensen plantede Tomater fra Mistbænken ud i Haven. Jeg maatte i Gaar betale 90 Kr. paa Daar- og Romhuset til Søllerød, og de skal have een Gang til. Jeg fik gjort Visit hos Fru Mads, det har længe hvilet paa mig. Kaj og Calle har jo travlt med Gravstedet. Kaj har saa mange Bestillinger, saa han først kan tage fat til Efteraaret. Det er Haralds Fødselsdag i Dag, saa vi venter "Drengene" og Poul Winther samt Ausa til Middag. Den staar paa Asparges suppe, fransk Bøf og Hofdessert. Tanterne kom bilende herud i Forgaars med Fætteren fra Rusland og hans Moder; det var morsomt at se ham igen, tyk og elskværdig og med Penge paa Lommen,; jo han er slet ikke saa tosset, som vi saa ham an for. Naa nu kalder de paa mig. Mange Hilsener fra os alle.
+Din hengivne 
+26 Maj 16. Elisa</t>
   </si>
   <si>
     <t>Elise Hansen sender sine kondolancer i anledning af Mads Rasmussens død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Gx2T</t>
   </si>
   <si>
     <t>Enghavevej, 26-5-16.
 Kære Fru Mads Rasmussen
 Det var en sørgelig Efterretning der kom til Faaborg, 2den Pinsedag, at Etatsraaden var afgaaet ved Døden.
 Skønt vi vidste, at han var meget syg, blev vi dog stærkt betoget; Sybergs, min Mand og jeg var netop samlede. Hver Gang Deres Mand samlede os, var der altid en festlig og glad Stemning, vi vil altid tænke derpaa, som de bedste Oplevelser, vi har haft.
 Det har været en svær Tid for Dem, Fru Mads Rasmussen, som heller ikke selv har været rask i den senere Tid. vi sender Dem og Deres Børn de hjærteligste Hilsener.
 Deres hengivne
 Elise Peter Hansen</t>
+  </si>
+  <si>
+    <t>1916-05-28</t>
+  </si>
+  <si>
+    <t>Kai Nielsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver til Aage Møller for at få på plads, hvilke arbejder af Kai Nielsen, der er truffet aftale om til museet for at det kan være korrekt i kataloget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aEqR</t>
+  </si>
+  <si>
+    <t>Aaboulevard 5 d 28 Juli 1916
+Kære Hr. Direktør!
+I Korrekturen til Hr. Lützhøfts Katalog for Faaborg Museum er der ved Kai Nielsens Arbejder Tale om en Forøgelse med Afstøbninger af fremtidige Arbejder. De eventuelle Forpligtelser Kai Nielsen har skulde her ikke gærne have en forkert Form, og Lützhøft har derfor anmodet mig om at skaffe Sagen oplyst. Saa vidt jeg ved findes der en Udtalelse derom paa en af de Kontrakter som Kai Nielsen har med Etatsraaden, dog ikke Kontrakten om Brønden, som jeg har Kopi liggende af. Da Kontrakten vist beror i Deres Værge, beder jeg om Ordlyden af dens paagældende Passus maa blive fundet frem og tilsendt mig.
+En venlig Hilsen fra Deres ærbødige
+[tilføjet i blyant:) Carl Petersen
+Sendt Kontrakten
+12/4 1910 Om en [ulæselig] Pige</t>
+  </si>
+  <si>
+    <t>1916-06-16</t>
+  </si>
+  <si>
+    <t>Sine Hansen
+Elena Larsen
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elise Hansen glæder sig over besøg hos Peter Hansen i Faaborg og beretter om diverse pengesager, særligt vedrørende skatteforhold. Desuden en del om indretning af huset i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SRfJ</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Tak for sidst! Det var jo godt, vi kom over og fik ordnet lidt ved det derovre; naar jeg nu kommer et Par Dage før Ferien, saa haaber jeg at vi kan faa det lidt hyggeligt, saa vi kan nyde Sommeren og det foraabentlig gode Vejr.
+Lisbeth er jo nu i Faaborg, giv hende Besked, dersom, der er noget, du vil sige mig.
+Vi har nu indbetalt den 3dje Prioritet for Tante Sine paa 1517 Kr. Indlagt sendes dig Brev fra Dagmar. Jeg har set efter i Bankbogen, og det viser sig, at det d. 30th Juni vil staa cirka 150 Kr. i Renter. Hvor mange af disse Penge, de skylder os, ved jeg ikke, men det gør du maaskee; send hende et Par Ord, hun bliver vist skuffet, naar hun hører, der ikke er mere.
+For nu at blive ved Pengesagerne, saa kan jeg fortælle dig, at vi i Skat er sat op til 222 Kr. Kvartallet og naar dertil kommer 180 Kr. til Holte, saa bliver det over Tusind Kroner, det er jo en Post. Mon du og Snedkeren har forstaaet mig ret, thi det er jo efterhaanden bleven lidt sindsforvirrede med de Stole. De 6 jeg skal have er jo ganske ligefrem, hvad han kalder finpolerede. Nu ved jeg jo ikke, hvad Resultatet blev af jeres Konferance om Bimses Seng, men hendes 4 Stole skulle jo være tilsvarende, og de 4 Stole til min Stue skal være bejtsede saa de kan staa sammen med Mahogni, men om det bliver Goldschmidts Facon eller vor egen, kan du selv bestemme. 
+Jeg har fundet paa en glimrende Anvendelse af de to Fyldinger; naar de bliver stillet paa Højkant, kan de bruges som Dør i det Skab, som bliver ved Kaminen i min Stue, de skal saa have en Sværte som gammelt Egetræ, er du med paa den, det er de to Prøvefyldinger fra Kisten, jeg taler om.
+Fortæl mig om Bimse faar Birketræ eller hvad det bliver. Jeg glæder mig til at komme over og se, hvordan der ser ud, det bliver jo nok en Del bedre end sidst. 
+Mange kærlige Hilsner fra os alle.
+Din Elise
+16-6-16</t>
+  </si>
+  <si>
+    <t>1916-06-28</t>
+  </si>
+  <si>
+    <t>Sophus Schoubye glæder sig på Peter Hansens vegne over at hans byggeprojekter snart er afsluttede. Han mener, at Peter nok også snart har brug for Elise hjælp med indretningen, så det er godt at hun og børnene snart rejser til Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QVwJ</t>
+  </si>
+  <si>
+    <t>KAPTAJN S.SCHOUBYE
+DIREKTOØR I FREDERIKSBERG BANK Gl. Kongevej 107
+København V. 28 Juni 16.
+Kære Svoger.
+Ifl Dit Ønske vedlægger jeg en Anvisning paa Kr. 2000 som er udtaget af Din Bankbog.
+Af Dit Brev ser jeg at Du snart er færdig med Dit Byggeri og da jeg af egen Erfaring ved hvilken Kilde til daglig Lidelse det er at have med Haandverkere at gjøre, ønsker jeg Dig til Lykke den Dag Du kan smide den sidste paa Porten. 
+Elisa og Børnene var ude hos os i søndags og vi var glade ved at have dem i Besøg. Nu rejser de jo snart over til Dig og det kan vel ogsaa snart være nødvendigt for Dig at have Elisa til at hjælpe Dig med at greje Dit nye Hjems Indretning og at bringe Ligevægt i Sindet efter Byggesjovet. Da Banken for snart 15 Aar siden byggede sit nye Lokale havde jeg Haandværkere i ½ Aar og jeg tror at skulde det have varet ½ Aar til kunde man sikkert have kørt mig ud paa Lossepladsen.
+Med de venligste Hilsener fra os alle
+Din hengivne 
+Sophus</t>
+  </si>
+  <si>
+    <t>1916-06-30</t>
+  </si>
+  <si>
+    <t>Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Aarhus</t>
+  </si>
+  <si>
+    <t>Brevskriveren glæder sig til at komme til Faaborg og minder Peter Hansen om at indtegne sig til kapsejladsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TfnB</t>
+  </si>
+  <si>
+    <t>d. 30 Juni 1916
+Kære Onkel Selv!
+Glæder mig til at komme til Faaborg i Morgen aften Kl. 8 Du maa endelig indtegne Dig til Kapsejladsen!
+Hilsen! Niels Erik</t>
   </si>
   <si>
     <t>1916-09-16</t>
   </si>
   <si>
     <t>"Bimse", dvs Elise og Peter Hansens ældste datter, Elena, skriver forskelligt om sin gøren og laden til Peter Hansen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/72oL</t>
   </si>
   <si>
     <t>Kære Fasser!
 Hvordan gaar det Dig derovre, hvordan har du det i din Ensomhed? Ikke saa videre grinmorsomt, kan jeg tænke, men saa galt som den lille Mosser har du det jo dog ikke.- Jeg har det selv udmærket, lever i bedste Velgaaende i Sidsels gimrende Pensionat, Medisterpølse og Sødsuppe, hver Dag. Nej, jeg maa nu indrømme at Middagene har staaet paa noget godt næsten altid. I dag er Pensionatsmadammen i "Frisindet Ungdom" til stor Fest ganske gratis hun var bøden som en "der havde vist Foreningen Interesse"; hun har kun een Gang for 6 Aar siden væeret der. Sisse er altid heldig. 
 -I Gaar var Vibsen og jeg i Paladsteatret og se "Kameliadamen". Vi betalte selv hver især vores Billet, saa du kan se, jeg kan nok faa brug for mine Modelpenge; du behøver slet ikke at være bange. -Paa Tirsdag skal jeg til Føssesdag hos en af mine Kammerater, et meget behageligt Fødselsdagsgilde nemlig i Form af Middag og paafølgende Teatertur; jeg ved endnu ikke hvad vi skal se, men jeg tror nok det bliver "Den røde Have." -- Har du hørt den Historie om Onkel Sofus, jeg har skrevet til Mos? Nu skal du i hvert Fald høre en anden om ham derude, han gør sig snart ganske berygtet i Holte. Du ved nok, at der bor en Tysker Prince derude, som engang var blevet mistænkt for Spion. Naa, han havde Onkel S. altsaa, og en Morgen han og Kai gaar til Toget siger O.S. højt, idet de gaar forbi Prince "Nu har Tyskerne gudskelov tabt igen" og om nogle indenrigske Sager: "Ja det er ogsaa dette tyske Spion rak." Prince tror han taler til ham og sagde: "Hvadbeha'r". O.S.: "Hva' satan, bilder De Dem ind, har jeg maaske ikke Lov at tale med mig selv. " Prince: "Undskyld, men jeg troede de talte til mig." O.S.:"Hvor tør de understaa Dem i at tiltale mig" o.s.v., skælte ham ud paa det kraftigste paa Holte Station saa en Mængde Mennesker samledes.
 Næste Dag modtager O.S. en Skrivelse, der indeholder følgende: Hr. Bankdirektør S.! Det glæder mig meget at have gjort deres Bekendtskab og erfaret at de er en saa gennemdannet Mand, som jeg altid har tiltænkt en Bankdirektør at være. Med højagtelse P."
 O.S. svarer tilbage paa samme Stk Papir: Det glæder mig meget, at de har fået et saa fordelagtigt Indtryk af mig." Men tror du nu ikke at O.S. er lidt syg et eller andet Sted i Pæren, det tror jeg.----Jeg skal for Resten hilse fra Familien derude. --Vi hører tit fra Mosser, og skriver ogsaa tit til hende og Gitte, men det kan de jo ogsaa nok trænge til, især Mosser, for det er jo rigtignok ogsaa strængt for hende og hun har jo ikke saadant et Humør som Gretes. Vores egen lille Mosser trænger sikkeret til at muntres lidt, for det er jo ikke morsomt i Odense, hvor hun ikke kender nogen hun kan gaa hen til, naar Gitte sover, eller som hun kan tage lidt ud med. Men nu varer det vel ikke længe før de kommer der fra. 
 Mange Hilsner til min egen Papmand. Din Bamsebøsse. Skriv snart lidt om hvordan du gaar og har det! Og hvordan Mosser og Du havde det forleden da hun var nede hos Dig.
 Mange Hilsner fra Kylle og Sisse.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Elise Hansen
 Andreas Larsen
 Elisabeth Neckelmann
 Marie Neckelmann
@@ -7955,50 +10643,105 @@
   </si>
   <si>
     <t>1917-01-14</t>
   </si>
   <si>
     <t>Elise fortæller om diverse besøg og aktiviteter, blandt andet et møde med huslejenævnet. Hun nævner sidst i brevet, at billederne ikke går så godt mere.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LfEF</t>
   </si>
   <si>
     <t>Mandag 14.1.17
 Kære Per!
 Ja, nu har du altsaa forlagt Residensen til Faaborg, og jeg kan godt forstaa, at du derovre bedre kan samle dig sammen til at bestille noget. Det var jo glimrende med den Ovn, at den kan laves lidt hurtigt og blive god endda.
 Grete har det godt, hun er hver Dag ude med Kælken og rutscher ned af Skaaningerne paa Byggebankerne ved Sønder Boulevard. I Gaar gik vi alle ud med Kælk og Skier til de store Pladser bag Frederiksholm Teglværk, der var pragtfuld paa Dæmningen. 
 Om Aftenen var N.E.H. og Ellen her; paa Grund af den sidstes Nærværelse var Luften ladet med Elektricitet, og der røg Gnister og Eksplosioner hvert Øjeblik, da de gik, sagde jeg Puh; men det skal vi ikke have mere af. 
 Jeg har været bedt til Bridge over hos Sophus's men da Bridgepartiet sendte Afbud, sad jeg ene med Ida i min blaa Silkes, Herrepartiet var: Scnitken, Gros. Jørgensen, Beckshøft og Sophus. Jeg trøstede mig med den gode Middag; Østers, gule Ærter og Flæsk, Moseænder, (Flaaede) og Trifli, og saa tog jeg tidligt hjem. Vi er de samme uforbederlige Natravne, som da du var her men naar det nu bliver lyst om Morgenen, saa skal du se mig komme op. Bims og jeg spiller to Mands Bridge, det er hun meget ivrig efter. Hurtighedskabalen er vi færdig med. 
 Kylle og jeg har været på Raadhuset i "Nævnet", vi slap ikke for at betale 500. Kylle derimod maatte nøjes med 180. Det kunde de lige saa gerne have meddelt os, thi vi sad der kun til Nar for de Mennesker; en af dem sagde, at da vi havde saa mange dejlige Billeder paa Væggene, behøver de ikke at faa repareret, jeg synes ikke det kommer Huslejen ved. Bimse og jeg havde taget Billet til en italiensk Musikaften, den unge Bracony, en søn af ham med Tamburinen, spillede Mandolin og Else Gether sang Folke- og andre Sange; det var meget morsomt, men jeg kom jo alt for sent, da jeg skulde høre paa det Sludder i Nævnet, som kun har ærrgret mig. Jeg er næsten færdig med Phantasterne. Indlagt sender jeg en regning fra Mads, husk at betale ham, jeg synes ikke det er for meget, selv om jeg kunde have "rykket" de Buste paa 4 Timer. 
 I dag kom der brev fra Jolles, det er rørende, godt var det, at de fik Pakken, men at vi ikke har hittet paa det noget før! Dagmar forespørger, om der er nogle Renter til hende i Frederiksberg Bank; naar Renter og Bonus for Dec. er skrevet paa, kan jeg saa ikke hæve dem og sende hende dem?
 Poul Christiansen gik forgæves herud i Lørdags, han vilde have besøgt os, kommer saa en anden gang. I Febr. skal der være Skovgaard Udst. paa Charlottenborg, den maa du da over og se.
 Her har du 1 Sukkerkort, vi bruger kun 1 Kilo om Ugen.
 Du kan jo godt lade Manden faa "Flagene" lidt billigere, die Schönen Tagen sind jetzt vorüber. Billederne gaar ikke saa godt mere.
 Kærlig Hilsen fra din Elisa</t>
   </si>
   <si>
+    <t>1917-01-29</t>
+  </si>
+  <si>
+    <t>Tante Mine -
+Grete Jensen, f. Hansen
+Elena Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Elise beretter om familiens udflugter i snevejret. Grosserer Christensen har spurgt efter nogle billeder fra Faaborg, som Peter Hansen har talt med ham om. Elisabeth arbejder på et stort billede med figurer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lx7a</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Det er dog et herligt Vintervejr, vi har i denne Tid. I Gaar var vi rigtig ude at muntre os. Kylle, Sis, Gitten og jeg var i Maaløv med Skier, og der løb vi paa nogle store Snemarker, Grethe klarede sig helt godt, vi sank undertiden i Sne til Knæerne. Bimse var med Nolle, Ruf og Hugo Lisberg paa Højnæsfjældet og kjælkede. Bimse kunne være stolt af at være den eneste Dame som alene kunde rutsche ned ad den store Bakke, hvorfor Folk, som dirigerede Starten, lod hende glide hver Gang hun kom op. Da vi kom hjem smagte en varm Ky'bolle suppe storartet. Ude paa Maaløv Station traf vi Fenger-Just, jeg havde netop skrevet til ham Aftenen før. Han kommer paa Søndag for at se paa Billeder, hvis da ikke Vejret bliver saa godt -- han var ogsaa ude i Sneen -- Søndag er den eneste Dag han kan komme ved Dagens Lys. 
+Paa Torsdag skal Gitten altsaa i Skole, 3 Timer daglig til at begynde med; jeg haaber, hun kan taale det. Det er meget sjældent, at hun har Hovedpine og altid kun ganske lidt, saa hun kan spise, og faar ikke Kvalme.
+Gros. Christensen har spurgt efter nogle Billeder fra Faaborg, som du har talt til ham om, jeg lovede at minde dig derom. Jeg tænker næsten, jeg kan rejse over til Faaborg paa Mandag, hvis jeg kan faa Frk. Hansen til at komme her i de Dage, jeg er borte. Lisbeth har travle med at male paa et stort Billede med Figurer, hun har faaet lov at male ovre i en Frk Mathiesens Atelier i Torvegade; hun er meget optaget af Arbejdet og det tager svært paa hende, jeg Haaber, der vil lykkes for hende. 
+Jeg render og bisser hos Fru Møller hver eneste Dag bare for en eneste Tands Skyld, som jeg var saa uheldig at brække et Stykke af ved at spise Flæskesvær. Det er dejligt at du kan fa Atelieret varmet op. Det var Tante Mines Fødselsedag i Lørdags, vi var henne og drikke Chokolade og aflevere vore Presenter.
+Dr Øigaard har sendt Penge for "Kjøge Landevej".
+Fortæl os lidt om, hvad du gaar og tager dig til. 
+Mange kærlige Hilsner fra os alle.
+Din hengivne 
+Elise
+29-1-1917</t>
+  </si>
+  <si>
+    <t>1917-02-13</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Peter Fenger Just
+Grete Jensen, f. Hansen
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Elise takker for sidst, der var rart i Faaborg. Fenger-Just har været med en fætter og se på billeder, han har fået fire med hjem at vælge imellem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4GCH</t>
+  </si>
+  <si>
+    <t>13-2-17
+Kære Per!
+Tak for sidst! der var rart ovre i Faaborg. Jeg kom hjem med en lille Times Forsinkelse. Det var mærkeligt at se Bæltet aldeles isfrit, kun ovre ved Korsør Havn laa Isen sammenpakket, og vi gik langsomt igennem efter Bryderen. de har det godt, her hjemme. vi gik i Søndags ud paa Isen ved Kalvebodstrand, der var Skøjteløbere og udmærket Is, den er jo ellers l[xxxx] nu og kan hurtigt bryde op. Kom du ud og male Aalestangere?
+Fenger-Just var her i Søndags sammen med en Fætter, der var mange Billeder, han var glad for men han faar nu 4 hjem at vælge imellem nemlig: et af de jydske, det med den høje Luft, Marinen fra Skovkrogen, Bakken med Raklerne og det sidste, som jeg havde med. Det vil jeg nu ikke haabe, at han vælger han talte ikke om noget Pengespørgsmål, men gik sikkert ud fra, at et af Billederne havde vi ment han skulde have og jeg kunde ikke faa det frem. Jeg fik ham jo til at se paa Grethes Vand og han sagde, at det var jo ikke helt klart, men en Del var Salte, og det gaar sikkert fuldstændig over; hun ser ogsaa rask ud, og taaler godt at gaa i Skole.
+Fi[xxxxx] har været her i Dag med Hilsen fra Jolles, de har det godt og var henrykte for Spækket; "det var et dejligt Stykke Spæk", sagde han, "jeg spise ogsaa deraf. Han bor i Berlin og af ham faar de 4 ℔ Smør om Maaneden, det er dog noget. Skovgaard.Udstillingen slutter vist snart, saa du maa komme til Søndag, om du vil se den. Vil du ikke sende mig de 4 smaa røde Emailleknapper som sidder i en Trøje af Getes, den er vist i det store Skab.
+Frk Birkholm har faaet Tunisbrevene.
+Mange kærlige Hilsner fra os alle.
+Din</t>
+  </si>
+  <si>
     <t>1917-02-27</t>
   </si>
   <si>
     <t>Tante Sine bekymrer sig om, at Peter Hansen går og fryser og ingen har til at sørge for ham. Han bør rejse på 2. klasse, så han ikke får kulde og træk, og hun håber, han ikke går ud på isen og tegner, så han får kulde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/YZGC</t>
   </si>
   <si>
     <t>Kjære Peter
 Hvor jeg har tænkt meget paa Dig siden Du rejste jeg græd over Dig da Du var gaaet for Du saa saa Daarlig og mager ud Du gaar velsagtens der og fryser og har ingen Pleje og ingen til at sørge for Dig. Du gaar da ikke ud paa Isen og Tejner mer du gaaer jo og faaer Frost i Næsen og bliver helt ødelagt Du rejste da paa 2 Kl da Du rejste her over og tilbage igjen Du behøver da ikke at spare paa Dig selv og Din Ære og Værdighed kræver det ogsaa at Du er noget og vise Dig
 Jeg tenker stadig paa Dig hvorr Du har det trist og gaar der alene spar ikke paa Dig selv men gjør Dig Livet lit behagelig hvis Du kommer herover til min Fødseldag maa Du love mig at reise paa 2 Klasse paa Jernbanen for ellers maa du heller blive hjemme en udsætte Dig for al den Kulde og træk i Aftes var vi ude paa Strandvejen hvor det er udhyggelig i al det Mørke paa Hovegaderne er der lit Lys men Sidegaderne er fuldstændig Mørke, jeg vil haabe at Du er rask og har noget at lægge i Kakkelovnen Elisa og Tullersen har jeg ikke set siden den 27 Januar
 Nu vil jeg haabe at Du er rask og god ved Dig selv, er der nogen der er slemme ved Dig kan Du sige mig det, saa skal jeg Lære Dem kan Du huske jeg sagde det da Du var lille (men nu nu troer jeg det er vanskeligere at lære Dem.
 Mine er ved at skrive til Frits Petersen han blev jo forflyttet til Herning ved Nytaar, han har nok ogsaa frossen der oppe der var 10 graders Frost det er det koldeste Sted i Danmark hører man, men han har en god og Elskelig Hustru som gjør alt for ham for at lette ham Livets Besværligheder
 Dersom jeg viste at Du kom herover til min Fødselsdag kjøbte jeg en Kalvesteg til Dig med brunede Kartofler og alt andet godt der tilhørende og saa blev Du hos os om Aftenen tillige med Tullerne og Elise og Fætter Niels Hustru og Søn [???] det er Selskab for Grethe og dig mange kærlige Hilsener fra Din hengivne Tante Sine
 Hilsen fra Tante Mine
 Kjøbenhavn den 27 Februar 1917</t>
   </si>
   <si>
     <t>1917-03-05</t>
   </si>
   <si>
     <t>Aage Bertelsen
 Peter Fenger Just
 Albert Gottschalk
@@ -8077,50 +10820,67 @@
 Det var godt at du fik Marmeladen uden Glasskaar.
 Nu har jeg ikke tid til mere Sludder. Mange kærlige Hilsner
 Din
 Elisa
 Kbh d 14/3 17.
 To gæve Stemmeretskvinder Kylle og jeg vandrede i Gaar afsted for at gøre vor Borgerpligt, men ingen af os var paa Listen - Kylle havde betalt sin Skat 2 Timer for sent , og vi boede for 2 Aar siden i Holte, og findes maaske paa Søllerøds Liste - der mistede de Radikale 2 fortræffelige Stemmer.</t>
   </si>
   <si>
     <t>1917-04-21</t>
   </si>
   <si>
     <t>Sigurd Swane skriver på vegne af Grønningens bestyrelse at anmeldelse til anden ophængning indsendes til Overretssagfører Odin Kajser inden den 25. Arbejderne afleveres i Udstillingsbygningen den 28.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Yrm0</t>
   </si>
   <si>
     <t>21-4-17. Udstillingen. Grønningen.
 Anmeldelse ti 2den Ophængning indsendes til Overretssagfører Odin Kayser, Vestergade 18 inden den 25de dennes. Arbejderne afleveres i Udstillingsbygningen Lørdag den 28de dennes inden m Kl. 11 Form. præcis.
 P.B.V.
 venlig Hilsen
 fra Ugle og mig
 Sigurd Swane</t>
   </si>
   <si>
+    <t>1917-06-06</t>
+  </si>
+  <si>
+    <t>Smør Christensen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elise takker for blomsterne, det var interessant at se syrenerne. Gitten har været i Holte. Therkildsen har købt de to billeder, Elise havde med, han var skuffet over der ikke var større og flere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cSgQ</t>
+  </si>
+  <si>
+    <t>Kære Per! 6-6-17
+Tak for Blomsterne, det var jo meget interessant at se Syrenerne; der er for mange hvide, men den dobbelte er smuk. det er Gittens gamle Planter som blomstrer, kan jeg se; jeg vil haabe, der er Liv i de nye, ellers bliver hun da ked af det. Hun havde flere Lidelsesfæller i Pinsen, der ligeledes laa af "røde Hunde". I Gaar var hun i Holte og morede sig storartet. I har haft en dejlig Sejltur; de sidste Dage, da det blæste, var jeg lidt ængstelig, men da var I allerede hjemme. Jeg har et farligt Slid med at finde noget til Ellens Bryllup. Therkilsen har købt de 2 Billeder jeg havde med, han var meget skuffet over, at der ikke var større og flere. Jeg fik 700 for Manden der harver, 750 fra Mortensen[?], uden Rammer. Smør-Christensen kommer ned til Faaborg.</t>
+  </si>
+  <si>
     <t>1917-06-18</t>
   </si>
   <si>
     <t>Dorthea Birkholm
 Grete Jensen, f. Hansen
 Elena Larsen
 Theodor Philipsen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Elise fortæller om familiens aktiviteter. Det er sommer og varmt. Bimse og Elise har spist frokost med Philipsen. Zahrtmann har det ikke så godt, han er indlagt på Frederiksberg Hospital.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q0sA</t>
   </si>
   <si>
     <t>Kære Pap
 Vi har det med Varme, naar vi tager ud ad en støvet Køge landevej. Men sidde inde i vore forøvrigt kølige og luftige Stuer en hel Søndag, kan vi dog ikke. Vi cyklede derfor i Gaar ud til en lille komplet landlig Kro, som ligger, lige naar man er kommen gennem Avedøre Fortet. Der var hedt som paa en Stegepande endda selv om vi laa paa en Eng helt nede ved Stranden. Gitten var i Vandet 3 Dage i Træk. Vi var der nemlig paa "Valdemarsdagen" det var Fredag. Lørdag var hun i Holte hos en Skolekammerat, og saa gik hun over og laa hos Ida Lørdag Nat og blev der om Søndagen. Bimse og jeg spiste Frokost med Philipsen paa Skibet i Lørdags (den fine til 1,20) og han var saa glad for os, at vi hver fik 10 Øre i Tilgift. Vi gik op til Olesen og der valgte vi et Straatæppe, som bliver sendt til Faaborg om en Uges tid. Zahrtmann har det ikke ret godt; jeg ringede til Frederiksberg Hospital i Lørdags og fik den Besked at "det gaar nogenlunde, det er ikke saa godt". Det vilde jo ogsaa være mærkeligt, om han i den Alder skulde kunne klare en Operation. Vi glæder os til at se Haven og til at faa Ferie og sejle ud og spise vor Aftensmad paa en eller anden Ø. 
 Det er Glimrende, du har faaet fat paa en Husassistent. Det var aller bedst, om hun forsvinder, naar hun er færdig saa vi ikke skal more hende bagefter som Maren Jensen. 
 Bams er begyndt paa Eksamen, kom hjem nu med 6 i Fysiologi. Pengene fra Grønningen, hvor faar man dem? det er bedst, vi faar dem inden Ferien, ellers forsvinder de maaske lige som Fresken. Jeg korresponderer med Swane for at faa dem efterlyst og gør dem det saa hedt som muligt. 
 Bams og jeg traf forleden Otto Larsen siddende udenfor Palads hotellet, og vi fik os en dejlig Iskaffe. 
 Jeg har faaet Penge fra Nyborg
 Mange kærlige Hilsener
 Din
 Elisa
@@ -8161,244 +10921,984 @@
 Jeg spiste Frokost sammen med Joh V's ude hos Tante Mis og Baronen; jeg skal hilse dig fra dem alle. Joh V's havde haft en dejlig Tur og fortalte, at du havde givet flot Middag paa Hotellet o.s.v. Sis har jeg ikke hørt fra, ved derfor heller ikke, om hun er fornærmet, Graa er i al Fald ikke skyld deri dertil er hun alt for elskværdig og forsigtig; hun er sær, men ikke noget ubetydeligt Menneske, og absolut kemisk renset for Sladder. 
 Bimse var oppe i Fysik og i Fysiologi fik 2 Sekser. Hun var oppe i det Kopernikanske System, hun havde nær givet sig til at forfægte din Anskuelse, men saa vilde hun dog hellere have et 6, tilmed da Tycho Brahe selv troede, at Jorden bevægede sig, men maatte paa Grund af sine dengang udmærkede Instrumenter regne med, at det var Solen. Saa var hun med N.E. i Tivoli paa Rutschebane og i Sommerteater. Grete og hendes Hjærteveninde Benthe Hermann sidder paa en Gren i Frederiksberg Have og læser Romaner. Grethe faar fri fra Skolen d 3. og saa rejser vi maaske d. 4; det er Onsdag 8 dage. Bams faar først fri 1 Dag senere; hun og Vibeke Mackeprang og Grethe Heckscher har tænkt paa at cykle, dersom Vejret er dertil. De begynder i Ringsted, overnatter i Nyborg.
 Mange kærlige hilsner
 Din Elisa</t>
   </si>
   <si>
     <t>1917-06-30</t>
   </si>
   <si>
     <t>M.K. Zahrtmann</t>
   </si>
   <si>
     <t>M.K. Zahrtmann takker Peter Hansen for den mindetale, han holdt for Kristian Zahrtmann.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1xQq</t>
   </si>
   <si>
     <t>Hr. Kunstmaler Peter Hansen!
 For Deres Mindetale igaar i Krematoriet bringes Dem gjennem mig hele Slægten Zahrtmanns Hjertens Tak. Vi følte den stærkt som Vennens Tale om - næsten med - Vennen. Dens Stemningsfylde sluttede sig saa helt til de Følelser, som strømmede i vore Sind ved dette Møde med Venneskaren omkring vor Broders kiste. Navnligt greb det os dybt at se den ene efter den anden af hans Lærlinger træde frem og i jævne hjertelige Ord tolke ham deres Tak for, hvad han havde givet dem og været for dem. Deres Takkeord var som sprunget frem af Kristian Zahrtmanns eget trofaste, taknemmelige Sind, kun at han altid bragte andre sin Tak, og nu selv tavs maatte modtage sin Tak af andre.
 Tak - og atter Tak fra alle mine Sødskende og fra Deres ærbødigt hengivne,
 M.K. Zahtrtmann
 30.6.1917</t>
   </si>
   <si>
+    <t>1917-07-02</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen
+M.K. Zahrtmann</t>
+  </si>
+  <si>
+    <t>Elise medsender et brev fra en af Zahrtmanns brødre. På torsdag rejser Elise til Faaborg, Bimse og Grete kommer senere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4fF6</t>
+  </si>
+  <si>
+    <t>d 2/7 - 17 -
+Kære Per!
+Her sender jeg dig et meget smukt Brev, som en af Zahrtmanns Brødre har skrevet til dig. Paa Torsdag rejser Gitten og jeg herfra med 8 Toget, vi glæder os meget. Bimse Vibeke og Grete [xxxxxxxxxxx] om Fredagen og kan være i Faaborg Lørdag Aften. Grethes Seng - du ved nok, at hun er vokset fra den - faar jeg en Brandmand til at lave om til en Sofa og han sender den over til os, naar den saa bliver malet og hvidlakeret, tror jeg godt vi kan bruge den - vedremo.
+Bimse har nu bragt sit sidste 6 tal hjem , nu skal de i Morgen pynte Studenternes Vogn. Vognmanden tager 150 Kr for at køre dem den sædvanlige Tur til Skodsborg, og de er kun en halv snes Stykker, der er en grov Pris. 
+Bimse maatte jo læse i Gaar paa Fødselsdagen, om Aftenen gik vi saa i Søndermarken og saa Røverne paa Friluftsteateret nej hvor Grethe morede sig, det var alle Pengene værd at høre paa hende. Det var et dejligt Vejr ganske stille og varmt, saa det var morsomt at sidde derude og blive underholdt paa den fornøjelige Maade. Mange Kærlige Hilsener
+Altsaa Torsdag Middag! Mos</t>
+  </si>
+  <si>
+    <t>1917-09-12</t>
+  </si>
+  <si>
+    <t>Fanø, 6720 Fanø, Danmark
+Odense, 5000 Odense, Danmark</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>William bon cretie er en gammel, engelsk pæresort.
+Andekøjerne på Fanø var en form for fælder, hvori man fangede levende ænder, hvorefter de normalt blev slagtet og solgt videre. Johannes larsen købte af og til levende ænder fra køjerne.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen rejser til Fanø med Lehn-Schiøler for at se på ænder og andekøjer.
+JL overvejer, hvilke 4 billeder han skal udstille.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o4ed</t>
+  </si>
+  <si>
+    <t>Kjerteminde 12 Septr. 1917.
+Kæreste Alhed!
+Jeg sender nu en Kurv William Boncretien. Klaks rejste i Morges. Jeg har faaet Telegram fra Lehn-Schiøler om at møde ham i Odense i Mrg. for at tage med til Fanø hvor vi bliver et Par Dage for at se paa Krikænder og Andekøjer. Jeg tænker han tager med herhjem paa Tilbagevejen. Gartneren har lovet at passe Blomsterne med Vand og Sprøjtning, han planter om i disse Dage. Hermed et Par Fuillettoner, jeg glemte i Gaar. Nærmere fra Fanø. Vi maa jo kun sende 4 Billeder til den Udstilling, saa jeg ved ikke om jeg sender det store Fjordbillede, saa kommer der jo kun et nyt Billede med. Det glæder mig at Du har det bedre, det var kedeligt jeg ikke fik talt med Dig i Formiddags.
+Mange Hilsner Din Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1917-11-20</t>
   </si>
   <si>
     <t>Chr. Christensen takker for brev fra Peter Hansen og meddeler, at han har betalt i alt 1200 kr for maleri og 3 akvareller. Han kunne evt. ønske at købe et snebillede.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lv9N</t>
   </si>
   <si>
     <t>Meddelelse Telf. 6769
 Kære P Hansen fra CHR. CHRISTENSEN
 Faaborg Gl. Kongevej 86 D
 København V d. 20/11 1917
 Deres [x] Brev med Tak modtaget, og kan meddele Dem at Jeg betalte Dem 200 Kr Kontant og en Check 1000 Kr Talt 1200 Kr for Maleriet + 3 Aquraller, - jeg vil gjærne i Vinter saafremt det bliver Sne, og De faar et Snebillede kjøbe det, de kan jo give mig et for Ord derom - vi kan tales ved naar de kommer til Byen - Venlig Hilsen til Dem fra Deres heng.
 Chr. Christensen</t>
   </si>
   <si>
     <t>1918-1925</t>
   </si>
   <si>
     <t>Jule- og nytårshilsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5xAT</t>
   </si>
   <si>
     <t>Kære Fru Etatsraadinde
 Jeg ønsker Dem og Deres Familie en glædelig Jul og et godt Nytaar
 Deres hengivne 
 Johannes Larsen</t>
   </si>
   <si>
     <t>Faaborg Museum, Johannes Larsens Arkiv, Breve fra Mads Rasmussen.</t>
   </si>
   <si>
     <t>Johannes Larsen takker fru Christine Rasmussen for fødselsdagshilsen og gave og nævner at han kommer til København for at hænge billede op hos Winkel og Magnussen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nQ70</t>
   </si>
   <si>
     <t>Kjære Fru Etatsraadinde.
 Tusind Tak for Deres venlige Fødselsdagshilsen og for den storslaaede Gave. Jeg kommer til Kjøbenhavn om ca 3 Uger for at hænge nogle Billeder op hos Winkel og Magnussen. Glædeligt Nytaar. Deres hengivne 
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1918-02-07</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+- Folmar-Hansen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig på besøg hos henholdsvis sine sønner på Birkerød Kostskole, henholsvis sine søstre, Christine og Louise, samt sidstnævntes mand (kaldet Magisteren). 
+De omtalte billeder er muligvis et salg til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Jens Rasmussen og Folmar-Hansen beholdt to af de billeder, som Larsen havde sendt, og de må have en værdi af ca. 1500 kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0wzM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7-2-1918.
+Kæreste Alhed!
+Jeg telefonerede i Dag til Folmar-Hansens for at høre om Billederne var kommen derud. Det var de og Jens Rasmussens havde været der i Gaar og set paa dem, de beholdt 2 og sendte Resten i Dag retour. Nu er det jo spændende at se hvilke to det er, men det kan jo da ikke være mindre end 1500 Kr. Prammen ligger i god Behold i Gaarden. Hils Drengene mange Gange fra mig, ogsaa Chr. og Magisteren
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1918-06-25</t>
+  </si>
+  <si>
+    <t>Christian Juel Madsen</t>
+  </si>
+  <si>
+    <t>Juel Madsen skriver angående et antal raderinger, han har gjort tegninger til i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IAh7</t>
+  </si>
+  <si>
+    <t>Juel Madsen
+Carl Johansg. 12 III den 25/6 1918
+Maleren Hr Peter Hansen
+Faaborg
+Jeg tillader mig at meddele dem, at jeg i Dag har modtaget de første Prøvetryk af de Raderinger, jeg gjorde Tegninger til hos Hr. Doktor Christensen i Faaborg. Jeg tillader mig at sende dem omgaaende til Faaborg, idet jeg bemærker, at jeg haaber at faa de endelige Resultater bedre..
+Disse skal blive Dem tilsendt, naar de er færdige.
+Med det samme beder jeg Hr Peter Hansen modtage min oprigtige Tak, fordi de tillod mig at radere Dem, og jeg vil være Dem meget Taknemmelig, hvis De vil overbringe Hr og Fru Christensen, der lod mig benytte deres Stuer som Atelier min venligste Hilsen.
+Med Hilsen
+Deres meget ærbødige
+Juel Madsen</t>
+  </si>
+  <si>
     <t>1918-12-25</t>
   </si>
   <si>
     <t>Peter Hansen sender julehilsen til Christine Rasmussen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KuBW</t>
   </si>
   <si>
     <t>En glædelig Jul ønskes Dem og Søn og Døtre fra min Kone og Deres hengivne
 Peter Hansen</t>
+  </si>
+  <si>
+    <t>1920-04-07</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Carl V Petersen
+Christine Rasmussen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Museet er Faaborg Museum, som Mads Rasmussen (M.R./Mads) stiftede. Med ordene "Museumsdagene i 1910" henvises til Faaborg Museums indvielsesfest dette år. 
+Flere steder i Erland Porsmose: Fritz Syberg, Naturen, kunsten, kærligheden, Gyldendal 2012, kan ses fotos og malerier, hvorpå Fritz Sybergs atelier ved Pilegården i Kerteminde optræder. Se fx i denne bog s. 350. Atelieret eller værkstedet findes stadig (2019) og ejes af Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Syberg har sendt Johs. V. Jensens smukke linjer til Carl Petersen (Calle) og foreslået at de bliver brugt på en marmorplade i Museets (Faaborg) vestibule. Fritz Syberg har tænkt på feststemningen ved museets åbning i 1910. Han er ved at bygge et værksted i haven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CPGx</t>
+  </si>
+  <si>
+    <t>Pilegaarden 7 April 1920
+Kære Ven!
+Dine smukke Linier har jeg afskrevet og sendt til Calle med Forslag om at anbringe dem paa den Marmortavle som tænkes anbragt i Museets Vestibule. (Eventuelt under et Relief af M.R.).
+Jeg har gaaet og citeret Ordene for mig selv i Dag og i det milde Foraarsvejr oplevet en Genklang af Feststemningen fra Museumsdagene i 1910. At Fru M.R. ikke har svaret volder mig ogsaa indvendig en bitter Fryd – af visse Grunde. Skade at Mads er død, at det var ham der døde.
+Jeg er for Tiden ved at bygge mig et Værksted. Det bliver lagt i Haven ud mod Taarbystranden og jeg faar et Vindu mod Nord hvorfra jeg kan se Blæsten og Skyerne.
+Igaar fik jeg Cyklen ned, det er en dejlig Tid vi gaar i Møde.
+Hils Else mange Gange.
+Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1920-04-08</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Carl V Petersen
+Christine Rasmussen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg boede stadig i København, efter at hun og Fritz Syberg var blevet gift. Hun flyttede til Kerteminde, da hun var blevet pensioneret. 
+Fritz Syberg skrev også i det sidste brev til Johannes V. Jensen, at han er ved at få bygget et værksted. Foto af Pilegården inkl. værksted kan ses i Erland Porsmose: Fritz Syberg, Kunsten, naturen, kærligheden, Gyldendal 2012, s. 350.
+Det kan tilføjes, at Pilegården brændte i 1955, mens den var ejet af sønnen Franz Syberg og dennes kone, Gudrun. Kun værkstedet blev reddet. Fritz Sybergs værksted står stadig (2019) på grunden og ejes samt benyttes af Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg m.fl. arbejder på at få forandret diverse på Faaborg Museum, og derfor har han skrevet til Christine Rasmussen.
+Når Syberg bygger værksted, skyldes det, at han er bange for brand. Pilegården er stråtækt og fuld af malerier. Værkstedet har stengulv og metalvinduer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IK6A</t>
+  </si>
+  <si>
+    <t>Pilegaarden 8-4-20
+Kære Ven!
+Det glæder mig at Du har faaet et pænt Brev fra Fru Christine. Jeg har sendt Marie det for at hun kunde faa det rette Indtryk af Fru Christine. Vi arbejder nemlig for Tiden paa at faa Faaborg Museet delvis omforandret og det er godt at være indstillet rigtig.
+Calle skrev jeg intet andet til end sendte ham et Citat af Dine Ord med Forslag om at benytte dem.
+Jeg kommer en Tur til Kjøbhn. omkring 22 April, saa tænker jeg Murerne er færdige, iøvrigt er jeg ikke saa glad ved et Værksted som jeg tror Du vilde være.
+Trods det Du altid ligger paa Rejse Jorden rundt er Du dog ganske anderledes knyttet til Tingene og Stederne end jeg. Men jeg har en praktisk Grund til at bygge, og det er Frygten for Ildsvaade. Malerier i Mængde i et straatækt Hus er ikke godt, derfor indretter jeg mig et Værksted med Stengulv og Jernvinduer.
+Hilsen til Jer begge og til Børnene fra Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1920-05-27</t>
+  </si>
+  <si>
+    <t>Bodil Bech
+Kaare Klint
+Andreas Larsen
+Albert Naur
+Carl V Petersen
+Marie Schou
+Fritz Syberg
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby.
+Calles Hus: Carl Petersen tegnede et hus, som Larsen-familien opførte i Strandgade i Kerteminde til Alhed Larsens mor. Frar huset dog lejet ud til andre. Carl Petersen var en af Kaare Klints læremestre.</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen er rejst om natten. Kaare Klint og Albert Naur er taget til Faaborg. I mandags var de til middag hos Syberg (Baronen) og til kaffe hos Alhed Larsens mor. De var interesseret i Carl petersens hus. Om aftenen drak man whisky med Uttenreitter-parret.
+Svanen ligger på rede uden æg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jMEe</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Tak for Brevet i gaar. Lille Lysse rejste i Gaar Nat. Naur var saa elskværdig at køre ham til Nyborg paa sin Naturcykle. Jeg kaldte paa dem Kl. 3 og gav dem Kaffe, inden de kørte. I Gaar Efterm. kørte han og Kaare Klint til Faaborg, i Dag skal [ordet overstreget] skulde de hjem. Mandag Form. gik de en Visit ned hos Baronen, der inviterede dem til at blive til Middag. Baronen var meget flink imod dem. Over Middag gik Lysse og jeg derned, - Marie var der – og hentede dem til Kaffe hos Mor, der [r’et overstreget] var meget interesserede i Calles Hus. Om Aftenen efter The, ringede jeg til Uttes, som kom herover begge to, vi havde faaet en Fl. Whisky. Utte blev selvfølgelig fuld. – I Dag er det overtrukkent, Gud ved om det bliver Regn igen. – Svanen har ligget paa Reden til Morgen, men ingen Æg. – Jeg er kommen sent paa det, Toget kommer nu, saa jeg maa slutte. Mange Hilsner Din
+A.
+Alt vel.</t>
+  </si>
+  <si>
+    <t>1920-05-29</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Valborg -
+Ane Marie Christiansdatter
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Frida Madsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Bob var en hund.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er spændt på at høre om den danske stil. Hun sender en pibe samt frugt.
+Johannes Larsen skulle være kommet hjem, men han ringede og udsatte, da han maler et stort billede. 
+Alhed giver Christine Swane/Uglen og Marie Larsen/Tante Ias kopier af nogle af Johannes Larsens billeder i fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5ooc</t>
+  </si>
+  <si>
+    <t>Kære lille Drenge!
+Tak for Brevet i Dag. Jeg har gaaet og været meget spændt paa den skriftlige og er meget lettet ved Efterretningerne. Nu kunde Lysse godt skrive lidt udførligt om det, hvad hans danske Stil hed og hvad han faar i de andre Stile. Hermed Nøglerne, Tøjet blev sendt i Gaar. I ser nok Frugten paa Bunden, den er jo mest til Gamle, indret dig, saa Du spiser noget Frugt hver Dag. Piben er til Lysse i St. for den han tabte. Dur den. Gamle kan faa en ogsaa, hvis den er god. Alt vel her. Jeres Far skulde være kommen i Dag, men nu ringede han, at han maler et stort Billede til og først kommer Tirsdag, det bliver vældig spændende at se alle. Billederne. Det er Tante Ugles Fødselsdag i Dag, mon I husker den, Tante Ias d. 5te Juni. Jeg giver dem Aftryk af et Par af jeres Fars Billeder, af Tegningen af Farmor, Maleriet af deres Farmor og Farfar med [det følgende skrevet på tværs øverst på siden:]
+Bob (Faaborg Musæum) Jeg tænker de bliver glade ved dem. 
+Jeg har arbejdet i Haven de sidste Dage sammen med Frida og Valborg, den er voldsom fin. I faar ikke mere 1000 Hilsner fra jeres Mor.</t>
+  </si>
+  <si>
+    <t>1920-10-09</t>
+  </si>
+  <si>
+    <t>Valby
+Valdal</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Johannes Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Valdal var et nedlagt gartneri i Valby. Marie Schou/Syberg boede der i de sidste år af sit erhvervsaktive liv. Som pensionist flyttede hun til Pilegården i Kerteminde, hvor Fritz Syberg, hendes mand, boede. 
+Johannes V. Jensen udgav i 1920 bogen "Johannes Larsen og hans Billeder. Med et Kapitel af hans Erindringer", Gyldendalske Boghandel. I bogen optrådte blandt andet de viste billeder som illustrationer. Om portrættet af moderen skrev Johannes V. Jensen i bogen: (...) "Johannes Larsens Moder, hvis Portræt bringes i hans egen, af dyb sønlig Omhu og stum Bevægelse prægede Udførelse. Det taler for sig selv. En ung Pige er begravet i disse livsbedrøvede trætte Træk. Ak, hun har bødet sine Drenges forfærdelige Bukser i sene Aftentimers Lampelys - hvem husker ikke saadanne Øjne som man ubekymret plyndrede! Og der er det i dem som ligger dybere, det Ingenting i Verden mere kan svale, Alderens Forstemthed."
+Om billederne af Johannes Larsens far skrev Jensen i bogen: "Sin Fader har Johannes Larsen malet med den samme dybt forvarede Følsomhed; som han sidder ved sin Købmandspult og ser ud paa sine Pakhuse, med ligesom en usynlig Byrde paa Nakken der nagler ham til Stedet; eller i en Tegning med Hovedet paa Armene hvilende ud i sig selv en Stund efter Bordet, som han havde for Skik, eller spaserende med sin gamle Hund, nogenlunde skrøbelige og trofaste begge to. I det sidste Billede af ham er han malet paa Sengen, den han ikke mere skulde rejse sig fra, det har en egen skøn og bevægelig Modsætning mellem det store skæggede og kraftige Hoved og den afmægtige Stilling i Puderne, uden nogen Pathos, hverken hos den gamle en Gang saa urolige og driftige Mand, der nu er ankret ned, eller hos Sønnen der maler ham for at beholde ham paa den Maade man kan i Kunsten, men hvor det er inderligt fattet og smukt."</t>
+  </si>
+  <si>
+    <t>Syberg takker for den smukke bog om Johannes Larsen. Det, som Johs. V. Jensen skriver om billederne af Larsens forældre, er så fint.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fci9</t>
+  </si>
+  <si>
+    <t>Valdal 9-10-20
+Kære Ven!
+Tak for Din smukke Bog om Las. Jeg har havt stor Glæde af at læse den, Ingen uden Du kunde skrive den. Hvor er det smukt hvad Du siger om Las’ Billeder af hans Moder og Fader. Den Bog vil blive staaende som et Dokument om Las.
+Hilsen til Dig og Else
+fra Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1921-01-20</t>
+  </si>
+  <si>
+    <t>Pieter Breugel
+Frederik Gad Clement
+Ludvig Find
+Peter Hansen
+I P Jacobsen
+Svend Johansen
+Aksel Jørgensen
+Johannes Larsen
+Karl Larsen
+Vilhelm Lundstrøm
+Kristian Møhl
+Axel Salto
+Oscar Wandel
+Gustav Wied</t>
+  </si>
+  <si>
+    <t>Kunstnersammenslutningen "De fire" blev stiftet 1920. Den bestod af Vilhelm Lundstrøm, Karl Larsen, Svend Johansen og Axel Salto. "De fire" nåede at afholde syv udstillinger sammen frem til 1929.
+"Kunstforeningen af 18. November" blev grundlagt 18. nov. 1842 i København af ca. 20 yngre malere, billedhuggere, grafikere, arkitekter, musikere mm.
+Den omtalte tekst af Syberg i Politiken er ikke fundet.
+Det vides ikke, hvem "FM" er. "Galleriet" er Statens Museum for Kunst.
+Sybergs brev er skrevet i forlængelse af den såkaldte Dysmorfismedebat. Professor C. J. Salomonsen hævdede fra januar 1919 i foredrag og et avisindlæg, at yngre kunstnere led af en smitsom sindslidelse, dysmorfisme. Bla. Lundstrøm blev af Salomonsen beskyldt for dette. Johannes V. Jensen støttede Salomonsens synspunkt og trykte i 1922-1923 en artikel om dette i sit tidsskrift, Forum. Tilsyneladende har han luftet tanker i denne retning inden den tid i et brev til Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Syberg vil besvare Johs. V. Jensens brev: Af "De fire" interesserer kun Lundstrøm og Salto ham. Aksel Jørgensen er slet ikke på deres niveau. Der er et slægtskab mellem Salto, Lundstrøm og Fynboerne. En friskhed i farven især i Fynboernes ungdomsværker såsom Larsens Evighedsblomster, Peter Hansens billeder fra ballet eller Sybergs egne Aften og Erotik, Skakspillerne og Dødsfaldet. 
+Syberg forstår godt, hvad Jensen mener med, at nogle malere som Lundstrøm "skænder Menneskebilledet". Men en af verdens største malere, Breugel, skildrede også mennesker som pukkelryggede og barnemordere. Syberg kan bedre tilslutte sig synspunktet, hvis man taler litteratur. Fx er Gustav Wieds personer som regel åndeligt og legemligt defekte, og dog har Johs. V. Jensen skrevet positivt om Wied.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C3Rp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 20-1-21 I
+Kære Ven!
+Jeg vil alligevel forsøge med det samme at besvare noget af det Du berører i Dit Brev. Altsaa: af ”de fire” er det kun Lundstrøm og Salto der interesserer mig. K. Larsen staar jeg kølig over for og i S. Johansen ser jeg foreløbig kun en Dillettant. Salto har jeg havt Øje for længe. Han er den ældste af de 4 og har hidtil [”hidtil” indsat over linjen] kun været overset hidtil. [”hidtil” overstreget] Om hans Arbejde kan jeg kun gentage hvad jeg skrev i Politiken. Personlig kender jeg ham ikke, har aldrig set ham. Derimod har jeg set en Del af hans Arbejder, særlig hans Tegninger, Raderinger og Træsnit, ligeledes hans dekorative Udkast (læg Mærke til dem. [et komma overstreget og et lille ”d” i det efterfølgende ”De” ændret til stort ”D”] De findes delvis i Fotografi) Han er som jeg skrev helt igennem dansk og helt igennem et Mandfolk. Desuden en Kunstner der hverken giver eller forlanger Pardon. Jeg vil indskyde her: de [”de” overstreget] Du nævner Axel Jørgensen og hans Elever!! Ja kære Ven, det er omtrent det værste Du kunde nævne. A.J. er ikke uden en vis Habilitet og som Personlighed vist et rart og skikkeligt Menneske. Han er ogsaa dansk, han repræsenterer et vist dansk Niveau saaledes som man træffer det i ”18 Nvbr.” Iøvrigt vil jeg ikke sige noget Ondt om ham, han har mange Aandsfæler: Møhl, Find, Clement, for blot at nævne nogen. De er alle sammen velmenende, men paa deres Kunst passer det I.P. Jacobsenske Udtryk at ”den gaar paa fire”. – Som sagt jeg vil ikke sige noget ondt om dem uden dette at deres Arbejde ikke kan nævnes i samme Aandedræt som Saltos.
+Med Lundstrøm er det vanskeligere. Han er ung og der findes [”og der findes” overstreget] og bør have Tid til at modne. Om han er en af dem der raadner før de bliver modne maa Tiden vise. At forklare Dig det beslægtede mellem Fynboernes og Saltos Kunst vil jeg ikke alene anse for overkommeligt men overflødigt, Du vil uden at [”at” overstreget] alt for stor Anstrengelse kunde finde Slægtskabet selv. Men der findes et Aandsslægtskab mellem Lundstrøms og Fynboernes Kunst ogsaa. En vis Djævelskab i Farven, som (desværre) kun findes i vore Billeder fra vor ”Sturm und Drang-”Tid. Lad mig nævne nogle. Peters Balbillede som gik til Sverige og en Skizze dertil som hænger i Faaborg Musæet. Las’ Evighedsblomster (mærkelig nok) en Del andre Blomsterstudier. Af mig selv synes jeg at Aften og Erotik, Dødsbilledet og Skakspillerne (Gros. Wandel ejer det ene, Galleriet det andet og FM. det tredje) hører herhen. Nu er det ikke saadan at forstaa at jeg ikke forstaar Dig naar Du f. Eks. nævner saadanne [”nævner saadanne” overstreget] kommer med saadanne Udtalelser som at ”skænde Menneskebilledet”. Paa en vil [”vil” overstreget] vis Maade har Du Ret, men det fører rigtignok til at man maa fælde Staven over Kunstnere som f. Eks. Breughel (Bonde-Breughel), og han er dog synes jeg en af Verdens største og genialeste Kunstnere. Men hans Syn paa Mennesker, som de Drankere, Fraadsere, Barnemodere og vanskabte pukkelryggede Uslinge de er vil alligevel afgørende stille ham, - dersom man deler Kunstens Udøvere i Faar og Bukke, - paa Bukkenes Side. Jeg gentager at jeg alligevel saa udmærket godt forstaar Dig og kunde under visse Betingelser gøre mig skyldig i en Dom af samme Art som Din. Jeg behøver blot i Stedet for Maleri at give mig til at behandle Literaturen En Forfatter (f. Eks.) som Gustav Wied, synes jeg Din Udtalelse om Lundstrøm passer fuldstændig paa Det Galleri af Menneskevæsner som findes i hans Bøger, hvad er det andet end en Samling aandelig og legemlig defekte. Og dog har Du en Gang rakt Gustav Wied Haanden i en Kronik i Politiken. X) –
+Mere en anden Gang, 
+mange Hilsner til Dig og Else
+fra Din hengivne
+Fritz Syberg.
+x) Og [”Og” overstreget] jeg tilføjer at jeg kan ikke læse ham</t>
+  </si>
+  <si>
+    <t>1921-07-20</t>
+  </si>
+  <si>
+    <t>Dyreborg
+Faaborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Harald Giersing
+Johanne Giersing
+Christine Rasmussen
+Fritz Syberg
+- Søberg</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
+Musset og Museumsgården: Faaborg Museum. 
+Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnrN</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juli 1921
+Kæreste Alhed!
+Jeg hørte saa daarlig i den Telefon og kunde ikke raabe saa højt. Vi sad inde hos Politimesteren der bor i Museumsgaarden og er i Familie [med] Friis. Vi har været paa Museet i Dag og været sammen med Etatsraadinden og Baronen, men jeg kunde jo ikke komme til snakke alene med hende. Jeg synes I skulde komme snarest muligt. Jeg glæder mig til at se jer. I Hast da Puf er ved at fyre op og vi skal sejle til Dyreborg. I kan altsaa faa at vide hvor vi er ved at telefonere til Fru Friis Adr. Frk Søberg Søbergs Sommerhotel Dyreborg. 
+Jeg skal hilse fra Besse og Giersing som jeg traf paa Vejen herned. Mange Kærlige
+Hilsner
+Din 
+JL.</t>
   </si>
   <si>
     <t>1921-08-11</t>
   </si>
   <si>
     <t>Peter Hansen takker for indbydelsen til bestyrelsesmøde, men beklager at han ikke kan komme, da han ganske vist skal udskrives fra hospitalet, men er blevet påbudt at forholde sig i ro.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3qS7</t>
   </si>
   <si>
     <t>Bispebjerg Hospital Bygning 4, 11/8 21
 Kære Etatsraadinde
 Tak for den venlige Indbydelse til Bestyrelsesmødet paa Lørdag til mig og min Kone. Det vilde have glædet os begge at kunne være med, og jeg er lige nær ved at være rask nok til det, og samme Dag var det Meningen at jeg skal udskrives her fra Hospitalet, men Overlægen har paabudt mig foreløbig at forholde mig rolig. Desværre kan vi altsaa ikke møde. Med venlig Hilsen til Dem og den øvrige Bestyrelse ogsaa fra min Kone.
 Peter Hansen</t>
   </si>
   <si>
     <t>1921-08-13</t>
   </si>
   <si>
     <t>Carl  Knippel
 Johannes Larsen
 Christine Rasmussen
 Holger Rasmussen
 Fritz Syberg
 Marie Tom-Petersen</t>
   </si>
   <si>
     <t>En hilsen til Peter Hansen, der er indlagt på Bispebjerg hospital.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3j4h</t>
   </si>
   <si>
     <t>Signor Peter Hansen
 Ragazzinis
 Carissimo Maestro
 arrivederci
 prestissimo.
 Noi qui spassima per te
 Christine R. Tom og fru Tom Carl Knippel
 Fritz Syberg, Mis Johannes Larsen
 Holger MR J. Wallach Karen Damkær
 Sendtes til Peter Hansen paa Bispebjerg Hospital Lørdag d 13 Aug 1921</t>
   </si>
   <si>
+    <t>1921-08-14</t>
+  </si>
+  <si>
+    <t>Korshavn Avernakø</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Peter Hansen
+Jeppe Andreas Larsen
+Nicolaus Lützhøft
+Karl Madsen
+Carl V Petersen
+Carl Petersen, arkitekt
+Christine Rasmussen
+Holger Rasmussen
+Robert Stephenson
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis m.fl. sejler med skibet Rylen og gør forarbejde til bogværket de Danskes Øer. 
+På Faaborg Museum kaldes sidenicherne i udstillingsrummene for køjer - formodentlig en henvisning til fuglekøjerne på Fanø, hvor man indfangede fugle til videresalg. Johannes Larsen købte fra fuglekøjerne på Fanø ænder og andre fugle til brug i forbindelse med sine billeder og tegninger.
+Etatsrådinden er stifteren af Faaborg Museum Mads Rasmussens enke Christine Rasmussen 1865-1945.
+En ven af familien Larsen, gartner Laurentius Allerup, blev begravet i Odense d. 11.8 1921.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er til bestyrelsesmøde på Faaborg Museum, hvor der bla. blev drøftet en nyophængning og farverne på væggene. Larsen foreslog, at ophængningen blev fotograferet, og at fotografierne blev opbevaret i arkivet. 
+To værker omtales: Et portræt af etatsrådindens nevø og pigen med vædderkøretøjet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1aOm</t>
+  </si>
+  <si>
+    <t>Faaborg 14 Aug 1921
+Kæreste Alhed!
+I Gaar sejlede vi saa hertil fra Korshavn hvor vi desværre ikke blev færdige og i Dag ligger vi her i Blæst og Regn den skidt Ø har nu taget 14 Dage. Vi havde saa Møde i Museet i Gaar Lytzhøft var ikke mødt, vi var altsaa kun Tom Baronen og jeg. Det blev vedtaget at vi skulde henvende os til Karl Madsen og bede ham hænge Museet om og skyde ud af Billederne og prøve at faa en bedre Vægfarve i den store Sal og fornye med en enkelt af Køjerne. De udskudte Billeder skulde saa deponeres i i Privatlejligheden d.v.s hænge der. Baronen og Tom mente slet ikke der kunne være tale om at Carl V. Petersen kunde gøre det, men Baronen betroede mig i Dag at det var fordi han hele Tiden havde troet at det var Calle der var Tale om. Jeg foreslog at alle Væggene blev fotograferede som de er og alle Fotografierne deponerede i Arkivet. 
+Ved Bordet blev Tom meget livlig og bagefter mere og mere beruset og meget grinagtig. Munden stod ikke paa ham der blev affattet et Telegram til Peter paa italiensk. Kl. 12 fik vi Smørrebrød. I Dag har jeg tegnet 3 Tegninger af Etatsraadindens Nevø. Holger vilde gerne have en Tegning af dem til Moderens Fødselsdag, jeg forærede ham den ene, jeg kan ikke faa mig selv til at sætte Pris paa saadan en Tegning med det samme. Puf har forgæves forsøgt at ringe Dig op, vil prøve igen naar han gaar hen med dette. I Eftrmdg har jeg forsøgt at tegne en bedre Tegning af Pigen med Vædderkøretøjet og jeg tror den er bedre. Nu skal jeg til at læse i en Bog. Puf og jeg købte 2 Stephenson Bøger da vi rejste hjem fra Begravelsen. Mange kærlige Hilsner. Jeg skal ogsaa hilse fra Puf og fra Friis.
+Din 
+JL.
+Jeg lavede 2 Tegninger paa Korshavn
+[skrevet på hovedet i forhold til resten af brevet]:
+Jeg har glemt at skrive at Museet vil have mine Træsnit</t>
+  </si>
+  <si>
     <t>1921-11-15</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen</t>
   </si>
   <si>
     <t>Faaborg Museum, Johannes Larsens arkiv, Breve til familien Rasmussen.</t>
   </si>
   <si>
     <t>Alhed Larsen skriver til Holger Rasmussen om diverse træsnit og rykker venligt for et pengebeløb.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bGES</t>
   </si>
   <si>
     <t>Kære Hr. Rasmussen!
 Samtidig med dette sender jeg Træsnittene til Dem. Klodsen til de to Graaænder er desværre bortkommen. Det i Foraaret udstillede var en Side af en Kabaleje jeg sender dem en saadan skulde Klodsen komme frem - hvis den kan findes hos W &amp;amp; M.- skal de nok faa et Silkepapirstryk. Pladerne til de to Raderinger - Kalkuner, Raadyr - er i København naar vi c. 1ste Dec kommer til Kjbn skal vi faa lavet et Par Tryk, ligeledes skaffe Dem en Kabalej fra i Foraaret, vi har ingen her men W&amp;amp;M! har, saa hvis De vil bruge den, inden vi kommer derover, kunde De blot faa én dér.
 Og saa maa De ikke tage mig ilde op, at jeg beder Dem sende Pengene - 1490 Kr _ 10% - der er et andet vi gærne vil have ordnet inden vi rejser, og vor Kasse er betænkelig nær ved at løbe tør. -Det var morsomt, Deres Mor blev glad ved Hundetegningen, vil de takke for hendes venlige Ord i den Anledning.- Mange Hilsner til Deres Familie og Dem selv fra min Mand
 Deres hengivne Alhed Larsen
 Kerteminde 15-11-21
 Jeg vedlægger et Tryk af en ny Klods, min Mand har skaaret i disse Dage - Geirfugle - jeg synes den er [xxx-] vældig smuk.</t>
   </si>
   <si>
     <t>1921-12-10</t>
   </si>
   <si>
     <t>Faaborg Museum, Johannes Larsens arkiv, Breve til familien Rasmussen</t>
   </si>
   <si>
     <t>Johannes Larsen sender et katalog og nogle fotografier til Holger Rasmussen samt nogle tryk skåret til Schiølers bog. Spørger også til, hvilket beløb han kan regne med at få af Christine Rasmussen i indeværende termin.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jPqW</t>
   </si>
   <si>
     <t>Kjerteminde 10 Dec. 1921
 Kære Hr. Holger Rasmussen
 Hermed Katalogen og de smaa Fotografier, som min Kone har lovet Dem. De sidste er jo ikke meget tydelige, men ved Hjælp af en Loup kan De maaske finde ud af hvad de forestiller. Jeg vedlægger et Par Tryk af nogle Træsnit jeg har skaaret til Schiølers Bog. En Pelikan en Rype og et Par Sortspetter. Jeg haaber at jeg husker rigtigt med Hensyn til de Penge jeg skal have af deres Moder i denne Termin, jeg bilder mig ind at det er 2000 kr. Da jeg meget gerne vil vide hvad jeg kan Disponere over vil jeg være Taknemmelig for et Par Ord i en nær Fremtid, og endnu mere for Penge, da det kniber for mig for mig at komme igennem til hen i Januar da jeg skal have Auktion. Jeg vedlægger Kvittering for de 1000 Kr jeg fik i Sommer, jeg glemte at sende dem sammen med Deres.
 Venlig Hilsen til Dem Deres Moder og Søskende fra os begge.
 Deres hengivne 
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1921-12-23</t>
+  </si>
+  <si>
+    <t>Peter Magnussen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Holger Rasmussen
+- Schou, frk.</t>
+  </si>
+  <si>
+    <t>Stifteren af Faaborg Museum, Mads Rasmussen, døde i 1916. I årene derefter overtog hans søn gradvist styret af museet, og de tryk, der er tale om i brevet, er formodentlig træsnit af Johannes Larsen, som har været udstillet hos Winkel &amp;amp; Magnussen. 
+Schiølers bog er Eiler Lehn Schiølers bogværk Danmarks Fugle, som Johannes Larsen m.fl. illustrerede.
+Skan af brevet er lavet efter fotokopi af originalen fra Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussens søn har betalt Johannes Larsen for tryk, som han købte på udstillingen.
+Larsen har lavet træsnit til Lehn Schiølers bog. Magnussen må skrive, hvilke tryk Alhed Larsen forleden havde med til ham, så han kan sende dem, der mangler. Johannes Larsen har solgt en akvarel, en tegning og nogle træsnit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bXhM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Dec. 1921
+Kære Hr. Magnussen!
+Tusind Tak for Deres Haandsrækninger. Jo Mads Rasmussens Søn har betalt til mig. Han fortalte i Sommer i Faaborg at han havde faaet en Regning fra Frk Schou som var helt forkert, men da han ikke havde den der kunde jeg jo ikke kontrollere hvad der var forkert. Skønt Sagen er meget indviklet i det han fik en Del Tryk paa Udstillingen, bestilte en Del paa andet Papir som han senere har faaet, og under Udstillingen leverede nogle tilbage og muligvis fik andre, tror jeg dog jeg kan finde ud af det ved Hjælp af Deres Regning, en Katalog jeg har med Mærker ved dem han købte, og en Fortegnelse han har over det Hele. Altsaa naar jeg kommer til Byen.
+Hermed 3 Tryk vi har funden. Jeg har lavet 6 Træsnit til Schiølers Bog. En Lærke – 3 Gejrfugle – 2 Tjurer – 1 Rype – 2 Sortspætter og en Pelikan. Min Kone havde vist nogle af dem eller dem alle med til Dem forleden, mens ingen af os husker hvilke eller hvormange? Hvis De gider oplyse mig om dette, skal jeg sende hvad der eventuelt mangler. Jeg har i Odense solgt en Aquarel til 700 Kr en Tegning til 100 Kr og for ca 1000 Kr. Træsnit. Det hjælper jo alt sammen. Vi hilser alle Fire og ønsker Dem og deres Familie en rigtig glædelig Jul og et godt Nytaar.
+Deres Hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1922-04-12</t>
   </si>
   <si>
     <t>Faaborg Museum. Johannes Larsen Arkiv. Breve til familien Rasmussen.</t>
   </si>
   <si>
     <t>Alhed Larsen har tilsendt Holger Rasmussen en række træsnit, det ene er til modtagerens søster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Yv8P</t>
   </si>
   <si>
     <t>Kerteminde 12de April 1922
 Kære Hr. Rasmussen!
 Jeg fik i Gaar Træsnittene hjem fra Odense og tilsendt Dem de 4. Det 5te vil jeg bede Dem give Deres Søster Inga fra mig. Den lile Hare var altfor lidt at Takke for den Gang, saa nu maa hun ikke gøre sig Ulejlighed en Gang til! Venligst Hilsen til Deres Moster, Søstre, Dem selv fra 
 Deres hengivne Alhed Larsen</t>
   </si>
   <si>
     <t>1922-05-25</t>
   </si>
   <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
     <t>Faaborg Museum, Johannes Larsens Arkiv, Breve til familien Rasmussen</t>
   </si>
   <si>
     <t>Andreas Larsen (Puf) ønsker Holger og Gerda velkommen hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ytsj</t>
   </si>
   <si>
     <t>Kære Holger og Gerda! Velkommen hjem og tak for fødselsdagshilsenen til Jeres hengivne Puf.
 P.S. Jeg vilde have skrevet til Paris, men da jeg ikke kunne se andet end at Jeres hotel hed MALHEUR, kunde jeg ikke nænne det. 
 Efter en ny undersøgelse kan jeg også tænke mig at der står Malhuître, men det er jo heller ikke så rart.</t>
+  </si>
+  <si>
+    <t>1922-09-09</t>
+  </si>
+  <si>
+    <t>Fejø</t>
+  </si>
+  <si>
+    <t>Fejø
+Femø
+Slotø, Nakskov
+Vejlø, Nakskov
+Enehøje, Nakskov
+Vejrø, Nakskov
+Rågø
+Skalø</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Georg Jacobsen
+-  Koch
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+- Larsen, kunsthandler
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er afsted sammen med Achton Friis og Skipper Petersen. De skal lave forarbejdet til bogværket De Danskes Øer.
+Rylen - en ombygget fiskerbåd - var ekspeditionsskib for Johannes Larsen og Achton Friis i årene 1921-24. I dag ejes Rylen af Østfyns Museer.
+Fejø er omtalt i Achton Friis: De Danskes Øer bd. 2 s. 311. Gyldendal, 1927. Det samme gælder de fleste af de øvrige øer. 
+Adr er en forkortelse for adressere.
+Faaborg M er Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Rylen er på Fejø, Slotø, Vejlø og en del andre øer. Johannes Larsen synes især Femø minder om det fynske landskab. Han beder Puf gå i gang med at rense klodser og forberede selve trykningen (af træsnit), da der er flere store bestillinger, der skal sendes af sted foruden andre opgaver i forhold til udstilling mm., der skal ordnes. 
+Ænderne skal lukkes inde, da mange af dem kan flyve nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lqb5</t>
+  </si>
+  <si>
+    <t>P.T. Fæjø 9. Septbr 1922
+Kæreste Alhed!
+Vi kom her i Aftes og fik Pakken og dit Brev. Jeg skriver nu samtidig til Lysse, det kan kun være den grønbrogede Tudse, som han jo formoder. Rylen har aldrig saa længe vi har haft den været saa tæt, som den er nu siden Petersen stoppede den Læk. Vi har nu været paa 7 Øer, 3 i Nakskov Fjord, Slotø med en Ruin af en Befæstning fra Kong Hans Tid, Vejlø og Enehøje og senere paa Vejrø, Raagø, Fejø og i Dag har vi været cyklende ud paa Skalø der med en Dæmning er forbundet med Fejø. Vi spiste Frokost i en Kro og jeg saa der i Avisen at Koch er død, det er sørgeligt. Jeg fik mit Tøj renset forleden saa jeg mangler ikke noget. Du maa endelig skrive mig om hvad det bliver til med Jacobsen. Det er noget kedeligt noget med Agraren. Desværre er der jo nu en Søndag imellem saa jeg kan ikke høre fra Dig før Mandag hvis Du ikke har skreven før dette kommer. Du maa saa hellere adr. det til Fænø poste restante. Dette er en køn Ø, d.v.s. den er ikke videre spændende, den ligner meget de frugtbare Dele af Fyen, fede Marker og Frugthaver og Tjørnehække og Poppelhegn af Resten har heller ingen af de andre naar undtages Vejrø været videre underholdende. Har Puf klippet Hækken om Gravene. Jeg er kommen til at tænke paa at det vilde være mig en stor Hjælp og tidsbesparelse hvis Puf vilde rense Klodserne og lave an til Trykning og trykke saa meget han kan overkomme inden han rejser til Kjøbenhavn. Vi skal jo levere en hel Serie til Faaborg M en hel til Kunsthandler Larsen og omtr. en hel til Xylografen og et Par Hjortetryk til os selv. Saa dersom jeg skal faa malet noget til min Udstilling maa vi have det til Side først, naar det endda bare kunde være i Gang til jeg kommer er jeg ikke ked af at tage fat paa at trykke. Vi skal ikke sejle længere end til senest den 10 October. Mange kærlige Hilsner! skriv endelig om alt muligt. Jeg kom i Tanker om at jeg glemte at sige til Puf om at lukke alle Ænderne ind, nogle af Krikænderne, Pibeænderne og Gravgæssene maa kunde flyve nu, hils ham mange Gange fra mig.
+Din
+JL</t>
+  </si>
+  <si>
+    <t> 9. sep. 1922</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DmiKFIGI</t>
+  </si>
+  <si>
+    <t>1922-12-07</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt med depression på Nerveafdelingen, Frederiksberg Hospital fra december 1922 til april 1923.
+Den omtalte udstilling er muligvis Kunstnernes Efterårsudstilling 1922</t>
+  </si>
+  <si>
+    <t>Peter Hansen sender penge for nogle malerier. Christine har bedt ham om en tjeneste i forhold til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6ya</t>
+  </si>
+  <si>
+    <t>Faaborg d. 7de Decbr 1922
+Kære Ugle.
+Her sender jeg Dig Beløbet, hvis man tør kalde det saa, for det var virkelig en billig Fornøjelse for Flasken. Men du er jo billig Ugle. Jeg gik med Las i Fjor paa Din Udstilling og skulde tage Billeder ud til den nævnte Sag med Faaborg Museum. Jeg havde en uhyggelig Fornemmelse af at vi efterhaanden plyndrede hele din Udstilling, det kunde jeg naturligvis have sagt til Las men i Stedet for tror jeg nok jeg blev gnaven, og jeg ved i alt Fald ikke hvad det er blevet til. Naar du nu betror Sagen til mig, skal jeg selvfølgelig gøre hvad jeg kan, men jeg vil dog sige Dig, at jeg kun en Gang før har vovet at foreslaa et Billede til Faaborg Museet, men det blev øjeblikkelig og enstemmigt kasseret, tilmed med Haan i Afstemningen. Du skal altsaa vide, hvad Du har indladt Dig paa ved at vælge mig til et saadant Tillidshverv
+Nu skal vi altsaa se, om jeg er ligesaa uheldig for ikke at sige umulig denne Gang.
+Venlig Hilsen Din Hengivne 
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>November december 1924</t>
+  </si>
+  <si>
+    <t>Mary André
+Vagn Jacobsen
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Harald Leth</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Københavnsområdet.</t>
+  </si>
+  <si>
+    <t>Tak for at Andreas har sendt trykkene. Unge Leth kommer med til Kerteminde, så Frk. André må gøre Johan Larsens værelse i stand. Alhed og Johannes Larsen vil hænge billederne fra udstillingen, som snart slutter, op i gæsteværelset derhjemme. 
+Johannes Larsen har fået for meget spiritus og har hovedpine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/37mE</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Tak for Trykkene, Du er en Svend! Det gaar helt godt, der er nu solgt for 6000, og Faaborg Musæum skal have for et Par Tusind. – Det bliver ved at trække ud med os, men vi kommer en af de første Dage i Ugen. Unge Leth kommer med, hvis Lysses Værelse ikke er gjort rent, vil Du saa bede Frk. André gøre det bede [ordet ”bede” overstreget] det Mandag. Der skal flyttes en Spiralseng op og Lysses bort. – Udstillingen slutter vist næsten inden vi rejser, men Din Far mener næsten ikke det er noget for Dig at rejse herind for da vi har i Sinde at hænge det hele op i Gæsteværelset hjemme. – Vi skal til L. Schiølers nu om lidt til Middag, Fru L.S. er endelig kommen op nu. – Din Far var hos Bryggeren til Frokost i Gaar og fik ogsaa meget Spiritus hos L. Schiølers i Aftes, saa han har Hovedpine i Dag. Nu skal vi gaa saa det bliver kun disse Par Ord. 1000 Hilsner søde Gamle, Din Mor.
+Bed Frk. André dampe et Par pæne Lagner af til Leth
+Lørdag Efterm</t>
+  </si>
+  <si>
+    <t>1924-03-21</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Helga Lehn Schiøler
+Nicolaus Lützhøft
+Christine  Mackie
+Holger Rasmussen
+Aage Roose
+Ellen  Sawyer
+Marie Schou
+Leo Swane
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen deltager sammen med Holger Rasmussen, Sybergs m.fl. i et møde omkring den fremtidige ophængning på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v8Yy</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 21 Marts 1924.
+Kæreste Alhed!
+Roose ringede op i Dag og han kommer herud og taler med mig angaaende Træsnittene Kl. 2 i Mrg. Kunde Du ikke ringe mig op ved Tolvtiden saa vi kunde snakke om det først. Vi var saa til Møde i Aftes fuldtalligt Baronen Peter Tom Lysse Holger og Undertegnede. Marie var ikke med da hun var hos Borgm[ulæselig].
+Det blev bestemt at Skriveswane skal hænge Billederne om naar Holger kommer hjem fra England. Vedtaget af alle undtagen Lysse der helst vilde have hængt dem om selv. Det var fru Schiølers Fødselsdag i Dag, derfor Barnedaaben, som jeg altsaa slap for at komme med til. Skrivesvanen kommer og henter mig med ud at spise og faar Beretning om Mødet. Chr. og Ellen kommer i Anledning af Barnedaaben. Mange kærlige Hilsener
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1924-06-24</t>
+  </si>
+  <si>
+    <t>Fur</t>
+  </si>
+  <si>
+    <t>Faaborg Museum 5600 Denmark
+Sallingsund
+Horne Land</t>
+  </si>
+  <si>
+    <t>Larsen og Friis sejler rundt med Rylen i forbindelse med tilblivelsen af De Danskes Øer.
+Atlantis er et tidsskrift, som Thøger Larsen udgav fra 1923-25. Det udkom en gang om måneden og indeholdt hans egne og andres artikler om historiske og naturvidenskabelige emner f.eks. Kleopatra, "Hvorfra kom Odin?", "Et Maanekort fra Oldtiden" , samt rejsebeskrivelser og boganmeldelser. ( Du danske Sommer, Johannes Larsen Museet, 2007, red. Malene Linell Ipsen)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Fur sammen med Friis. Udsigten fra bakkerne mod Salling ligner udsigten fra Svanninge Bakker mod Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3QAY</t>
+  </si>
+  <si>
+    <t>Fur 25 Juni 24.
+Kæreste Alhed!
+Tak for Brevet. Det glæder mig meget at det gaar saa godt med Trykningen efter Klodsens Renselse. Det er jo ikke saa godt med Svanerne. Jeg ved ikke andet at gøre end at sætte den lille udenfor saa den store kan være i Fred, den bryder sig jo ikke saa meget om at spasere omkring, men saa maa der skiftes Vand i Basinet mindst en Gang ugentlig for at der kan være Vand i Hullet under Træerne. Vi har nu ligget her i 3 Dage i et temmelig forbandet Vejr. I Dag skinner Solen da igen men det stormer værre end før. Øen her kan Du jo læse om i Atlantis. Naar man staar paa Bakkerne og ser mod S ind over det lave Land og [Vandvi?] og Salling ligner det slaaende Udsigten fra Svanninge Bakker over Faaborg og Horne. Bakkerne er desværre ødelagte med modbydelige Bjergfyr og Granplantninger men her er da meget kønt endda, skønt næsten alle Huse har røde Cementtage. Friis venter vi skal i Land. Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-11-20</t>
+  </si>
+  <si>
+    <t>Hareskov?</t>
+  </si>
+  <si>
+    <t>Vodrofsvej  2 1900 C 
+Faaborg Museum
+Vinskoven</t>
+  </si>
+  <si>
+    <t>- Berend
+ Kristian Brünnich Nielsen
+Poul S. Christiansen
+Peter Hansen
+Vagn Jacobsen
+Christian Kampmann
+Frederik Lützhøft
+Viggo Madsen
+- Mundus
+Albert Naur
+Janna  Nielsen
+Kai Nielsen
+Fritz Syberg
+Peter Tom-Petersen
+Einar Utzon-Frank</t>
+  </si>
+  <si>
+    <t>Kai Nielsen døde d. 2.11.1924
+Eiler Lehn-Schiøler boede på Uraniavej, Frederiksberg. 
+Det er uvist hvem Lackmann er.
+Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde glemt en aftale hos Bryggeren. Janna havde ringet flere gange. Hun vil gerne arrangere en udstilling med Kai Nielsens værker og har brug for Johannes Larsens hjælp.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yh33</t>
+  </si>
+  <si>
+    <t>Uraniavej 20 Nov. 1924.
+Kæreste Alhed!
+Bare Du nu ikke er bleven ked af at ringe op; fordi jeg var ude i Aftes. Foruden Du havde Bryggeren og Janna ringet og bedt mig ringe op naar jeg kom hjem. Jeg prøvede først begge Bryggerens Numre fra Telefonbogen uden Held og ringede saa til Vodrofsvej og fik hans hemmelige N°, det hjalp. Han vilde fortælle mig at jeg havde glemt at jeg skulde have været til Møde paa Carlsberg Kl 4. Det passede, det var altsaa mens jeg var inde hos Baronen. Det er nu ikke nemt jeg har i Kommission at tale med Mundus, Poul Christiansen, Peter Syberg Lysse og Tom Dr. Brünnich og Kampmann, deraf mangler jeg de 3 sidste. Jeg kom nemlig frem paa en hver Dag mellem Christiansborg og Middag. I Dag er jeg her, da der var en Mand der hed Berend eller saadan noget, det glemte jeg vist at skrive i Gaar, oppe paa Slottet for at tale med mig om en Aquarel han vilde have ca en Meter bred den skulde hænge paa en bestemt Plads. Jeg foreslog ham at komme herud en af Dagene mellem 4½ og 5½ for at se paa de smaa Bøger og han bad saa om han maatte tage sin Kone med da hun skulde være med til at bestemme det. Den skulde gerne afleveres inden Jul. Hvis det ny bliver til noget kan jeg jo lave den en Regnvejrsdag i Vinskoven. Janna vilde have haft mig derud til et Møde med Utzon Frank Naur Viggo Madsen og [Lackmann] angaaende en Udstilling af Kais Arbejder; men da det var saa sent gad jeg ikke tage derud. I Morges ringede hun igen om hun kunde komme til at tale med mig i Løbet af Dagen og jeg foreslog hende saa at spise Frokost med mig hos Krog for at spare Tid. Det gjorde hun og vi fik stegte Rødspætter, ikke noget for mig, de var flaaede og beklædte med Rasp. Det drejede sig om at laane Arbejder af Kai fra Museet i Faaborg og jeg mente det var bedst hun gik til Etatsraadinden først, men saa maatte jeg saa love at gaa med hende derud. Bestemte at hun skulde møde ved Slottet Kl. 11½ saa vi kunde være udsatte for at blive til Frokost. Efter Frokost i Dag kom
+[resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1925-01-06</t>
+  </si>
+  <si>
+    <t>Peter Hertz</t>
+  </si>
+  <si>
+    <t>Nørregade 36, København
+Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Poul Ferdinandsen
+Peter Hertz
+Alhed Larsen
+Johannes Larsen
+Janna  Nielsen
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Peter Hertz anmoder Johannes Larsen om at få Kai Nielsens Kalkstenspigen og andet fra hans hånd, der befinder sig i Kerteminde, gjort klar til afhentning. Kai Nielsen er død, og der skal afholdes en mindeudstilling i København i 1925.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gydO</t>
+  </si>
+  <si>
+    <t>Nørregade 36,3
+6 Jan 1925
+Kære Johannes Larsen
+Da jeg intet har hørt fra Dem, og da det er os meget om at gøre at faa Deres Kalkstenspige af Kai med paa den nær forestående Udstilling, vil jeg med disse Par Ord meddele Dem at Kunstgipser Ferdinandsen kommer til Fyen i Begyndelsen af næste Uge for at hente Faaborg Skulpturerne og de andre Arbejder af Kai der findes paa Fyen til København. Han vil da ogsaa komme til Kerteminde for at hente 
+Kalkstenspigen og jeg vil bede Dem om De ikke vil bevise mig den store Venlighed ved samme Lejlighed at medgive ham hvad De og Deres Hustru har af Tegninger Malerier og Breve fra Kais Haand. Det er i Overensstemmelse med Yannas Ønske og jeg vilde være Dem meget taknemmelig for at faa det saa snart som muligt. 
+Med de Venligste Hilsner til Dem og Hustru. Deres Peter Hertz</t>
+  </si>
+  <si>
+    <t>1925-04-30</t>
+  </si>
+  <si>
+    <t>Klampenborg
+5600 Faaborg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+A Munch-Petersen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen får en del bestillinger ind. Han har nok ikke tid til at deltage i et museumsmøde vedrørende vægfarver på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tKqB</t>
+  </si>
+  <si>
+    <t>30/4 1925 Kjerteminde
+Kæreste Alhed!
+Det gaar godt. Puf 37,0 i Morges. Jeg har nu det store lagt om. Det til Klampenborg spartlet og i 2 Aquareller til Smør tegnet op og haaber at naa en hel Del i Morgen. Munch-Petersen ringede i Dag om Billederne og at de vilde have 3 mindre ogsaa. Madsen er gaaet i Gang med den store Kasse. Jeg tænker at sende : "Svanerne letter" "Egetræet" og det grønne med Krikanden i Vandhullet der hænger over Døren. Mon Du kommer i Morgen? Jeg blev ogsaa ringet op af Holger Rasmussen fra Faaborg. Han vilde have mig til Museumsmøde d. 7 ds for at bestemme nye Vægfarver. Jeg sagde at det vist ikke kunne lade sig gøre for mit Vedkommmende, men at jeg skulde sige nærmere Besked. Mange Hilsner fra Puf og Din
+JL. 
+Hils Christine og Lysse.</t>
+  </si>
+  <si>
+    <t>1925-05-03</t>
+  </si>
+  <si>
+    <t>Det omtalte billede er sandsynligvis Peter Hansens, "Høstfolk", 1902, 103 x 127 cm, Faaborg Museum, inv.nr. 59, der blev erhvervet 1925.</t>
+  </si>
+  <si>
+    <t>Peter Hansen håber at være i Faaborg på torsdag, medbringende høstbilledet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iUlI</t>
+  </si>
+  <si>
+    <t>Kbh. d. 3 Maj 1925.
+Kære Hr Holger M. Rasmussen.
+Ganske vist har jeg ligget 5-6 Dage af Influenza, men haaber dog at være i Faaborg paa Torsdag, medtagende Høstbilledet. Da jeg gerne selv ser det indlemmet i Faaborg Museum vil jeg stille mig saa at Salgssummen bliver 2500 Kr. og udbetales med 500 Kr i 5 Aar.
+Med venlig Hilsen
+Deres hengivne
+Peter Hansen</t>
   </si>
   <si>
     <t>1925-09-28</t>
   </si>
   <si>
     <t>Poul S. Christiansen</t>
   </si>
   <si>
     <t>Peter Hansen skriver igen om udlån af nogle af Poul S. Christiansens billeder, som han mener, man ikke kan nægte, da museet jo ejer nogle af hans hovedværker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HjQg</t>
   </si>
   <si>
     <t>Faaborg d 28de Sept. 1925
 Kære Etatsraadinde
 Fra Direktøren for Hirschsprungs Saml, Carl V. Petersen har jeg i Dag haft Brev, hvori han beklager at Poul Christiansens Billeder paa Faaborg Museum ikke maa laanes ud til dennes Jubilæumsudstilling i København i Oktober Maaned. Jeg synes ikke godt, vi kan nægte Poul Christiansen Billederne ved denne Lejlighed. Museet ejer jo 4-5 af hans Hovedværker, og det vil forringe hans Udstilling meget, om de ikke er med. Desuden vil det være en Reklame for Faaborg Musæet at være med ved en saadan Lejlighd med nogle af de bedste Billeder.
 Hvorledes de øvrige Bestyrelsesmedlemmer stiller sig ved jeg ikke, men jeg kan ikke tænke mig at de har noget derimod, og Museet er vel i Oktober Maaned ikke saa stærkt besøgt, at Udlaanet kan gøre saa meget. "Den Frie Udstilling" som staar for Udstillingen maatte da muligvis gennem Hemstra besørge Indpakningen.
+Med venlig Hilsen
+Deres hengivne
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1925-10-02</t>
+  </si>
+  <si>
+    <t>Peter Hansen fremsætter forskellige overvejelser om principper for udlån af billeder fra Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gvVF</t>
+  </si>
+  <si>
+    <t>Faaborg d. 2de Okt. 1925.
+Kære Etatsraadinde
+Angaaende Udlaan af Billeder fra Faaborg Musæum synes jeg, der maa gøres stor Forskel paa i hvad Øjemed de udlaanes, og hvem det er, der udlaanes af. En Kunstner som Poul Christiansen, der har nogle af sine Hovedværker der og skal have en stor retrospektiv Udstilling kan ikke sammenlignes med Tilfældet Anna Syberg eller Karl Schou For begges Vedkommende kunde de ligesaagodt repræsenteres fra anden Side, og saa var desuden Karl Schous en rent tilfældig sammensat Udstilling fra de senere Aar, der ikke var Spor af Grund til at ulejlige Faaborg Museum med. Jeg stemte ogsaa den Gang derimod at han fik Billeder udleveret; men noget afgørende for alle Tilfælde kan det ikke være, og der er jo ogsaa med fuld Ret gjort Undtagelse med Kai Nielsen, ligesom jeg indrømmer, at der kan komme det Tilfælde med Johs Larsen, Syberg og mig selv, hvor en Nægtelse af Udlaan vilde være meget ubehagelig, da vi har vore vigtigste Billeder der.
+"Reklame" er maaske et forkert Ord for det, men at Faaborg Museum viser ved en Lejlighed som denne, at det har valgt først og valgt godt synes jeg ikke er nogen Skade til. Jeg henstiller at ogsaa Syberg og Johs Larsen bliver spurgt.
 Med venlig Hilsen
 Deres hengivne
 Peter Hansen</t>
   </si>
   <si>
     <t>december 1925</t>
   </si>
   <si>
     <t>Motivet på postkortet angives som 
 "Lundsgaard set fra Haven Kerteminde"</t>
   </si>
   <si>
     <t>Julehilsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UInQ</t>
   </si>
   <si>
     <t>Fru Etatsraadinde
 Chr. Rasmussen
 Skjoldsgade 10
 Kjøbenhavn Ø
 Kære Fru Etatsraadinde. Min Kone og jeg ønsker Dem og Deres Familie en glædelig Jul og et godt Nytaar. 
 Deres hengivne Alhed og Johannes Larsen-</t>
   </si>
@@ -8413,50 +11913,81 @@
   </si>
   <si>
     <t>Kbh.23-12-25.
 De venligste Hilsener og Ønsker om en glædelig Jul sendes Dem og Familje fra min kone og Deres
 hengivne
 Peter Hansen</t>
   </si>
   <si>
     <t>1926-04-11</t>
   </si>
   <si>
     <t>Peter Hansen kvitterer for 1000 kr og fortæller om en festlig og morsom aften på museet, hvor det blev Holger Rasmussen og ikke ham selv, der holdt foredrag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pvNI</t>
   </si>
   <si>
     <t>Faaborg d. 11te April 1926.
 Kære Etatsraadinde C. Rasmussen
 Tak for de 1000 Kr, som jeg hermed sender Kvittering for.
 Det var en festlig og morsom Aften i Aftes paa Museet. Det blev ikke mig men Holger, der holdt Foredraget, og han klarede det udmærket. Han er ikke saa lidt af en Foredragsholder, giver de Oplysninger, der skal gives og gør det underholdende. Han klarede det samtidig for mig der aldrig havde lovet og heller ikke havde kunnet holde et saadant Foredag. 
 Der var mange Mennesker, vel henved et Hundrede Stykker og Museet tager sig jo godt ud ved Lys.
 Med venlig Hilsen til Dem og Familje fra min Kone og Deres
 hengivne 
 Peter Hansen</t>
+  </si>
+  <si>
+    <t>1926-08-07</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+Andreas Larsen
+Inga Nielsen
+Holger Rasmussen
+Ingeborg Rasmussen
+Mads Rasmussen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Gården Båxhult er familiens ejendom og beliggende nær Långaryd i Småland i Sverige. Gården er stadig i familiens eje.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet et ny forside til bogværket De Danskes Øer i form af et træsnit. Fru Mads Rasmussen fra Faaborg Museum har været på besøg sammen er sønnen for at få et billlede som betaling for en kåbe. Båxhult har gennemgået en renovering, og JL glæder sig til at se resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BvUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet. I Gaar og i Dag har jeg skejet ud og lavet et lille Træsnit til Forsiden af De Danskes Øer! D.v.s. jeg lavede forleden en Plakat og en Tegning men i Gaar Mrg fandt jeg paa at et Træsnit kunde være bedre. Enten det nu bliver brugt eller ej synes jeg det ser helt pænt ud. Jeg er saa træt i min Arm at jeg daarligt kan føre Pennen. Der var Brev fra Kemp i Dag at [ulæselig] har skrevet under, mod jeg slipper at vilde betale Restsummen med % Rente fra 6 Aug. hvilket jeg gør. Fru Mads Holger og Inga har været her i Eftm for at faa et Billede for Kaaben, der nu var stegen til 425 Kr. dog saaledes at hun overlader Dig den for 400 mod at faa et Billede til 1000 Kr. "Graagæssene fra Heden" hun betalte 200 contant og 400 senere. De fik Kaffe og Konditor Kager og Madeira, Inga drikker ikke Kaffe. Jeg glæder mig til at se Båxhult malet og tapetseret. Rille er vel kommen naar Du faar dette. Hun startede herfra i Gaar. Mange Hilsner fra Puf og din hengivne 
+JL.
+Mere i Mrg.</t>
   </si>
   <si>
     <t>1926-12-01</t>
   </si>
   <si>
     <t>Johannes Larsen beder Holger Rasmussen om lov til at låne en akvarel med motiv fra Svelmø til en udstilling i Kunstforeningen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gMXa</t>
   </si>
   <si>
     <t>Kjerteminde 1 Dec 1926
 Kære Holger Rasmussen!
 Da jeg i næste Uge skal aabne en Udstilling i Kunstforeningen af Arbejderne fra Øerne, vilde jeg meget gerne laane den Aquarel fra Svelmø: Der er jo Fare for at det med alle de Tegninger vil blive en ret ensformig Opvisning, saa det gælder om at faa lidt Farve imellem til at bryde Ensformigheden. Hvis De vil være saa elskværdig at send Aquarellen ind til Kunstforeningen, jeg tror vi skal hænge op paa Lørdag, altsaa som Ilgods, vil jeg være Dem meget taknemmelig. Undskyld Ulejligheden det skal ikke ske tiere. Venlig Hilsen til Deres Kone og Dem selv fra os begge her. 
 Deres hengivne Johannes Larsen</t>
   </si>
   <si>
     <t>1927-02-11</t>
   </si>
   <si>
     <t>Holger Rasmussen skriver til Peter Hansen om diverse litografier m.m.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7KtK</t>
   </si>
@@ -8668,4464 +12199,933 @@
   </si>
   <si>
     <t>1930-01-19</t>
   </si>
   <si>
     <t>Grønnegade 69, 5600 Faaborg, Danmark</t>
   </si>
   <si>
     <t>Elise skriver til Holger Rasmussen om forskellige forhold vedrørende mindeudstillingen for Peter Hansen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zhA7</t>
   </si>
   <si>
     <t>[påført med blyant]:19-1-30
 Billederne til PETER HANSENS Mindeudstilling vil blive afhentede ..........dag den ........Februar.
 Elise Peter Hansen
 Kære Holger Mads-Rasmussen
 Jeg har tegnet en Assurance for Billederne til Udstil. for Transport og Opholdet i "Den Frie". Vil De være saa venlig at lade mig vide, hvilket Ting, der er i de 2 Rammer, som De vil udlaane. Akvarellen behøver jeg ikke, da jeg allerede har mange - næsten for mange. Det gamle Billede i Odense har de vel ikke hørt noget om? Billederne bliver sendt som Ilgods, og jeg tænker det er tids nok, naar de afgaar fra Faaborg d 1.ste.
 Med venlig Hilsen til Dem og Gerda og lille Kirsten.
 Deres 
 Elise Hansen
 Kbhvn 19-1-30</t>
   </si>
   <si>
+    <t>1930-01-23</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen sender diverse oplysninger m.m. om billeder, han udlåner til Elise Hansen i forbindelse med en mindeudstilling for Peter Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zozI</t>
+  </si>
+  <si>
+    <t>Faaborg, den 23. Januar 1930.
+Kopi
+Kære Fru Peter Hansen,
+Tak for Deres Brev.
+I de to Rammer, De skal have er:
+2. Ramme: Badende Drenge, Lithografi 1924: 22 x 24,3
+[overstreget] Studie i Pen til samme 1924: 21,5 x 16,3
+1. Ramme: Per Ladehat, Kaninmanden, Farvetræsnit 1909: 17.3 x 14,5
+Landskab, Farvelinoleumssnit 1909: 20,8 x 31,5
+Assurance er overflødig for disse Billeder - jeg haaber jo at se dem igen i god Stand.
+% Jeg vedlægger en, [overstreget] i hvert Fald hvad Maalene angaar, nøjagtig Fortegnelse over Billederne ved Faaborg Udstillingen 
+% Samt en Fortegnelse over Peter Hansens grafiske Arbejder.
+% [delvis overstreget] Samt nogle Billedejeradresser. [ulæseligt] Balle længes vist efter en Billedliste.
+% Samt et Brev der er læst op for Johs Larsen i Telefonen.
+Hvis der ellers er noget jeg kan være Dem behjælpelig med er jeg til Tjeneste.
+Gerda og jeg tager sandsynligvis ind til Udstillingens Aabning.
+Med venlig Hilsen
+Deres 
+Holger M. Rasmussen</t>
+  </si>
+  <si>
     <t>1930-01-24</t>
   </si>
   <si>
     <t>J. Amtoft
 Christian Cato
 - Cordes
 Carl Frydensberg
 Rasmus Møller</t>
   </si>
   <si>
     <t>Det drejer sig sandsynligvis om den mindeudstilling for Peter Hansen, der blev afholdt i 1930.</t>
   </si>
   <si>
     <t>Elise Hansen skriver til Holger Rasmussen angående billeder til en udstilling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qwk2</t>
   </si>
   <si>
     <t>Kbhv 24-1-30
 Kære Holger M Rasmussen
 Tak for de tilsendte Papirer. Jeg er paa det nærmeste færdig med Kataloget, som Cato gærne vil have paa Mandag. Det er jo langt fra, alle Billederne fra Faaborgudstil. som kommer med, men det er godt at have alle Maalene, man kan aldrig vide, om der engang kan blive Brug for dem.
 Skibsbygger Møller har fortrudt sin Venlighed og vil ikke udlaane, jeg skrev for nogen Tid siden til ham, om jeg dog ikke kunde faa 4 af de vigtigste, men da han ikke har svaret paa Forespørgslen, gaar jeg ud fra at han kan holde sig. Der kommer altsaa ikke mange Billeder fra Faaborg, kun Amtofts, fru Rauns, 2 A[....] og Deres kommer, samt et Par Billeder fra Atelieret. Det løber ikke stort op i Assurancen som jeg tegner her lydende "fra Søm til Søm". Penge til Forsendelse beror hos Fru Cordes. De skal sendes som Ilgods, og jeg tænker at dersom de sendes fra Faaborg d 1ste Febr maa de kunne være i den "Frie" senest Onsdag d 5te, da jeg begynder paa Ophængningen.
 Jeg har ventet paa med at sende Balle Besked, da jeg vilde se, om der viste sig noget fra Skibsbyggeren, men nu maa jeg opgive ham.
 Kassen behøver jo nu ikke at være saa Kolossal. Tror De, at den der er hos Frydensberg vil kunne passe?
 Jeg skriver i Morgen til Balle.
 Med venlig Hilsen og Tak for Deres Ulejlighed.
 Deres Elise Hansen</t>
   </si>
   <si>
+    <t>1931-11-22</t>
+  </si>
+  <si>
+    <t>Odense, 5000 Odense, Danmark
+Svanninge, 5600 Faaborg, Danmark
+Venedig, Italien</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
+Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
+Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/83pC</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-11-31
+Kære Venner.
+Tak for Brevet. Ja Tiden løber, men det betyder for mit og vores alles Vedkommende her, at alt er vel. Det er rigtignok en stor Glæde at Grete er frisk igen, næsten den største Glæde de to unge Mennesker kunde opleve, først at trues paa Livet, og saa vinde det igen.
+Komiteen for Biennalen i Venedig har uden at forhøre sig hos mig, udbedt sig Jeres Billede, jeg forstod at de havde faaet Jeres Indvilligelse, saa min Tilladelse kun var en Formsag. Havde jeg selv skullet bestemme Valg af Billeder havde jeg skaanet Jer, da jeg synes I maa være trætte af al Tid at have Jeres Billede paa Rejse.
+For min Skyld kan I godt sige Nej til Udlaan, men hvis I bestemmer Jer til at svare imødekommende, saa har jeg et større Lager af store Landskaber som jeg stiller til Eders Raadighed, hvoraf I kan udvælge en midlertidig Stedfortræder. I Øjeblikket er vi i Svanninge hvor jeg laver Studier til de store Billeder til Mindehallen i Odense. Arbejdet gaar bra fra Haanden, jeg har snart smurt en hel Dynge Lærreder over. Vi har været her baade i Oktober og November indtil nu. Oktober var straalende, men November er endnu smukkere. Landskaberne er mørke, og de afbladede Skove har givet Plads for en Skala af grønne Farver man ellers ikke ser: Epheu, Bregner baade rigtige Bregner og de smaa Gærdebregner som gror langs Stenhegnene milevis og saa er der jo Granerne og Mosset. Kort sagt vi har det udmærket, trods Lumbago og Halskatarh. Marie har i Sinde at gøre en Rejse til Kbhvn., jeg ved ikke om jeg tager med, jeg har ikke rigtig Lyst til at rejse herfra, her er saa smukt og Livet er saa kort. Mange Hilsener Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1934-01-04</t>
   </si>
   <si>
     <t>Anker Kyster
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Leo Swane</t>
   </si>
   <si>
     <t>Johannes Larsen skriver til Holger Rasmussen angående et eksemplar af håndtrykken til "Trækfuglene"-</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xSBT</t>
   </si>
   <si>
     <t>Kjerteminde 4 Jan. 1934
 Kære Holger Rasmussen!
 Vi har haft Besøg af Leo Swane, der fortalte mig at De vilde have købt det af Boghallen averterede Expl af Haandtrykken til "Trækfuglene". Jeg købte det kun fordi jeg syntes det var meningsløst at det solgtes for 175 kr. naar jeg selv tager 400 Kr. for et Sæt, og Kysters?? Arbejde skulle jo ogsaa gerne betales. Jeg vil gerne overlade Dem Expl. for hvad jeg har givet og sender det for at De ikke skal købe Katten i Sækken. Hvis De har bestemt Dem om kan De jo returnere det. Swane fortalte ogsaa at De ikke var helt rask, forhaabentlig er det kun noget forbigaaende. God Bedring og godt Nytaar! Med venlig Hilsen til Dem og hele Familien.
 Deres hengivne
 Johannes Larsen
 P.S. jeg skal hilse mange Gange fra Puf og Else.
 JL</t>
   </si>
   <si>
-    <t>1915-1916</t>
-[...65 lines deleted...]
-Marie Neckelmann
+    <t>1934-07-11</t>
+  </si>
+  <si>
+    <t>5600 Faaborg, Danmark</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
 Marie Schou
-Frederik Vilhelm Steinthal
-[...24 lines deleted...]
-Sine Hansen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>"De oprindelige medlemmer" er formodentlig komiteen, som i perioden op til museets stiftelse indkøbte værker. Udover Fritz Syberg og Johannes Larsen bestod denne blandt andre af Jens Birkholm og Peter Hansen samt naturligvis museets grundlægger, Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>Fritz og Franz (Trylle) Syberg vil komme på besøg hos Jensen mandag eller tirsdag. Det bliver nok sidste gang. 
+Marie er rejst til Schweiz. 
+Ernst (Rille) rejser rundt i Tyskland med et par venner. De spiser godt dér.
+Fritz Syberg og Johannes Larsen har været til møde på Faaborg Museum. De er de eneste af de oprindelige medlemmer nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uwnu</t>
+  </si>
+  <si>
+    <t>Pilegården Kjerteminde
+11-7-34
+Kære Joh. V. og Else.
+Dersom det passer Jer, havde jeg tænkt at hjemsøge Jer Mandag eller Tirsdag. Trylle kører for mig men jeg ved ikke om vi tager Turen ud i et Træk eller overnatter. Men altsaa enten Mandag hen ad Eftermiddagen eller Tirsdag Formiddag Skulde det passe bedre en anden Dag sender I mig nok et Par Ord. Marie er pludselig rejst til Schweiz Jeg havde Kort i Dag fra Harzen. Rille der sammen med to Kamerater turer rundt i Tyskland fik jeg Kort fra. De var nu i Tyrol hvor de bliver nogle Dage fordi den ene af dem havde faaet Aarebetændelse eller noget i den Retning forhaabentlig er det ikke for ondartet.
+De har ellers havt det uventet godt i Naziland. Middag: Suppe, Dyresteg, Fersken og Kirsebær ialt 1 Rf. En Liter Øl 40 Pf. (Her maa vi give 50 Øre for 3/8 Liter). Dette var i Zool. H. Berlin De spekulerer paa hvis Pengene kan slaa til at gøre Italien, Spanien og hjem over Frankrig.
+Jeg glæder mig til endnu en Gang at gøre et Ophold i Tibirke, Gud ved om det ikke bliver det sidste, jeg er nu kommet dertil, at jeg betragter hver Sommer som den sidste. Vi var til Middag og Møde i Faaborg Museum i Gaar. Af de oprindelige Medlemmer er der nu ikke andre tilbage end Las og mig. De nye er saa ”unge” at selv Las siger ”Gud Fader bevar’os”. Jeg har intet imod at leve videre, men alligevel, det skal blive rart og [”og” overstreget] at faa sovet rigtig ud en Gang.
+Ha’et godt
+Mange Hilsener til Jer begge.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-02-11</t>
+  </si>
+  <si>
+    <t>Valhallavägen, 115 27 Stockholm, Sverige</t>
+  </si>
+  <si>
+    <t>Richard Bergh
+Eugène Jansson
+Else Jensen
+Nils Kreuger
+Vilhelmine  Larsen
+Karl Nordström
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Pfennig-Magazin var de første, tysksprogede blade, som udbredte populærvidenskabeligt stof i tekst og billeder. Bladene udkom en gang ugentligt fra 1833 i store oplag. De indeholdt altid otte sider med seks træsnit. 
+Bogen, som Syberg refererer til, er: Johannes V. Jensen: "Johannes Larsen og hans Billeder. Med et Kapitel af hans Erindringer". Gyldendalske Boghandel. I forbindelse med en gengivelse af Johannes Larsens portræt af moderen skriver Jensen s. 32: "Livet er en lang, lang Vej, men hvor kort er den i Forkortning, naar man skal se tilbage! Hvor man hvirvles hen! Det er nok alligevel ikke saa sært Slægterne ikke sanser at huske fra det ene Led til det andet."</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er enig med Johs. V. Jensen i, at kunstbøger bliver trykt på for fint papir, og at de som regel bare står og samler støv uden at blive læst. Syberg har et gammelt Pfennig Magazin med træsnit, og det er smukt. 
+Syberg glæder sig over de smukke ord, som Jensen har skrevet om Larsens maleri af moderen.
+Syberg er blevet inviteret til Stockholm for at deltage i Svenska kgl. Akademis 200års jubilæum. Hvis Marie havde levet, ville han og hun være taget derop med flyvemaskine. Nu vil Syberg ikke. Hans svenske venner er alle døde.
+Den Frie har inviteret Syberg til at deltage i udstilling. Han vil møde med 8-10 billeder heriblandt nogle fra serien "Historien om en Moder". Landskaberne på disse minder ham om hans drenge- og ungdomstid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I9Hj</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+11-2-35
+Kære Ven
+Tak for Dit Brev og Dine smukke Ord om mit Maleri. Det er fuldkommen rigtig hvad Du skriver om den store Margin og den dermed følgende Bestræbelse for at gøre alle Kunstbøger til Konfirmationsudgaver. Hvor har jeg tidt ærgret mig derover, og tillige over at man fordyrede dem ved at trykke dem paa fint Papir og med en udspekuleret Teknik der intet har med Kunst at gøre men tvertimod fjerner Arbejdet videst mulig derfra. De smukkeste gengivelser fra vor Tid er de bedste af dem der kommer frem f. Eks. i Politiken, særlig Gengivelser efter Fotografier, trykt i simpel Zinkætsning gennem [”]Slør” og paa det aller billigste Papir, det hele bestemt for Papirkurven. En Samling af den Slags Reproduktioner vil give det [der har stået ”det”, men t er erstattet af n] udtryksfuldeste og morsomste Prøve paa Illustrationskunsten, eller rettere Reproduktionen af den, fra vor Tidsperiode Alle de forfalskede ”Kunstbøger” har ingen anden Opgave end at staa i Reolerne og samle Støv for ingen læser dem og man [”man” indsat over linjen] ser knap nok paa Gengivelserne Jeg har et gammelt ”Pfenning Magazin” lutter Træsnit, hvor bliver alle Journaler og moderne Magasiner dødsens kedsommelige ved Siden af. Men det er der ikke noget at gøre ved, taler man om det bliver det opfattet som Klynk. Hvis Smagen kunde drejes derhen at en Kunstbog skulde trykkes paa almindelig Avispapir og almindelig graat Nættryk tror jeg den vilde blive læst, for saa vilde den ikke egne sig til andet – dette sidste afhænger dog ogsaa af hvem der skriver den. Jeg læste forleden i Din Bog om Johannes Larsen de smukke Ord Du har faaet sagt om Billedet af hans Moder – ”ja hvor maa hvirvles hen”. I Forgaars fik jeg en Indbydelse fra ”Svenska kgl Akademier” om at deltage i en 200 Aars Fest der afholdes i næste Maaned (jeg blev nemlig for 2 Aar siden gjort til Medlem af det svenske Akademi) og havde Marie levet saa tror jeg nok jeg havde forført hende til at tage med derop, hun var jo levende til det sidste, vi var saa taget derop i Flyvemaskine. Men nu er Indbydelsen og Anledningen dertil kommet for sent. Desuden kender jeg ikke en Sjæl deroppe mer. De svenske Malere jeg blev saa gode Venner med i Aaret 1897 da jeg var deroppe til den store nordiske Udstilling; Richard Bergh, Karl Norstrøm, Eugen Janson og Niels Kreuger er alle døde, saa jeg bliver og passer Høvlebænken. 
+Forresten har jeg faaet Anmodning om at deltage i ”den Frie” i Aar. Jeg troede oprigtig talt at de hellere vilde være fri for mig, mine store Lærreder tager jo kun Pladsen op for de andre men altsaa i Aar møder jeg frem igen med 8-10 store Plastre bl.a 5 Billeder af Serien ”om en Moder”. Det har al Tid været min Hensigt at male en hel Række af dem, bl.a. fordi at Motiverne giver mig Lejlighed til at fremstille Landskaber saaledes som Landskaber staar for min Erindring fra min Ungdom og Drengetid. Mange Hilsener til Dig og Else og den øvrige Familie.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen
 Alhed Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Knud Oldendow
+Gerda Rasmussen
+Holger Rasmussen
+Mads Rasmussen
+Leo Swane
+Fritz Syberg, fætter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte Knud Oldendow/Nalaga fra sit ophold i Grønland 1925. 
+Kerteminde Højskole åbnede november 1908. Herunder tre villaer med en fiskeriafdeling. I 1952 oprettedes Husflidshøjskolen i Kerteminde, hvor man satsede både på husflidsfagskole og på en egentlig højskoleafdeling. Fra 1962 blev der arbejdet hen mod et toårigt håndarbejdsseminarium, der fra 1980 blev sideordnet med husflidshøjskolen. Fra 1988 ændredes navnene på de to afdelinger af Den danske Husflidshøjskole til Seminariet for Hverdagskunst samt Højskolen for hverdagskunst - senere mellem 1997-2002 ændredes skolens navn til ”Kerteminde Højskole. Skolen for kunst, håndværk og design”. Seminariet blev udskilt i 2002, og højskolen gik konkurs i 2005. (Kilde: Højskolehistorie.dk).
+Johannes Larsen arrangerede i 1935 i Kunstforeningen en retrospektiv udstilling med hustruen Alhed Larsens malerier.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Elise Hansen sende Andreas/Lysse 300 kr.
+Den følgende dag skal en flok mennesker fejre 25årsdagen for Faaborg Museums stiftelse med middag hos Fritz Syberg. 
+Det er besværligt med valutaoverførsler, men Larsen håber, at pengene kan gøre, at Andreas og Elena beholder kvierne. 
+Puf og Elses lille pige er sød.
+Larsen skal lave udstilling af Alheds billeder i Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Fqb</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Febr. 1935.
+Kære Lysse og Bimse!
+Jeg har lige skreven til Elise og bedt hende lade 300 Kr. gaa videre til Jer, men faar nu af Baronen at vide at hun kommer her i Morgen og skal bo hos os i Anledning af en Middag som Baronen giver paa 25 Aarsdagen for den Middag, da Mads Rasmussen startede Faaborg Museum. Der kommer foruden Elise og os her, Skriveswane, Holger og Gerda og Karl Knippel. I Dag har vi Einar Mikkelsen og Kone og Svend til Frokost. E.M. skal holde Foredrag paa Højskolen i Aften. Men tilbage til Elise og Forsendelsen, den sender jeg altsaa ikke af, men giver hende den i Morgen, hvor ved det altsaa varer en Dag eller 2 mere, inden i faar dem. Det er et Fandens Besvær med de Valutabestemmelser, med Erklæringen paa Tro og Love og Vittiglighedsvidner paa Underskrift o.s.v. Jeg haaber nu at i undgaar at skille Jer af med Kvierne. Her er Storm og Regn hver Dag, der staar blankt Vand nede omkring Flagstangen, det har jeg ikke set i flere Aar. I kan tro Pufs og Elses lille Pige er vældig sød. Jeg skal have en Udstilling i Kunstforeningen af Alheds Billeder fra første Marts eller deromkring. Mange Hilsner ogsaa fra Puf og Else, 
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1935-07-21</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane
+Anna Louise Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil komme på besøg den følgende dag.
+Faaborg Museums 25års jubilæum skulle have været holdt 20. juni, men det er udsat, da Swane er i Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6vQf</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21-7-35
+Kære Johannes V. og Else.
+Dersom I vil have mig kommer jeg en Tur op til Jer (en Gang i Morgen Onsdag) og bliver hos Jer en Nat eller to.
+Der har været saa meget i Vejen med at komme væk herfra nu netop i Ferien. Først var det Faaborg Museets 25 Aars Jubilæum som jeg havde lovet at komme til den 20 Juni. Nu faar jeg Afbud at det maa skydes ud da Swane er i Paris, og det bliver ikke før først i August eller maaske senere. Min egen Fødselsdag har jeg lovet Børnene at være hjemme (det er paa Søndag) Men nu kommer jeg altsaa paa et Besøg til Jer, da jeg ellers er bange for at det slet ikke bliver til noget i Aar heller, saa faar vi se hvordan det gaar senere. Altsaa I ser Rabbe Trylle og mig en Gang i Morgen. R. og T. fortsætter til Kjøbenhavn og kommer igen og afhenter mig enten Fredag eller Lørdag. 
+Jeg haaber I har det godt. Her er alt vel. D.v.s. gammel bliver man jo.
+Ha’et nu godt og paa Gensyn
+Eders hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1937-11-21</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ejnar Munksgaard
+Gustav Petersen
+Carl Petersen, kunsthandler
+Gudrun Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte bog må være Poul Uttenreitter: Fritz Syberg, udgivet af Kunstforeningen, København 1935. Heri findes gengivet Fritz Sybergs selvportræt, 1916, s. 149, og på s. 115 samt 95 er der malerier af bølgende rugmarker. 
+Så vidt vides udkom der ikke en engelsk udgave af bogen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 210, Lb. 2, 1286</t>
+  </si>
+  <si>
+    <t>Et billede skal klæbes op på træplade. 
+Fritz Syberg og Johanne/Besse har vist Gustav og Carl Petersen 15 billeder, som de overvejede at sælge, men kunsthandlerne fandt prisen for høj. Syberg vil også helst beholde dem. De to kunsthandlere kommer nok hjem til Hans og ser på et par malerier. 
+Syberg sender Hans den nye bog. Visse af gengivelserne i den er udmærkede, andre ikke. De fotografier, som Hans tog til bogen, nåede ikke at komme med, men de kan bruges i den engelske udgave. Munksgaard siger, at denne er på vej.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9t6e</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21-11-37
+Kære Hans
+Ja nu er det ordnet saaledes at vi faar Billedet der skal klæbes paa Træplade ["der skal klæbes paa Træplade" indsat over linjen] sendt her til Pilegaarden. Du skal senere faa Maalene paa Størrelsen af Træpladerne og saa ordner vi det en Dag i Julen ["og saa ordner vi det en Dag i Julen" indsat over linjen]. Der blev ingen Handel af denne Gang. Vi havde - Besse og jeg - taget 11 mindre og 4 lidt større Billeder ud som jeg ikke vilde arbejde mere paa fordi Aarstiden var for fremskreden og dem viste vi, eller rettere ["vi, eller rettere" overstreget] Besse saa til G. &amp;amp; CP. De var Liebhavere til hele Butikken, men Besses Priser vilde de ikke akseptere. De bød 14.000 Kr. for dem Besse forlangte 28,000 Kr. (Selv havde jeg vurderet dem til 19,000, - 2,000 pr. Stk af de større, 1,000 pr. Stk af de smaa) Men da jeg helst vil beholde dem allesammen, saa jeg ikke skiller mig af med nogen inden Dampen er gaaet af mig overfor dette Stof, er jeg meget glad ved at Sagen er stillet i Bero. Desuden kommer vi saa ind i et nyt Skatteaar. De Billeder Jeg har staaende hos Dig: Gudrun ved Hækken, de to Plantagebilleder samt Søndermarksbilledet, talte de om og er Liebhavere til, og de kommer ogsaa nok en Dag. Men de vil selvfølgelig have Prisen ned. Hermed følger et Eksemplar af Bogen. Nogen af Gengivelserne synes jeg er udmærkede f. Eks. Selvportrætet Bygmarken der bølger, enkelte er mislykket f. Eks Besses Kornbillede. Som Helhed ser Bogen jo godt ud og vækker megen Beundring, selv om man nu bagefter kan se en [et overstreget ord] Del ["Del" indsat over linjen] Fejlgreb ved Udvalget af Billeder ["ved Udvalget af Billeder" indsat over linjen] der kunde være undgaaet dersom jeg selv havde været med til supplere Stoffet. De sidste Fotografier, de Du lod tage, kom ikke med fordi det var for sent, men kan eventuelt blive benyttet til den engelske Udgave. Munksgaard (med Familie) var her i Besøg forleden og fortalte mig at den engelske Udgave var under Forberedelse. Hils Ulla og Børnene
+Mange Hilsener fra Far</t>
+  </si>
+  <si>
+    <t>1938-11-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>- Gedde
+Adolph Larsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Holger Rasmussen
+Ove Smed
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
+Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
+Han har sejler Romsø rundt med et par venner.
+Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
+Odderne har det godt og er store.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yQnT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Nov. 1938
+Kære Lysse og Bimse!
+Tusind Tak for sidst! Det har trukket noget længe ud inden jeg faar skrevet. Jeg havde tænkt at skrive saa I kunde have det til Jens´s Fødselsdag, men Datoerne blev væk for mig indtil jeg kom i Tanker Dagen ved Middagsbordet hos Holger Rasmussens hvor vi saa drak hans Skaal. Vi var der til Museumsmøde; tog Leo Swane paa ved en Formiddagsfærge og kørte til Faaborg til Frokost, saa Møde i Museet og derefter Middg. Satte Swane af ved Grand i Odense og kørte hjem. Næste Dag gav Swane Frokost paa Grand og kørte med her hjem efter et Museumsbesøg. Han rejste næste Mrg. I Gaar var jeg en Tur ude paa Bugten med Christiansen og Ove Smed ved Roret. Det var et henrivende Vejr, Stille og mildt, vi spiste Frokost i Baaden ved Stenkastet og sejlede Romsø rund og skød et Par Sortænder og 6 Ederfugle. Puf og jeg kører til Fiilsø i Mrg. men vi bliver der kun et Par Dage, jeg vil gerne en Tur ud til Tipperne og se paa Fuglelivet. Odderne trives godt og er saa vidt jeg kan se større end baade Jokum og den sidste var paa denne Aarstid. I Forgaars kom Gedde med en Ederfugl gl. ♂. Jeg har faaet et Par Graaænder af Agraren da alle mine er bleven skudt i Sommer. Vi har det godt alle sammen. Hilsen fra os alle.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1944-02-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Thora Cohn
+Antonin Dvorak
+Karl Isakson
+Jens Larsen
+Jeppe Larsen
 Johannes Larsen
-Viggo Madsen
-[...188 lines deleted...]
-F a a b o r g.
-------------------------------
-Herved indvarsles til Møde i Faaborg Museum,
-[...13 lines deleted...]
-F a a b o r g.
-------------------------------
-Herved indvarsles til Møde i Faaborg Museum,
-[...131 lines deleted...]
-Temperancehotellet. her.
-------------------------------
-Herved indvarsles til Møde i Faaborg Museum,
-[...213 lines deleted...]
-Du sørger nok for, at Afdragene bliver afskrevet paa Obligationerne.
--- Hvordan gik det med Festlighederne for det nye Ministerium. Det er dog for moderat. Lige for J.C. til at vælte, naar Tiden kommer. Falder der med Tiden en lille Etatsraadstitel af? Ministeriet bliver ellers nok siddende i lang Tid - hvis som sagt J.C. vil det.
-Der var 1000 Mennesker ned at bese dit Museum i Søndags. Faaborg ville være utaknemlig, hvis den ikke paaskønnede dig. Det maa da gavne Byen!
-[...265 lines deleted...]
-Herr Kunstmaler Johs Larsen,
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Gerda Rasmussen
+Holger Rasmussen
+Bendt Rom
+Leo Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Når Andreas Larsen staver ordet "af" som "av" hænger det sammen med hans venskab med kunstneren Sven Havsteen-Mikkelsen. Denne begrundede denne stavemåde, som han holdt hårdt fast i med nogle uklare ideer om det oprindeligt nordiske. 
+I 1944 købte Ny Carlsbergfondet en del af Johannes Larsens kunstsamling og deriblandt fem ud af seks malerier udført af Karl Isakson.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver nye træsnit til Lille Mis.
+Andreas/Puf Larsen har lappet huller i væggene i dagligstuen, og herefter skal der smøres zinoberrød kalkfarve på, så det danner en slags lasering.
+Tirsdag skal Andreas Larsen m.fl. til Faaborg. Børnene bliver passet hos deres mormor og morfar. Johannes Larsen skal til museumsmøde.
+Klaveret er blevet stillet ind i dagligstuen. Isaksons billeder er blevet deponeret. 
+Bendt Rom har givet familien nogle Dvorsk-plader.
+Andreas Larsen læser Mother Goose for børnene. Det har ikke været skiføre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EFiY</t>
+  </si>
+  <si>
+    <t>18 Februar 44.
+Kære Lysse.
+Nu er det nok tiden at gratulere Dig til den 27. Tillykke! Jeg håber dette finder Jer alle raske og ved godt mod. Det går måske lidt småt for tiden med Europas rekreation, men det går da og farten tager vel til en skønne dag. Her har vi det alle godt. Far er ved at skære nogle nye træstokke til en ny udgave av den lille mis. Vi sidder i disse dage inde i Havestuen, vi er ved at få væggene ordnet lidt i Dagligstuen. Det har været lidt vanskeligt at finde en farve som passede til zinoberen på væggene, men nu er det lykkedes helt godt. Jeg har i nogle dage gået og lappet de huller, som billederne havde slidt og når lapperne er tørret, skal den nye farve smøres på i kalk, så det nærmest bliver en slags lazering, så den underliggende farve gør sig gældende gennem det nye tynde lag.
+På tirsdag skal vi til Fåborg til Holger Rasmussens; Skriveswane kommer også. Vi glæder os til at se dem, det er jo ikke så tit vi kommer nogen steder nu. Der skal være museumsmøde; det er jo sådan en anledning der skal til, ellers vover man sig jo nødig ud på sådan en jernbanerejse, som vare en hel dag i disse tider. Børnene skal med til Odense, hvor de skal være hos deres bedsteforældre mens vi er i Fåborg. Vi har fået klaveret ind i dagligstuen det skal stå på den væg hvor den lille sofa stod med Isaksons billeder over (de er deponerede). Ved siden av klaveret inde i hjørnet har vi fået en stikkontakt anbragt, så vi kan stille grammofonen (elektrisk) og radioen der, så vi får al "støjen" samlet på et sted. Bendt Rom har sendt os et langt musikstykke 
+2.
+av Dvorak på 5 store plader; det glæder vi os til at høre; det tager vist ca 50 min. at spille det igennem, så det er jo en hel koncert. 
+Jeg er begyndt at læse børnene nogle remser fra den gamle "Mother Goose", vi havde som børn. Det morer dem og de lærer jo lidt Engelsk ved det. Jeg skal hilse Dig mange gange fra Eric Bøttern, han kom nu og sad lidt og fik en Hof sammen med Far. Det har været dårligt med skiføret her på pladsen iår. Børnene gik lidt på græsset i et par dage da der lå et tyndt lag. De sled vallan (eller hvad det er I kalder det) av hurtigere end jeg kunde lægge den på, men det er jo en god morskab for dem.
+Nu vil jeg slutte med at ønske Dig en god fødselsdag
+fra Else og Puf.
+Far skriver imorgen.
+Afs: Andreas Larsen
+Brygger
 Kerteminde</t>
-  </si>
-[...913 lines deleted...]
-Gengivet i EP: JL s. 65</t>
   </si>
   <si>
     <t>1944-02-21</t>
   </si>
   <si>
     <t>B. Bach
 Andreas Larsen
 Elena Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 - Salle
 Christine Swane
 Lars Swane
 Leo Swane</t>
   </si>
   <si>
     <t>Johannes Larsens træsnit var til Christen Kold: Historien om lille Mis (bogudgaven med træsnit).</t>
   </si>
   <si>
     <t>Johannes Larsen skærer træsnit til bogen om Lille Mis. Han har ikke meget arbejdsro. 
 Christine Swane har solgt for 5000 kr. på Grønningen og Lars Swane for 1000 hos Bach. 
 Det har været koldt.
 På Wedellsborg æder to kongeørne en hare hver om dagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iO01</t>
   </si>
   <si>
     <t>Kjerteminde. Fastelavns Mandag 1944.
 Kære Lysse!
 Dette her skulde være et Fødselsdagsbrev. Til Lykke! Men det er vel tvivlsomt om det naar frem i rette Tid. Jeg har siden Jul beskæftiget mig med at snitte Træsnit. Jeg snitter en ny Udgave af den lille Mis, og er foreløbig i Gang med at snitte den Fjerde, det kniber med at faa Arbejdsfred, saa skal jeg lave en Aquarel paa Bestilling, saa et Oljebillede, i Lørdags var vi til Frokost hos Salle i Odense, bedt 14 Dage i Forvejen og i Morgen skal vi til Museumsmøde i Faaborg sammen med Skriveswane, der ryger 2 Dage til mindst. Jeg har lige haft Brev fra Uglen, hun har paa Grønningen solgt for 5000 Kr Netto og Lasse der for Tiden udstiller hos Back har allerede solgt for 1000 og har 14 Dage endnu. Vi har i de sidste 14 Dage haft omkring en Grad Frost og Graavejr, men i Dag skinner Solen igen efter at det i Nat har frosset ca 4⁰, det er den længste Kuldeperiode, vi har haft i Vinter. Klaks fortæller at de har 2 Kongeørne paa Wedellsborg i Vinter der æder hver en Hare om Dagen. Nu kan jeg ikke finde paa mere og desuden skal jeg have skrevet et Forretningsbrev og det er snart Posttid. Glædelig Fødselsdag og mange Hilsner til Jer allesammen ogsaa fra Else og Puf.
 Din Far. 
 Johannes Larsen
 Kjerteminde
 Danmark.</t>
   </si>
   <si>
-    <t>1914-03-18</t>
-[...525 lines deleted...]
-Det er ikke noget Sludder det med Brevene, der gik virkelig en Dag hvor jeg ingen Brev fik og det næste kom først om Eftermiddagen, men der er vist ingen gaaet tabt for jeg ser af Poststemplet at det har været i Faaborg. I Dag har jeg malet paa Guldregnen og Aftenbilledet det første gaar det stadig godt med og det sidste begynder saa smaat at komme i Gang, men jeg tør ikke rejse fra dem for det første igen saa jeg kommer ikke paa Søndag. Marie kom heldigt hjem, hun traf Rasmus Petersens i Odense og de 2 kom kørende med Købmand Hansen i Landauer. Det var Skidt med den Barnevogn nu havde jeg vænnet mig til den, men den anden kan vel ogsaa være meget god, jeg har ikke set den i Kataloget endnu. Nu maa jeg holde op da Fader er ved at gaa i Seng. Mange Hilsner fra Marie og Moder. Jeg synes der var noget mere men nu kan jeg ikke komme paa det de forstyrrer mig. Kærlige Hilsner til Dig og til Jeppe.
+    <t>1944-03-07</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Bjørn Birk-Ramming
+Holger Lund, Christa Knuths bror
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Herregården Hvedholm ligger ved Faaborg. 
+Holstenshus er en af landets yngste herregårdsbygninger opført i 1908. Den er beliggende i Diernæs Sogn, Sallinge Herred. (Wikipedia marts 2024). 
+Det er formodentlig illustrationer til Kold: Historien om lille Mis, som Johannes Larsen snittede træsnitsillustrationer til.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum har fået revner i muren efter et bombenedslag i nærheden, og Johannes Larsen har sammen med Leo Swane fundet opbevaringssteder til nogle af museets billeder. I øvrigt snitter Johannes Larsen træsnit, og han har fået en bestilling fra Christa Knuths bror.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A0QC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde 
+Chr. Knuth
+Knutherborg
+Bandholm.
+[I brevet:]
+Kjerteminde 7. Marts 1944.
+Kære Grevinde!
+Jeg er nu oppe igen og befinder mig helt vel efter at have tilbragt en Uge i Sengen. Jeg blev kaldt ned til Faaborg sammen med Leo Swane for at se paa nogle Revner i Museet foraarsaget ved at nogle Bomber var eksploderet i Nærheden. Der var ogsaa faldet en amerikansk og en tysk Flyvemaskine ned i Nærheden. Vi kørte rundt og saa paa nogle Rum til at fordele nogle Billeder i. Paa Hvedholm Holstenshus og hos en Kaptain Ramming. Da jeg kom hjem snittede jeg et Par Dage, men gik saa i Seng. Jeg har nu snittet 4 og skal til at begynde paa N_o_ 5. Jeg har faaet en Bestilling af Din Broder men det har Du vel hørt. Han skrev at han havde talt med Dig. Nu faar Du ikke mere da Pigen skal ned med Breve. Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1924-11-20</t>
-[...20 lines deleted...]
-Janna  Nielsen
+    <t>1944-11-17</t>
+  </si>
+  <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes Larsen
 Kai Nielsen
-Fritz Syberg
-[...34 lines deleted...]
-Alhed Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Noten var indlagt i et læg med breve vedrørende kuppelsalen.
+De indlagte breve var 
+1. brev fra Carl Petersen til Johannes Larsen af 19. maj 1914 og
+2. brev fra Carl Petersen til Mads Rasmussen af 27. april 1914
+3. brev fra Mads Rasmussen til Carl Petersen af 4. maj 1914</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen har med Johannes Larsens hjælp lavet en lille fortegnelse over diverse arbejder, der har været overvejet i forbindelse med en udsmykning af Kuppelsalen i Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZuEQ</t>
+  </si>
+  <si>
+    <t>Vedrørende "en påtænkt, men desværre opgivet dekoration af væggene i Kuppelsalen" i Faaborg Museum, noteret af Holger M. Rasmussen 17/11 1944, meddelt ham af Johannes Larsen.
+Johs Larsen s [xxxx] gaar tilbage til 1896-97
+[overstreget: En samling Breve vedrørende]
+Ophængningen i det nybyggede Faaborg Museum,
+Og vedrørende en paatænkt, men desværre atter opgivet Dekoration af Væggene i Kuppelsalen. 
+Altsammen sendt fra Johannes Larsen.
+Forabejder findes af
+Peter Hansen: 1. Akvarel i Kobberstiksamlingen 2. A tilhører Holger M. Rasmussen (Scener fra Italien: Studepløjning, Mor med Barn, Hyrde og Pige i Olivenlund ved Pestum (?) Frugt og "Konserves" samles til Noas Ark, der bygges i Baggrunden.)
+Kai Nielsen: 1 Oliemaleri tilhører Harriet Schaldemose (flere findes). Billeder forestiller : "Dellings Porte oplukker" 
+Johannes Larsen: 2 Akvareller tilhørende Holger M. Rasmussen, forestiller Fru Alhed Larsen badende i Aaen ved Gjelskov. Ideen senere anvendt i Litografi ( h.M.R. Nr. 29) og Træsnit (H.M.R. Nr. 161, 161 med Pigen, der bader i Havet. Til sidst anvendt i Odense Raadhus. Se Digte af Valdemar Rørdam og Johs. V. Jensen.
+Fritz Syberg: Skabelsen, et Hæfte (Motiver til Adam og Eva)
+Andre Forabejder kender jeg ikke.
+Faaborg 17.11.1944 Holger M. Rasmussen</t>
+  </si>
+  <si>
+    <t>1948-01-21</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Eric Struckmann
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Torbenfeldt var i 1948 ejet af Christian Frederik Treschow (se denne i personregisteret). Han og Ellen, f. Lehn Schiøler blev gift i 1923. Hun var datter af Ejler Lehn Schiøler, som arrangerede fugleekspeditionen til Grønland 1925, hvor Larsen deltog. Frederik Treschows far, Christian Rosenkilde Treschow, ejede Orelund. 
+Udover en hyldestudstilling i Odense i forbindelse med Larsens 80årsdagblev der i 1948 afholdt endnu en i København. Eftersom Johannes Larsen holdt møde med Leo Swane og Eric Struckmann på Kunstmuseet (Statens Museum for Kunst), må man antage, at udstillingen fandt sted dér.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har væretr rundt og hente billeder til udstillingen i København. Larsen har også været til sølvbryllup på Torbenfeldt og til frokost på Orelund samt til møde på Kunstmuseet. Udstillingen kommer til at omfatte billeder fra både Fyn og Jylland. Larsen vil tage til København og se den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/edjy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth 
+Knuthenborg 
+Bandholm 
+[På kuvertens bagside:]
 Johannes Larsen
-Janna  Nielsen
-[...35 lines deleted...]
-Tak for Dine Breve i Gaar Eftermiddag og nu til Formiddag, Du ved ikke hvor glad jeg bliver ved dem. Jeg kom sent op i Dag og var ude i Marken og ride rundt paa Bolm til Fordel for Peter, han laver nemlig noget med en Centaur, det er Plakater men det er maaske en Hemmelighed. Det var ellers rart at faa lidt Varme i Kroppen og jeg malede saa rart oven paa Turen. Nu efter Middag har jeg været henne hos Kragh og faaet 50 Kr. og været ude omkring i Byen og betalt min Gæld. Peter er ved at forgylde Rammen til Roserne og jeg har nu faaet Listerne til Chr. Andersens Ramme, jeg tænker at Du kan faa det at se i Rammen medens Du er her. Vil Du bare lade være at skrive saadan noget Sludder om at Du skulde forstyrre mig og lade være at komme af den Grund, jeg tror Du er gal. Det er aldeles nødvendigt at Du kommer, der er ikke mere end 8 Dage til nu, jeg henter Dig i Ullerslev paa Lørdag, ikke sandt. Du maa ikke blive ked af at der ikke er mere denne Gang, jeg er bleven forsinket af at rende i Byen og Kl. er nu 2 og jeg maa ned til mit Arbejde. Kan Du se at jeg lader mig ikke forstyrre. Mange kærlige Hilsner til min egen Kæreste fra Din
+Kjerteminde
+[I brevet:]
+Kjerteminde 21 Jan. 1948.
+Kære Grevinde.
+Jeg lovede vist at skrive i Gaar, men efter at have baaren ud og pakket Billeder der her og tre andre Steder i Byen maatte jeg køre med Flyttemanden til Rynkeby og derfra til Odense hvor vi skulde have Billeder fra Museet og 7 andre Steder. Ved Museet traf jeg Puf og Else der havde hentet Billeder i Assens og Faaborg og da jeg havde været med et Par Steder til overlod jeg Resten til Puf og Flyttemanden og gik hen til Elses Forældre. Vi kom først hjem ved 11 Tiden. Alle Vegne hvor vi kom fik den Besked at de havde Brev fra Struckmann at Billederne vilde blive hentede Onsdag, saa det var et Svineheld at vi fik dem alle. Og saa maatte jeg oven i Købet ringe rundt for at faa oplyst hvem der ejede 2 af de Billeder vi skulde have fat i. Det lykkedes og vi fik ogsaa Lov at laane dem. Det var et forfærdeligt Slæb og jeg var lige kommen hjem Mandag Aften efter at have været til Sølvbryllup paa Torbenfeldt til Kl. 2½ Mandag Morgen og til Frokost paa Orelund Mandag Middag. Dette Brev begynder altsaa bag fra. Jeg kom til Kjøbenhavn Torsdag Aften. Var til Møde i Kunstmuseet Fredag Morgen med Swane og Struckmann angaaende Udstillingen og de Billeder der skulde samles, det varede til 12½ saa spiste vi Frokost i Glaciecafeen og saa tilbage igen til Museet. Lørdag var jeg til Frokost hos Johannes V. og Søndag rejste jeg altsaa til Torbenfeldt o.s.v. Nu sidder jeg her og skriver mens Puf og Else er i Biografen. Jeg havde ellers tænkt at den Udstilling skulde have bestaaet af Billeder fra Sjælland, men blev nedstemt, der kommer baade fra Fyn og Jylland. Den aabner den 31 ds. og var til 23 Februar og jeg tænker at jeg rejser over og ser den en Uges Tid hen i Februar. Jeg skulde have malet et Par Billeder jeg fik Bestilling paa i Jylland det ene til en Fødselsdag 24/1, men det naar jeg altsaa ikke. Mange Hilsner 
+Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1921-12-23</t>
-[...5 lines deleted...]
-    <t>Alhed Larsen
+    <t>1949-02-25</t>
+  </si>
+  <si>
+    <t>- Krog, dyrehandler
 Andreas Larsen
-Johan Larsen
+Johannes Madsen
+Jens  Meulengracht
 Holger Rasmussen
-- Schou, frk.</t>
-[...19 lines deleted...]
-Johannes Larsen.</t>
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Sidensvans er svensk for silkehale</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet ex libris til Johan/Lysse. Han er næsten færdig med billedet til kongeskibet. Professor Meulengracht mente, at der skulle en foreløbig ramme på, så Larsen hører om Madsen har en. 
+Johannes Larsen har holdt Faaborg Museumsmøde med god mad. Han har bestilt fugle hos en dyrehandler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8MnK</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Febr. 1949.
+Kære Lysse!
+Til Lykke med Fødselsdagen. Puf fik for en Tid siden den Ide, at jeg skulde lave Dig et Ex libris, og her ser Du Resultatet. Vi har ladet lave 1000 Eksplr. Resten og Originaltegninger der er dobbelt saa stor (lineært) kommer senere, naar vi faar Tegningerne fra Trykkeriet. Jeg er nu ved at være færdig med Billedet til ”Dannebrog” og skal have det sendt af Sted en af Dagene. Det forstiller en Flok Ederfugle flyvende forbi Baaden paa Hatterrevet der er rød og hvid i Solskin. Jeg havde Brev fra Professor Meulengracht i Gaar han mente at der maaske skulde en foreløbig Ramme om, og jeg skal nu ned til Madsen og se om han har noget brugeligt. Vi havde Museumsmøde (Faaborgmuseum) her i Forgaars med Skriveswane og Holger M Rasmussen og Familie vi fik Østers og Pufs Øl og Oksefilé og Dessert og Kaffe med Hverringe Cognacen, og Whisky og Soda ovenpaa. Jeg har lige været ude og sælge en Hane for 15 Kr. Der er dog nogle der holder Landhøns endnu. Det stormer i disse Dage i Gaar var det Bygevejr men i Dag har det været tørt hele Dagen. 
+Jeg havde Brev fra Dyrehandler Krog i Gaar. Han har faaet de 4 nye Gæs. Og jeg skriver nu til ham efter nogle Korsnæb Sidensvanser og Graasiskener. Mange kærlige Hilsener til Jer allesammen
+fra Din Far.</t>
+  </si>
+  <si>
+    <t>1950-08-10</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Oskar Bondo Svane
+Elisabeth Knuth
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Aage Marcus har hentet de tekster, som Johannes Larsen har skrevet. Larsen skal til museumsmøde i Faaborg og dagen efter til Båxhult. 
+Bondo Svane har sendt et avisudklip med et foto.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/p1L7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 10 August 1950.
+Kære Grevinde
+Nu har Aage Marcus været her og er draget af med det jeg har skrevet, og Dagen efter lavede jeg et Kort over Kjerteminde og sendte ham. Lørdag og Søndag skal jeg til Museumsmøde i Faaborg. Lysse ringede i Dag og tilbød at hente mig i Korsør, eventuelt komme helt her over. Vi aftalte at jeg skulde skrive eller telefonere naar jeg havde været i Faaborg Antagelig bliver det en Dag i Løbet af næste Uge at jeg kommer til Båxhult. Jeg kan ikke huske hvad Dag det var at Du og Elisabeth skulde rejse til Stockholm. Maaske er i allerede rejst og dette kommer for sent. Ellers staar alt vel til her. Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.
+P.S. Jeg fik i Dag et Brev fra H.R.S Bondo Swane med et Udklip fra en jysk Avis med et Billede af ham og mig fra Turen til Nakskov Inderfjord.</t>
   </si>
   <si>
     <t>1951-07-26</t>
   </si>
   <si>
     <t>Adam Knuth
 Elisabeth Knuth
 Jeppe Larsen
 Hans Christian Mortensen
 Ambrosius Stub</t>
   </si>
   <si>
     <t>Holger Rasmussen, Faaborg Museum, arbejdede på en udgivelse af Ambrosius Stubs digte, og Johannes Larsen skulle lave vignetter til den. Ifølge Bibliotek.dk blev bogen ikke realiseret.
 Johannes Larsen skrev også om mindetavlen over Hans Christian Mortensen i et brev til sønnen Johan/Lysse Larsen samme dag som det her indsatte.</t>
   </si>
   <si>
     <t>Johannes Larsen har været i vandet. Han mangler et timeglas at tegne efter til vignetterne til Ambrosius Stub-bogen. Larsen skal lave mindetavle over Hans Christian Mortensen.
 Jeppe Larsen har nydt sin tur til England.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MJc4</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej 
 Maribo.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 26 Juli 1951.
 Kære Grevinde.
 Tak for Brevet i Gaar. Nu har vi da endelig faaet Sommer. Jeg har været i Vandet i Dag. For tredje Gang i Aar, og sidder i Skjorteærmer og skriver. Jeg er nemlig gaaet i Staa med Vignetterne til Ambrosius paa Grund af manglende Modeller, bl.a. skal jeg tegne et Timeglas, og det findes ikke paa Museerne i Odense eller her i Faaborg, men en af Dagene skal jeg til Kjøbenhavn for at lave noget paa en Mindeplade for afdøde H. Chr. Mortensen i Viborg, saa forhaabentlig kan jeg opdrive et der inde. Jeppe er ogsaa kommen hjem fra England og har i høj Grad nydt Turen. Mange Hilsener ogsaa til Adam og Elisabeth
 Din hengivne 
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1898-03-06</t>
-[...8 lines deleted...]
-Adolph Larsen
+    <t>1915-1916</t>
+  </si>
+  <si>
+    <t>Edvard Weie
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Ellen Beck var</t>
+  </si>
+  <si>
+    <t>Elisabeth fortæller Peter Hansen, at hun har mødt Kristian Zahrtmann, og han har bedt hende lave en tegning af et af Peter Hansens billeder samt et lille lærred med to tulipaner. Fortæller i øvrigt hvad hun arbejder på af tegninger og malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xBVH</t>
+  </si>
+  <si>
+    <t>Kære Peter dette mageløse smukke stykke papir haabr jeg maa imponere dig, jeg har ligefrem maattet vaske mine Hænder for ikke at skitte det. 
+Det jeg ellers vil fortælle dig haaber jeg maa glæde dig, om en ikke saa meget som det glædede mig selv, saa noget hen imod. - Jeg var igaar ude paa den Fri for at tegne dit billede til Kunstforeningen da jeg traf Zahrtmann. Vi talte længe sammen om Kunst, jeres Kunst og min Kunst, der er nu ingen jeg føler mig saa fri over for som Zahrtmann. Han var mest glad ved dit billede fra Holte, der hvor Bimse staar op, ialt mange gode ord om det, og da jeg nu netop var ved at tegne, bad man mig gøre en Tegning efter det som jeg skulde faa 100 Kr. for.
+Jeg var jo en besvimelse nær, tænk 100 Kr. Nu vil jeg jo haabe du ikke har noget imod at jeg laver den Tegning af dit Billede, men det kan du vel næppe have.
+Naa! saa i Dag faar jeg brev fra Zahrtmann hvori han bestiller et lille lærred med 2 Tulipaner som han ogsaa vil give mig 100 Kr. for.
+Tænk at jeg skal male et billede til ham, det er jeg meget betaget af.
+Ikke at jeg tror han bryder sig om min kunst, men det at han vil støtte den, han som ellers ikke synes om Malerinder - det er mageløst. Og jeg er vældig glad ved disse 2 Opgaver og skal gaa i lag med dem med al det humør jeg ejer.
+Ellers har jeg saa travlt det er lige ved Charlottenborg indsendingstid jeg har anmeldt Ellen Beck, en pastel som jeg efterhaanden er bleven godt utilfreds med, trods det ihærdige arbejde der er lagt i det, jeg tror ikke jeg har noget som helst begreb om at gøre en Pastel, men nu skal den ind og saa vil jeg senere faa hende til at staa til et Oliebillede. Derefter har jeg nogle Hyacinter i et vindue, og en Opstilling af do. saa klemmer jeg som rasende paa et Selvportræt som har været en del forsinket af min Forkølelse; det er forresten ikke det du saa engang i Julen Nr 3 fra det, ja jeg laver meget Kluns før jeg før noget færdigt, men jeg har det bedste haab om dette ikke at det blir antaget men at det skal blive hvad Weie kalder et Billede.
+Det kniber ligefrem med at "???" I denne tid jeg rummer og interesserer mig egentlig kun for min maling, gider ikke spille Bridge, gider ikke gaa ud, men forfrisker mig med en del Koncerter; ja dette ved jeg nu nok du haaner mig for, men Musen er mig nu engang en medfødt fornøjelse, som jeg ikke taber trods drilleri. Naa vi have det alle godt - og Brevet er fra Sidse.</t>
+  </si>
+  <si>
+    <t>1916-17</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Tenna Frederiksen
+Viggo Johansen
+Elena Larsen
+Niels Larsen Stevns
+August Liebman
+Else Mowinkel
+Elisabeth Neckelmann
+Marie Neckelmann
+Emil Sachs</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens akiv</t>
+  </si>
+  <si>
+    <t>Elise glæder sig over, at Peter Hansens "forsøg" lykkes for ham. Fortæller i øvrigt om familiens hverdag og nævner en telefonsamtale med skuespiller August Liebman, der gerne vil købe et af PHs malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yVHo</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Per! Du har maaske i i din Opfinderrus slet ikke lagt Mærke til og bemærket, at jeg ikke har skrevet til dig; selv har jeg dog en ond Samvittighed. Jeg blev glad for det Par Ord, du sendte mig igaar jeg glæder mig over, at dine Forsøg lykkes for dig, og at du har saa megen Fornøjelse deraf. Jeg har jo ogsaa engang været genial, og det kom jeg ganske nemt til, og en gammel dreven Mathematiker som Kaptajnen kunde dog ikke selv regne den ud. Nu har jeg glemt det hele, det havde jo ingen Betydning for mig. Tak for sidst; jeg mindes Morgenkaffen med store Fornøjelse. Jeg har lavet Appelsinmarmelade og Ungerne siger, den smager akkurat, som den vi lavede i Pompej; her staar et Glas til dig, det tager jeg med naar jeg igen kommer over til dig.
+Olsen vilde gærne blive her i denne Maaned, saa nu maa jeg benytte Tiden og faa noget bestilt; jeg syr en Bluse til Boms, som jager sine spidse Albuer gennem alle sine Liv. Efter d 15de (Gittes Fødselsdag) ser jeg over til dig igen. Bare vi dog snart kunde faa ordentligt Vejr, dette her hower A et, min Gigt ej heller. Jeg har en Lidelsesfælde i Stevns. Han og Povl Simon er nogle sølle invalider med Hjertebanken. Først troede Lægen, at Christiansen havde Aareforkalkning, men nu mener han dog, at det er Nikotinforgiftning saa det maa han dog kunde helbredes for. Stevns bliver pakket ind i de mærkeligste Apparater og faar Massage, den kender jeg. Vi har spillet Bridge hos Skadhauges. Han fik 5 Stik i sin Solonolo det var godt, vi fik ham bremset i sine Noloer, han blev fuldstændig lammet. Der var ualmindelig hyggeligt derude; han var ikke saa nervøs som ellers, og han saa mærkværdig godt ud, der var mere Ro over ham; hun saa virkelig saa godt ud og var gladere end hun plejer.
+Emil Sachs havde været saa elskværdig at sende os Billeder til Koncerten i Forsamlingshuset sidste Søndag. Tenna Frederiksen sang Onegin. Viggo Johansens var der, de var kede af at jeg ikke var hjemme, de vilde vist have haft en Kop The heroppe efter Koncerten. Kylle og Sis var til Palækoncert, der gir en Pastoralsymfoni af Beethoven, og saa sendte de Olsen og hendes Søster paa vore Billetter. Men da de havde siddet der lidt gik de fornærmede bort, fordi Folk havde tysset paa dem, fordi de snakkede, mens der blev spillet. Det var nogle nette Høns at sende til Koncert. Hvor dog den Telefon er en mærkværdig indretning. Her sidder jeg i Aftes i min Stue og faar mig en hyggelige Passiar med ----Skuespiller Libmann. Anledningen var, at han vilde gærne have det lille Foraarsbillede fra Brobyværk, men han havde daarlig Raad til at give 300 Kr for det; jeg lod ham faa det for 250, da han er saadan en pæn Mand, ellers er jeg jo ubønhørlig.
+Ungerne har det godt; de passer deres Sager til ug. Grete var hos Else Mowinkel i Gaar. Bams i Videnskaberne. Nu har du os vel i vor Færden. Sis har travlt til Udstilling. Frk Hansen har spillet hele Onegin igennem for mig, den er nu udmærket, jeg glæder mig til at høre den.
+Tanti Saluti, Caci, stretti da mons Elis</t>
+  </si>
+  <si>
+    <t>inden juni 1917</t>
+  </si>
+  <si>
+    <t>Hans Beck
+Richard Jensen
+Martha Johansen
+Viggo Johansen
+Harald Koch
+Marie Neckelmann
+Marie Schou
+Frederik Vilhelm Steinthal
+Fritz Syberg
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Elise beretter om familiens aktiviteter, blandt andet teaterbesøg og besøg på Charlottenborg. Grønningen har hun ikke været i endnu. Der sælges ikke noget; det gør der derimod på Charlottenborg og til høje priser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XjPj</t>
+  </si>
+  <si>
+    <t>Søndag
+Kære Per
+Tak for Brevet og for Ænderne. Det er godt skudt af dig. Nu skal vi delikatere os paa min Fødselsdag, thi jeg tror nok, at naar alle Chokolade-damerne er gaaet, saa er jeg mæt, og saa skal vi have lidt godt bag efter. Luise rejste i Gaar Aftes efter at have fartet om fra Morgen til lidt over Midnat, hun er stærk som en Bersærk. Vi spiste middag hos Sophus om Søndagen. I Onsdags var vi med hende i Teatret og saa en Søndag paa Amager, ret en fredelig Idyl, herefter Napoli, som jeg nu kan optræde i lige saa godt som Richardt Jensen især da han ikke er nær saa god som Hans Beck. Gitten morede sig fortræffeligt. Aftensbordet ventede os bagefter paa Dagmar, saa det var jo en rigtig hyggelig Aften.
+Jeg var med Toms paa Charlottenlund i Torsdags, det var saa fredeligt, der var næsten ingen Mennesker; i Gaar var der derimod fin Fernisering, som Luise gennem Tom havde faaet Billet til. Fru Johansen fik mig ind paa Charlottenborg, hvor Kylle og jeg havde det rigtig fornøjeligt, Viggo var saa elskværdig, skønt han beskyldte os for at have beholdt hans Bog af Steinthal, som jeg godt husker, vi laante engang i Pompei, men da jeg kan garantere for, at den ikke findes mellem vore Bøger, saa paastod jeg paa det bestemteste, at han havde faaet den igen. 
+Retsformand Kock var der ogsaa, han ligner rigtig Familien fornem, og elskværdig, smuk er han ogsaa. Jeg har saamænd ikke endnu været i Grønningen. Sidste Lørdag, da der var Fernisering havde jeg travlt med Gitte Balstads; hun saa yndig ud og morede sig straalende. Naturligvis kom Bilen ikke efter hende; Kan du huske, du bestilte den om Morgenen, da du rejste, Sis stak paa Cykle efter en, men det varede en halv Time før vi fik nogen. Marie og Baronen var glade for din Freske med Hans Madsen; jeg var sammen med dem hos Joh V's sidste Mandag.
+Der sælges ikke noget i Grønningen, derimod kolossalt paa Charlottenborg og sikke Priser, Wilhjelm og alle disse her kan faa. Jeg tror ikke, Tom har solgt, desværre! Jeg sendte Z Blomster fra os begge i Gaar. Jeg traf ham og Neiendam i Teateret forleden, han trykkede min Haand, idet han rullede forbi og sagde: Aah; det var dejligt", det var vist en Søndag paa Amager, han mente Bimse skal til Aalborg i Paasken, jeg tænker, at Gitten og jeg tager over til Faaborg, det bliver Onsdag 14 Dage. Ja, nu ved du saadan nogenledes, hvordan Ugen er gaaet. Davidsen ringer jævnligt. Den ene Dag fortalte han, at Billedet var blevet rigtig godt ordnet af Kleis. Dagen efter fik han skrupler over om det ikke var Cassein, men jeg forsikrede ham, at det var vaskeægte Oljefarve. Kan du sende den Skrivelse undertegnet tilbage til Spange; jeg synes vi skulde tage de 50 Flasker. Sophus skaffet os Sherry direkte Import.
+Mange kærlige hilsner fra os alle
+Din Elise</t>
+  </si>
+  <si>
+    <t>omkring 1916-1917</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Sine Hansen
 Alhed Larsen
-Georg Larsen
-Jeppe Andreas Larsen
 Johannes Larsen
-Marie Larsen
-[...220 lines deleted...]
-Ellen  Sawyer
+Viggo Madsen
 Karl Schou
 Marie Schou
-Hempel Syberg
-[...51 lines deleted...]
-- Carelli
+Segelcke
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fru Segelcke har hentet og betalt sine to billeder. Hun vil måske have flere, hvis der er nogle snebilleder. Toms (formodentlig Tom-Petersens), Mogensens Fru Brønsager og Frk. Birkholm har været på besøg, og det har Fritz og Marie Syberg også.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/m6bw</t>
+  </si>
+  <si>
+    <t>Kære Pap!
+Hermed sender jeg dig noget Marmelade til din Morgenkaffe; dersom nu Glasset er gaaet itu, maa du endelig ikke spise det, for Glasskaarenes Skyld, men jeg haaber, det holder.
+Fru Segelcke hentede i Gaar sine to Billeder og betalte de 1400 Kr., 1000 har jeg sat i Frbg Bank. Hun vil maaske have flere, hvis du har nogle Snebilleder det lader til at være hendes Speciale, hun er en løjerlig Kukker. 
+I torsdags var altsaa Toms, Mogensens, Fru Bronsager og Frk. Birkholm her; vi havde det rigtig rart, og det har længe tynget mig, at vi ikke har bøden Toms i vinter, det har vi nu gjort. Marie og Baronen var her i onsdags; jeg blev helt forbavset over at høre ham i Telefonen, han meldte deres Ankomst og saa havde vi en meget hyggelig Aften. Du skulle komme herover til Tante Sines Fødselsdag, det vilde hun blive glad for. 
+Du har vel ikke hørt fra Direktør Viggo Madsen. Han har gjort store Indkøb hos Karl Schou - der siges for 50,000, hos Las og hos Alhed, men Baronen har da ikke hørt fra ham.
+Børnene har været ude hos Skadhauge med Grethe. Nu skal han ud paa et Rekreationshjem i Espergærde. De raaber alle at jeg skal holde op, da Kl mangler 1/4 i 7.
+din hengivne 
+Elisa
+Lørdag</t>
+  </si>
+  <si>
+    <t>o. 1915</t>
+  </si>
+  <si>
+    <t>Hr. Jeppesen-Olsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rvLf</t>
+  </si>
+  <si>
+    <t>Hr Jeppesen-Olsen og Frue ønskes glædelig Jul og et godt Nytaar af 
+Deres
+Elise Peter Hansen</t>
+  </si>
+  <si>
+    <t>Ausa -
+Martin Arnbak
+Dorthea Birkholm
+Jens Birkholm
+Sine Hansen
+Theodor Oppermann
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Elise har sendt fotografierne til Oppermann og billedet til Grønningen er til indramning. Arnbak sender "søstrene", og hun ser helst, at Peter selv telefonerer efter "Grete og Katten". Ellers minder hun om tante Sines fødselsdag og fortæller om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Si41</t>
+  </si>
+  <si>
+    <t>Mandag
+Kære Per! 
+Jeg har nu sendt Fotografierne til Oppermann; dit og et af Birkholms. Billedet til Grønningen er til indramning; Arnbak sender "Søstrene" og hvis du kommer ser jeg helst at du selv telefonerer efter "Gete og Katten". Jeg ved som sagt ikke, naar Udstillingen aabner, da jeg ingen Anmeldelsesblanket har set, men i Aften skal jeg ud til Baronen, saa faar jeg det nok at vide. Husk Tante Sines Fødselsdag paa Onsdag, denne Gang tror hun nok, det bliver hendes sidste Fødselsdag. Vi holdt rigtig Søndag i Gaar; vi laa i Sengen og skiftedes til at blæse paa Mundharmonika: quando Rosa Torna da villages o.s.v. Saa spiste vi en Kostelet, ristet i Kakkelovnen i Citron og contorni til og saa en Risomelet med Æblekompot i Bunden. Vore Æbler er nu snart forbi, men de er gode endnu, og vi har rigtignok ikke skaanet dem; vi har altid kogte Æbler og en Kurv staaende, som de alle sammen gnasker af. Derefter Tur til Klampenborg, lang Fodtur i Dyrehaven. Der var dejligt. Landskabet mindende om dit Billede fra Holte, de graa Toner og lidt sne i Striber og Klatter hist og her. Men hvor er Solen, Marts sol som kan være saa straalende, hvor dette evige Graavejr i Længden er kedsommeligt. Vi trænger rigtigt til at have det hyggeligt inden Døre, alt det, som man i Italien aldrig savner. Om Aftenen var "Drengene" her, Frk Birkholm og Ausa, vi spillede Bridge og Nysgerrig-Hanrej og her var et farligt Spektakel. Luise komme paa Fredag, saa skal hun i Butikker og i Teatret; jeg har ikke bedt hende om at bo hos mig, hun har det mere bekvemt paa et Hotel, og har jo Raad til det, men der maa jo gøres noget mægtigt, det er jeg jo klar over. 
+Mange Hilsener
+Din
+Elis</t>
+  </si>
+  <si>
+    <t>Povl  Engelstoft</t>
+  </si>
+  <si>
+    <t>Elise Hansen
 Peter Hansen
-Alhed Larsen
-[...2 lines deleted...]
-Jeppe Andreas Larsen
 Johannes Larsen
-Vilhelm Larsen
-[...253 lines deleted...]
-Anna Syberg
+Lars Swane
+Sigurd  Swane
 Fritz Syberg</t>
   </si>
   <si>
-    <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
-[...182 lines deleted...]
-Og det giver jo en anden Mening, men jeg staar naturligvis ved, hvad hun har skrevet. Med Hensyn til Betalingen vilde jeg sætte Pris paa at faa de 4000 Kr. nu dersom det passer Dem, og derefter 3000 i 1911 og 3000 i 1912.
----
-Jeg har lige nu faaet deres Brev, det er jo igen noget helt [ordet overstreget] andet og saa er vi jo igen [ordet overstreget] lige nær. Her taler de om 2 ”Aquareller”, som jeg aldrig har tænkt at tilbyde Dem, og dersom min Kone har brugt det Ord, har hun naturligvis ment Fuglestudierne, da der aldrig [ordet overstreget] har været andet paa Tale [indsat over linjen: hvad der stem m Sybergs der heller ikke var nævnt andet] mellem os, imidlertid kan jeg ogsaa gaa med til det, nemlig at De faar 2 Aquareller og 50 Fuglestudier men skal jeg quittere 500 Kr. vil jeg have Lov at vælge 2 af Fuglestudierne for dem. Dette under Forudsætning af at jeg faar 10000 Kr. Bliver det 9000 Kr. vil jeg have Lov at tage 8 Fuglestudier fra det bliver naar vi regner 52 til 6000 Kr. en lidt højere Pris end De giver for Resten. Skønt jeg havde tænkt mig at sælge Studierne som de ligger i Mappen er jeg villig til at lade dem indramme hvis Handelen gaar i Orden. Jeg takker for Æren og Værdigheden som Medlem af Kommiteen og skal gøre mit bedste som saadan.
-[...808 lines deleted...]
-2. Rate af Købet 1913 " 6166.00
-------------------
-Kr. 10.366.00
-[...230 lines deleted...]
-Johannes Larsen.</t>
+    <t>Brevet er en kladde. Oplysningerne i brevet skulle formentlig bruges til 2. udgave af Dansk Biografisk Leksikon. Povl Engelstoft arbejdede med dette i perioden 1933-44. ( lex.dk)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8, lb 11.</t>
+  </si>
+  <si>
+    <t>Opremsning af hvilke billeder der findes, som forestiller Christine Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JX8F</t>
+  </si>
+  <si>
+    <t>Hr. Redaktør Poul Engelstoft.
+Desværre er [overstreget]
+Som Svar paa Deres Forespørgsel kan jeg meddele Dem at der. bl. andet eksisterer følgende Billeder forestillende mig:
+Tilhørende Statens Museum ”Moder med Barn” 1913 malt af Sigurd Swane
+- Lars Swane ”Portræt” 1910. - - Sigurd Swane
+- Sybergfamilien ”Portræt” ca 1905 - - Fritz Syberg 
+- Faaborg Museet ”Portræt” Akvarel 1901 - - Fritz Syberg
+- Kobberstiksamlingen ”Ved Væven” Tuschtegning Pennetegning [”Tuschtegning” overstreget; ”Pennetegning” indsat under linjen] 1884 [”1994” rettet med grøn kuglepen] – Johannes Larsen
+- Fru Elise Peter Hansen. ” Portræt” Akvarel ca 1884 [”1994”rettet med grøn kuglepen] – Peter Hansen
+Angaaende [overstreget] Jeg blev gift med S. Swane paa Kerteminde Raadhus 19 Novbr. 1910</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -13202,51 +13202,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0mWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Md1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t9sQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wfcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4xU8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Vg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bAkA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X2Mg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZMb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/irJq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GSuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gpF5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2AzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ld9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ekho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGMH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dipt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8wY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L1xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixhz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gn3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZAy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQj6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Wrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ydUy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cqkU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YT8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKqB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IK6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUBv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zozI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oOuq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TfnB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cSgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zx4Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vnMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K3bD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b2wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uH1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s03m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bazb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8VxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SRfJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IAh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iUlI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dzXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGD5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pewt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uk8J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NdYp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JU1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3QAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fqgA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gXG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qWlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FQyy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ZJw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L9Dp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/voxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sfx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ahXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0ioU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eUn8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xvzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JARx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1h6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioQE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlgw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lEgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPIW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0kw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0G6p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpR6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dj4m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JPJG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LHLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hswt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ufx2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gx2T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/72oL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9YB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YZGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1xQq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lv9N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQ70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3j4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bGES" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jPqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HjQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IWeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pvNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B5av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3qQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BRRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uZ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wYYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qwk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xSBT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6bw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rvLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdXU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x3A9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WqPZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlYz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8D3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOGV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V8F5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zWp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDyg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pFm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/009I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Npb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GwMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUOr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dSyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4By" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLnH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1rcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0lJC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QLA0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vCHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/neu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cox" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1os" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QYUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFwI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4BGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XFMI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JX8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FJgd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iO01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ajh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8o46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fEat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pEK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gydO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TXi3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXhM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k3YM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wNQA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3RU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Rvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VZB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fqgA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gXG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JKWb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X9Fv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FJgd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Or10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k3YM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pEK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TXi3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UkI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mA7g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qWlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1nn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M8wW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7e7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FQyy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ZJw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L9Dp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09Vc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrbC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/voxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sfx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ahXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MIkM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mTBu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ld9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ekho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cqkU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BlAK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nW9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnyk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGMH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Txbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGD5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DdVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EExj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Npb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zx4Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dipt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GbSV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bzae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Md1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UN8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6E4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tgTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHzK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CmFi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V8F5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nP67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b7iY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NLFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pFm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Vg2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZMb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wxw2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gn3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlYz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUOr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4uk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0ioU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bAkA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X2Mg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Leu2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xORE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GwMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uk8J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8D3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ohBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TNRX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/irJq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9nE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fEat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VSfK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8o46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jL9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eUn8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcjY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8wY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K3bD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t9sQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dzXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EC7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dSyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Rvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g46Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WqPZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rucI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4By" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3NU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LKOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bJ4Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O6A0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ei9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tVgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xvzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pewt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZAy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A9K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLnH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1rcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PAia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vnMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6VeS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L1xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zWp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NdYp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0lJC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NpFr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QLA0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JARx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1h6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b2wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdXU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x3A9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K52j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OkiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQj6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mucx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4BGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3b1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PVvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wfcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioQE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vCHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WDyg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqJl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YT8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/neu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wNQA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qQDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GSuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cox" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1os" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QYUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Wrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AleR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4UeJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFwI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ajh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ydUy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gpF5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixhz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VZB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3eYh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s3RU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4xU8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2AzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0mWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/54nl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOGV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MqBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A1IM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KUBv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kk5g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JU1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/009I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XFMI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZkBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dePW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uH1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s03m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlgw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lEgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SaL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ynWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPIW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bazb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4P6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0kw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0G6p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8VxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpR6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hrMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ih47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dj4m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oOuq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JPJG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LHLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TOsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6ix8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hswt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ufx2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gx2T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aEqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SRfJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TfnB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/72oL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9YB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/90HJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YZGC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cSgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1xQq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4fF6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lv9N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nQ70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IAh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IK6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3j4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bGES" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jPqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXhM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3QAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gydO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKqB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iUlI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HjQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IWeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pvNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B5av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3qQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pMUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BRRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uZ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wYYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zozI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qwk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xSBT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iO01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XjPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6bw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rvLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JX8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M527"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -13274,23646 +13274,23646 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1885</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="M2" s="5"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="5" t="n">
+        <v>1891</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="D3" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="E3" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="I3" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E3" s="5" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="n">
+        <v>1891</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
-[...47 lines deleted...]
-      </c>
     </row>
     <row r="5">
-      <c r="A5" s="5" t="s">
-        <v>41</v>
+      <c r="A5" s="5" t="n">
+        <v>1891</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>19</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-        <v>44</v>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="5" t="s">
-        <v>49</v>
+      <c r="A6" s="5" t="n">
+        <v>1891</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>19</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I6" s="5"/>
+        <v>35</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>36</v>
+      </c>
       <c r="J6" s="5" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>19</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>42</v>
-[...7 lines deleted...]
-        <v>27</v>
+        <v>19</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="5" t="s">
-        <v>69</v>
+      <c r="A9" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F9" s="5" t="s">
-        <v>27</v>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H9" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="5" t="s">
-        <v>74</v>
+      <c r="A10" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F10" s="5" t="s">
-        <v>27</v>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        <v>27</v>
+        <v>19</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="5" t="s">
-        <v>86</v>
+      <c r="A12" s="5" t="n">
+        <v>1893</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="5" t="s">
-        <v>93</v>
+      <c r="A13" s="5" t="n">
+        <v>1893</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H14" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G15" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>91</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>117</v>
+        <v>86</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>118</v>
+        <v>94</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>98</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>99</v>
+      </c>
       <c r="J17" s="5" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>129</v>
+        <v>101</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>136</v>
+        <v>106</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>140</v>
+        <v>86</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>142</v>
+        <v>111</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>143</v>
+        <v>112</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>144</v>
+        <v>113</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" s="5"/>
+      <c r="H20" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>115</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>145</v>
+        <v>86</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>148</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>149</v>
+        <v>119</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>125</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>126</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>131</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>132</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>164</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>64</v>
+        <v>136</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="I24" s="5"/>
+        <v>137</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>138</v>
+      </c>
       <c r="J24" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="I25" s="5"/>
+        <v>143</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>144</v>
+      </c>
       <c r="J25" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>174</v>
+        <v>148</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>165</v>
+        <v>81</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>149</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>150</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>165</v>
+        <v>81</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>156</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>157</v>
+      </c>
       <c r="J27" s="5" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>181</v>
+        <v>158</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>183</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>184</v>
+        <v>161</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>187</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>57</v>
+        <v>168</v>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>190</v>
+        <v>86</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>57</v>
+        <v>173</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>175</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>176</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>57</v>
+        <v>182</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>201</v>
+        <v>86</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H32" s="5" t="s">
+        <v>188</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="J32" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="K32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L32" s="6" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>194</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>195</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I34" s="5" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>222</v>
+        <v>64</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>95</v>
+        <v>221</v>
       </c>
       <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>243</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>42</v>
+        <v>226</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
-        <v>190</v>
+        <v>70</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>231</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>232</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>233</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>238</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>239</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>240</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>245</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>246</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>43</v>
+        <v>251</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>15</v>
-[...21 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>174</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>254</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>45</v>
+        <v>177</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H44" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>263</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>43</v>
+        <v>264</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>25</v>
-[...21 lines deleted...]
-      <c r="I45" s="5"/>
+        <v>174</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>267</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>45</v>
+        <v>177</v>
       </c>
       <c r="K45" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="M45" s="5" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I46" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>274</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>275</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="5" t="s">
-        <v>277</v>
+      <c r="A47" s="5" t="n">
+        <v>1901</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>18</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="s">
-        <v>279</v>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>280</v>
-      </c>
-[...39 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K48" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="5" t="n">
+        <v>1901</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="L49" s="6" t="s">
         <v>286</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>287</v>
-      </c>
-[...46 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>165</v>
+        <v>19</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="M53" s="5" t="s">
         <v>307</v>
-      </c>
-[...38 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...28 lines deleted...]
-      <c r="I54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>313</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>317</v>
-      </c>
-[...25 lines deleted...]
-        </is>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K55" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="L55" s="6" t="s">
         <v>319</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>323</v>
+        <v>19</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="M56" s="5" t="s">
         <v>324</v>
-      </c>
-[...7 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>57</v>
+        <v>326</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="K57" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="M57" s="5" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>50</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="K58" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="M58" s="5" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>337</v>
       </c>
-      <c r="B59" s="5" t="s">
+      <c r="I59" s="5"/>
+      <c r="J59" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="C59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>339</v>
       </c>
-      <c r="D59" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>165</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>351</v>
+        <v>19</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>51</v>
+        <v>346</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>352</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>357</v>
+        <v>42</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>263</v>
+        <v>355</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>165</v>
+        <v>356</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>278</v>
+        <v>91</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>361</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>362</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>367</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...30 lines deleted...]
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>382</v>
+        <v>69</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H68" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K68" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="M68" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="L68" s="6" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="69">
-      <c r="A69" s="5" t="s">
-        <v>386</v>
+      <c r="A69" s="5" t="n">
+        <v>1903</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
-        <v>390</v>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>42</v>
+        <v>393</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K70" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="L70" s="6" t="s">
         <v>395</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E71" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H71" s="5" t="s">
+        <v>399</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>165</v>
+        <v>19</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H72" s="5" t="s">
+        <v>404</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
-        <v>89</v>
+        <v>368</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I73" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="I74" s="5"/>
+        <v>415</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>416</v>
+      </c>
       <c r="J74" s="5" t="s">
-        <v>412</v>
+        <v>86</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>205</v>
+        <v>420</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>416</v>
+        <v>18</v>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>421</v>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>190</v>
+        <v>368</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
-        <v>70</v>
+        <v>368</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>427</v>
+        <v>18</v>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I77" s="5"/>
+      <c r="H77" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>432</v>
+      </c>
       <c r="J77" s="5" t="s">
-        <v>324</v>
+        <v>70</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>165</v>
+        <v>82</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>432</v>
-[...4 lines deleted...]
-        </is>
+        <v>231</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="I78" s="5"/>
+        <v>437</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>438</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>324</v>
+        <v>86</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>323</v>
+        <v>18</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>58</v>
+        <v>443</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="I80" s="5"/>
+        <v>448</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>449</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>447</v>
+        <v>18</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F81" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I81" s="5"/>
+      <c r="H81" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>454</v>
+      </c>
       <c r="J81" s="5" t="s">
-        <v>77</v>
+        <v>368</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>447</v>
+        <v>19</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>452</v>
-[...4 lines deleted...]
-        </is>
+        <v>459</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H82" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>464</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>75</v>
+        <v>471</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>77</v>
+        <v>368</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="5" t="s">
-        <v>468</v>
+      <c r="A85" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>18</v>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>77</v>
+        <v>476</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="s">
-        <v>473</v>
+      <c r="A86" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>51</v>
+        <v>480</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>25</v>
+        <v>251</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>485</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>77</v>
+        <v>177</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-        </is>
+        <v>69</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>77</v>
+        <v>368</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>447</v>
+        <v>251</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>15</v>
+        <v>498</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>77</v>
+        <v>177</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>165</v>
+        <v>18</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="I90" s="5"/>
+        <v>504</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>505</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>77</v>
+        <v>476</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>165</v>
+        <v>18</v>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F91" s="5" t="s">
-        <v>51</v>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I91" s="5"/>
       <c r="J91" s="5" t="s">
-        <v>77</v>
+        <v>368</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>75</v>
+        <v>514</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>503</v>
+        <v>421</v>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>52</v>
+        <v>368</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="5" t="s">
-        <v>507</v>
+      <c r="A93" s="5" t="n">
+        <v>1907</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>518</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="I93" s="5"/>
+        <v>520</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>521</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>52</v>
+        <v>522</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>333</v>
+        <v>82</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>81</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I94" s="5"/>
+      <c r="H94" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>528</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>346</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>447</v>
+        <v>533</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>519</v>
+        <v>535</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>538</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>539</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="5" t="s">
-        <v>263</v>
+      <c r="A97" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I97" s="5"/>
+      <c r="G97" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>545</v>
+      </c>
       <c r="J97" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>528</v>
+        <v>548</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="5" t="s">
-        <v>86</v>
+      <c r="A98" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>25</v>
-[...12 lines deleted...]
-        </is>
+        <v>518</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>549</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="I98" s="5"/>
+        <v>550</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>551</v>
+      </c>
       <c r="J98" s="5" t="s">
-        <v>45</v>
+        <v>177</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>19</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>534</v>
+        <v>557</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>535</v>
+        <v>559</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>538</v>
+        <v>562</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>26</v>
+        <v>556</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>30</v>
+        <v>558</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>542</v>
+        <v>564</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>277</v>
+        <v>566</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>278</v>
+        <v>42</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G101" s="5" t="s">
+        <v>568</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>279</v>
+        <v>569</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
-        <v>45</v>
+        <v>570</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>544</v>
+        <v>571</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>545</v>
+        <v>572</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>546</v>
+        <v>573</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>547</v>
+        <v>574</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>165</v>
+        <v>567</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H102" s="5" t="s">
+        <v>576</v>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>45</v>
+        <v>570</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>548</v>
+        <v>577</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>549</v>
+        <v>578</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>550</v>
+        <v>579</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>551</v>
+        <v>580</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>581</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="I103" s="5"/>
+        <v>582</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>583</v>
+      </c>
       <c r="J103" s="5" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>553</v>
+        <v>584</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>554</v>
+        <v>585</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>555</v>
+        <v>586</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>556</v>
+        <v>587</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>581</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>575</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>588</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>589</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>558</v>
+        <v>590</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>559</v>
+        <v>591</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>595</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>596</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>563</v>
+        <v>597</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>564</v>
+        <v>598</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>565</v>
+        <v>599</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>566</v>
+        <v>600</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>81</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>601</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>570</v>
+        <v>603</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>571</v>
+        <v>604</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>572</v>
+        <v>605</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>573</v>
+        <v>600</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>567</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="s">
-[...3 lines deleted...]
-        <v>575</v>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>576</v>
+        <v>607</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>577</v>
+        <v>608</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>578</v>
+        <v>609</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>579</v>
+        <v>600</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>15</v>
+        <v>610</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="E108" s="5" t="s">
-        <v>568</v>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>580</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>611</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>20</v>
+        <v>570</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>583</v>
+        <v>612</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>584</v>
+        <v>613</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>585</v>
+        <v>614</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>586</v>
+        <v>615</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>587</v>
+        <v>82</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>357</v>
+        <v>42</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>588</v>
+        <v>616</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>589</v>
+        <v>617</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>590</v>
+        <v>618</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>591</v>
+        <v>619</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>592</v>
+        <v>620</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>593</v>
+        <v>621</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>594</v>
+        <v>82</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>568</v>
+        <v>42</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G110" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>595</v>
+        <v>623</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>596</v>
+        <v>624</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>598</v>
+        <v>626</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>599</v>
+        <v>627</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>600</v>
+        <v>628</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>629</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I111" s="5"/>
       <c r="J111" s="5" t="s">
-        <v>604</v>
+        <v>570</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>606</v>
+        <v>631</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>607</v>
+        <v>632</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>19</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>610</v>
+        <v>633</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>611</v>
+        <v>634</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>612</v>
+        <v>635</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>421</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>614</v>
+        <v>570</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>615</v>
+        <v>636</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>616</v>
+        <v>637</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>617</v>
+        <v>638</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>81</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="s">
-        <v>619</v>
+      <c r="H114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>620</v>
+        <v>639</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>621</v>
+        <v>640</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>622</v>
+        <v>641</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>642</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>627</v>
+        <v>643</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>629</v>
+        <v>645</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>631</v>
+        <v>567</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>632</v>
+        <v>69</v>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>117</v>
+        <v>570</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>635</v>
+        <v>648</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>637</v>
+        <v>567</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>629</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>117</v>
+        <v>570</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>637</v>
+        <v>19</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>117</v>
+        <v>570</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>651</v>
+        <v>567</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>604</v>
+        <v>658</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="5" t="n">
-        <v>1891</v>
+      <c r="A120" s="5" t="s">
+        <v>662</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>642</v>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H120" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>659</v>
+        <v>570</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>629</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>664</v>
+        <v>75</v>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>665</v>
+        <v>570</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="K122" s="5" t="s">
         <v>671</v>
       </c>
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>672</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C123" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="B123" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C123" s="5" t="s">
+      <c r="D123" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>676</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>677</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>678</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>680</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C124" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
         <v>681</v>
       </c>
-      <c r="D124" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="I124" s="5" t="s">
+      <c r="J124" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K124" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="J124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>684</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="M124" s="5" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="I125" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="B125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="5" t="s">
+      <c r="J125" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K125" s="5" t="s">
         <v>689</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>690</v>
       </c>
-      <c r="F125" s="5" t="s">
-[...16 lines deleted...]
-      <c r="K125" s="5" t="s">
+      <c r="M125" s="5" t="s">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K126" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="B126" s="5" t="s">
+      <c r="L126" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="C126" s="5" t="s">
-[...16 lines deleted...]
-      <c r="H126" s="5" t="s">
+      <c r="M126" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="I126" s="5"/>
-[...9 lines deleted...]
-      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>700</v>
+        <v>19</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>336</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H127" s="5" t="s">
+        <v>698</v>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
-        <v>97</v>
+        <v>699</v>
       </c>
       <c r="K127" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="M127" s="5" t="s">
         <v>702</v>
-      </c>
-[...4 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>681</v>
+        <v>19</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>336</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="I128" s="5"/>
       <c r="J128" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I129" s="5"/>
+      <c r="J129" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="M129" s="5" t="s">
         <v>710</v>
-      </c>
-[...36 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>346</v>
+        <v>567</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>19</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H130" s="5" t="s">
+        <v>712</v>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="s">
-        <v>45</v>
+        <v>570</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
-        <v>324</v>
+        <v>570</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>518</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="s">
-        <v>52</v>
+        <v>570</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>606</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H133" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I133" s="5"/>
       <c r="J133" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>737</v>
+        <v>726</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>722</v>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G134" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="H134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>15</v>
+        <v>735</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>736</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="I135" s="5"/>
+        <v>737</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>738</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>324</v>
+        <v>739</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>323</v>
+        <v>567</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-        <v>749</v>
+        <v>75</v>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="I136" s="5"/>
       <c r="J136" s="5" t="s">
-        <v>752</v>
+        <v>570</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>43</v>
-[...10 lines deleted...]
-        <v>757</v>
+        <v>421</v>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>70</v>
+        <v>570</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>75</v>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="s">
-        <v>671</v>
+        <v>570</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>769</v>
+        <v>567</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>447</v>
+        <v>757</v>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>684</v>
+        <v>570</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>770</v>
+        <v>758</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>771</v>
+        <v>759</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>772</v>
+        <v>760</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>774</v>
+        <v>762</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>775</v>
+        <v>763</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>776</v>
+        <v>764</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H141" s="5" t="s">
-        <v>778</v>
+      <c r="H141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>684</v>
+        <v>570</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>780</v>
+        <v>767</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>781</v>
+        <v>768</v>
       </c>
     </row>
     <row r="142">
-      <c r="A142" s="5" t="n">
-        <v>1916</v>
+      <c r="A142" s="5" t="s">
+        <v>769</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>57</v>
+        <v>421</v>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H142" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I142" s="5"/>
       <c r="J142" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>786</v>
+        <v>772</v>
       </c>
     </row>
     <row r="143">
-      <c r="A143" s="5" t="n">
-        <v>1916</v>
+      <c r="A143" s="5" t="s">
+        <v>773</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>57</v>
+        <v>421</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>787</v>
+        <v>774</v>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>790</v>
+        <v>777</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>791</v>
+        <v>778</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>793</v>
+        <v>780</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>794</v>
+        <v>781</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>795</v>
+        <v>782</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>681</v>
+        <v>75</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>800</v>
+        <v>779</v>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>804</v>
+        <v>788</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>805</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="D147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I147" s="5"/>
+      <c r="I147" s="5" t="s">
+        <v>792</v>
+      </c>
       <c r="J147" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>806</v>
+        <v>793</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>807</v>
+        <v>794</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>808</v>
+        <v>795</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>809</v>
+        <v>796</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>805</v>
+        <v>75</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>567</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="s">
-        <v>97</v>
+        <v>797</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>681</v>
+        <v>75</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>97</v>
+        <v>797</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>818</v>
+        <v>806</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>681</v>
+        <v>421</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>820</v>
+        <v>808</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H151" s="5" t="s">
-        <v>824</v>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>825</v>
+        <v>812</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>826</v>
+        <v>813</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>827</v>
+        <v>814</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>828</v>
+        <v>815</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>681</v>
+        <v>816</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="I152" s="5"/>
+        <v>421</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>817</v>
+      </c>
       <c r="J152" s="5" t="s">
-        <v>97</v>
+        <v>797</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>832</v>
+        <v>820</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>833</v>
+        <v>815</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>805</v>
+        <v>567</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>57</v>
+        <v>518</v>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>834</v>
+        <v>821</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>835</v>
+        <v>822</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>836</v>
+        <v>823</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>837</v>
+        <v>824</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>681</v>
+        <v>816</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H154" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I154" s="5"/>
+      <c r="H154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>825</v>
+      </c>
       <c r="J154" s="5" t="s">
-        <v>97</v>
+        <v>797</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>839</v>
+        <v>826</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>840</v>
+        <v>827</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>841</v>
+        <v>828</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F155" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>843</v>
+        <v>829</v>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>844</v>
+        <v>830</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>845</v>
+        <v>831</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>681</v>
+        <v>606</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H156" s="5" t="s">
-        <v>848</v>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>97</v>
+        <v>834</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>849</v>
+        <v>835</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>851</v>
+        <v>837</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>852</v>
+        <v>838</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>853</v>
+        <v>606</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="s">
-        <v>97</v>
+        <v>839</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>854</v>
+        <v>840</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>855</v>
+        <v>841</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>856</v>
+        <v>842</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>857</v>
+        <v>843</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="D158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I158" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>97</v>
+        <v>570</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>681</v>
+        <v>606</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H159" s="5" t="s">
-        <v>863</v>
+      <c r="H159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>864</v>
+        <v>797</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>865</v>
+        <v>848</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>866</v>
+        <v>849</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>867</v>
+        <v>850</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>868</v>
+        <v>851</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>25</v>
+        <v>852</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>70</v>
+        <v>797</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>869</v>
+        <v>853</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>737</v>
+        <v>856</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>567</v>
+      </c>
+      <c r="D161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F161" s="5" t="s">
-        <v>27</v>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H161" s="5" t="s">
-        <v>872</v>
+      <c r="H161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I161" s="5" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>877</v>
+        <v>856</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>681</v>
+        <v>81</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F162" s="5" t="s">
-        <v>51</v>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>324</v>
+        <v>570</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>878</v>
+        <v>861</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>879</v>
+        <v>862</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>880</v>
+        <v>863</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>263</v>
+        <v>856</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H163" s="5" t="s">
-        <v>881</v>
+      <c r="H163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>45</v>
+        <v>570</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>263</v>
+        <v>867</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>362</v>
+        <v>567</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H164" s="5" t="s">
-        <v>165</v>
+      <c r="H164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>45</v>
+        <v>869</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>886</v>
+        <v>871</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>888</v>
+        <v>873</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>57</v>
+        <v>556</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>889</v>
+        <v>874</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H165" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H165" s="5" t="s">
+        <v>875</v>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>77</v>
+        <v>558</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>890</v>
+        <v>876</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>892</v>
+        <v>878</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>15</v>
+        <v>880</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>594</v>
+        <v>18</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>568</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>20</v>
+        <v>558</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>896</v>
+        <v>883</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>898</v>
+        <v>885</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>900</v>
+        <v>19</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H167" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H167" s="5" t="s">
+        <v>887</v>
       </c>
       <c r="I167" s="5"/>
       <c r="J167" s="5" t="s">
-        <v>324</v>
+        <v>797</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>903</v>
+        <v>890</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>904</v>
+        <v>891</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>567</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>905</v>
+        <v>892</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>77</v>
+        <v>834</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>906</v>
+        <v>893</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>907</v>
+        <v>894</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>908</v>
+        <v>895</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>909</v>
+        <v>896</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>25</v>
+        <v>897</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>898</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I169" s="5"/>
       <c r="J169" s="5" t="s">
-        <v>604</v>
+        <v>899</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>912</v>
+        <v>900</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>913</v>
+        <v>901</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>915</v>
+        <v>903</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>95</v>
+        <v>779</v>
       </c>
       <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
-        <v>190</v>
+        <v>904</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>916</v>
+        <v>905</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>917</v>
+        <v>906</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>420</v>
+        <v>903</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>15</v>
+        <v>908</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>567</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>920</v>
+        <v>909</v>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="s">
-        <v>70</v>
+        <v>904</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>921</v>
+        <v>910</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>922</v>
+        <v>911</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>923</v>
+        <v>912</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>924</v>
+        <v>913</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>925</v>
+        <v>421</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>51</v>
-[...9 lines deleted...]
-        </is>
+        <v>881</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="I172" s="5"/>
+        <v>914</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>915</v>
+      </c>
       <c r="J172" s="5" t="s">
-        <v>324</v>
+        <v>177</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>927</v>
+        <v>916</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>930</v>
+        <v>919</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>43</v>
+        <v>556</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>722</v>
+        <v>920</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>933</v>
+        <v>922</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>934</v>
+        <v>923</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>935</v>
+        <v>924</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>447</v>
+        <v>556</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>936</v>
+        <v>925</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>938</v>
+        <v>927</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>939</v>
+        <v>928</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>43</v>
+        <v>930</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>15</v>
+        <v>930</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>946</v>
+        <v>722</v>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>947</v>
+        <v>779</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>20</v>
+        <v>899</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>953</v>
+        <v>567</v>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="s">
-        <v>954</v>
+      <c r="H177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I177" s="5" t="s">
-        <v>955</v>
+        <v>941</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>956</v>
+        <v>942</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>957</v>
+        <v>943</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>958</v>
+        <v>944</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>366</v>
+        <v>945</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>946</v>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="I178" s="5"/>
       <c r="J178" s="5" t="s">
-        <v>960</v>
+        <v>947</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>961</v>
+        <v>948</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>962</v>
+        <v>949</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>963</v>
+        <v>950</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>964</v>
+        <v>951</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>165</v>
+        <v>556</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>966</v>
+        <v>953</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>51</v>
+        <v>881</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>970</v>
+        <v>957</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>971</v>
+        <v>958</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>972</v>
+        <v>959</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>973</v>
+        <v>960</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>974</v>
+        <v>961</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>779</v>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H181" s="5" t="s">
-        <v>976</v>
+      <c r="H181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I181" s="5" t="s">
-        <v>977</v>
+        <v>963</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>30</v>
+        <v>947</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>978</v>
+        <v>964</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>981</v>
+        <v>967</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>26</v>
+        <v>722</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="s">
-        <v>17</v>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>982</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="I182" s="5"/>
       <c r="J182" s="5" t="s">
-        <v>30</v>
+        <v>947</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>985</v>
+        <v>970</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>986</v>
+        <v>971</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>987</v>
+        <v>972</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>989</v>
+        <v>779</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>990</v>
+        <v>722</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>60</v>
+        <v>974</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>992</v>
+        <v>975</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>993</v>
+        <v>976</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>994</v>
+        <v>977</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>995</v>
+        <v>972</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>996</v>
+        <v>567</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>58</v>
-[...11 lines deleted...]
-        <v>998</v>
+        <v>722</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I184" s="5" t="s">
-        <v>999</v>
+        <v>978</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>60</v>
+        <v>947</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1000</v>
+        <v>979</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1001</v>
+        <v>980</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1002</v>
+        <v>981</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1003</v>
+        <v>982</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>26</v>
+        <v>567</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1004</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="I185" s="5"/>
       <c r="J185" s="5" t="s">
-        <v>30</v>
+        <v>947</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1006</v>
+        <v>983</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1007</v>
+        <v>984</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1008</v>
+        <v>985</v>
       </c>
     </row>
     <row r="186">
-      <c r="A186" s="5" t="n">
-        <v>1885</v>
+      <c r="A186" s="5" t="s">
+        <v>986</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1009</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H186" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1010</v>
+        <v>947</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1011</v>
+        <v>987</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1012</v>
-[...1 lines deleted...]
-      <c r="M186" s="5"/>
+        <v>988</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>989</v>
+      </c>
     </row>
     <row r="187">
-      <c r="A187" s="5" t="n">
-        <v>1891</v>
+      <c r="A187" s="5" t="s">
+        <v>990</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="I187" s="5"/>
       <c r="J187" s="5" t="s">
-        <v>659</v>
+        <v>947</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1015</v>
+        <v>991</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1016</v>
+        <v>992</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1017</v>
+        <v>993</v>
       </c>
     </row>
     <row r="188">
-      <c r="A188" s="5" t="n">
-        <v>1891</v>
+      <c r="A188" s="5" t="s">
+        <v>994</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H188" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="I188" s="5"/>
       <c r="J188" s="5" t="s">
-        <v>659</v>
+        <v>947</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1018</v>
+        <v>995</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1019</v>
+        <v>996</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1020</v>
+        <v>997</v>
       </c>
     </row>
     <row r="189">
-      <c r="A189" s="5" t="n">
-        <v>1891</v>
+      <c r="A189" s="5" t="s">
+        <v>998</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1021</v>
+        <v>999</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1022</v>
+        <v>1000</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>665</v>
+        <v>947</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1023</v>
+        <v>1001</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1024</v>
+        <v>1002</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1025</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1026</v>
+        <v>1004</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F190" s="5" t="s">
-        <v>51</v>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H190" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I190" s="5"/>
+      <c r="H190" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1006</v>
+      </c>
       <c r="J190" s="5" t="s">
-        <v>665</v>
+        <v>947</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1027</v>
+        <v>1007</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1028</v>
+        <v>1008</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1029</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="191">
-      <c r="A191" s="5" t="n">
-        <v>1892</v>
+      <c r="A191" s="5" t="s">
+        <v>1010</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>133</v>
+        <v>556</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1030</v>
+        <v>880</v>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="s">
-        <v>665</v>
+        <v>558</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="192">
-      <c r="A192" s="5" t="n">
-        <v>1892</v>
+      <c r="A192" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>133</v>
+        <v>880</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>15</v>
+        <v>920</v>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1034</v>
+        <v>1015</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>665</v>
+        <v>558</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1035</v>
+        <v>1016</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1036</v>
+        <v>1017</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1037</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1038</v>
+        <v>1019</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>1020</v>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1039</v>
+        <v>421</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="s">
-        <v>665</v>
+        <v>947</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1040</v>
+        <v>1021</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1041</v>
+        <v>1022</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1042</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="194">
-      <c r="A194" s="5" t="n">
-        <v>1893</v>
+      <c r="A194" s="5" t="s">
+        <v>1024</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>15</v>
+        <v>779</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>567</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I194" s="5"/>
+      <c r="I194" s="5" t="s">
+        <v>1025</v>
+      </c>
       <c r="J194" s="5" t="s">
-        <v>1044</v>
+        <v>947</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1045</v>
+        <v>1026</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1046</v>
+        <v>1027</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1047</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="195">
-      <c r="A195" s="5" t="n">
-        <v>1893</v>
+      <c r="A195" s="5" t="s">
+        <v>1024</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>1029</v>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="s">
-        <v>881</v>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="s">
-        <v>671</v>
+        <v>947</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1048</v>
+        <v>1030</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1050</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1051</v>
+        <v>1033</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1052</v>
+        <v>556</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>19</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H196" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H196" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1054</v>
+        <v>1035</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1056</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1057</v>
+        <v>1038</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>19</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1058</v>
+        <v>1039</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1059</v>
+        <v>1040</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1060</v>
+        <v>1041</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1061</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1062</v>
+        <v>1038</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>15</v>
+        <v>1039</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>133</v>
+        <v>556</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H198" s="5" t="s">
-        <v>1063</v>
+      <c r="H198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1065</v>
+        <v>1044</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1066</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1067</v>
+        <v>1046</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>15</v>
+        <v>594</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>920</v>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1068</v>
+        <v>1047</v>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1069</v>
+        <v>1048</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1070</v>
+        <v>1049</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1071</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="200">
-      <c r="A200" s="5" t="s">
-        <v>1072</v>
+      <c r="A200" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>722</v>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1073</v>
+        <v>1051</v>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1074</v>
+        <v>1053</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1075</v>
+        <v>1054</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1076</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1077</v>
+        <v>1056</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>19</v>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G201" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G201" s="5" t="s">
+        <v>1057</v>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1078</v>
+        <v>1058</v>
       </c>
       <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1079</v>
+        <v>1059</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1080</v>
+        <v>1060</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1081</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1082</v>
+        <v>1062</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1083</v>
-[...1 lines deleted...]
-      <c r="I202" s="5"/>
+        <v>1063</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1064</v>
+      </c>
       <c r="J202" s="5" t="s">
-        <v>671</v>
+        <v>86</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1084</v>
+        <v>1065</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1085</v>
+        <v>1066</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1086</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="203">
-      <c r="A203" s="5" t="n">
-        <v>1901</v>
+      <c r="A203" s="5" t="s">
+        <v>1068</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>15</v>
+        <v>1069</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>133</v>
-[...9 lines deleted...]
-        </is>
+        <v>1070</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>1072</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H203" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I203" s="5"/>
+      <c r="H203" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>1074</v>
+      </c>
       <c r="J203" s="5" t="s">
-        <v>671</v>
+        <v>1075</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="204">
-      <c r="A204" s="5" t="n">
-        <v>1901</v>
+      <c r="A204" s="5" t="s">
+        <v>1079</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>133</v>
-[...7 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1090</v>
+        <v>880</v>
       </c>
       <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="205">
-      <c r="A205" s="5" t="n">
-        <v>1901</v>
+      <c r="A205" s="5" t="s">
+        <v>1083</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>113</v>
-[...9 lines deleted...]
-        </is>
+        <v>1084</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>1085</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="I205" s="5"/>
       <c r="J205" s="5" t="s">
-        <v>671</v>
+        <v>177</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1095</v>
+        <v>1086</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1096</v>
+        <v>1087</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1098</v>
+        <v>1089</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>15</v>
+        <v>880</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>920</v>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H206" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H206" s="5" t="s">
+        <v>1090</v>
       </c>
       <c r="I206" s="5"/>
       <c r="J206" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>15</v>
+        <v>880</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>920</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="I207" s="5"/>
       <c r="J207" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>1043</v>
+        <v>19</v>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1108</v>
+        <v>880</v>
       </c>
       <c r="I208" s="5"/>
       <c r="J208" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>920</v>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H209" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H209" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="I209" s="5"/>
       <c r="J209" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1115</v>
+        <v>1104</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1116</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1117</v>
+        <v>1106</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>15</v>
+        <v>594</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>133</v>
-[...7 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F210" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I210" s="5"/>
       <c r="J210" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1121</v>
+        <v>1107</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1124</v>
+        <v>1110</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1125</v>
+        <v>19</v>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1126</v>
+        <v>1111</v>
       </c>
       <c r="I211" s="5"/>
       <c r="J211" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1127</v>
+        <v>1112</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1128</v>
+        <v>1113</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1129</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1130</v>
+        <v>1110</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>606</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H212" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I212" s="5"/>
+      <c r="H212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1115</v>
+      </c>
       <c r="J212" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1131</v>
+        <v>1116</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1132</v>
+        <v>1117</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1134</v>
+        <v>1119</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>15</v>
+        <v>1120</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>567</v>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="I213" s="5"/>
+        <v>1121</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1122</v>
+      </c>
       <c r="J213" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1136</v>
+        <v>1123</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1137</v>
+        <v>1124</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1138</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1139</v>
+        <v>1126</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>881</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1140</v>
-[...1 lines deleted...]
-      <c r="I214" s="5"/>
+        <v>1127</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1128</v>
+      </c>
       <c r="J214" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1141</v>
+        <v>1129</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1142</v>
+        <v>1130</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1143</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>19</v>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1145</v>
+        <v>880</v>
       </c>
       <c r="I215" s="5"/>
       <c r="J215" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1146</v>
+        <v>1133</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1147</v>
+        <v>1134</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1148</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1149</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>91</v>
+      </c>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H216" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H216" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="I216" s="5"/>
       <c r="J216" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1150</v>
+        <v>1137</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1151</v>
+        <v>1138</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1152</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1153</v>
+        <v>1140</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>15</v>
+        <v>594</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>19</v>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F217" s="5" t="s">
-        <v>51</v>
+        <v>881</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1154</v>
+        <v>1141</v>
       </c>
       <c r="I217" s="5"/>
       <c r="J217" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1155</v>
+        <v>1142</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1156</v>
+        <v>1143</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1157</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>15</v>
+        <v>1146</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>567</v>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="I218" s="5"/>
+        <v>722</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1147</v>
+      </c>
       <c r="J218" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1160</v>
+        <v>1148</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1161</v>
+        <v>1149</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1162</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1163</v>
+        <v>1151</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>15</v>
+        <v>1152</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1164</v>
+        <v>42</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I219" s="5"/>
+      <c r="I219" s="5" t="s">
+        <v>1153</v>
+      </c>
       <c r="J219" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1166</v>
+        <v>1154</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1167</v>
+        <v>1155</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1168</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1169</v>
+        <v>1157</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>15</v>
+        <v>1158</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1170</v>
+        <v>42</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H220" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1176</v>
+        <v>1162</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>15</v>
+        <v>1163</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>133</v>
+        <v>920</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>881</v>
+        <v>1164</v>
       </c>
       <c r="I221" s="5"/>
       <c r="J221" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="K221" s="5" t="s">
         <v>1165</v>
       </c>
-      <c r="K221" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L221" s="6" t="s">
-        <v>1178</v>
+        <v>1166</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1179</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1180</v>
+        <v>1168</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>278</v>
+        <v>881</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G222" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G222" s="5" t="s">
+        <v>1169</v>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1181</v>
+        <v>293</v>
       </c>
       <c r="I222" s="5"/>
       <c r="J222" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1182</v>
+        <v>1170</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1183</v>
+        <v>1171</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1184</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="223">
-      <c r="A223" s="5" t="n">
-        <v>1903</v>
+      <c r="A223" s="5" t="s">
+        <v>1173</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>133</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G223" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I223" s="5"/>
+      <c r="G223" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H223" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1176</v>
+      </c>
       <c r="J223" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>953</v>
+        <v>1181</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>15</v>
+        <v>1187</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>133</v>
-[...7 lines deleted...]
-        </is>
+        <v>421</v>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H225" s="5" t="s">
-        <v>1195</v>
+      <c r="H225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>133</v>
+        <v>722</v>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1200</v>
+        <v>81</v>
       </c>
       <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1204</v>
+        <v>1195</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1205</v>
+        <v>1196</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1165</v>
+        <v>558</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1206</v>
+        <v>1197</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1207</v>
+        <v>1198</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1208</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1209</v>
+        <v>1200</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>42</v>
+        <v>717</v>
       </c>
       <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1210</v>
+        <v>1201</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1213</v>
+        <v>1204</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1214</v>
+        <v>1205</v>
       </c>
       <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1215</v>
+        <v>1206</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1217</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>133</v>
+        <v>606</v>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1219</v>
+        <v>1210</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1224</v>
+        <v>1209</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>133</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1225</v>
+        <v>1215</v>
       </c>
       <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>133</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>881</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1232</v>
+        <v>1221</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1233</v>
+        <v>1222</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1235</v>
+        <v>1224</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F233" s="5" t="s">
-        <v>113</v>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1181</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
-        <v>1165</v>
+        <v>1052</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1237</v>
+        <v>1225</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1238</v>
+        <v>1226</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1239</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1240</v>
+        <v>1228</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>15</v>
+        <v>880</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>133</v>
+        <v>920</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>42</v>
+      </c>
+      <c r="F234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1242</v>
+        <v>1229</v>
       </c>
       <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>671</v>
+        <v>558</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1243</v>
+        <v>1230</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1244</v>
+        <v>1231</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1246</v>
+        <v>1233</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1181</v>
+      </c>
+      <c r="F235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H235" s="5" t="s">
-        <v>1247</v>
+      <c r="H235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>671</v>
+        <v>1052</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1248</v>
+        <v>1234</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1249</v>
+        <v>1235</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1250</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1251</v>
+        <v>1237</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>15</v>
+        <v>556</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1252</v>
+        <v>1238</v>
       </c>
       <c r="F236" s="5" t="s">
-        <v>113</v>
+        <v>881</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1253</v>
+        <v>880</v>
       </c>
       <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
-        <v>1165</v>
+        <v>558</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1254</v>
+        <v>1239</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1255</v>
+        <v>1240</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1256</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="237">
-      <c r="A237" s="5" t="n">
-        <v>1905</v>
+      <c r="A237" s="5" t="s">
+        <v>1242</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>133</v>
+        <v>1243</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1257</v>
+        <v>1244</v>
       </c>
       <c r="I237" s="5"/>
       <c r="J237" s="5" t="s">
-        <v>1258</v>
+        <v>1245</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1259</v>
+        <v>1246</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1260</v>
+        <v>1247</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1261</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="238">
-      <c r="A238" s="5" t="n">
-        <v>1905</v>
+      <c r="A238" s="5" t="s">
+        <v>1249</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1262</v>
+        <v>1250</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G238" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G238" s="5" t="s">
+        <v>1250</v>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1257</v>
-[...1 lines deleted...]
-      <c r="I238" s="5"/>
+        <v>1251</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1252</v>
+      </c>
       <c r="J238" s="5" t="s">
-        <v>671</v>
+        <v>86</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1263</v>
+        <v>1253</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1264</v>
+        <v>1254</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>15</v>
+        <v>880</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>920</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>556</v>
+      </c>
+      <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>1165</v>
+        <v>558</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1267</v>
+        <v>1257</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1268</v>
+        <v>1258</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>133</v>
+        <v>567</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1261</v>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1271</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
-        <v>1258</v>
+        <v>1245</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1273</v>
+        <v>1262</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1274</v>
+        <v>1263</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1275</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>133</v>
+        <v>1266</v>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I241" s="5"/>
       <c r="J241" s="5" t="s">
-        <v>1165</v>
+        <v>1245</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1279</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1280</v>
+        <v>1265</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1281</v>
+        <v>567</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>133</v>
+        <v>421</v>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>42</v>
+        <v>1270</v>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="s">
-        <v>1165</v>
+        <v>1245</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1282</v>
+        <v>1271</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1283</v>
+        <v>1272</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1284</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1285</v>
+        <v>1265</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1286</v>
+        <v>1270</v>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="s">
-        <v>671</v>
+        <v>1245</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1287</v>
+        <v>1271</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1288</v>
+        <v>1274</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1289</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1290</v>
+        <v>1265</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1291</v>
+        <v>1270</v>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1293</v>
+        <v>1271</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1294</v>
+        <v>1276</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1295</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1296</v>
+        <v>1265</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H245" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H245" s="5" t="s">
+        <v>1270</v>
       </c>
       <c r="I245" s="5"/>
       <c r="J245" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1297</v>
+        <v>1278</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1298</v>
+        <v>1279</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1299</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1300</v>
+        <v>1265</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>1301</v>
+        <v>75</v>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1302</v>
+        <v>1270</v>
       </c>
       <c r="I246" s="5"/>
       <c r="J246" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1303</v>
+        <v>1271</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1304</v>
+        <v>1281</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1305</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1306</v>
+        <v>1283</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1307</v>
+        <v>1284</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>919</v>
+        <v>567</v>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1308</v>
+        <v>908</v>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1309</v>
+        <v>1286</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1310</v>
+        <v>1287</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1311</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1312</v>
+        <v>1289</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1314</v>
+        <v>567</v>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H248" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>97</v>
+        <v>899</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1315</v>
+        <v>1291</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1316</v>
+        <v>1292</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1317</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>1319</v>
+        <v>868</v>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F249" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F249" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1307</v>
+        <v>722</v>
       </c>
       <c r="I249" s="5"/>
       <c r="J249" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1320</v>
+        <v>1295</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1321</v>
+        <v>1296</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1322</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1323</v>
+        <v>1298</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>594</v>
+        <v>75</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1299</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1324</v>
+        <v>1300</v>
       </c>
       <c r="I250" s="5"/>
       <c r="J250" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1325</v>
+        <v>1301</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1326</v>
+        <v>1302</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1327</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1328</v>
+        <v>1304</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>94</v>
+        <v>567</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>57</v>
+        <v>735</v>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1329</v>
+        <v>174</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="s">
-        <v>97</v>
+        <v>1245</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1330</v>
+        <v>1305</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1331</v>
+        <v>1306</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1332</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1333</v>
+        <v>1308</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>594</v>
+        <v>735</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1334</v>
+        <v>174</v>
       </c>
       <c r="I252" s="5"/>
       <c r="J252" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1335</v>
+        <v>1309</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1336</v>
+        <v>1310</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1337</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1338</v>
+        <v>1312</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>594</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>15</v>
+        <v>920</v>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="I253" s="5"/>
       <c r="J253" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1339</v>
+        <v>1314</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1340</v>
+        <v>1315</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1341</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1342</v>
+        <v>1317</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>1307</v>
+        <v>75</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1319</v>
+        <v>567</v>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1343</v>
+        <v>1318</v>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1344</v>
+        <v>1319</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1345</v>
+        <v>1320</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1346</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1347</v>
+        <v>1322</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>594</v>
+        <v>19</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1348</v>
+        <v>1323</v>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1349</v>
+        <v>1324</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1350</v>
+        <v>1325</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1351</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1352</v>
+        <v>1327</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1353</v>
+        <v>1328</v>
       </c>
       <c r="I256" s="5"/>
       <c r="J256" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1354</v>
+        <v>1329</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1355</v>
+        <v>1330</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1356</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1352</v>
+        <v>1332</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1353</v>
+        <v>880</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>556</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G257" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G257" s="5" t="s">
+        <v>1333</v>
       </c>
       <c r="H257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I257" s="5"/>
+      <c r="I257" s="5" t="s">
+        <v>1334</v>
+      </c>
       <c r="J257" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1357</v>
+        <v>1335</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1358</v>
+        <v>1336</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1359</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1360</v>
+        <v>1338</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>14</v>
+        <v>1339</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>567</v>
-[...7 lines deleted...]
-        </is>
+        <v>1340</v>
+      </c>
+      <c r="D258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H258" s="5" t="s">
-        <v>1361</v>
+      <c r="H258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I258" s="5"/>
       <c r="J258" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1362</v>
+        <v>1341</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1363</v>
+        <v>1342</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1364</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1365</v>
+        <v>1344</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>594</v>
+        <v>1345</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G259" s="5" t="s">
-        <v>1366</v>
+      <c r="G259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1367</v>
+        <v>1346</v>
       </c>
       <c r="I259" s="5"/>
       <c r="J259" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1368</v>
+        <v>1347</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1369</v>
+        <v>1348</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1370</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1371</v>
+        <v>1350</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1319</v>
+        <v>1345</v>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="s">
-        <v>919</v>
+        <v>42</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H260" s="5" t="s">
-        <v>1307</v>
+      <c r="H260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1372</v>
+        <v>1351</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1373</v>
+        <v>1352</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1374</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1375</v>
+        <v>1354</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>1307</v>
+        <v>1340</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1319</v>
-[...9 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1376</v>
+        <v>908</v>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1377</v>
+        <v>1355</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1378</v>
+        <v>1356</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1379</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1380</v>
+        <v>1358</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>1307</v>
+        <v>1284</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>1319</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1381</v>
+        <v>1359</v>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1382</v>
+        <v>1360</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1383</v>
+        <v>1361</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1384</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1380</v>
+        <v>1363</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>594</v>
+        <v>1364</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H263" s="5" t="s">
-        <v>1307</v>
+      <c r="H263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1385</v>
+        <v>1365</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1386</v>
+        <v>1366</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1387</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1388</v>
+        <v>1368</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>594</v>
+        <v>19</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>1319</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1307</v>
+        <v>1369</v>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1389</v>
+        <v>1370</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1390</v>
+        <v>1371</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1391</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1392</v>
+        <v>1373</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>567</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1319</v>
+        <v>19</v>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F265" s="5" t="s">
-        <v>919</v>
+      <c r="F265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H265" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1393</v>
+        <v>1374</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1394</v>
+        <v>1375</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1395</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1396</v>
+        <v>1373</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>15</v>
+        <v>1364</v>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1307</v>
+        <v>908</v>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1397</v>
+        <v>1377</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1398</v>
+        <v>1378</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1399</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1400</v>
+        <v>1380</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>567</v>
+        <v>556</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>15</v>
+        <v>920</v>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F267" s="5" t="s">
-        <v>919</v>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="s">
-        <v>1401</v>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1402</v>
+        <v>1381</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1403</v>
+        <v>1382</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1404</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1405</v>
+        <v>1384</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>16</v>
+        <v>880</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>1319</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1385</v>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="s">
-        <v>1406</v>
+      <c r="H268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1407</v>
+        <v>1386</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1408</v>
+        <v>1387</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1409</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1410</v>
+        <v>1389</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>594</v>
+        <v>81</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1390</v>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G269" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H269" s="5" t="s">
+        <v>1392</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>1292</v>
+        <v>86</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1412</v>
+        <v>1394</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1413</v>
+        <v>1395</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1414</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1415</v>
+        <v>1397</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>1307</v>
+        <v>81</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1319</v>
+        <v>82</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>51</v>
+        <v>1390</v>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G270" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G270" s="5" t="s">
+        <v>1390</v>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1398</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1399</v>
+      </c>
       <c r="J270" s="5" t="s">
-        <v>1292</v>
+        <v>86</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1417</v>
+        <v>1400</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1418</v>
+        <v>1401</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1419</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1420</v>
+        <v>1403</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>594</v>
+        <v>81</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>1421</v>
-[...7 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G271" s="5" t="s">
+        <v>1404</v>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1307</v>
+        <v>1405</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="s">
-        <v>1292</v>
+        <v>86</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1422</v>
+        <v>1406</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1423</v>
+        <v>1407</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1424</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1425</v>
+        <v>1409</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>1307</v>
+        <v>567</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1319</v>
+        <v>1364</v>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="I272" s="5"/>
+        <v>908</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>1410</v>
+      </c>
       <c r="J272" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1426</v>
+        <v>1411</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1427</v>
+        <v>1412</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1428</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1429</v>
+        <v>1414</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>1430</v>
+        <v>908</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>15</v>
+        <v>1415</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="s">
-        <v>97</v>
+        <v>1245</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1431</v>
+        <v>1416</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1432</v>
+        <v>1417</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1433</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1434</v>
+        <v>1409</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>567</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>1319</v>
+        <v>1364</v>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="I274" s="5"/>
+        <v>1419</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>1420</v>
+      </c>
       <c r="J274" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1436</v>
+        <v>1421</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1437</v>
+        <v>1422</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1438</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1439</v>
+        <v>1409</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>1307</v>
+        <v>1364</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G275" s="5" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="G275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I275" s="5"/>
       <c r="J275" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1442</v>
+        <v>1424</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1443</v>
+        <v>1425</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1444</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1445</v>
+        <v>1409</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>594</v>
+        <v>81</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1319</v>
-[...4 lines deleted...]
-        </is>
+        <v>1427</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G276" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G276" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H276" s="5" t="s">
+        <v>1121</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1446</v>
+        <v>1429</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1447</v>
+        <v>1430</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1448</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1449</v>
+        <v>1432</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>1307</v>
+        <v>594</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1319</v>
-[...2 lines deleted...]
-        <v>1450</v>
+        <v>920</v>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1451</v>
+        <v>1433</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1452</v>
+        <v>1434</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1453</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1454</v>
+        <v>1436</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>567</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1319</v>
+        <v>81</v>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F278" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F278" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1455</v>
+        <v>1437</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1456</v>
+        <v>1438</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1457</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1458</v>
+        <v>1440</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="s">
-        <v>97</v>
+        <v>899</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1459</v>
+        <v>1441</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1460</v>
+        <v>1442</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1461</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1462</v>
+        <v>1444</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1463</v>
+        <v>1445</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1464</v>
+        <v>1446</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1465</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="s">
-        <v>1467</v>
+      <c r="H281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="s">
-        <v>1292</v>
+        <v>899</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1468</v>
+        <v>1449</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1469</v>
+        <v>1450</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1470</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1471</v>
+        <v>1452</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>594</v>
+        <v>556</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1472</v>
+        <v>1453</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1473</v>
+        <v>1454</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1474</v>
+        <v>1455</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1475</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1476</v>
+        <v>1457</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>57</v>
+        <v>421</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>107</v>
+        <v>567</v>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I283" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I283" s="5"/>
       <c r="J283" s="5" t="s">
-        <v>97</v>
+        <v>1245</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1478</v>
+        <v>1458</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1479</v>
+        <v>1459</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1480</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1481</v>
+        <v>1461</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>594</v>
+        <v>556</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>25</v>
+        <v>1462</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1482</v>
+        <v>1463</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1483</v>
+        <v>1464</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1484</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1485</v>
+        <v>1466</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C285" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D285" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="D285" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1486</v>
+        <v>1243</v>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1487</v>
+        <v>1467</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1488</v>
+        <v>1468</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1489</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1490</v>
+        <v>1466</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1307</v>
+        <v>567</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>133</v>
-[...7 lines deleted...]
-        </is>
+        <v>1244</v>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1491</v>
+        <v>606</v>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="s">
-        <v>1292</v>
+        <v>1245</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1492</v>
+        <v>1470</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1493</v>
+        <v>1471</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1494</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1495</v>
+        <v>1473</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>594</v>
+        <v>722</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>15</v>
+        <v>1427</v>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I287" s="5"/>
+      <c r="H287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1474</v>
+      </c>
       <c r="J287" s="5" t="s">
-        <v>1292</v>
+        <v>899</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1496</v>
+        <v>1475</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1497</v>
+        <v>1476</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1498</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="288">
-      <c r="A288" s="5" t="s">
-        <v>1499</v>
+      <c r="A288" s="5" t="n">
+        <v>1914</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>594</v>
+        <v>75</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1307</v>
+        <v>1478</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="s">
-        <v>1292</v>
+        <v>1479</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1500</v>
+        <v>1480</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1501</v>
+        <v>1481</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1502</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1503</v>
+        <v>1483</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>594</v>
+        <v>556</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
-        <v>1292</v>
+        <v>558</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1505</v>
+        <v>1484</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1506</v>
+        <v>1485</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1507</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1508</v>
+        <v>1487</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>1307</v>
+        <v>19</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>556</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1488</v>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1361</v>
-[...1 lines deleted...]
-      <c r="I290" s="5"/>
+        <v>1489</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>1490</v>
+      </c>
       <c r="J290" s="5" t="s">
-        <v>1509</v>
+        <v>1491</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1510</v>
+        <v>1492</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1511</v>
+        <v>1493</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1512</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1513</v>
+        <v>1495</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>1514</v>
+        <v>567</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>57</v>
+        <v>908</v>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="s">
-        <v>1515</v>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1516</v>
+        <v>1496</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1517</v>
+        <v>1497</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1518</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1519</v>
+        <v>1499</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1514</v>
+        <v>908</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1169</v>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I292" s="5"/>
+      <c r="I292" s="5" t="s">
+        <v>1500</v>
+      </c>
       <c r="J292" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1520</v>
+        <v>1501</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1521</v>
+        <v>1502</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1518</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H293" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J293" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K293" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="L293" s="6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M293" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G294" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H294" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="J294" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K294" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="L294" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="M294" s="5" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" s="5" t="s">
         <v>1519</v>
       </c>
-      <c r="B293" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C293" s="5" t="s">
+      <c r="H295" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J295" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K295" s="5" t="s">
         <v>1522</v>
       </c>
-      <c r="D293" s="5" t="s">
-[...23 lines deleted...]
-      <c r="J293" s="5" t="s">
+      <c r="L295" s="6" t="s">
         <v>1523</v>
       </c>
-      <c r="K293" s="5" t="s">
+      <c r="M295" s="5" t="s">
         <v>1524</v>
       </c>
-      <c r="L293" s="6" t="s">
+    </row>
+    <row r="296">
+      <c r="A296" s="5" t="s">
         <v>1525</v>
       </c>
-      <c r="M293" s="5" t="s">
+      <c r="B296" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C296" s="5" t="s">
         <v>1526</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="H294" s="5" t="s">
+      <c r="D296" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F296" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H296" s="5" t="s">
         <v>1527</v>
-      </c>
-[...94 lines deleted...]
-        <v>696</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1538</v>
+        <v>1528</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1539</v>
+        <v>1529</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1540</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="297">
-      <c r="A297" s="5" t="n">
-        <v>1916</v>
+      <c r="A297" s="5" t="s">
+        <v>1531</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C297" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G297" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H297" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J297" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K297" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L297" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M297" s="5" t="s">
         <v>1537</v>
-      </c>
-[...32 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>681</v>
+        <v>1187</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>57</v>
+        <v>421</v>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>1546</v>
+        <v>567</v>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>1549</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>791</v>
+        <v>1542</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>681</v>
+        <v>594</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>696</v>
+        <v>1543</v>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="s">
-        <v>97</v>
+        <v>558</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1553</v>
+        <v>1547</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>681</v>
+        <v>19</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>1548</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="s">
-        <v>684</v>
+        <v>1479</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1519</v>
+        <v>1552</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>681</v>
+        <v>1548</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J301" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K301" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="L301" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="M301" s="5" t="s">
         <v>1557</v>
-      </c>
-[...13 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>1559</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>1563</v>
+        <v>1548</v>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>804</v>
+        <v>1563</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>1567</v>
+        <v>880</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>51</v>
+        <v>1385</v>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H303" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H303" s="5" t="s">
+        <v>1564</v>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="s">
-        <v>97</v>
+        <v>558</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>1570</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>681</v>
+        <v>1548</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>681</v>
+        <v>722</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1574</v>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H305" s="5" t="s">
-        <v>1576</v>
+      <c r="H305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="s">
-        <v>684</v>
+        <v>1479</v>
       </c>
       <c r="K305" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="L305" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="M305" s="5" t="s">
         <v>1577</v>
-      </c>
-[...4 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>681</v>
+        <v>556</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>1581</v>
+        <v>1543</v>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="s">
-        <v>97</v>
+        <v>558</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>681</v>
+        <v>1548</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>809</v>
+        <v>1587</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>681</v>
+        <v>556</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>1590</v>
+        <v>880</v>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="s">
-        <v>97</v>
+        <v>558</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>1595</v>
+        <v>567</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>57</v>
+        <v>1548</v>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F309" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F309" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="I309" s="5"/>
       <c r="J309" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="J310" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K310" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="L310" s="6" t="s">
         <v>1600</v>
       </c>
-      <c r="B310" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C310" s="5" t="s">
+      <c r="M310" s="5" t="s">
         <v>1601</v>
-      </c>
-[...32 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>1606</v>
+        <v>908</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H311" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H311" s="5" t="s">
+        <v>1603</v>
       </c>
       <c r="I311" s="5"/>
       <c r="J311" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H312" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J312" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="K312" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L312" s="6" t="s">
         <v>1610</v>
       </c>
-      <c r="B312" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H312" s="5" t="s">
+      <c r="M312" s="5" t="s">
         <v>1611</v>
-      </c>
-[...11 lines deleted...]
-        <v>1614</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H313" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I313" s="5"/>
+      <c r="J313" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K313" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="L313" s="6" t="s">
         <v>1615</v>
       </c>
-      <c r="B313" s="5" t="s">
-[...26 lines deleted...]
-      <c r="I313" s="5" t="s">
+      <c r="M313" s="5" t="s">
         <v>1616</v>
-      </c>
-[...10 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>14</v>
+        <v>1339</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>1621</v>
-[...5 lines deleted...]
-        <v>1622</v>
+        <v>1340</v>
+      </c>
+      <c r="D314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I314" s="5"/>
       <c r="J314" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1623</v>
+        <v>1618</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1624</v>
+        <v>1619</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1626</v>
+        <v>1621</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>1627</v>
+        <v>19</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H315" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H315" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="I315" s="5"/>
       <c r="J315" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1629</v>
+        <v>1623</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1632</v>
+        <v>1626</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>805</v>
+        <v>567</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>606</v>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I316" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I316" s="5"/>
       <c r="J316" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1634</v>
+        <v>1627</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>1636</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1637</v>
+        <v>1626</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>75</v>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H317" s="5" t="s">
-        <v>1638</v>
+      <c r="H317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I317" s="5"/>
       <c r="J317" s="5" t="s">
-        <v>1639</v>
+        <v>1479</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1642</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H318" s="5" t="s">
+        <v>1634</v>
       </c>
       <c r="I318" s="5"/>
       <c r="J318" s="5" t="s">
-        <v>1639</v>
+        <v>86</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1645</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>57</v>
+        <v>421</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1647</v>
+        <v>1638</v>
       </c>
       <c r="I319" s="5"/>
       <c r="J319" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1648</v>
+        <v>1639</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>1650</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1651</v>
+        <v>1642</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>805</v>
+        <v>82</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>81</v>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I320" s="5"/>
+      <c r="H320" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>1644</v>
+      </c>
       <c r="J320" s="5" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1653</v>
+        <v>1646</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>1654</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1655</v>
+        <v>1648</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>1656</v>
+        <v>81</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I321" s="5"/>
+      <c r="H321" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>1650</v>
+      </c>
       <c r="J321" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1657</v>
+        <v>1651</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1658</v>
+        <v>1652</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>1659</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H322" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K322" s="5" t="s">
         <v>1655</v>
       </c>
-      <c r="B322" s="5" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="L322" s="6" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>1665</v>
+        <v>421</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>57</v>
-[...7 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H323" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I323" s="5"/>
       <c r="J323" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1670</v>
+        <v>880</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>1671</v>
+        <v>19</v>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H324" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H324" s="5" t="s">
+        <v>1047</v>
       </c>
       <c r="I324" s="5"/>
       <c r="J324" s="5" t="s">
-        <v>97</v>
+        <v>1664</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1672</v>
+        <v>1665</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1673</v>
+        <v>1666</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>1674</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>862</v>
+        <v>1668</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>681</v>
+        <v>1340</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>107</v>
-[...9 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="s">
-        <v>97</v>
+        <v>1245</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>1675</v>
+        <v>1669</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1676</v>
+        <v>1670</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>1677</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>1514</v>
+        <v>81</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H326" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H326" s="5" t="s">
+        <v>1673</v>
       </c>
       <c r="I326" s="5"/>
       <c r="J326" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K326" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="L326" s="6" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M326" s="5" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H327" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="I327" s="5" t="s">
         <v>1679</v>
       </c>
-      <c r="L326" s="6" t="s">
+      <c r="J327" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K327" s="5" t="s">
         <v>1680</v>
       </c>
-      <c r="M326" s="5" t="s">
+      <c r="L327" s="6" t="s">
         <v>1681</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="H327" s="5" t="s">
+      <c r="M327" s="5" t="s">
         <v>1682</v>
       </c>
-      <c r="I327" s="5"/>
-[...3 lines deleted...]
-      <c r="K327" s="5" t="s">
+    </row>
+    <row r="328">
+      <c r="A328" s="5" t="s">
         <v>1683</v>
       </c>
-      <c r="L327" s="6" t="s">
+      <c r="B328" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="s">
         <v>1684</v>
-      </c>
-[...35 lines deleted...]
-        </is>
       </c>
       <c r="I328" s="5"/>
       <c r="J328" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K328" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="L328" s="6" t="s">
         <v>1686</v>
       </c>
-      <c r="L328" s="6" t="s">
+      <c r="M328" s="5" t="s">
         <v>1687</v>
       </c>
-      <c r="M328" s="5" t="s">
+    </row>
+    <row r="329">
+      <c r="A329" s="5" t="s">
         <v>1688</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B329" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C329" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E329" s="5" t="s">
         <v>1689</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
         <v>1690</v>
       </c>
       <c r="I329" s="5"/>
       <c r="J329" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K329" s="5" t="s">
         <v>1691</v>
       </c>
       <c r="L329" s="6" t="s">
         <v>1692</v>
       </c>
       <c r="M329" s="5" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
         <v>1694</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>681</v>
+        <v>81</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H330" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H330" s="5" t="s">
+        <v>1695</v>
       </c>
       <c r="I330" s="5"/>
       <c r="J330" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>1656</v>
+        <v>567</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>57</v>
+        <v>908</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I331" s="5"/>
       <c r="J331" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B332" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>681</v>
+        <v>1548</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="I332" s="5"/>
       <c r="J332" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>1514</v>
+        <v>908</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="I333" s="5"/>
       <c r="J333" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>57</v>
+        <v>908</v>
       </c>
       <c r="E334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H334" s="5" t="s">
-        <v>1713</v>
+      <c r="H334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I334" s="5"/>
       <c r="J334" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K334" s="5" t="s">
         <v>1714</v>
       </c>
       <c r="L334" s="6" t="s">
         <v>1715</v>
       </c>
       <c r="M334" s="5" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
         <v>1717</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>323</v>
+        <v>908</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H335" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I335" s="5"/>
+      <c r="H335" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>1718</v>
+      </c>
       <c r="J335" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>681</v>
+        <v>75</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="I336" s="5"/>
       <c r="J336" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F337" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I337" s="5" t="s">
+      <c r="H337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I337" s="5"/>
+      <c r="J337" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K337" s="5" t="s">
         <v>1728</v>
       </c>
-      <c r="J337" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K337" s="5" t="s">
+      <c r="L337" s="6" t="s">
         <v>1729</v>
       </c>
-      <c r="L337" s="6" t="s">
+      <c r="M337" s="5" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E338" s="5" t="s">
         <v>1732</v>
       </c>
-      <c r="B338" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C338" s="5" t="s">
+      <c r="F338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H338" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I338" s="5" t="s">
         <v>1733</v>
       </c>
-      <c r="D338" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I338" s="5"/>
       <c r="J338" s="5" t="s">
-        <v>97</v>
+        <v>1479</v>
       </c>
       <c r="K338" s="5" t="s">
         <v>1734</v>
       </c>
       <c r="L338" s="6" t="s">
         <v>1735</v>
       </c>
       <c r="M338" s="5" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="339">
-      <c r="A339" s="5" t="s">
+      <c r="A339" s="5" t="n">
+        <v>1915</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C339" s="5" t="s">
         <v>1737</v>
       </c>
-      <c r="B339" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="D339" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H339" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H339" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="I339" s="5"/>
       <c r="J339" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>17</v>
+      </c>
+      <c r="C340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D340" s="5" t="s">
-        <v>107</v>
+        <v>567</v>
       </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H340" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I340" s="5"/>
+      <c r="H340" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>1743</v>
+      </c>
       <c r="J340" s="5" t="s">
-        <v>1639</v>
+        <v>1738</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="341">
-      <c r="A341" s="5" t="n">
-        <v>1918</v>
+      <c r="A341" s="5" t="s">
+        <v>1747</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>25</v>
+        <v>1548</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>107</v>
+        <v>1187</v>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H341" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H341" s="5" t="s">
+        <v>1748</v>
       </c>
       <c r="I341" s="5"/>
       <c r="J341" s="5" t="s">
-        <v>1745</v>
+        <v>1738</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>556</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>1488</v>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H342" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I342" s="5"/>
+      <c r="H342" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>1754</v>
+      </c>
       <c r="J342" s="5" t="s">
-        <v>97</v>
+        <v>1491</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>1732</v>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H343" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H343" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="I343" s="5"/>
       <c r="J343" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>1758</v>
-[...9 lines deleted...]
-        </is>
+        <v>1548</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H344" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H344" s="5" t="s">
+        <v>1763</v>
       </c>
       <c r="I344" s="5"/>
       <c r="J344" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>26</v>
+        <v>1548</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1187</v>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H345" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H345" s="5" t="s">
+        <v>1768</v>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="s">
-        <v>1763</v>
+        <v>1738</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>676</v>
+        <v>1427</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>113</v>
+        <v>1732</v>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H346" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H346" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="s">
-        <v>1768</v>
+        <v>1738</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>26</v>
+        <v>1768</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>676</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E347" s="5" t="s">
+        <v>1777</v>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I347" s="5"/>
       <c r="J347" s="5" t="s">
-        <v>1773</v>
+        <v>1738</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>637</v>
-[...4 lines deleted...]
-        </is>
+        <v>868</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H348" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H348" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="I348" s="5"/>
       <c r="J348" s="5" t="s">
-        <v>1778</v>
+        <v>1285</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>1783</v>
-[...4 lines deleted...]
-        </is>
+        <v>1427</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H349" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I349" s="5"/>
+      <c r="H349" s="5" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>1788</v>
+      </c>
       <c r="J349" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>1119</v>
+        <v>19</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>1163</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>1793</v>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H350" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H350" s="5" t="s">
+        <v>1794</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>1639</v>
+        <v>1491</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>1789</v>
+        <v>1796</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>1790</v>
+        <v>1797</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1792</v>
+        <v>1799</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H351" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I351" s="5"/>
+      <c r="H351" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>1801</v>
+      </c>
       <c r="J351" s="5" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>676</v>
+        <v>1806</v>
       </c>
       <c r="I352" s="5"/>
       <c r="J352" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1187</v>
+      </c>
+      <c r="E353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H353" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H353" s="5" t="s">
+        <v>920</v>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="s">
-        <v>1763</v>
+        <v>1738</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>1802</v>
+        <v>1812</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>1803</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>1804</v>
+        <v>1814</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>676</v>
+        <v>1187</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F354" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F354" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H354" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H354" s="5" t="s">
+        <v>920</v>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>1805</v>
+        <v>1815</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>1806</v>
+        <v>1816</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>57</v>
+        <v>1187</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>676</v>
+        <v>567</v>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F355" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F355" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H355" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H355" s="5" t="s">
+        <v>1819</v>
       </c>
       <c r="I355" s="5"/>
       <c r="J355" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>1809</v>
+        <v>1820</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>1811</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>1812</v>
+        <v>1823</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>57</v>
+        <v>1187</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H356" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H356" s="5" t="s">
+        <v>1824</v>
       </c>
       <c r="I356" s="5"/>
       <c r="J356" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>676</v>
+        <v>1187</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>1817</v>
-[...4 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H357" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H357" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I357" s="5"/>
       <c r="J357" s="5" t="s">
-        <v>1639</v>
+        <v>1738</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>1819</v>
+        <v>1829</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>1822</v>
+        <v>1832</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>25</v>
+        <v>1833</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>75</v>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G358" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H358" s="5" t="s">
+        <v>1834</v>
       </c>
       <c r="I358" s="5"/>
       <c r="J358" s="5" t="s">
-        <v>1763</v>
+        <v>1738</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>1313</v>
+        <v>1833</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>1828</v>
+        <v>567</v>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H359" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H359" s="5" t="s">
+        <v>1839</v>
       </c>
       <c r="I359" s="5"/>
       <c r="J359" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>1831</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>1514</v>
+        <v>1844</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>1833</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>1834</v>
+        <v>779</v>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>1835</v>
+        <v>1845</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>1836</v>
+        <v>1846</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="D361" s="5" t="s">
-        <v>1828</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H361" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H361" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D362" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>75</v>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H362" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H362" s="5" t="s">
+        <v>1833</v>
       </c>
       <c r="I362" s="5"/>
       <c r="J362" s="5" t="s">
-        <v>1639</v>
+        <v>1738</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>676</v>
+        <v>75</v>
       </c>
       <c r="D363" s="5" t="s">
-        <v>1847</v>
+        <v>567</v>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F363" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F363" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H363" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H363" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="I363" s="5"/>
       <c r="J363" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K363" s="5" t="s">
-        <v>1848</v>
+        <v>1858</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="M363" s="5" t="s">
-        <v>1850</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>1851</v>
+        <v>1861</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>567</v>
+      </c>
+      <c r="D364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G364" s="5" t="s">
-[...3 lines deleted...]
-        <v>1833</v>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I364" s="5"/>
       <c r="J364" s="5" t="s">
-        <v>97</v>
+        <v>1862</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>1853</v>
+        <v>1863</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>1854</v>
+        <v>1864</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>1855</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>717</v>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>1857</v>
-[...3 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="I365" s="5"/>
       <c r="J365" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>25</v>
+        <v>567</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
       <c r="I366" s="5"/>
       <c r="J366" s="5" t="s">
-        <v>1639</v>
+        <v>1738</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>1689</v>
+        <v>717</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>57</v>
+        <v>567</v>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H367" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I367" s="5"/>
       <c r="J367" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D368" s="5" t="s">
-        <v>57</v>
+        <v>717</v>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H368" s="5" t="s">
-        <v>1874</v>
+      <c r="H368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I368" s="5"/>
       <c r="J368" s="5" t="s">
-        <v>1875</v>
+        <v>1738</v>
       </c>
       <c r="K368" s="5" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="M368" s="5" t="s">
-        <v>1878</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>1879</v>
+        <v>1883</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>681</v>
+        <v>1548</v>
       </c>
       <c r="D369" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1884</v>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="I369" s="5"/>
       <c r="J369" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K369" s="5" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="M369" s="5" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>681</v>
+        <v>722</v>
       </c>
       <c r="D370" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="I370" s="5"/>
       <c r="J370" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="M370" s="5" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>1890</v>
+        <v>722</v>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H371" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H371" s="5" t="s">
+        <v>1895</v>
       </c>
       <c r="I371" s="5"/>
       <c r="J371" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>1789</v>
+        <v>1896</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="M371" s="5" t="s">
-        <v>1892</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>1867</v>
+        <v>1899</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>681</v>
+        <v>567</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>57</v>
+        <v>1833</v>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>1893</v>
+        <v>722</v>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="s">
-        <v>97</v>
+        <v>1738</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="M372" s="5" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>346</v>
+        <v>567</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H373" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H373" s="5" t="s">
+        <v>1833</v>
       </c>
       <c r="I373" s="5"/>
       <c r="J373" s="5" t="s">
-        <v>52</v>
+        <v>1738</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="M373" s="5" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>1902</v>
+        <v>1548</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="I374" s="5"/>
       <c r="J374" s="5" t="s">
-        <v>324</v>
+        <v>1738</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>1901</v>
+        <v>1911</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>43</v>
+        <v>1912</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>1902</v>
-[...7 lines deleted...]
-        <v>51</v>
+        <v>567</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H375" s="5" t="s">
-        <v>139</v>
+      <c r="H375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I375" s="5"/>
       <c r="J375" s="5" t="s">
-        <v>324</v>
+        <v>1738</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="B376" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>43</v>
+        <v>1917</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>1903</v>
+        <v>567</v>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="s">
-        <v>1902</v>
+        <v>1918</v>
       </c>
       <c r="I376" s="5"/>
       <c r="J376" s="5" t="s">
-        <v>324</v>
+        <v>1738</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>406</v>
+        <v>1922</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>25</v>
+        <v>1917</v>
       </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H377" s="5" t="s">
-        <v>15</v>
+      <c r="H377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I377" s="5"/>
       <c r="J377" s="5" t="s">
-        <v>45</v>
+        <v>1738</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>1915</v>
+        <v>1924</v>
       </c>
       <c r="M377" s="5" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C378" s="5" t="s">
         <v>1917</v>
       </c>
-      <c r="B378" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D378" s="5" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="s">
-        <v>95</v>
+        <v>1369</v>
       </c>
       <c r="I378" s="5"/>
       <c r="J378" s="5" t="s">
-        <v>190</v>
+        <v>1738</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="M378" s="5" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>426</v>
+        <v>1930</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>43</v>
+        <v>567</v>
       </c>
       <c r="D379" s="5" t="s">
-        <v>42</v>
+        <v>1917</v>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
       <c r="I379" s="5"/>
       <c r="J379" s="5" t="s">
-        <v>324</v>
+        <v>1738</v>
       </c>
       <c r="K379" s="5" t="s">
-        <v>1922</v>
+        <v>1932</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="M379" s="5" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="380">
-      <c r="A380" s="5" t="s">
-        <v>426</v>
+      <c r="A380" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C380" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D380" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H380" s="5" t="s">
-        <v>1921</v>
-[...1 lines deleted...]
-      <c r="I380" s="5"/>
+        <v>1935</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>1936</v>
+      </c>
       <c r="J380" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K380" s="5" t="s">
-        <v>1922</v>
+        <v>1937</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="M380" s="5" t="s">
-        <v>1926</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="381">
-      <c r="A381" s="5" t="s">
-        <v>426</v>
+      <c r="A381" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C381" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D381" s="5" t="s">
-        <v>139</v>
+        <v>722</v>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>1921</v>
+        <v>1940</v>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K381" s="5" t="s">
-        <v>1922</v>
+        <v>1941</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>1927</v>
+        <v>1942</v>
       </c>
       <c r="M381" s="5" t="s">
-        <v>1928</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>1929</v>
+        <v>1944</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>1930</v>
+        <v>868</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>95</v>
+        <v>1945</v>
       </c>
       <c r="I382" s="5"/>
       <c r="J382" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>1931</v>
+        <v>1946</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>1932</v>
+        <v>1947</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>1933</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>238</v>
+        <v>1944</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>868</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H383" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H383" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I383" s="5"/>
       <c r="J383" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>1935</v>
+        <v>1950</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>1936</v>
+        <v>1951</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>1938</v>
+        <v>1952</v>
       </c>
       <c r="B384" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>87</v>
+        <v>1953</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H384" s="5" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>1954</v>
+      </c>
+      <c r="I384" s="5"/>
       <c r="J384" s="5" t="s">
-        <v>89</v>
+        <v>899</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>1940</v>
+        <v>1955</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>1941</v>
+        <v>1956</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>1942</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>1943</v>
+        <v>1958</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>43</v>
+        <v>1953</v>
       </c>
       <c r="D385" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H385" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I385" s="5"/>
       <c r="J385" s="5" t="s">
-        <v>190</v>
+        <v>899</v>
       </c>
       <c r="K385" s="5" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>1947</v>
+        <v>1960</v>
       </c>
       <c r="M385" s="5" t="s">
-        <v>1948</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>426</v>
+        <v>1958</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C386" s="5" t="s">
-        <v>43</v>
+        <v>1917</v>
       </c>
       <c r="D386" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H386" s="5" t="s">
-        <v>1921</v>
+      <c r="H386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="s">
-        <v>324</v>
+        <v>1961</v>
       </c>
       <c r="K386" s="5" t="s">
-        <v>1949</v>
+        <v>1962</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>1950</v>
+        <v>1963</v>
       </c>
       <c r="M386" s="5" t="s">
-        <v>1951</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="387">
-      <c r="A387" s="5" t="s">
-        <v>426</v>
+      <c r="A387" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>43</v>
+        <v>1953</v>
       </c>
       <c r="D387" s="5" t="s">
-        <v>165</v>
+        <v>722</v>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="s">
-        <v>1921</v>
-[...1 lines deleted...]
-      <c r="I387" s="5"/>
+        <v>1965</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>1966</v>
+      </c>
       <c r="J387" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K387" s="5" t="s">
-        <v>1922</v>
+        <v>1967</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>1952</v>
+        <v>1968</v>
       </c>
       <c r="M387" s="5" t="s">
-        <v>1953</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="388">
-      <c r="A388" s="5" t="s">
-        <v>328</v>
+      <c r="A388" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>43</v>
+        <v>1970</v>
       </c>
       <c r="D388" s="5" t="s">
         <v>722</v>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H388" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I388" s="5"/>
+      <c r="H388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I388" s="5" t="s">
+        <v>1971</v>
+      </c>
       <c r="J388" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>1954</v>
+        <v>1972</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>1955</v>
+        <v>1973</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>1956</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="389">
-      <c r="A389" s="5" t="s">
-        <v>1957</v>
+      <c r="A389" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B389" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>43</v>
+        <v>1975</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>139</v>
+        <v>722</v>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H389" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H389" s="5" t="s">
+        <v>1976</v>
       </c>
       <c r="I389" s="5"/>
       <c r="J389" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>1958</v>
+        <v>1977</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>1959</v>
+        <v>1978</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>1960</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="390">
-      <c r="A390" s="5" t="s">
-        <v>1961</v>
+      <c r="A390" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B390" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>165</v>
+        <v>1975</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H390" s="5" t="s">
-        <v>1962</v>
+        <v>1980</v>
       </c>
       <c r="I390" s="5"/>
       <c r="J390" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>1963</v>
+        <v>1981</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>1964</v>
+        <v>1982</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>1965</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>1966</v>
+        <v>1984</v>
       </c>
       <c r="B391" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C391" s="5" t="s">
-        <v>1522</v>
+        <v>868</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H391" s="5" t="s">
-        <v>534</v>
+        <v>1985</v>
       </c>
       <c r="I391" s="5"/>
       <c r="J391" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>1970</v>
+        <v>1944</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>75</v>
+        <v>868</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H392" s="5" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="I392" s="5"/>
       <c r="J392" s="5" t="s">
-        <v>127</v>
+        <v>899</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>1938</v>
+        <v>1992</v>
       </c>
       <c r="B393" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C393" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D393" s="5" t="s">
-        <v>285</v>
+        <v>722</v>
       </c>
       <c r="E393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I393" s="5"/>
       <c r="J393" s="5" t="s">
-        <v>45</v>
+        <v>1285</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>1976</v>
+        <v>1994</v>
       </c>
       <c r="M393" s="5" t="s">
-        <v>1977</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D394" s="5" t="s">
-        <v>165</v>
+        <v>722</v>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H394" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I394" s="5"/>
+      <c r="H394" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>1997</v>
+      </c>
       <c r="J394" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="M394" s="5" t="s">
-        <v>1980</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>1982</v>
+        <v>868</v>
       </c>
       <c r="D395" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E395" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H395" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H395" s="5" t="s">
+        <v>2002</v>
       </c>
       <c r="I395" s="5"/>
       <c r="J395" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>1985</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>1986</v>
+        <v>2006</v>
       </c>
       <c r="B396" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>381</v>
+        <v>868</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H396" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H396" s="5" t="s">
+        <v>2007</v>
       </c>
       <c r="I396" s="5"/>
       <c r="J396" s="5" t="s">
-        <v>1987</v>
+        <v>899</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>1990</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C397" s="5" t="s">
-        <v>15</v>
+        <v>2012</v>
       </c>
       <c r="D397" s="5" t="s">
-        <v>75</v>
+        <v>722</v>
       </c>
       <c r="E397" s="5" t="s">
-        <v>1043</v>
+        <v>42</v>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>1994</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="B398" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H398" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H398" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I398" s="5"/>
       <c r="J398" s="5" t="s">
-        <v>70</v>
+        <v>899</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>1999</v>
+        <v>2018</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2000</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>199</v>
+        <v>2020</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D399" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H399" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H399" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I399" s="5"/>
       <c r="J399" s="5" t="s">
-        <v>190</v>
+        <v>899</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2003</v>
+        <v>2023</v>
       </c>
       <c r="M399" s="5" t="s">
-        <v>2004</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D400" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="s">
-        <v>95</v>
+        <v>2025</v>
       </c>
       <c r="I400" s="5"/>
       <c r="J400" s="5" t="s">
-        <v>190</v>
+        <v>1285</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2006</v>
+        <v>2026</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2007</v>
+        <v>2027</v>
       </c>
       <c r="M400" s="5" t="s">
-        <v>2008</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2009</v>
+        <v>2029</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>15</v>
+        <v>868</v>
       </c>
       <c r="D401" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>722</v>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2030</v>
+      </c>
+      <c r="I401" s="5"/>
       <c r="J401" s="5" t="s">
-        <v>70</v>
+        <v>899</v>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2012</v>
+        <v>2031</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2013</v>
+        <v>2032</v>
       </c>
       <c r="M401" s="5" t="s">
-        <v>2014</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2015</v>
+        <v>2034</v>
       </c>
       <c r="B402" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F402" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H402" s="5" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I402" s="5"/>
+        <v>2035</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>2036</v>
+      </c>
       <c r="J402" s="5" t="s">
-        <v>70</v>
+        <v>1285</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2016</v>
+        <v>2037</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2017</v>
+        <v>2038</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2018</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2019</v>
+        <v>2040</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>165</v>
+        <v>868</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E403" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G403" s="5" t="s">
-        <v>2020</v>
+      <c r="G403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2021</v>
+        <v>2041</v>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2022</v>
+        <v>2042</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2023</v>
+        <v>2043</v>
       </c>
       <c r="M403" s="5" t="s">
-        <v>2024</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>538</v>
+        <v>2040</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>139</v>
+        <v>19</v>
       </c>
       <c r="D404" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>898</v>
+      </c>
+      <c r="E404" s="5" t="s">
+        <v>2045</v>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H404" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H404" s="5" t="s">
+        <v>2046</v>
       </c>
       <c r="I404" s="5"/>
       <c r="J404" s="5" t="s">
-        <v>45</v>
+        <v>2047</v>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2025</v>
+        <v>2048</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2026</v>
+        <v>2049</v>
       </c>
       <c r="M404" s="5" t="s">
-        <v>2027</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>538</v>
+        <v>2051</v>
       </c>
       <c r="B405" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>2028</v>
+        <v>2012</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H405" s="5" t="s">
-        <v>2029</v>
+      <c r="H405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I405" s="5"/>
       <c r="J405" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2030</v>
+        <v>2052</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>2032</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>406</v>
+        <v>2051</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H406" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H406" s="5" t="s">
+        <v>2055</v>
       </c>
       <c r="I406" s="5"/>
       <c r="J406" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2033</v>
+        <v>2056</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2034</v>
+        <v>2057</v>
       </c>
       <c r="M406" s="5" t="s">
-        <v>2035</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2036</v>
+        <v>2059</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>681</v>
+        <v>2060</v>
       </c>
       <c r="D407" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H407" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H407" s="5" t="s">
+        <v>2061</v>
       </c>
       <c r="I407" s="5"/>
       <c r="J407" s="5" t="s">
-        <v>2037</v>
+        <v>899</v>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2038</v>
+        <v>2062</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2039</v>
+        <v>2063</v>
       </c>
       <c r="M407" s="5" t="s">
-        <v>2040</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2041</v>
+        <v>2065</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>43</v>
+        <v>2066</v>
       </c>
       <c r="D408" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H408" s="5" t="s">
-        <v>95</v>
+      <c r="H408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I408" s="5"/>
       <c r="J408" s="5" t="s">
-        <v>190</v>
+        <v>899</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2042</v>
+        <v>2067</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2043</v>
+        <v>2068</v>
       </c>
       <c r="M408" s="5" t="s">
-        <v>2044</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2045</v>
+        <v>2070</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>14</v>
+        <v>1339</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>43</v>
+        <v>2071</v>
       </c>
       <c r="D409" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F409" s="5" t="s">
+        <v>2072</v>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="s">
         <v>2046</v>
       </c>
-      <c r="I409" s="5" t="s">
+      <c r="I409" s="5"/>
+      <c r="J409" s="5" t="s">
         <v>2047</v>
       </c>
-      <c r="J409" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K409" s="5" t="s">
-        <v>2048</v>
+        <v>2073</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2049</v>
+        <v>2074</v>
       </c>
       <c r="M409" s="5" t="s">
-        <v>2050</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2051</v>
+        <v>2076</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>15</v>
+        <v>2077</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>722</v>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H410" s="5" t="s">
-        <v>2052</v>
+      <c r="H410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="s">
-        <v>70</v>
+        <v>899</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2053</v>
+        <v>2078</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2054</v>
+        <v>2079</v>
       </c>
       <c r="M410" s="5" t="s">
-        <v>2055</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2056</v>
+        <v>2081</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C411" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D411" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2052</v>
+        <v>2082</v>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="s">
-        <v>70</v>
+        <v>899</v>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2057</v>
+        <v>2083</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2058</v>
+        <v>2084</v>
       </c>
       <c r="M411" s="5" t="s">
-        <v>2059</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2060</v>
+        <v>2086</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>43</v>
+        <v>2087</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>2061</v>
-[...9 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F412" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H412" s="5" t="s">
-        <v>25</v>
+      <c r="H412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2062</v>
+        <v>2089</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2063</v>
+        <v>2090</v>
       </c>
       <c r="M412" s="5" t="s">
-        <v>2064</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2065</v>
+        <v>2092</v>
       </c>
       <c r="B413" s="5" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>900</v>
-[...4 lines deleted...]
-        </is>
+        <v>1970</v>
+      </c>
+      <c r="D413" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="E413" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I413" s="5"/>
+      <c r="I413" s="5" t="s">
+        <v>2093</v>
+      </c>
       <c r="J413" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2066</v>
+        <v>2094</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2067</v>
+        <v>2095</v>
       </c>
       <c r="M413" s="5" t="s">
-        <v>2068</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2069</v>
+        <v>2097</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>43</v>
+        <v>2098</v>
       </c>
       <c r="D414" s="5" t="s">
-        <v>925</v>
-[...7 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E414" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2070</v>
+        <v>2100</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2071</v>
+        <v>2101</v>
       </c>
       <c r="M414" s="5" t="s">
-        <v>2072</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2073</v>
+        <v>2103</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>900</v>
+        <v>868</v>
       </c>
       <c r="D415" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E415" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F415" s="5" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H415" s="5" t="s">
-        <v>447</v>
+        <v>1976</v>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="s">
-        <v>324</v>
+        <v>1285</v>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2074</v>
+        <v>2104</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2075</v>
-[...3 lines deleted...]
-      </c>
+        <v>2105</v>
+      </c>
+      <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2077</v>
+        <v>2106</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>769</v>
+        <v>2107</v>
       </c>
       <c r="D416" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H416" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I416" s="5"/>
+      <c r="H416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>2108</v>
+      </c>
       <c r="J416" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2079</v>
+        <v>2109</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2080</v>
+        <v>2110</v>
       </c>
       <c r="M416" s="5" t="s">
-        <v>2081</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>930</v>
+        <v>2112</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>43</v>
+        <v>2012</v>
       </c>
       <c r="D417" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="E417" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E417" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H417" s="5" t="s">
-        <v>2082</v>
+      <c r="H417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I417" s="5" t="s">
-        <v>2083</v>
+        <v>2113</v>
       </c>
       <c r="J417" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2084</v>
+        <v>2114</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2085</v>
+        <v>2115</v>
       </c>
       <c r="M417" s="5" t="s">
-        <v>2086</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>930</v>
+        <v>2117</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>722</v>
+        <v>81</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>1427</v>
+      </c>
+      <c r="E418" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>243</v>
+        <v>2118</v>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="s">
-        <v>324</v>
+        <v>2119</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2087</v>
+        <v>2120</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2088</v>
+        <v>2121</v>
       </c>
       <c r="M418" s="5" t="s">
-        <v>2089</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>930</v>
+        <v>2117</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>107</v>
+        <v>1427</v>
       </c>
       <c r="E419" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G419" s="5" t="s">
-[...3 lines deleted...]
-        <v>2091</v>
+      <c r="G419" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H419" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="s">
-        <v>324</v>
+        <v>2119</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2092</v>
+        <v>2123</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2093</v>
+        <v>2124</v>
       </c>
       <c r="M419" s="5" t="s">
-        <v>2094</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2095</v>
+        <v>2126</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C420" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F420" s="5" t="s">
-        <v>113</v>
+      <c r="F420" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H420" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H420" s="5" t="s">
+        <v>2127</v>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="s">
-        <v>324</v>
+        <v>899</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2096</v>
+        <v>2128</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2097</v>
+        <v>2129</v>
       </c>
       <c r="M420" s="5" t="s">
-        <v>2098</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="421">
-      <c r="A421" s="5" t="n">
-        <v>1914</v>
+      <c r="A421" s="5" t="s">
+        <v>2131</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>165</v>
+        <v>868</v>
       </c>
       <c r="D421" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2099</v>
+        <v>2132</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2100</v>
+        <v>2133</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2101</v>
+        <v>2134</v>
       </c>
       <c r="M421" s="5" t="s">
-        <v>2102</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2103</v>
+        <v>2136</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="C422" s="5" t="s">
-        <v>900</v>
-[...9 lines deleted...]
-        </is>
+        <v>2012</v>
+      </c>
+      <c r="D422" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="E422" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2104</v>
+        <v>2137</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2105</v>
+        <v>2138</v>
       </c>
       <c r="M422" s="5" t="s">
-        <v>2106</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2107</v>
+        <v>2140</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>15</v>
+        <v>868</v>
       </c>
       <c r="D423" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>2108</v>
+        <v>2141</v>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2109</v>
+        <v>2142</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2110</v>
+        <v>2143</v>
       </c>
       <c r="M423" s="5" t="s">
-        <v>2111</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>561</v>
+        <v>2145</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>43</v>
+        <v>2146</v>
       </c>
       <c r="D424" s="5" t="s">
-        <v>42</v>
+        <v>722</v>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H424" s="5" t="s">
-        <v>2112</v>
+      <c r="H424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2113</v>
+        <v>2147</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2114</v>
+        <v>2148</v>
       </c>
       <c r="M424" s="5" t="s">
-        <v>2115</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2116</v>
+        <v>2145</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>42</v>
+        <v>868</v>
       </c>
       <c r="D425" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F425" s="5" t="s">
-        <v>51</v>
+      <c r="F425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2117</v>
+        <v>2150</v>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2118</v>
+        <v>2151</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2119</v>
+        <v>2152</v>
       </c>
       <c r="M425" s="5" t="s">
-        <v>2120</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2121</v>
+        <v>2154</v>
       </c>
       <c r="B426" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>447</v>
+        <v>2155</v>
       </c>
       <c r="D426" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E426" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H426" s="5" t="s">
-        <v>2122</v>
+      <c r="H426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2123</v>
+        <v>2156</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2124</v>
+        <v>2157</v>
       </c>
       <c r="M426" s="5" t="s">
-        <v>2125</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2126</v>
+        <v>2159</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D427" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2127</v>
+        <v>2160</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2128</v>
+        <v>2161</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2129</v>
+        <v>2162</v>
       </c>
       <c r="M427" s="5" t="s">
-        <v>2130</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2131</v>
+        <v>2164</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>43</v>
+        <v>2165</v>
       </c>
       <c r="D428" s="5" t="s">
-        <v>447</v>
-[...4 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E428" s="5" t="s">
+        <v>2166</v>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2132</v>
+        <v>2167</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2133</v>
+        <v>2168</v>
       </c>
       <c r="M428" s="5" t="s">
-        <v>2134</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2135</v>
+        <v>2170</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>75</v>
+        <v>868</v>
       </c>
       <c r="D429" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2136</v>
+        <v>2171</v>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="s">
-        <v>77</v>
+        <v>2172</v>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2137</v>
+        <v>2173</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2138</v>
+        <v>2174</v>
       </c>
       <c r="M429" s="5" t="s">
-        <v>2139</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2140</v>
+        <v>2170</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>447</v>
+        <v>868</v>
       </c>
       <c r="D430" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>1427</v>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H430" s="5" t="s">
-        <v>2141</v>
+      <c r="H430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I430" s="5"/>
       <c r="J430" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2142</v>
+        <v>2176</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2143</v>
+        <v>2177</v>
       </c>
       <c r="M430" s="5" t="s">
-        <v>2144</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2145</v>
+        <v>2179</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>43</v>
+        <v>1548</v>
       </c>
       <c r="D431" s="5" t="s">
-        <v>447</v>
-[...4 lines deleted...]
-        </is>
+        <v>567</v>
+      </c>
+      <c r="E431" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H431" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H431" s="5" t="s">
+        <v>2180</v>
       </c>
       <c r="I431" s="5"/>
       <c r="J431" s="5" t="s">
-        <v>77</v>
+        <v>2047</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2146</v>
+        <v>2181</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2147</v>
+        <v>2182</v>
       </c>
       <c r="M431" s="5" t="s">
-        <v>2148</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2149</v>
+        <v>2184</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D432" s="5" t="s">
-        <v>50</v>
+        <v>722</v>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>1319</v>
+        <v>2185</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2150</v>
+        <v>2186</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2151</v>
+        <v>2187</v>
       </c>
       <c r="M432" s="5" t="s">
-        <v>2152</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2153</v>
+        <v>2189</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>2154</v>
+        <v>2012</v>
       </c>
       <c r="D433" s="5" t="s">
-        <v>165</v>
+        <v>722</v>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H433" s="5" t="s">
-        <v>2155</v>
+      <c r="H433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2156</v>
+        <v>2190</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2157</v>
+        <v>2191</v>
       </c>
       <c r="M433" s="5" t="s">
-        <v>2158</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2159</v>
+        <v>2193</v>
       </c>
       <c r="B434" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>2154</v>
+        <v>2194</v>
       </c>
       <c r="D434" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>722</v>
+      </c>
+      <c r="E434" s="5" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F434" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H434" s="5" t="s">
-        <v>2160</v>
+      <c r="H434" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2161</v>
+        <v>2196</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2162</v>
+        <v>2197</v>
       </c>
       <c r="M434" s="5" t="s">
-        <v>2163</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2164</v>
+        <v>2199</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>43</v>
+        <v>1953</v>
       </c>
       <c r="D435" s="5" t="s">
-        <v>165</v>
+        <v>722</v>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H435" s="5" t="s">
-        <v>2154</v>
+      <c r="H435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2165</v>
+        <v>2200</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2166</v>
+        <v>2201</v>
       </c>
       <c r="M435" s="5" t="s">
-        <v>2167</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="436">
-      <c r="A436" s="5" t="s">
-        <v>2168</v>
+      <c r="A436" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B436" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>165</v>
+        <v>1953</v>
       </c>
       <c r="D436" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F436" s="5" t="s">
-        <v>51</v>
+      <c r="F436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="s">
-        <v>57</v>
+        <v>2203</v>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2169</v>
+        <v>2204</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2170</v>
+        <v>2205</v>
       </c>
       <c r="M436" s="5" t="s">
-        <v>2171</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="437">
-      <c r="A437" s="5" t="s">
-        <v>2172</v>
+      <c r="A437" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>43</v>
+        <v>1970</v>
       </c>
       <c r="D437" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H437" s="5" t="s">
-        <v>2173</v>
+      <c r="H437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2174</v>
+        <v>2207</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2175</v>
+        <v>2208</v>
       </c>
       <c r="M437" s="5" t="s">
-        <v>2176</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="438">
-      <c r="A438" s="5" t="s">
-        <v>2177</v>
+      <c r="A438" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>43</v>
+        <v>2210</v>
       </c>
       <c r="D438" s="5" t="s">
-        <v>346</v>
+        <v>722</v>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H438" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H438" s="5" t="s">
+        <v>2211</v>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2178</v>
+        <v>2212</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2179</v>
+        <v>2213</v>
       </c>
       <c r="M438" s="5" t="s">
-        <v>2180</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2181</v>
+        <v>2215</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D439" s="5" t="s">
-        <v>2154</v>
+        <v>722</v>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H439" s="5" t="s">
-        <v>57</v>
+      <c r="H439" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I439" s="5"/>
       <c r="J439" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2182</v>
+        <v>2216</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2183</v>
+        <v>2217</v>
       </c>
       <c r="M439" s="5" t="s">
-        <v>2184</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2181</v>
+        <v>2219</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D440" s="5" t="s">
-        <v>57</v>
+        <v>722</v>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2154</v>
+        <v>2220</v>
       </c>
       <c r="I440" s="5"/>
       <c r="J440" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2185</v>
+        <v>2221</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2186</v>
+        <v>2222</v>
       </c>
       <c r="M440" s="5" t="s">
-        <v>2187</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="441">
-      <c r="A441" s="5" t="n">
-        <v>1915</v>
+      <c r="A441" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>2188</v>
+        <v>868</v>
       </c>
       <c r="D441" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>447</v>
+        <v>2225</v>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2189</v>
+        <v>2226</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2190</v>
+        <v>2227</v>
       </c>
       <c r="M441" s="5" t="s">
-        <v>2191</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2192</v>
+        <v>2229</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>50</v>
+        <v>2146</v>
       </c>
       <c r="D442" s="5" t="s">
-        <v>42</v>
+        <v>722</v>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H442" s="5" t="s">
-        <v>43</v>
+      <c r="H442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2193</v>
+        <v>2230</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2194</v>
+        <v>2231</v>
       </c>
       <c r="M442" s="5" t="s">
-        <v>2195</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2196</v>
+        <v>2233</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>1522</v>
+        <v>868</v>
       </c>
       <c r="D443" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2197</v>
+        <v>2234</v>
       </c>
       <c r="I443" s="5"/>
       <c r="J443" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2198</v>
+        <v>2235</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2199</v>
+        <v>2236</v>
       </c>
       <c r="M443" s="5" t="s">
-        <v>2200</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2201</v>
+        <v>2238</v>
       </c>
       <c r="B444" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>43</v>
+        <v>1953</v>
       </c>
       <c r="D444" s="5" t="s">
-        <v>1522</v>
+        <v>722</v>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H444" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H444" s="5" t="s">
+        <v>2239</v>
       </c>
       <c r="I444" s="5"/>
       <c r="J444" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2202</v>
+        <v>2240</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2203</v>
+        <v>2241</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2204</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2205</v>
+        <v>2243</v>
       </c>
       <c r="B445" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>43</v>
+        <v>868</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>1522</v>
+        <v>722</v>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2206</v>
+        <v>2244</v>
       </c>
       <c r="I445" s="5"/>
       <c r="J445" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2207</v>
+        <v>2245</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2208</v>
+        <v>2246</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2209</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>1585</v>
+        <v>2248</v>
       </c>
       <c r="B446" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>15</v>
+        <v>735</v>
       </c>
       <c r="D446" s="5" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-        <v>2210</v>
+        <v>722</v>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H446" s="5" t="s">
-        <v>126</v>
+      <c r="H446" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="s">
-        <v>127</v>
+        <v>899</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2211</v>
+        <v>2249</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2212</v>
+        <v>2250</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2213</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2214</v>
+        <v>2252</v>
       </c>
       <c r="B447" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E447" s="5" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="F447" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2215</v>
+        <v>2253</v>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2216</v>
+        <v>2254</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2217</v>
+        <v>2255</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2218</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="448">
-      <c r="A448" s="5" t="n">
-        <v>1940</v>
+      <c r="A448" s="5" t="s">
+        <v>2257</v>
       </c>
       <c r="B448" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>58</v>
+        <v>868</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>2219</v>
+        <v>722</v>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2220</v>
-[...3 lines deleted...]
-      </c>
+        <v>2258</v>
+      </c>
+      <c r="I448" s="5"/>
       <c r="J448" s="5" t="s">
-        <v>2222</v>
+        <v>899</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2223</v>
+        <v>2259</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2224</v>
+        <v>2260</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2225</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2226</v>
+        <v>2262</v>
       </c>
       <c r="B449" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2227</v>
-[...1 lines deleted...]
-      <c r="I449" s="5"/>
+        <v>2263</v>
+      </c>
+      <c r="I449" s="5" t="s">
+        <v>2264</v>
+      </c>
       <c r="J449" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2228</v>
+        <v>2265</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2229</v>
+        <v>2266</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2230</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2231</v>
+        <v>2268</v>
       </c>
       <c r="B450" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>25</v>
+        <v>2269</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2232</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="I450" s="5"/>
       <c r="J450" s="5" t="s">
-        <v>604</v>
+        <v>899</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2234</v>
+        <v>2270</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2235</v>
+        <v>2271</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2236</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2237</v>
+        <v>2273</v>
       </c>
       <c r="B451" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2238</v>
+        <v>722</v>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G451" s="5" t="s">
-        <v>2239</v>
+      <c r="G451" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2240</v>
-[...3 lines deleted...]
-      </c>
+        <v>2274</v>
+      </c>
+      <c r="I451" s="5"/>
       <c r="J451" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2242</v>
+        <v>2275</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2243</v>
+        <v>2276</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2244</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2245</v>
+        <v>2278</v>
       </c>
       <c r="B452" s="5" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="C452" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="D452" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E452" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G452" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G452" s="5" t="s">
+        <v>2279</v>
       </c>
       <c r="H452" s="5" t="s">
-        <v>133</v>
+        <v>2280</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2246</v>
+        <v>2281</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2247</v>
+        <v>2282</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2248</v>
+        <v>2283</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2249</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2250</v>
+        <v>2285</v>
       </c>
       <c r="B453" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2251</v>
+        <v>17</v>
+      </c>
+      <c r="C453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D453" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H453" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I453" s="5"/>
       <c r="J453" s="5" t="s">
-        <v>70</v>
+        <v>899</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2253</v>
+        <v>2286</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2254</v>
+        <v>2287</v>
       </c>
       <c r="M453" s="5" t="s">
-        <v>2255</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>210</v>
+        <v>2289</v>
       </c>
       <c r="B454" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>139</v>
+        <v>1427</v>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I454" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I454" s="5"/>
       <c r="J454" s="5" t="s">
-        <v>70</v>
+        <v>2119</v>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2257</v>
+        <v>2290</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2258</v>
+        <v>2291</v>
       </c>
       <c r="M454" s="5" t="s">
-        <v>2259</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="455">
-      <c r="A455" s="5" t="s">
-        <v>2260</v>
+      <c r="A455" s="5" t="n">
+        <v>1918</v>
       </c>
       <c r="B455" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D455" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1427</v>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H455" s="5" t="s">
-        <v>2261</v>
+      <c r="H455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="s">
-        <v>30</v>
+        <v>2293</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2262</v>
+        <v>2294</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2263</v>
+        <v>2295</v>
       </c>
       <c r="M455" s="5" t="s">
-        <v>2264</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="456">
-      <c r="A456" s="5" t="n">
-        <v>1912</v>
+      <c r="A456" s="5" t="s">
+        <v>2297</v>
       </c>
       <c r="B456" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="D456" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>82</v>
+      </c>
+      <c r="E456" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2265</v>
-[...1 lines deleted...]
-      <c r="I456" s="5"/>
+        <v>2298</v>
+      </c>
+      <c r="I456" s="5" t="s">
+        <v>2299</v>
+      </c>
       <c r="J456" s="5" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2266</v>
+        <v>2300</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2267</v>
+        <v>2301</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>2268</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2269</v>
+        <v>2303</v>
       </c>
       <c r="B457" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>25</v>
+        <v>2304</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E457" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G457" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G457" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H457" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I457" s="5"/>
       <c r="J457" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2273</v>
+        <v>2305</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2274</v>
+        <v>2306</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>2275</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2276</v>
+        <v>2308</v>
       </c>
       <c r="B458" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2277</v>
+        <v>1427</v>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G458" s="5" t="s">
-[...3 lines deleted...]
-        <v>2279</v>
+      <c r="G458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2280</v>
+        <v>2309</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2281</v>
+        <v>2310</v>
       </c>
       <c r="M458" s="5" t="s">
-        <v>2282</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2283</v>
+        <v>2312</v>
       </c>
       <c r="B459" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>26</v>
+        <v>556</v>
       </c>
       <c r="E459" s="5" t="s">
-        <v>113</v>
+        <v>2313</v>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2284</v>
-[...1 lines deleted...]
-      <c r="I459" s="5"/>
+        <v>2314</v>
+      </c>
+      <c r="I459" s="5" t="s">
+        <v>2315</v>
+      </c>
       <c r="J459" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2285</v>
+        <v>2316</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2286</v>
+        <v>2317</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>2287</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2288</v>
+        <v>2319</v>
       </c>
       <c r="B460" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>26</v>
+        <v>556</v>
       </c>
       <c r="E460" s="5" t="s">
-        <v>113</v>
+        <v>2313</v>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>2289</v>
+        <v>2320</v>
       </c>
       <c r="I460" s="5" t="s">
-        <v>2290</v>
+        <v>2321</v>
       </c>
       <c r="J460" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2291</v>
+        <v>2322</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2292</v>
+        <v>2323</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>2293</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2294</v>
+        <v>2325</v>
       </c>
       <c r="B461" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>81</v>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="s">
-        <v>2295</v>
+        <v>1793</v>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2296</v>
-[...1 lines deleted...]
-      <c r="I461" s="5"/>
+        <v>2326</v>
+      </c>
+      <c r="I461" s="5" t="s">
+        <v>2327</v>
+      </c>
       <c r="J461" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2297</v>
+        <v>2328</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2298</v>
+        <v>2329</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>2299</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2300</v>
+        <v>2331</v>
       </c>
       <c r="B462" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>2332</v>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2302</v>
+        <v>2333</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>2303</v>
+        <v>2334</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>30</v>
+        <v>2335</v>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2304</v>
+        <v>2336</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2305</v>
+        <v>2337</v>
       </c>
       <c r="M462" s="5" t="s">
-        <v>2306</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2307</v>
+        <v>2339</v>
       </c>
       <c r="B463" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>26</v>
+        <v>556</v>
       </c>
       <c r="E463" s="5" t="s">
-        <v>113</v>
+        <v>2340</v>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G463" s="5" t="s">
-        <v>2308</v>
+      <c r="G463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2309</v>
+        <v>2341</v>
       </c>
       <c r="I463" s="5" t="s">
-        <v>2310</v>
+        <v>2342</v>
       </c>
       <c r="J463" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2311</v>
+        <v>2343</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2312</v>
+        <v>2344</v>
       </c>
       <c r="M463" s="5" t="s">
-        <v>2313</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2314</v>
+        <v>2346</v>
       </c>
       <c r="B464" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>26</v>
+        <v>556</v>
       </c>
       <c r="E464" s="5" t="s">
-        <v>51</v>
+        <v>2313</v>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G464" s="5" t="s">
-        <v>2315</v>
+      <c r="G464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2316</v>
+        <v>2347</v>
       </c>
       <c r="I464" s="5" t="s">
-        <v>2317</v>
+        <v>2348</v>
       </c>
       <c r="J464" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2318</v>
+        <v>2349</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2319</v>
+        <v>2350</v>
       </c>
       <c r="M464" s="5" t="s">
-        <v>2320</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2321</v>
+        <v>2352</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D465" s="5" t="s">
-        <v>594</v>
+        <v>82</v>
       </c>
       <c r="E465" s="5" t="s">
-        <v>568</v>
+        <v>20</v>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G465" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G465" s="5" t="s">
+        <v>2353</v>
       </c>
       <c r="H465" s="5" t="s">
-        <v>2322</v>
+        <v>2354</v>
       </c>
       <c r="I465" s="5" t="s">
-        <v>2323</v>
+        <v>2355</v>
       </c>
       <c r="J465" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2324</v>
+        <v>2356</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2325</v>
+        <v>2357</v>
       </c>
       <c r="M465" s="5" t="s">
-        <v>2326</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2327</v>
+        <v>2359</v>
       </c>
       <c r="B466" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>26</v>
+        <v>722</v>
       </c>
       <c r="D466" s="5" t="s">
-        <v>2328</v>
+        <v>1427</v>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H466" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I466" s="5"/>
       <c r="J466" s="5" t="s">
-        <v>2331</v>
+        <v>899</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2332</v>
+        <v>2360</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2333</v>
+        <v>2361</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>2334</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2335</v>
+        <v>2363</v>
       </c>
       <c r="B467" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>2301</v>
+        <v>2364</v>
+      </c>
+      <c r="D467" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E467" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F467" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H467" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H467" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I467" s="5"/>
       <c r="J467" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2338</v>
+        <v>2365</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2339</v>
+        <v>2366</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>2340</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2341</v>
+        <v>2368</v>
       </c>
       <c r="B468" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="E468" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>2342</v>
+        <v>20</v>
+      </c>
+      <c r="F468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G468" s="5" t="s">
-        <v>2343</v>
+        <v>2369</v>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2344</v>
+        <v>2370</v>
       </c>
       <c r="I468" s="5" t="s">
-        <v>2345</v>
+        <v>2371</v>
       </c>
       <c r="J468" s="5" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2346</v>
+        <v>2372</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2347</v>
+        <v>2373</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>2348</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2349</v>
+        <v>2375</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>2350</v>
+        <v>82</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>25</v>
+        <v>2376</v>
       </c>
       <c r="E469" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G469" s="5" t="s">
-[...3 lines deleted...]
-        <v>2352</v>
+      <c r="G469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I469" s="5"/>
       <c r="J469" s="5" t="s">
-        <v>60</v>
+        <v>2377</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2353</v>
+        <v>2378</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2354</v>
+        <v>2379</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>2355</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2356</v>
+        <v>2381</v>
       </c>
       <c r="B470" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>26</v>
+        <v>2376</v>
       </c>
       <c r="E470" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H470" s="5" t="s">
-        <v>2357</v>
+      <c r="H470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I470" s="5"/>
       <c r="J470" s="5" t="s">
-        <v>30</v>
+        <v>2382</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2358</v>
+        <v>2383</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2359</v>
+        <v>2384</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>2360</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2361</v>
+        <v>2386</v>
       </c>
       <c r="B471" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C471" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>2362</v>
+        <v>2387</v>
       </c>
       <c r="E471" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2363</v>
+        <v>2388</v>
       </c>
       <c r="I471" s="5" t="s">
-        <v>2364</v>
+        <v>2389</v>
       </c>
       <c r="J471" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2365</v>
+        <v>2390</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2366</v>
+        <v>2391</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2367</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2368</v>
+        <v>2393</v>
       </c>
       <c r="B472" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>631</v>
+        <v>2376</v>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H472" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I472" s="5"/>
       <c r="J472" s="5" t="s">
-        <v>117</v>
+        <v>2394</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2371</v>
+        <v>2395</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2372</v>
+        <v>2396</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2373</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2374</v>
+        <v>2398</v>
       </c>
       <c r="B473" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C473" s="5" t="s">
-        <v>2375</v>
-[...8 lines deleted...]
-        <v>1043</v>
+        <v>2399</v>
+      </c>
+      <c r="D473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H473" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I473" s="5"/>
       <c r="J473" s="5" t="s">
-        <v>60</v>
+        <v>2400</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2378</v>
+        <v>2401</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2379</v>
+        <v>2402</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>2380</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2381</v>
+        <v>2404</v>
       </c>
       <c r="B474" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D474" s="5" t="s">
-        <v>16</v>
+        <v>82</v>
       </c>
       <c r="E474" s="5" t="s">
-        <v>568</v>
+        <v>2405</v>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="s">
-        <v>2382</v>
+        <v>2406</v>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2383</v>
+        <v>2407</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>2384</v>
+        <v>2408</v>
       </c>
       <c r="J474" s="5" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2385</v>
+        <v>2409</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2386</v>
+        <v>2410</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2387</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2388</v>
+        <v>2412</v>
       </c>
       <c r="B475" s="5" t="s">
-        <v>14</v>
+        <v>2413</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>2389</v>
+        <v>81</v>
+      </c>
+      <c r="D475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G475" s="5" t="s">
-        <v>2390</v>
+      <c r="G475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>2391</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>2414</v>
+      </c>
+      <c r="I475" s="5"/>
+      <c r="J475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2393</v>
+        <v>2415</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2394</v>
-[...3 lines deleted...]
-      </c>
+        <v>2416</v>
+      </c>
+      <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2396</v>
+        <v>2417</v>
       </c>
       <c r="B476" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>112</v>
+        <v>174</v>
       </c>
       <c r="E476" s="5" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F476" s="5" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2397</v>
+        <v>81</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2398</v>
+        <v>2418</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2399</v>
+        <v>2419</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2400</v>
+        <v>2420</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2401</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2402</v>
+        <v>2422</v>
       </c>
       <c r="B477" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C477" s="5" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>25</v>
+        <v>2399</v>
       </c>
       <c r="E477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2403</v>
+        <v>2423</v>
       </c>
       <c r="I477" s="5" t="s">
-        <v>2404</v>
+        <v>2424</v>
       </c>
       <c r="J477" s="5" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2405</v>
+        <v>2425</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2406</v>
+        <v>2426</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2407</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2408</v>
+        <v>2428</v>
       </c>
       <c r="B478" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C478" s="5" t="s">
-        <v>2409</v>
+        <v>81</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>2410</v>
+        <v>82</v>
       </c>
       <c r="E478" s="5" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>2411</v>
+        <v>42</v>
+      </c>
+      <c r="F478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2412</v>
-[...3 lines deleted...]
-      </c>
+        <v>2429</v>
+      </c>
+      <c r="I478" s="5"/>
       <c r="J478" s="5" t="s">
-        <v>2414</v>
+        <v>86</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2415</v>
+        <v>2430</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2416</v>
+        <v>2431</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2417</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2418</v>
+        <v>2433</v>
       </c>
       <c r="B479" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>2419</v>
+        <v>81</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="E479" s="5" t="s">
-        <v>113</v>
+        <v>2434</v>
       </c>
       <c r="F479" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>2420</v>
+        <v>2435</v>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2421</v>
+        <v>2414</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>2422</v>
+        <v>2436</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2423</v>
+        <v>2437</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2424</v>
+        <v>2438</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2425</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2426</v>
+        <v>2440</v>
       </c>
       <c r="B480" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C480" s="5" t="s">
-        <v>2419</v>
+        <v>81</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="E480" s="5" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F480" s="5" t="s">
-        <v>2427</v>
+        <v>2441</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>2428</v>
+        <v>2442</v>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2429</v>
+        <v>2443</v>
       </c>
       <c r="I480" s="5" t="s">
-        <v>2430</v>
+        <v>2444</v>
       </c>
       <c r="J480" s="5" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2431</v>
+        <v>2445</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2432</v>
+        <v>2446</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2433</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2434</v>
+        <v>2448</v>
       </c>
       <c r="B481" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C481" s="5" t="s">
-        <v>2419</v>
+        <v>2449</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="E481" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>2427</v>
+        <v>42</v>
+      </c>
+      <c r="F481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G481" s="5" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2436</v>
-[...3 lines deleted...]
-      </c>
+        <v>2451</v>
+      </c>
+      <c r="I481" s="5"/>
       <c r="J481" s="5" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2438</v>
+        <v>2452</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2439</v>
+        <v>2453</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2440</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2441</v>
+        <v>2455</v>
       </c>
       <c r="B482" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G482" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G482" s="5" t="s">
+        <v>2456</v>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2442</v>
-[...3 lines deleted...]
-      </c>
+        <v>2457</v>
+      </c>
+      <c r="I482" s="5"/>
       <c r="J482" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2444</v>
+        <v>2458</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2445</v>
+        <v>2459</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>2446</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2447</v>
+        <v>2461</v>
       </c>
       <c r="B483" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>26</v>
+        <v>2376</v>
       </c>
       <c r="E483" s="5" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H483" s="5" t="s">
-        <v>2448</v>
+      <c r="H483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I483" s="5" t="s">
-        <v>2449</v>
+        <v>2462</v>
       </c>
       <c r="J483" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2450</v>
+        <v>2463</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2451</v>
+        <v>2464</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>2452</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2447</v>
+        <v>2466</v>
       </c>
       <c r="B484" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D484" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>2467</v>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G484" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I484" s="5"/>
       <c r="J484" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2456</v>
+        <v>2468</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2457</v>
+        <v>2469</v>
       </c>
       <c r="M484" s="5" t="s">
-        <v>2458</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2459</v>
+        <v>2471</v>
       </c>
       <c r="B485" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C485" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D485" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1427</v>
+      </c>
+      <c r="E485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H485" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I485" s="5"/>
       <c r="J485" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2463</v>
+        <v>2473</v>
       </c>
       <c r="M485" s="5" t="s">
-        <v>2464</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2465</v>
+        <v>2475</v>
       </c>
       <c r="B486" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C486" s="5" t="s">
-        <v>25</v>
+        <v>310</v>
       </c>
       <c r="D486" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1427</v>
+      </c>
+      <c r="E486" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H486" s="5" t="s">
-        <v>2466</v>
+      <c r="H486" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I486" s="5" t="s">
-        <v>2467</v>
+        <v>2476</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>30</v>
+        <v>2119</v>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2468</v>
+        <v>2477</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
       <c r="M486" s="5" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2471</v>
+        <v>2480</v>
       </c>
       <c r="B487" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D487" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1427</v>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H487" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I487" s="5"/>
       <c r="J487" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K487" s="5" t="s">
-        <v>2474</v>
+        <v>2481</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2475</v>
+        <v>2482</v>
       </c>
       <c r="M487" s="5" t="s">
-        <v>2476</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2477</v>
+        <v>2484</v>
       </c>
       <c r="B488" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D488" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1427</v>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>2478</v>
-[...3 lines deleted...]
-      </c>
+        <v>2376</v>
+      </c>
+      <c r="I488" s="5"/>
       <c r="J488" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2480</v>
+        <v>2485</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2481</v>
+        <v>2486</v>
       </c>
       <c r="M488" s="5" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
       <c r="B489" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D489" s="5" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="E489" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G489" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G489" s="5" t="s">
+        <v>2489</v>
       </c>
       <c r="H489" s="5" t="s">
-        <v>2484</v>
+        <v>2490</v>
       </c>
       <c r="I489" s="5" t="s">
-        <v>2485</v>
+        <v>2491</v>
       </c>
       <c r="J489" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2486</v>
+        <v>2492</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2487</v>
+        <v>2493</v>
       </c>
       <c r="M489" s="5" t="s">
-        <v>2488</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2489</v>
+        <v>2495</v>
       </c>
       <c r="B490" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D490" s="5" t="s">
-        <v>26</v>
+        <v>2376</v>
       </c>
       <c r="E490" s="5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H490" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I490" s="5"/>
       <c r="J490" s="5" t="s">
-        <v>30</v>
+        <v>2377</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="M490" s="5" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="B491" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>25</v>
+        <v>2376</v>
       </c>
       <c r="D491" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>722</v>
+      </c>
+      <c r="E491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H491" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I491" s="5"/>
       <c r="J491" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="M491" s="5" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
       <c r="B492" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C492" s="5" t="s">
-        <v>25</v>
+        <v>722</v>
       </c>
       <c r="D492" s="5" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>2376</v>
+      </c>
+      <c r="E492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H492" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I492" s="5"/>
       <c r="J492" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K492" s="5" t="s">
         <v>2504</v>
       </c>
       <c r="L492" s="6" t="s">
         <v>2505</v>
       </c>
       <c r="M492" s="5" t="s">
         <v>2506</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
         <v>2507</v>
       </c>
       <c r="B493" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C493" s="5" t="s">
-        <v>43</v>
+        <v>722</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>25</v>
+        <v>2376</v>
       </c>
       <c r="E493" s="5" t="s">
-        <v>2508</v>
-[...8 lines deleted...]
-        <v>57</v>
+        <v>42</v>
+      </c>
+      <c r="F493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="s">
-        <v>60</v>
+        <v>899</v>
       </c>
       <c r="K493" s="5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L493" s="6" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M493" s="5" t="s">
         <v>2510</v>
-      </c>
-[...4 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B494" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C494" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D494" s="5" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E494" s="5" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I494" s="5" t="s">
         <v>2513</v>
       </c>
-      <c r="B494" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E494" s="5" t="s">
+      <c r="J494" s="5" t="s">
+        <v>2119</v>
+      </c>
+      <c r="K494" s="5" t="s">
         <v>2514</v>
       </c>
-      <c r="F494" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G494" s="5" t="s">
+      <c r="L494" s="6" t="s">
         <v>2515</v>
       </c>
-      <c r="H494" s="5" t="s">
+      <c r="M494" s="5" t="s">
         <v>2516</v>
-      </c>
-[...13 lines deleted...]
-        <v>2520</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B495" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C495" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D495" s="5" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E495" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G495" s="5" t="s">
+        <v>2518</v>
+      </c>
+      <c r="H495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I495" s="5"/>
+      <c r="J495" s="5" t="s">
+        <v>2377</v>
+      </c>
+      <c r="K495" s="5" t="s">
+        <v>2519</v>
+      </c>
+      <c r="L495" s="6" t="s">
+        <v>2520</v>
+      </c>
+      <c r="M495" s="5" t="s">
         <v>2521</v>
-      </c>
-[...36 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>2527</v>
+        <v>2522</v>
       </c>
       <c r="B496" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>25</v>
+        <v>897</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>2523</v>
+      </c>
+      <c r="E496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G496" s="5" t="s">
-[...3 lines deleted...]
-        <v>2529</v>
+      <c r="G496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I496" s="5"/>
       <c r="J496" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2530</v>
+        <v>2524</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2531</v>
+        <v>2525</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>2532</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>2533</v>
+        <v>2527</v>
       </c>
       <c r="B497" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>15</v>
+        <v>1953</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>594</v>
+        <v>2528</v>
       </c>
       <c r="E497" s="5" t="s">
-        <v>2534</v>
+        <v>42</v>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>2535</v>
-[...3 lines deleted...]
-      </c>
+        <v>2529</v>
+      </c>
+      <c r="I497" s="5"/>
       <c r="J497" s="5" t="s">
-        <v>20</v>
+        <v>899</v>
       </c>
       <c r="K497" s="5" t="s">
-        <v>2537</v>
+        <v>2530</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>2538</v>
+        <v>2531</v>
       </c>
       <c r="M497" s="5" t="s">
-        <v>2539</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>2540</v>
+        <v>2533</v>
       </c>
       <c r="B498" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>15</v>
+        <v>722</v>
       </c>
       <c r="D498" s="5" t="s">
-        <v>594</v>
+        <v>2523</v>
       </c>
       <c r="E498" s="5" t="s">
-        <v>568</v>
+        <v>42</v>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G498" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I498" s="5"/>
       <c r="J498" s="5" t="s">
-        <v>20</v>
+        <v>899</v>
       </c>
       <c r="K498" s="5" t="s">
-        <v>2544</v>
+        <v>2534</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2545</v>
+        <v>2535</v>
       </c>
       <c r="M498" s="5" t="s">
-        <v>2546</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2547</v>
+        <v>2537</v>
       </c>
       <c r="B499" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>1103</v>
+        <v>2376</v>
       </c>
       <c r="E499" s="5" t="s">
-        <v>568</v>
+        <v>91</v>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H499" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I499" s="5"/>
       <c r="J499" s="5" t="s">
-        <v>2550</v>
+        <v>2119</v>
       </c>
       <c r="K499" s="5" t="s">
-        <v>2551</v>
+        <v>2538</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>2552</v>
+        <v>2539</v>
       </c>
       <c r="M499" s="5" t="s">
-        <v>2553</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>2554</v>
+        <v>2541</v>
       </c>
       <c r="B500" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>25</v>
+        <v>2376</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>2542</v>
+      </c>
+      <c r="E500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H500" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I500" s="5"/>
       <c r="J500" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>2557</v>
+        <v>2543</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>2558</v>
+        <v>2544</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>2559</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>2560</v>
+        <v>2546</v>
       </c>
       <c r="B501" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2561</v>
+        <v>2376</v>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="s">
-        <v>2561</v>
+        <v>2547</v>
       </c>
       <c r="H501" s="5" t="s">
-        <v>2562</v>
-[...3 lines deleted...]
-      </c>
+        <v>2528</v>
+      </c>
+      <c r="I501" s="5"/>
       <c r="J501" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>2564</v>
+        <v>2548</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>2565</v>
+        <v>2549</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>2566</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>2567</v>
+        <v>2551</v>
       </c>
       <c r="B502" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>25</v>
+        <v>2376</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>26</v>
+        <v>722</v>
       </c>
       <c r="E502" s="5" t="s">
-        <v>2238</v>
-[...14 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F502" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I502" s="5"/>
       <c r="J502" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>2571</v>
+        <v>2552</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>2572</v>
+        <v>2553</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>2573</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>2574</v>
+        <v>2555</v>
       </c>
       <c r="B503" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>25</v>
+        <v>868</v>
       </c>
       <c r="D503" s="5" t="s">
-        <v>26</v>
+        <v>2376</v>
       </c>
       <c r="E503" s="5" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>2575</v>
+        <v>2556</v>
       </c>
       <c r="I503" s="5" t="s">
-        <v>2576</v>
+        <v>2557</v>
       </c>
       <c r="J503" s="5" t="s">
-        <v>30</v>
+        <v>899</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>2577</v>
+        <v>2558</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>2578</v>
+        <v>2559</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>2579</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>2580</v>
+        <v>2561</v>
       </c>
       <c r="B504" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>26</v>
+        <v>1163</v>
       </c>
       <c r="E504" s="5" t="s">
-        <v>51</v>
+        <v>2313</v>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G504" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G504" s="5" t="s">
+        <v>2562</v>
       </c>
       <c r="H504" s="5" t="s">
-        <v>2581</v>
+        <v>2563</v>
       </c>
       <c r="I504" s="5" t="s">
-        <v>2582</v>
+        <v>2564</v>
       </c>
       <c r="J504" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K504" s="5" t="s">
-        <v>2583</v>
+        <v>2565</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>2584</v>
+        <v>2566</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>2585</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>2586</v>
+        <v>2568</v>
       </c>
       <c r="B505" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>26</v>
+        <v>2376</v>
       </c>
       <c r="E505" s="5" t="s">
-        <v>2238</v>
+        <v>91</v>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G505" s="5" t="s">
-        <v>2587</v>
+      <c r="G505" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>2588</v>
-[...3 lines deleted...]
-      </c>
+        <v>2569</v>
+      </c>
+      <c r="I505" s="5"/>
       <c r="J505" s="5" t="s">
-        <v>30</v>
+        <v>2119</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>2590</v>
+        <v>2570</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>2591</v>
+        <v>2571</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>2592</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>2593</v>
+        <v>2573</v>
       </c>
       <c r="B506" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>594</v>
+      </c>
+      <c r="E506" s="5" t="s">
+        <v>2313</v>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G506" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G506" s="5" t="s">
+        <v>2574</v>
       </c>
       <c r="H506" s="5" t="s">
-        <v>2594</v>
+        <v>2575</v>
       </c>
       <c r="I506" s="5" t="s">
-        <v>2595</v>
+        <v>2576</v>
       </c>
       <c r="J506" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>2596</v>
+        <v>2577</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>2597</v>
+        <v>2578</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>2598</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>2599</v>
+        <v>2580</v>
       </c>
       <c r="B507" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>556</v>
+      </c>
+      <c r="E507" s="5" t="s">
+        <v>2313</v>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="s">
-        <v>2600</v>
+        <v>2581</v>
       </c>
       <c r="H507" s="5" t="s">
-        <v>2601</v>
+        <v>2582</v>
       </c>
       <c r="I507" s="5" t="s">
-        <v>2602</v>
+        <v>2583</v>
       </c>
       <c r="J507" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>2603</v>
+        <v>2584</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>2604</v>
+        <v>2585</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>2605</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>2606</v>
+        <v>2587</v>
       </c>
       <c r="B508" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>26</v>
+        <v>2588</v>
       </c>
       <c r="E508" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>2607</v>
+        <v>2589</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>2608</v>
+        <v>2590</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>30</v>
+        <v>2591</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>2609</v>
+        <v>2592</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>2610</v>
+        <v>2593</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>2611</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="509">
-      <c r="A509" s="5" t="n">
-        <v>1910</v>
+      <c r="A509" s="5" t="s">
+        <v>2595</v>
       </c>
       <c r="B509" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>25</v>
+        <v>594</v>
       </c>
       <c r="E509" s="5" t="s">
-        <v>51</v>
+        <v>2313</v>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G509" s="5" t="s">
-        <v>2612</v>
+      <c r="G509" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>2613</v>
-[...3 lines deleted...]
-      </c>
+        <v>2596</v>
+      </c>
+      <c r="I509" s="5"/>
       <c r="J509" s="5" t="s">
-        <v>30</v>
+        <v>1491</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>2615</v>
+        <v>2597</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>2616</v>
+        <v>2598</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>2617</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>2618</v>
+        <v>2600</v>
       </c>
       <c r="B510" s="5" t="s">
-        <v>695</v>
+        <v>17</v>
       </c>
       <c r="C510" s="5" t="s">
-        <v>42</v>
+        <v>2399</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>919</v>
+        <v>81</v>
+      </c>
+      <c r="E510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>2619</v>
+        <v>2601</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>2620</v>
+        <v>2602</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>60</v>
+        <v>2603</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>2621</v>
+        <v>2604</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>2622</v>
+        <v>2605</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>2623</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>2624</v>
+        <v>2607</v>
       </c>
       <c r="B511" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>594</v>
+        <v>293</v>
       </c>
       <c r="E511" s="5" t="s">
-        <v>946</v>
+        <v>2313</v>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>2625</v>
+        <v>2608</v>
       </c>
       <c r="I511" s="5" t="s">
-        <v>2626</v>
+        <v>2609</v>
       </c>
       <c r="J511" s="5" t="s">
-        <v>20</v>
+        <v>2610</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>2627</v>
+        <v>2611</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>2628</v>
+        <v>2612</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>2629</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>2630</v>
+        <v>2614</v>
       </c>
       <c r="B512" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>26</v>
+        <v>2615</v>
       </c>
       <c r="E512" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>2631</v>
+        <v>2616</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>2632</v>
+        <v>2617</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>30</v>
+        <v>2591</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>2633</v>
+        <v>2618</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>2634</v>
+        <v>2619</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>2635</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="513">
-      <c r="A513" s="5" t="n">
-        <v>1910</v>
+      <c r="A513" s="5" t="s">
+        <v>2621</v>
       </c>
       <c r="B513" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>133</v>
+        <v>2399</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>285</v>
+        <v>2622</v>
       </c>
       <c r="E513" s="5" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G513" s="5" t="s">
-        <v>2636</v>
+      <c r="G513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>2637</v>
+        <v>2623</v>
       </c>
       <c r="I513" s="5" t="s">
-        <v>2638</v>
+        <v>2624</v>
       </c>
       <c r="J513" s="5" t="s">
-        <v>60</v>
+        <v>2603</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>2639</v>
+        <v>2625</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>2640</v>
+        <v>2626</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>2641</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>2642</v>
+        <v>2628</v>
       </c>
       <c r="B514" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>567</v>
+        <v>2615</v>
       </c>
       <c r="E514" s="5" t="s">
-        <v>919</v>
+        <v>91</v>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>2643</v>
+        <v>2629</v>
       </c>
       <c r="I514" s="5" t="s">
-        <v>2644</v>
+        <v>2630</v>
       </c>
       <c r="J514" s="5" t="s">
-        <v>30</v>
+        <v>2591</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>2645</v>
+        <v>2631</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>2646</v>
+        <v>2632</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>2647</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B515" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C515" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D515" s="5" t="s">
+        <v>2635</v>
+      </c>
+      <c r="E515" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F515" s="5" t="s">
+        <v>2636</v>
+      </c>
+      <c r="G515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H515" s="5" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I515" s="5" t="s">
+        <v>2638</v>
+      </c>
+      <c r="J515" s="5" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K515" s="5" t="s">
+        <v>2639</v>
+      </c>
+      <c r="L515" s="6" t="s">
+        <v>2640</v>
+      </c>
+      <c r="M515" s="5" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="5" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B516" s="5" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C516" s="5" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H516" s="5" t="s">
+        <v>2645</v>
+      </c>
+      <c r="I516" s="5" t="s">
+        <v>2646</v>
+      </c>
+      <c r="J516" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K516" s="5" t="s">
+        <v>2647</v>
+      </c>
+      <c r="L516" s="6" t="s">
         <v>2648</v>
       </c>
-      <c r="B515" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H515" s="5" t="s">
+      <c r="M516" s="5" t="s">
         <v>2649</v>
-      </c>
-[...58 lines deleted...]
-        <v>2660</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
-        <v>2661</v>
+        <v>2650</v>
       </c>
       <c r="B517" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C517" s="5" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>2635</v>
+      </c>
+      <c r="E517" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F517" s="5" t="s">
-        <v>27</v>
+        <v>2636</v>
       </c>
       <c r="G517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H517" s="5" t="s">
-        <v>1319</v>
-[...1 lines deleted...]
-      <c r="I517" s="5"/>
+        <v>2651</v>
+      </c>
+      <c r="I517" s="5" t="s">
+        <v>2652</v>
+      </c>
       <c r="J517" s="5" t="s">
-        <v>52</v>
+        <v>2603</v>
       </c>
       <c r="K517" s="5" t="s">
-        <v>2662</v>
+        <v>2653</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>2663</v>
+        <v>2654</v>
       </c>
       <c r="M517" s="5" t="s">
-        <v>2664</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>2665</v>
+        <v>2656</v>
       </c>
       <c r="B518" s="5" t="s">
-        <v>2666</v>
+        <v>17</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="D518" s="5" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E518" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
-        <v>990</v>
-[...5 lines deleted...]
-        </is>
+        <v>2657</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>2658</v>
+      </c>
+      <c r="J518" s="5" t="s">
+        <v>2591</v>
       </c>
       <c r="K518" s="5" t="s">
-        <v>2667</v>
+        <v>2659</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>2668</v>
-[...1 lines deleted...]
-      <c r="M518" s="5"/>
+        <v>2660</v>
+      </c>
+      <c r="M518" s="5" t="s">
+        <v>2661</v>
+      </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>2669</v>
+        <v>2662</v>
       </c>
       <c r="B519" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>43</v>
+        <v>2635</v>
       </c>
       <c r="E519" s="5" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="F519" s="5" t="s">
+        <v>2663</v>
       </c>
       <c r="G519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H519" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H519" s="5" t="s">
+        <v>2664</v>
       </c>
       <c r="I519" s="5"/>
       <c r="J519" s="5" t="s">
-        <v>70</v>
+        <v>2603</v>
       </c>
       <c r="K519" s="5" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="M519" s="5" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B520" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C520" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D520" s="5" t="s">
+        <v>2635</v>
+      </c>
+      <c r="E520" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>2663</v>
+      </c>
+      <c r="G520" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H520" s="5" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I520" s="5" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J520" s="5" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K520" s="5" t="s">
+        <v>2671</v>
+      </c>
+      <c r="L520" s="6" t="s">
+        <v>2672</v>
+      </c>
+      <c r="M520" s="5" t="s">
         <v>2673</v>
-      </c>
-[...34 lines deleted...]
-        <v>2676</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B521" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C521" s="5" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D521" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="E521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H521" s="5" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I521" s="5" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J521" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="K521" s="5" t="s">
         <v>2677</v>
       </c>
-      <c r="B521" s="5" t="s">
-[...34 lines deleted...]
-      <c r="K521" s="5" t="s">
+      <c r="L521" s="6" t="s">
         <v>2678</v>
       </c>
-      <c r="L521" s="6" t="s">
+      <c r="M521" s="5" t="s">
         <v>2679</v>
-      </c>
-[...1 lines deleted...]
-        <v>2680</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B522" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C522" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="D522" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="E522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H522" s="5" t="s">
         <v>2681</v>
-      </c>
-[...27 lines deleted...]
-        </is>
       </c>
       <c r="I522" s="5"/>
       <c r="J522" s="5" t="s">
-        <v>324</v>
+        <v>2682</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>2682</v>
+        <v>2683</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>2683</v>
+        <v>2684</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="B523" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>447</v>
+        <v>868</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>722</v>
+      </c>
+      <c r="E523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
       <c r="I523" s="5"/>
       <c r="J523" s="5" t="s">
-        <v>77</v>
+        <v>899</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="B524" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>15</v>
+        <v>868</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>722</v>
+      </c>
+      <c r="E524" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>508</v>
+        <v>2692</v>
       </c>
       <c r="I524" s="5"/>
       <c r="J524" s="5" t="s">
-        <v>52</v>
+        <v>899</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>411</v>
+        <v>2696</v>
       </c>
       <c r="B525" s="5" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>447</v>
+        <v>868</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>43</v>
+        <v>2697</v>
       </c>
       <c r="E525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H525" s="5" t="s">
-        <v>2694</v>
+      <c r="H525" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I525" s="5"/>
       <c r="J525" s="5" t="s">
-        <v>412</v>
+        <v>899</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>2695</v>
+        <v>2477</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>2698</v>
+        <v>2674</v>
       </c>
       <c r="B526" s="5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>26</v>
+        <v>868</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>637</v>
+        <v>722</v>
       </c>
       <c r="E526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>2699</v>
-[...1 lines deleted...]
-      <c r="I526" s="5" t="s">
         <v>2700</v>
       </c>
+      <c r="I526" s="5"/>
       <c r="J526" s="5" t="s">
-        <v>60</v>
+        <v>899</v>
       </c>
       <c r="K526" s="5" t="s">
         <v>2701</v>
       </c>
       <c r="L526" s="6" t="s">
         <v>2702</v>
       </c>
       <c r="M526" s="5" t="s">
         <v>2703</v>
       </c>
     </row>
     <row r="527">
-      <c r="A527" s="5" t="s">
+      <c r="A527" s="5" t="n">
+        <v>1940</v>
+      </c>
+      <c r="B527" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C527" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="D527" s="5" t="s">
         <v>2704</v>
       </c>
-      <c r="B527" s="5" t="s">
-[...9 lines deleted...]
-        <v>113</v>
+      <c r="E527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G527" s="5" t="s">
+      <c r="G527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H527" s="5" t="s">
         <v>2705</v>
       </c>
-      <c r="H527" s="5" t="s">
+      <c r="I527" s="5" t="s">
         <v>2706</v>
       </c>
-      <c r="I527" s="5" t="s">
+      <c r="J527" s="5" t="s">
         <v>2707</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K527" s="5" t="s">
         <v>2708</v>
       </c>
       <c r="L527" s="6" t="s">
         <v>2709</v>
       </c>
       <c r="M527" s="5" t="s">
         <v>2710</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>