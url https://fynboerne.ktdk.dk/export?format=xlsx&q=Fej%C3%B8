--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2909" uniqueCount="1858" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2941" uniqueCount="1881" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -6276,91 +6276,133 @@
 Gården Kejrup ligger nær Kerteminde. 
 Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
 Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NXeB</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Store Bededag
 Kære Astrid
 Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
 – Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
 Kærlig hilsen! Mor.</t>
   </si>
   <si>
+    <t>1914-05-13</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esther Dahlerup
+- Dahlerup, Fru
+Bodild Holstein
+Christian  Houmark
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Louise Brønsted og Andreas/Puf Larsen havde begge fødselsdag 12. maj. 
+Rosenørn er muligvis ikke Anna Rosenørn, men en anden person med samme efternavn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3801</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder det forsinkede fødselsdagsbrev. Hun glemte ikke fødselsdagen. Først var hun hos tandlægen med Christine/Mornine Mackie, og derefter måtte de to have portvin og et hvil. Så spiste Ellen frokost hos Alhed Larsen. Derefter tog Ellen til hotellet med Fru Dahlerup, som gav the. Her mødte de Christian Houmark, og han bød på en flaske vin. Bagefter inviterede Houmark på middag, og han og Ellen indtog denne med mange våde varer til. De ringede og bad Christine Mackie og Alhed om at komme, og da de to ankom, sad Houmark og Ellen og holdt hinanden i hånden og græd over "livets Vemod". Selskabet drak endnu mere, og Ellen blev meget fuld. Hun gik hjem indhyllet i et af hotellets sengetæpper.
+Dagen efter havde Ellen tømmermænd. Hun og Alhed magtede dog at fejre Andreas/Puf Larsen.
+Ellen spørger, om Louise Brønsted kender nogen, som vil leje hendes lejlighed sommeren over.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wEPp</t>
+  </si>
+  <si>
+    <t>13/5 14
+Kære lille Lugge!
+Hvordan kunde det dog ske! For jeg glemte det ikke. Jeg ved, at da jeg stod op om Morgenen tænkte jeg, - nu er der kun èn Ting som jeg skal idag, og det er at skrive til lille Lugge. - Dagen gik - noget som helst andet tog jeg mig ikke for, - men jeg overkom ikke at skrive til dig. - Om Morgenen gik jeg op til Besen og drak Kaffe og dangderede i Haven - kom hjem og hjalp med lidt - gik derefter med Mornine til Tandlægen for at se på at hun blev bedøvet og fik en Tand halet ud Det var meget interessant men ækelt - det så ud ["ud" indsat over linjen] og lød så uhyggeligt, - hun vendte nemlig det hvide ud af Øjnene og "[ulæseligt ord]," men forresten varede det kun 1/2 Minut. Så måtte vi jo ned og drikke et Glas Portvin oven på det og ligge lidt og med alt det gik Tiden til Middag. Jeg spiste hos Besen og måtte jo nyde en Cigar til Kaffen og så blev Klk 2 1/2, - jeg havde da en Time med Fru Dahlerup. Hun kom, men gad ikke læse - vi sludrede en Times Tid, - flyttede så ned på Hotellet hvor hun gav The. Mens vi sad der, kom Houmark og slog sig ned hos os. Det er sandt, - ham kender I ikke. Han er Forfatter og skriver sådan lidt ligesom Herman Bang. Han kommer så meget sammen med os - d.v.s. med Mornine, B og mig - og vi holder så meget af ham, han er så god og rar - og man har så ondt af det for ham for så meget. Nå, han kom altså og bad os drikke en Flaske Chablis med os, - hvad vi gjorde. Den gav ham jo Blod på Tanden, så han bad os dinere med sig. Fru D. kunde ikke, men jeg kunde jo nok, - Mandag er min eneste Friaften, hvor jeg altid er oplagt til noget. Så indtog vi altså en delikat Middag, - Suppe - Kylling og Pandekager - hver en Flaske Porter - en Fl. Rødvin en Fl. Madeira. På det Tidspunkt ringede vi efter Mornine og Be. - På ["På" overstreget] Da Mornine kom, sad vi og holdt hinanden i Hånden og græd over Livets Vemod. I lover mig ikke at sige det til nogen. Det var Synd. Han er af dem, som når man ikke kender ham, indbyder til at grine af. Han er så svagelig og alt er forkert med ham. Så livede vi jo også op, da de kom og vi sjælede fredeligt lige til Klk. 12. Vi kalder det at vi "sjæler" med ham, men det må I heller ikke sige til nogen. Det lover I. Men ved Gud hvor vi "sjælede" Lysholmer, mer Porter, - Sherry - åh, hvor jeg var oppe og fuld, - men nu har jeg jo vist, at jeg kan bære en ordentlig Kæfert fint. Der var intet at indvende på min Opførsel. Jeg gik strunk hjem indhyllet i et hv. uldent Sengetæppe, som Hotellet havde lånt mig, da der var så koldt. Men næste Morgen - du gode Gud - Sengen kørte rundt og mit Hovede var bly. Men vi havde da Aandsnærværelse til at drikke både din og Pufs Skål efter 12. 
+Kommer I til Pinse. I må og skal. Jeg længes sådan efter jer. Det gør vi allesammen. - Hvis I ser Bodild, så mind hende om at hun vilde spørge Rosenørns, om de ikke vil have min Lejlighed i Sommerferien. Ved I ikke nogen hvis de ikke vil. Smaa 70 Kr. Hvis jeg ikke får den lejet ud, kan jeg ikke komme med på den store Cycletur, og mit Hjærte brister. -
+1000 Tillykker, lille Lugge og undskyld Forsinkelsen. Bunker og atter Bunker af Hilsner til jer alle 6. Hvor henrivende mon lille Else er nu. Tilbringer hun endnu sit Liv på den lille Potte i Gangen? Og igen Tak for Strømperne
+Elle</t>
+  </si>
+  <si>
     <t>1914-12-19</t>
   </si>
   <si>
     <t>Frederik Hendriksen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
   </si>
   <si>
     <t>Nicolaus Lützhøft forsøger at overbevise Mads Rasmussen om, at man bør lave en bog - et festskrift - om Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y737</t>
   </si>
   <si>
     <t>Stormgade 25 II
 19-12-14.
 Kære Herre Etatsraad!
 Deres Brev har jeg modtaget. Jeg var glad over at De gik ind paa min Idé om et Festskrift og er ked af, at De nu har faaet Betænkeligheder.
 Forinden Modtagelsen af Brevet havde jeg henvendt mig til Xylograf Hendriksen, der jo er en meget erfaren Mand i Bogspørgsmaal.
 Han lod til at finde Tanken om Udgivelsen af et Festskrift god og lovede at staa mig bi med Raad og Daad, en Hjælp, jeg vurderer meget højt. Hendriksen lovede ogsaa at skaffe mig at vide, hvad et Par Bøger i samme Retning som den paatænkte, har kostet. I Dag har jeg faaet hans Meddelelse, som jeg herved sender Dem.
 En Ting ventede Hendriksen sig navnlig meget af: Muligheden af at kunne bevæge Zahrtmann til selv at skrive om sin Virksomhed som Lærer for Kunstnerne. H haabede at Z. netop ved en saadan Aanledning uden Udgivelse af denne Bog vilde opfylde et længe næret Ønske, som mange af hans Venner har trængt ind paa ham, uden at det hidtil er lykkedes. Hvis Zahrtmann vilde skrive en saadan længere Beretning om sin Lærervirksomhed, vilde Bogen alene dermed være sikret Interesse i vide Kredse.
 Jeg mener i det Hele taget, at man, hvis Vedkommende stiller sig velvilligt til Sagen, kunde faa samlet en Kreds af virkelig værdifulde og læseværdige Afhandlinger til Belysning af den Tids Kunst og de Kunstnere, Faaborgmuseet især repræsenterer.
 Meningen- saadan som jeg har tænkt mig det - var jo ikke først og fremmest en Redegørelse for Museet og dets Indhold - en saadan kortfattet ganske objektiv Redegjør---er naturligen ogsaa paa sin Plads i Bogen, men Hensigten var at samle Bidrag fra Forfattere og Kunstnere, der staar Museet og dets Stifters Tanke nær, for derved at skabe et litterært Arbejde, der i videre Omfang kunde bringe Foretagendet og dets Ide ud til det dannede Publikums Bevidsthed, saa det blev dette Publikum klart, at Faaborg Museum var noget andet og betød mere end en lille tilfældig Provindssamling af Kunst i en Afkrog af Landet.
 Bogen vil koste Betydelige Ofre baade af Tid og Penge. Jeg er villig til at bære de første. - Jeg har ikke paataget mig Arbejdet, fordi jeg venter at tjene Penge derved, og jeg interesserer mig saa meget for Sagen, at det vil være mig en personlig Tilfredsstillelse at udføre mit Hværv saa samvittighedsfuldt, som det er mig muligt. Med den Assistance, Hendriksen har stillet mig i Udsigt, er jeg vis paa at kunne paatage mig det NB hvis vi kan faa de rette Folk til at skrive. Der er ikke Tvivl om, at Tidspunktet nu, da det nye Museum skal aabnes, er det rette. Der er ogsaa, hvis vi begynder Forberedelserne nu til Nytaar, akkurat Tid til at faa Arbejdet fuldført til Sct. Hans.
 Jeg lægger Dem da endnu en Gang denne Sag paa Hjærte. Tænk paa, hvad et eventuelt Bidrag som dette af Zahrtmann betyder for danske Nutids-Kunsts Historie og husk paa, at Z. er til Aars nu, venter vi et Par Aar, kan det nemt blive for sent.
 Mellem Jul og Nytaar tager jeg - om alt gaar vel - over til Kerteminde. Jeg kunde da tale med Syberg og Larsen om Sagen, som forøvrigt ikke bør omtales, før der er en Kendsgerning.
 Jeg vilde gærne personligt tale med Dem endnu en Gang derom, men jeg kan ikke komme i Morgen og ved ikke, om det passer Dem en Hverdag. Ellers kan De disponere over mig hvad Dag, der passer Dem, dog ikke Tirsdag. I hvert Tilfælde beder jeg Dem ikke helt opgive Planen. Er der noget særligt, De har imod den, eller tør De ikke betro mig Udførelsen?
 Jeg har under Tiden en Følelse af, at De beærer mig med Deres Mistillid. Jeg vilde ønske, det var en Fejltagelse af mig. At jeg under Tiden er i Opposition til de andre Komitemedlemmer bør dog ikke svække min Stilling hos en gammel Oppositionsmand som Dem. 
 Det er jo muligt, at min Plan med Hensyn til et saadant Festskrift falde af sig selv, hvis vi nemlig ikke kan faa de rigtige Folk til Medarbejdere. Ja saa maa den opgives. Hvis vi for Exempl ikke kan faa Zahrtmann med, anser jeg det for vanskeligt at skabe noget helt vellykket, og noget halvt bryder jeg mig ikke om at lægge Arbejde til. Men vi kunde jo dog prøve, kunde dog forsøge de første Skridt.
 Lad os nu tale om Tingene, naar det en Dag passer Dem. 
 Med venligst Hilsen ogsaa til Deres Frue fra os begge
 Deres ærb. hengivne
 Nicolaus Lützhøft</t>
   </si>
   <si>
     <t>1915-01-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Johanne Caspersen
 - Fibiger, Frøken
 - Hjort
 - Holstein, Frk.
 Grethe Jungstedt
 Camilla Kattrup
 Rasmus Kattrup
 Charlotte Knipschildt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
@@ -8678,51 +8720,51 @@
 Johanne Christine Larsen
 Johannes Larsen
 Thøger  Larsen
 William Mackie
 Helen Sawyer
 Nelly Tailor
 Kjeld Tutein
 - Vesterdal</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
 Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
 Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
 Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
 Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
   </si>
   <si>
     <t>Louise må skrive, hvad hun synes om julegaven.
 Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
 Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
 Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
 Laura Warbergs grav er smuk. Man lægger kranse.
-Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stocholm.</t>
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zmGS</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Mrs. J. H. Brønsted
 116 Bishop Street
 New Haven
 Conn.
 U.S.A.
 [I brevet:]
 4-12-26
 Kære lille Lugge!
 Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
 Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
 Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
 Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
 Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
 Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
 Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
 [Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
   <si>
     <t>1927-02-23</t>
@@ -8895,50 +8937,80 @@
     <t>1929-06-11</t>
   </si>
   <si>
     <t>Janna Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Jensen-familien havde en feriebolig i Tibirke.
 Af Fritz Sybergs brev til Johannes V. Jensen 20. marts 1929 fremgår det, at forfatteren var blevet opereret på Rigshospitalet. Det vides ikke, hvad han fejlede. 
 Marie Schou/Syberg havde kun et barn, sønnen Jørgen Schou. De omtalte børn må være børnebørn. Jørgen Schou fik i sit første ægteskab med Ingeborg Astrid, f. Warberg, en datter, Janna Birgitte Warberg Schou, f. 1917. Han blev gift tre gange mere, men det vides ikke, om disse ægteskaber resulterede i børn.</t>
   </si>
   <si>
     <t>Fritz Syberg spørger, om Johs. V. Jensen er rask nok til at tage til Tibirke. Han vil gerne komme på besøg hos dem. Marie skal have børn hjem på ferie, så hun kommer ikke med. Syberg har to lærreder, som han tænker at bruge til malerier af Jensen-familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QQEa</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 11-6-29
 Kære Venner.
 Hvordan staar det til med Jer? Tager I saa til Tibirke i denne Maaned eller bliver det senere? Med andre Ord er Joh. V. rask nok til at I tør tage paa Landet eller har I andre Planer. I al Fald kan jeg komme og plage Jer fra den 15 i denne Maaned til Feriens Begyndelse i Juli. Hvis dette ikke passer Jer, saa kan jeg atter tage fri fra Arbejdet her omkring den 15 August – indtil lidt ind i September. Marie kan ikke komme med da hendes Børn har Ferie i denne Maaned og vi venter dem her i Morgen. Jeg har to Lærreder som har ligget præpareret i et Par Aar, de skal anvendes til Jer, muligvis bliver det til to Billeder. Jeg glæder mig til at hilse paa Jeg [”Jeg” overstreget] Jer og være lidt sammen med Jer.
 Mange Hilsener fra os begge.
 Eders hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-04-28</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Fejringen blev muligvis afholdt i forbindelse med indvielsen af Det Fysisk-Kemiske Institut på Blegdamsvej i København. Dette med tilhørende bolig til Johannes Brønsted og hans familie åbnede i 1930. 
+Klara og hendes mor kendes ikke. Birgitte heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3799</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se det altsammen. Hun kommer tirsdag, så de har god tid til at ordne selskabet. Klara kommer også, og hun er god til at lave mad.
+Ellens have er pæn i år.
+Johannes Larsen/Las har ligget syg af forkølelse, og han har fået varm øl med ingefær og whisky.
+Adolf/Agraren Larsen har været på druk og ligger syg, så Johanne/Junge Larsen kan ikke komme til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1cqS</t>
+  </si>
+  <si>
+    <t>Mandag 28de April 1930 [Der er skrevet noget oven i ordet "April" - muligvis Maj]
+Kæreste Lugge!
+Tusind Tak for Brevet. Hvor jeg glæder mig til at se det altsammen! Der er nok bedaarende. Jeg vil være letsindig og komme Tirsdag. Saa forsømmer jeg rigtignok Tirsdagseleverne 2 Gange, men det faar være. Saa har vi hele Onsdag til at ordne Selskabet i, og saa bliver der vist ingen travlhed. Klara kommer jo ogsaa, sagde hendes Mor og hun er jo vant til at lave Mad, saa hun bliver nok en udmærket Hjælp. Jeg er glad ved, du har faaet Gang paa hende, naar bare det nu ikke er kommet i med at være for dyrt. Moderen siger, hun er saa glad ved at komme derud Jeg synes dine Planer lyder udmærket og jeg glæder mig til at virke med det. Og jeres Have! Hvor skal vi snakke Have!
+Min lille Have er saa yndig. Jeg har saa mange smukke Primula og Aurikler i Aar, og der er ligefrem et Flor af alle Slags. Mine Ærter er kommet op og jeg har lagt Bønner, Charlotter og saaet Spinat. Igaar slog jeg Plænen for første Gang - det ligger i Solen og lugter af Hø og er lifligt. Las ligger idag - han har gaaet og hivet med en slem Forkølelse en hel Uge. I Aftes gav vi ham en kogt Bajer m. Ingefær og Whisky, og han siger, at han har det bedre og har sovet udmærket i Nat og nærmest ligger for at faa det helt væk. Den kære, gode Las. Agraren ligger ogsaa paa sine Gærninger - han har sviret over alle Grænser og ligger med Nyrer nu. Maaske er det ogsaa moralske samt korporlige Tømmermænd [indsat side 2 langs venstre margen; lodret:] Der er vist ikke Tale om at Junge kan komme. Jeg skal ud til Elever - derfor kun disse Par Ord. Jeg skriver nærmere, hvad Tid jeg kommer. [Indsat øverst s. 2; på hovedet:] Jeg fik en pæn Krans til lille Birgitte. Hilsen E</t>
   </si>
   <si>
     <t>1930-06-23</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Rørdam</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
 Det vides ikke, hvem direktør Clausen var. 
 En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
@@ -10333,68 +10405,126 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
   </si>
   <si>
     <t>1940-10-25</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Maria Balslev
 Jørgen Brandstrup
 Ludvig Brandstrup, visedigter
 Adolph Larsen
 Vilhelm Larsen
 Christine  Mackie
 Axel  Müller
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
 Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
 Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
@@ -11609,59 +11739,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M282"/>
+  <dimension ref="A1:M285"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -18302,6031 +18432,6168 @@
         <v>1025</v>
       </c>
       <c r="J149" s="5" t="s">
         <v>1026</v>
       </c>
       <c r="K149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="6" t="s">
         <v>1027</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>813</v>
+        <v>199</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>799</v>
+        <v>1030</v>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="I150" s="5"/>
+        <v>1031</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>1032</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>86</v>
+        <v>813</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>799</v>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="I151" s="5" t="s">
         <v>1038</v>
       </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
         <v>1039</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>1040</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>1041</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
         <v>1043</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>799</v>
+        <v>86</v>
       </c>
       <c r="D152" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
         <v>1044</v>
       </c>
-      <c r="E152" s="5" t="inlineStr">
-[...17 lines deleted...]
-      <c r="I152" s="5"/>
+      <c r="I152" s="5" t="s">
+        <v>1045</v>
+      </c>
       <c r="J152" s="5" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>799</v>
       </c>
       <c r="D153" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H153" s="5" t="s">
         <v>824</v>
-      </c>
-[...16 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>1044</v>
+        <v>799</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>824</v>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H154" s="5" t="s">
+        <v>1051</v>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D155" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="D155" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E155" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="s">
-        <v>1058</v>
+      <c r="H155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="156">
-      <c r="A156" s="5" t="n">
-        <v>1916</v>
+      <c r="A156" s="5" t="s">
+        <v>1063</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1062</v>
+        <v>799</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>824</v>
+        <v>1064</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>848</v>
+        <v>1052</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="5" t="s">
-        <v>1067</v>
+      <c r="A157" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>824</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="s">
         <v>848</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>824</v>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H158" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H158" s="5" t="s">
+        <v>1076</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
         <v>848</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>824</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H159" s="5" t="s">
-        <v>1078</v>
+      <c r="H159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
         <v>848</v>
       </c>
       <c r="K159" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="M159" s="5" t="s">
         <v>1079</v>
-      </c>
-[...4 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>109</v>
+        <v>1084</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>578</v>
+        <v>824</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F160" s="5" t="s">
-        <v>1083</v>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>1085</v>
+        <v>848</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>1086</v>
       </c>
       <c r="L160" s="6" t="s">
         <v>1087</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
         <v>1089</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>1077</v>
+        <v>109</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>824</v>
+        <v>578</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F161" s="5" t="s">
+        <v>1090</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>848</v>
+        <v>1092</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="5" t="n">
-        <v>1917</v>
+      <c r="A162" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>1094</v>
+        <v>1084</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>824</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
         <v>848</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="n">
         <v>1917</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>86</v>
+        <v>1101</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>1036</v>
+        <v>824</v>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-      </c>
+        <v>1102</v>
+      </c>
+      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>1101</v>
+        <v>848</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164" s="5" t="s">
-        <v>1105</v>
+      <c r="A164" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>1036</v>
-[...4 lines deleted...]
-      <c r="F164" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="s">
         <v>1106</v>
       </c>
-      <c r="G164" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H164" s="5" t="s">
+      <c r="I164" s="5" t="s">
         <v>1107</v>
       </c>
-      <c r="I164" s="5" t="s">
+      <c r="J164" s="5" t="s">
         <v>1108</v>
       </c>
-      <c r="J164" s="5" t="s">
+      <c r="K164" s="5" t="s">
         <v>1109</v>
       </c>
-      <c r="K164" s="5" t="s">
+      <c r="L164" s="6" t="s">
         <v>1110</v>
       </c>
-      <c r="L164" s="6" t="s">
+      <c r="M164" s="5" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="F165" s="5" t="s">
         <v>1113</v>
       </c>
-      <c r="B165" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E165" s="5" t="s">
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
         <v>1114</v>
       </c>
-      <c r="F165" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H165" s="5" t="s">
+      <c r="I165" s="5" t="s">
         <v>1115</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="J165" s="5" t="s">
         <v>1116</v>
       </c>
-      <c r="J165" s="5" t="s">
+      <c r="K165" s="5" t="s">
         <v>1117</v>
       </c>
-      <c r="K165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1118</v>
       </c>
-      <c r="L165" s="6" t="s">
+      <c r="M165" s="5" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E166" s="5" t="s">
         <v>1121</v>
       </c>
-      <c r="B166" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F166" s="5" t="s">
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
         <v>1122</v>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H166" s="5" t="s">
+      <c r="I166" s="5" t="s">
         <v>1123</v>
       </c>
-      <c r="I166" s="5" t="s">
+      <c r="J166" s="5" t="s">
         <v>1124</v>
       </c>
-      <c r="J166" s="5" t="s">
+      <c r="K166" s="5" t="s">
         <v>1125</v>
       </c>
-      <c r="K166" s="5" t="s">
+      <c r="L166" s="6" t="s">
         <v>1126</v>
       </c>
-      <c r="L166" s="6" t="s">
+      <c r="M166" s="5" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F167" s="5" t="s">
         <v>1129</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
         <v>1130</v>
       </c>
       <c r="I167" s="5" t="s">
         <v>1131</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>21</v>
+        <v>1132</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1138</v>
+        <v>21</v>
       </c>
       <c r="K168" s="5" t="s">
         <v>1139</v>
       </c>
       <c r="L168" s="6" t="s">
         <v>1140</v>
       </c>
       <c r="M168" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
         <v>1142</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>689</v>
+        <v>86</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>829</v>
+        <v>1030</v>
       </c>
       <c r="E169" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H169" s="5" t="s">
         <v>1143</v>
       </c>
-      <c r="F169" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H169" s="5" t="s">
+      <c r="I169" s="5" t="s">
         <v>1144</v>
       </c>
-      <c r="I169" s="5" t="s">
+      <c r="J169" s="5" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="K169" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="L169" s="6" t="s">
         <v>1147</v>
       </c>
       <c r="M169" s="5" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
         <v>1149</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>689</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>829</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="J170" s="5" t="s">
         <v>841</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>109</v>
+        <v>689</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>1156</v>
-[...4 lines deleted...]
-        </is>
+        <v>829</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
         <v>1157</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>1158</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>406</v>
+        <v>841</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1159</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1160</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1162</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="J172" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="173">
-      <c r="A173" s="5" t="n">
-        <v>1919</v>
+      <c r="A173" s="5" t="s">
+        <v>1169</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="J173" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="174">
-      <c r="A174" s="5" t="s">
-        <v>1173</v>
+      <c r="A174" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="E174" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
         <v>1175</v>
       </c>
-      <c r="F174" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G174" s="5" t="s">
+      <c r="I174" s="5" t="s">
         <v>1176</v>
-      </c>
-[...4 lines deleted...]
-        <v>1178</v>
       </c>
       <c r="J174" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K174" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M174" s="5" t="s">
         <v>1179</v>
-      </c>
-[...4 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E175" s="5" t="s">
         <v>1182</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="s">
         <v>1183</v>
       </c>
       <c r="H175" s="5" t="s">
         <v>1184</v>
       </c>
       <c r="I175" s="5" t="s">
         <v>1185</v>
       </c>
       <c r="J175" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K175" s="5" t="s">
         <v>1186</v>
       </c>
       <c r="L175" s="6" t="s">
         <v>1187</v>
       </c>
       <c r="M175" s="5" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
         <v>1189</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>16</v>
+        <v>1163</v>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G176" s="5" t="s">
+        <v>1190</v>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>578</v>
+        <v>109</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>1196</v>
+        <v>16</v>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1197</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1198</v>
       </c>
       <c r="J177" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K177" s="5" t="s">
         <v>1199</v>
       </c>
-      <c r="K177" s="5" t="s">
+      <c r="L177" s="6" t="s">
         <v>1200</v>
       </c>
-      <c r="L177" s="6" t="s">
+      <c r="M177" s="5" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E178" s="5" t="s">
         <v>1203</v>
       </c>
-      <c r="B178" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F178" s="5" t="s">
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
         <v>1204</v>
       </c>
-      <c r="G178" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H178" s="5" t="s">
+      <c r="I178" s="5" t="s">
         <v>1205</v>
       </c>
-      <c r="I178" s="5" t="s">
+      <c r="J178" s="5" t="s">
         <v>1206</v>
       </c>
-      <c r="J178" s="5" t="s">
+      <c r="K178" s="5" t="s">
         <v>1207</v>
       </c>
-      <c r="K178" s="5" t="s">
+      <c r="L178" s="6" t="s">
         <v>1208</v>
       </c>
-      <c r="L178" s="6" t="s">
+      <c r="M178" s="5" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>1036</v>
+        <v>1181</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F179" s="5" t="s">
+        <v>1211</v>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
         <v>1212</v>
       </c>
-      <c r="I179" s="5"/>
+      <c r="I179" s="5" t="s">
+        <v>1213</v>
+      </c>
       <c r="J179" s="5" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>947</v>
+        <v>109</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>668</v>
-[...7 lines deleted...]
-      <c r="G180" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H180" s="5" t="s">
         <v>1219</v>
       </c>
-      <c r="H180" s="5" t="s">
+      <c r="I180" s="5"/>
+      <c r="J180" s="5" t="s">
         <v>1220</v>
       </c>
-      <c r="I180" s="5" t="s">
+      <c r="K180" s="5" t="s">
         <v>1221</v>
       </c>
-      <c r="J180" s="5" t="s">
+      <c r="L180" s="6" t="s">
         <v>1222</v>
       </c>
-      <c r="K180" s="5" t="s">
+      <c r="M180" s="5" t="s">
         <v>1223</v>
-      </c>
-[...4 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="5" t="s">
         <v>1226</v>
       </c>
-      <c r="B181" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G181" s="5" t="s">
+      <c r="H181" s="5" t="s">
         <v>1227</v>
       </c>
-      <c r="H181" s="5" t="s">
+      <c r="I181" s="5" t="s">
         <v>1228</v>
       </c>
-      <c r="I181" s="5" t="s">
+      <c r="J181" s="5" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>1230</v>
       </c>
       <c r="L181" s="6" t="s">
         <v>1231</v>
       </c>
       <c r="M181" s="5" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
         <v>1233</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1015</v>
+        <v>17</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G182" s="5" t="s">
+        <v>1234</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="J182" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>578</v>
+        <v>16</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>1240</v>
-[...1 lines deleted...]
-      <c r="F183" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="s">
         <v>1241</v>
       </c>
-      <c r="G183" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H183" s="5" t="s">
+      <c r="I183" s="5" t="s">
         <v>1242</v>
       </c>
-      <c r="I183" s="5" t="s">
+      <c r="J183" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K183" s="5" t="s">
         <v>1243</v>
       </c>
-      <c r="J183" s="5" t="s">
+      <c r="L183" s="6" t="s">
         <v>1244</v>
       </c>
-      <c r="K183" s="5" t="s">
+      <c r="M183" s="5" t="s">
         <v>1245</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F184" s="5" t="s">
         <v>1248</v>
-      </c>
-[...19 lines deleted...]
-        </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
         <v>1249</v>
       </c>
-      <c r="I184" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I184" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J184" s="5" t="s">
+        <v>1251</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="M184" s="5"/>
+        <v>1253</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>1254</v>
+      </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H185" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H185" s="5" t="s">
+        <v>1256</v>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="M185" s="5"/>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>947</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="s">
-[...6 lines deleted...]
-        <v>406</v>
+      <c r="H186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I186" s="5"/>
+      <c r="J186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1259</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="M186" s="5"/>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H187" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H187" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1262</v>
-[...1 lines deleted...]
-      <c r="M187" s="5"/>
+        <v>1266</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>1267</v>
+      </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D188" s="5" t="s">
-[...3 lines deleted...]
-        <v>1264</v>
+      <c r="D188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="5"/>
+      <c r="J188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="L188" s="6" t="s">
         <v>1269</v>
       </c>
-      <c r="M188" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M188" s="5"/>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D189" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1271</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G189" s="5" t="s">
+        <v>1272</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1272</v>
-[...5 lines deleted...]
-        </is>
+        <v>1273</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1253</v>
+        <v>1275</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="M189" s="5"/>
+        <v>1276</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>1277</v>
+      </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H190" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H190" s="5" t="s">
+        <v>1279</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="M190" s="5"/>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D192" s="5" t="s">
-[...3 lines deleted...]
-        <v>1279</v>
+      <c r="D192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G192" s="5" t="s">
-[...3 lines deleted...]
-        <v>1281</v>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I192" s="5"/>
-      <c r="J192" s="5" t="s">
-        <v>21</v>
+      <c r="J192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1282</v>
+        <v>1260</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1283</v>
-[...1 lines deleted...]
-      <c r="M192" s="5" t="s">
         <v>1284</v>
       </c>
+      <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
         <v>1285</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D193" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>1286</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G193" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G193" s="5" t="s">
+        <v>1287</v>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1272</v>
+        <v>1288</v>
       </c>
       <c r="I193" s="5"/>
-      <c r="J193" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J193" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1253</v>
+        <v>1289</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="M193" s="5"/>
+        <v>1290</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>1291</v>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D194" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="5" t="s">
+      <c r="D194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H194" s="5" t="s">
         <v>1279</v>
       </c>
-      <c r="F194" s="5" t="inlineStr">
-[...14 lines deleted...]
-        <v>21</v>
+      <c r="I194" s="5"/>
+      <c r="J194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1291</v>
+        <v>1260</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="M194" s="5" t="s">
         <v>1293</v>
       </c>
+      <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
         <v>1294</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>1286</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="s">
         <v>1295</v>
       </c>
       <c r="H195" s="5" t="s">
         <v>1296</v>
       </c>
       <c r="I195" s="5" t="s">
         <v>1297</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K195" s="5" t="s">
         <v>1298</v>
       </c>
       <c r="L195" s="6" t="s">
         <v>1299</v>
       </c>
       <c r="M195" s="5" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
         <v>1301</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D196" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D196" s="5" t="s">
+        <v>1181</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G196" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G196" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H196" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1253</v>
+        <v>1305</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1302</v>
-[...1 lines deleted...]
-      <c r="M196" s="5"/>
+        <v>1306</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>1307</v>
+      </c>
     </row>
     <row r="197">
-      <c r="A197" s="5" t="n">
-        <v>1923</v>
+      <c r="A197" s="5" t="s">
+        <v>1308</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1303</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G197" s="5" t="s">
-[...3 lines deleted...]
-        <v>1306</v>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I197" s="5"/>
-      <c r="J197" s="5" t="s">
-        <v>1307</v>
+      <c r="J197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1308</v>
+        <v>1260</v>
       </c>
       <c r="L197" s="6" t="s">
         <v>1309</v>
       </c>
-      <c r="M197" s="5" t="s">
+      <c r="M197" s="5"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="5" t="n">
+        <v>1923</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="5" t="s">
         <v>1310</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A198" s="5" t="s">
+      <c r="D198" s="5" t="s">
         <v>1311</v>
       </c>
-      <c r="B198" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E198" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G198" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H198" s="5" t="s">
+        <v>1313</v>
       </c>
       <c r="I198" s="5"/>
-      <c r="J198" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J198" s="5" t="s">
+        <v>1314</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1313</v>
-[...1 lines deleted...]
-      <c r="M198" s="5"/>
+        <v>1316</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>1317</v>
+      </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K199" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K199" s="5" t="s">
+        <v>1319</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>1303</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G200" s="5" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I200" s="5"/>
-      <c r="J200" s="5" t="s">
-[...3 lines deleted...]
-        <v>1319</v>
+      <c r="J200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1320</v>
-[...3 lines deleted...]
-      </c>
+        <v>1322</v>
+      </c>
+      <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1036</v>
+        <v>1324</v>
       </c>
       <c r="E201" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1324</v>
+        <v>16</v>
       </c>
       <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="I202" s="5"/>
       <c r="J202" s="5" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>16</v>
+        <v>1310</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>109</v>
+        <v>1030</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="I203" s="5" t="s">
         <v>1337</v>
       </c>
+      <c r="I203" s="5"/>
       <c r="J203" s="5" t="s">
-        <v>21</v>
+        <v>1314</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>1338</v>
       </c>
       <c r="L203" s="6" t="s">
         <v>1339</v>
       </c>
       <c r="M203" s="5" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
         <v>1341</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1272</v>
+        <v>109</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="H204" s="5" t="s">
         <v>1343</v>
       </c>
       <c r="I204" s="5" t="s">
         <v>1344</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K204" s="5" t="s">
         <v>1345</v>
       </c>
       <c r="L204" s="6" t="s">
         <v>1346</v>
       </c>
       <c r="M204" s="5" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
         <v>1348</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>1174</v>
+        <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="s">
         <v>1349</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="H205" s="5" t="s">
         <v>1350</v>
       </c>
       <c r="I205" s="5" t="s">
         <v>1351</v>
       </c>
       <c r="J205" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K205" s="5" t="s">
         <v>1352</v>
       </c>
       <c r="L205" s="6" t="s">
         <v>1353</v>
       </c>
       <c r="M205" s="5" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
         <v>1355</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>109</v>
+        <v>1181</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1303</v>
+        <v>109</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G207" s="5" t="s">
-        <v>1323</v>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="I207" s="5"/>
+        <v>1363</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1364</v>
+      </c>
       <c r="J207" s="5" t="s">
-        <v>1307</v>
+        <v>21</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1036</v>
+        <v>1311</v>
       </c>
       <c r="E208" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1367</v>
-[...3 lines deleted...]
-      </c>
+        <v>1369</v>
+      </c>
+      <c r="I208" s="5"/>
       <c r="J208" s="5" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>109</v>
+        <v>1310</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1349</v>
-[...4 lines deleted...]
-        </is>
+        <v>1030</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="s">
-        <v>1373</v>
+        <v>1330</v>
       </c>
       <c r="H209" s="5" t="s">
         <v>1374</v>
       </c>
       <c r="I209" s="5" t="s">
         <v>1375</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>406</v>
+        <v>1314</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>1376</v>
       </c>
       <c r="L209" s="6" t="s">
         <v>1377</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>1378</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
         <v>1379</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>1303</v>
+        <v>109</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1356</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="s">
         <v>1380</v>
       </c>
       <c r="H210" s="5" t="s">
         <v>1381</v>
       </c>
       <c r="I210" s="5" t="s">
         <v>1382</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1307</v>
+        <v>406</v>
       </c>
       <c r="K210" s="5" t="s">
         <v>1383</v>
       </c>
       <c r="L210" s="6" t="s">
         <v>1384</v>
       </c>
       <c r="M210" s="5" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
         <v>1386</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>109</v>
+        <v>1310</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1030</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G211" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G211" s="5" t="s">
+        <v>1387</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>21</v>
+        <v>1314</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G212" s="5" t="s">
-        <v>1393</v>
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H212" s="5" t="s">
         <v>1394</v>
       </c>
       <c r="I212" s="5" t="s">
         <v>1395</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>1396</v>
       </c>
       <c r="L212" s="6" t="s">
         <v>1397</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
         <v>1399</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C213" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C213" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E213" s="5" t="s">
-        <v>1400</v>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="s">
         <v>1400</v>
       </c>
       <c r="H213" s="5" t="s">
         <v>1401</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>1402</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>1403</v>
       </c>
       <c r="L213" s="6" t="s">
         <v>1404</v>
       </c>
       <c r="M213" s="5" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
         <v>1406</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="C214" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D214" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E214" s="5" t="s">
+        <v>1407</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G214" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G214" s="5" t="s">
+        <v>1407</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1407</v>
-[...10 lines deleted...]
-        </is>
+        <v>1408</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K214" s="5" t="s">
+        <v>1410</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="M214" s="5"/>
+        <v>1411</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>1412</v>
+      </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="I215" s="5"/>
       <c r="J215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="M215" s="5"/>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="I216" s="5"/>
       <c r="J216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="M216" s="5"/>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="I217" s="5"/>
       <c r="J217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="M217" s="5"/>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D218" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F218" s="5" t="s">
-[...3 lines deleted...]
-        <v>1420</v>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1421</v>
-[...7 lines deleted...]
-      <c r="K218" s="5" t="s">
         <v>1423</v>
+      </c>
+      <c r="I218" s="5"/>
+      <c r="J218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L218" s="6" t="s">
         <v>1424</v>
       </c>
-      <c r="M218" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M218" s="5"/>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F219" s="5" t="s">
         <v>1426</v>
       </c>
-      <c r="B219" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="G219" s="5" t="s">
+        <v>1427</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1427</v>
-[...10 lines deleted...]
-        </is>
+        <v>1428</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J219" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K219" s="5" t="s">
+        <v>1430</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1428</v>
-[...1 lines deleted...]
-      <c r="M219" s="5"/>
+        <v>1431</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>1432</v>
+      </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>638</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="I220" s="5"/>
       <c r="J220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="M220" s="5"/>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1317</v>
-[...2 lines deleted...]
-        <v>1433</v>
+        <v>16</v>
+      </c>
+      <c r="D221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1434</v>
-[...7 lines deleted...]
-      <c r="K221" s="5" t="s">
         <v>1437</v>
+      </c>
+      <c r="I221" s="5"/>
+      <c r="J221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L221" s="6" t="s">
         <v>1438</v>
       </c>
-      <c r="M221" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M221" s="5"/>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D222" s="5" t="s">
         <v>1440</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G222" s="5" t="s">
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
         <v>1441</v>
       </c>
-      <c r="H222" s="5" t="s">
+      <c r="I222" s="5" t="s">
         <v>1442</v>
       </c>
-      <c r="I222" s="5" t="s">
+      <c r="J222" s="5" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>1444</v>
       </c>
       <c r="L222" s="6" t="s">
         <v>1445</v>
       </c>
       <c r="M222" s="5" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
         <v>1447</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>199</v>
+        <v>16</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>1036</v>
-[...6 lines deleted...]
-      <c r="F223" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G223" s="5" t="s">
         <v>1448</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H223" s="5" t="s">
         <v>1449</v>
       </c>
       <c r="I223" s="5" t="s">
         <v>1450</v>
       </c>
       <c r="J223" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K223" s="5" t="s">
         <v>1451</v>
       </c>
-      <c r="K223" s="5" t="s">
+      <c r="L223" s="6" t="s">
         <v>1452</v>
       </c>
-      <c r="L223" s="6" t="s">
+      <c r="M223" s="5" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F224" s="5" t="s">
         <v>1455</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
         <v>1456</v>
       </c>
       <c r="I224" s="5" t="s">
         <v>1457</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>21</v>
+        <v>1458</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1272</v>
+        <v>109</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>669</v>
+        <v>17</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G225" s="5" t="s">
-        <v>1462</v>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H225" s="5" t="s">
         <v>1463</v>
       </c>
-      <c r="I225" s="5"/>
+      <c r="I225" s="5" t="s">
+        <v>1464</v>
+      </c>
       <c r="J225" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1174</v>
+        <v>1279</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>1468</v>
+        <v>669</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G226" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G226" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1469</v>
-[...1 lines deleted...]
-      <c r="I226" s="5" t="s">
         <v>1470</v>
       </c>
+      <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K226" s="5" t="s">
         <v>1471</v>
       </c>
-      <c r="K226" s="5" t="s">
+      <c r="L226" s="6" t="s">
         <v>1472</v>
       </c>
-      <c r="L226" s="6" t="s">
+      <c r="M226" s="5" t="s">
         <v>1473</v>
-      </c>
-[...1 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E227" s="5" t="s">
         <v>1475</v>
       </c>
-      <c r="B227" s="5" t="s">
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H227" s="5" t="s">
         <v>1476</v>
       </c>
-      <c r="C227" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D227" s="5" t="s">
+      <c r="I227" s="5" t="s">
         <v>1477</v>
       </c>
-      <c r="E227" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F227" s="5" t="s">
+      <c r="J227" s="5" t="s">
         <v>1478</v>
       </c>
-      <c r="G227" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H227" s="5" t="s">
+      <c r="K227" s="5" t="s">
         <v>1479</v>
       </c>
-      <c r="I227" s="5" t="s">
+      <c r="L227" s="6" t="s">
         <v>1480</v>
       </c>
-      <c r="J227" s="5" t="s">
+      <c r="M227" s="5" t="s">
         <v>1481</v>
-      </c>
-[...9 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="D228" s="5" t="s">
         <v>1484</v>
       </c>
-      <c r="B228" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E228" s="5" t="s">
-        <v>1143</v>
-[...4 lines deleted...]
-        </is>
+        <v>970</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>1485</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>1487</v>
+        <v>1488</v>
+      </c>
+      <c r="K228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>1491</v>
+        <v>689</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1174</v>
+        <v>837</v>
       </c>
       <c r="E229" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H229" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="F229" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H229" s="5" t="s">
+      <c r="I229" s="5" t="s">
         <v>1493</v>
       </c>
-      <c r="I229" s="5" t="s">
+      <c r="J229" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="K229" s="5" t="s">
         <v>1494</v>
       </c>
-      <c r="J229" s="5" t="s">
+      <c r="L229" s="6" t="s">
         <v>1495</v>
       </c>
-      <c r="K229" s="5" t="s">
+      <c r="M229" s="5" t="s">
         <v>1496</v>
-      </c>
-[...4 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H230" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I230" s="5" t="s">
         <v>1499</v>
       </c>
-      <c r="B230" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H230" s="5" t="s">
+      <c r="J230" s="5" t="s">
         <v>1500</v>
       </c>
-      <c r="I230" s="5" t="s">
+      <c r="K230" s="5" t="s">
         <v>1501</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="L230" s="6" t="s">
         <v>1502</v>
       </c>
       <c r="M230" s="5" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
         <v>1504</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>689</v>
+        <v>1505</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1505</v>
+        <v>1181</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1143</v>
+        <v>1506</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G231" s="5" t="s">
-        <v>1506</v>
+      <c r="G231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H231" s="5" t="s">
         <v>1507</v>
       </c>
       <c r="I231" s="5" t="s">
         <v>1508</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>841</v>
+        <v>1509</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1077</v>
+        <v>689</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1068</v>
-[...4 lines deleted...]
-        </is>
+        <v>829</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1495</v>
-[...2 lines deleted...]
-        <v>1515</v>
+        <v>841</v>
+      </c>
+      <c r="K232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L232" s="6" t="s">
         <v>1516</v>
       </c>
       <c r="M232" s="5" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
         <v>1518</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1349</v>
+        <v>689</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>1519</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G233" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G233" s="5" t="s">
+        <v>1520</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1495</v>
+        <v>841</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>947</v>
+        <v>1084</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>1525</v>
+        <v>1075</v>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="I234" s="5"/>
+        <v>1527</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>1528</v>
+      </c>
       <c r="J234" s="5" t="s">
-        <v>1527</v>
+        <v>1509</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1532</v>
+        <v>1181</v>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
         <v>1533</v>
       </c>
       <c r="I235" s="5" t="s">
         <v>1534</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K235" s="5" t="s">
         <v>1535</v>
       </c>
       <c r="L235" s="6" t="s">
         <v>1536</v>
       </c>
       <c r="M235" s="5" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
         <v>1538</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>243</v>
+        <v>947</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>578</v>
+        <v>1181</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F236" s="5" t="s">
         <v>1539</v>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
         <v>1540</v>
       </c>
-      <c r="I236" s="5" t="s">
+      <c r="I236" s="5"/>
+      <c r="J236" s="5" t="s">
         <v>1541</v>
       </c>
-      <c r="J236" s="5" t="s">
+      <c r="K236" s="5" t="s">
         <v>1542</v>
       </c>
-      <c r="K236" s="5" t="s">
+      <c r="L236" s="6" t="s">
         <v>1543</v>
       </c>
-      <c r="L236" s="6" t="s">
+      <c r="M236" s="5" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D237" s="5" t="s">
         <v>1546</v>
       </c>
-      <c r="B237" s="5" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
         <v>1547</v>
       </c>
       <c r="I237" s="5" t="s">
         <v>1548</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1471</v>
+        <v>1509</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>1549</v>
       </c>
       <c r="L237" s="6" t="s">
         <v>1550</v>
       </c>
       <c r="M237" s="5" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
         <v>1552</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>1077</v>
+        <v>243</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>1068</v>
-[...9 lines deleted...]
-        </is>
+        <v>578</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>1553</v>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1495</v>
+        <v>1556</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1559</v>
+        <v>1181</v>
       </c>
       <c r="E239" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>689</v>
+        <v>1084</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>1143</v>
+        <v>1075</v>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>841</v>
+        <v>1509</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>829</v>
+        <v>1573</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1143</v>
+        <v>17</v>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>841</v>
+        <v>1478</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>689</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>961</v>
+        <v>829</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1580</v>
+        <v>841</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>689</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>961</v>
+        <v>829</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1587</v>
+        <v>841</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>1588</v>
       </c>
       <c r="L243" s="6" t="s">
         <v>1589</v>
       </c>
       <c r="M243" s="5" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
         <v>1591</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>16</v>
+        <v>689</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>1174</v>
+        <v>961</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>17</v>
+        <v>1150</v>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
         <v>1592</v>
       </c>
       <c r="I244" s="5" t="s">
         <v>1593</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1471</v>
+        <v>1594</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>1068</v>
+        <v>689</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>961</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1495</v>
+        <v>1601</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>837</v>
+        <v>1181</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>1143</v>
+        <v>17</v>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I246" s="5"/>
+      <c r="H246" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1607</v>
+      </c>
       <c r="J246" s="5" t="s">
-        <v>841</v>
+        <v>1478</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>689</v>
+        <v>1075</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>837</v>
+        <v>1181</v>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G247" s="5" t="s">
-        <v>1608</v>
+      <c r="G247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>841</v>
+        <v>1509</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1349</v>
+        <v>689</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>837</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>1495</v>
+        <v>841</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>243</v>
+        <v>689</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>1621</v>
+        <v>837</v>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G249" s="5" t="s">
+        <v>1622</v>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>1624</v>
+        <v>841</v>
       </c>
       <c r="K249" s="5" t="s">
         <v>1625</v>
       </c>
       <c r="L249" s="6" t="s">
         <v>1626</v>
       </c>
       <c r="M249" s="5" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
         <v>1628</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>243</v>
+        <v>1356</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>578</v>
-[...4 lines deleted...]
-      <c r="F250" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H250" s="5" t="s">
         <v>1629</v>
       </c>
-      <c r="G250" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H250" s="5" t="s">
+      <c r="I250" s="5" t="s">
         <v>1630</v>
       </c>
-      <c r="I250" s="5" t="s">
+      <c r="J250" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K250" s="5" t="s">
         <v>1631</v>
       </c>
-      <c r="J250" s="5" t="s">
+      <c r="L250" s="6" t="s">
         <v>1632</v>
       </c>
-      <c r="K250" s="5" t="s">
+      <c r="M250" s="5" t="s">
         <v>1633</v>
-      </c>
-[...4 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H251" s="5" t="s">
         <v>1636</v>
       </c>
-      <c r="B251" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H251" s="5" t="s">
+      <c r="I251" s="5" t="s">
         <v>1637</v>
       </c>
-      <c r="I251" s="5" t="s">
+      <c r="J251" s="5" t="s">
         <v>1638</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="K251" s="5" t="s">
         <v>1639</v>
       </c>
       <c r="L251" s="6" t="s">
         <v>1640</v>
       </c>
       <c r="M251" s="5" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
         <v>1642</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>689</v>
+        <v>243</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>961</v>
+        <v>578</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1143</v>
-[...4 lines deleted...]
-        </is>
+        <v>1635</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>1650</v>
+        <v>1084</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>16</v>
+        <v>1075</v>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1349</v>
+        <v>1651</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>1652</v>
+        <v>1509</v>
       </c>
       <c r="K253" s="5" t="s">
         <v>1653</v>
       </c>
       <c r="L253" s="6" t="s">
         <v>1654</v>
       </c>
       <c r="M253" s="5" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>1349</v>
+        <v>689</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>961</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
         <v>1657</v>
       </c>
-      <c r="I254" s="5"/>
+      <c r="I254" s="5" t="s">
+        <v>1658</v>
+      </c>
       <c r="J254" s="5" t="s">
-        <v>1495</v>
+        <v>1659</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>1664</v>
+        <v>16</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I255" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="I255" s="5" t="s">
+      <c r="J255" s="5" t="s">
         <v>1666</v>
       </c>
-      <c r="J255" s="5" t="s">
+      <c r="K255" s="5" t="s">
         <v>1667</v>
       </c>
-      <c r="K255" s="5" t="s">
+      <c r="L255" s="6" t="s">
         <v>1668</v>
       </c>
-      <c r="L255" s="6" t="s">
+      <c r="M255" s="5" t="s">
         <v>1669</v>
-      </c>
-[...1 lines deleted...]
-        <v>1670</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H256" s="5" t="s">
         <v>1671</v>
       </c>
-      <c r="B256" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H256" s="5" t="s">
+      <c r="I256" s="5"/>
+      <c r="J256" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K256" s="5" t="s">
         <v>1672</v>
       </c>
-      <c r="I256" s="5" t="s">
+      <c r="L256" s="6" t="s">
         <v>1673</v>
       </c>
-      <c r="J256" s="5" t="s">
+      <c r="M256" s="5" t="s">
         <v>1674</v>
-      </c>
-[...7 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F257" s="5" t="s">
         <v>1678</v>
-      </c>
-[...13 lines deleted...]
-        <v>1629</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
         <v>1679</v>
       </c>
       <c r="I257" s="5" t="s">
         <v>1680</v>
       </c>
       <c r="J257" s="5" t="s">
         <v>1681</v>
       </c>
       <c r="K257" s="5" t="s">
         <v>1682</v>
       </c>
       <c r="L257" s="6" t="s">
         <v>1683</v>
       </c>
       <c r="M257" s="5" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
         <v>1685</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>1068</v>
+        <v>243</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1174</v>
-[...9 lines deleted...]
-        </is>
+        <v>578</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
         <v>1686</v>
       </c>
       <c r="I258" s="5" t="s">
         <v>1687</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1495</v>
+        <v>1688</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>689</v>
+        <v>243</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1692</v>
+        <v>578</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>1143</v>
-[...4 lines deleted...]
-        </is>
+        <v>1635</v>
+      </c>
+      <c r="F259" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
         <v>1693</v>
       </c>
       <c r="I259" s="5" t="s">
         <v>1694</v>
       </c>
       <c r="J259" s="5" t="s">
         <v>1695</v>
       </c>
       <c r="K259" s="5" t="s">
         <v>1696</v>
       </c>
       <c r="L259" s="6" t="s">
         <v>1697</v>
       </c>
       <c r="M259" s="5" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
         <v>1699</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>243</v>
+        <v>1075</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="E260" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H260" s="5" t="s">
         <v>1700</v>
       </c>
-      <c r="F260" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H260" s="5" t="s">
+      <c r="I260" s="5" t="s">
         <v>1701</v>
       </c>
-      <c r="I260" s="5" t="s">
+      <c r="J260" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K260" s="5" t="s">
         <v>1702</v>
       </c>
-      <c r="J260" s="5" t="s">
+      <c r="L260" s="6" t="s">
         <v>1703</v>
       </c>
-      <c r="K260" s="5" t="s">
+      <c r="M260" s="5" t="s">
         <v>1704</v>
-      </c>
-[...4 lines deleted...]
-        <v>1706</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H261" s="5" t="s">
         <v>1707</v>
       </c>
-      <c r="B261" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F261" s="5" t="s">
+      <c r="I261" s="5" t="s">
         <v>1708</v>
       </c>
-      <c r="G261" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H261" s="5" t="s">
+      <c r="J261" s="5" t="s">
         <v>1709</v>
       </c>
-      <c r="I261" s="5" t="s">
+      <c r="K261" s="5" t="s">
         <v>1710</v>
       </c>
-      <c r="J261" s="5" t="s">
+      <c r="L261" s="6" t="s">
         <v>1711</v>
       </c>
-      <c r="K261" s="5" t="s">
+      <c r="M261" s="5" t="s">
         <v>1712</v>
-      </c>
-[...4 lines deleted...]
-        <v>1714</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H262" s="5" t="s">
         <v>1715</v>
       </c>
-      <c r="B262" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E262" s="5" t="s">
+      <c r="I262" s="5" t="s">
         <v>1716</v>
       </c>
-      <c r="F262" s="5" t="s">
+      <c r="J262" s="5" t="s">
         <v>1717</v>
       </c>
-      <c r="G262" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H262" s="5" t="s">
+      <c r="K262" s="5" t="s">
         <v>1718</v>
       </c>
-      <c r="I262" s="5" t="s">
+      <c r="L262" s="6" t="s">
         <v>1719</v>
       </c>
-      <c r="J262" s="5" t="s">
+      <c r="M262" s="5" t="s">
         <v>1720</v>
-      </c>
-[...7 lines deleted...]
-        <v>1723</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1724</v>
+        <v>1721</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>578</v>
+        <v>1030</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>243</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1663</v>
+        <v>1722</v>
       </c>
       <c r="F263" s="5" t="s">
-        <v>1621</v>
+        <v>1723</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I263" s="5" t="s">
         <v>1725</v>
       </c>
-      <c r="I263" s="5" t="s">
+      <c r="J263" s="5" t="s">
         <v>1726</v>
       </c>
-      <c r="J263" s="5" t="s">
+      <c r="K263" s="5" t="s">
         <v>1727</v>
       </c>
-      <c r="K263" s="5" t="s">
+      <c r="L263" s="6" t="s">
         <v>1728</v>
       </c>
-      <c r="L263" s="6" t="s">
+      <c r="M263" s="5" t="s">
         <v>1729</v>
-      </c>
-[...1 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F264" s="5" t="s">
         <v>1731</v>
       </c>
-      <c r="B264" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H264" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H264" s="5" t="s">
+        <v>1732</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>1495</v>
+        <v>1734</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>1349</v>
+        <v>578</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1068</v>
-[...9 lines deleted...]
-        </is>
+        <v>243</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>1495</v>
+        <v>1743</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>1491</v>
+        <v>578</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1743</v>
+        <v>243</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1492</v>
-[...4 lines deleted...]
-        </is>
+        <v>1677</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>1635</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>243</v>
+        <v>1075</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>1708</v>
+        <v>1181</v>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="s">
-        <v>1751</v>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1753</v>
+        <v>1509</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>16</v>
+        <v>1356</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>1758</v>
-[...5 lines deleted...]
-        <v>1759</v>
+        <v>1075</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
         <v>1760</v>
       </c>
       <c r="I268" s="5" t="s">
         <v>1761</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K268" s="5" t="s">
         <v>1762</v>
       </c>
       <c r="L268" s="6" t="s">
         <v>1763</v>
       </c>
       <c r="M268" s="5" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
         <v>1765</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D269" s="5" t="s">
         <v>1766</v>
       </c>
-      <c r="D269" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E269" s="5" t="s">
-        <v>17</v>
+        <v>1506</v>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
         <v>1767</v>
       </c>
       <c r="I269" s="5" t="s">
         <v>1768</v>
       </c>
       <c r="J269" s="5" t="s">
         <v>1769</v>
       </c>
       <c r="K269" s="5" t="s">
         <v>1770</v>
       </c>
       <c r="L269" s="6" t="s">
         <v>1771</v>
       </c>
       <c r="M269" s="5" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
         <v>1773</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1758</v>
+        <v>578</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>17</v>
+        <v>1635</v>
       </c>
       <c r="F270" s="5" t="s">
-        <v>1759</v>
+        <v>1731</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
         <v>1774</v>
       </c>
       <c r="I270" s="5" t="s">
         <v>1775</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>1495</v>
+        <v>1776</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>578</v>
+        <v>1781</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>1621</v>
+        <v>17</v>
       </c>
       <c r="F271" s="5" t="s">
-        <v>1708</v>
+        <v>1782</v>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1782</v>
+        <v>1509</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>16</v>
+        <v>1789</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="E272" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>1495</v>
+        <v>1792</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="E273" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F273" s="5" t="s">
-        <v>1759</v>
+        <v>1782</v>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1798</v>
+        <v>1802</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>1758</v>
+        <v>578</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>17</v>
+        <v>1635</v>
       </c>
       <c r="F274" s="5" t="s">
-        <v>1759</v>
+        <v>1731</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1799</v>
-[...1 lines deleted...]
-      <c r="I274" s="5"/>
+        <v>1803</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>1804</v>
+      </c>
       <c r="J274" s="5" t="s">
-        <v>1495</v>
+        <v>1805</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="E275" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F275" s="5" t="s">
-        <v>1759</v>
+      <c r="F275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="E276" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F276" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>578</v>
+        <v>1781</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>1621</v>
+        <v>17</v>
       </c>
       <c r="F277" s="5" t="s">
-        <v>1708</v>
+        <v>1782</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1816</v>
-[...3 lines deleted...]
-      </c>
+        <v>1822</v>
+      </c>
+      <c r="I277" s="5"/>
       <c r="J277" s="5" t="s">
-        <v>1818</v>
+        <v>1509</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>578</v>
+        <v>1781</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>1823</v>
+        <v>17</v>
       </c>
       <c r="F278" s="5" t="s">
-        <v>1716</v>
+        <v>1782</v>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1826</v>
+        <v>1509</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F279" s="5" t="s">
-        <v>1831</v>
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1174</v>
+        <v>578</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1635</v>
+      </c>
+      <c r="F280" s="5" t="s">
+        <v>1731</v>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1471</v>
+        <v>1841</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1062</v>
+        <v>243</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1068</v>
-[...9 lines deleted...]
-        </is>
+        <v>578</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F281" s="5" t="s">
+        <v>1739</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>1495</v>
+        <v>1849</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>1850</v>
+        <v>16</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1036</v>
+        <v>1781</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>1851</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>1854</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1854</v>
+        <v>1509</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1857</v>
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H283" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J283" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L283" s="6" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M283" s="5" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H284" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="J284" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K284" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="L284" s="6" t="s">
+        <v>1870</v>
+      </c>
+      <c r="M284" s="5" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H285" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="J285" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="K285" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="L285" s="6" t="s">
+        <v>1879</v>
+      </c>
+      <c r="M285" s="5" t="s">
+        <v>1880</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -24569,44 +24836,47 @@
     <hyperlink ref="M258" r:id="rId263"/>
     <hyperlink ref="M259" r:id="rId264"/>
     <hyperlink ref="M260" r:id="rId265"/>
     <hyperlink ref="M261" r:id="rId266"/>
     <hyperlink ref="M262" r:id="rId267"/>
     <hyperlink ref="M263" r:id="rId268"/>
     <hyperlink ref="M264" r:id="rId269"/>
     <hyperlink ref="M265" r:id="rId270"/>
     <hyperlink ref="M266" r:id="rId271"/>
     <hyperlink ref="M267" r:id="rId272"/>
     <hyperlink ref="M268" r:id="rId273"/>
     <hyperlink ref="M269" r:id="rId274"/>
     <hyperlink ref="M270" r:id="rId275"/>
     <hyperlink ref="M271" r:id="rId276"/>
     <hyperlink ref="M272" r:id="rId277"/>
     <hyperlink ref="M273" r:id="rId278"/>
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
     <hyperlink ref="M278" r:id="rId283"/>
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
+    <hyperlink ref="M283" r:id="rId288"/>
+    <hyperlink ref="M284" r:id="rId289"/>
+    <hyperlink ref="M285" r:id="rId290"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>