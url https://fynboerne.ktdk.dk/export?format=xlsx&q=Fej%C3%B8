--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2941" uniqueCount="1881" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2995" uniqueCount="1922" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -3485,50 +3485,148 @@
 Otto Emil  Paludan
 Alfred Rottbøll
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
 Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uhvb</t>
   </si>
   <si>
     <t>Kæreste Mor!
 1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
 [skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
 og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
 [skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
 [skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
 Fredag – 18</t>
   </si>
   <si>
+    <t>USA
+Randolph N.H.</t>
+  </si>
+  <si>
+    <t>Harris Sawyer</t>
+  </si>
+  <si>
+    <t>N.H.: Staten New Hampshire.
+Ellen og Harris Eastman Sawyer blev gift i Danmark i maj 1898, hvorefter parret flyttede sammen til USA. 
+En amerikansk fod (foot) svarer præcist til 0,3048 meter.
+Mount Adams, 1.766 m over havets overflade, er et bjerg i New Hampshire og den næsthøjeste top i det nordøstlige USA efter sin nærliggende nabo, Mount Washington. Mount Adams er opkaldt efter John Adams, USA's anden præsident 31. juli 1820 (Wikipedia jan 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1589</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og Harris Eastman Sawyer har kørt i hestevogn og derefter i tog gennem et landskab med skov og meget spredt bebyggelse. Harris' familie har boet på denne egn siden 1634, og han er kommet der, siden han var ganske lille.
+Ellen og Harris bor på et hotel, som er primitivt på en hyggelig måde. De går ture, og Harris er som 10 år yngre uden bekymringer af nogen art.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t7r2</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+3/
+og beregne, om Vognen kunde gå igennem. Men det gik altsammen godt, - Hestene her ere vante til Lokaliteterne og de ere ["de ere" overstreget] Seletøjet anderledes, så de galloperer med stor Fornøjelse af Skrænter c. så stejle som Odensebakken. North Conway er som et Hjem for Harry: hans Forfædre har levet der siden 1634, da den første Eastman kom herover fra Skotland og bosatte sig. Der er 13 Familjer af Navnet East der [”der” indsat over linjen] som alle stammer fra ham. Harry kender kun meget få af dem, de fleste af dem ere ”Farmere” – men det slår sjældent fejl, at de er mørke, gulladne af Farve og har en lang, lidt kroget Næse. - Harry selv er kommen her om Somren siden han var 3 Aar, så han kender hver Vej og Sti i Skovene og op ad Bjærgene.
+Klk 2 rejste vi derfra, – tog med Toget til Randolph St. - En dejlig 3 Timers Køretur. Toget prustede og stønnede og gik i Fodgang op ad Bjærgene og rutsjedede ned i Dalene, - overalt tæt Skov, - der er Mile mellem hvert lille Hus. Vi skiftede Tog et par Gange, og hver Gang blev det mere primitivt. Det sidste havde kun to Vogne og standsede for Harry og mig ved den Sti som leder den nærmeste Vej hen til Racinehus. 
+Her er henrivende, - aldeles 
+[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+4/
+ideelt. Skønt her er en hel Del Mennesker, er det ikke Spor af Hotelagtigt. Det er de samme som kommer her hvert Aar og bliver her det meste af Sommeren. En Del af dem ere Harrys allerbedste Venner, - han har fortalt mig om dem så ofte at jeg var helt nysgerrig og opsat på dem og mærkelig nok er jeg ikke skuffet, tværtimod. – Her er guddommeligt i enhver Henseende. Selve Huset vandt straks mit Hjærte, - ingen Varmeapparater, ingen Gas, rigtige sodede sorte Kakkelovne, åbne Ildsteder, hvor der er en Ild af Birkebrænde hver Aften, - lavt til Loftet, - et gammelt Bornholmer o. s. v. Det er en rigtig ”Farm”, som man finder nogle få af dem i Dalene. Denne Dal er så bred som op til Ledhullet – og der er Høstakke, Kør, en Hvedemark o. s. v. Til begge Sider gå Bjærgene op til 4 a 6000 Fod. – 2 Dage er gået her allerede, - vi har haft dejligt Vejr og været ude hele Tiden. Harry er 10 Aar yngre her, - Forretninger, Penge og mugne Skinker eksisterer ikke mere for ham. Jeg nyder i fulde Drag Ferien. Vi ere tidligt oppe, - spiser Frokost 7½ og traver så ud i Skoven. I dag gik vi omtrent den halve Vej op ad Mount Adams. Hvordan
+[De eller den sidste side af brevet mangler].
+[Indsat øverst på første bevarede side; på tværs:]
+Jeg har fået dit lange interessante Brev i Aften. Hils dem alle 1000 Gange fra Elle</t>
+  </si>
+  <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-07-16</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Jens Theodor Berg
 Wilhelmine Berg
 Camilla Bertram
 Johanne Giersing
 Andreas Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Anna Syberg
 Hans  Syberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen er hos sin familie på gården Erikshaab (barndomshjemmet). Hun har født sit første barn i maj samme år. Johannes Larsen er på et lejet værelse i Svanninge for at male på denne egn, og han har besøg af Lützhøft-parret. Syberg-familien boede i 1899 stadig i Svanninge.</t>
   </si>
   <si>
     <t>Det er dejligt, at Johannes Larsen kan spise sammen med Frk. Bertram og Lützhøft. Alhed Larsen håber, at Lützhøft og Frue kan cykle hjem til hende (på Erikshaab) en dag.
 Den lille (Andreas/Puf) ligger og stirrer på Alhed. 
 Tante Mis tog fejl af sin mand (Zuluen)</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5i3Q</t>
@@ -3683,50 +3781,90 @@
 Carl Neiiendam behandler Johanne nedladende og uhøfligt.
 Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9wD</t>
   </si>
   <si>
     <t>Fru Laura Warberg
 Erikshaab
 Højrup St.
 Fyen
 [I brevet:]
 Søndag
 Kære Mor!
 Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
 Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
 Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
 Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
 Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
 Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
 Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
 I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
 Farvel
 Nu skal Brevet af Sted
 Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
   </si>
   <si>
     <t>1900-03-06</t>
   </si>
   <si>
     <t>I A Larsensvej Kerteminde</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen
 Vilhelm Larsen
 Marie Oppermann
 Ellen  Sawyer
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
 Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
 Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
   </si>
   <si>
     <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
   </si>
   <si>
@@ -9042,50 +9180,92 @@
 Marie Schou
 Anna Syberg
 Anna Louise Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Jensen-familien havde et feriehus i Tibirke, og Fritz Syberg besøgte dem dér i sommeren 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vRMF</t>
   </si>
   <si>
     <t>Pilegaarden 28-10-30
 Kære Ven.
 Jeg ved ikke om Du erindrer at jeg en Aften ude i Tibirke fortalte Dig at jeg var bange for at jeg af en Fejltagelse var kommet til at brænde en Samling Breve fra Dig, en Gang lige efter Annas Død? Det forholder sig imidlertid ikke saa. Jeg har godt nok Dine Breve, men de var pakket sammen med en Samling af mine Børns. Nu ligger de samlet for sig og venter paa min Død. En Gang imellem gaar jeg mine Brevsamlinger igennem og holder Autodafé over en Del, nu sidst – i Dag – fandt jeg frem, ikke Breve -, men en Samling - Digte fra mine unge Aar. Det var paa Tide at jeg fik dem tilintetgjort. Jeg brændte en Gang ca 200 Tegninger som jeg var træt af at slæbe rundt med, det ærgrer jeg mig over nu.
 Ellers gaar alt vel. Arbejdet, som mest bestaar i at fuldføre større og mindre Arbejder jeg forlængst har paabegyndt, synes jeg lykkes, om det nu er Indbildning eller ej, [i] hvert Fald faar jeg en Masse gjort færdig. Jeg undgaar ikke at mærke Alderen, Gigt, Svimmelhed ect. ”Dødens visse Bud” som det hedder i Eventyret, men jeg er for mit eget personlige Vedkommende parat til Afmarsj hvad Dag det skal være selv om jeg intet har imod [at] fortsætte Virksomheden saalænge Knoglerne kan holde sammen og være i Selskab med Naturen og Menneskene. Forresten begynder mine Øjne at strejke. Der er kommet en graa Plet for det højre Øje, som en Haletudse der bevæger sig men ikke vil svømme væk. Jeg har talt med Øjenlæge. Han skrev to Par Briller op, og erklærede at der ikke var nogen Sygdom i mine Øjne. Det maa jo saa være den uundgaaelige Alderdom der melder sig. Jeg ser i Politiken at Du er udset til Nobelprisen. Jeg kan ikke sige andet end at det vilde more mig om det virkelig skete, det vilde for en Gangs Skyld være et Pletskud.
 Jeg haaber I alle maa have det godt.
 Marie er i Kbhvn.
 Mange Hilsener fra Eders hengivne
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
+  </si>
+  <si>
     <t>1931-11-22</t>
   </si>
   <si>
     <t>Else Jensen
 Jens Jensen</t>
   </si>
   <si>
     <t>Odense, 5000 Odense, Danmark
 Svanninge, 5600 Faaborg, Danmark
 Venedig, Italien</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen
 Marie Schou</t>
   </si>
   <si>
     <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
   </si>
   <si>
     <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
 Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
 Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/83pC</t>
@@ -11444,50 +11624,113 @@
 21-6-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Fredag 2den Juledag 1947.
 Kære lille Dis!
 Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
 Lad mig allerførst sige dig saa mange mange Tak for din indholdsrige Pakke. Først og fremmest dette pragtfulde Brevpapir, som hermed indvies, mit pæne Papir er netop paa Hældningen, der er vist kun et enkelt Ark tilbage, saa jeg er mægtig glad ved det og siger dig saa mange Tak. Bøgerne til Mandfolkene skal jeg sige saa mange Tak for. Jeg læste den til Manse en af de sidste Aftner inden Jul, jeg skal love for, den er spændende. Og saa allle Lækkerierne! Tænk at have faaet Risengryn til Huse! Og Rosiner og Bolsjer og saa de dejlige Cerutter og den store fine Mavebæltecigar – det var vel nok Herligheder.
 I mit lange Julebrev til dig, tvang jeg mig selv til ikke at skrive alt for meget om Lugge, men jeg var glad ved, at du skrev saa meget om det til mig, det var jo dog det, som opfyldte os begge. Og synes du ikke, at det var – er – svært at være saa langt borte og ikke kunne følge med i Enkelthederne. Christine hørte jeg dog fra et Par Gange, men kun ganske korte Breve. Jeg ringede Dagen efter til Kjertem. (jeg mener Dagen efter Begravelsen) Jeg talte kun med Las, de andre var i Byen, men han fortalte mig dog lidt om det; var det dog ikke kækt af Las paa 80 Aar at tage derover? Og da Puf kørte Rie herud Juleaftens Efterm. fortalte han mig en Del, ogsaa lidt om Præstens Tale, som Puf fandt god. Men nu faar jeg forhaabentlig den Glæde at være sammen med Christine i Morgen, det er i hvert Fald Planen, at hun skal komme til Fødselsdagen Lysse tager hende og SkriveSwane med i sin Bil, naar han og Bimse kører over. Hun ved, om Lugge har nogen Planer for sin Fremtid. – Der er nu mange, Dis, som har holdt af Magisterens ["s" i slutningen af ordet overstreget]; Peter siger, at Lysse holdt saa umaadelig meget af ham Bodild Branner skrev det samme; Fritz har taget sig det saa nær – Las, Puf, Christine. Jeg har 
 2
 været lidt forbløffet over saa komplet udeltagende Marie har været, ja næsten lidt forbavset over at se og mærke min Sorg. Det eneste hun egentlig fæstede sig ved, var det uforsvarlige i, at Las tog derover til Begravelsen; det blev næsten til en personlig Fornærmelse paa Lases Vegne over, at Magisteren var død!! Overdrivelse selvfølgelig; men jeg blev nu lidt underlig over at høre hende fordybe sig i Magisterens utiltalende Egenskaber og jeg tænkte: de mortuis nihil bene. Hedder det Ord ikke saadan? det mener jeg dog; jeg saa det forleden et Sted i en Historie helt anderledes, det endte paa bonus, og Ordet for De døde saa ogsaa helt anderledes ud. Spørg Axel! Der var heller ingen rigtig Glans – for mig altsaa – over Juleaften, som fejredes i Havestuen, jeg havde pyntet Juletræet, Peter havde dog lavet Julestjernen, den gamle maatte absolut siges at have udtjent, den havde ogsaa mange Aar paa Bagen. Jeg syntes jeg havde faaet det lille Træ rigtig fint og festligt i Aar; vi kan jo kun have smaa Træer, selv om det [”om det” indsat over linjen] naar helt op til Loftet; Lys havde vi nok af, Stjærnekastere ogsaa, saa det [”det” indsat over linjen] straalede smukt nok, og Net og Hjærter var frisklavet i Aar. Aldrig har her været saa mange Gavepakker som i denne Jul; Peter og Ena var her jo også ud over det sædvanlige Mandtal, og hvad Peter fik var ganske fantastisk, han sagde ogsaa den ene Gang efter den anden: Jeg har aldrig faaet saa mange Julegaver før. Ogsaa den lille Ena var tilfreds med sine. Juledags Eft. fik vi Visit af Tinge og hans Svoger Gunnar samt lille Lise, der skulde sige Tak for Gaverne, navnlig for Dukken fra os her. De sagde, hun var blevet helt forstenet af Betagelse, da den blev pakket ud. Om Aftenen, da de var kommen i Seng sagde Tinge til hende, om hun ikke snart kunde tie stille, nej, for Dukken skulde have ved den anden Side ogsaa, og saa sagde hun ned til Dukken ”hvordan er det du ligger og fedter med det” – man hører stadig Gretes forskellige Ytringer gaa igen i Lises Mund. Hun er en forfærdelig pudsig Unge. 
 Julegaverne – jo, jeg synes det er en utrolig praktisk Maade med Indpakningen; der er intet med at det og det ikke maa ses, for det er altsammen skjult under det fine Papir; vi faar heller ingen Uorden af den Grund, Papirer lægges straks fint sammen og samles i en Stabel og Baandene i en lille Bunke, som kommer i deres snart mangeaarige Æske, som har sin Plads i Julekassen. I Aar havde jeg saa meget Indpakningspapir, at jeg ikke nær brugte det op, skønt vil ["l" i slutningen af ordet overstreget] alle pakker Gaver ind med det; jeg har aldrig behøvet at købe Julepapir. - Tak for de smaa Skitser til din Børnebog, den er nok bleven nydelig og lille Nille salig; det er helt overraskende at du pludselig er bleven bildende Kunstner. 
 Du spurgte mig, om jeg syntes det var rigtigt, at du ikke tog til Begravelsen. Ja, for det første havde du vel daarligt kunnet taale det for din Bronchitis, men ellers – jeg ved det ikke, Dis, jeg har tumlet med det og spekuleret paa, hvordan Lugge ville føle det, men er ikke kommen til noget Resultat. Lad os haabe, at det du valgte var det rigtigste. 
 [Skrevet langs højre kant paa s4:]
 Lørdag 
 I Dag er det altsaa den store Dag i Kjerteminde! Jeg havde i Aftes en af mine ikke usædvanlige Søvnløshedsanfald, hørte saa Klokken slaa 2, men da ikke halv 3. – Kl. 5 vaagnede vi ved at en Bil kørte ind i Gaarden – Lysse og Bimse: 
 [Skrevet på hovedet øverst på s. 4:]
 min første Tanke var: så kommer Christine ikke, men ingen af dem havde tænkt paa at spørge Lysse om, hvordan det hang sammen, men jeg er da forberedt paa, at jeg saa ikke faar hende at se og det havde 
 [Skrevet på venstre kant på s. 4:]
 jeg dog saadan glædet mig til. – Jeg laa og fulgte Slagets Gang, hørte Manse gøre Ild, kalde paa Peter og sætte Madvarer frem for dem; naa, jeg fik da sovet fra 8-10, saa nu gaar den vel. Lys. og B. har vel skiftedes til at køre og sove!
 [Skrevet langs venstre kant på s. 2:]
 Jeg saa dem altsaa slet ikke, hvad der ikke gjorde noget, ieg har jo aldrig været ovenud indtaget i Bimse. Hvis Chr. ikke kommer bliver jeg altsaa den eneste Repræsentant for Alheds Familie
 [Skrevet på hovedet øverst på s. 2:]
 Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-05-16</t>
   </si>
   <si>
     <t>Refshalevej 16 Maribo</t>
   </si>
   <si>
     <t>Thora Cohn
 Christian David
 Adam Knuth
 Elisabeth Knuth
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Peter Magnussen
 Alfred Nielsen
 Leo Swane
 Viggo Winkel</t>
   </si>
   <si>
     <t>Paulownia tormentosa: Kejsertræ.
 Det vides ikke, hvem Söderberg var.</t>
   </si>
   <si>
@@ -11739,59 +11982,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M285"/>
+  <dimension ref="A1:M290"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -15379,9221 +15622,9446 @@
         <v>564</v>
       </c>
       <c r="G81" s="5" t="s">
         <v>565</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>566</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>567</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>568</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>569</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="5" t="s">
+      <c r="A82" s="5" t="n">
+        <v>1899</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E82" s="5" t="s">
         <v>571</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>572</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>573</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>21</v>
+        <v>574</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>578</v>
+        <v>199</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>268</v>
+        <v>86</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="F83" s="5" t="s">
-        <v>418</v>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>580</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>581</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>582</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>583</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>584</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>586</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>578</v>
+        <v>16</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
         <v>587</v>
       </c>
-      <c r="F84" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="I84" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="J84" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K84" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="J84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>590</v>
       </c>
-      <c r="K84" s="5" t="s">
+      <c r="M84" s="5" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E85" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="B85" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F85" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H85" s="5" t="s">
+      <c r="I85" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="J85" s="5" t="s">
         <v>597</v>
       </c>
-      <c r="J85" s="5" t="s">
+      <c r="K85" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="K85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>599</v>
       </c>
-      <c r="L85" s="6" t="s">
+      <c r="M85" s="5" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E86" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="B86" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F86" s="5" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="G86" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="H86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>604</v>
       </c>
-      <c r="I86" s="5" t="s">
+      <c r="J86" s="5" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>606</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>607</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>609</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F87" s="5" t="s">
+        <v>610</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>16</v>
+        <v>593</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>109</v>
+        <v>243</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-        <v>617</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>618</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>619</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>21</v>
+        <v>620</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F89" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>199</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>578</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G91" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>639</v>
-[...5 lines deleted...]
-        </is>
+        <v>640</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>643</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>644</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>578</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G92" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>643</v>
-[...10 lines deleted...]
-        </is>
+        <v>647</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="M92" s="5"/>
+        <v>650</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>651</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>578</v>
+        <v>199</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>646</v>
+        <v>109</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>578</v>
-[...8 lines deleted...]
-        <v>654</v>
+        <v>593</v>
+      </c>
+      <c r="D94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>657</v>
+        <v>661</v>
+      </c>
+      <c r="I94" s="5"/>
+      <c r="J94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K94" s="5" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>593</v>
+      </c>
+      <c r="D95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="s">
-        <v>662</v>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="I95" s="5"/>
-      <c r="J95" s="5" t="s">
-[...3 lines deleted...]
-        <v>664</v>
+      <c r="J95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L95" s="6" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="M95" s="5" t="s">
         <v>666</v>
       </c>
+      <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>667</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>15</v>
+        <v>593</v>
       </c>
       <c r="D96" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F96" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="E96" s="5" t="s">
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="F96" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H96" s="5" t="s">
+      <c r="I96" s="5" t="s">
         <v>670</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="J96" s="5" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>672</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>673</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>675</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>593</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>109</v>
+        <v>243</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F97" s="5" t="s">
+        <v>676</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>21</v>
+        <v>679</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>682</v>
+        <v>109</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>684</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
-        <v>684</v>
+        <v>21</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>689</v>
+        <v>15</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>690</v>
       </c>
-      <c r="E99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E99" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>693</v>
+        <v>406</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>694</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>695</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>690</v>
-[...6 lines deleted...]
-      <c r="F100" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E100" s="5" t="s">
         <v>17</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>698</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>699</v>
       </c>
       <c r="J100" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K100" s="5" t="s">
         <v>700</v>
       </c>
-      <c r="K100" s="5" t="s">
+      <c r="L100" s="6" t="s">
         <v>701</v>
       </c>
-      <c r="L100" s="6" t="s">
+      <c r="M100" s="5" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="B101" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101" s="5" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="E101" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="F101" s="5" t="s">
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="K101" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>708</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F102" s="5" t="s">
+      <c r="I102" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="G102" s="5" t="s">
+      <c r="J102" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="H102" s="5" t="s">
+      <c r="K102" s="5" t="s">
         <v>716</v>
       </c>
-      <c r="I102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="J102" s="5" t="s">
+      <c r="M102" s="5" t="s">
         <v>718</v>
-      </c>
-[...7 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="J103" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="B103" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="5" t="s">
+      <c r="K103" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="F103" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="M103" s="5" t="s">
         <v>725</v>
-      </c>
-[...10 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="I104" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="F104" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="J104" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>734</v>
-      </c>
-[...4 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>109</v>
+        <v>690</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F105" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F105" s="5" t="s">
+        <v>736</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>738</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>739</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>21</v>
+        <v>740</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>109</v>
+        <v>593</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>243</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>21</v>
+        <v>748</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>750</v>
+        <v>753</v>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K107" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="L107" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="H108" s="5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>760</v>
+        <v>21</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>268</v>
+        <v>16</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>767</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>768</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>690</v>
+        <v>109</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>753</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>772</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="I110" s="5"/>
+        <v>773</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>774</v>
+      </c>
       <c r="J110" s="5" t="s">
-        <v>693</v>
+        <v>21</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="111">
-      <c r="A111" s="5" t="s">
-        <v>775</v>
+      <c r="A111" s="5" t="n">
+        <v>1907</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>86</v>
+        <v>711</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>578</v>
-[...10 lines deleted...]
-        </is>
+        <v>778</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="E112" s="5" t="s">
-        <v>785</v>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="K112" s="5" t="s">
         <v>789</v>
+      </c>
+      <c r="K112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L112" s="6" t="s">
         <v>790</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>792</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>793</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>794</v>
+        <v>711</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>109</v>
+        <v>712</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H113" s="5" t="s">
+        <v>793</v>
       </c>
       <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>406</v>
+        <v>715</v>
       </c>
       <c r="K113" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="L113" s="6" t="s">
         <v>795</v>
       </c>
-      <c r="L113" s="6" t="s">
+      <c r="M113" s="5" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E114" s="5" t="s">
         <v>798</v>
       </c>
-      <c r="B114" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C114" s="5" t="s">
+      <c r="F114" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="D114" s="5" t="s">
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
         <v>800</v>
       </c>
-      <c r="E114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F114" s="5" t="s">
+      <c r="I114" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="I114" s="5"/>
-      <c r="J114" s="5" t="s">
+      <c r="K114" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="K114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>804</v>
       </c>
-      <c r="L114" s="6" t="s">
+      <c r="M114" s="5" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E115" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="B115" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D115" s="5" t="s">
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>808</v>
       </c>
-      <c r="E115" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I115" s="5"/>
+      <c r="I115" s="5" t="s">
+        <v>809</v>
+      </c>
       <c r="J115" s="5" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>815</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>799</v>
+        <v>816</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>813</v>
-[...9 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>803</v>
+        <v>406</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>799</v>
+        <v>822</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F117" s="5" t="s">
+        <v>823</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F118" s="5" t="s">
-        <v>801</v>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>829</v>
+        <v>821</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="s">
-        <v>831</v>
+      <c r="H119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>689</v>
+        <v>835</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>821</v>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>839</v>
-[...1 lines deleted...]
-      <c r="I120" s="5" t="s">
         <v>840</v>
       </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
         <v>841</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>842</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>843</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>845</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>846</v>
       </c>
-      <c r="D121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F121" s="5" t="s">
+        <v>823</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H121" s="5" t="s">
-        <v>847</v>
+      <c r="H121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="L121" s="6" t="s">
         <v>848</v>
       </c>
-      <c r="K121" s="5" t="s">
+      <c r="M121" s="5" t="s">
         <v>849</v>
-      </c>
-[...4 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>852</v>
       </c>
-      <c r="B122" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E122" s="5" t="s">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>853</v>
       </c>
-      <c r="F122" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H122" s="5" t="s">
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="s">
         <v>854</v>
       </c>
-      <c r="I122" s="5" t="s">
+      <c r="K122" s="5" t="s">
         <v>855</v>
       </c>
-      <c r="J122" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>856</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="B123" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E123" s="5" t="s">
+        <v>860</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H123" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I123" s="5"/>
+      <c r="H123" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>862</v>
+      </c>
       <c r="J123" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>799</v>
+        <v>868</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>689</v>
+        <v>846</v>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>799</v>
+        <v>711</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>689</v>
-[...4 lines deleted...]
-        </is>
+        <v>859</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>875</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>860</v>
+        <v>21</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>821</v>
+      </c>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I126" s="5"/>
       <c r="J126" s="5" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>86</v>
+        <v>821</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>886</v>
+        <v>711</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
         <v>887</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>888</v>
       </c>
       <c r="J127" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="K127" s="5" t="s">
         <v>889</v>
       </c>
-      <c r="K127" s="5" t="s">
+      <c r="L127" s="6" t="s">
         <v>890</v>
       </c>
-      <c r="L127" s="6" t="s">
+      <c r="M127" s="5" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="B128" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F128" s="5" t="s">
+      <c r="I128" s="5" t="s">
         <v>894</v>
       </c>
-      <c r="G128" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H128" s="5" t="s">
+      <c r="J128" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="K128" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="I128" s="5" t="s">
+      <c r="L128" s="6" t="s">
         <v>896</v>
       </c>
-      <c r="J128" s="5" t="s">
+      <c r="M128" s="5" t="s">
         <v>897</v>
-      </c>
-[...7 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="I129" s="5" t="s">
         <v>901</v>
       </c>
-      <c r="B129" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G129" s="5" t="s">
+      <c r="J129" s="5" t="s">
         <v>902</v>
       </c>
-      <c r="H129" s="5" t="s">
+      <c r="K129" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="I129" s="5" t="s">
+      <c r="L129" s="6" t="s">
         <v>904</v>
       </c>
-      <c r="J129" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K129" s="5" t="s">
+      <c r="M129" s="5" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="F130" s="5" t="s">
         <v>908</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
         <v>909</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>910</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>21</v>
+        <v>911</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>86</v>
+        <v>199</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>915</v>
+        <v>593</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="s">
         <v>916</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>917</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>918</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>919</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>920</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>921</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>923</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>799</v>
+        <v>109</v>
       </c>
       <c r="D132" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G132" s="5" t="s">
         <v>924</v>
       </c>
-      <c r="E132" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I132" s="5"/>
+      <c r="H132" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>926</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>925</v>
+        <v>21</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>916</v>
+        <v>16</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>932</v>
+        <v>21</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>933</v>
       </c>
       <c r="L133" s="6" t="s">
         <v>934</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
         <v>936</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>578</v>
+        <v>86</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>86</v>
-[...9 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>938</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>821</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>946</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I135" s="5"/>
-      <c r="J135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J135" s="5" t="s">
+        <v>947</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="M135" s="5"/>
+        <v>949</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>950</v>
+      </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>947</v>
+        <v>86</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>668</v>
+        <v>593</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>18</v>
+        <v>899</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>17</v>
+        <v>938</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H136" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I136" s="5"/>
+      <c r="H136" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>953</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>689</v>
+        <v>593</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>953</v>
+        <v>86</v>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>841</v>
+        <v>961</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>689</v>
-[...5 lines deleted...]
-        <v>853</v>
+        <v>16</v>
+      </c>
+      <c r="D138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G138" s="5" t="s">
-[...3 lines deleted...]
-        <v>961</v>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I138" s="5"/>
-      <c r="J138" s="5" t="s">
-        <v>925</v>
+      <c r="J138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>963</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>824</v>
+        <v>969</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>799</v>
+        <v>690</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>801</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>925</v>
+        <v>970</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>793</v>
+        <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>16</v>
+        <v>851</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>970</v>
-[...10 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>976</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>406</v>
+        <v>863</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>853</v>
+        <v>875</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G141" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G141" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>925</v>
+        <v>947</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>982</v>
+        <v>846</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>983</v>
+        <v>821</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>18</v>
+        <v>823</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H142" s="5" t="s">
-        <v>984</v>
+      <c r="H142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="s">
-        <v>832</v>
+        <v>947</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>815</v>
       </c>
       <c r="C143" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D143" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D143" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" s="5" t="s">
-        <v>989</v>
-[...12 lines deleted...]
-        <v>990</v>
+        <v>992</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="H143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I143" s="5" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>109</v>
+        <v>711</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-        </is>
+        <v>821</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>875</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>998</v>
+        <v>947</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1004</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H145" s="5" t="s">
+        <v>1006</v>
       </c>
       <c r="I145" s="5"/>
-      <c r="J145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J145" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="K145" s="5" t="s">
+        <v>1007</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1003</v>
-[...1 lines deleted...]
-      <c r="M145" s="5"/>
+        <v>1008</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>1009</v>
+      </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D146" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>1011</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1005</v>
-[...10 lines deleted...]
-        </is>
+        <v>1012</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K146" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="M146" s="5"/>
+        <v>1015</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>1016</v>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>578</v>
+        <v>109</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F147" s="5" t="s">
-        <v>17</v>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...3 lines deleted...]
-        <v>1015</v>
+      <c r="D148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G148" s="5" t="s">
-[...12 lines deleted...]
-        <v>1019</v>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I148" s="5"/>
+      <c r="J148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1020</v>
-[...3 lines deleted...]
-      </c>
+        <v>1025</v>
+      </c>
+      <c r="M148" s="5"/>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>16</v>
+      </c>
+      <c r="D149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F149" s="5" t="s">
-        <v>1023</v>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1024</v>
-[...5 lines deleted...]
-        <v>1026</v>
+        <v>1027</v>
+      </c>
+      <c r="I149" s="5"/>
+      <c r="J149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="M149" s="5" t="s">
         <v>1028</v>
       </c>
+      <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>199</v>
+        <v>593</v>
       </c>
       <c r="D150" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H150" s="5" t="s">
         <v>1030</v>
       </c>
-      <c r="E150" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H150" s="5" t="s">
+      <c r="I150" s="5" t="s">
         <v>1031</v>
       </c>
-      <c r="I150" s="5" t="s">
+      <c r="J150" s="5" t="s">
         <v>1032</v>
       </c>
-      <c r="J150" s="5" t="s">
+      <c r="K150" s="5" t="s">
         <v>1033</v>
       </c>
-      <c r="K150" s="5" t="s">
+      <c r="L150" s="6" t="s">
         <v>1034</v>
       </c>
-      <c r="L150" s="6" t="s">
+      <c r="M150" s="5" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E151" s="5" t="s">
         <v>1037</v>
       </c>
-      <c r="B151" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G151" s="5" t="s">
+        <v>1038</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="I151" s="5"/>
+        <v>1039</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>1040</v>
+      </c>
       <c r="J151" s="5" t="s">
-        <v>1039</v>
+        <v>21</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>1030</v>
-[...7 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>1045</v>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>1047</v>
+        <v>1048</v>
+      </c>
+      <c r="K152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>799</v>
+        <v>199</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="I153" s="5"/>
+        <v>1053</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>1054</v>
+      </c>
       <c r="J153" s="5" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>799</v>
+        <v>835</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>1051</v>
+        <v>86</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>799</v>
+        <v>1052</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I155" s="5"/>
+      <c r="H155" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>1067</v>
+      </c>
       <c r="J155" s="5" t="s">
-        <v>1052</v>
+        <v>1068</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1065</v>
+        <v>846</v>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>1052</v>
+        <v>1074</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1067</v>
+        <v>1076</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="5" t="n">
-        <v>1916</v>
+      <c r="A157" s="5" t="s">
+        <v>1072</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>1069</v>
+        <v>821</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="s">
-        <v>848</v>
+        <v>1074</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>824</v>
-[...4 lines deleted...]
-        </is>
+        <v>821</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H158" s="5" t="s">
-        <v>1076</v>
+      <c r="H158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>848</v>
+        <v>1074</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>1075</v>
+        <v>821</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>824</v>
+        <v>1086</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H159" s="5" t="s">
+        <v>1087</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="s">
-        <v>848</v>
+        <v>1074</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="160">
-      <c r="A160" s="5" t="s">
-        <v>1083</v>
+      <c r="A160" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>109</v>
+        <v>1097</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>578</v>
+        <v>846</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F161" s="5" t="s">
-        <v>1090</v>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>1092</v>
+        <v>870</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="s">
-        <v>1097</v>
+      <c r="H162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="163">
-      <c r="A163" s="5" t="n">
-        <v>1917</v>
+      <c r="A163" s="5" t="s">
+        <v>1105</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164" s="5" t="n">
-        <v>1917</v>
+      <c r="A164" s="5" t="s">
+        <v>1111</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>1030</v>
+        <v>593</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F164" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F164" s="5" t="s">
+        <v>1112</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1113</v>
+      </c>
+      <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>86</v>
+        <v>1106</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>1030</v>
-[...5 lines deleted...]
-        <v>1113</v>
+        <v>846</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1114</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>1116</v>
+        <v>870</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="166">
-      <c r="A166" s="5" t="s">
-        <v>1120</v>
+      <c r="A166" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>578</v>
+        <v>1123</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>1121</v>
+        <v>846</v>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1122</v>
-[...3 lines deleted...]
-      </c>
+        <v>1124</v>
+      </c>
+      <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>1124</v>
+        <v>870</v>
       </c>
       <c r="K166" s="5" t="s">
         <v>1125</v>
       </c>
       <c r="L166" s="6" t="s">
         <v>1126</v>
       </c>
       <c r="M166" s="5" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="167">
-      <c r="A167" s="5" t="s">
-        <v>1128</v>
+      <c r="A167" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>578</v>
-[...4 lines deleted...]
-      <c r="F167" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I167" s="5" t="s">
         <v>1129</v>
       </c>
-      <c r="G167" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H167" s="5" t="s">
+      <c r="J167" s="5" t="s">
         <v>1130</v>
       </c>
-      <c r="I167" s="5" t="s">
+      <c r="K167" s="5" t="s">
         <v>1131</v>
       </c>
-      <c r="J167" s="5" t="s">
+      <c r="L167" s="6" t="s">
         <v>1132</v>
       </c>
-      <c r="K167" s="5" t="s">
+      <c r="M167" s="5" t="s">
         <v>1133</v>
-      </c>
-[...4 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H168" s="5" t="s">
         <v>1136</v>
       </c>
-      <c r="B168" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H168" s="5" t="s">
+      <c r="I168" s="5" t="s">
         <v>1137</v>
       </c>
-      <c r="I168" s="5" t="s">
+      <c r="J168" s="5" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K168" s="5" t="s">
         <v>1139</v>
       </c>
       <c r="L168" s="6" t="s">
         <v>1140</v>
       </c>
       <c r="M168" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
         <v>1142</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D169" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D169" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" s="5" t="s">
-        <v>17</v>
+        <v>1143</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>689</v>
+        <v>86</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>829</v>
+        <v>593</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1150</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1151</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>841</v>
+        <v>1154</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>689</v>
+        <v>109</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>16</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>841</v>
+        <v>21</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1163</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>406</v>
+        <v>1167</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>109</v>
+        <v>711</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1163</v>
-[...4 lines deleted...]
-        </is>
+        <v>851</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>406</v>
+        <v>863</v>
       </c>
       <c r="K173" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="E174" s="5" t="s">
         <v>1172</v>
       </c>
-      <c r="L173" s="6" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>406</v>
+        <v>863</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1182</v>
+        <v>1185</v>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G175" s="5" t="s">
-        <v>1183</v>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="J175" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1163</v>
+        <v>1185</v>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="s">
-        <v>1190</v>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="177">
-      <c r="A177" s="5" t="s">
-        <v>1196</v>
+      <c r="A177" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>16</v>
+        <v>1185</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1197</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1198</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1199</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1200</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1202</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>578</v>
+        <v>50</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>86</v>
+        <v>1203</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G178" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G178" s="5" t="s">
+        <v>1205</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1206</v>
+        <v>406</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F179" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>1212</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1214</v>
+        <v>406</v>
       </c>
       <c r="K179" s="5" t="s">
         <v>1215</v>
       </c>
       <c r="L179" s="6" t="s">
         <v>1216</v>
       </c>
       <c r="M179" s="5" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
         <v>1218</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>1030</v>
+        <v>16</v>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
         <v>1219</v>
       </c>
-      <c r="I180" s="5"/>
+      <c r="I180" s="5" t="s">
+        <v>1220</v>
+      </c>
       <c r="J180" s="5" t="s">
-        <v>1220</v>
+        <v>21</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1221</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1222</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1224</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>947</v>
+        <v>593</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>668</v>
+        <v>86</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>1225</v>
       </c>
-      <c r="F181" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G181" s="5" t="s">
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H181" s="5" t="s">
         <v>1226</v>
       </c>
-      <c r="H181" s="5" t="s">
+      <c r="I181" s="5" t="s">
         <v>1227</v>
       </c>
-      <c r="I181" s="5" t="s">
+      <c r="J181" s="5" t="s">
         <v>1228</v>
       </c>
-      <c r="J181" s="5" t="s">
+      <c r="K181" s="5" t="s">
         <v>1229</v>
       </c>
-      <c r="K181" s="5" t="s">
+      <c r="L181" s="6" t="s">
         <v>1230</v>
       </c>
-      <c r="L181" s="6" t="s">
+      <c r="M181" s="5" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F182" s="5" t="s">
         <v>1233</v>
       </c>
-      <c r="B182" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G182" s="5" t="s">
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H182" s="5" t="s">
         <v>1234</v>
       </c>
-      <c r="H182" s="5" t="s">
+      <c r="I182" s="5" t="s">
         <v>1235</v>
       </c>
-      <c r="I182" s="5" t="s">
+      <c r="J182" s="5" t="s">
         <v>1236</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K182" s="5" t="s">
         <v>1237</v>
       </c>
       <c r="L182" s="6" t="s">
         <v>1238</v>
       </c>
       <c r="M182" s="5" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
         <v>1240</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1015</v>
+        <v>1052</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
         <v>1241</v>
       </c>
-      <c r="I183" s="5" t="s">
+      <c r="I183" s="5"/>
+      <c r="J183" s="5" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K183" s="5" t="s">
         <v>1243</v>
       </c>
       <c r="L183" s="6" t="s">
         <v>1244</v>
       </c>
       <c r="M183" s="5" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
         <v>1246</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>578</v>
+        <v>969</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>86</v>
+        <v>690</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>1247</v>
       </c>
       <c r="F184" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G184" s="5" t="s">
         <v>1248</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H184" s="5" t="s">
         <v>1249</v>
       </c>
       <c r="I184" s="5" t="s">
         <v>1250</v>
       </c>
       <c r="J184" s="5" t="s">
         <v>1251</v>
       </c>
       <c r="K184" s="5" t="s">
         <v>1252</v>
       </c>
       <c r="L184" s="6" t="s">
         <v>1253</v>
       </c>
       <c r="M184" s="5" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
         <v>1255</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D185" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G185" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G185" s="5" t="s">
+        <v>1256</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1256</v>
-[...5 lines deleted...]
-        </is>
+        <v>1257</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="M185" s="5"/>
+        <v>1260</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>1261</v>
+      </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D186" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H186" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1261</v>
-[...1 lines deleted...]
-      <c r="M186" s="5"/>
+        <v>1266</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>1267</v>
+      </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>947</v>
+        <v>593</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>668</v>
+        <v>86</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1225</v>
+        <v>1269</v>
       </c>
       <c r="F187" s="5" t="s">
-        <v>18</v>
+        <v>1270</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1264</v>
+        <v>1272</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>406</v>
+        <v>1273</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1268</v>
+        <v>1277</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H188" s="5" t="s">
+        <v>1278</v>
       </c>
       <c r="I188" s="5"/>
       <c r="J188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1260</v>
+        <v>1279</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="M188" s="5"/>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D189" s="5" t="s">
-[...3 lines deleted...]
-        <v>1271</v>
+      <c r="D189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I189" s="5"/>
+      <c r="J189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="M189" s="5"/>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>969</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1279</v>
-[...5 lines deleted...]
-        </is>
+        <v>1285</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1260</v>
+        <v>1287</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="M190" s="5"/>
+        <v>1288</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>1289</v>
+      </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1260</v>
+        <v>1282</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D192" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>1293</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G192" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G192" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H192" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1260</v>
+        <v>1297</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1284</v>
-[...1 lines deleted...]
-      <c r="M192" s="5"/>
+        <v>1298</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1299</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1285</v>
+        <v>1300</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...3 lines deleted...]
-        <v>1286</v>
+      <c r="D193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G193" s="5" t="s">
-        <v>1287</v>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="I193" s="5"/>
-      <c r="J193" s="5" t="s">
-        <v>21</v>
+      <c r="J193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1289</v>
+        <v>1282</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1290</v>
-[...3 lines deleted...]
-      </c>
+        <v>1302</v>
+      </c>
+      <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="s">
-        <v>1279</v>
+      <c r="H194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1260</v>
+        <v>1282</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D195" s="5" t="s">
-[...3 lines deleted...]
-        <v>1286</v>
+      <c r="D195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G195" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I195" s="5"/>
+      <c r="J195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1298</v>
+        <v>1282</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1299</v>
-[...3 lines deleted...]
-      </c>
+        <v>1306</v>
+      </c>
+      <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>1181</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>1308</v>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1303</v>
-[...3 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H197" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H197" s="5" t="s">
+        <v>1301</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1260</v>
+        <v>1282</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
-      <c r="A198" s="5" t="n">
-        <v>1923</v>
+      <c r="A198" s="5" t="s">
+        <v>1316</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1310</v>
+        <v>16</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>1311</v>
+        <v>109</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>17</v>
+        <v>1308</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1313</v>
-[...1 lines deleted...]
-      <c r="I198" s="5"/>
+        <v>1318</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1319</v>
+      </c>
       <c r="J198" s="5" t="s">
-        <v>1314</v>
+        <v>21</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D199" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D199" s="5" t="s">
+        <v>1203</v>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G199" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G199" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H199" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J199" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1320</v>
-[...1 lines deleted...]
-      <c r="M199" s="5"/>
+        <v>1328</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>1329</v>
+      </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1321</v>
+        <v>1330</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K200" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K200" s="5" t="s">
+        <v>1282</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1322</v>
+        <v>1331</v>
       </c>
       <c r="M200" s="5"/>
     </row>
     <row r="201">
-      <c r="A201" s="5" t="s">
-        <v>1323</v>
+      <c r="A201" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>1310</v>
+        <v>1332</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="E201" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="H201" s="5" t="s">
-        <v>16</v>
+        <v>1335</v>
       </c>
       <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
-        <v>1314</v>
+        <v>1336</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1310</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G202" s="5" t="s">
-[...3 lines deleted...]
-        <v>1331</v>
+      <c r="G202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I202" s="5"/>
-      <c r="J202" s="5" t="s">
-        <v>1314</v>
+      <c r="J202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1333</v>
-[...3 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="M202" s="5"/>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1310</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G203" s="5" t="s">
-[...3 lines deleted...]
-        <v>1337</v>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I203" s="5"/>
-      <c r="J203" s="5" t="s">
-[...3 lines deleted...]
-        <v>1338</v>
+      <c r="J203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1339</v>
-[...3 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="M203" s="5"/>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H204" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D204" s="5" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>21</v>
+        <v>1336</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>16</v>
+        <v>1332</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1279</v>
+        <v>1052</v>
       </c>
       <c r="E205" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1350</v>
-[...3 lines deleted...]
-      </c>
+        <v>1353</v>
+      </c>
+      <c r="I205" s="5"/>
       <c r="J205" s="5" t="s">
-        <v>406</v>
+        <v>1336</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>1181</v>
+        <v>1332</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1356</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G206" s="5" t="s">
+        <v>1358</v>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1357</v>
-[...3 lines deleted...]
-      </c>
+        <v>1359</v>
+      </c>
+      <c r="I206" s="5"/>
       <c r="J206" s="5" t="s">
-        <v>406</v>
+        <v>1336</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D207" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D207" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E207" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G207" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G207" s="5" t="s">
+        <v>1364</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="J207" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1310</v>
+        <v>16</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="E208" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="s">
-        <v>1330</v>
+        <v>1371</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="I208" s="5"/>
+        <v>1372</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1373</v>
+      </c>
       <c r="J208" s="5" t="s">
-        <v>1314</v>
+        <v>406</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>1310</v>
+        <v>1203</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1378</v>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G209" s="5" t="s">
-        <v>1330</v>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1314</v>
+        <v>406</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1356</v>
+        <v>16</v>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G210" s="5" t="s">
-        <v>1380</v>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1310</v>
+        <v>1332</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>1030</v>
+        <v>1333</v>
       </c>
       <c r="E211" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="s">
-        <v>1387</v>
+        <v>1352</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1391</v>
+      </c>
+      <c r="I211" s="5"/>
       <c r="J211" s="5" t="s">
-        <v>1314</v>
+        <v>1336</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>109</v>
+        <v>1332</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G212" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G212" s="5" t="s">
+        <v>1352</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>21</v>
+        <v>1336</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>16</v>
+        <v>1378</v>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>21</v>
+        <v>406</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C214" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C214" s="5" t="s">
+        <v>1332</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>16</v>
+        <v>1052</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1407</v>
+        <v>17</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>406</v>
+        <v>1336</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D215" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D215" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1414</v>
-[...10 lines deleted...]
-        </is>
+        <v>1416</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K215" s="5" t="s">
+        <v>1418</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1415</v>
-[...1 lines deleted...]
-      <c r="M215" s="5"/>
+        <v>1419</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>1420</v>
+      </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>638</v>
+        <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D216" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D216" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G216" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G216" s="5" t="s">
+        <v>1422</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1417</v>
-[...10 lines deleted...]
-        </is>
+        <v>1423</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K216" s="5" t="s">
+        <v>1425</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="M216" s="5"/>
+        <v>1426</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>1427</v>
+      </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="C217" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D217" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E217" s="5" t="s">
+        <v>1429</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G217" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G217" s="5" t="s">
+        <v>1429</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1420</v>
-[...10 lines deleted...]
-        </is>
+        <v>1430</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>1432</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1421</v>
-[...1 lines deleted...]
-      <c r="M217" s="5"/>
+        <v>1433</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>1434</v>
+      </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1422</v>
+        <v>1435</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1423</v>
+        <v>1436</v>
       </c>
       <c r="I218" s="5"/>
       <c r="J218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="M218" s="5"/>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D219" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F219" s="5" t="s">
-[...3 lines deleted...]
-        <v>1427</v>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1428</v>
-[...8 lines deleted...]
-        <v>1430</v>
+        <v>1439</v>
+      </c>
+      <c r="I219" s="5"/>
+      <c r="J219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="M219" s="5"/>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="I220" s="5"/>
       <c r="J220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="M220" s="5"/>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="I221" s="5"/>
       <c r="J221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="M221" s="5"/>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>1324</v>
+        <v>109</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1440</v>
+        <v>16</v>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F222" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>1449</v>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1443</v>
+        <v>21</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D223" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G223" s="5" t="s">
-        <v>1448</v>
+      <c r="G223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1449</v>
-[...8 lines deleted...]
-        <v>1451</v>
+        <v>1456</v>
+      </c>
+      <c r="I223" s="5"/>
+      <c r="J223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1452</v>
-[...3 lines deleted...]
-      </c>
+        <v>1457</v>
+      </c>
+      <c r="M223" s="5"/>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>660</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>1030</v>
+        <v>16</v>
+      </c>
+      <c r="D224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F224" s="5" t="s">
-        <v>1455</v>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1456</v>
-[...7 lines deleted...]
-      <c r="K224" s="5" t="s">
         <v>1459</v>
+      </c>
+      <c r="I224" s="5"/>
+      <c r="J224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L224" s="6" t="s">
         <v>1460</v>
       </c>
-      <c r="M224" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M224" s="5"/>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D225" s="5" t="s">
         <v>1462</v>
       </c>
-      <c r="B225" s="5" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
         <v>1463</v>
       </c>
       <c r="I225" s="5" t="s">
         <v>1464</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>21</v>
+        <v>1465</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1279</v>
+        <v>1301</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>669</v>
+        <v>17</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1470</v>
-[...1 lines deleted...]
-      <c r="I226" s="5"/>
+        <v>1471</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>1472</v>
+      </c>
       <c r="J226" s="5" t="s">
         <v>406</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>243</v>
+        <v>199</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1181</v>
-[...7 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F227" s="5" t="s">
+        <v>1477</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>1483</v>
+        <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>824</v>
+        <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1484</v>
+        <v>109</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="F228" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H228" s="5" t="s">
         <v>1485</v>
       </c>
-      <c r="G228" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H228" s="5" t="s">
+      <c r="I228" s="5" t="s">
         <v>1486</v>
       </c>
-      <c r="I228" s="5" t="s">
+      <c r="J228" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K228" s="5" t="s">
         <v>1487</v>
       </c>
-      <c r="J228" s="5" t="s">
+      <c r="L228" s="6" t="s">
         <v>1488</v>
       </c>
-      <c r="K228" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L228" s="6" t="s">
+      <c r="M228" s="5" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G229" s="5" t="s">
         <v>1491</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H229" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="I229" s="5" t="s">
+      <c r="I229" s="5"/>
+      <c r="J229" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K229" s="5" t="s">
         <v>1493</v>
       </c>
-      <c r="J229" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K229" s="5" t="s">
+      <c r="L229" s="6" t="s">
         <v>1494</v>
       </c>
-      <c r="L229" s="6" t="s">
+      <c r="M229" s="5" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E230" s="5" t="s">
         <v>1497</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
         <v>1498</v>
       </c>
       <c r="I230" s="5" t="s">
         <v>1499</v>
       </c>
       <c r="J230" s="5" t="s">
         <v>1500</v>
       </c>
       <c r="K230" s="5" t="s">
         <v>1501</v>
       </c>
       <c r="L230" s="6" t="s">
         <v>1502</v>
       </c>
       <c r="M230" s="5" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
         <v>1504</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>14</v>
+        <v>1505</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1505</v>
+        <v>846</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1181</v>
+        <v>1506</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1506</v>
-[...4 lines deleted...]
-        </is>
+        <v>992</v>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>1507</v>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="K231" s="5" t="s">
         <v>1510</v>
+      </c>
+      <c r="K231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L231" s="6" t="s">
         <v>1511</v>
       </c>
       <c r="M231" s="5" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
         <v>1513</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>829</v>
+        <v>859</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1150</v>
+        <v>1172</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
         <v>1514</v>
       </c>
       <c r="I232" s="5" t="s">
         <v>1515</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>841</v>
-[...4 lines deleted...]
-        </is>
+        <v>863</v>
+      </c>
+      <c r="K232" s="5" t="s">
+        <v>1516</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>689</v>
+        <v>199</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1519</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>1052</v>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G233" s="5" t="s">
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H233" s="5" t="s">
         <v>1520</v>
       </c>
-      <c r="H233" s="5" t="s">
+      <c r="I233" s="5" t="s">
         <v>1521</v>
       </c>
-      <c r="I233" s="5" t="s">
+      <c r="J233" s="5" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="K233" s="5" t="s">
         <v>1523</v>
       </c>
       <c r="L233" s="6" t="s">
         <v>1524</v>
       </c>
       <c r="M233" s="5" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
         <v>1526</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1084</v>
+        <v>1527</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1075</v>
-[...4 lines deleted...]
-        </is>
+        <v>1203</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1528</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>1356</v>
+        <v>711</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1181</v>
-[...4 lines deleted...]
-        </is>
+        <v>851</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1509</v>
-[...2 lines deleted...]
-        <v>1535</v>
+        <v>863</v>
+      </c>
+      <c r="K235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>947</v>
+        <v>1541</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1181</v>
+        <v>1052</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1540</v>
-[...1 lines deleted...]
-      <c r="I236" s="5"/>
+        <v>1543</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>1544</v>
+      </c>
       <c r="J236" s="5" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>1356</v>
+        <v>711</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>1546</v>
-[...4 lines deleted...]
-        </is>
+        <v>1550</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G237" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G237" s="5" t="s">
+        <v>1551</v>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1509</v>
+        <v>863</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>243</v>
+        <v>1106</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>1553</v>
+        <v>1097</v>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1556</v>
+        <v>1531</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>16</v>
+        <v>1378</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1203</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1478</v>
+        <v>1531</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1084</v>
+        <v>969</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>1075</v>
-[...4 lines deleted...]
-        </is>
+        <v>1203</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>1570</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1567</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
-        <v>1509</v>
+        <v>1572</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>16</v>
+        <v>1378</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1577</v>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1478</v>
+        <v>1531</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>689</v>
+        <v>243</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>829</v>
+        <v>593</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>1150</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>1584</v>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>841</v>
+        <v>1587</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>829</v>
+        <v>1203</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1150</v>
+        <v>17</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>841</v>
+        <v>1500</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>689</v>
+        <v>1106</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>1097</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1594</v>
+        <v>1531</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>961</v>
+        <v>1604</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1150</v>
+        <v>17</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1601</v>
+        <v>1500</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>16</v>
+        <v>711</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>1181</v>
+        <v>851</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>17</v>
+        <v>1172</v>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1478</v>
+        <v>863</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1075</v>
+        <v>711</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>1181</v>
-[...4 lines deleted...]
-        </is>
+        <v>851</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1509</v>
+        <v>863</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>837</v>
+        <v>983</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>1150</v>
+        <v>1172</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I248" s="5"/>
+      <c r="H248" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1624</v>
+      </c>
       <c r="J248" s="5" t="s">
-        <v>841</v>
+        <v>1625</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>837</v>
-[...4 lines deleted...]
-        </is>
+        <v>983</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="s">
-        <v>1622</v>
+      <c r="G249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>841</v>
+        <v>1632</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>1356</v>
+        <v>16</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>1181</v>
-[...4 lines deleted...]
-        </is>
+        <v>1203</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>243</v>
+        <v>1097</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>1635</v>
+        <v>1203</v>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>1638</v>
+        <v>1531</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>243</v>
+        <v>711</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>578</v>
+        <v>859</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>1643</v>
+        <v>1172</v>
+      </c>
+      <c r="F252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H252" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I252" s="5"/>
       <c r="J252" s="5" t="s">
-        <v>1646</v>
+        <v>863</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>1084</v>
+        <v>711</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>1075</v>
+        <v>859</v>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G253" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G253" s="5" t="s">
+        <v>1653</v>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>1509</v>
+        <v>863</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>689</v>
+        <v>1378</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>1203</v>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>1659</v>
+        <v>1531</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>1664</v>
+        <v>243</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1666</v>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1356</v>
+        <v>1667</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1356</v>
+        <v>243</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>1181</v>
-[...9 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>1674</v>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1671</v>
-[...1 lines deleted...]
-      <c r="I256" s="5"/>
+        <v>1675</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>1676</v>
+      </c>
       <c r="J256" s="5" t="s">
-        <v>1509</v>
+        <v>1677</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1676</v>
+        <v>1106</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>1678</v>
+        <v>1097</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1681</v>
+        <v>1531</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>243</v>
+        <v>711</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>578</v>
+        <v>983</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>1643</v>
+        <v>1172</v>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>243</v>
+        <v>1695</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-        <v>1643</v>
+        <v>16</v>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1693</v>
+        <v>1378</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>1075</v>
+        <v>1378</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1181</v>
+        <v>1203</v>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1700</v>
-[...3 lines deleted...]
-      </c>
+        <v>1702</v>
+      </c>
+      <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>689</v>
+        <v>1707</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1706</v>
+        <v>243</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>1150</v>
-[...4 lines deleted...]
-        </is>
+        <v>1708</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>1709</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>1714</v>
-[...4 lines deleted...]
-        </is>
+        <v>1666</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>1674</v>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>1030</v>
+        <v>243</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>243</v>
+        <v>593</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1722</v>
+        <v>1666</v>
       </c>
       <c r="F263" s="5" t="s">
-        <v>1723</v>
+        <v>1674</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
         <v>1724</v>
       </c>
       <c r="I263" s="5" t="s">
         <v>1725</v>
       </c>
       <c r="J263" s="5" t="s">
         <v>1726</v>
       </c>
       <c r="K263" s="5" t="s">
         <v>1727</v>
       </c>
       <c r="L263" s="6" t="s">
         <v>1728</v>
       </c>
       <c r="M263" s="5" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
         <v>1730</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>243</v>
+        <v>1097</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>578</v>
-[...4 lines deleted...]
-      <c r="F264" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H264" s="5" t="s">
         <v>1731</v>
       </c>
-      <c r="G264" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H264" s="5" t="s">
+      <c r="I264" s="5" t="s">
         <v>1732</v>
       </c>
-      <c r="I264" s="5" t="s">
+      <c r="J264" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K264" s="5" t="s">
         <v>1733</v>
       </c>
-      <c r="J264" s="5" t="s">
+      <c r="L264" s="6" t="s">
         <v>1734</v>
       </c>
-      <c r="K264" s="5" t="s">
+      <c r="M264" s="5" t="s">
         <v>1735</v>
-      </c>
-[...4 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H265" s="5" t="s">
         <v>1738</v>
       </c>
-      <c r="B265" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E265" s="5" t="s">
+      <c r="I265" s="5" t="s">
         <v>1739</v>
       </c>
-      <c r="F265" s="5" t="s">
+      <c r="J265" s="5" t="s">
         <v>1740</v>
       </c>
-      <c r="G265" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H265" s="5" t="s">
+      <c r="K265" s="5" t="s">
         <v>1741</v>
       </c>
-      <c r="I265" s="5" t="s">
+      <c r="L265" s="6" t="s">
         <v>1742</v>
       </c>
-      <c r="J265" s="5" t="s">
+      <c r="M265" s="5" t="s">
         <v>1743</v>
-      </c>
-[...7 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H266" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I266" s="5" t="s">
         <v>1747</v>
       </c>
-      <c r="B266" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H266" s="5" t="s">
+      <c r="J266" s="5" t="s">
         <v>1748</v>
       </c>
-      <c r="I266" s="5" t="s">
+      <c r="K266" s="5" t="s">
         <v>1749</v>
       </c>
-      <c r="J266" s="5" t="s">
+      <c r="L266" s="6" t="s">
         <v>1750</v>
       </c>
-      <c r="K266" s="5" t="s">
+      <c r="M266" s="5" t="s">
         <v>1751</v>
-      </c>
-[...4 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F267" s="5" t="s">
         <v>1754</v>
       </c>
-      <c r="B267" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H267" s="5" t="s">
+        <v>1755</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1509</v>
+        <v>1757</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>1356</v>
+        <v>243</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>1075</v>
-[...9 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F268" s="5" t="s">
+        <v>1762</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1509</v>
+        <v>1765</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>1505</v>
+        <v>593</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>1766</v>
+        <v>243</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>1506</v>
-[...4 lines deleted...]
-        </is>
+        <v>1770</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>1771</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D270" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D270" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="5" t="s">
-        <v>1635</v>
+        <v>1708</v>
       </c>
       <c r="F270" s="5" t="s">
-        <v>1731</v>
+        <v>1666</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="I270" s="5" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>16</v>
+        <v>1097</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1781</v>
-[...5 lines deleted...]
-        <v>1782</v>
+        <v>1203</v>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="s">
-        <v>1783</v>
+      <c r="H271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>1789</v>
+        <v>1378</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1766</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1097</v>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>1792</v>
+        <v>1531</v>
       </c>
       <c r="K272" s="5" t="s">
         <v>1793</v>
       </c>
       <c r="L272" s="6" t="s">
         <v>1794</v>
       </c>
       <c r="M272" s="5" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
         <v>1796</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>16</v>
+        <v>1527</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1782</v>
+        <v>1528</v>
+      </c>
+      <c r="F273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1509</v>
+        <v>1800</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1635</v>
+        <v>1666</v>
       </c>
       <c r="F274" s="5" t="s">
-        <v>1731</v>
+        <v>1762</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1781</v>
+        <v>1812</v>
       </c>
       <c r="E275" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F275" s="5" t="s">
+        <v>1813</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>16</v>
+        <v>1820</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="E276" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F276" s="5" t="s">
-        <v>1782</v>
+      <c r="F276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1509</v>
+        <v>1823</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1781</v>
+        <v>1812</v>
       </c>
       <c r="E277" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F277" s="5" t="s">
-        <v>1782</v>
+        <v>1813</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1822</v>
-[...1 lines deleted...]
-      <c r="I277" s="5"/>
+        <v>1828</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>1829</v>
+      </c>
       <c r="J277" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1781</v>
+        <v>593</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>17</v>
+        <v>1666</v>
       </c>
       <c r="F278" s="5" t="s">
-        <v>1782</v>
+        <v>1762</v>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1828</v>
+        <v>1835</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1509</v>
+        <v>1836</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1781</v>
+        <v>1812</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1835</v>
+        <v>1843</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>578</v>
+        <v>1812</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>1635</v>
+        <v>17</v>
       </c>
       <c r="F280" s="5" t="s">
-        <v>1731</v>
+        <v>1813</v>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1841</v>
+        <v>1531</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1842</v>
+        <v>1849</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1843</v>
+        <v>1850</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1844</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1845</v>
+        <v>1852</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>578</v>
+        <v>1812</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1846</v>
+        <v>17</v>
       </c>
       <c r="F281" s="5" t="s">
-        <v>1739</v>
+        <v>1813</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1847</v>
-[...3 lines deleted...]
-      </c>
+        <v>1853</v>
+      </c>
+      <c r="I281" s="5"/>
       <c r="J281" s="5" t="s">
-        <v>1849</v>
+        <v>1531</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1781</v>
+        <v>1812</v>
       </c>
       <c r="E282" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F282" s="5" t="s">
-        <v>1854</v>
+        <v>1813</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1509</v>
+        <v>1531</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1181</v>
+        <v>1812</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1478</v>
+        <v>1531</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1069</v>
+        <v>243</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>1075</v>
-[...9 lines deleted...]
-        </is>
+        <v>593</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>1762</v>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1509</v>
+        <v>1872</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>1873</v>
+        <v>243</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1030</v>
+        <v>593</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>1874</v>
-[...4 lines deleted...]
-        </is>
+        <v>1877</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>1770</v>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1880</v>
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="G286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H286" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="K286" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="L286" s="6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>1896</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K287" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="L287" s="6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="K288" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="L288" s="6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="M288" s="5" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H289" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="L289" s="6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="M289" s="5" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="J290" s="5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="K290" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="L290" s="6" t="s">
+        <v>1920</v>
+      </c>
+      <c r="M290" s="5" t="s">
+        <v>1921</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -24839,44 +25307,49 @@
     <hyperlink ref="M261" r:id="rId266"/>
     <hyperlink ref="M262" r:id="rId267"/>
     <hyperlink ref="M263" r:id="rId268"/>
     <hyperlink ref="M264" r:id="rId269"/>
     <hyperlink ref="M265" r:id="rId270"/>
     <hyperlink ref="M266" r:id="rId271"/>
     <hyperlink ref="M267" r:id="rId272"/>
     <hyperlink ref="M268" r:id="rId273"/>
     <hyperlink ref="M269" r:id="rId274"/>
     <hyperlink ref="M270" r:id="rId275"/>
     <hyperlink ref="M271" r:id="rId276"/>
     <hyperlink ref="M272" r:id="rId277"/>
     <hyperlink ref="M273" r:id="rId278"/>
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
     <hyperlink ref="M278" r:id="rId283"/>
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
+    <hyperlink ref="M286" r:id="rId291"/>
+    <hyperlink ref="M287" r:id="rId292"/>
+    <hyperlink ref="M288" r:id="rId293"/>
+    <hyperlink ref="M289" r:id="rId294"/>
+    <hyperlink ref="M290" r:id="rId295"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>