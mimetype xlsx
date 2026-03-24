--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2995" uniqueCount="1922" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3077" uniqueCount="1981" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2056,50 +2056,95 @@
   <si>
     <t>Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed Larsen boede i Italien februar 1894 til april 1895. 
 Hun tegnede mønster til en borddug, som søsteren Johanne C. Larsen skulle brodere og bruge som gave til forældrenes sølvbryllup.</t>
   </si>
   <si>
     <t>Kerteminde Egn- og Byhistoriske Arkiv, BB3746
 Brevet er en fotokopi. Det vides ikke, hvor det originale brev findes.</t>
   </si>
   <si>
     <t>Det har været svært at tegne mønsteret på dugen, og Alhed Larsen har også været syg. Johanne C. Larsen må gøre sig umage med farverne og tegningen. Alhed Larsen skriver anvisninger hvad angår farver til de enkelte blomster, og hun sender sin adresse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s6Mh</t>
   </si>
   <si>
     <t>Kære Johanne!
 Her er Skidtet! Hvis Du tror, det har været nemt, tager Du Fejl. Jeg har slidt ["slidt" indsat over linjen] morderligt i det og gjort mig den allertænkeligste Umage og ogsaa skyld ["skyld" overstreget] skyndt mig det, jeg kunde. Men jeg har haft Influenza og ligget med Feber og Blegner i Halsen; det sinkede mig en Del, da jeg maatte holde mig inde en Tid og ikke kunde komme ud og faa Blomster. - Bare I nu vil enes om det, men det haaber jeg nok. Lud synes det er kønt. Jeg synes ogsaa selv, at det er lykkedes over Forventning, navnlig det paa Bordpladen - Der er jo ikke mange Slags Blomster, men jeg kunde ikke tegne ud af Hovedet. - Gør Jer nu rigtig Umage med Tegningen og Farverne; Her er der et Papir med nogle nogle Planter at se efter. - De store Blomster ere blaalige eller rødlige, lyse eller mørke saa Du kan gøre dem som Du synes, de passer paa [ulæseligt ord], kan Du ikke nogle Steder blande Farverne saa Du lægger blaa og røde Sting ved Siden af hinanden og derved danner lilla. Frøene indeni er sorte eller meget mørke, lilla ved det allerinderste i Blomsten. Stedmoderblomstens mørke Tegning i de tre nederste gule Blade skal vist ogsaa være sort eller meget mørk [tegning] + lilla Kant, yderst dog gult. De smaa gule Smørblomster bare lidt grønt Skær paa det yderste af Bladene faa en levende at se efter.
 Kaprifolierne er helt ud af Hovedet Du husker nok Farven gul med Grønblaat eller Laxefarvet Skær og i Skyggerne Begonierne helt højrøde lidt stribede vist. De højrøde Frugtblomster er den Slags der gror hernede, 2 følger. Pas paa Farverne i Bladene, at faa lidt Karakter deri; bedst tegnede i disse: [tegning] med meget rødligt Skær en Slags Bladbegonie. - Faa endelig mine Kallablomster at se efter. Vær ikke bange for lidt stærke Farver. - Skriv saa snart og lidt udførligt hvad Du synes om det. Til min Fødselsdag er min Adresse: Consulate di Danimarca -"Bello Scuardo" - Firenze - Italia. Jeg haaber da, lille Skvade var min Adresse i Pinsen. Jeg glæder mig meget til Breve den Dag.
 Manden har Lut tegnet.
 Mange Hilsener fra Alhed.</t>
   </si>
   <si>
+    <t>1894-01-08</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Christian  Brandstrup
+Emil Brandstrup
+Freddie Brandstrup
+Mary Brandstrup
+Susan Brandstrup
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Frederick Marryat
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Frederik Hein og Edvard kendes ikke. 
+Frederik og Carl Brandstrups far, Lauritz Brandstrup, var gift to gange. Hans første kone, Maria, f. Krümmelbein, og han fik børnene Laura, g. Warberg, Johanne, g. Caspersen, Carl og Frederik. Hustruen nummer to, Johanne, og Lauritz Brandstrup fik yderligere fire børn: Wilhelmine, g. Berg, Christian, Ludvig og Emil. 
+Frederik Brandstrup var i sine unge år sømand. Han udvandrede til USA, hvor han blev gift med amerikanske Susan. Parret fi børnene Mary Kirstine og Freddie.
+Filister (fra ty. studentersprog) er betegnelse på en selvgod, smålig og intolerant person, som er uvidende om kunst og kultur og udøver smålig moral (Kilde: Wikipedia febr. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1393</t>
+  </si>
+  <si>
+    <t>Laura Warberg har skrevet, at Carl Brandstrup ikke er rask. Kan Carl mon huske, da Frederik Brandstrup og han i ungdommen drak en masse øl og snaps? De var nogle fæhoveder dengang, og de kunne have levet mere respektable liv, hvis de havde opført sig ordentligt - Carl som lærer og Frederik i DFDS. Deres forældres hårde opdragelse bærer en del af skylden. Der kom først kærlighed ind i hjemmet, da de fire halvsøskende kom til. Ludvig/Ludt Brandstrup skrev engang til Frederik, at man ikke skal grave i fortidens dynd. 
+Møllen har vinterlukket. Frederik går derhen tidligt om morgenen og sidder der til kl. 17. Han keder sig, men han får dog lidt løn. 
+Al poesi og erotik er banket ud af Frederik.
+I Marryats Børne i Nyskoven er ordet thankful fejloversat til tankefuld. Carl er vist også dårlig til engelsk.
+Frederiks to børn er dejlige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EIsj</t>
+  </si>
+  <si>
+    <t>Baraboo Wis. 8de Jan. 1894.
+Min kjære gamle Broder, det er alt et Par Uger siden jeg fik Brev fra Laura, der desværre sagde at Du ikke var rask nok til at svare mit Brev. Dette smerter mig dybt, Du Kjære, for skjønt jeg vel vidste at Du længe ikke havde været stærk, saa var det saa uforstaaeligt for mig der bestandig ser Dig i Din herlige Ungdomsfylde. Husker Du, naar vi mødtes sidst? Jeg tror det var i Sommeren 1878, et Aar for mig skjæbnesvangert. Husker du, Fredrik Hein havde de sendt et Anker Øl til Edvard? og at vi Fire drak det Altsammen tilligemed danske Snapse og [ulæseligt]rrier? Du og jeg vare dog et Par gode Fæhoveder i vore Ungdomsdage, ikke sandt? Istedenfor at leve et respectabelt Philisterliv: sikken holden Skolelærer med et Dusin Børn Du kunde have været – og jeg nu en gammel Skipper i DF.D.S. Ulykken var, Du kjære [ulæseligt], at det stærkt erotiske i vore Sindelag ei opdagedes og ledtes i den rette Vei. For, great Scott! hvilken uselig Opdragelse vi dog havde med Faders barske, frastødende Forhold mod os – og Moders do, do. Underligt dog, at den dyborende Kjærlighed, som er Grundlaget i Begges Character, først fandt Liv da vore Halvsøskende kom. Opfatter Du ikke Forholdet i vort Barndomshjem som jeg? Maaske jeg dømmer dem med Urette; men først som Voxen lærte jeg at elske dem: og da var jeg Alt ødelagt i moralsk Henseende. Og sikken mageløs Flid jeg udviste i stadig at udvikle denne (U)Moralitet. Ludt skrev engang til mig for mange Aar siden at det var urigtigt ”altid at rode med Trynen i fortidens Dynd”. Ikke meget fint af en lovende, ung Kunstner: men saare sandt og træffende. Hvorfor skriver jeg nu egentlig om Alt dette? Ja, det er nu een af mine glimrende Egenskaber, at naar jeg skriver Brev, saa maa man jo lade Pennen raade, den har aldeles frit Raade og farer over Papiret ucontrolleret. Tid har jeg desværre nok af i Vinter. Møllen er lukket paa Grund af Vinteren. Og da Selskabet har det smaat med Penge, saa maa jeg tilbringe Dagen her paa Grund af Assurancen. Det er nu ikke saa lysteligt, thi jeg staar op før 5 hver Morgen; tager saa min Kurv som Sus om Aftenen har tilberedt med min Frokost og Middag og trasker 3 Miles ud af Byen til den lille Sø, hvor Møllen ligger, bliver saa afløst Kl 5 E.m. Jeg læser, skriver Brev, ryger og kjeder mig. Men jeg tjener mine §60.00: og det er nu det morsomme af det; al Poesi, Erotik og (Sentimentalitet?) (er det vigtigt) er saa fuldstændigt banket ud af mig: jeg er det mest prosaiske Dyr, der kan tænkes ”for which, oh Lord! make me truly thankful”. I Marryats ”Børnene i Nyskoven”, som vi læste paa Cursus da jeg forberedtes til Cadet, giver et af Børnene Hø til Koen, som Intet havde havt at æde i et Par Dage og derfor var Koen ”very thankful”. Dette oversættes af en Fyr som ”meget tankefuld”. Det er nu 25 Aar siden: men Mindet om den ”tankefulde Ko” bringer mig endnu til at lee højt! Du var aldrig stiv i Engelsken, vel? Som Dreng var Du min Mester deri, men som ung Mand tror jeg ikke Du vedblev skjønt – jeg mindes et taaleligt Engelsk Brev fra Dig mens jeg var Matros eller Letmatros. Men Du kjender dog vist Forskellen mellem ”thoughtful” og ”thankful”. Heldigvis vaagner Freddie hver Morgen omtrent 4-4.30; naar han saa har været paa Potten kommer han kravlende i vor Seng og jeg har ham da til jeg staar op. Lille Mary Kristine er næsten altid oppe naar jeg kommer hjem: saa paa den Maade seer [”seer” jeg dem Begge dagligt; Jeg haaber snart, meget snart at faa Raad til at photographere dem; saa skal jeg strax sende Dig et Billede. Det er dejlige Unger, Du.
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
     <t>1894-02-28</t>
   </si>
   <si>
     <t>- Jensen, Frøken, Erikshaab</t>
   </si>
   <si>
     <t>Karen på Erikshaab -
 Hanne -  -, kokkepige Erikshaab
 - Rottbøll, Fru
 Maria von Sperling. g. Balslev
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen var i Italien februar 1894 - maj 1895. 
 "Solleruper": I Sollerup lå Skole for unge Piger, hvor blandt andre Alhed Larsens søster, Christine, en tid var elev.
 Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup Gods.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2218</t>
   </si>
   <si>
     <t>Alhed Larsen ønsker Frk. Jensen tillykke med fødselsdagen. Hendes mor har fortalt, hvordan den skal fejres. 
 Der var koldt de første dage i Firenze, men nu er vejret fint. Konsulen har skaffet Alhed fri adgang til museer. Mens hun skrev på brevet, kom der tre betjente ind og sagde, at der var røvere i huset. Når herren og Fruen kommer hjem, vil de nok opdage, at der mangler sølvtøj. 
 Frk. Jensen skal ikke sende tøj med skib til Alhed. Hun hører nærmere.</t>
   </si>
@@ -2673,50 +2718,114 @@
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
   </si>
   <si>
     <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
 Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
 Fr. Berg og Laura har været i kirke, og den nye præst var god. 
 Christine vil flytte.
 Gamle Breinholt har holdt stor fest. 
 Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
 Laura beder Albrecht hente nogle forføddede strømper.
 Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SqKV</t>
   </si>
   <si>
     <t>Erikshaab - Tirsdag d: 27de.
 Kjæreste Abba!
 Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
 Alhed gaaer nu i Skole.
 Kjærlig Hilsen fra Din Smaa.</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-09-03</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Niels Elgaard Amstrup
 Johanne  Larsen
 - Leisner
 Hans Rasmussen
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Frederik/Dede Warberg var 12 år i 1895. 
 Det vides ikke, hvem Karen og Sørensens var.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2122</t>
   </si>
   <si>
     <t>Frederik/Dede kom først søndag morgen. Han havde taget fejl af et tog. Han havde et brev med fra Fru Leisner. Frederik tog med Astrid/Dis hjem medbringende en kurv med æbler mm.
 Johanne og Alhed Larsen har været til en fest hos Hans Rasmussen. De blev åbenbart betragtet som meget fornemme, for de to søstre sad på stole, mens de øvrige gæster sad på bænke. 
 Vejret er smukt, og Alhed håber, at hendes mor nyder tilværelsen på Langeland.</t>
@@ -2724,63 +2833,63 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/qIVy</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Laura Warberg
 Ads. Hr Dyrlæge Caspersen
 Snøde pr Lohals
 [I brevet:]
 Tirsdag.
 Kommer "mæn gamle Bæstemouer" saa med hjem?
 Kæreste Mor!
 Det var jo skrækkeligt, at jeg ikke fik skreven til Dig i Gaar, men Snedkeren kom om Morgenen saa jeg glemte det fuldstændig indtil det var for sent. - Alt gaar sin fredelige Gang, Dede kom ko ["ko" overstreget] først Søndag Morgen, han havde Lørdag Aften gaaet paa Statsbaneperronen; og ganske vist ik ["ik" overstreget] set et Tog afgaa der holdt henne ved Siden, men først for sent fik han at vide, at det var Faaborgtoget. Nu er han indstrueret til al Tid at gaa paa Sydfynske. - Dis var dernede for at hente ham og vi blev jo lange i Ansigterne, da han kun medbragte medf. Brev fra Fru Leisner, jeg kunde kende Haandskriften og brækkede det derfor. Dis gik saa ned Søndag Morgen med et Brev til hende om Sagernes Stilling. Tænk, hvis vi nu først havde faaet Brevet Mandag, saa havde vi staaet net i det, vi skulde jo til ["til" indsat over linjen] Hans Rasmussens med Vognen. - Naa, Dede kom saa med Dis hjem Søndag Morgen og var vældig sød hele Dagen. Johanne og jeg fulgte ham ned Søndag Aften og han kom til at følges med Karen og Sørensen. Vi drak Solbærrom, inden han vi ["han" overstreget; "vi" indsat over ordet] gik, og forsynede hans lille Kurv med Æbler, Kager og Sokker. - - Vi morede os brillant hos Hans Rasmussens o.s.v. de første 5 Timer var haarde at faa Has paa; da vi først havde faaet, hvad vi kunde stoppe i os af [overstregede bogstaver], Kager og Kaffe og Lag- og Kransekage med [ulæseligt ord] samt gaaet "et Omgang" i Haven og smagt paa Ribsene, Sommerpærerne Blommerne og Ævlerne, var der ikke mere at gøre, navnlig da der var "noget Familie" fra V. Hæsinge som vi skulde underholde. - Først da Kl. var over 8 kom vi til at spise. Joh. og jeg sad paa to Stole midt for det store Hesteskobord, alle andre paa Bænke. Stuepigen paa Gelskov var den "fineste" efter os og sad ved min højre Side, jeg øste op og skar for. - - Ved 10 Tiden begyndte Dansen og med den det morsomste; der var mange udmærkede Dansere. Kl. 2 1/2 var vi hjemme.
 Sikken et bedaarende Septembervejr, det var rigtignok godt, Du kom af Sted, jeg haaber Du ["haaber Du" indsat over linjen] nyder det ordentligt, og driver vældigt.
 Onkel Amst. kom i Søndags Morges med Agurker, der blev til Asier i Gaar
 Mange Hilsner fra os alle til dem alle og Dig selv! Din Alhed.</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>Maj 1896 eller 1897</t>
   </si>
   <si>
     <t>Alhed Larsen
 Astrid Warberg-Goldschmidt</t>
   </si>
@@ -3529,50 +3638,158 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/t7r2</t>
   </si>
   <si>
     <t>[Fortrykt:]
 RAVINE HOUSE
 L. M. WATSON, PROPRIETOR,
 RANDOLPH. N.H.
 Randolph. N. H., ……………………………………………………………………………..189
 [Håndskrevet:]
 3/
 og beregne, om Vognen kunde gå igennem. Men det gik altsammen godt, - Hestene her ere vante til Lokaliteterne og de ere ["de ere" overstreget] Seletøjet anderledes, så de galloperer med stor Fornøjelse af Skrænter c. så stejle som Odensebakken. North Conway er som et Hjem for Harry: hans Forfædre har levet der siden 1634, da den første Eastman kom herover fra Skotland og bosatte sig. Der er 13 Familjer af Navnet East der [”der” indsat over linjen] som alle stammer fra ham. Harry kender kun meget få af dem, de fleste af dem ere ”Farmere” – men det slår sjældent fejl, at de er mørke, gulladne af Farve og har en lang, lidt kroget Næse. - Harry selv er kommen her om Somren siden han var 3 Aar, så han kender hver Vej og Sti i Skovene og op ad Bjærgene.
 Klk 2 rejste vi derfra, – tog med Toget til Randolph St. - En dejlig 3 Timers Køretur. Toget prustede og stønnede og gik i Fodgang op ad Bjærgene og rutsjedede ned i Dalene, - overalt tæt Skov, - der er Mile mellem hvert lille Hus. Vi skiftede Tog et par Gange, og hver Gang blev det mere primitivt. Det sidste havde kun to Vogne og standsede for Harry og mig ved den Sti som leder den nærmeste Vej hen til Racinehus. 
 Her er henrivende, - aldeles 
 [Fortrykt:]
 RAVINE HOUSE
 L. M. WATSON, PROPRIETOR,
 RANDOLPH. N.H.
 Randolph. N. H., ……………………………………………………………………………..189
 [Håndskrevet:]
 4/
 ideelt. Skønt her er en hel Del Mennesker, er det ikke Spor af Hotelagtigt. Det er de samme som kommer her hvert Aar og bliver her det meste af Sommeren. En Del af dem ere Harrys allerbedste Venner, - han har fortalt mig om dem så ofte at jeg var helt nysgerrig og opsat på dem og mærkelig nok er jeg ikke skuffet, tværtimod. – Her er guddommeligt i enhver Henseende. Selve Huset vandt straks mit Hjærte, - ingen Varmeapparater, ingen Gas, rigtige sodede sorte Kakkelovne, åbne Ildsteder, hvor der er en Ild af Birkebrænde hver Aften, - lavt til Loftet, - et gammelt Bornholmer o. s. v. Det er en rigtig ”Farm”, som man finder nogle få af dem i Dalene. Denne Dal er så bred som op til Ledhullet – og der er Høstakke, Kør, en Hvedemark o. s. v. Til begge Sider gå Bjærgene op til 4 a 6000 Fod. – 2 Dage er gået her allerede, - vi har haft dejligt Vejr og været ude hele Tiden. Harry er 10 Aar yngre her, - Forretninger, Penge og mugne Skinker eksisterer ikke mere for ham. Jeg nyder i fulde Drag Ferien. Vi ere tidligt oppe, - spiser Frokost 7½ og traver så ud i Skoven. I dag gik vi omtrent den halve Vej op ad Mount Adams. Hvordan
 [De eller den sidste side af brevet mangler].
 [Indsat øverst på første bevarede side; på tværs:]
 Jeg har fået dit lange interessante Brev i Aften. Hils dem alle 1000 Gange fra Elle</t>
+  </si>
+  <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
   </si>
   <si>
     <t>1899-5</t>
   </si>
   <si>
     <t>Bellevue St. 27</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Julie Brandt
 Thora  Branner
 Harald Hirschsprung
 Andreas Larsen
 Dudley Pray
 Harris Sawyer
 Helen Sawyer
 - Sawyer, Harris' far
 - Schofield
 Hempel Syberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
 Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
@@ -3727,50 +3944,81 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yzCx</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frøken Astrid Warberg
 Erikshaab
 pr. Højrup 
 Fyn.
 Danmark.
 [I brevet:]
 Fredag d: 15de
 Kære lille Putte !
 Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
 [Skrevet lodret s. 1 på højre side af papiret:]
 Mange Hilsener til hver især fra Las, Alhed og Mor.
 [Skrevet lodret s. 2 og 3:]
 Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
 [Skrevet lodret langs højre kant på side 3] 
 først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
 [Skrevet lodret på s. 4:]
 Jeg vilde nødig have meget med i en Vadsæk</t>
   </si>
   <si>
+    <t>1899-10-09</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Kinin anvendes til behandling af muskelkramper og som malariamiddel. (Lex.dk).
+Ellen og Harris Sawyer ventede deres første og eneste barn og var sikre på, at det var en dreng. Deres datter blev født 16. jan. 1900. 
+Uffe: Ukendt person på Hvilan Hogskola i Sverige?
+I 1893 var Ellen Sawyer elev på Hvilan Högskola pr. Åkorp nær Malmö. Hun fik her flere svenske bekendte, som hun holdt kontakt med gennem nogle år. En af dem var Molle Holmström-Ingers. I februar 1893 inviterede hun Alhed Larsen til bal på Hvilan. Molle Holmström-Ingers var 1895-1896 lærer ved Lunnevads Folkhögskola og fra 1897 ved Hvilan. Fra 1908 var hun husmor, men hun var aktiv i diverse foreningsarbejde (Svensk Wikipedia: Malin Ingers, marts 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1570</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF9T</t>
+  </si>
+  <si>
+    <t>Boston d. 9ende Okt - 99.
+Kære Mor. 
+Du er bleven så uholdbar med Breve i den senere Tid, at jeg i Aften så småt havde tænkt på at henvende mig til Junge. Madame el. Pan el. én af de andre mange, som jeg i høj Grad skylder Brev, men så slog det mig, at jeg nok har narret dig flere Gange uden at blive straffet, og da jeg havde tænkt lidt mere efter, kom jeg i Tanker om, at dit sidste Brev nok kom efter at jeg sendte mit sidste. – Der var en Side fra Fader, som jeg vil bede dig takke ham for. Jeg føler mig altid så hædret, når Fader skriver til mig. Jeg tænker ofte på at skrive til ham, - selv om alle mine Breve til dig naturligvis er til ham også, er det ikke helt det samme som en direkte Henvendelse. – Men det værste er, at hvad jeg har at sige i Reglen egner sig ulige bedre til at meddele dig, - jeg er bange, Far gennemgående finder mine Breve meget kedsommelige. – Jeg har i den senere Tid tænkt på, hvor det vilde interessere Far at spille Skak, - det forekommer mig, at det netop vilde være et Spil for ham, - det vilde være lidt for langsomt for dig, men Disser vilde vist blive god at spille med. - Vi dyrker det med Lidenskab, - jeg bliver ynkelig slagen hver Aften, men det er lige morsomt for det. 
+Jeg har haft Harry hjemme idag på Grund af en slem Forkølelse. Igår var han skidt hele Dagen, tog Quinin og hang af; idag blev han liggende med Grødomslag og vi havde Dr. Jenkins ude at se til ham. Han gav ham noget Medicin som synes at have virket hurtigt, for i Aften følte han sig så vel at han stod op og spiste til Aften hernede. – Andre vilde ikke tage sig så meget af en almindelig Forkølelse, men det er nødvendigt for ham, som har så lidt Huld og Kræfter at undvære. Men jeg tør nok sige, at han bliver passet så godt som det kan lade sig gøre. Der er et Punkt, hvor jeg er meget ømfindtlig: jeg tåler ingen Indblanding i mine Anliggender, og jeg bliver rasende, når Familjen (i dette Tilfælde Svigermoder) betragter det som sin Pligt at passe ham. Jeg tåler end ikke Råd af nogen Art, - de må uhindret spørge hvordan han har det, men intet derudover. Jeg har nu efterhånden fået det indprentet tror jeg, Svigermoder har kun én Gang idag været oppe at se til ham. – Det kan jo nok være at det må være lidt underligt sådan at pludselig at blive sat udenfor, - Harry har altid været hendes Øjesten, - men det kan ikke blive anderledes – hvad der er mit er mit. Jeg begynder så småt at få Øjnene op for at der er noget i den gamle Snak med ”die böse Schwiegermutter”. Guderne skal vide, at ingen kan være mere føjelig el. from og føjelig end Harrys Moder, og dog er hun for mig udpræget ”die Schwiegermutter”. Harry ved nok at han må være forsigtig på de Områder, – det er kun lige til at jeg finder mig i at han taler til de andre, - de klager også over at han ikke mere bryder sig om dem – men jeg er på det Punkt ufølsom. – 
+Når den lille Søn kommer, bliver det formodentlig lige det samme om igen, - en stiltiende Kamp om min retmæssige Ejendom. Jeg har det jo så småt med Familje her, så jeg må strængt holde Hævd over hvad der tilhører mig. Imidlertid, som sagt, hvad Harry angår, har jeg ikke længere Grund til at klage, - han er mindre og mindre ”Familjemedlem” og dette har bevirket at jeg bedre kan finde mig i dem, - jeg kreperer mig ikke mere over dem, og kan helt godt finde mig i den endelige Beslutning, at de bliver her i Vinter. Hvem ved - måske vi kan få Helen forlovet el. gift i Vinterens Løb, og måske gamle Bedstemor piller af (hun er så gammel som Methusalem) - det vil da lufte lidt og blive lettere at blive ordnet på èn for alle Parter tilfredsstillende Måde.
+Tirsdag. Harry har været oppe hele Dagen og er meget bedre. Det gælder nu kun om at indvinde hvad der er tabt af Kræfter og få Kinderne tilbage Det er et helt lille Studium at finde på hvad han skal spise, fordi Maven altid er skør, så snart han fejler noget. Kalvekarbonade med henkogte Grønærter faldt i god Jord idag. Det er en ukendt Ret her, - for ”sen og vanskelig” til at man vil lave det. Af Ben og Sener har jeg kogt lidt Suppe, som skal være til jævn Sellerisuppe til i Aften. Jeg koger ofte Selleri og jævner m Smørjævning og giver Harry som Gemyse, - det er letfordøjeligt og sundt. Det var aldeles ukendt at koge Selleri. I det-hele-taget er det besynderligt så lidt Folk her bryder sig om rigtig Mad, - det er Pie og Kage det drejer sig om. Den arme Harry har lidt derunder i mange Aar. – De har her til Lands en Skik, som jeg må respektere: Om Søndagen gives der kun èt solidt Måltid, - Middag midt på Dagen. Aftensmaden består i Kiks, Kage højst lidt koldt Kød, Brød og Smør. Hvor de har Pige, har hun så godt som altid Friaften om Søndagen, og de tager det da så let som muligt. 
+Tak for dit Billedkort idag. Det har moret os at se på det og indbilde os, at vi spadserede i Ørstedsparken. Hvor det dog var morsomt at du besøgte Uffe og Hvilan, - jeg glæder mig til at høre rigtig meget derom. Jeg er forresten stadig i Kontakt med Molle, har nylig skrevet til hende. – Jeg nyder mine Malerier, det er utroligt hvor Rammerne flatere. Do. Jenkins så dem igår og var uhyre interesseret. Også i Bedstefaders Buste og mine Antikviteter. Han så også mine Lagner med Mellemværkerne. Kniplinger er en stor Raritèt her) og det vævede Tæppe jeg fik fra Hvilan. Han er selv en ivrig Samler af ”alt Slags kønt” som forresten ikke gror på Træerne her. Han har det med indiske, persiske og japanesiske Kunstgenstande og Antikviteter. – Det er det mest henrivende milde Oktobervejr, man kan tænke sig, - her er så smukt i Smågaderne eller Alléerne heromkring. – Kloge Folk siger at jeg kan vente Drengen om tre Måneder. Han er uhyre skikkelig har endnu ikke voldt mig så meget som 1 Times Ubehagelig. – Jeg har en udpræget Fornemmelse af at jeg må røre mig meget, så jeg traver omkring i Huslighed det meste af Dagen og går ud hver Dag. – Hvis ikke Harry ikke netop var ved at 
+[Skrevet langs venstre margen s. 4:]
+tage en Lur vilde han sikkert sende Hilsen. Bunker af Hilsner til alle fra Far til Lofts- [indsat nederst s. 3; på tværs:] assistenten fra Elle. 
+[Skrevet på hovedet øverst s. 1:]
+Harry sagde idag, at der var et dansk Ord, som han så ofte så i Aviserne, men som det aldrig var ham mulig at finde i noget Leksikon, nemlig ”Handel-sophâ-velse” (hp udtalte han som f.) Langt om længe gik det op for mig at det var ”Handelsophævelse”. – Han troede det var noget med en Sofa.</t>
+  </si>
+  <si>
     <t>1899-10-22</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Amstrup
 Julie Brandt
 Viggo Bredsdorff
 Louise Brønsted
 Carl Neiiendam
 Gandenz Neiiendam
 Ellen  Sawyer
 Johan Wessel</t>
   </si>
   <si>
     <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
 Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
 Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
 Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
 Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
   </si>
@@ -3781,50 +4029,180 @@
 Carl Neiiendam behandler Johanne nedladende og uhøfligt.
 Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9wD</t>
   </si>
   <si>
     <t>Fru Laura Warberg
 Erikshaab
 Højrup St.
 Fyen
 [I brevet:]
 Søndag
 Kære Mor!
 Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
 Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
 Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
 Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
 Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
 Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
 Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
 I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
 Farvel
 Nu skal Brevet af Sted
 Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1899-12-01</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Harris Sawyer
+- Taylor</t>
+  </si>
+  <si>
+    <t>Fabriksejeren og dennes hustru kendes ikke; ej heller den indfødte amerikaner, der havde flettet æsken. 
+Det vides ikke, hvad "Gamle Eastmans" hustru, mor, bror og svigerinde hed.
+Ellen Sawyer var - hvorfor vides ikke - som gravid overbevist om, at hun fik en dreng. Hendes datter blev født 16. januar 1901.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1531</t>
+  </si>
+  <si>
+    <t>Amerikanerne er ikke gode til at holde jul. De mangler sans for traditioner og hjemlig hygge. Deres hjem er heller ikke hyggeligt indrettet. Ellen Sawyer vil aldrig have et sitting room.
+Thanksgiving den foregående dag blev dog alligevel hyggelig. Harris Eastman Sawyer kom hjem fra forretningsrejse den dag, og han medbragte som gave til Ellen en æske flettet af strå. Hun vil bruge den som toilettaske til det barn, som hun venter. Harris var inviteret til sor middag til ære for finansministeren. Dagen efter var han på en togrejse af 26 timers varighed. Man fik kalkun og to slags is til thanksgiving-middagen, og bordet var pænt dækket. 
+Ellen og Harris har fået en rørende bryllupsgave fra Harris' farmor. Hun havde syet et sengetæppe af hundredevis af små stoflapper med sløjfer på. Harris' farbror og dennes hustru sendte kvædegelé og kartofler. 
+Ellen har travlt med at lave tøj til det barn, hun venter. Hun beder moderen om en strikkeopskrift. Ellens svigermor vil sømme bleerne på maskine. Den lille seng står klar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zbbk</t>
+  </si>
+  <si>
+    <t>Dec. 1 99
+Kære Mor!
+Det er rent utroligt, som Tiden løber her, - at vi allerede har December. Vi har endnu slet ikke haft Sne eller stadig Kulde, så det forekommer slet ikke som Vinter. Det bliver underligt for mig, når Julen nærmer sig, - jeg må se så vidt mulig at glemme at det er Jul. Her lægger de knap Mærke til den, - kun én Helligdag, og den helligholdes mindre end en almindelig Helligdag ["Helligdag" overstreget]. Søndag. – ”Feststemning” er noget, der ikke ligger for Amerikanerne, - som f. Eks. i går ”thanksgivingsday”, den største Helligdag i Aaret, - og man mærker den knap. Hvad de mangler, er Traditioner, - Respekt for de gode gamle, nedarvede Skikke, - samt Begreb om hjemlig Hygge. Jeg tager ganske sikkert ikke Fejl i, at dette er fælles for den alle ["den" overstreget; ”alle" indsat over lilnjen] typiske Amerikaner. Man kan se denne Mangel på Hyggesans med et halvt Øje på den Måde, de indretter deres Huse: Et ”parlor”, som er forbeholdt Fremmede, og som svarer til vore Bønders Stadsstue i Uhygge og Ubeboethed med lyse Tapeter hvide Gardiner o.s.v. – Familjen opholder sig i deres ”sitting-room”, som i de allerflesteTilfælde er nærmest en Systue. Så godt som alle kan Skræddersyning. – 
+Men ingen skal nogensinde få mig til at etablere et ”sittingroom”, - må jeg bede om at være ved mine Malerier Bøger o.s.v. – Heldigvis er der [”der" indsat over linjen] da heller ikke Grund til andet, da Møblerne her i den lille Stue er solide og Gulvtæppet mørkt, så det kan tåle Brug. 
+Trods alt var der noget festligt ved ”thanksgiving” igår. Det øgedes derved at Harry kom hjem fra sin Udenlandsrejse om Morgenen, - rask og frisk og synlig oplivet af sin Tur. Han er nok værd at sende ud, - han har så meget at fortælle, når han kommer hjem. Han sluttede varmt Venskab med Ejeren af den Fabrik, som han inspicerede, - - han blev så intim med dem, at Konen sendte Present hjem til mig - en Stråæske flettet af en Indianer, - den er bestemt til at være den lilles Toiletæske, - hans Sikkerhedsnåle, Børste o.s.v. 
+Harry nød al den Hæder der tilkommer ham, - var bl.a. bedt med til en stor Middag til Ære for Finansministeren, Mr. Fielding. (”Nova Scotia er i Canada og således under gamle Victorias Regimente). Der var 120 Gæster, et Utal af Retter (men ingen Vin, og Taler til Klk 5 Morgen. East betakkedes sig imidlertid Klk 2 da hans Tog gik Klk 6. – Efter 26 Timers uafbrudt Jærnbanekørsel var han hjemme, - og en hel Svækling er han da ikke, når han kunde være på Benene hele Dagen efter det uden at være videre forvirret. – Der er ikke Tvivl om, at hans Helbred har forbedret sig betydeligt det sidste Aar. – 
+Jeg dækkede Bordet med vort Sølvtøj og vore fine Ting og en Blomst på Bordet og der var virkelig lidt ”Swing” i Kalkunmiddagen, med to Slags Is til Dessert. – Vi spiste allesammen for meget, men det hører sig til på den Dag, - så vi sad her og pustede Resten af Eft. Om Aftenen kom Dr. Tailors ind, men de havde også spist for meget, så vi faldt lidt efter lidt mere og mindre i Søvn. – 
+I Lørdags fik vi en sidste og ikke mindre ["ikke mindre" overstreget] rørende Brudegave nemlig [”nemlig” indsat over linjen] fra gl. Eastmans Moder som lever i New Hamptshire hos gl. E’s Broder, som er Landsbypræst der et Sted. Den gamle 90 årige Moder havde syet et Sengetæppe af Hundrede små kulørte Klude og en lille Trådsløjfe på hver Klud. Det er ligesom dem, du en Gang lavede, kun at det er større og Kludene ere mindre. Der var tillige tre Krukker Kvædegelé fra Svigerdatteren og en Pose Kartofler fra deres Have. Gl. East var så stolt som om det var ham der havde lavet Sengetæppet. – 
+Jeg har meget travlt med Drengens Tøj. Trods al min Flid har jeg endnu kun syet 5 hvide Kjoler, - men de ere også nydelige, samt 3 kulørte Flonelsnatkjoler og to små søde broderede Trøjer. – Imorgen skal jeg begynde på hans Flonels Underkjoler. Bleerne vil Svigermoder sømme på Maskinen. Hans Uldskjorter købes færdige. – Hans lille Seng står hen som et åbent Spørgsmål. De fleste lader dem straks komme i en Slags Tremmeseng, og det bestemmer jeg mig vist også til. Jeg tænker han kan bruge mine Kniplingspudevår. 
+Vil du ikke sende mig en nøjagtig Opskrift på hvordan jeg skal strikke hans Strømper. Hvis jeg får Tid vil jeg strikke ham et Par. – 
+Jeg er selv raskere end nogensinde, - kan trave omkring og ude ”gående” så godt som nogensinde før ["nogensinde" overstreget; ”før” indsat over linien]. – 
+Det er bælgmørkt. 
+Bunker af Hilsner til alle fra Pelle</t>
+  </si>
+  <si>
+    <t>1900-02-09</t>
+  </si>
+  <si>
+    <t>- Jenkins
+Grethe Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Harris Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fødte 16. jan. 1900 datteren Grethe (senere g. Jungstedt). Det efterfølgende problem skyldtes formodentlig, at der var rester af moderkagen eller fosterhinderne, der ikke blev afstødt ved fødslen.
+Dr. Cushion og sygeplejerske Loud kendes ikke, bortset fra at de passede Ellen Sawyer i hjemmet efter datterens fødsel.
+Sauternes: fransk hvidvin. 
+B er Alhed Larsens kælenavn. 
+Margaret Richards var muligvis gift med Dr. Richard, som nævnes i 1899-08-20 Ellen Sawyer til Laura Warberg BB1523.
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880 som havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. (Kilde: Wikipedia febr. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1528</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal ikke være bekymret, for Ellen Sawyer sidder nu i en lænestol, spiser og har det godt. Mrs. Loud hjælper med den lille. Grethe er et nemt barn og desuden meget køn. Harris Sawyer spiller for hende, og hun er musikalsk. Det var godt, at Ellen og Harris fik en datter og ikke en søn. 
+Onsdag fik Ellen Sawyer pludselig feber, og dagen efter steg den. En dr. Cushion blev tilkaldt, og næste morgen kom der tre sygeplejersker med en masse apparater. Ellen blev bedøvet, og "skaden" blev fjernet. Lægen forklarede, at Ellen i modsat fald kunne have fået blodforgiftning. Ellen har tænkt meget på Alhed/Be Larsen, som fødte i et land uden mange specialister. 
+Ellen bliver forkælet med østers og Sauterne. Harris steriliserer forbindinger, og Jenkins kommer ved den mindste mistanke om problemer. 
+Pakken er ikke kommet. Ellen vil bede Johanne/Junge Larsen om at undersøge sagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lswv</t>
+  </si>
+  <si>
+    <t>9/2 – 1900
+Kære Mor! 
+Jeg var meget ked af at Harry kom for sent på det med at skrive i Tirsdags, da du formodentlig har været lidt urolig efter min dårlige Opførsel for 14 Dage siden. Der er imidlertid ingen Grund til Ængstelse nu, - jeg sidder op i en Lænestol hver Dag, spiser menneskelig Føde og befinder mig udmærket. Dr. Cushions Sygeplejerske er taget bort idag og Mrs Loud er kommen tilbage for at passe mig og den Lille indtil jeg får lidt flere Kræfter og kan passe hende selv. Hun er et ualm. godt Barn, - sover og spiser og passer sine andre Forretninger til Fuldkommenhed. Om Dagen bliver hun fodret hver anden Time, om Natten passer hun selv sine Spisetimer, sover 3-4 Timer, vågner og brøler, så hele Huset ryster indtil hun får sin Flaske. Hun måtte jo desværre vænnes fra, da jeg fik Feber. – Hun er utrolig sød at se på og tegner til at blive en køn lille Unge. Øjnene ere meget større nu, end de var, - de ere næsten sorte, med et lille Anstægrøg ["æg" i ordet overstreget; ”røg” indsat over linjen] af blåt. Hun bliver højt beundret af alle og erklæres for at være en ”Personlighed” og at have ”høj Grad af Karakter”. Harry spiller for hende og han kan ”tydelig se at hun er meget musikalsk”. Han er meget stolt af sin Datter og vi ere enige om, at det var en ren Fejltagelse at vi ønskede en Dreng – en Pige er langt at foretrække. 
+Nu, da alt er velståeoverstået ["stå" i ordet overstreget], kan det vel interessere dig at høre nærmere om mit ”Tilfælde”. Jeg havde det storartet og Dr. var meget tilfreds med mig, da jeg ["jeg" indsat over linjen] pludselig Onsd. Eft. Klk 5 følte en Kuldegysning og det befandtes, at jeg havde høj Feber. Der blev straks telefoneret efter Dr. Jenkins og han masede med mig til Midnat. Ligeledes næste Dag men Feberen steg, og han blev mere og mere betænkelig og om Eft. sendte han Bud efter en Specialist Dr. Cushion, som øjeblikkelig kom og undersøgte mig og konfererede med Dr. Jenkins. Jeg anede ikke hvad de aftalte, så du kan tænke dig min Forbavselse, da den næste Morgen Døren går op og ind strømmer de to Dr. og tre Sygeplejersker med alle Slags mærkelige Apparater. Derpå blev jeg bedøvet (hvilket var meget behageligt) og Dr Cushion fjernede Skaden. Han forklarede Tilfældet sådan, at jeg er for stærk og kraftig, - d.v.s. Musklerne ere så stærke i mig at de trak sig sammen og beholdt noget, som vilde have foraarsaget Blodforgiftning hvis det ikke var bleven taget straks og med en kyndig Hånd. Jeg har tænkt så mange Gange på, hvad der vilde være sket ["hændt" overstreget; "sket" indsat over linjen] hændt, hvis det var hændet B. hjemme, hvor Specialisterne ikke gror på Træerne. – Jeg anede ikke før bag efter, hvor farligt det var – og jeg havde ikke Spor af Smerter eller Ømhed.
+Du kan tro jeg bliver behandlet som en Prinsesse, - får 8 Østers til Frokost hver Dag, samt Sauterne i Sodavand, - det lyder lukulisk, synes jeg. 
+Harris har været mageløs hele Tiden, - han optrådte som Sygeplejerske da det var på det værste, steriliserede Vand, lavede Forbindinger o.s.v. – og han har været utrættelig til at skaffe mig alle Slags til at gøre mig Livet behageligt.
+Dr. Jenkins har også været storartet. Han plejede at telefonere om Aftenen og hvis der var det mindste i Vejen kom han straks selv om han havde været her om Morgenen. En Aften kom han Klk 10 i en forrygende Storm og Regn fordi jeg havde lidt ondt i Halsen, - og det en hel lille Rejse fra S. Boston.
+Folk har i det hele taget været umådelig deltagende og venlige. 
+Margaret Richards var her i går på Gennemrejse. 
+Nu må jeg vist hellere slutte og pille i Seng igen. – Mit næste Brev skal være til Junge. –
+Jeg har nydt alle dine EkstraBreve ["Ekstra" i ordet overstreget]. -
+Lille Grete sender mange Hilsner. Det samme gør Pelle. 
+[Skrevet på tværs øverst s. 1:]
+Pakken er endnu ikke kommen og jeg er meget ængstelig for den. De siger her at Thingvalla er ansvarlig for den, så der skal gøres Vrøvl i København. Jeg vil skrive til Junge at bede hende om at se at få det klaret.</t>
+  </si>
+  <si>
+    <t>1900-02-16</t>
+  </si>
+  <si>
+    <t>1 tomme = 2,54 cm
+Mrs. Loud, Dr. Cushing, Miss Linsealt og Mrs. Holbrook kendes ikke. Fru Smith er muligvis Henry Smiths kone og bosiddende på Nybøllegaard i Hillerslev. 
+Maltet mælk, også kendt som maltpulver eller maltet mælkepulver, er et pulver lavet af en blanding af maltet byg, hvedemel og kondenseret sødmælkspulver.
+107 F er 42 C.
+Miss Linsealt er "total" = afholdskvinde. 
+B er Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1548</t>
+  </si>
+  <si>
+    <t>Grethe blev født 16. januar. Fødslen trak i langdrag, men da Ellen Sawyer fik whisky og cognac, kom der gang i sagen. Pigen var grim, mager og havde navestrengen om halsen. Mælken løb først til efter fire dage, men Ellen kunne ikke blive ved med at amme. Hun fik at vide, at hun skulle holde sig i ro i seks uger, men hun fik høj feber. Der blev tilkaldt flere læger og sygeplejersker, og de kogte instrumenter ved komfuret. To af Harris Eastmans kolleger kom med ovne til at sterilisere redskaber i. Ellen blev opereret. Otte dage efter kunne hun stadig knap støtte på benene. 12 dage efter operationen fejrede Ellen og Harris deres bryllupsdag, og Harry gav hende en potageske. Han vil hvert år fremover på bryllupsdagen give hende en sølvting som præmie.
+Harris er nu syg af forkølelse og arbejder hjemme. Han og Ellen har købt en kurv, som lille Grethe kan ligge i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0Gp</t>
+  </si>
+  <si>
+    <t>d. 16de Febr. 
+Kære Mor!
+Jeg har idag fået Dissers Breve. Det var [ulæseligt] pinligt, at netop dette længselfuld ventede Brev fra East. skulde være forsinket. Jeg kan rigtig tænke mig, hvor utålmodig du har ["har" overstreget] må have ventet. Skønt det jo nu er en gammel Historie, må jeg vist hellere sætte dig lidt nøjere ind i Detailerne og besvare nogle af dine Spørgsmål. 
+Hvad der foregik d. 16de Jan da Hendes Nåde, Grethe behagede at ankomme, har jeg næsten glemt, - det forekommer som det er en lille Evighed siden. Det var en langvarig og vanskelig Affaire, og Dr. var til sidst temmelig nervøs over at hun stadig ["stadig" overstreget] blev ved at [”blev ved at” indsat over linjen] holde sig tilbage. Jeg forklarede, at vi Danske ere langsommere i Vendingen end Amerikanerne og at hun jo var halv dansk. Tilsidst fik jeg en svingende Whisky- og Cognacstoddy og det kunde hun ikke modstå. Hun var så langt fra nogen Skønhed da hun kom – jeg har aldrig set noget lignende af Grimhed – det arme lille Asen: Navlesnoren var snoet om hendes Hals og det tog flere Min. før hun trak sit Vejr. Derefter blev hun svøbt ind i et uldent Tæppe og smidt på en Seng, hvor hun lå i tre Timer før nogen tog sig af hende. Jeg holdt dem nemlig beskæftigede med at kaste op, besvime o.s.v.
+East. skrev vist at Ungen vejede 8 Pund, men det var med Klæder på, 7½ foruden. De danske Pund, ere tungere end de amerikanske så i Virkeligheden vejede hun kun c. 6½. Hun var 21 Tom. men meget mager. Hun har nu vundet en Del skønt det lille Skind har gået en Del igennem allerede. For det første kom Mælken først den 4die Dag og hun sultede i al den Tid. De næste 4 Dage nød hun Livet og plagede det næsten ud af mig ved at bide i sin Grådighed. Hun opnåede at få bidt Hul før Feberen kom og hun blev ført ned. og ["og" overstreget] Så halvsultede hun igen èn Dag, da de ikke vilde sætte hende på Flaske før de så om Mælken vilde gå bort. Da dette viste sig at være Tilfældet, fik hun sin Flaske. Så begyndte et regelmæssigt [ulæseligt]. Hun får, hvad de kalder ”malted milk”, et Præparat som synes at passe hende godt. Hun er utrolig god og søvnig og alt tyder på, at hun er et sundt og kraftigt Barn. Eastman godtede sig i Stilhed over at Skæbnen føjede det sådan, at jeg ikke kunde amme hende, da jeg jo så vilde være bunden hjemme for lange Tider. – 
+Ungen opnåede at skaffe mig en lille Rift, men den blev syet sammen næste Dag med tre Sting, hvilket ikke var ret slemt, og siden mærkede jeg ikke mere til det. – 
+Kræfterne kom meget hurtig tilbage og jeg befandt mig udmærket indtil Feberen kom. Ikke desmindre befalede Doktoren mig at ligge i det allermindste 2 Uger – derefter liste forsigtigt omkring en Uge og ikke foretage strængt Arbejde el. gå lange Ture før den lille er 6 Uger gammel. Ved denne Fremgangsmåde er man temmelig sikker på ikke at have Rygsmerter og Træthed det næste halve Aar, sagde han. – Imidlertid kunde han jo have sparet sine Instrukser, da Feberen kom og satte en Stopper for al Kækhed. Det er højst interessant nu bagefter at høre dem fortælle om de Dage. Det blev jo nemlig holdt hemmeligt for mig, og det var kun ved at se Doktorens og Harris’ alvorlige Ansigter, at jeg fik en Mistanke om at det var farligt, - men hvor farligt fik jeg først at vide da jeg næsten var rask. Feberen var flere Gange kun ½ ° fra Maximum, som er 107 Fahrenheit, og Torsdag Aften sagde Dr. til Harris, at der kun var meget ringe Håb. Det lyder utroligt, men da jeg så ham næste Morgen var hans Kinder næsten hule. Hele den Nat blev jeg fodret hveranden Time og efter min Formening trådte Krisen ind, da jeg fik den sidste Dosis Vælling. Jeg faldt ["faldt" overstreget] kom nemlig i stærk Sved, og faldt derefter i Søvn og da Doktoren kom en Times Tid efter kom op [”kom op” indsat over linjen] var Temperaturen betydelig lavere. Jeg troede i min Uskyldighed, at nu var den Historie forbi og lå fredelig og roligt og rensede mine Negle. Bagefter fortalte de, hvordan det stod til i Køkkenet på samme Tid: Vadskekonen var kommen og filede løs på Vadsken, - alle ["le" sidst i ordet overstreget] Morgenvadskningen flød rundt Dr. Jenkins og Dr. Cushing kogte deres Instrumenter ude ved Komfuret, assisteret af deres to Sygeplejersker, - Mrs. Loud rensede den lilles Flasker, - Helen fløj rundt og søgte at bringe lidt Orden i Tingene. Med en Ble i hver Hånd susede hun afsted og mødte i Døren Dudley Pray og Leon. Redpath som kom fra Laboratoriet med to Ovne til at sterilisere på. De var sorte på Hænder og Ansigt, da de ikke havde haft Tid el. tænkt på at rense dem (Ovnene) [”(Ovnene)" indsat over linjen] underneden. Svigermoder havde opgivet alt og så til, medens Harry drak Whisky for at holde sig oppe. Naturligvis skreg den lille for at gøre Forvirringen fuldkommen. – 
+Derefter strømmede de (el. en Del af dem) op til mig og Operationen gik for sig og siden forløb alt normalt. Jeg var oppe første Gang igår for 8 Dage siden og det var mere end latterligt: jeg kunde aldeles ikke støtte på Benene og det varede to Dage før jeg kunde gå alene over Gulvet. 
+Den 12te (vor Bryllupsdag) var jeg nede første Gang og vi fejrede Dagen med stor Højtidelighed. Harry forærede mig en pleteret (?) ["(?)" indsat over linjen] Potageske og om Eft. kom Nelly Taylor ind og hjalp os med at drikke en lille Flaske Champagne. Det var hendes Fødselsdag så det passede helt godt. Champagnen var egentlig købt i Anl. af d. 4de Aarsdagen for min Ankomst, men den Dag var Miss Linsealt (Dr. Cushings Sygeplejerske) her endnu og hun var meget total, så vi nænnede ikke at såre hendes Følelser. Disse to Dage vil vi fejre hvert Aar og Harry vil hvert Aar give mig en lille Sølvting som Præmie. Den 4de fik jeg en lille Sølvsmørkniv el. ret Syl [tegning] til at tage Smørkugler med. 
+I Lørdags kom han hjem med ondt i Halsen og har været hjemme hele denne Uge med en slem Forkølelse. Vi har haft det helt ”sjov, underholdt hinanden” beundret Ungen og bleven opvartet på det bedste af Mrs. Loud. Harry kan sidde her ved sit Skrivebord og telefonere til Laboratoriet og rundt i Byen, så han kan nogenlunde passe sine Forretninger. – Vi anskaffede en langagtig Kurv til Ungen at sove i, men kun en lille. Den er let at flytte rundt med, hvor der er varmest. Den er temmelig bred, så Pudevårene passer godt men Størrelsen er jo ellers beregnet til Seng, og hun vil kunne bruge dem i flere Aar. –
+Doktoren siger, at vi ikke bør lade hendes Øjne komme i stærkt Lys før hun er c. 2 Måneder gammel, så vi kan ikke fotografere hende før den Tid. 
+Nelly Taylor har syet en henrivende lille Kjole til hende. – Mrs. Holbrook har foræret hende en lille bitte Guldnål med en Perle i. – 
+Jeg må sende et Kort til Fru Smith næste Gang, - hvor det var venligt af hende at sende de små Støvler! – 
+Jeg har også tænkt på hvor Febr. og Jan. [”og Jan.” indsat over linjen] altid er fuld af Begivenheder: Også Onkel Carl døde i Febr. og B. rejste til Italien. 
+Lille Grethe snorker i sin Kurv, Harry læser Aviserne og glæder sig over at Begivenhederne i Afrika er lidt mere lovende idag. Jeg vil gå og tage en Middagslur. 
+Hilsen til Svigermoder fra E.S.
+do do til dig, Far og Disser fra Pelle. 
+[Indsat s. 5 i venstre margen samt under teksten:]
+Hilsen til Mogensens. Jeg var meget imponeret over hendes Københavnsrejse, før du skrev om den mislykkede Dreng.
+[Indsat s. 8 langs venstre margen:]
+Sig til Disser, at jeg vil sætte Pris på, om hun vil vedligeholde Correspondancen med [ulæseligt]</t>
   </si>
   <si>
     <t>1900-03-01</t>
   </si>
   <si>
     <t>Kirstine -, pige i huset hos Hempel Syberg
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
 Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
 Frk. Ben(t)sen, Marie og Grete kendes ikke. 
 Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
 Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
   </si>
   <si>
     <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
 Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
 Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
   </si>
@@ -4140,51 +4518,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-01-09</t>
   </si>
   <si>
     <t>Højrup
@@ -4946,53 +5324,50 @@
   </si>
   <si>
     <t>1907-11-10</t>
   </si>
   <si>
     <t>Johanne Giersing
 Peter Hertz
 Vilhelm Slomann
 Hans  Syberg
 - Vogt-Møller</t>
   </si>
   <si>
     <t>Fritz skriver, at han har solgt adskillige billeder. Han kommer nok hjem tirsdag eller onsdag. Der er nu solgt for 2900 Kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lL9E</t>
   </si>
   <si>
     <t>[Med blyant påskrevet] 11-11-1901 
 Kære Høns.
 Idag har jeg en glædelig Nyhed. Sloman har købt ”på Landet” for 1200 og Vogt=Møller Rugen med Solpletter for 300 Kr. Igår gik der slet intet, men i forgårs gik der foruden de to Aquareller med Besse, som jeg har skrevet om til Dig: en med Besse (på Højkant) 125 (tror jeg) og den med Hans stående på Stenen (Studie til det store Billede) som egentlig var Din og derfor sat til 350 Kr. – gik til fuld Pris. Jeg tror nok jeg kommer hjem Tirsdag eller Onsdag. Vi er nået til 2900 Kr. nu. Det går da opad. Mange Hilsener fra Din hengivne Fritz.
 Lille Peter Hertz kom og trykkede mig i Hånden med de Ord ”hvor det dog er en dejlig Udstilling De har.</t>
   </si>
   <si>
     <t>1908-05-22</t>
-  </si>
-[...1 lines deleted...]
-    <t>Boston</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>- Boberg
 Ina  Goldschmidt
 Grethe Jungstedt
 Christine  Mackie
 Harris Sawyer
 Helen Sawyer
 Cid Smedberg
 Hempel Syberg
 Andreas Warberg, Albrechts far</t>
   </si>
   <si>
     <t>Laura Warberg er på besøg hos sine to døtre, Ellen og Christine, i Boston. 
 Det vides ikke, hvad Harris Eastman Sawyers mor hed. 
 Det vides ikke, hvem Gräbes eller Marie var. Heller ikke Thomas, men Andreas/Dede Warberg arbejdede muligvis for ham - måske som advokatfuldmægtig.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1908-05-22, 2419</t>
   </si>
   <si>
     <t>Laura Warberg og datteren syr på Ellens udstyr. Frk. Boberg rejser snart, og det er Laura W glad for. 
@@ -11982,59 +12357,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0Hm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF9T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zbbk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lswv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0Gp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kefw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EjA8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mPBp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLke" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hg29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rk2B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Luq9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UAz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/prFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nkI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DBq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/os4qgD9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s9bK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xukw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nlv6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tS57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/84Zz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7B8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/29nR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NHgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CyaO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vdJk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xv8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DynR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/773tLxHI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WLDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SP5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GOR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M290"/>
+  <dimension ref="A1:M298"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -13951,11117 +14326,11489 @@
       </c>
       <c r="I43" s="5" t="s">
         <v>304</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>305</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>306</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>307</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>309</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>109</v>
+        <v>310</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>268</v>
+        <v>109</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>109</v>
+        <v>319</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F45" s="5" t="s">
-        <v>318</v>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>243</v>
+        <v>268</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="E46" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>335</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>336</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>337</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>338</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>339</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>340</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>342</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>86</v>
+        <v>343</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>295</v>
+        <v>344</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="E49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E49" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>87</v>
+        <v>359</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="E51" s="5" t="s">
-        <v>362</v>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>363</v>
+        <v>87</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>377</v>
+        <v>86</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>295</v>
+        <v>371</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H53" s="5" t="s">
+        <v>379</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>86</v>
+        <v>386</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>384</v>
-[...8 lines deleted...]
-        <v>386</v>
+        <v>295</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5" t="s">
         <v>387</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>388</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>389</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>390</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>392</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E55" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="5" t="s">
+      <c r="F55" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G55" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="F55" s="5" t="s">
+      <c r="H55" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>399</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" s="5" t="s">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>295</v>
+        <v>403</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>404</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E57" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>412</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F58" s="5" t="s">
-        <v>418</v>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-        <v>426</v>
+        <v>427</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>21</v>
+        <v>431</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>433</v>
+        <v>109</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F60" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>16</v>
+        <v>451</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>86</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>21</v>
+        <v>454</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>466</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>467</v>
+      </c>
       <c r="J64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>199</v>
+        <v>109</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>465</v>
+        <v>17</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G65" s="5" t="s">
+        <v>471</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>468</v>
+        <v>21</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>109</v>
+        <v>199</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>17</v>
+        <v>483</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>21</v>
+        <v>486</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>199</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>486</v>
+        <v>21</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="I69" s="5"/>
+        <v>496</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>497</v>
+      </c>
       <c r="J69" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>199</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>86</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>21</v>
+        <v>504</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="s">
-        <v>502</v>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="s">
-        <v>508</v>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="I72" s="5"/>
+        <v>514</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>515</v>
+      </c>
       <c r="J72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
     </row>
     <row r="73">
-      <c r="A73" s="5" t="n">
-        <v>1898</v>
+      <c r="A73" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>520</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
-        <v>516</v>
+        <v>21</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="I74" s="5"/>
       <c r="J74" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="5" t="s">
-        <v>526</v>
+      <c r="A75" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>531</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>21</v>
+        <v>534</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F77" s="5" t="s">
-        <v>18</v>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="s">
-        <v>545</v>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="F80" s="5" t="s">
         <v>88</v>
       </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G80" s="5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="I80" s="5"/>
+        <v>564</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>565</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="E81" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="E81" s="5" t="s">
+      <c r="E82" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="F81" s="5" t="s">
-[...50 lines deleted...]
-        </is>
+      <c r="F82" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>576</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>574</v>
+        <v>415</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>199</v>
+        <v>109</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>579</v>
-[...9 lines deleted...]
-        </is>
+        <v>295</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>583</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>582</v>
+        <v>415</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="5" t="s">
-        <v>586</v>
+      <c r="A84" s="5" t="n">
+        <v>1899</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>199</v>
+      </c>
+      <c r="D84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E84" s="5" t="s">
-        <v>88</v>
+        <v>589</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>21</v>
+        <v>592</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>593</v>
+        <v>199</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>268</v>
+        <v>86</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>597</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>605</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>243</v>
+        <v>199</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="E87" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>610</v>
+      <c r="E87" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>593</v>
+        <v>109</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>620</v>
+        <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>109</v>
+        <v>627</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>87</v>
+        <v>268</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>17</v>
+        <v>628</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>436</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>406</v>
+        <v>631</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>199</v>
+        <v>86</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>86</v>
-[...9 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>531</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>199</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>17</v>
+        <v>644</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="s">
-[...3 lines deleted...]
-        <v>640</v>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I91" s="5" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>646</v>
+      </c>
+      <c r="K91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L91" s="6" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>109</v>
-[...10 lines deleted...]
-        <v>646</v>
+        <v>86</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>21</v>
+        <v>653</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>199</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>593</v>
-[...4 lines deleted...]
-        </is>
+        <v>199</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>661</v>
-[...5 lines deleted...]
-        </is>
+        <v>665</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>667</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="M94" s="5"/>
+        <v>669</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>670</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>593</v>
-[...4 lines deleted...]
-        </is>
+        <v>199</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>674</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>675</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>676</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>268</v>
+        <v>243</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>88</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>593</v>
+        <v>109</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>243</v>
+        <v>87</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>676</v>
-[...4 lines deleted...]
-        </is>
+        <v>88</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>685</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>679</v>
+        <v>415</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>109</v>
+        <v>199</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>86</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="s">
-        <v>684</v>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="I98" s="5"/>
+        <v>692</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>693</v>
+      </c>
       <c r="J98" s="5" t="s">
-        <v>21</v>
+        <v>694</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>690</v>
+        <v>109</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>691</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>699</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G100" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>704</v>
+        <v>199</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="I101" s="5"/>
+        <v>713</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>714</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>712</v>
+        <v>627</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>713</v>
-[...5 lines deleted...]
-        <v>715</v>
+        <v>721</v>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K102" s="5" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>712</v>
+        <v>627</v>
+      </c>
+      <c r="D103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="s">
-        <v>17</v>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>720</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>725</v>
+      </c>
+      <c r="I103" s="5"/>
+      <c r="J103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L103" s="6" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>243</v>
+        <v>268</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>727</v>
+        <v>17</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>728</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
         <v>729</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>730</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>731</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>732</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>733</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>735</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>15</v>
+        <v>627</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>690</v>
+        <v>243</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>736</v>
       </c>
-      <c r="G105" s="5" t="s">
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>738</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>739</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>740</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>741</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E106" s="5" t="s">
+      <c r="H106" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="F106" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>746</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>747</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="M106" s="5" t="s">
         <v>748</v>
-      </c>
-[...7 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="F107" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="J107" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>754</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>755</v>
       </c>
-      <c r="J107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K107" s="5" t="s">
+      <c r="M107" s="5" t="s">
         <v>756</v>
-      </c>
-[...4 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>753</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K108" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="M108" s="5" t="s">
         <v>762</v>
-      </c>
-[...4 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H109" s="5" t="s">
+      <c r="I109" s="5"/>
+      <c r="J109" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="I109" s="5" t="s">
+      <c r="K109" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="J109" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>768</v>
       </c>
-      <c r="L109" s="6" t="s">
+      <c r="M109" s="5" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110" s="5" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-      <c r="G110" s="5" t="s">
         <v>772</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>773</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>774</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>21</v>
+        <v>775</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="111">
-      <c r="A111" s="5" t="n">
-        <v>1907</v>
+      <c r="A111" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>711</v>
+        <v>771</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F111" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>779</v>
+      <c r="F111" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>780</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>781</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>782</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>783</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>784</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
         <v>786</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>86</v>
+        <v>627</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>268</v>
-[...9 lines deleted...]
-        </is>
+        <v>243</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>788</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>789</v>
-[...4 lines deleted...]
-        </is>
+        <v>791</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>792</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>711</v>
+        <v>15</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>796</v>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>797</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="I113" s="5"/>
+        <v>798</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>799</v>
+      </c>
       <c r="J113" s="5" t="s">
-        <v>715</v>
+        <v>800</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>86</v>
+        <v>627</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>593</v>
+        <v>243</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>268</v>
+        <v>16</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>810</v>
+        <v>21</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>815</v>
+        <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>816</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F116" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I116" s="5"/>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>821</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>821</v>
+        <v>109</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>822</v>
+        <v>16</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F117" s="5" t="s">
-        <v>823</v>
+      <c r="F117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>826</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>827</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>825</v>
+        <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>821</v>
+        <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>830</v>
-[...21 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>109</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>834</v>
+      </c>
       <c r="J118" s="5" t="s">
-        <v>825</v>
+        <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="119">
-      <c r="A119" s="5" t="s">
-        <v>834</v>
+      <c r="A119" s="5" t="n">
+        <v>1907</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>821</v>
+        <v>771</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I119" s="5"/>
+      <c r="G119" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>841</v>
+      </c>
       <c r="J119" s="5" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>835</v>
+        <v>86</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>821</v>
+        <v>268</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="I120" s="5"/>
+        <v>847</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>848</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>849</v>
+      </c>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>821</v>
+        <v>771</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>846</v>
-[...4 lines deleted...]
-        </is>
+        <v>772</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>823</v>
+        <v>17</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H121" s="5" t="s">
+        <v>853</v>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>825</v>
+        <v>775</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>851</v>
+        <v>86</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>852</v>
-[...9 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>858</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="I122" s="5"/>
+        <v>859</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>860</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>711</v>
+        <v>86</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>859</v>
+        <v>268</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>874</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>846</v>
-[...9 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-        <v>869</v>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>870</v>
+        <v>415</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>711</v>
+        <v>880</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>859</v>
-[...7 lines deleted...]
-        </is>
+        <v>881</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>882</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>876</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>21</v>
+        <v>884</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>821</v>
-[...4 lines deleted...]
-        </is>
+        <v>880</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>889</v>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>821</v>
+        <v>880</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>711</v>
+        <v>894</v>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>821</v>
+        <v>894</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>711</v>
+        <v>880</v>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="I128" s="5"/>
       <c r="J128" s="5" t="s">
-        <v>882</v>
+        <v>900</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>86</v>
+        <v>880</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>899</v>
+        <v>905</v>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F129" s="5" t="s">
-        <v>745</v>
+        <v>882</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H129" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I129" s="5"/>
       <c r="J129" s="5" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>86</v>
+        <v>910</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>593</v>
-[...5 lines deleted...]
-        <v>908</v>
+        <v>911</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>912</v>
+      </c>
+      <c r="I130" s="5"/>
       <c r="J130" s="5" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>199</v>
+        <v>771</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>593</v>
-[...7 lines deleted...]
-        <v>916</v>
+        <v>918</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>109</v>
+        <v>927</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>16</v>
+        <v>905</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="s">
-        <v>924</v>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="I132" s="5"/>
       <c r="J132" s="5" t="s">
-        <v>21</v>
+        <v>929</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>109</v>
+        <v>771</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>934</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-        <v>938</v>
+        <v>880</v>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H134" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
         <v>941</v>
       </c>
       <c r="K134" s="5" t="s">
         <v>942</v>
       </c>
       <c r="L134" s="6" t="s">
         <v>943</v>
       </c>
       <c r="M134" s="5" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
         <v>945</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>821</v>
+        <v>880</v>
       </c>
       <c r="D135" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
         <v>946</v>
       </c>
-      <c r="E135" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I135" s="5"/>
+      <c r="I135" s="5" t="s">
+        <v>947</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="K135" s="5" t="s">
         <v>948</v>
       </c>
       <c r="L135" s="6" t="s">
         <v>949</v>
       </c>
       <c r="M135" s="5" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
         <v>951</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>86</v>
+        <v>880</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>593</v>
-[...5 lines deleted...]
-        <v>938</v>
+        <v>771</v>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
         <v>952</v>
       </c>
       <c r="I136" s="5" t="s">
         <v>953</v>
       </c>
       <c r="J136" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="K136" s="5" t="s">
         <v>954</v>
       </c>
-      <c r="K136" s="5" t="s">
+      <c r="L136" s="6" t="s">
         <v>955</v>
       </c>
-      <c r="L136" s="6" t="s">
+      <c r="M136" s="5" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E137" s="5" t="s">
         <v>958</v>
       </c>
-      <c r="B137" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F137" s="5" t="s">
+        <v>805</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
         <v>959</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>960</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>961</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>962</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>963</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>965</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>86</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>967</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H138" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H138" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>970</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="M138" s="5"/>
+        <v>972</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>973</v>
+      </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>969</v>
+        <v>199</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>627</v>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F139" s="5" t="s">
-        <v>17</v>
+        <v>975</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I139" s="5"/>
+      <c r="H139" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>977</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>711</v>
+        <v>109</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>16</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G140" s="5" t="s">
+        <v>983</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>863</v>
+        <v>21</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>711</v>
+        <v>109</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>875</v>
+        <v>16</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G141" s="5" t="s">
-        <v>982</v>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="I141" s="5"/>
+        <v>990</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>991</v>
+      </c>
       <c r="J141" s="5" t="s">
-        <v>947</v>
+        <v>21</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>846</v>
+        <v>86</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>821</v>
+        <v>627</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>823</v>
-[...4 lines deleted...]
-        </is>
+        <v>996</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>997</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H142" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I142" s="5"/>
+      <c r="H142" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>999</v>
+      </c>
       <c r="J142" s="5" t="s">
-        <v>947</v>
+        <v>1000</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>815</v>
+        <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>711</v>
+        <v>880</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>993</v>
+        <v>1005</v>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I143" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="5"/>
       <c r="J143" s="5" t="s">
-        <v>406</v>
+        <v>1006</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>995</v>
+        <v>1007</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>711</v>
+        <v>86</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>821</v>
+        <v>627</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>875</v>
-[...4 lines deleted...]
-        </is>
+        <v>958</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>997</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="I144" s="5"/>
+        <v>1011</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>1012</v>
+      </c>
       <c r="J144" s="5" t="s">
-        <v>947</v>
+        <v>1013</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>1004</v>
+        <v>627</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>1005</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>86</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="I145" s="5"/>
+        <v>1018</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>1019</v>
+      </c>
       <c r="J145" s="5" t="s">
-        <v>854</v>
+        <v>1020</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...3 lines deleted...]
-        <v>1011</v>
+      <c r="D146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H146" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I146" s="5"/>
+      <c r="J146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1015</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>109</v>
+        <v>1028</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>86</v>
-[...9 lines deleted...]
-        </is>
+        <v>750</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H147" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I147" s="5"/>
       <c r="J147" s="5" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>771</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>1034</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H148" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H148" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="K148" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="M148" s="5"/>
+        <v>1038</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>1039</v>
+      </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>771</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>934</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G149" s="5" t="s">
+        <v>1041</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
       <c r="I149" s="5"/>
-      <c r="J149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J149" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K149" s="5" t="s">
+        <v>1043</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="M149" s="5"/>
+        <v>1044</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>1045</v>
+      </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>593</v>
+        <v>905</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>86</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>880</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H150" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
+        <v>874</v>
       </c>
       <c r="C151" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="D151" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D151" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E151" s="5" t="s">
-        <v>1037</v>
-[...4 lines deleted...]
-        </is>
+        <v>1051</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>1052</v>
+      </c>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>86</v>
+        <v>771</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>593</v>
-[...7 lines deleted...]
-        <v>1045</v>
+        <v>880</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
-        <v>1048</v>
-[...4 lines deleted...]
-        </is>
+        <v>1006</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>1059</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>199</v>
+        <v>1063</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>1052</v>
-[...4 lines deleted...]
-        </is>
+        <v>1064</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>1055</v>
+        <v>913</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>835</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>821</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>1070</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="I154" s="5"/>
+        <v>1071</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>1072</v>
+      </c>
       <c r="J154" s="5" t="s">
-        <v>1061</v>
+        <v>21</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1062</v>
+        <v>1073</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D155" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="D155" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>16</v>
+      </c>
+      <c r="D156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H156" s="5" t="s">
-        <v>846</v>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I156" s="5"/>
-      <c r="J156" s="5" t="s">
-[...3 lines deleted...]
-        <v>1075</v>
+      <c r="J156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>16</v>
+      </c>
+      <c r="D157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="I157" s="5"/>
-      <c r="J157" s="5" t="s">
-[...3 lines deleted...]
-        <v>1078</v>
+      <c r="J157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1079</v>
-[...3 lines deleted...]
-      </c>
+        <v>1087</v>
+      </c>
+      <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>1073</v>
+        <v>627</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>821</v>
-[...7 lines deleted...]
-        </is>
+        <v>86</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H158" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I158" s="5"/>
+      <c r="H158" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>1090</v>
+      </c>
       <c r="J158" s="5" t="s">
-        <v>1074</v>
+        <v>1091</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>821</v>
+        <v>16</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>1086</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G159" s="5" t="s">
+        <v>1097</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1087</v>
-[...1 lines deleted...]
-      <c r="I159" s="5"/>
+        <v>1098</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>1099</v>
+      </c>
       <c r="J159" s="5" t="s">
-        <v>1074</v>
+        <v>21</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="160">
-      <c r="A160" s="5" t="n">
-        <v>1916</v>
+      <c r="A160" s="5" t="s">
+        <v>1103</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>1091</v>
+        <v>86</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>846</v>
+        <v>627</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F160" s="5" t="s">
+        <v>1104</v>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1092</v>
-[...1 lines deleted...]
-      <c r="I160" s="5"/>
+        <v>1105</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>1106</v>
+      </c>
       <c r="J160" s="5" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>1093</v>
+        <v>1107</v>
+      </c>
+      <c r="K160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>1097</v>
+        <v>199</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>846</v>
+        <v>1111</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1098</v>
-[...1 lines deleted...]
-      <c r="I161" s="5"/>
+        <v>1112</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>1113</v>
+      </c>
       <c r="J161" s="5" t="s">
-        <v>870</v>
+        <v>1114</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>1097</v>
+        <v>894</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>846</v>
+        <v>880</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H162" s="5" t="s">
+        <v>1119</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>870</v>
+        <v>1120</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1103</v>
+        <v>1121</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1104</v>
+        <v>1122</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1101</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1105</v>
+        <v>1124</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1106</v>
+        <v>86</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>846</v>
-[...4 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="I163" s="5"/>
+        <v>1125</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1126</v>
+      </c>
       <c r="J163" s="5" t="s">
-        <v>870</v>
+        <v>1127</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1110</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1111</v>
+        <v>1131</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>109</v>
+        <v>880</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>593</v>
+        <v>1132</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F164" s="5" t="s">
-        <v>1112</v>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1113</v>
+        <v>905</v>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
-        <v>1114</v>
+        <v>1133</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1115</v>
+        <v>1134</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1116</v>
+        <v>1135</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1117</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>1106</v>
+        <v>880</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>846</v>
+        <v>905</v>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>870</v>
+        <v>1133</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="166">
-      <c r="A166" s="5" t="n">
-        <v>1917</v>
+      <c r="A166" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>846</v>
-[...4 lines deleted...]
-        </is>
+        <v>880</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H166" s="5" t="s">
-        <v>1124</v>
+      <c r="H166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I166" s="5"/>
       <c r="J166" s="5" t="s">
-        <v>870</v>
+        <v>1133</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="167">
-      <c r="A167" s="5" t="n">
-        <v>1917</v>
+      <c r="A167" s="5" t="s">
+        <v>1144</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>86</v>
+        <v>880</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>1052</v>
+        <v>1145</v>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1128</v>
-[...3 lines deleted...]
-      </c>
+        <v>1146</v>
+      </c>
+      <c r="I167" s="5"/>
       <c r="J167" s="5" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="168">
-      <c r="A168" s="5" t="s">
-        <v>1134</v>
+      <c r="A168" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>86</v>
+        <v>1150</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>1052</v>
-[...5 lines deleted...]
-        <v>1135</v>
+        <v>905</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1136</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>1138</v>
+        <v>929</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>593</v>
+        <v>1156</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>1143</v>
+        <v>905</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1144</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="I169" s="5"/>
       <c r="J169" s="5" t="s">
-        <v>1146</v>
+        <v>929</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>86</v>
+        <v>1156</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>593</v>
-[...5 lines deleted...]
-        <v>1151</v>
+        <v>905</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H170" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
-        <v>1154</v>
+        <v>929</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>109</v>
+        <v>1165</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>16</v>
+        <v>905</v>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1159</v>
-[...3 lines deleted...]
-      </c>
+        <v>1166</v>
+      </c>
+      <c r="I171" s="5"/>
       <c r="J171" s="5" t="s">
-        <v>21</v>
+        <v>929</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1052</v>
-[...7 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>711</v>
+        <v>1165</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>905</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1173</v>
-[...3 lines deleted...]
-      </c>
+        <v>1178</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>863</v>
+        <v>929</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="174">
-      <c r="A174" s="5" t="s">
-        <v>1178</v>
+      <c r="A174" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>711</v>
+        <v>1182</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>905</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1179</v>
-[...3 lines deleted...]
-      </c>
+        <v>1183</v>
+      </c>
+      <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>863</v>
+        <v>929</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="175">
-      <c r="A175" s="5" t="s">
-        <v>1184</v>
+      <c r="A175" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1185</v>
+        <v>1111</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>406</v>
+        <v>1189</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1185</v>
-[...9 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>1194</v>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>406</v>
+        <v>1197</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="177">
-      <c r="A177" s="5" t="n">
-        <v>1919</v>
+      <c r="A177" s="5" t="s">
+        <v>1201</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>109</v>
+        <v>627</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>1185</v>
-[...4 lines deleted...]
-        </is>
+        <v>86</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>1202</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>406</v>
+        <v>1205</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>1203</v>
+        <v>627</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>1204</v>
-[...7 lines deleted...]
-        <v>1205</v>
+        <v>17</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>406</v>
+        <v>1213</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>1185</v>
+        <v>16</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G179" s="5" t="s">
-        <v>1212</v>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>21</v>
+        <v>1226</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>593</v>
+        <v>771</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>86</v>
+        <v>910</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1228</v>
+        <v>922</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>109</v>
+        <v>771</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>1203</v>
-[...7 lines deleted...]
-        <v>1233</v>
+        <v>910</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>1236</v>
+        <v>922</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1052</v>
+        <v>1244</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="I183" s="5"/>
+        <v>1245</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1246</v>
+      </c>
       <c r="J183" s="5" t="s">
-        <v>1242</v>
+        <v>415</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>969</v>
+        <v>109</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>690</v>
-[...8 lines deleted...]
-        <v>1248</v>
+        <v>1244</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1251</v>
+        <v>415</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="185">
-      <c r="A185" s="5" t="s">
-        <v>1255</v>
+      <c r="A185" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>16</v>
+        <v>109</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1244</v>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G185" s="5" t="s">
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H185" s="5" t="s">
         <v>1256</v>
       </c>
-      <c r="H185" s="5" t="s">
+      <c r="I185" s="5" t="s">
         <v>1257</v>
       </c>
-      <c r="I185" s="5" t="s">
+      <c r="J185" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="K185" s="5" t="s">
         <v>1258</v>
       </c>
-      <c r="J185" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K185" s="5" t="s">
+      <c r="L185" s="6" t="s">
         <v>1259</v>
       </c>
-      <c r="L185" s="6" t="s">
+      <c r="M185" s="5" t="s">
         <v>1260</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D186" s="5" t="s">
         <v>1262</v>
       </c>
-      <c r="B186" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E186" s="5" t="s">
-        <v>1037</v>
+        <v>1263</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G186" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G186" s="5" t="s">
+        <v>1264</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>593</v>
+        <v>109</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>86</v>
-[...10 lines deleted...]
-        </is>
+        <v>1244</v>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>1271</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1273</v>
+        <v>415</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>1274</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>1275</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
         <v>1277</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D188" s="5" t="s">
         <v>16</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
         <v>1278</v>
       </c>
-      <c r="I188" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I188" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="M188" s="5"/>
+        <v>1281</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>1282</v>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1284</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H189" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H189" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>1287</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1283</v>
-[...1 lines deleted...]
-      <c r="M189" s="5"/>
+        <v>1289</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>1290</v>
+      </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>969</v>
+        <v>109</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>1247</v>
+        <v>1262</v>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F190" s="5" t="s">
-        <v>18</v>
+        <v>1292</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>406</v>
+        <v>1295</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1289</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>1111</v>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H191" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H191" s="5" t="s">
+        <v>1300</v>
       </c>
       <c r="I191" s="5"/>
-      <c r="J191" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J191" s="5" t="s">
+        <v>1301</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1282</v>
+        <v>1302</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="M191" s="5"/>
+        <v>1303</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>1304</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>16</v>
+        <v>1028</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>109</v>
+        <v>750</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>1293</v>
-[...4 lines deleted...]
-        </is>
+        <v>1306</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G192" s="5" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>21</v>
+        <v>1310</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D193" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G193" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G193" s="5" t="s">
+        <v>1315</v>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1301</v>
-[...5 lines deleted...]
-        </is>
+        <v>1316</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1282</v>
+        <v>1318</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1302</v>
-[...1 lines deleted...]
-      <c r="M193" s="5"/>
+        <v>1319</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>1320</v>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1303</v>
+        <v>1321</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D194" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H194" s="5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1282</v>
+        <v>1324</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="M194" s="5"/>
+        <v>1325</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>1326</v>
+      </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1305</v>
+        <v>1327</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1329</v>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H195" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J195" s="5" t="s">
+        <v>1332</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1282</v>
+        <v>1333</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1306</v>
-[...1 lines deleted...]
-      <c r="M195" s="5"/>
+        <v>1334</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>1335</v>
+      </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1307</v>
+        <v>1336</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D196" s="5" t="s">
-[...3 lines deleted...]
-        <v>1308</v>
+      <c r="D196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G196" s="5" t="s">
-        <v>1309</v>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1310</v>
+        <v>1337</v>
       </c>
       <c r="I196" s="5"/>
-      <c r="J196" s="5" t="s">
-        <v>21</v>
+      <c r="J196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1311</v>
+        <v>1338</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1312</v>
-[...3 lines deleted...]
-      </c>
+        <v>1339</v>
+      </c>
+      <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1314</v>
+        <v>1340</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>660</v>
+        <v>720</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H197" s="5" t="s">
-        <v>1301</v>
+      <c r="H197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1282</v>
+        <v>1341</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1315</v>
+        <v>1342</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1316</v>
+        <v>1343</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>16</v>
+        <v>1028</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>109</v>
+        <v>750</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1308</v>
-[...7 lines deleted...]
-        <v>1317</v>
+        <v>1306</v>
+      </c>
+      <c r="F198" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1318</v>
+        <v>1344</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1319</v>
+        <v>1345</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1320</v>
+        <v>1346</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1321</v>
+        <v>1347</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1322</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1323</v>
+        <v>1349</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D199" s="5" t="s">
-        <v>1203</v>
+      <c r="D199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G199" s="5" t="s">
-[...9 lines deleted...]
-        <v>406</v>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I199" s="5"/>
+      <c r="J199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1328</v>
-[...3 lines deleted...]
-      </c>
+        <v>1350</v>
+      </c>
+      <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1330</v>
+        <v>1351</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D200" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1352</v>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G200" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G200" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1282</v>
+        <v>1356</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1331</v>
-[...1 lines deleted...]
-      <c r="M200" s="5"/>
+        <v>1357</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>1358</v>
+      </c>
     </row>
     <row r="201">
-      <c r="A201" s="5" t="n">
-        <v>1923</v>
+      <c r="A201" s="5" t="s">
+        <v>1359</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>1332</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G201" s="5" t="s">
-        <v>1334</v>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1335</v>
+        <v>1360</v>
       </c>
       <c r="I201" s="5"/>
-      <c r="J201" s="5" t="s">
-        <v>1336</v>
+      <c r="J201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1361</v>
+      </c>
+      <c r="M201" s="5"/>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1340</v>
+        <v>1362</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>660</v>
+        <v>720</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I202" s="5"/>
       <c r="J202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K202" s="5" t="s">
         <v>1341</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1342</v>
+        <v>1363</v>
       </c>
       <c r="M202" s="5"/>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1343</v>
+        <v>1364</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>660</v>
+        <v>720</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I203" s="5"/>
       <c r="J203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K203" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K203" s="5" t="s">
+        <v>1341</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1344</v>
+        <v>1365</v>
       </c>
       <c r="M203" s="5"/>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1345</v>
+        <v>1366</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>1332</v>
+        <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1346</v>
+        <v>109</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>17</v>
+        <v>1367</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="s">
-        <v>1347</v>
+        <v>1368</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>16</v>
+        <v>1369</v>
       </c>
       <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>1336</v>
+        <v>21</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1348</v>
+        <v>1370</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1349</v>
+        <v>1371</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1350</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1351</v>
+        <v>1373</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>1332</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G205" s="5" t="s">
-        <v>1352</v>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="I205" s="5"/>
-      <c r="J205" s="5" t="s">
-        <v>1336</v>
+      <c r="J205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1355</v>
-[...3 lines deleted...]
-      </c>
+        <v>1374</v>
+      </c>
+      <c r="M205" s="5"/>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1357</v>
+        <v>1375</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>1332</v>
+        <v>16</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1052</v>
+        <v>109</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>17</v>
+        <v>1367</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="s">
-        <v>1358</v>
+        <v>1376</v>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1359</v>
-[...1 lines deleted...]
-      <c r="I206" s="5"/>
+        <v>1377</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1378</v>
+      </c>
       <c r="J206" s="5" t="s">
-        <v>1336</v>
+        <v>21</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1360</v>
+        <v>1379</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1361</v>
+        <v>1380</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1362</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1363</v>
+        <v>1382</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1262</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="s">
-        <v>1364</v>
+        <v>1383</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1365</v>
+        <v>1384</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1366</v>
+        <v>1385</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1367</v>
+        <v>1386</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1368</v>
+        <v>1387</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1369</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1370</v>
+        <v>1389</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D208" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="5" t="s">
+      <c r="D208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I208" s="5"/>
+      <c r="J208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K208" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="M208" s="5"/>
+    </row>
+    <row r="209">
+      <c r="A209" s="5" t="n">
+        <v>1923</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E209" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F208" s="5" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G209" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G209" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1379</v>
-[...3 lines deleted...]
-      </c>
+        <v>1394</v>
+      </c>
+      <c r="I209" s="5"/>
       <c r="J209" s="5" t="s">
-        <v>406</v>
+        <v>1395</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1381</v>
+        <v>1396</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1382</v>
+        <v>1397</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D210" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I210" s="5"/>
+      <c r="J210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1387</v>
+        <v>1400</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1401</v>
+      </c>
+      <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1332</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G211" s="5" t="s">
-[...3 lines deleted...]
-        <v>1391</v>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I211" s="5"/>
-      <c r="J211" s="5" t="s">
-[...3 lines deleted...]
-        <v>1392</v>
+      <c r="J211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      </c>
+        <v>1403</v>
+      </c>
+      <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>1332</v>
+        <v>1391</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1052</v>
+        <v>1405</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="s">
-        <v>1352</v>
+        <v>1406</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="I212" s="5"/>
       <c r="J212" s="5" t="s">
-        <v>1336</v>
+        <v>1395</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>109</v>
+        <v>1391</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>1378</v>
-[...4 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1403</v>
-[...3 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="I213" s="5"/>
       <c r="J213" s="5" t="s">
-        <v>406</v>
+        <v>1395</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1332</v>
+        <v>1391</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>1052</v>
+        <v>1111</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1410</v>
-[...3 lines deleted...]
-      </c>
+        <v>1418</v>
+      </c>
+      <c r="I214" s="5"/>
       <c r="J214" s="5" t="s">
-        <v>1336</v>
+        <v>1395</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D215" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D215" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E215" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G215" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G215" s="5" t="s">
+        <v>1423</v>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="J215" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1360</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>21</v>
+        <v>415</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C217" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C217" s="5" t="s">
+        <v>1262</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1429</v>
+        <v>1437</v>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G217" s="5" t="s">
-        <v>1429</v>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D218" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D218" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1436</v>
-[...10 lines deleted...]
-        </is>
+        <v>1444</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K218" s="5" t="s">
+        <v>1446</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1437</v>
-[...1 lines deleted...]
-      <c r="M218" s="5"/>
+        <v>1447</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>1448</v>
+      </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1391</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G219" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G219" s="5" t="s">
+        <v>1411</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
       <c r="I219" s="5"/>
-      <c r="J219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J219" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="K219" s="5" t="s">
+        <v>1451</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1440</v>
-[...1 lines deleted...]
-      <c r="M219" s="5"/>
+        <v>1452</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>1453</v>
+      </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1391</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G220" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G220" s="5" t="s">
+        <v>1411</v>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1442</v>
-[...10 lines deleted...]
-        </is>
+        <v>1455</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="K220" s="5" t="s">
+        <v>1457</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1443</v>
-[...1 lines deleted...]
-      <c r="M220" s="5"/>
+        <v>1458</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>1459</v>
+      </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1444</v>
+        <v>1460</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>109</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>1437</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G221" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G221" s="5" t="s">
+        <v>1461</v>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1445</v>
-[...10 lines deleted...]
-        </is>
+        <v>1462</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="K221" s="5" t="s">
+        <v>1464</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="M221" s="5"/>
+        <v>1465</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>1466</v>
+      </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1447</v>
+        <v>1467</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>109</v>
+        <v>1391</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>1448</v>
+        <v>1111</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G222" s="5" t="s">
-        <v>1449</v>
+        <v>1468</v>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1451</v>
+        <v>1470</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>21</v>
+        <v>1395</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1452</v>
+        <v>1471</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1453</v>
+        <v>1472</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1454</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D223" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D223" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1456</v>
-[...10 lines deleted...]
-        </is>
+        <v>1475</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J223" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K223" s="5" t="s">
+        <v>1477</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1457</v>
-[...1 lines deleted...]
-      <c r="M223" s="5"/>
+        <v>1478</v>
+      </c>
+      <c r="M223" s="5" t="s">
+        <v>1479</v>
+      </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1458</v>
+        <v>1480</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>660</v>
+        <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D224" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D224" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G224" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G224" s="5" t="s">
+        <v>1481</v>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1459</v>
-[...10 lines deleted...]
-        </is>
+        <v>1482</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K224" s="5" t="s">
+        <v>1484</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1460</v>
-[...1 lines deleted...]
-      <c r="M224" s="5"/>
+        <v>1485</v>
+      </c>
+      <c r="M224" s="5" t="s">
+        <v>1486</v>
+      </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1461</v>
+        <v>1487</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C225" s="5" t="s">
-        <v>1346</v>
+      <c r="C225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1462</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>1488</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G225" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G225" s="5" t="s">
+        <v>1488</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1463</v>
+        <v>1489</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1464</v>
+        <v>1490</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>1465</v>
+        <v>415</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1466</v>
+        <v>1491</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1467</v>
+        <v>1492</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1468</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1469</v>
+        <v>1494</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D226" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G226" s="5" t="s">
-        <v>1470</v>
+      <c r="G226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1471</v>
-[...8 lines deleted...]
-        <v>1473</v>
+        <v>1495</v>
+      </c>
+      <c r="I226" s="5"/>
+      <c r="J226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="M226" s="5"/>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>1052</v>
+        <v>16</v>
+      </c>
+      <c r="D227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F227" s="5" t="s">
-        <v>1477</v>
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1478</v>
-[...8 lines deleted...]
-        <v>1481</v>
+        <v>1498</v>
+      </c>
+      <c r="I227" s="5"/>
+      <c r="J227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1482</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="M227" s="5"/>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D228" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1485</v>
-[...8 lines deleted...]
-        <v>1487</v>
+        <v>1501</v>
+      </c>
+      <c r="I228" s="5"/>
+      <c r="J228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1488</v>
-[...3 lines deleted...]
-      </c>
+        <v>1502</v>
+      </c>
+      <c r="M228" s="5"/>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1490</v>
+        <v>1503</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D229" s="5" t="s">
-[...3 lines deleted...]
-        <v>691</v>
+      <c r="D229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G229" s="5" t="s">
-        <v>1491</v>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="I229" s="5"/>
-      <c r="J229" s="5" t="s">
-[...3 lines deleted...]
-        <v>1493</v>
+      <c r="J229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1494</v>
-[...3 lines deleted...]
-      </c>
+        <v>1505</v>
+      </c>
+      <c r="M229" s="5"/>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>243</v>
+        <v>109</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1203</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>1508</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1500</v>
+        <v>21</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>1505</v>
+        <v>720</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>846</v>
-[...8 lines deleted...]
-        <v>1507</v>
+        <v>16</v>
+      </c>
+      <c r="D231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1508</v>
-[...5 lines deleted...]
-        <v>1510</v>
+        <v>1515</v>
+      </c>
+      <c r="I231" s="5"/>
+      <c r="J231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1511</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="M231" s="5"/>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>720</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>711</v>
-[...5 lines deleted...]
-        <v>1172</v>
+        <v>16</v>
+      </c>
+      <c r="D232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1514</v>
-[...8 lines deleted...]
-        <v>1516</v>
+        <v>1518</v>
+      </c>
+      <c r="I232" s="5"/>
+      <c r="J232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1517</v>
-[...3 lines deleted...]
-      </c>
+        <v>1519</v>
+      </c>
+      <c r="M232" s="5"/>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>199</v>
+        <v>1405</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1052</v>
+        <v>1521</v>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1527</v>
+        <v>16</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1203</v>
+        <v>1360</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1528</v>
+        <v>17</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G234" s="5" t="s">
+        <v>1529</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1531</v>
+        <v>415</v>
       </c>
       <c r="K234" s="5" t="s">
         <v>1532</v>
       </c>
       <c r="L234" s="6" t="s">
         <v>1533</v>
       </c>
       <c r="M234" s="5" t="s">
         <v>1534</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
         <v>1535</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>711</v>
+        <v>199</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>851</v>
-[...7 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1536</v>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>863</v>
-[...4 lines deleted...]
-        </is>
+        <v>1539</v>
+      </c>
+      <c r="K235" s="5" t="s">
+        <v>1540</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>1541</v>
+        <v>16</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1052</v>
+        <v>109</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1542</v>
+        <v>17</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1545</v>
+        <v>21</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>1546</v>
       </c>
       <c r="L236" s="6" t="s">
         <v>1547</v>
       </c>
       <c r="M236" s="5" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
         <v>1549</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>711</v>
+        <v>16</v>
       </c>
       <c r="D237" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G237" s="5" t="s">
         <v>1550</v>
       </c>
-      <c r="E237" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G237" s="5" t="s">
+      <c r="H237" s="5" t="s">
         <v>1551</v>
       </c>
-      <c r="H237" s="5" t="s">
+      <c r="I237" s="5"/>
+      <c r="J237" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="K237" s="5" t="s">
         <v>1552</v>
       </c>
-      <c r="I237" s="5" t="s">
+      <c r="L237" s="6" t="s">
         <v>1553</v>
       </c>
-      <c r="J237" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K237" s="5" t="s">
+      <c r="M237" s="5" t="s">
         <v>1554</v>
-      </c>
-[...4 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
         <v>1557</v>
       </c>
-      <c r="B238" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H238" s="5" t="s">
+      <c r="I238" s="5" t="s">
         <v>1558</v>
       </c>
-      <c r="I238" s="5" t="s">
+      <c r="J238" s="5" t="s">
         <v>1559</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>1560</v>
       </c>
       <c r="L238" s="6" t="s">
         <v>1561</v>
       </c>
       <c r="M238" s="5" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
         <v>1563</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>14</v>
+        <v>1564</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>1378</v>
+        <v>905</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1203</v>
-[...9 lines deleted...]
-        </is>
+        <v>1565</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F239" s="5" t="s">
+        <v>1566</v>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1531</v>
-[...2 lines deleted...]
-        <v>1566</v>
+        <v>1569</v>
+      </c>
+      <c r="K239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>969</v>
+        <v>771</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>1203</v>
+        <v>918</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1570</v>
+        <v>1231</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1571</v>
-[...1 lines deleted...]
-      <c r="I240" s="5"/>
+        <v>1573</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1574</v>
+      </c>
       <c r="J240" s="5" t="s">
-        <v>1572</v>
+        <v>922</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>1378</v>
+        <v>199</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>1577</v>
+        <v>1111</v>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1531</v>
+        <v>1581</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>243</v>
+        <v>1586</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>593</v>
+        <v>1262</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1584</v>
+        <v>1587</v>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>16</v>
+        <v>771</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>1203</v>
+        <v>910</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>17</v>
+        <v>1231</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-        <v>1594</v>
+        <v>922</v>
+      </c>
+      <c r="K243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>1106</v>
+        <v>1600</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1601</v>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1531</v>
+        <v>1604</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>16</v>
+        <v>771</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>17</v>
+        <v>1231</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G245" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G245" s="5" t="s">
+        <v>1610</v>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1500</v>
+        <v>922</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>711</v>
+        <v>1165</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1156</v>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>863</v>
+        <v>1590</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>711</v>
+        <v>1437</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1262</v>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>863</v>
+        <v>1590</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>711</v>
+        <v>1028</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>983</v>
+        <v>1262</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>1172</v>
+        <v>1629</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1623</v>
-[...3 lines deleted...]
-      </c>
+        <v>1630</v>
+      </c>
+      <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>711</v>
+        <v>1437</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1636</v>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>1632</v>
+        <v>1590</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>1203</v>
+        <v>627</v>
       </c>
       <c r="E250" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F250" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F250" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1500</v>
+        <v>1646</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>1097</v>
+        <v>16</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>1203</v>
-[...4 lines deleted...]
-        </is>
+        <v>1262</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>1531</v>
+        <v>1559</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>711</v>
+        <v>1165</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1156</v>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H252" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I252" s="5"/>
+      <c r="H252" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1658</v>
+      </c>
       <c r="J252" s="5" t="s">
-        <v>863</v>
+        <v>1590</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>711</v>
+        <v>16</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>859</v>
-[...4 lines deleted...]
-        </is>
+        <v>1663</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G253" s="5" t="s">
-        <v>1653</v>
+      <c r="G253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1655</v>
+        <v>1665</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>863</v>
+        <v>1559</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1656</v>
+        <v>1666</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1657</v>
+        <v>1667</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1659</v>
+        <v>1669</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>1378</v>
+        <v>771</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1203</v>
-[...4 lines deleted...]
-        </is>
+        <v>910</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>1531</v>
+        <v>922</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>243</v>
+        <v>771</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>593</v>
+        <v>910</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>1666</v>
+        <v>1231</v>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1669</v>
+        <v>922</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>243</v>
+        <v>771</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>593</v>
+        <v>1042</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>1674</v>
+        <v>1231</v>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1106</v>
+        <v>771</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-        </is>
+        <v>1042</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1531</v>
+        <v>1691</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>711</v>
+        <v>16</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>983</v>
+        <v>1262</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1172</v>
+        <v>17</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1688</v>
+        <v>1696</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1690</v>
+        <v>1559</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>1695</v>
+        <v>1156</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>16</v>
+        <v>1262</v>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1378</v>
+        <v>1702</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1697</v>
+        <v>1590</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>1378</v>
+        <v>771</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1203</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H260" s="5" t="s">
-        <v>1702</v>
+      <c r="H260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1531</v>
+        <v>922</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>1707</v>
+        <v>771</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>243</v>
-[...10 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G261" s="5" t="s">
+        <v>1712</v>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1712</v>
+        <v>922</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>243</v>
+        <v>1437</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>593</v>
-[...5 lines deleted...]
-        <v>1674</v>
+        <v>1262</v>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1719</v>
+        <v>1590</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>1674</v>
+        <v>1725</v>
+      </c>
+      <c r="F263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>1097</v>
+        <v>243</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>1203</v>
-[...9 lines deleted...]
-        </is>
+        <v>627</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>1733</v>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>1531</v>
+        <v>1736</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>711</v>
+        <v>1165</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1737</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1156</v>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>1740</v>
+        <v>1590</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>243</v>
+        <v>771</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>593</v>
+        <v>1042</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1745</v>
+        <v>1231</v>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>1052</v>
+        <v>1754</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>1754</v>
+        <v>16</v>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I267" s="5" t="s">
         <v>1755</v>
       </c>
-      <c r="I267" s="5" t="s">
+      <c r="J267" s="5" t="s">
         <v>1756</v>
       </c>
-      <c r="J267" s="5" t="s">
+      <c r="K267" s="5" t="s">
         <v>1757</v>
       </c>
-      <c r="K267" s="5" t="s">
+      <c r="L267" s="6" t="s">
         <v>1758</v>
       </c>
-      <c r="L267" s="6" t="s">
+      <c r="M267" s="5" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H268" s="5" t="s">
         <v>1761</v>
       </c>
-      <c r="B268" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F268" s="5" t="s">
+      <c r="I268" s="5"/>
+      <c r="J268" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K268" s="5" t="s">
         <v>1762</v>
       </c>
-      <c r="G268" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H268" s="5" t="s">
+      <c r="L268" s="6" t="s">
         <v>1763</v>
       </c>
-      <c r="I268" s="5" t="s">
+      <c r="M268" s="5" t="s">
         <v>1764</v>
-      </c>
-[...10 lines deleted...]
-        <v>1768</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1769</v>
+        <v>1765</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>593</v>
+        <v>1766</v>
       </c>
       <c r="D269" s="5" t="s">
         <v>243</v>
       </c>
       <c r="E269" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H269" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I269" s="5" t="s">
         <v>1770</v>
       </c>
-      <c r="F269" s="5" t="s">
+      <c r="J269" s="5" t="s">
         <v>1771</v>
       </c>
-      <c r="G269" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H269" s="5" t="s">
+      <c r="K269" s="5" t="s">
         <v>1772</v>
       </c>
-      <c r="I269" s="5" t="s">
+      <c r="L269" s="6" t="s">
         <v>1773</v>
       </c>
-      <c r="J269" s="5" t="s">
+      <c r="M269" s="5" t="s">
         <v>1774</v>
-      </c>
-[...7 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F270" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="G270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H270" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J270" s="5" t="s">
         <v>1778</v>
       </c>
-      <c r="B270" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H270" s="5" t="s">
+      <c r="K270" s="5" t="s">
         <v>1779</v>
       </c>
-      <c r="I270" s="5" t="s">
+      <c r="L270" s="6" t="s">
         <v>1780</v>
       </c>
-      <c r="J270" s="5" t="s">
+      <c r="M270" s="5" t="s">
         <v>1781</v>
-      </c>
-[...7 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="G271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H271" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J271" s="5" t="s">
         <v>1785</v>
       </c>
-      <c r="B271" s="5" t="s">
-[...28 lines deleted...]
-      <c r="I271" s="5" t="s">
+      <c r="K271" s="5" t="s">
         <v>1786</v>
       </c>
-      <c r="J271" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K271" s="5" t="s">
+      <c r="L271" s="6" t="s">
         <v>1787</v>
       </c>
-      <c r="L271" s="6" t="s">
+      <c r="M271" s="5" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H272" s="5" t="s">
         <v>1790</v>
       </c>
-      <c r="B272" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H272" s="5" t="s">
+      <c r="I272" s="5" t="s">
         <v>1791</v>
       </c>
-      <c r="I272" s="5" t="s">
+      <c r="J272" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K272" s="5" t="s">
         <v>1792</v>
       </c>
-      <c r="J272" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K272" s="5" t="s">
+      <c r="L272" s="6" t="s">
         <v>1793</v>
       </c>
-      <c r="L272" s="6" t="s">
+      <c r="M272" s="5" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="D273" s="5" t="s">
         <v>1796</v>
       </c>
-      <c r="B273" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D273" s="5" t="s">
+      <c r="E273" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H273" s="5" t="s">
         <v>1797</v>
       </c>
-      <c r="E273" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H273" s="5" t="s">
+      <c r="I273" s="5" t="s">
         <v>1798</v>
       </c>
-      <c r="I273" s="5" t="s">
+      <c r="J273" s="5" t="s">
         <v>1799</v>
       </c>
-      <c r="J273" s="5" t="s">
+      <c r="K273" s="5" t="s">
         <v>1800</v>
       </c>
-      <c r="K273" s="5" t="s">
+      <c r="L273" s="6" t="s">
         <v>1801</v>
       </c>
-      <c r="L273" s="6" t="s">
+      <c r="M273" s="5" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>1762</v>
+        <v>1804</v>
+      </c>
+      <c r="F274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
         <v>1805</v>
       </c>
       <c r="I274" s="5" t="s">
         <v>1806</v>
       </c>
       <c r="J274" s="5" t="s">
         <v>1807</v>
       </c>
       <c r="K274" s="5" t="s">
         <v>1808</v>
       </c>
       <c r="L274" s="6" t="s">
         <v>1809</v>
       </c>
       <c r="M274" s="5" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
         <v>1811</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>16</v>
+        <v>1111</v>
       </c>
       <c r="D275" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E275" s="5" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>1813</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
         <v>1814</v>
       </c>
       <c r="I275" s="5" t="s">
         <v>1815</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1531</v>
+        <v>1816</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>1820</v>
+        <v>243</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1797</v>
+        <v>627</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1725</v>
+      </c>
+      <c r="F276" s="5" t="s">
+        <v>1821</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>16</v>
+        <v>627</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1812</v>
+        <v>243</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>17</v>
+        <v>1829</v>
       </c>
       <c r="F277" s="5" t="s">
-        <v>1813</v>
+        <v>1830</v>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1531</v>
+        <v>1833</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="D278" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D278" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E278" s="5" t="s">
-        <v>1666</v>
+        <v>1767</v>
       </c>
       <c r="F278" s="5" t="s">
-        <v>1762</v>
+        <v>1725</v>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>16</v>
+        <v>1156</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1812</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1262</v>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-        <v>1841</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1531</v>
+        <v>1590</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>16</v>
+        <v>1437</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1812</v>
-[...5 lines deleted...]
-        <v>1813</v>
+        <v>1156</v>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1531</v>
+        <v>1590</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>16</v>
+        <v>1586</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1812</v>
+        <v>1856</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1813</v>
+        <v>1587</v>
+      </c>
+      <c r="F281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1853</v>
-[...1 lines deleted...]
-      <c r="I281" s="5"/>
+        <v>1857</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1858</v>
+      </c>
       <c r="J281" s="5" t="s">
-        <v>1531</v>
+        <v>1859</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1812</v>
+        <v>627</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>17</v>
+        <v>1725</v>
       </c>
       <c r="F282" s="5" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1531</v>
+        <v>1866</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1860</v>
+        <v>1867</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1812</v>
+        <v>1871</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F283" s="5" t="s">
+        <v>1872</v>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1531</v>
+        <v>1590</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>243</v>
+        <v>1879</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>593</v>
+        <v>1856</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>1762</v>
+        <v>17</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1870</v>
+        <v>1880</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1873</v>
+        <v>1883</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1874</v>
+        <v>1884</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1875</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1876</v>
+        <v>1886</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>593</v>
+        <v>1871</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>1877</v>
+        <v>17</v>
       </c>
       <c r="F285" s="5" t="s">
-        <v>1770</v>
+        <v>1872</v>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>1879</v>
+        <v>1888</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>1880</v>
+        <v>1590</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>1885</v>
+        <v>627</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>1886</v>
+        <v>1725</v>
       </c>
       <c r="F286" s="5" t="s">
-        <v>1887</v>
+        <v>1821</v>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1812</v>
+        <v>1871</v>
       </c>
       <c r="E287" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F287" s="5" t="s">
-        <v>1895</v>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>1531</v>
+        <v>1590</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>1203</v>
+        <v>1871</v>
       </c>
       <c r="E288" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F288" s="5" t="s">
+        <v>1872</v>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>1500</v>
+        <v>1590</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>1091</v>
+        <v>16</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1097</v>
-[...9 lines deleted...]
-        </is>
+        <v>1871</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>1872</v>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1908</v>
-[...3 lines deleted...]
-      </c>
+        <v>1912</v>
+      </c>
+      <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
-        <v>1531</v>
+        <v>1590</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>1914</v>
+        <v>16</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>1052</v>
+        <v>1871</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1915</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1872</v>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>1918</v>
+        <v>1590</v>
       </c>
       <c r="K290" s="5" t="s">
         <v>1919</v>
       </c>
       <c r="L290" s="6" t="s">
         <v>1920</v>
       </c>
       <c r="M290" s="5" t="s">
         <v>1921</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="5" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H291" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J291" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K291" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="L291" s="6" t="s">
+        <v>1926</v>
+      </c>
+      <c r="M291" s="5" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H292" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J292" s="5" t="s">
+        <v>1931</v>
+      </c>
+      <c r="K292" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="L292" s="6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="M292" s="5" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H293" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J293" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="K293" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="L293" s="6" t="s">
+        <v>1941</v>
+      </c>
+      <c r="M293" s="5" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="5" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F294" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="G294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H294" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J294" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="K294" s="5" t="s">
+        <v>1950</v>
+      </c>
+      <c r="L294" s="6" t="s">
+        <v>1951</v>
+      </c>
+      <c r="M294" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J295" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K295" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="L295" s="6" t="s">
+        <v>1958</v>
+      </c>
+      <c r="M295" s="5" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H296" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J296" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K296" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L296" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M296" s="5" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H297" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J297" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K297" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="L297" s="6" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M297" s="5" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="5" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H298" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K298" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L298" s="6" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>1980</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -25312,44 +26059,52 @@
     <hyperlink ref="M266" r:id="rId271"/>
     <hyperlink ref="M267" r:id="rId272"/>
     <hyperlink ref="M268" r:id="rId273"/>
     <hyperlink ref="M269" r:id="rId274"/>
     <hyperlink ref="M270" r:id="rId275"/>
     <hyperlink ref="M271" r:id="rId276"/>
     <hyperlink ref="M272" r:id="rId277"/>
     <hyperlink ref="M273" r:id="rId278"/>
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
     <hyperlink ref="M278" r:id="rId283"/>
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
     <hyperlink ref="M286" r:id="rId291"/>
     <hyperlink ref="M287" r:id="rId292"/>
     <hyperlink ref="M288" r:id="rId293"/>
     <hyperlink ref="M289" r:id="rId294"/>
     <hyperlink ref="M290" r:id="rId295"/>
+    <hyperlink ref="M291" r:id="rId296"/>
+    <hyperlink ref="M292" r:id="rId297"/>
+    <hyperlink ref="M293" r:id="rId298"/>
+    <hyperlink ref="M294" r:id="rId299"/>
+    <hyperlink ref="M295" r:id="rId300"/>
+    <hyperlink ref="M296" r:id="rId301"/>
+    <hyperlink ref="M297" r:id="rId302"/>
+    <hyperlink ref="M298" r:id="rId303"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>